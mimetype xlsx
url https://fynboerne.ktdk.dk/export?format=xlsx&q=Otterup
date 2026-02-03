--- v0 (2025-12-18)
+++ v1 (2026-02-03)
@@ -3,403 +3,254 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="99" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="106" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>Brev</t>
-[...82 lines deleted...]
-    <t>1894-04-06</t>
+    <t>1894-05-07</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...59 lines deleted...]
-    <t>Brevkort</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Otterup</t>
   </si>
   <si>
     <t>Harald Balslev
 Rigmor Balslev</t>
   </si>
   <si>
     <t>Alhed Larsen opholdt sig fra februar 1894 og 14 måneder frem i Italien for at male. 
 "Han" er Harald Balslev, som Alhed Larsen i nogle år op til Italiens-rejsen var forlovet med. 
 Johanne C. Larsen svarede Alhed udførligt på det, som Alhed på brevkortet spørger om. Se Johanne C. Larsen til Alhed Larsen 1895-05-07 (brevskrivningen påbegyndtes 7. maj 1894, men Johanne C. Larsen skrev stadig på brevet 10. maj, så det er tidligst sendt derefter).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3747
 Fotokopi af et brevkort. Det vides ikke, hvor originalen findes.</t>
   </si>
   <si>
     <t>Alhed Larsen er ikke blevet skør, men hun længes efter at høre, om Johanne C. Larsen og "han" (Harald Balslev) talte om hende, om han betroede sig til søsteren, Rigmor/Rimse, mm.
 Alhed Larsen vil skrive til Harald til hans fødselsdag. Hun har stuen fuld af duftende roser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4IPy</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE)
 93 A
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 ( )
 [Håndskrevet på kortets adresseside:]
 Signora Joh. Warberg
 Nislevgaard Otterup St
 Fyen
 Danimarca
 [Håndskrevet på kortets tekstside:]
 Kære Joh! Tak for Dit Brev, som er modtaget i Dag. Du er sjov omhyggelig for mig! meget betænksomt af Dig for Resten! men vær bare rolig; jeg er ikke skør. Jeg kan med et Ord sige, at jeg ["jeg" overstreget] det er fuldstændig uforandret, siden jeg kom herned; men jeg længes saa vældig efter at høre noget derom fra den anden Kant. Skriv endelig op løst og fast om det hele. Hvordan var Humeuret? Talte I om mig og hvordan da? Men skriv tæt, ellers kan der intet staa. Brevet maa veje 15 Gram. Har Du ikke tyndere Papir? - Nu glæder jeg mig meget til Dit Brev, og skal saa nok skrive til Dig bagefter. Snakkede han med Rimse som før?? - - Jeg sidder og skriver til hans Fødselsdag d. 7ende, sender vist nogle Roser. Husk at skrive til ham. - Nu ikke mere i Dag. - Her er fuldt af duftende Roser i min Stue, jeg har stiftet Bekendtskab med en ung Gartner i Bobolihaven. 1000 Hilsner Alhed</t>
   </si>
   <si>
-    <t>Harald Balslev
-[...90 lines deleted...]
-Thorvald Balslev
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
 Agnes Berthelsen, Nislevgaard
-I P Jacobsen
-[...23 lines deleted...]
-[De to sidste linjer er skrevet med en anden pen, og der er tegnet pile fra dem op til hovedteksten. Ordene er muligvis tilføjet på et senere tidspunkt]</t>
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
+  </si>
+  <si>
+    <t>1934-12-20</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Peter Larsen</t>
+  </si>
+  <si>
+    <t>Tommy -
+- Ilshøj
+Vagn Jacobsen
+Elin Jensen
+Else Jensen
+Johannes V. Jensen
+Villum Jensen
+Peder Kruuse
+Johan Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Sigurd Schultz
+Leo Swane
+Franz Syberg
+Fritz Syberg
+Gudrun Syberg
+Hans Christian Tvedskov</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru P er. 
+Vinskoven ligger ved Orelund Gods i Mørkøv på Vestsjælland. Ellen f. Schiøler, g. Treschow ejede med sin mand godset. 
+Den første lillebæltsbro blev åbnet 14. maj 1935. 19/12 1934 havde Johs. V. Jensen en kronik i Politiken, der omhandler tekniske beskrivelser af broen, betragtninger af broer generelt og broen set i tiden omkring 1934. Kronikken indeholder også to billeder: Det ene af broen og det andet med fire unavngivne, voksne personer, men formodentlig personerne omtalt i brevet. 
+Det vides ikke, hvad Otterupsagen handler om. 
+Hot pot er en madtradition, der stammer fra det centrale Kina, hvor man samles om bordet med en stor gryde kogende bouillon, som man dypper og koger kød, grøntsager og fisk i, så det får smag fra bouillonen. (Kilde: Internettet jan. 2022).
+D.N.: Avisen Dagens Nyheder. 
+Alimentationsbidrag er det (årlige) bidrag til et uden for ægteskab født barns underhold, som typisk faderen er pligtig at udrede. (Wikipedia jan. 2022).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Andreas Larsen sender julegaver.
+Han har sammen med Johannes V og Else Jensen m.fl. gået over Lillebæltsbroen. 
+Else skal have en engelsk kogebog i julegave.
+Leo Swane har været på besøg og vil vist komme igen til nytår.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZJbe</t>
+  </si>
+  <si>
+    <t>Torsdag 20 Dec 1934.
+Kære Bimse og Lysse og Peter.
+Glædelig Jul!
+Vi har sendt en Pakke med Fru P, indeholdende nyt og gammelt Tøj til Peter og Lysse. Mokasinerne haaber vi maa passe Peter dennegang. Vesten er ikke saa ny som en Julevest burde være, men Tvedskov havde ingen, saa vi blev nødt til at sende en Else skulde give mig i Julegave og som var købt i god Tid, forat jeg kunde laane den til en Jagttur i Vinskoven for nogen Tid siden. Den var ogsaa med til at gaa over Lillebæltsbroen for nogle Dage siden. Hvis I ser godt efter, vil I paa to af Billederne i Politiken kunne se enkelte af os. Selskabet bestod af en Ingeniør, en Fotograf med Kone, Johs.V. med Else, Villum og Elin, JL og undertegnede. Else kunde ikke komme med grundet paa Barn. Samme har det godt, men yttrer til Tider Lyde der lyder som Utilfredshed (Øltrang?). I Otterupsagen er der ikke sket noget rigtigt siden Bimse var her og det er altsaa stadigt noget man ikke taler om. Else skal have en engelsk Kogebog til Jul: ”Good Things in England”, saa nu skal vi til at have lidt hot-pot og grilled Nyrer og den Slags. I ser vi er ikke videre hemmelighedsfulde med vore Julegaver, Kogebogen kom med Posten idag og jeg havde glemt at paalægge Far Tavshed, saa han begyndte at forhøre mig til Middag om hvad det var for en Bog der var kommet til mig imorges og saa maatte jeg jo ud med Sproget. – Vi har her den vildeste December siden Meteorologisk Inst. Oprettelse i 1768, saa vi har jo endnu ikke megen Udsigt til en hvid Jul, men det gør nu heller ingen Ting for min Skyld. Jeg haaber I maa være lige saa tilfredse med Jeres Vejr. – Else og jeg og Tommy var i Byen i Eftermiddag og der mødte vi en Mand (fra Snave), som betalte Tommy 60 Kr. i Alimentationshonorar og samtidig lyste han første Gang til nyt Ægteskab, som han mente vilde finde Sted først i det nye Aar. – Skriveswane var her en Aften forleden paa Hjemvejen fra Udlandet, han kommer desværre ikke i Julen, men da jeg viste ham to Tønder Øl jeg havde brygget til Julebrug, sagde han, at han vilde prøve paa at komme til Ny Taar (Ha, Ha, det vittige Stavning er af os Red.)
+Glædelig Jul 
+Puf.</t>
   </si>
   <si>
     <t>1895-05-25</t>
   </si>
   <si>
     <t>Bello sguardo Firenze</t>
   </si>
   <si>
     <t>Johan  Balslev
 Rigmor Balslev
 Thorvald Balslev
 Wilhelmine Berg
 Carl Berthelsen
 Ludvig Brandstrup, billedhugger
 Christine  Mackie
 Ellen  Sawyer
 Hempel Syberg
 - Vester
 - Vesterdal
 Nicoline  von Sperling
 Albrecht  Warberg
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
@@ -458,108 +309,300 @@
 I glæded Jer med vor Lykke stor
 og trøsted i Tider trange.
 ----------
 Vor Barndomstid var kun alt for kort 
 - Livsmaalet kalder os fremad –
 dog aldrig så langt vi kommer bort,
 vi kende jo Vejen hjemad.
 ----------
 Saa Tak for alt da, fra vi var smaa
 og Tak for Fremtidens Dage
 de bliver store så tryg vi paa
 [ulæseligt ord] til de andre Mager
 Vort Ord for hvad [ulæseligt ord] sige vil,
 sig ikke rigtig vil føje
 men Resten gætter I Jer vist til
 Håndtryk, i Smil og i Øje
 Synes du ikke, den er køn? Men det er en Skam, at den ikke kan synges. Det bliver rentud Skandale, Be, med det at der ingen Sange bliver, for det tror jeg ikke, der gør. Du maa ikke tro, at jeg venter en fra dig, for hvis du ikke selv har tænkt paa det var det jo [”med ” indsat over linjen] alt for kort Varsel, at du fik min Formaning. – Hør Be, Vester og Elle! Det er da vel ikke sikkert med dem, at de ikke en skønne Dag brænder løs for os, den var Skam hamber at gaa paa; jeg er begyndt at frygte lidt for det i den sidste Tid, men naar jeg snakker med Elle forsikrer hun at de er nu de bedste Venner af Verden, men hun kunde jo snyde mig. Det er hende selv, der snakker, ikke mig, der braser paa. - - - 
 Efter Middag. Jeg sidder i stor Pragt og skriver til dig; jeg har faaet en ny mørkeblaa linned Kjole med bitte smaa hvide Prikker. Denne Facon [tegning af kjolen] det er kunstigt den Facon tror jeg, alle Herrer kan godt lide, Carl var næsten begejstret. Carl havde jo tænkt at give Far og Mor et Springvand der skulde staa paa Plænen (jeg øver mig i at skrive lige som Carl og det ligner godt) men så sagde Onkel Syberg at det kunde ikke lade sig gøre, der var for lidt Fald i Aaen til at det kunde lade sig gøre, og saa blev det opgivet; det havde ellers været stolt med Springv. på Plænen, men mit Hjærte bævede allerede ved Tanken om Ca [”Ca” overstreget] Krokketen [det tredje ”k” indsat over linjen] nu giver de to Postejskeer, nydelige. I det hele tror jeg, at Erikshaab bliver er nyt og bedre med alle de Ting, de vist faar. Maleri fra Frk Sperling har jeg hørt. Jeg glæder mig saa lynende til at komme hjem. Tante og Tove kommer ogsaa i Dag, de, Mor og jeg følges ad hjem med det sidste Tog. Fru B. skal have sin hvide Silkebrudekj. på, hun prøvede den i Aftes, den var nydelig. Jeg skriver saa meget om Sølvbr. da jeg antager, du paa Mandag er mest i Stemning til at høre det. – 
 Så nu tror jeg, jeg vil anlægge min egen Skrift igen. Uha, men jeg maa nok snart hen at pakke ned Klokken er mange, og Kl. ½ 4 skal jeg af Sted. – Her er en dejlig Have, kan du tro, jeg vilde ønske du kunde se den; gammel, uden særlig mange Blomsterrabatter, gamle knortede Æbletrær på store Plæner og en lille bitte Skov lo [”lo” overstreget] forneden med en ho [”ho” overstreget] Høj, hvor fra man har en delikat Solnedgang. ---------
 Fra eller (om Studinen har jeg ikke hørt eller set siden jeg skrev. --- Vi havde en morsom Pinse, var jo kørende paa [”paa” overstreget] til [”til” indsat over linjen] Erikshaab 2nde Pinsedag, meget livligt og vellykket. – Nu har jeg ikke Tid til mere, nu må du nøjes med dette. Du tænker vel medens på os, når du faar dette. Mange Hilsner lille Be fra Johan. Vil du lykønske Onkel Lut, har du set hende? 
 [Skrevet på tværs øverst på s4:]
 Lørdag. Jeg er så gal på mig selv, fordi jeg ikke fik det sendt i Gaar, så du kunde have det Mandag, jeg er en stor So, det må du sige, jeg har sagt. Nu har vi Travlhed til op over begge Øren, Tante, Elle og jeg binder Guirlander ovre i Loen og Andreas er stadig ”Mors højre Hånd” erklærer hun. Farvel lille Be! Din Johanne. Havde det Sjov i Odense i Gaar, hvor Thorvald og jeg drak Kaffe hos Vesterdal. 
 Hilsner.</t>
   </si>
   <si>
-    <t>1934-12-20</t>
-[...56 lines deleted...]
-Puf.</t>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Agnes Berthelsen, Nislevgaard
+Thomas Bredsdorff
+Alhed Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johanne Warberg var i 1893 i huset på Nislevgaard ved Otterup. 
+Christine Warberg/Mackie og Thomas Bredsdorff blev ikke gift. Det foregående år var hun forlovet med Leonard Holst. Alhed g. Larsen var i 1893 kæreste med og måske forlovet med Harald Balslev.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2023</t>
+  </si>
+  <si>
+    <t>Johanne har brugt sin grønne kjole som morgenkåbe.
+Thomas og Christine passede slet ikke sammen, så det er godt, at Christine har hævet forlovelsen, og hun må være blevet lettet, da hun fik brev fra moderen.
+Johanne spørger, hvad moderen mener med, at hun venter alt muligt af Alhed på dette område. Hun har da ikke hævet en forlovelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AV3c</t>
+  </si>
+  <si>
+    <t>Nislevgd. Fredag Morgen
+Kæreste Mor!
+Tak baade for dit Brev og for begge Pakkerne! Jeg fandt en herlig Løsning på Morgenkjolespørgsmålet, idet jeg nemlig havde min anden grønne Kjole herhenne, det vidste jeg slet ikke af, den er ganske hel, og med hvid Krave til til den rigtig pæn ud; Fru Berthelsen sagde, at man kunde se, Carl og jeg var i Slægt, for han brugte ogsaa at tage sine aflagte Klæder til Nåde igen, naar de havde hængt en lille Tid.
+- Du kan tro, jeg blev glad ved at se, at du selv var på det rene med at Forholdet mellem Th. og Chr. ikke er, som det skal være; jeg havde gruet for, hvad I vilde sige, naar det en Gang skulde siges Jer. Ja, det er ikke morsomt, det har du Ret i, men for Resten tager du det jo storartet, det har sikkert lettet på Chr. at faa dit Brev; den lille Stakkel, hun har gaaet meget igennem, kan du tro; hun har næsten ment, at naar hun nu hævede denne Forlovelse, var det vel det samme som at blive helt forstødt fra sit Fædrenehjem, og at ingen vilde have med hende at gøre mere. Ja vist er hun koket, det kan ikke nægtes, men så gaar hun såmænd til Gengæld da noget igennem på det Omraade; hvorfra tror du al hendes Sygelighed og Sløjhed i denne Vinter er kommen uden fra al hendes Sorg og Spekulation.
+De to Mennesker har efter min Mening aldrig været lykkelige sammen; da jeg i Fjor Paaske så dem sammen, tænkte jeg ved mig selv, at her var noget galt fat – det gale har jo været, at de i et og alt ikke passede sammen.
+Thomas er jo god og rar, og paa sin Maner også et betydeligt Menneske, men jeg tilstaar, han er en ganske anden, end jeg havde troet – og vel ogsaa end hun havde troet, havde hun vidst, at de således var uens i hvert evige eneste Punkt, så havde hun vel indset det farlige i en Forlovelse. Det vilde jo blive den rene Ruin for dem begge, om de blev gifte. ----- Hvad mener du med, at du venter alt muligt af Alhed på det Område - hun er da ikke så expedit, at hun alle[”re” indsat over linjen]de har en hævet Forlovelse på Stabelen? Ja, Mor, Livet er en Strid – helt igennem for alle Mennesker; har man det ikke på den ene, så har man det på den anden Facon, har man tilfældigvis ikke Sorger for sig selv, så har man det for andre.
+Du faar ikke mere denne Gang, jeg maa ned til mine Morgenarbejder. Endnu en Gang Tak for Sendinger.
+Et Kys fra Junge
+[på bagsiden skrevet på hovedet] Mor!</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Rigmor Balslev
+Thorvald Balslev
+Julie Brandt
+- Fynboe, Fru
+Urban Hansen
+Jacob Lange
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
+Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
+Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
+Det vides ikke, hvem Carl er. 
+Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver til Alhed Larsen, at det nok er det bedste, at en forlovelse mellem Harald Balslev (studium) og hende ikke ender med ægteskab. Og hun er vred over, at han ikke træffer en beslutning. Johanne møder flere gange Harald Balslev, bl.a. i forbindelse med hans socialistiske foredrag i Lumby. Han er optaget af socialøkonomi. 
+Fru Berthelsen er skrap overfor Johanne. 
+Johanne og Harald Balslev har mødtes og snakket en masse om ægteskab mv. Hun syr på sit tæppe, og det går ikke helt godt. 
+Christine skal være klaverlærer i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8OV5</t>
+  </si>
+  <si>
+    <t>Nislevgård Mandag den 7nde Maj 1894
+NB Du bliver skuffet naar du læser dette Brev, der staar kun Ubetydeligheder om Studiumet.__
+Kære Be. 
+Mange Tak for dit Brev, som jeg fik i Dag; Du er jo tovlig Pige at skrive alt dette paa et aabent Brevkort, det har været et interessant Studium for Fru Fynboe, Stationsforstanderinden. - Jeg skal vente, hvor meget jeg kan faa gjort ved det i Aften, men Kl. er mange, vi har haft nogle infame fremmede, og jeg har været oppe Kl. 4 1/2 og skal op ved samme Tid i Morgen. Hu ha, det er en travl Tid med alt muligt; i Dag har jeg ikke faaet syet et Sting paa Tæppet, skrækkeligt! Nå men jeg vil skride til Beretningen om Studiensen, men som jeg jo skrev til dig, der er intet nyt i Gaden fra den Kant. det er jo stadig det samme. - Ubestemmelighed og kun Ubestemmelighed. Forrige Gang jeg var i Tarup snakkede jeg lidt med Rimse, og hun var ked af det hele, hun mente, at det blev vist ikke af, det er jo det samme du selv mener, ikke sandt? Ja, lille Be, sådan noget kreperer mig at skrive, det er så profant, når jeg skriver sligt, men du har jo selv bedt mig om det. Da han skrev til din Fødselsdag, havde baade Rimse, hendes Far og Mor bedt ham hæftig om at skrive en Afgørelse til en af Siderne - bare en Afgørelse, bare noget afgørende, bare ikke gaa og pine dig langsomt til Døde, men --- Resultatet blev velsagtens det Evindelige, at han turde ikke gøre det rigtige Skridt i den ene eller den anden Retning, og det mener jeg nu er forkert, jeg mener at det mindst samvittighedsløse er at bestemme om ikke det ene saa det andet, om ikke Førlovelse, saa en bestemt Forsikring om, at han ikke kan forlove sig med dig, og saa kunde du vist komme over det; tænk paa, du ved jo slet ikke om det vilde blive saa farlig lykkeligt for Jer; der er jo saa godt som ingen, der kommer lykkeligt over et Ægteskab og jeg tror ikke nogen af Jer er særlig egnede til det, og så hellere lade det briste nu end langsomt gaa til Grunde i et af de knarvorne Ægteskaber, som vi ser alle Vegne.
+Nej, Harald og jeg snakker ikke sammen om det, jeg ønskede for Resten, han havde begyndt; vi gik en lang Tur ude i Skoven og snakkede, men han kom ikke ind paa det; han har været livlig og sød de Gange, jeg har set ham. - Sidste Gang var det morsomt, det var i ["i" overstreget] Søndags [det afsluttende "s" overstreget] d. 29_nde_, da holdt han Foredrag henne i Lumby, 1 Mil fra Nislevgd. og da spaserede jeg derhen; j ["j" overstreget]han stod ude paa Vejen og så sin Tilhørerskare strømme til, og den saa i Sandhed ikke ud som om den kunde goutere den Socialisme, som han vilde fylde i dem. Ham der havde ordnet det hele og snakkede med Harald, blev svært betænkelig, da han hørte det ikke var kristeligt og foreholdt Harald, at han kunde vel nok faa flettet lidt ind - Er det ikke en dejlig Tanke? Jeg var ved at gøre Skandale da Harald fortalte mig det - midt i sin Tilhørerskreds. - Hr. Pastor Urban Hansen ankom og plantede sig midt foran Harald på Talerstolen, d.v.s Harald stod på Talerstolen og den anden satte sig foran ham og saa ud til at blive en striks Dommer, hvis der ikke blev flettet adskilligt ind. - Det maa have været en lidt tør Situation for ham at staa der over for denne i høj Grad kristelige Forsamling og skulde til at brænde løs med et socialistisk Foredrag; jeg tror også nok, han følte Øjeblikkets Alvor hans Stemme var ikke helt klar, da han begyndte. Det var et udmærket Foredrag, men han kunde have holdt det bedre, det var lidt usikkert, stødvist, synes jeg, men det var måske fordi han vidste de alle var imod ham eller også komplet uforstaaende. Han hævdede, at det maatte være en forkert Opfattelse dette med at Fattigdom og Nød det var nu en Gang noget der skulde være - det var Guds allernådigste Vilje og unødvendigt for ikke at sige ugudeligt at ville gøre det anderledes; han bestred ogsaa den almindelige Antagelse at Jorden skulde være for lille, så hele fordums Befolkning umuligt kunde komme til at have det godt.
+Dette stred imod hans Begreber om en vis og kærlig Gud.
+Tirsdag Han talte om Civilisation, hvorved Mennesket adskille sig fra Dyrene o.s.v. udmærket godt, men meget tamt og konservativt - forholdsvis. Vi havde før Foredraget sungen Dejlig er Jorden, og nu endte han det med, at her var noget vi alle skulde tage Del i, et Arbejde, der førte hen til at alle skulde kunne synge med Sandhed "Dejlig er Jorden" Det var Meningen i det mindste, og en køn, snedig Maade at slutte det af paa. Saa sang vi "Altid frejdig" og efter den rejser Hr. Pastoren sig og bad om, skønt ukaldet at maatte sige et Par Ord. Jeg havde haft paa Fornemmelsen, at der vilde komme lidt Eftersmæk fra den Kant; han havde sukket dybt flere Gange under Foredraget og set mørk ud. - Nu vilde han tilføje et Par gudelige Ord for at rense Luften for Eftervirkningerne af Haralds ikke gudelige (og som Følge deraf forkastelige) Foredrag. - Han vilde gærne ønske Harald god Lykke paa sin fremtidige Bane, naar han studerede over disse Emner sagde han, men han havde i den Sang, vi nys sang med hinanden, truffet "Fadervor" og - ja jeg antager han mente, at det var profanerende at nævne det lige efter det ukristelige Foredrag uden at sende et lille Præsteord efter det. Det var i det hele taget det værste Præsteævlebævle, jeg endnu har hørt; gengive dig det er en Umulighed, for der var ikke Mening skabt i det. Men som Harald siger, naar man er lidt vant til deres Talemåder, kan man jo alligevel slutte sig til, hvad de mener. Det var syndigt overhovedet at tænke - kun tro; hvem der gav sig af med den usømmelige Sport, var el. blev blinde som Muldvarpe og vi maatte ikke at --- og saa Talemaader i Overflod. Efter den Straale gik Harald atter op paa "Stolen", takkede Pastor Hansen for hans gode Ønsker og lagde saa lidt ud for ham om sit Foredrag; det gjorde han for Resten forfærdelig sødt, og jeg forstaar ikke, at han slet ikke blev gal. Det er sandt jeg glemte at fortælle dig, at Præsten lige som han havde sagt det sidste Ord af sin lille Tale til Harald spillede sin sidste Trumf ud ved med Fynd og Klem at stemme i med "Alt staar i Gud Faderhaand" - det kunde jo have været virkningsfuldt, for den er jo en Modsætning til alt, hvad Harald havde sagt, men tænk hvor uheldigt saa satte han i sin Ivrighed en gal Melodi paa, saa han maatte bryde af og begynde om, det var bare saa kosteligt, at jeg havde stor Møje med at lade være med at grine højt. - - - Efter Foredraget vilde Harald partout have mig med Hjem til Tarup, hvilket jeg jo ikke var for, da jeg jo ikke havde sagt det paa Nisl[evgaard], men da jeg vidste fuldt og fast at der blev ["blev" overstreget] ikke noget med at sidde længe oppe eller Ængstelse eller saadan, så gik jeg med, hele denne lille Geschichte med Præsten og i det hele Taget det lidt komiske ved Tilhørerne i Modsætn. til Foredraget, havde sat os i en overstadig lystig Stemning så Vejen gik hurtigt mens vi drøftede Foredraget og det hele. Harald svor paa ,at var det ikke for de 10 Kroners Skyld, saa gik han ikke paa saadan en Galej. - Kl. 8 var vi der, Rimse blev henrykt over at se mig, vi spiste saa til Aften og satte os saa hyggeligt i Dagligstuen med Syltetøj og Kager og schludrede løs om alt muligt. Vi kom til at snakke om Kvindeopdragelse, at der ikke faas nær så god Undervisning i alm. som Mændene, derved kom vi ind paa Ægteskaber, jeg havde ikke troet den æstetiske Harald kunde se saa sundt paa saadan noget, han hævdede neml. at det vigtigste for en Kone var at hun kunde styre sit Hus godt, saa at hun kunde faa meget ud af lidt, lave god nærende Mad uden at bruge for mange Penge. - det er vel nok overdrevet sagt, han mener det vel ikke saa bogstaveligt, men det er altsaa Tegn paa, hvor vigtigt, han mener det er. Kl. 1/2 12 kom de gamle Skvalder hjem, de havde været til Middagshalløj. - Å jeg kan ikke mere for Søgnighed.
+Onsdag. Næste Morgen var jeg meget tidligt oppe og gik hertil; jeg var her før mine Morgenpligter begyndte men du skal høre en Ballade: jeg saa først Fru Berthels[en] da hun kom ned til Frokosten, hvor vi andre allerede sad og næppe var hun kommen ind ad Døren før hun begyndte at skælde løs paa mig saa det knaldede efter, og det skønt Carl, Børnene, Barnepigen og en fremmed Herre var der. Jeg ordentlig skammede mig paa hendes Vegne, det maa være kedeligt at være saa taktløs og ufin; hun er i det hele taget en hamber Dame, kan du tro, vær du glad ved det ikke er dig, der er her. - Egentlig er det en Skam for mig at jeg kan holde den gående her, for for at kunde det maa man neml. have en vis Evne til at snakke hende efter Munden og ikke holde paa sine Meninger, samt aldrig gøre noget galt, med andre Ord gaa i en evig Rædsel for at gøre det mindste bitte Smule forkert, da det så revner og faar hun først noget mod én, ja jeg vilde hellere være i Helvede end her så. Naa, men det var nok ikke mig selv, jeg skulde snakke om, men det er godt for jeg ved snart ikke mere om Møgfalden, ja så maa du høre om lidt andet. Paa Lørdag kommer Thorvald hjem og bliver hjemme til lige efter Sommerferien; jeg holder kun en ganske lille Pinseferie og lægger saa de Dage til Sølvbrylluppet, vi skal være i Tarup de Par Dage, men Mor har faaet den brilliante Ide, at vi allesammen skal køre til Erikshaab 2den Pinsedag efter Gudstjenesten, og det er jo farlig sjov. Holder I Pinse dernede i Italien, I tænker maaske slet ikke paa den. Du spørger til Studiensens Humør; jo det var vist godt nok så vidt jeg kunde mærke, undtagen den ene Gang jeg var i Tarup, da Ella ogsaa var der, men det havde vist mere sine Grunde i et gråt trist koldt Vejr og en vis Uhygge i Stemningen. Det er sandt har jeg fortalt dig om den Gang, jeg var hjemme, da Thomas og Christine var der; da kommer jeg ud paa Perronen for at se efter Nyborgtoget, og der er der én, der siger Junge - , og saa er det Studiensen og Vester - to Fluer med et Smæk; jeg blev knusende overrasket, for jeg havde ikke tænkt paa, at Harald var paa Fyen; da Vester var rejst, satte vi os ind i Ventesalen og drak en Bajer og en Suda og snakkede nok så gemytligt, han begyndte straks at snakke om dig, der var kommen til Italien; han viste mig en Violbuket, han havde faaet et Par Dage før fra dig, som han havde i sin Tegnebog, og saa sagde han, om vi skulde drikke Signorinaens Skaal, hvilket vi jo altså gjorde, han i Bajer, jeg i Suda, - Ja ja, Han er nu alligevel en Somikkel, at han ikke kan indse, at det er hans forbandede Pligt at gøre noget ved Jeres Forhold enten til det ene el. andet; du maa vide, det foruroliger mig ikke lidt, jeg er bange for, at det tager utilladelig meget paa dig; det er dog ogsaa Pokkers, hvorfor vi Mennesker skal være saadan indrettede, at det vi ikke ret godt kan faa, det vil vi partout have, men har vi det først så - - - Nu maa du til Gengæld for dette Brev, skrive lidt til mig om, hvad du mener om Sagen; om du dog ikke kan komme over det selv om Studiensen ikke giver et afgørende Indlæg i det. Du er nu saa sikker paa, at I vilde blive så lykkelige, det er jeg nu aldeles ikke; jeg tror ligefrem, I vilde strande paa Smaatingene; som Høffding siger "Ægteskabet fordrer som ethvert andet Samliv Selvbeherskelse og Anstrengelse for at kunde bestaa" og det tror jeg, I mangler begge to; tænk hvor svært du har ved at leve godt sammen med nogen, (Mor, Christine, Brandt) og det vilde dog være stor Synd for saadan to Mennesker som jer om I skulde ende med et Kævleægteskab. Du maa ikke blive gal over dette, men du maa som sagt gøre mig den Tjeneste at skrive lidt til mig om det. Det er ikke Nysgerrighed eller Lyst til at rode i pikante Sager, men jeg tror, det hele er dit Velfærd om at gøre, saa det er rimeligt, det har Interesse. 
+Tæppet gaar det helt godt med, men det bliver ikke saa kønt, som jeg havde troet. det er jo et knusende svært Mønster - alt for svært for den ringe Øvelse, jeg har. Jeg synes ogsaa, jeg kan mærke paa Fru Berthelsen, at hun mener, det er for stor en Mundfuld, jeg har paataget mig. Jeg slider som et Bæst i det og jeg naar det ogsaa nok, omend med lidt Kniberi. Jeg mangler alle 5 Anemoner, de to Stedmoderbl. den ene Frugtgren og et Par grønne Blade, og det er jo ikke saa lidt. Jeg har i Dag makset frygteligt med nogle Frugtblomster, som jeg næsten ikke kunde sy; det er nu heller ikke tegnet saa farlig godt paa, og det gør jo meget, naar man tillige skal rette paa Konturerne. -
+Torsdag Aften. Det trækker desværre i Langdrag med dette Brev, i Dag har jeg ikke haft et Øjebliks Tid til at skrive: oppe Kl. 4 gaaet i Køkkenet og bagt lige til Kl. 2, så holdt Skole, så syet til Kl. 1/2 8, jeg er knusende træt oven paa saadan en Dag
+[Resten af siden mangler]
+Jeg havde Brev fra Mor i Dag, hun fortæller at Chr. nu alligevel skal til Odense og give Spilletimer; der er jo meget slemt, men værst ubetinget for Brandts Skyld, jeg havde et meget fortvivlet Brev fra hende i Dag; det er også meget trist for hende nu at skulde være alene igen, det gør mig forfærdelig ondt for hende; tænk hun kommer ikke til Sølvbrylluppet, har ikke Raad, nu kan Chr se Følgerne af at hun fik med til Falster i Paasken. - - Saa, nu vil jeg slutte dette ret anselige Brev, men som Slutning maa jeg jo finde paa lidt om Studiens; ved du at han har kastet sig over Socialøkonomi, studerer det med stor Iver meget paavirket vist nok af Jakob Lange fra Dalum, en rigtig rød Socialist, stakkels Stud er kommen fuldstændig i Unaade hos Fru B. fordi jeg er gået til at fortælle det. - Jeg fik 4 Breve i Dag - sjov. Du maa se at finde dig i, at jeg ikke læser dette umaadelige Brev igennem, skønt der vist er adskillige Fejltagelser. - Ja så Farvel, lad mig snart høre fra dig og gør mig den Villighed at slå den skidt Studiens ud af Hovedet, snarere en bitte norsk Maler
+[Brevet er uafsluttet]</t>
+  </si>
+  <si>
+    <t>1894-11-28</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
+Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
+  </si>
+  <si>
+    <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uqv3</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+A Signora L. Warberg 
+Erikshaab – Højrup 
+Danimarca Fyen
+(Håndskrevet på postkortets bagside:]
+Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
+  </si>
+  <si>
+    <t>1895-4</t>
+  </si>
+  <si>
+    <t>Italien</t>
+  </si>
+  <si>
+    <t>Sanne -
+Thorvald Balslev
+Agnes Berthelsen, Nislevgaard
+I P Jacobsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien i ca. et år med sine to onkler. Johanne Larsen var i huset på Nislevgaard nær Otterup. 
+Det vides ikke, hvad "Peter Wilhelmsture" refererer til. Ej heller "Hæsligjægerbreve".</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0187</t>
+  </si>
+  <si>
+    <t>Johanne har hentet et æble og sidder nu på sit værelse i kakkelovnsvarmen. Det bedste tidspunkt på døgnet er, når alle andre er gået til ro. Hun takker for billedet, som hun fik til sin fødselsdag og kan ikke forstå, hvis nogen kan blive forargede over det. 
+Hjemmefra fik Johanne en kaffedug med servietter i fødselsdagsgave. Desuden I.P. Jacobsen-bøger indbundet af Thorvald.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7Pp</t>
+  </si>
+  <si>
+    <t>Kære Be! 
+Ah! Det slap jeg godt fra! Jeg har været inde og skræle Æbler, hen forbi Sovekammerdøren maatte jeg, men det gik godt, jeg listede også saa stille som en Mus – kom for Resten til at tænke paa vores Peter Wilhelmsture i Sin Tid – det vil sige paa dem, hvor P.W. ikke var med, da vi nemlig maatte liste ned forbi Sovekammerdøren. – Jeg har nu hjemført en vældig Gravensten og 3 Rosenl[ulæseligt], men de var saa bitte smaa, nu ærgrer det mig, at jeg ikke nogle flere. Nu er alle ganget til Ro og jeg har min bedste Tid paa hele Dagen du kan ikke tænke dig noget hyggeligere end naar jeg Kl. 9 slipper fra Dagligstuen, Håndarbejdet og Fru B. herop, faar Lampen tændt og sætter mig til Ro med en Cigaret, yndig varmt er her – Ilden dundrer altid i Kakkelovnen og lyser ud over Gulvet, naar jeg kommer herop. Sanne er god ved mig, hun skal nok passe at her er varmt til mig. – 
+Tak for Brevet til min Fødselsdag. – det er sandt, det var nok det dydsirede, jeg synes for Resten langt bedre om dine Hæsligjægerbreve, selv om de er umoralske, saa du ser, jeg er ogsaa sunken dybt udi alskens Daarlighed, siden jeg kan have den Smag; men det er sandt – tusind Tak for Billedet - det er dog det mest bedaarende lille Billede, jeg længe har set, jeg er rigtig for Alvor henrykt over det, jeg synes det er aldeles henrivende yndigt. Hvis nogen tænker selv en Antydning af en Forargelse ved at se paa det Billede, saa er [”er” overstreget] vil jeg næsten kalde det forargeligt og uanstændigt af samme Mennesker; men det håber jeg da heller ikke, dem jeg har vist det til har nydt det godt nok – det var i det hele taget en vellykket Fødselsdag, jeg holdt; du skulde have set en nydelig Kaffedug med Servietter, som jeg fik hjemmefra; jeg saa alle J.P. Jakobsens, endda til indbundne af Thorvald. 24 Breve – ja, du fik mange flere ved jeg nok, men jeg er heller ikke i Italien. Og Elle og Mornine var herude og vi holdt et farligt Sjov. Det er nok ellers ikke fri for at være en bevæget Tid for dig. 
+Nislevgd. April 95. Det var da der blev taget Bestemmelse om, du skulde blive Vinteren
+over dernede.
+[De to sidste linjer er skrevet med en anden pen, og der er tegnet pile fra dem op til hovedteksten. Ordene er muligvis tilføjet på et senere tidspunkt]</t>
+  </si>
+  <si>
+    <t>1893-09-29</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Malin   Holmström-Ingers
+Alhed Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev og Johanne (senere gift Larsen) var forlovet. De blev ikke gift. 
+Harald Balslev og Alhed g. Larsen var kærester og muligvis forlovet i en treårig periode. Harald B kunne ikke beslutte sig for, om han ville giftes med Alhed eller ej, og mange bebrejdede ham hans nølen, da den gik hende på. 
+Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
+  </si>
+  <si>
+    <t>Thorvald sender fødselsdagshilsen og -gave. 
+Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
+Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cfam</t>
+  </si>
+  <si>
+    <t>29 – 9 – 93. Junges fødselsdag.
+Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
+Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
+Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
+På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
+Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
+[øverst på sidste side] 
+30-9.
+E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
+  </si>
+  <si>
+    <t>1894-04-06</t>
+  </si>
+  <si>
+    <t>Consolato di Danimarca
+Firenze</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Agnes Berthelsen, Nislevgaard
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thomas Bredsdorff
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Laura og Albrecht Warbergs sølvbryllup var nært forestående. Alhed Larsen, f. Warberg, var i Italien med sine to onkler, og hun kom ikke hjem til festen. 
+Johanne var i huset hos Berthelsen på godset Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0186</t>
+  </si>
+  <si>
+    <t>Johanne takker mange gange for blomstermønsteret, som Alhed har sendt. Hun frygter, at broderiet ikke bliver færdigt til sølvbrylluppet, men hun har været i Odense at købe garn, og hun syr meget på det. Johanne har nogle spørgsmål angående blomsterne på mønsteret.
+Johanne har været i selskab med Christine og Thomas. De har overnattet i en lejlighed, hvor døren smækkede, og der ikke var lys.
+Det er skønt, at Alhed skal til Rom. 
+Johanne ved ikke meget om, hvad hendes forlovede laver. Hun beder Alhed sætte italienske frimærker på brevene til Carl. I øvrigt ønsker hun tillykke med fødselsdagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ai8c</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:] 
+No. 3 
+Frøken Alhed Warberg 
+R.V. Consolato di Danimarca 
+“Bella scuardo” 
+Firenze 
+Italia 
+Kære Be! 
+Du har min Agtelse i allerhøjeste Grad, baade fordi du har forholdsvis hurtigt sendt Tegninger og for deres Smukhed; jeg synes, det er aldeles nydeligt, men er jo pokkers svært at sy; man må jo egentlig betragte det halvt som Kunstsyning, eftersom Blomsterne er så levende tegnede; det værste er, at det er så aldeles rasende sent, det går nemlig ikke an at sy det med store flotte, dristige Sting, saa kommer det ikke til at ligne efter noget, man må netop sidde og pille med det; jeg tvivler på, det bliver færdigt til Sølvbrylluppet, det gjorde jeg straks, da jeg så Tegningen, men jeg syntes alligevel – hellere ikke få dette færdigt [fortsætter s. 2] 
+[skrevet lodret øverst på siden:] 
+Endnu en Gang min Kompliment for Tæppet – jeg havde ikke tænkt mig det nær så kønt og fordi du overkom at få det lavet. – Hils Onkel Lud - og Emil, når han kommer.
+Og så til Slut en varm Lykønskning fra din S. 
+J. 
+[S. 2:] 
+end at vælge noget ikke nær saa smukt i en eller anden Retning, selv om det blev færdigt; synes du ikke ogsaa. Fru Berthelsen syntes så absolut, at jeg ikke skulde tage de inderste Blomster med, altså slette alt, hvad der skulde paa Bordpladen, både fordi det blev hurtigere og fordi hun mente det andet var for bepakket; jeg var nær ved at lade mig forlede af denne Daarskab af Magelighedshensyn, men heldigvis greb jeg mig selv i Nakken i sidste Øjeblik, så det er kommen på altsammen. Jeg syr al den Tid det er mig muligt og det er ikke saa lidt, men det bli’r ikke noget videre. Jeg fik Sendingen om Torsdagen og gik straks på Timen til Odense med det for at få det tegnet på og lede Farver ud, gik herfra Kl. 1, endte Ærinder derude gik Hjem igen og var her Kl. 7 - flinkt Berthelsen var ved at tabe Næse og Mund over mig Saa fik jeg det om Mandagen og fangede straks an; jeg har syet den ene af Smørblomsterne og er nu ved den højrøde Frugtblomst, Det er jo en Pyrus Japonika? og vi har en her i
+Haven; det er storartet, at jeg har den at se efter. For Resten synes jeg [”jeg” indsat over linjen] ikke, der er Forskel (i Tegningen) på dem og så Æbleblomsterne, er det din Mening, at den ene af Grenene er en rigtig Æblegren S.u , saa er det ikke helt korrekt, da Blomsterne jo egentl. skulde sidde i Klumper, men skit – det var jo også umuligt at sy så. Tak for Forklaringerne i Brevet, dem har jeg stor Nytte af. Dem du kalder Begonier, er det dem, der ligner Tullipaner? S.u [”S.u” indsat over linjen] Sendte du ikke en af dem til Chr. Jeg synes der var sådan en blandt hendes, og de var altså lysehøjrøde, de bliver svære, da jeg ikke har Anelse om dem. Og Farven på deres Blade, er den ikke grågrøn noget lign. Tulipanblade? Mon du svarer på disse Par Ting - du gider vel ikke skrive til mig f[ulæseligt]sene, men kan du ikke til Elle i en af Mors Breve, så kan hun sende mig din Forklaring, når hun skriver til mig. – Anemonerne bliver vist svære, jeg maa se at få nogle i Odense hos en Gartner; jeg behøver ikke at lægge blaa og røde Tråde sammen til lilla (det vilde desuden blive grimt, man kan jo faa lilla Silke. Det var en lang Forklaring om Tæppet, men det er jo også et vigtigt Spørgsmaal. Jeg skal hjem i Morgen, saa tager jeg det med og viser dem det, samt faar Råd om et og andet. Chr. &amp;amp; Thomas kommer jo hjem; de Vrøvlehoveder, først får jeg Brev, de kommer første Søndag, så at Chr havde skrevet fejl, det var først næste – så Atter, at de alligevel kom første Lørdag Nu læser jeg tidligt med Ane og gaar til Odense, så jeg kan nå at komme med Eftermiddagstoget, altså sammen med Th. og Chr. Det glæder jeg mig vældigt til; jeg fik jo set saa lidt til dem derinde de var jo på Falster. Jeg morede mig ellers glimrende derinde i Påsken, Th. var jo fuldstændig frit gående de sidste Dage, jeg var der – Du ved vel, at han havde brækket sit Ben. Han, Bran og jeg dangderede den af sammen, hyggelige Aftener på den nye Kafé o.s.v. - Straks blev jeg lidt skuffet over den, men den kan jo for Resten heller ikke være hyggelig, når man kommer træt hjem Kl. [ulæseligt tal] om Natten og der er koldt, hvad der bidrog til Uhyggen var, at vores Døren [”en” sidst i ordet overstreget] til Lejligheden smækkede nok så lystigt, da vi kom, vi stod angstfulde nede på 4de Sal, men vi måtte jo tilsidst vove os derop; uheldigvis havde vi ingen Svovlstikker, så vi måtte rode Lejligheden igennem, inden de fandtes – først så blev vi klare på, at den var kemisk ren for Tyve og Bøller, det var kun Chr, der tilfældigvis havde glemt at lukke Dören, da hun gik. 
+Fredag Middag, 
+Ah! nu føler jeg tilfulde, at du nok ikke naar at faa dette paa din Fødselsdag, men du faar vel en Del paa selve Dagen, så du er glad nok ved at faa et lidt senere. Ja, maa jeg saa gratulere dig, lille Be – gid du må blive et helt Aar dernede endnu, det er et smukt Ønske, synes jeg. Længes du hjem? Næ, det gør du vel ikke, det er heller ikke noget at spilde Tiden med det; tænk hellere på, at du skal til Rom, det er anderledes Sjov. – Du skælder mig ud fordi jeg ikke skriver noget om Studimse, den Møgtoer; men jeg ved ikke en Kvidder om ham; han går på sit Rødkilde og passer fuldstændig sig selv, der er ikke Spor at bemærke. Men han kommer vel sagtens hjem mellem de to Hold eller Afdelinger – mellem Karle- og Pigeskolen mener jeg – for Pokker. Saa ser jeg ham vel i Tarup, saa skal jeg berette om ham – eller rettere berette Rimses eventuelle Beretninger om ham – jeg har ikke Tid til mere; jeg er saa optaget i denne Tid både af det Sytøj og af min Musik, som jeg hænger godt i med. Jeg staar op om Morgenen tidligt og øver mig, i Gaar var jeg nede Kl 6: stolt. 
+Vær nu ikke gal over at dette baade kommer for sent og er saa kort, naar jeg kommer hjem skal jeg stjæle nogle Frimærker, så skal du faa en Gang Brev til: jeg kan jo nok tænke mig, at du gouterer dem, når du er saa langt væk. ----- 
+Kan du ikke, når [”når” overstreget] hvis du skriver til mig, købe en hel Del Frimærker af lille Værdi og sætte på Brevet, så der kommer flere forskellige Slags, Carl samler på udenlandske Frim. og har næsten ingen italienske. Husk det! Du kan jo også gøre det hjem til så kan de sende mig dem. 
+[Skrevet lodret under selve brevet:] April 1894.</t>
   </si>
   <si>
     <t>1943-10-21</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Birgit Brandstrup
 Ebbe Brandstrup
 Ellen Brønsted
 Thora Cohn
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Elisabeth Mackie
@@ -699,59 +742,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:M12"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -771,504 +814,550 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="n">
-        <v>1893</v>
+      <c r="A2" s="5" t="s">
+        <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="s">
-        <v>33</v>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="5" t="s">
-        <v>40</v>
+      <c r="A6" s="5" t="n">
+        <v>1893</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>28</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>66</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>74</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>76</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>77</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>79</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D10" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="E10" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="5" t="s">
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="D11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="L11" s="6" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="M11" s="5" t="s">
+      <c r="B12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="5" t="s">
         <v>98</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
+    <hyperlink ref="M12" r:id="rId17"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>