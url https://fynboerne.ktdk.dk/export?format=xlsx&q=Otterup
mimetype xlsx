--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -44,213 +44,405 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Agnes Berthelsen, Nislevgaard
+Thomas Bredsdorff
+Alhed Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johanne Warberg var i 1893 i huset på Nislevgaard ved Otterup. 
+Christine Warberg/Mackie og Thomas Bredsdorff blev ikke gift. Det foregående år var hun forlovet med Leonard Holst. Alhed g. Larsen var i 1893 kæreste med og måske forlovet med Harald Balslev.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2023</t>
+  </si>
+  <si>
+    <t>Johanne har brugt sin grønne kjole som morgenkåbe.
+Thomas og Christine passede slet ikke sammen, så det er godt, at Christine har hævet forlovelsen, og hun må være blevet lettet, da hun fik brev fra moderen.
+Johanne spørger, hvad moderen mener med, at hun venter alt muligt af Alhed på dette område. Hun har da ikke hævet en forlovelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AV3c</t>
+  </si>
+  <si>
+    <t>Nislevgd. Fredag Morgen
+Kæreste Mor!
+Tak baade for dit Brev og for begge Pakkerne! Jeg fandt en herlig Løsning på Morgenkjolespørgsmålet, idet jeg nemlig havde min anden grønne Kjole herhenne, det vidste jeg slet ikke af, den er ganske hel, og med hvid Krave til til den rigtig pæn ud; Fru Berthelsen sagde, at man kunde se, Carl og jeg var i Slægt, for han brugte ogsaa at tage sine aflagte Klæder til Nåde igen, naar de havde hængt en lille Tid.
+- Du kan tro, jeg blev glad ved at se, at du selv var på det rene med at Forholdet mellem Th. og Chr. ikke er, som det skal være; jeg havde gruet for, hvad I vilde sige, naar det en Gang skulde siges Jer. Ja, det er ikke morsomt, det har du Ret i, men for Resten tager du det jo storartet, det har sikkert lettet på Chr. at faa dit Brev; den lille Stakkel, hun har gaaet meget igennem, kan du tro; hun har næsten ment, at naar hun nu hævede denne Forlovelse, var det vel det samme som at blive helt forstødt fra sit Fædrenehjem, og at ingen vilde have med hende at gøre mere. Ja vist er hun koket, det kan ikke nægtes, men så gaar hun såmænd til Gengæld da noget igennem på det Omraade; hvorfra tror du al hendes Sygelighed og Sløjhed i denne Vinter er kommen uden fra al hendes Sorg og Spekulation.
+De to Mennesker har efter min Mening aldrig været lykkelige sammen; da jeg i Fjor Paaske så dem sammen, tænkte jeg ved mig selv, at her var noget galt fat – det gale har jo været, at de i et og alt ikke passede sammen.
+Thomas er jo god og rar, og paa sin Maner også et betydeligt Menneske, men jeg tilstaar, han er en ganske anden, end jeg havde troet – og vel ogsaa end hun havde troet, havde hun vidst, at de således var uens i hvert evige eneste Punkt, så havde hun vel indset det farlige i en Forlovelse. Det vilde jo blive den rene Ruin for dem begge, om de blev gifte. ----- Hvad mener du med, at du venter alt muligt af Alhed på det Område - hun er da ikke så expedit, at hun alle[”re” indsat over linjen]de har en hævet Forlovelse på Stabelen? Ja, Mor, Livet er en Strid – helt igennem for alle Mennesker; har man det ikke på den ene, så har man det på den anden Facon, har man tilfældigvis ikke Sorger for sig selv, så har man det for andre.
+Du faar ikke mere denne Gang, jeg maa ned til mine Morgenarbejder. Endnu en Gang Tak for Sendinger.
+Et Kys fra Junge
+[på bagsiden skrevet på hovedet] Mor!</t>
+  </si>
+  <si>
+    <t>1893-09-29</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Malin   Holmström-Ingers
+Alhed Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev og Johanne (senere gift Larsen) var forlovet. De blev ikke gift. 
+Harald Balslev og Alhed g. Larsen var kærester og muligvis forlovet i en treårig periode. Harald B kunne ikke beslutte sig for, om han ville giftes med Alhed eller ej, og mange bebrejdede ham hans nølen, da den gik hende på. 
+Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
+  </si>
+  <si>
+    <t>Thorvald sender fødselsdagshilsen og -gave. 
+Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
+Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cfam</t>
+  </si>
+  <si>
+    <t>29 – 9 – 93. Junges fødselsdag.
+Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
+Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
+Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
+På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
+Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
+[øverst på sidste side] 
+30-9.
+E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
+  </si>
+  <si>
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
+  </si>
+  <si>
+    <t>1894-04-06</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Consolato di Danimarca
+Firenze</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Agnes Berthelsen, Nislevgaard
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thomas Bredsdorff
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Laura og Albrecht Warbergs sølvbryllup var nært forestående. Alhed Larsen, f. Warberg, var i Italien med sine to onkler, og hun kom ikke hjem til festen. 
+Johanne var i huset hos Berthelsen på godset Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0186</t>
+  </si>
+  <si>
+    <t>Johanne takker mange gange for blomstermønsteret, som Alhed har sendt. Hun frygter, at broderiet ikke bliver færdigt til sølvbrylluppet, men hun har været i Odense at købe garn, og hun syr meget på det. Johanne har nogle spørgsmål angående blomsterne på mønsteret.
+Johanne har været i selskab med Christine og Thomas. De har overnattet i en lejlighed, hvor døren smækkede, og der ikke var lys.
+Det er skønt, at Alhed skal til Rom. 
+Johanne ved ikke meget om, hvad hendes forlovede laver. Hun beder Alhed sætte italienske frimærker på brevene til Carl. I øvrigt ønsker hun tillykke med fødselsdagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ai8c</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:] 
+No. 3 
+Frøken Alhed Warberg 
+R.V. Consolato di Danimarca 
+“Bella scuardo” 
+Firenze 
+Italia 
+Kære Be! 
+Du har min Agtelse i allerhøjeste Grad, baade fordi du har forholdsvis hurtigt sendt Tegninger og for deres Smukhed; jeg synes, det er aldeles nydeligt, men er jo pokkers svært at sy; man må jo egentlig betragte det halvt som Kunstsyning, eftersom Blomsterne er så levende tegnede; det værste er, at det er så aldeles rasende sent, det går nemlig ikke an at sy det med store flotte, dristige Sting, saa kommer det ikke til at ligne efter noget, man må netop sidde og pille med det; jeg tvivler på, det bliver færdigt til Sølvbrylluppet, det gjorde jeg straks, da jeg så Tegningen, men jeg syntes alligevel – hellere ikke få dette færdigt [fortsætter s. 2] 
+[skrevet lodret øverst på siden:] 
+Endnu en Gang min Kompliment for Tæppet – jeg havde ikke tænkt mig det nær så kønt og fordi du overkom at få det lavet. – Hils Onkel Lud - og Emil, når han kommer.
+Og så til Slut en varm Lykønskning fra din S. 
+J. 
+[S. 2:] 
+end at vælge noget ikke nær saa smukt i en eller anden Retning, selv om det blev færdigt; synes du ikke ogsaa. Fru Berthelsen syntes så absolut, at jeg ikke skulde tage de inderste Blomster med, altså slette alt, hvad der skulde paa Bordpladen, både fordi det blev hurtigere og fordi hun mente det andet var for bepakket; jeg var nær ved at lade mig forlede af denne Daarskab af Magelighedshensyn, men heldigvis greb jeg mig selv i Nakken i sidste Øjeblik, så det er kommen på altsammen. Jeg syr al den Tid det er mig muligt og det er ikke saa lidt, men det bli’r ikke noget videre. Jeg fik Sendingen om Torsdagen og gik straks på Timen til Odense med det for at få det tegnet på og lede Farver ud, gik herfra Kl. 1, endte Ærinder derude gik Hjem igen og var her Kl. 7 - flinkt Berthelsen var ved at tabe Næse og Mund over mig Saa fik jeg det om Mandagen og fangede straks an; jeg har syet den ene af Smørblomsterne og er nu ved den højrøde Frugtblomst, Det er jo en Pyrus Japonika? og vi har en her i
+Haven; det er storartet, at jeg har den at se efter. For Resten synes jeg [”jeg” indsat over linjen] ikke, der er Forskel (i Tegningen) på dem og så Æbleblomsterne, er det din Mening, at den ene af Grenene er en rigtig Æblegren S.u , saa er det ikke helt korrekt, da Blomsterne jo egentl. skulde sidde i Klumper, men skit – det var jo også umuligt at sy så. Tak for Forklaringerne i Brevet, dem har jeg stor Nytte af. Dem du kalder Begonier, er det dem, der ligner Tullipaner? S.u [”S.u” indsat over linjen] Sendte du ikke en af dem til Chr. Jeg synes der var sådan en blandt hendes, og de var altså lysehøjrøde, de bliver svære, da jeg ikke har Anelse om dem. Og Farven på deres Blade, er den ikke grågrøn noget lign. Tulipanblade? Mon du svarer på disse Par Ting - du gider vel ikke skrive til mig f[ulæseligt]sene, men kan du ikke til Elle i en af Mors Breve, så kan hun sende mig din Forklaring, når hun skriver til mig. – Anemonerne bliver vist svære, jeg maa se at få nogle i Odense hos en Gartner; jeg behøver ikke at lægge blaa og røde Tråde sammen til lilla (det vilde desuden blive grimt, man kan jo faa lilla Silke. Det var en lang Forklaring om Tæppet, men det er jo også et vigtigt Spørgsmaal. Jeg skal hjem i Morgen, saa tager jeg det med og viser dem det, samt faar Råd om et og andet. Chr. &amp;amp; Thomas kommer jo hjem; de Vrøvlehoveder, først får jeg Brev, de kommer første Søndag, så at Chr havde skrevet fejl, det var først næste – så Atter, at de alligevel kom første Lørdag Nu læser jeg tidligt med Ane og gaar til Odense, så jeg kan nå at komme med Eftermiddagstoget, altså sammen med Th. og Chr. Det glæder jeg mig vældigt til; jeg fik jo set saa lidt til dem derinde de var jo på Falster. Jeg morede mig ellers glimrende derinde i Påsken, Th. var jo fuldstændig frit gående de sidste Dage, jeg var der – Du ved vel, at han havde brækket sit Ben. Han, Bran og jeg dangderede den af sammen, hyggelige Aftener på den nye Kafé o.s.v. - Straks blev jeg lidt skuffet over den, men den kan jo for Resten heller ikke være hyggelig, når man kommer træt hjem Kl. [ulæseligt tal] om Natten og der er koldt, hvad der bidrog til Uhyggen var, at vores Døren [”en” sidst i ordet overstreget] til Lejligheden smækkede nok så lystigt, da vi kom, vi stod angstfulde nede på 4de Sal, men vi måtte jo tilsidst vove os derop; uheldigvis havde vi ingen Svovlstikker, så vi måtte rode Lejligheden igennem, inden de fandtes – først så blev vi klare på, at den var kemisk ren for Tyve og Bøller, det var kun Chr, der tilfældigvis havde glemt at lukke Dören, da hun gik. 
+Fredag Middag, 
+Ah! nu føler jeg tilfulde, at du nok ikke naar at faa dette paa din Fødselsdag, men du faar vel en Del paa selve Dagen, så du er glad nok ved at faa et lidt senere. Ja, maa jeg saa gratulere dig, lille Be – gid du må blive et helt Aar dernede endnu, det er et smukt Ønske, synes jeg. Længes du hjem? Næ, det gør du vel ikke, det er heller ikke noget at spilde Tiden med det; tænk hellere på, at du skal til Rom, det er anderledes Sjov. – Du skælder mig ud fordi jeg ikke skriver noget om Studimse, den Møgtoer; men jeg ved ikke en Kvidder om ham; han går på sit Rødkilde og passer fuldstændig sig selv, der er ikke Spor at bemærke. Men han kommer vel sagtens hjem mellem de to Hold eller Afdelinger – mellem Karle- og Pigeskolen mener jeg – for Pokker. Saa ser jeg ham vel i Tarup, saa skal jeg berette om ham – eller rettere berette Rimses eventuelle Beretninger om ham – jeg har ikke Tid til mere; jeg er saa optaget i denne Tid både af det Sytøj og af min Musik, som jeg hænger godt i med. Jeg staar op om Morgenen tidligt og øver mig, i Gaar var jeg nede Kl 6: stolt. 
+Vær nu ikke gal over at dette baade kommer for sent og er saa kort, naar jeg kommer hjem skal jeg stjæle nogle Frimærker, så skal du faa en Gang Brev til: jeg kan jo nok tænke mig, at du gouterer dem, når du er saa langt væk. ----- 
+Kan du ikke, når [”når” overstreget] hvis du skriver til mig, købe en hel Del Frimærker af lille Værdi og sætte på Brevet, så der kommer flere forskellige Slags, Carl samler på udenlandske Frim. og har næsten ingen italienske. Husk det! Du kan jo også gøre det hjem til så kan de sende mig dem. 
+[Skrevet lodret under selve brevet:] April 1894.</t>
+  </si>
+  <si>
     <t>1894-05-07</t>
   </si>
   <si>
     <t>Brevkort</t>
-  </si>
-[...4 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Otterup</t>
   </si>
   <si>
     <t>Harald Balslev
 Rigmor Balslev</t>
   </si>
   <si>
     <t>Alhed Larsen opholdt sig fra februar 1894 og 14 måneder frem i Italien for at male. 
 "Han" er Harald Balslev, som Alhed Larsen i nogle år op til Italiens-rejsen var forlovet med. 
 Johanne C. Larsen svarede Alhed udførligt på det, som Alhed på brevkortet spørger om. Se Johanne C. Larsen til Alhed Larsen 1895-05-07 (brevskrivningen påbegyndtes 7. maj 1894, men Johanne C. Larsen skrev stadig på brevet 10. maj, så det er tidligst sendt derefter).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3747
 Fotokopi af et brevkort. Det vides ikke, hvor originalen findes.</t>
   </si>
   <si>
     <t>Alhed Larsen er ikke blevet skør, men hun længes efter at høre, om Johanne C. Larsen og "han" (Harald Balslev) talte om hende, om han betroede sig til søsteren, Rigmor/Rimse, mm.
 Alhed Larsen vil skrive til Harald til hans fødselsdag. Hun har stuen fuld af duftende roser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4IPy</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE)
 93 A
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 ( )
 [Håndskrevet på kortets adresseside:]
 Signora Joh. Warberg
 Nislevgaard Otterup St
 Fyen
 Danimarca
 [Håndskrevet på kortets tekstside:]
 Kære Joh! Tak for Dit Brev, som er modtaget i Dag. Du er sjov omhyggelig for mig! meget betænksomt af Dig for Resten! men vær bare rolig; jeg er ikke skør. Jeg kan med et Ord sige, at jeg ["jeg" overstreget] det er fuldstændig uforandret, siden jeg kom herned; men jeg længes saa vældig efter at høre noget derom fra den anden Kant. Skriv endelig op løst og fast om det hele. Hvordan var Humeuret? Talte I om mig og hvordan da? Men skriv tæt, ellers kan der intet staa. Brevet maa veje 15 Gram. Har Du ikke tyndere Papir? - Nu glæder jeg mig meget til Dit Brev, og skal saa nok skrive til Dig bagefter. Snakkede han med Rimse som før?? - - Jeg sidder og skriver til hans Fødselsdag d. 7ende, sender vist nogle Roser. Husk at skrive til ham. - Nu ikke mere i Dag. - Her er fuldt af duftende Roser i min Stue, jeg har stiftet Bekendtskab med en ung Gartner i Bobolihaven. 1000 Hilsner Alhed</t>
   </si>
   <si>
-    <t>1893-10-07</t>
-[...13 lines deleted...]
-Ove Berthelsen
+    <t>Harald Balslev
+Rigmor Balslev
+Thorvald Balslev
+Julie Brandt
+- Fynboe, Fru
+Urban Hansen
+Jacob Lange
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
+Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
+Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
+Det vides ikke, hvem Carl er. 
+Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver til Alhed Larsen, at det nok er det bedste, at en forlovelse mellem Harald Balslev (studium) og hende ikke ender med ægteskab. Og hun er vred over, at han ikke træffer en beslutning. Johanne møder flere gange Harald Balslev, bl.a. i forbindelse med hans socialistiske foredrag i Lumby. Han er optaget af socialøkonomi. 
+Fru Berthelsen er skrap overfor Johanne. 
+Johanne og Harald Balslev har mødtes og snakket en masse om ægteskab mv. Hun syr på sit tæppe, og det går ikke helt godt. 
+Christine skal være klaverlærer i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8OV5</t>
+  </si>
+  <si>
+    <t>Nislevgård Mandag den 7nde Maj 1894
+NB Du bliver skuffet naar du læser dette Brev, der staar kun Ubetydeligheder om Studiumet.__
+Kære Be. 
+Mange Tak for dit Brev, som jeg fik i Dag; Du er jo tovlig Pige at skrive alt dette paa et aabent Brevkort, det har været et interessant Studium for Fru Fynboe, Stationsforstanderinden. - Jeg skal vente, hvor meget jeg kan faa gjort ved det i Aften, men Kl. er mange, vi har haft nogle infame fremmede, og jeg har været oppe Kl. 4 1/2 og skal op ved samme Tid i Morgen. Hu ha, det er en travl Tid med alt muligt; i Dag har jeg ikke faaet syet et Sting paa Tæppet, skrækkeligt! Nå men jeg vil skride til Beretningen om Studiensen, men som jeg jo skrev til dig, der er intet nyt i Gaden fra den Kant. det er jo stadig det samme. - Ubestemmelighed og kun Ubestemmelighed. Forrige Gang jeg var i Tarup snakkede jeg lidt med Rimse, og hun var ked af det hele, hun mente, at det blev vist ikke af, det er jo det samme du selv mener, ikke sandt? Ja, lille Be, sådan noget kreperer mig at skrive, det er så profant, når jeg skriver sligt, men du har jo selv bedt mig om det. Da han skrev til din Fødselsdag, havde baade Rimse, hendes Far og Mor bedt ham hæftig om at skrive en Afgørelse til en af Siderne - bare en Afgørelse, bare noget afgørende, bare ikke gaa og pine dig langsomt til Døde, men --- Resultatet blev velsagtens det Evindelige, at han turde ikke gøre det rigtige Skridt i den ene eller den anden Retning, og det mener jeg nu er forkert, jeg mener at det mindst samvittighedsløse er at bestemme om ikke det ene saa det andet, om ikke Førlovelse, saa en bestemt Forsikring om, at han ikke kan forlove sig med dig, og saa kunde du vist komme over det; tænk paa, du ved jo slet ikke om det vilde blive saa farlig lykkeligt for Jer; der er jo saa godt som ingen, der kommer lykkeligt over et Ægteskab og jeg tror ikke nogen af Jer er særlig egnede til det, og så hellere lade det briste nu end langsomt gaa til Grunde i et af de knarvorne Ægteskaber, som vi ser alle Vegne.
+Nej, Harald og jeg snakker ikke sammen om det, jeg ønskede for Resten, han havde begyndt; vi gik en lang Tur ude i Skoven og snakkede, men han kom ikke ind paa det; han har været livlig og sød de Gange, jeg har set ham. - Sidste Gang var det morsomt, det var i ["i" overstreget] Søndags [det afsluttende "s" overstreget] d. 29_nde_, da holdt han Foredrag henne i Lumby, 1 Mil fra Nislevgd. og da spaserede jeg derhen; j ["j" overstreget]han stod ude paa Vejen og så sin Tilhørerskare strømme til, og den saa i Sandhed ikke ud som om den kunde goutere den Socialisme, som han vilde fylde i dem. Ham der havde ordnet det hele og snakkede med Harald, blev svært betænkelig, da han hørte det ikke var kristeligt og foreholdt Harald, at han kunde vel nok faa flettet lidt ind - Er det ikke en dejlig Tanke? Jeg var ved at gøre Skandale da Harald fortalte mig det - midt i sin Tilhørerskreds. - Hr. Pastor Urban Hansen ankom og plantede sig midt foran Harald på Talerstolen, d.v.s Harald stod på Talerstolen og den anden satte sig foran ham og saa ud til at blive en striks Dommer, hvis der ikke blev flettet adskilligt ind. - Det maa have været en lidt tør Situation for ham at staa der over for denne i høj Grad kristelige Forsamling og skulde til at brænde løs med et socialistisk Foredrag; jeg tror også nok, han følte Øjeblikkets Alvor hans Stemme var ikke helt klar, da han begyndte. Det var et udmærket Foredrag, men han kunde have holdt det bedre, det var lidt usikkert, stødvist, synes jeg, men det var måske fordi han vidste de alle var imod ham eller også komplet uforstaaende. Han hævdede, at det maatte være en forkert Opfattelse dette med at Fattigdom og Nød det var nu en Gang noget der skulde være - det var Guds allernådigste Vilje og unødvendigt for ikke at sige ugudeligt at ville gøre det anderledes; han bestred ogsaa den almindelige Antagelse at Jorden skulde være for lille, så hele fordums Befolkning umuligt kunde komme til at have det godt.
+Dette stred imod hans Begreber om en vis og kærlig Gud.
+Tirsdag Han talte om Civilisation, hvorved Mennesket adskille sig fra Dyrene o.s.v. udmærket godt, men meget tamt og konservativt - forholdsvis. Vi havde før Foredraget sungen Dejlig er Jorden, og nu endte han det med, at her var noget vi alle skulde tage Del i, et Arbejde, der førte hen til at alle skulde kunne synge med Sandhed "Dejlig er Jorden" Det var Meningen i det mindste, og en køn, snedig Maade at slutte det af paa. Saa sang vi "Altid frejdig" og efter den rejser Hr. Pastoren sig og bad om, skønt ukaldet at maatte sige et Par Ord. Jeg havde haft paa Fornemmelsen, at der vilde komme lidt Eftersmæk fra den Kant; han havde sukket dybt flere Gange under Foredraget og set mørk ud. - Nu vilde han tilføje et Par gudelige Ord for at rense Luften for Eftervirkningerne af Haralds ikke gudelige (og som Følge deraf forkastelige) Foredrag. - Han vilde gærne ønske Harald god Lykke paa sin fremtidige Bane, naar han studerede over disse Emner sagde han, men han havde i den Sang, vi nys sang med hinanden, truffet "Fadervor" og - ja jeg antager han mente, at det var profanerende at nævne det lige efter det ukristelige Foredrag uden at sende et lille Præsteord efter det. Det var i det hele taget det værste Præsteævlebævle, jeg endnu har hørt; gengive dig det er en Umulighed, for der var ikke Mening skabt i det. Men som Harald siger, naar man er lidt vant til deres Talemåder, kan man jo alligevel slutte sig til, hvad de mener. Det var syndigt overhovedet at tænke - kun tro; hvem der gav sig af med den usømmelige Sport, var el. blev blinde som Muldvarpe og vi maatte ikke at --- og saa Talemaader i Overflod. Efter den Straale gik Harald atter op paa "Stolen", takkede Pastor Hansen for hans gode Ønsker og lagde saa lidt ud for ham om sit Foredrag; det gjorde han for Resten forfærdelig sødt, og jeg forstaar ikke, at han slet ikke blev gal. Det er sandt jeg glemte at fortælle dig, at Præsten lige som han havde sagt det sidste Ord af sin lille Tale til Harald spillede sin sidste Trumf ud ved med Fynd og Klem at stemme i med "Alt staar i Gud Faderhaand" - det kunde jo have været virkningsfuldt, for den er jo en Modsætning til alt, hvad Harald havde sagt, men tænk hvor uheldigt saa satte han i sin Ivrighed en gal Melodi paa, saa han maatte bryde af og begynde om, det var bare saa kosteligt, at jeg havde stor Møje med at lade være med at grine højt. - - - Efter Foredraget vilde Harald partout have mig med Hjem til Tarup, hvilket jeg jo ikke var for, da jeg jo ikke havde sagt det paa Nisl[evgaard], men da jeg vidste fuldt og fast at der blev ["blev" overstreget] ikke noget med at sidde længe oppe eller Ængstelse eller saadan, så gik jeg med, hele denne lille Geschichte med Præsten og i det hele Taget det lidt komiske ved Tilhørerne i Modsætn. til Foredraget, havde sat os i en overstadig lystig Stemning så Vejen gik hurtigt mens vi drøftede Foredraget og det hele. Harald svor paa ,at var det ikke for de 10 Kroners Skyld, saa gik han ikke paa saadan en Galej. - Kl. 8 var vi der, Rimse blev henrykt over at se mig, vi spiste saa til Aften og satte os saa hyggeligt i Dagligstuen med Syltetøj og Kager og schludrede løs om alt muligt. Vi kom til at snakke om Kvindeopdragelse, at der ikke faas nær så god Undervisning i alm. som Mændene, derved kom vi ind paa Ægteskaber, jeg havde ikke troet den æstetiske Harald kunde se saa sundt paa saadan noget, han hævdede neml. at det vigtigste for en Kone var at hun kunde styre sit Hus godt, saa at hun kunde faa meget ud af lidt, lave god nærende Mad uden at bruge for mange Penge. - det er vel nok overdrevet sagt, han mener det vel ikke saa bogstaveligt, men det er altsaa Tegn paa, hvor vigtigt, han mener det er. Kl. 1/2 12 kom de gamle Skvalder hjem, de havde været til Middagshalløj. - Å jeg kan ikke mere for Søgnighed.
+Onsdag. Næste Morgen var jeg meget tidligt oppe og gik hertil; jeg var her før mine Morgenpligter begyndte men du skal høre en Ballade: jeg saa først Fru Berthels[en] da hun kom ned til Frokosten, hvor vi andre allerede sad og næppe var hun kommen ind ad Døren før hun begyndte at skælde løs paa mig saa det knaldede efter, og det skønt Carl, Børnene, Barnepigen og en fremmed Herre var der. Jeg ordentlig skammede mig paa hendes Vegne, det maa være kedeligt at være saa taktløs og ufin; hun er i det hele taget en hamber Dame, kan du tro, vær du glad ved det ikke er dig, der er her. - Egentlig er det en Skam for mig at jeg kan holde den gående her, for for at kunde det maa man neml. have en vis Evne til at snakke hende efter Munden og ikke holde paa sine Meninger, samt aldrig gøre noget galt, med andre Ord gaa i en evig Rædsel for at gøre det mindste bitte Smule forkert, da det så revner og faar hun først noget mod én, ja jeg vilde hellere være i Helvede end her så. Naa, men det var nok ikke mig selv, jeg skulde snakke om, men det er godt for jeg ved snart ikke mere om Møgfalden, ja så maa du høre om lidt andet. Paa Lørdag kommer Thorvald hjem og bliver hjemme til lige efter Sommerferien; jeg holder kun en ganske lille Pinseferie og lægger saa de Dage til Sølvbrylluppet, vi skal være i Tarup de Par Dage, men Mor har faaet den brilliante Ide, at vi allesammen skal køre til Erikshaab 2den Pinsedag efter Gudstjenesten, og det er jo farlig sjov. Holder I Pinse dernede i Italien, I tænker maaske slet ikke paa den. Du spørger til Studiensens Humør; jo det var vist godt nok så vidt jeg kunde mærke, undtagen den ene Gang jeg var i Tarup, da Ella ogsaa var der, men det havde vist mere sine Grunde i et gråt trist koldt Vejr og en vis Uhygge i Stemningen. Det er sandt har jeg fortalt dig om den Gang, jeg var hjemme, da Thomas og Christine var der; da kommer jeg ud paa Perronen for at se efter Nyborgtoget, og der er der én, der siger Junge - , og saa er det Studiensen og Vester - to Fluer med et Smæk; jeg blev knusende overrasket, for jeg havde ikke tænkt paa, at Harald var paa Fyen; da Vester var rejst, satte vi os ind i Ventesalen og drak en Bajer og en Suda og snakkede nok så gemytligt, han begyndte straks at snakke om dig, der var kommen til Italien; han viste mig en Violbuket, han havde faaet et Par Dage før fra dig, som han havde i sin Tegnebog, og saa sagde han, om vi skulde drikke Signorinaens Skaal, hvilket vi jo altså gjorde, han i Bajer, jeg i Suda, - Ja ja, Han er nu alligevel en Somikkel, at han ikke kan indse, at det er hans forbandede Pligt at gøre noget ved Jeres Forhold enten til det ene el. andet; du maa vide, det foruroliger mig ikke lidt, jeg er bange for, at det tager utilladelig meget paa dig; det er dog ogsaa Pokkers, hvorfor vi Mennesker skal være saadan indrettede, at det vi ikke ret godt kan faa, det vil vi partout have, men har vi det først så - - - Nu maa du til Gengæld for dette Brev, skrive lidt til mig om, hvad du mener om Sagen; om du dog ikke kan komme over det selv om Studiensen ikke giver et afgørende Indlæg i det. Du er nu saa sikker paa, at I vilde blive så lykkelige, det er jeg nu aldeles ikke; jeg tror ligefrem, I vilde strande paa Smaatingene; som Høffding siger "Ægteskabet fordrer som ethvert andet Samliv Selvbeherskelse og Anstrengelse for at kunde bestaa" og det tror jeg, I mangler begge to; tænk hvor svært du har ved at leve godt sammen med nogen, (Mor, Christine, Brandt) og det vilde dog være stor Synd for saadan to Mennesker som jer om I skulde ende med et Kævleægteskab. Du maa ikke blive gal over dette, men du maa som sagt gøre mig den Tjeneste at skrive lidt til mig om det. Det er ikke Nysgerrighed eller Lyst til at rode i pikante Sager, men jeg tror, det hele er dit Velfærd om at gøre, saa det er rimeligt, det har Interesse. 
+Tæppet gaar det helt godt med, men det bliver ikke saa kønt, som jeg havde troet. det er jo et knusende svært Mønster - alt for svært for den ringe Øvelse, jeg har. Jeg synes ogsaa, jeg kan mærke paa Fru Berthelsen, at hun mener, det er for stor en Mundfuld, jeg har paataget mig. Jeg slider som et Bæst i det og jeg naar det ogsaa nok, omend med lidt Kniberi. Jeg mangler alle 5 Anemoner, de to Stedmoderbl. den ene Frugtgren og et Par grønne Blade, og det er jo ikke saa lidt. Jeg har i Dag makset frygteligt med nogle Frugtblomster, som jeg næsten ikke kunde sy; det er nu heller ikke tegnet saa farlig godt paa, og det gør jo meget, naar man tillige skal rette paa Konturerne. -
+Torsdag Aften. Det trækker desværre i Langdrag med dette Brev, i Dag har jeg ikke haft et Øjebliks Tid til at skrive: oppe Kl. 4 gaaet i Køkkenet og bagt lige til Kl. 2, så holdt Skole, så syet til Kl. 1/2 8, jeg er knusende træt oven paa saadan en Dag
+[Resten af siden mangler]
+Jeg havde Brev fra Mor i Dag, hun fortæller at Chr. nu alligevel skal til Odense og give Spilletimer; der er jo meget slemt, men værst ubetinget for Brandts Skyld, jeg havde et meget fortvivlet Brev fra hende i Dag; det er også meget trist for hende nu at skulde være alene igen, det gør mig forfærdelig ondt for hende; tænk hun kommer ikke til Sølvbrylluppet, har ikke Raad, nu kan Chr se Følgerne af at hun fik med til Falster i Paasken. - - Saa, nu vil jeg slutte dette ret anselige Brev, men som Slutning maa jeg jo finde paa lidt om Studiens; ved du at han har kastet sig over Socialøkonomi, studerer det med stor Iver meget paavirket vist nok af Jakob Lange fra Dalum, en rigtig rød Socialist, stakkels Stud er kommen fuldstændig i Unaade hos Fru B. fordi jeg er gået til at fortælle det. - Jeg fik 4 Breve i Dag - sjov. Du maa se at finde dig i, at jeg ikke læser dette umaadelige Brev igennem, skønt der vist er adskillige Fejltagelser. - Ja så Farvel, lad mig snart høre fra dig og gør mig den Villighed at slå den skidt Studiens ud af Hovedet, snarere en bitte norsk Maler
+[Brevet er uafsluttet]</t>
+  </si>
+  <si>
+    <t>1894-11-28</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
+Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
+  </si>
+  <si>
+    <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uqv3</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+A Signora L. Warberg 
+Erikshaab – Højrup 
+Danimarca Fyen
+(Håndskrevet på postkortets bagside:]
+Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
+  </si>
+  <si>
+    <t>1895-4</t>
+  </si>
+  <si>
+    <t>Italien</t>
+  </si>
+  <si>
+    <t>Sanne -
+Thorvald Balslev
 Agnes Berthelsen, Nislevgaard
-Alhed Larsen
-[...92 lines deleted...]
-Puf.</t>
+I P Jacobsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien i ca. et år med sine to onkler. Johanne Larsen var i huset på Nislevgaard nær Otterup. 
+Det vides ikke, hvad "Peter Wilhelmsture" refererer til. Ej heller "Hæsligjægerbreve".</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0187</t>
+  </si>
+  <si>
+    <t>Johanne har hentet et æble og sidder nu på sit værelse i kakkelovnsvarmen. Det bedste tidspunkt på døgnet er, når alle andre er gået til ro. Hun takker for billedet, som hun fik til sin fødselsdag og kan ikke forstå, hvis nogen kan blive forargede over det. 
+Hjemmefra fik Johanne en kaffedug med servietter i fødselsdagsgave. Desuden I.P. Jacobsen-bøger indbundet af Thorvald.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7Pp</t>
+  </si>
+  <si>
+    <t>Kære Be! 
+Ah! Det slap jeg godt fra! Jeg har været inde og skræle Æbler, hen forbi Sovekammerdøren maatte jeg, men det gik godt, jeg listede også saa stille som en Mus – kom for Resten til at tænke paa vores Peter Wilhelmsture i Sin Tid – det vil sige paa dem, hvor P.W. ikke var med, da vi nemlig maatte liste ned forbi Sovekammerdøren. – Jeg har nu hjemført en vældig Gravensten og 3 Rosenl[ulæseligt], men de var saa bitte smaa, nu ærgrer det mig, at jeg ikke nogle flere. Nu er alle ganget til Ro og jeg har min bedste Tid paa hele Dagen du kan ikke tænke dig noget hyggeligere end naar jeg Kl. 9 slipper fra Dagligstuen, Håndarbejdet og Fru B. herop, faar Lampen tændt og sætter mig til Ro med en Cigaret, yndig varmt er her – Ilden dundrer altid i Kakkelovnen og lyser ud over Gulvet, naar jeg kommer herop. Sanne er god ved mig, hun skal nok passe at her er varmt til mig. – 
+Tak for Brevet til min Fødselsdag. – det er sandt, det var nok det dydsirede, jeg synes for Resten langt bedre om dine Hæsligjægerbreve, selv om de er umoralske, saa du ser, jeg er ogsaa sunken dybt udi alskens Daarlighed, siden jeg kan have den Smag; men det er sandt – tusind Tak for Billedet - det er dog det mest bedaarende lille Billede, jeg længe har set, jeg er rigtig for Alvor henrykt over det, jeg synes det er aldeles henrivende yndigt. Hvis nogen tænker selv en Antydning af en Forargelse ved at se paa det Billede, saa er [”er” overstreget] vil jeg næsten kalde det forargeligt og uanstændigt af samme Mennesker; men det håber jeg da heller ikke, dem jeg har vist det til har nydt det godt nok – det var i det hele taget en vellykket Fødselsdag, jeg holdt; du skulde have set en nydelig Kaffedug med Servietter, som jeg fik hjemmefra; jeg saa alle J.P. Jakobsens, endda til indbundne af Thorvald. 24 Breve – ja, du fik mange flere ved jeg nok, men jeg er heller ikke i Italien. Og Elle og Mornine var herude og vi holdt et farligt Sjov. Det er nok ellers ikke fri for at være en bevæget Tid for dig. 
+Nislevgd. April 95. Det var da der blev taget Bestemmelse om, du skulde blive Vinteren
+over dernede.
+[De to sidste linjer er skrevet med en anden pen, og der er tegnet pile fra dem op til hovedteksten. Ordene er muligvis tilføjet på et senere tidspunkt]</t>
   </si>
   <si>
     <t>1895-05-25</t>
   </si>
   <si>
     <t>Bello sguardo Firenze</t>
   </si>
   <si>
     <t>Johan  Balslev
 Rigmor Balslev
 Thorvald Balslev
 Wilhelmine Berg
 Carl Berthelsen
 Ludvig Brandstrup, billedhugger
 Christine  Mackie
 Ellen  Sawyer
 Hempel Syberg
 - Vester
 - Vesterdal
 Nicoline  von Sperling
 Albrecht  Warberg
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
@@ -309,300 +501,108 @@
 I glæded Jer med vor Lykke stor
 og trøsted i Tider trange.
 ----------
 Vor Barndomstid var kun alt for kort 
 - Livsmaalet kalder os fremad –
 dog aldrig så langt vi kommer bort,
 vi kende jo Vejen hjemad.
 ----------
 Saa Tak for alt da, fra vi var smaa
 og Tak for Fremtidens Dage
 de bliver store så tryg vi paa
 [ulæseligt ord] til de andre Mager
 Vort Ord for hvad [ulæseligt ord] sige vil,
 sig ikke rigtig vil føje
 men Resten gætter I Jer vist til
 Håndtryk, i Smil og i Øje
 Synes du ikke, den er køn? Men det er en Skam, at den ikke kan synges. Det bliver rentud Skandale, Be, med det at der ingen Sange bliver, for det tror jeg ikke, der gør. Du maa ikke tro, at jeg venter en fra dig, for hvis du ikke selv har tænkt paa det var det jo [”med ” indsat over linjen] alt for kort Varsel, at du fik min Formaning. – Hør Be, Vester og Elle! Det er da vel ikke sikkert med dem, at de ikke en skønne Dag brænder løs for os, den var Skam hamber at gaa paa; jeg er begyndt at frygte lidt for det i den sidste Tid, men naar jeg snakker med Elle forsikrer hun at de er nu de bedste Venner af Verden, men hun kunde jo snyde mig. Det er hende selv, der snakker, ikke mig, der braser paa. - - - 
 Efter Middag. Jeg sidder i stor Pragt og skriver til dig; jeg har faaet en ny mørkeblaa linned Kjole med bitte smaa hvide Prikker. Denne Facon [tegning af kjolen] det er kunstigt den Facon tror jeg, alle Herrer kan godt lide, Carl var næsten begejstret. Carl havde jo tænkt at give Far og Mor et Springvand der skulde staa paa Plænen (jeg øver mig i at skrive lige som Carl og det ligner godt) men så sagde Onkel Syberg at det kunde ikke lade sig gøre, der var for lidt Fald i Aaen til at det kunde lade sig gøre, og saa blev det opgivet; det havde ellers været stolt med Springv. på Plænen, men mit Hjærte bævede allerede ved Tanken om Ca [”Ca” overstreget] Krokketen [det tredje ”k” indsat over linjen] nu giver de to Postejskeer, nydelige. I det hele tror jeg, at Erikshaab bliver er nyt og bedre med alle de Ting, de vist faar. Maleri fra Frk Sperling har jeg hørt. Jeg glæder mig saa lynende til at komme hjem. Tante og Tove kommer ogsaa i Dag, de, Mor og jeg følges ad hjem med det sidste Tog. Fru B. skal have sin hvide Silkebrudekj. på, hun prøvede den i Aftes, den var nydelig. Jeg skriver saa meget om Sølvbr. da jeg antager, du paa Mandag er mest i Stemning til at høre det. – 
 Så nu tror jeg, jeg vil anlægge min egen Skrift igen. Uha, men jeg maa nok snart hen at pakke ned Klokken er mange, og Kl. ½ 4 skal jeg af Sted. – Her er en dejlig Have, kan du tro, jeg vilde ønske du kunde se den; gammel, uden særlig mange Blomsterrabatter, gamle knortede Æbletrær på store Plæner og en lille bitte Skov lo [”lo” overstreget] forneden med en ho [”ho” overstreget] Høj, hvor fra man har en delikat Solnedgang. ---------
 Fra eller (om Studinen har jeg ikke hørt eller set siden jeg skrev. --- Vi havde en morsom Pinse, var jo kørende paa [”paa” overstreget] til [”til” indsat over linjen] Erikshaab 2nde Pinsedag, meget livligt og vellykket. – Nu har jeg ikke Tid til mere, nu må du nøjes med dette. Du tænker vel medens på os, når du faar dette. Mange Hilsner lille Be fra Johan. Vil du lykønske Onkel Lut, har du set hende? 
 [Skrevet på tværs øverst på s4:]
 Lørdag. Jeg er så gal på mig selv, fordi jeg ikke fik det sendt i Gaar, så du kunde have det Mandag, jeg er en stor So, det må du sige, jeg har sagt. Nu har vi Travlhed til op over begge Øren, Tante, Elle og jeg binder Guirlander ovre i Loen og Andreas er stadig ”Mors højre Hånd” erklærer hun. Farvel lille Be! Din Johanne. Havde det Sjov i Odense i Gaar, hvor Thorvald og jeg drak Kaffe hos Vesterdal. 
 Hilsner.</t>
   </si>
   <si>
-    <t>Johanne  Larsen</t>
-[...248 lines deleted...]
-[Skrevet lodret under selve brevet:] April 1894.</t>
+    <t>1934-12-20</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Peter Larsen</t>
+  </si>
+  <si>
+    <t>Tommy -
+- Ilshøj
+Vagn Jacobsen
+Elin Jensen
+Else Jensen
+Johannes V. Jensen
+Villum Jensen
+Peder Kruuse
+Johan Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Sigurd Schultz
+Leo Swane
+Franz Syberg
+Fritz Syberg
+Gudrun Syberg
+Hans Christian Tvedskov</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru P er. 
+Vinskoven ligger ved Orelund Gods i Mørkøv på Vestsjælland. Ellen f. Schiøler, g. Treschow ejede med sin mand godset. 
+Den første lillebæltsbro blev åbnet 14. maj 1935. 19/12 1934 havde Johs. V. Jensen en kronik i Politiken, der omhandler tekniske beskrivelser af broen, betragtninger af broer generelt og broen set i tiden omkring 1934. Kronikken indeholder også to billeder: Det ene af broen og det andet med fire unavngivne, voksne personer, men formodentlig personerne omtalt i brevet. 
+Det vides ikke, hvad Otterupsagen handler om. 
+Hot pot er en madtradition, der stammer fra det centrale Kina, hvor man samles om bordet med en stor gryde kogende bouillon, som man dypper og koger kød, grøntsager og fisk i, så det får smag fra bouillonen. (Kilde: Internettet jan. 2022).
+D.N.: Avisen Dagens Nyheder. 
+Alimentationsbidrag er det (årlige) bidrag til et uden for ægteskab født barns underhold, som typisk faderen er pligtig at udrede. (Wikipedia jan. 2022).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Andreas Larsen sender julegaver.
+Han har sammen med Johannes V og Else Jensen m.fl. gået over Lillebæltsbroen. 
+Else skal have en engelsk kogebog i julegave.
+Leo Swane har været på besøg og vil vist komme igen til nytår.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZJbe</t>
+  </si>
+  <si>
+    <t>Torsdag 20 Dec 1934.
+Kære Bimse og Lysse og Peter.
+Glædelig Jul!
+Vi har sendt en Pakke med Fru P, indeholdende nyt og gammelt Tøj til Peter og Lysse. Mokasinerne haaber vi maa passe Peter dennegang. Vesten er ikke saa ny som en Julevest burde være, men Tvedskov havde ingen, saa vi blev nødt til at sende en Else skulde give mig i Julegave og som var købt i god Tid, forat jeg kunde laane den til en Jagttur i Vinskoven for nogen Tid siden. Den var ogsaa med til at gaa over Lillebæltsbroen for nogle Dage siden. Hvis I ser godt efter, vil I paa to af Billederne i Politiken kunne se enkelte af os. Selskabet bestod af en Ingeniør, en Fotograf med Kone, Johs.V. med Else, Villum og Elin, JL og undertegnede. Else kunde ikke komme med grundet paa Barn. Samme har det godt, men yttrer til Tider Lyde der lyder som Utilfredshed (Øltrang?). I Otterupsagen er der ikke sket noget rigtigt siden Bimse var her og det er altsaa stadigt noget man ikke taler om. Else skal have en engelsk Kogebog til Jul: ”Good Things in England”, saa nu skal vi til at have lidt hot-pot og grilled Nyrer og den Slags. I ser vi er ikke videre hemmelighedsfulde med vore Julegaver, Kogebogen kom med Posten idag og jeg havde glemt at paalægge Far Tavshed, saa han begyndte at forhøre mig til Middag om hvad det var for en Bog der var kommet til mig imorges og saa maatte jeg jo ud med Sproget. – Vi har her den vildeste December siden Meteorologisk Inst. Oprettelse i 1768, saa vi har jo endnu ikke megen Udsigt til en hvid Jul, men det gør nu heller ingen Ting for min Skyld. Jeg haaber I maa være lige saa tilfredse med Jeres Vejr. – Else og jeg og Tommy var i Byen i Eftermiddag og der mødte vi en Mand (fra Snave), som betalte Tommy 60 Kr. i Alimentationshonorar og samtidig lyste han første Gang til nyt Ægteskab, som han mente vilde finde Sted først i det nye Aar. – Skriveswane var her en Aften forleden paa Hjemvejen fra Udlandet, han kommer desværre ikke i Julen, men da jeg viste ham to Tønder Øl jeg havde brygget til Julebrug, sagde han, at han vilde prøve paa at komme til Ny Taar (Ha, Ha, det vittige Stavning er af os Red.)
+Glædelig Jul 
+Puf.</t>
   </si>
   <si>
     <t>1943-10-21</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Birgit Brandstrup
 Ebbe Brandstrup
 Ellen Brønsted
 Thora Cohn
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Elisabeth Mackie
@@ -742,51 +742,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AV3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M12"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -814,501 +814,501 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="5" t="n">
+        <v>1893</v>
+      </c>
+      <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="E2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>38</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="5" t="n">
-        <v>1893</v>
+      <c r="A6" s="5" t="s">
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F8" s="5" t="s">
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="5" t="s">
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F11" s="5" t="s">
-        <v>90</v>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>91</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>92</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>93</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>94</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>97</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>100</v>
       </c>