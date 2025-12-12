--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="219" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="222" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -933,51 +933,68 @@
 Hun og Johan har været hos Albert Repholtz og vise ham Larsens træsnit. Han og Aage Roose var begge meget begejstrede for dem, men de øvrige i bestyrelsen var modstandere (af indkøb?) 
 Alhed er vred over den måde, Kemp har opført sig i forbindelse med omslaget. Derfor har hun skrevet til ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OlUE</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Tak for Brevet fra Thorshavn, men det var rigtignok et meget lille Brev og det var saa tykt, at jeg aabnede det med Velbehag og Forventning. Og saa var der kun de faa Ord paa et stort Ark og et andet stort Ark, der var tomt. Jeg forstaar ikke, at Du ikke i de 4 Dage Du havde været ombord, kunde have skreven lidt. Puf havde ringet om Aftenen at det var der og jeg laa næste Dag og glædede mig til Posten kom Kl. 11. Jeg var meget skuffet. Og Guderne skal vide, jeg har ikke haft det for morsomt, siden Du rejste. De første Dage gik meget godt, skønt jeg var temmelig sløj. Men saa fik jeg en Dag to Besvimelsesanfald og om Natten en blødning. Vi ringede strax til Bodild som sagde jeg skulde blive i Sengen, senere kom hun selv. Hun sagde at saadanne Blødninger efter mange Aars Forløb tog meget paa Kræfterne og da jeg ikke havde noget at give hen af, maatte jeg være yderst forsigtig for ikke at svække mig yderligere. Hun har været mageløs imod mig, jeg fik endnu 3-4 mindre Besvimelsesanfald, men nu er det mange Dage siden og jeg er meget bedre, egentlig synes jeg helt rask, men af Forsigtighed ligger jeg endnu, dog skal jeg nu til at prøve lidt til, det maa jeg nok for Bodild. – Dette med Blødningen har sikkert staaet ind længe i Kroppen og har sikkert gjort min daarlige Tilstand i Sverige og senere. Bodild mener ogsaa at Sindsbevægelsen ved Din Afrejse og Nervøsitet ved Forberedelserne har medvirket. Men jeg tro, at jeg nu bliver meget raskere og at hele min Sygdom staar i Forbindelse med Overgangsalderen, og det er jo godt og lover godt for Fremtiden. Jeg er ked af at det nu trækker saa længe ud, inden jeg kan komme til at male, da jeg nu var saa godt i Gang. – Jeg naaede dog at more mig lidt de første Dage. Jeg var 3 Gange til Eftermiddagstennis med Ly. og Magisterens. Det var Mesterkampe (Davis cup.) mellem Indien og Danmark. Danmark vandt overlegent, men de to Indiere var meget sympatiske og spillede smukt og dygtig. Den ene var en Dr. paa 43 Aar. Tænk jeg sendte dem en stor Buket Roser og et lille engelsk Brev til dem til til Terminus, hvor de bode. Efter alle 3 Tennis Middag med Bridge hos Magisterens. Endvidere var vi hos Tante Mis Fred [ordet overstreget] Søndag Frokost, Middag i Valby [indsat over linjen - ulæseligt] [ulæseligt ord] var saa sød – og om Onsdagen skulde Ly og jeg have været hos Bryggerens med Knud Rasmussen der var jeg bleven syg om Natten. Lysse og jeg havde ogsaa naat at være hos Repholtz med Træsnittene. De var fine, kan Du tro! Han var uhyre elskværdig – han havde egentlig ikke kunnet forstaa Bestyrelsens Holdning, navnlig da han havde set nærmere paa det [ordet overstreget] Trykkene syntes han det var meget smukt. Han havde været uhyre ked af at skulde skrive de Breve og Da han lagde saa stærkt Vægt paa at det var ”de andre” han og Roose undtagen, kunde jeg jo dristig fyre løs paa Bestyrelsen: jeg talte om det uheldige i at der sad Mennesker i Bestyrelsen der ikke havde Begreb om Kunst – at det vilde [ordet overstreget] jo vilde være dem umuligt overhovedet for Øjeblikket herhjemme at finde et Træsnit af det Værd og endelig at Du [ordet overstreget] jeg aldrig havde set Dig saa oprørt og krænket som ved denne Behandling. – Først da vi havde været der længe og haft al den Snak, spurgte jeg om han ikke vilde se Trykkene. ”jo Tak, det vil jeg da forfærdelig gærne”. Og saa var han jo meget begejstret. Han syntes nok at det sidste var det kønneste og jeg svarede dertil, at det var jo ogsaa et Prøvetryk, der der havde været udstillet. Han og Roose havde arbejdet for, at vi nu, da Sneppen var med skulde have 6500, men de kunde ikke faa de andre med! Nu ved vi altsaa, at de synes det er billigt! Jeg var for Resten rørt over ham han var synlig rystet over den hele Affære. Lysse og jeg var meget ovenpaa, da vi gik ned ad Trappen. – Lysse skriver om Schæffer Affæren. Hans Brev oprørte mig. Grunden til min Henvendelse til Kemp var Omslaget. Han forbigaar i sit Brev Din Passus, at Du vil overveje hans Forslag. Frækt skriver han, at Omslaget bliver færdigtrykt i næste Uge og at han vil sende dig et. – Kemp mente ikke Du skulde give de forlangte 475 men derimod tilbagebetale ham hvad Du har faaet ÷ og blankt_ forlange_ at han hverken [ordet overstreget – i margen indsat de to næste ord] slet ikke bruger Omslaget eller Vignetterne i flere Oplag. Han sagde at det var Bedre at bruge Dig sammen med en anden uden at spørge. – Christine er mageløs imod mig, vogter over mig, smider Visitter ud o.s.v.
 Naa, nu faar vi nok snart Brev, der gaar jo et deroppe fra d. 22nde, samme Dag dette afgaar. – Skriv nu endelig saa ofte Du kan. Du behøver jo ikke skrive i samme Øjeblik, der viser sig en Lejlighed, men skriv af og til paa et Brev, som saa er parat, naar Lejlighed viser sig, - jeg tænker paa, naar Du er paa Langtur. – Og nu kun 1000 Hilsner. I maa have haft slemt Vejr, I var en Dag forsinkede. Pas paa Dig selv de kærligste Hilsner fra Din A
 21 – 6 – 27</t>
   </si>
   <si>
     <t>1930-12</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Blegdamsvej 19</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
+    <t>Niedhardt -
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Ellen Sawyer har været henne. Et sted, hvor en revolution har fundet sted?
+Mary og den danske læge i New York kendes ikke.</t>
+  </si>
+  <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0960</t>
+  </si>
+  <si>
+    <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
+Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
+Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
+Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/43Y1</t>
   </si>
   <si>
     <t>[Skrevet på kuvertens forside:]
 Fru Johanne Warberg-Larsen
 Kjærbyhus
 Kjerteminde.
 [I brevet:]
 Blegdamsvej 19
 Jul 1930
 Kæreste Junge! Hvor har jeg dog forsømt Bibbe i den seneste Tid, dels paa Grund af Forkølelse, dels Julebagning – Rengøring – Madlavning. Den lille N[ulæseligt]dhardt er et yndigt Væsen, men ingen Støtte, man kan forlade sig paa, naar der er lidt extra, hun har en sjælden Evne til at gøre det forkerte, saa derved er jeg blevet meget bunden, men forresten er Juletravlhed vældig morsomt, især her, hvor alting er saa lækkert og bekvemt. Og jeg har jo ikke andet, for Dig tænker jeg, det er alt andet end en Forfriskelse. Naa i dag naaede jeg da derhen og fandt hende som sædvanlig fuld af Smil og Venlighed; det er ikke for ingenting, hun er saa populær; jeg maa sige, jeg er kommet til at beundre hende; jeg skal da ogsaa love for, at hun stadig bliver passet med Besøg; der er ingen Nedgang at spore i Forsyningen af Frugt, Gæster og Blomster; Elle har endnu et betydeligt Beløb staaende, som hun nu selv kan disponere over. Bibbe skriver jo selv flittigt nu, men her er nu de sidste Data: Aftentemperatur igaar 37,6, dejligt, at den nu sniger nedad igen; idag havde hun for første Gang ”spist op”, altsaa Appetitten bedre. Vi blev enige om, at Elle og jeg skulde gaa derhen Juleaften; hun mente, vi vilde komme til deres Juletræ og alt det, og det kan jo blive morsomt.
 Ja, imorgen kommer altsaa Elle med sin gode, gammeldags Julestemning, det bliver yndigt at beholde hende iaar, jeg haaber ikke, hun har været altfor ængstet over ”Revolutionen” dernede; men det har da ogsaa været en Sensation mellem alle de andre, vi har haft dette Efteraar. Mellem dem er Putte ikke den mindste jeg har lige haft en Telefonsamtale med Mornine som [”Mornine” indsat over linjen; "som" overstreget], hun har idag haft et langt Brev fra Putte, som ligger syg i New York, men er forholdsvis vel og bliver godt passet og tilset af en dansk Læge. Hvad hun ellers skriver om Svend og sit Ægteskab er saa oprørende og modbydeligt, at jeg næsten ikke kan komme mig af det (- men det er da for resten temmelig ligegyldigt.). Du ved maaske, at Mornine har haft Mistanke om, at han ikke er normal; nu har han overfor Putte tilstaaet, at han er et svært Ord, som jeg ikke kan huske. Lægerne havde sagt at han kunde vel med Tiden komme over det, naar hans Kone vilde være taalmodig og hjælpe ham!! Er det ikke forbryderisk ar gifte sig med en ung Pige i den Tilstand og uden at fortælle det til hende og hendes Familie. Alt hvad Putte kan have gjort synes jeg blegner og næsten berettiges, naar man ved det; tænk, at man løber en saadan Risico ved at faa sine Døtre gift Er det ikke haarrejsende? 
 Af Telegrammer, sendt senere end Brevet, synes det at fremgaa, at hun har skullet opereres, men at det er udsat, og tillige, at Billy og den øvrige Familie er blevet skikkelige mod hende muligvis paa Grund et ”plain letter”, Mary har sendt ham – Naa ja, det er jo ikke netop Juleklokkerne, jeg kimer med, og det var da Meningen. Ialfald ønsker jeg af ganske Hjerte, at Du trods alt maa faa en hyggelig Jul, Bibbe vil Du jo savne, men kender jeg Dig ret, saa tænker Du først og fremmest paa, at det kunde have været meget værre. – Du tænker vel ikke paa et lille Nytaarsvisit herind?
 Ja saa glædelig Jul og 
 godt Nytaar! med Bibbe rask og alt andet i god Orden. 
 Hilsener fra os alle! 
 Din Lugge.</t>
   </si>
   <si>
     <t>1937-04-22</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
@@ -2790,243 +2807,241 @@
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>181</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>183</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" s="5"/>
+      <c r="H30" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>185</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>187</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>