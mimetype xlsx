--- v1 (2025-12-12)
+++ v2 (2026-01-29)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="222" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>