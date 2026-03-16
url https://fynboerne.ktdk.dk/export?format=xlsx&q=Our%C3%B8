--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -506,51 +506,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1909-02-16</t>
   </si>
   <si>
     <t>Odense</t>