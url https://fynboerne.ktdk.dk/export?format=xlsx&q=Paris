--- v0 (2025-10-22)
+++ v1 (2025-12-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3365" uniqueCount="2024" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3398" uniqueCount="2046" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -8944,50 +8944,113 @@
   </si>
   <si>
     <t>1929-11-27</t>
   </si>
   <si>
     <t>Poul Uttenreitter
 Jens Ferdinand Willumsen</t>
   </si>
   <si>
     <t>Fritz Syberg refererer til det brev, som han sendte Johs. V. Jensen 26. nov. 1929.
 Hvad Fritz Syberg havde imod J.F. Willumsen er uklart. Allerede 23. dec. 1914 skrev Syberg til Ernst Goldschmidt om Willumsen: "Jeg har ikke megen Fidus hverken til ham eller hans Malerier".</t>
   </si>
   <si>
     <t>Fritz Syberg er ærgerlig over, at han skrev det sidste brev til Jensen og beder ham betragte det som uskrevet. Syberg sætter pris på Uttenreitter og hans instinkt for kunst, men Syberg burde ikke have blandet sig i denne sag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZkYu</t>
   </si>
   <si>
     <t>Pilegaarden 27-11-29
 Kære Ven.
 Jeg gaar og ærgrer mig over det Brev jeg sendte Dig. Naar man har det med at være lidt for skiklig lader man sig undertiden over[r]umple, ikke alene af andre men hvad farligere er ogsaa af sig selv. Jeg har en hel Del tilovers for Uttenreitter, dels fordi jeg tror paa hans Instinkt i Kunst – han er f. Eks. Den eneste Kritiker der er klar over den Willumske Svindel – dels fordi han er paalidelig. Der va [”va” overstreget] er ogsaa andre Grunde der fik mig til at blande mig op i dette. Selvfølgelig er det en Sag hvor jeg intet har at gøre og [jeg] beder Dig betragte mit Brev som uskrevet. Undskyld. Din hengivne Ven
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
+  </si>
+  <si>
     <t>1930-12-09</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Svend Aage Gammeltoft
 Jens Jensen
 Grete Jensen, f. Hansen
 Drude Jørgensen
 Andreas Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Niels Erik Schoubye
 Leo Swane</t>
   </si>
   <si>
     <t>Kimskog må være et skovområde, som Johan Larsen ønskede at købe. 
 Grete Jensen fik svangerskabsforgiftning og måtte gennemgå en provokeret abort. 
 Det vides ikke, hvem Tante Mimi var.</t>
   </si>
   <si>
     <t>Elena Larsen er glad for sin Smålandstidning. Hun er spændt på, om Johan/Lysse Larsen har købt Kimskog.
 Elena har talt i telefonen med Andreas Larsen om møllevinger. Andreas og Johannes Larsen kommer ikke til jul, da Johannes Larsen har travlt med malerier. 
 Grete Jensen er indlagt på Fødselsstiftelsen og er ved godt mod. Hun får som lægehustru særbehandling. 
@@ -10012,50 +10075,180 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/dwSj</t>
   </si>
   <si>
     <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
 Lindøgaard. Lørdag Aften 10-1-1942
 Kære lille Bibbe!
 Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
 2.
 her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
 Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
 3
 jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
 Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
 Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
 4.
 Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
 Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
 Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
 Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
 Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
 [Skrevet på hovedet øverst s1:]
 Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
   </si>
   <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
     <t>1944-05-27</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Thora Cohn
 Gonny Egeberg Jørgensen
 Else Larsen
 Jeppe Larsen
 Ane Talbot</t>
   </si>
   <si>
     <t>Under 2. verdenskrig måtte de rejsende over Storebælt underkaste sig en udstrakt kontrol. Tilstrømningen blev reguleret ved udstedelse af særlige ’adgangstegn’, der skulle bæres synligt, og inden man gik ombord, blev man visiteret af politiet (Danmarks Jernbanemuseum https://www.google.com/search sca_esv=df9114d5be7f4ca8&amp;amp;sca_upv=1&amp;amp;rlz=1C1GCEB_enDK974DK974&amp;amp;sxsrf=ACQVn0986YKBr0RghJP_hMkV86mTMjBMvw:1713168089553&amp;amp;q=%22adgangstegn%22+storeb%C3%A6ltsf%C3%A6rgen&amp;amp;sa=X&amp;amp;ved=2ahUKEwiN-Ku74MOFAxVjQvEDHZH-BtgQ5t4CegQIIxAB&amp;amp;biw=1536&amp;amp;bih=703&amp;amp;dpr=1.25). 
 Det vides ikke, hvem frk. Kjær var. 
 Som hævn for likvideringen af stikkeren Harald Emil Sørensen blev bankdirektør Henning Hoffmann 26. maj 1944 forsøgt myrdet, da han var på vej ind på domhuset i Odense, men han overleverdeattentatet. En time senere blev trælasthandler N.H. Hein myrdet, mens han opholdt sig på sit kontor i Østergade. Drabet blev begået af Walther Gläsner og Fritz Himmel samtidig med at begravelsen af Harald Emil Sørensen fandt sted.(https://www.lexabc.dk/87/clearingmord). 
 I maj 1944 blev Fyens Stiftidendes bygning på Graabrødre Plads bombsprængt. Det tyske terrorkorps, Petergruppen, stod bag. Episoden er nævnt i andre breve - blandt andet et skrevet af Else Larsen, hvis forældres lejlighed blev ramt. 
 Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, leder af Frikorps Danmark, var et korps af danskere i tysk militærtjeneste under besættelsen (Wikipedia april 2024).</t>
   </si>
   <si>
     <t>Johannes Larsen kom godt hjem, men han havde glemt, at man skulle have adgangskort til Storebæltsfærgen. Han slap dog med skrækken.
 Larsen har gæslinger og ællinger.
@@ -10091,53 +10284,50 @@
 Jeppe Larsen
 Johan Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Ane Talbot</t>
   </si>
   <si>
     <t>Johannes Larsen ønsker tillykke. Han har været i Sønderjylland og hente en hund, hvis drægtige mor han havde set på en udstilling. Moderen havde vundet flere priser. Hvalpen er også både sød og dygtig. Den sover i en kurv ved Larsens seng, og om eftermiddagen går Larsen tur med hvalpen. 
 Ane, Jeppe og Thora går i skole og i danseskole.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wCxp</t>
   </si>
   <si>
     <t>Kjerteminde 18 Novbr 1944.
 Kære lille Alhed!
 Til Lykke med Fødselsdagen! Vi har det godt her. Kan Du fortælle Dine Forældre at vi har faaet saadan en sød lille Hund. Det er en hvid Pointer med gule Aftegn. Jeg saa Moderen paa en Udstilling i Odense i Sommer og det var den Hund jeg bedst kunde lide af ca 150. Den var med Hvalpe og jeg bad Manden ringe til mig naar Hvalpene var 2 Maaneder gamle. Bag efter fik jeg at vide at den havde faaet første Præmie paa Udstillingen og forleden saa jeg i Jagttidende at den havde faaet 1ste Præmie og Ærespræmie ved en Markprøve hvor den var Konkurrenterne langt overlegen. Manden der bor nede i Sønderjylland ringede saa for et Par Maaneder siden, og Jeppe og Christiansen og jeg kørte saa i Bil ned og hentede Hvalpen. Christiansen havde Frokost til os alle 4 og jeg havde Øl og Brændevin. Vi fik Kaffe og Kage hos Manden der bestyrer en Gaard for sin Tante. Da vi kørte hjem laa Hvalpen paa mit Skød og sov hele Vejen. Nu ligger han i en Kurv ved Siden af min Seng om Natten og om Eftermiddagen gaar jeg en Tur med ham ud langs Stranden Han er nu dobbelt saa stor som da vi hentede ham og det ser ud til at han blive den kønneste Hund i Norden. Han er ogsaa vældig klog og flink saa han skal nok blive til noget. Jeg skal ogsaa hilse fra Ane og Jeppe og Thora. De gaar allesammen i Skole hver Dag og om Tirsdagen gaar de i Danseskole. Kan Du hilse Dine Forældre og Søskende fra mig. Mange Hilsner til Dig selv fra
 Din Farfar.
 Johannes Larsen
 Kjerteminde
 Danmark</t>
   </si>
   <si>
     <t>1945-02-09</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Ina  Goldschmidt
 Anne Marie -, i huset på Lindøgaard
 Adolph Larsen
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ole -, Lindøgaard
 Axel  Müller
 Janna Schou
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvem børnene på fotografierne var. Adam Goldschmidts datter, Lena Brita, blev født 1942. Ina Goldschmidts Harriet i 1927, Ulf i 1933. Janna Schous datter, Pernille, er født 1945, men eftersom Jannas far var Jørgen/Buf Schou, var hun ikke af jødisk slægt. 
 Det vides ikke, hvem Ruth Petersen var. Ej heller kendes navnet på Janna Schous svigermor. 
 Johanne købte en dyr frakke og et træsnit af Johannes Larsen som julegaver.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2451</t>
   </si>
   <si>
@@ -11341,59 +11531,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMNlExY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nu1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rRM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KU4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xORE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TNRX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMcsIF3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vtin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LumU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jL9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sr4U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iNnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qLiZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5sgl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwM7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xsp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8amQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8TC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PtGk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y5pd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CoGb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/21N7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3LGu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dePW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4P6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hZe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iP4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GU3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cblh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sYuS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ujN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uQHAGjyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDAP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMNlExY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nu1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rRM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KU4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xORE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TNRX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMcsIF3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vtin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LumU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jL9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sr4U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iNnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qLiZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5sgl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwM7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xsp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8amQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8TC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PtGk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y5pd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CoGb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/21N7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3LGu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dePW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4P6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hZe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iP4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GU3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cblh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sYuS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ujN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uQHAGjyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDAP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M354"/>
+  <dimension ref="A1:M357"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -25356,2031 +25546,2166 @@
       </c>
       <c r="I309" s="5" t="s">
         <v>1707</v>
       </c>
       <c r="J309" s="5" t="s">
         <v>558</v>
       </c>
       <c r="K309" s="5" t="s">
         <v>1708</v>
       </c>
       <c r="L309" s="6" t="s">
         <v>1709</v>
       </c>
       <c r="M309" s="5" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
         <v>1711</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H310" s="5" t="s">
         <v>1712</v>
       </c>
-      <c r="D310" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H310" s="5" t="s">
+      <c r="I310" s="5" t="s">
         <v>1713</v>
       </c>
-      <c r="I310" s="5" t="s">
+      <c r="J310" s="5" t="s">
         <v>1714</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
       <c r="K310" s="5" t="s">
         <v>1715</v>
       </c>
       <c r="L310" s="6" t="s">
         <v>1716</v>
       </c>
       <c r="M310" s="5" t="s">
         <v>1717</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
         <v>1718</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>1719</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E311" s="5" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H311" s="5" t="s">
         <v>1720</v>
       </c>
-      <c r="F311" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G311" s="5" t="s">
+      <c r="I311" s="5" t="s">
         <v>1721</v>
       </c>
-      <c r="H311" s="5" t="s">
+      <c r="J311" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K311" s="5" t="s">
         <v>1722</v>
       </c>
-      <c r="I311" s="5"/>
-[...3 lines deleted...]
-      <c r="K311" s="5" t="s">
+      <c r="L311" s="6" t="s">
         <v>1723</v>
       </c>
-      <c r="L311" s="6" t="s">
+      <c r="M311" s="5" t="s">
         <v>1724</v>
-      </c>
-[...1 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>1134</v>
+        <v>1726</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>1712</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>1727</v>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G312" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G312" s="5" t="s">
+        <v>1728</v>
       </c>
       <c r="H312" s="5" t="s">
-        <v>1727</v>
-[...3 lines deleted...]
-      </c>
+        <v>1729</v>
+      </c>
+      <c r="I312" s="5"/>
       <c r="J312" s="5" t="s">
-        <v>1662</v>
+        <v>186</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>322</v>
+        <v>1134</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>1719</v>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>1733</v>
-[...1 lines deleted...]
-      <c r="I313" s="5"/>
+        <v>1734</v>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>1735</v>
+      </c>
       <c r="J313" s="5" t="s">
-        <v>558</v>
+        <v>1662</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>287</v>
+        <v>322</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>302</v>
+        <v>634</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>1739</v>
+        <v>1163</v>
+      </c>
+      <c r="F314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
         <v>1740</v>
       </c>
-      <c r="I314" s="5" t="s">
+      <c r="I314" s="5"/>
+      <c r="J314" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="K314" s="5" t="s">
         <v>1741</v>
       </c>
-      <c r="J314" s="5" t="s">
+      <c r="L314" s="6" t="s">
         <v>1742</v>
       </c>
-      <c r="K314" s="5" t="s">
+      <c r="M314" s="5" t="s">
         <v>1743</v>
-      </c>
-[...4 lines deleted...]
-        <v>1745</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>16</v>
+        <v>287</v>
       </c>
       <c r="D315" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F315" s="5" t="s">
+        <v>1746</v>
+      </c>
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H315" s="5" t="s">
         <v>1747</v>
       </c>
-      <c r="E315" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H315" s="5" t="s">
+      <c r="I315" s="5" t="s">
         <v>1748</v>
       </c>
-      <c r="I315" s="5" t="s">
+      <c r="J315" s="5" t="s">
         <v>1749</v>
       </c>
-      <c r="J315" s="5" t="s">
+      <c r="K315" s="5" t="s">
         <v>1750</v>
       </c>
-      <c r="K315" s="5" t="s">
+      <c r="L315" s="6" t="s">
         <v>1751</v>
       </c>
-      <c r="L315" s="6" t="s">
+      <c r="M315" s="5" t="s">
         <v>1752</v>
-      </c>
-[...1 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1754</v>
+        <v>1753</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
       <c r="E316" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
         <v>1755</v>
       </c>
       <c r="I316" s="5" t="s">
         <v>1756</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>1232</v>
+        <v>1754</v>
       </c>
       <c r="E317" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>554</v>
+        <v>1232</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>1163</v>
+        <v>17</v>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>558</v>
+        <v>1757</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>1134</v>
+        <v>322</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>1712</v>
-[...4 lines deleted...]
-        </is>
+        <v>554</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>1163</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>1662</v>
+        <v>558</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>16</v>
+        <v>1134</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>1232</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1719</v>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>1750</v>
+        <v>1662</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>1134</v>
+        <v>16</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>1712</v>
-[...4 lines deleted...]
-        </is>
+        <v>1232</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H321" s="5" t="s">
+        <v>1786</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>1662</v>
+        <v>1757</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>322</v>
+        <v>1134</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>1719</v>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I322" s="5"/>
+      <c r="H322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>1792</v>
+      </c>
       <c r="J322" s="5" t="s">
-        <v>558</v>
+        <v>1662</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>1311</v>
+        <v>322</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>1747</v>
-[...4 lines deleted...]
-        </is>
+        <v>554</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1163</v>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>1795</v>
-[...3 lines deleted...]
-      </c>
+        <v>1797</v>
+      </c>
+      <c r="I323" s="5"/>
       <c r="J323" s="5" t="s">
-        <v>1662</v>
+        <v>558</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>322</v>
+        <v>1311</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>1754</v>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
         <v>1802</v>
       </c>
       <c r="I324" s="5" t="s">
         <v>1803</v>
       </c>
       <c r="J324" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K324" s="5" t="s">
         <v>1804</v>
       </c>
-      <c r="K324" s="5" t="s">
+      <c r="L324" s="6" t="s">
         <v>1805</v>
       </c>
-      <c r="L324" s="6" t="s">
+      <c r="M324" s="5" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>799</v>
+        <v>322</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>799</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>1163</v>
+        <v>1808</v>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="s">
         <v>1809</v>
       </c>
       <c r="I325" s="5" t="s">
         <v>1810</v>
       </c>
       <c r="J325" s="5" t="s">
         <v>1811</v>
       </c>
       <c r="K325" s="5" t="s">
         <v>1812</v>
       </c>
       <c r="L325" s="6" t="s">
         <v>1813</v>
       </c>
       <c r="M325" s="5" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
         <v>1815</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>1134</v>
+        <v>799</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>1712</v>
-[...4 lines deleted...]
-        </is>
+        <v>799</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1163</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
         <v>1816</v>
       </c>
       <c r="I326" s="5" t="s">
         <v>1817</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>1662</v>
+        <v>1818</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>322</v>
+        <v>1134</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>1719</v>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>1824</v>
+        <v>1662</v>
       </c>
       <c r="K327" s="5" t="s">
         <v>1825</v>
       </c>
       <c r="L327" s="6" t="s">
         <v>1826</v>
       </c>
       <c r="M327" s="5" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
         <v>1828</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="s">
         <v>1829</v>
       </c>
-      <c r="D328" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H328" s="5" t="s">
+      <c r="I328" s="5" t="s">
         <v>1830</v>
       </c>
-      <c r="I328" s="5" t="s">
+      <c r="J328" s="5" t="s">
         <v>1831</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="K328" s="5" t="s">
         <v>1832</v>
       </c>
       <c r="L328" s="6" t="s">
         <v>1833</v>
       </c>
       <c r="M328" s="5" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
         <v>1835</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>841</v>
+        <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>1836</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>1837</v>
+        <v>1232</v>
       </c>
       <c r="E329" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F329" s="5" t="s">
+      <c r="F329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="I329" s="5" t="s">
         <v>1838</v>
       </c>
-      <c r="G329" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I329" s="5" t="s">
+      <c r="J329" s="5" t="s">
+        <v>1757</v>
+      </c>
+      <c r="K329" s="5" t="s">
         <v>1839</v>
       </c>
-      <c r="J329" s="5" t="s">
+      <c r="L329" s="6" t="s">
         <v>1840</v>
       </c>
-      <c r="K329" s="5" t="s">
+      <c r="M329" s="5" t="s">
         <v>1841</v>
-      </c>
-[...4 lines deleted...]
-        <v>1843</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D330" s="5" t="s">
         <v>1844</v>
       </c>
-      <c r="B330" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C330" s="5" t="s">
+      <c r="E330" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F330" s="5" t="s">
         <v>1845</v>
       </c>
-      <c r="D330" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="5" t="s">
+      <c r="G330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I330" s="5" t="s">
         <v>1846</v>
       </c>
-      <c r="F330" s="5" t="s">
+      <c r="J330" s="5" t="s">
         <v>1847</v>
       </c>
-      <c r="G330" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H330" s="5" t="s">
+      <c r="K330" s="5" t="s">
         <v>1848</v>
       </c>
-      <c r="I330" s="5" t="s">
+      <c r="L330" s="6" t="s">
         <v>1849</v>
       </c>
-      <c r="J330" s="5" t="s">
+      <c r="M330" s="5" t="s">
         <v>1850</v>
-      </c>
-[...7 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>302</v>
+        <v>1852</v>
       </c>
       <c r="D331" s="5" t="s">
         <v>287</v>
       </c>
       <c r="E331" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F331" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H331" s="5" t="s">
         <v>1855</v>
       </c>
-      <c r="F331" s="5" t="s">
+      <c r="I331" s="5" t="s">
         <v>1856</v>
       </c>
-      <c r="G331" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H331" s="5" t="s">
+      <c r="J331" s="5" t="s">
         <v>1857</v>
       </c>
-      <c r="I331" s="5" t="s">
+      <c r="K331" s="5" t="s">
         <v>1858</v>
       </c>
-      <c r="J331" s="5" t="s">
+      <c r="L331" s="6" t="s">
         <v>1859</v>
       </c>
-      <c r="K331" s="5" t="s">
+      <c r="M331" s="5" t="s">
         <v>1860</v>
-      </c>
-[...4 lines deleted...]
-        <v>1862</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>302</v>
       </c>
       <c r="D332" s="5" t="s">
         <v>287</v>
       </c>
       <c r="E332" s="5" t="s">
-        <v>1846</v>
+        <v>1862</v>
       </c>
       <c r="F332" s="5" t="s">
-        <v>1738</v>
+        <v>1863</v>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
         <v>1864</v>
       </c>
       <c r="I332" s="5" t="s">
         <v>1865</v>
       </c>
       <c r="J332" s="5" t="s">
         <v>1866</v>
       </c>
       <c r="K332" s="5" t="s">
         <v>1867</v>
       </c>
       <c r="L332" s="6" t="s">
         <v>1868</v>
       </c>
       <c r="M332" s="5" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
         <v>1870</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="D333" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="D333" s="5" t="s">
+      <c r="E333" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="s">
         <v>1871</v>
       </c>
-      <c r="E333" s="5" t="s">
+      <c r="I333" s="5" t="s">
         <v>1872</v>
       </c>
-      <c r="F333" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H333" s="5" t="s">
+      <c r="J333" s="5" t="s">
         <v>1873</v>
       </c>
-      <c r="I333" s="5" t="s">
+      <c r="K333" s="5" t="s">
         <v>1874</v>
       </c>
-      <c r="J333" s="5" t="s">
+      <c r="L333" s="6" t="s">
         <v>1875</v>
       </c>
-      <c r="K333" s="5" t="s">
+      <c r="M333" s="5" t="s">
         <v>1876</v>
-      </c>
-[...4 lines deleted...]
-        <v>1878</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>16</v>
+        <v>287</v>
       </c>
       <c r="D334" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
         <v>1880</v>
       </c>
-      <c r="E334" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F334" s="5" t="s">
+      <c r="I334" s="5" t="s">
         <v>1881</v>
       </c>
-      <c r="G334" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H334" s="5" t="s">
+      <c r="J334" s="5" t="s">
         <v>1882</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="K334" s="5" t="s">
         <v>1883</v>
       </c>
-      <c r="J334" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K334" s="5" t="s">
+      <c r="L334" s="6" t="s">
         <v>1884</v>
       </c>
-      <c r="L334" s="6" t="s">
+      <c r="M334" s="5" t="s">
         <v>1885</v>
-      </c>
-[...1 lines deleted...]
-        <v>1886</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>16</v>
+        <v>1028</v>
       </c>
       <c r="D335" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F335" s="5" t="s">
         <v>1888</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
         <v>1889</v>
       </c>
-      <c r="I335" s="5"/>
+      <c r="I335" s="5" t="s">
+        <v>1890</v>
+      </c>
       <c r="J335" s="5" t="s">
-        <v>1750</v>
-[...2 lines deleted...]
-        <v>1890</v>
+        <v>1891</v>
+      </c>
+      <c r="K335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L335" s="6" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>287</v>
       </c>
       <c r="D336" s="5" t="s">
         <v>302</v>
       </c>
       <c r="E336" s="5" t="s">
-        <v>1738</v>
+        <v>1745</v>
       </c>
       <c r="F336" s="5" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>1902</v>
+        <v>16</v>
       </c>
       <c r="D337" s="5" t="s">
-        <v>226</v>
+        <v>1903</v>
       </c>
       <c r="E337" s="5" t="s">
-        <v>1903</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F337" s="5" t="s">
+        <v>1904</v>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>1905</v>
       </c>
       <c r="I337" s="5" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="J337" s="5" t="s">
-        <v>1905</v>
+        <v>1662</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>302</v>
+        <v>1911</v>
       </c>
       <c r="E338" s="5" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>1894</v>
+        <v>17</v>
+      </c>
+      <c r="F338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H338" s="5" t="s">
-        <v>1910</v>
-[...3 lines deleted...]
-      </c>
+        <v>1912</v>
+      </c>
+      <c r="I338" s="5"/>
       <c r="J338" s="5" t="s">
-        <v>1912</v>
+        <v>1757</v>
       </c>
       <c r="K338" s="5" t="s">
         <v>1913</v>
       </c>
       <c r="L338" s="6" t="s">
         <v>1914</v>
       </c>
       <c r="M338" s="5" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
         <v>1916</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>16</v>
+        <v>287</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>1880</v>
+        <v>302</v>
       </c>
       <c r="E339" s="5" t="s">
-        <v>17</v>
+        <v>1745</v>
       </c>
       <c r="F339" s="5" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="s">
         <v>1917</v>
       </c>
       <c r="I339" s="5" t="s">
         <v>1918</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>1662</v>
+        <v>1919</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>16</v>
+        <v>1924</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>1232</v>
+        <v>226</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>17</v>
+        <v>1925</v>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H340" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I340" s="5"/>
+      <c r="H340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>1926</v>
+      </c>
       <c r="J340" s="5" t="s">
-        <v>1750</v>
+        <v>1927</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>16</v>
+        <v>287</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>1880</v>
+        <v>302</v>
       </c>
       <c r="E341" s="5" t="s">
-        <v>17</v>
+        <v>1745</v>
       </c>
       <c r="F341" s="5" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="I341" s="5" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="J341" s="5" t="s">
-        <v>1662</v>
+        <v>1934</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>1232</v>
+        <v>1903</v>
       </c>
       <c r="E342" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F342" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F342" s="5" t="s">
+        <v>1904</v>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>1750</v>
+        <v>1662</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>302</v>
+        <v>1232</v>
       </c>
       <c r="E343" s="5" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>1894</v>
+        <v>17</v>
+      </c>
+      <c r="F343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>1940</v>
-[...3 lines deleted...]
-      </c>
+        <v>1945</v>
+      </c>
+      <c r="I343" s="5"/>
       <c r="J343" s="5" t="s">
-        <v>1942</v>
+        <v>1757</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>302</v>
+        <v>1903</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>1738</v>
+        <v>17</v>
       </c>
       <c r="F344" s="5" t="s">
-        <v>1894</v>
+        <v>1904</v>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>1949</v>
+        <v>1662</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>302</v>
+        <v>1232</v>
       </c>
       <c r="E345" s="5" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>1954</v>
+        <v>17</v>
+      </c>
+      <c r="F345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>1955</v>
-[...1 lines deleted...]
-      <c r="I345" s="5"/>
+        <v>1956</v>
+      </c>
+      <c r="I345" s="5" t="s">
+        <v>1957</v>
+      </c>
       <c r="J345" s="5" t="s">
-        <v>1956</v>
+        <v>1757</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>287</v>
       </c>
       <c r="D346" s="5" t="s">
         <v>302</v>
       </c>
       <c r="E346" s="5" t="s">
-        <v>1872</v>
+        <v>1745</v>
       </c>
       <c r="F346" s="5" t="s">
-        <v>1855</v>
+        <v>1895</v>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>287</v>
       </c>
       <c r="D347" s="5" t="s">
         <v>302</v>
       </c>
       <c r="E347" s="5" t="s">
-        <v>1738</v>
+        <v>1745</v>
       </c>
       <c r="F347" s="5" t="s">
-        <v>1855</v>
+        <v>1895</v>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="D348" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="D348" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E348" s="5" t="s">
-        <v>1846</v>
+        <v>1745</v>
       </c>
       <c r="F348" s="5" t="s">
-        <v>1738</v>
+        <v>1976</v>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="I348" s="5"/>
       <c r="J348" s="5" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>1981</v>
+        <v>287</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>226</v>
+        <v>302</v>
       </c>
       <c r="E349" s="5" t="s">
-        <v>1982</v>
+        <v>1879</v>
       </c>
       <c r="F349" s="5" t="s">
-        <v>1838</v>
+        <v>1862</v>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
         <v>1983</v>
       </c>
       <c r="I349" s="5" t="s">
         <v>1984</v>
       </c>
       <c r="J349" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K349" s="5" t="s">
         <v>1985</v>
       </c>
-      <c r="K349" s="5" t="s">
+      <c r="L349" s="6" t="s">
         <v>1986</v>
       </c>
-      <c r="L349" s="6" t="s">
+      <c r="M349" s="5" t="s">
         <v>1987</v>
-      </c>
-[...1 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F350" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H350" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I350" s="5" t="s">
         <v>1990</v>
       </c>
-      <c r="D350" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="5" t="s">
+      <c r="J350" s="5" t="s">
         <v>1991</v>
       </c>
-      <c r="F350" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H350" s="5" t="s">
+      <c r="K350" s="5" t="s">
         <v>1992</v>
       </c>
-      <c r="I350" s="5" t="s">
+      <c r="L350" s="6" t="s">
         <v>1993</v>
       </c>
-      <c r="J350" s="5" t="s">
+      <c r="M350" s="5" t="s">
         <v>1994</v>
-      </c>
-[...7 lines deleted...]
-        <v>1997</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>16</v>
+        <v>302</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>1880</v>
+        <v>287</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1853</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>1745</v>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="J351" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K351" s="5" t="s">
         <v>1999</v>
       </c>
-      <c r="I351" s="5" t="s">
+      <c r="L351" s="6" t="s">
         <v>2000</v>
       </c>
-      <c r="J351" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K351" s="5" t="s">
+      <c r="M351" s="5" t="s">
         <v>2001</v>
-      </c>
-[...4 lines deleted...]
-        <v>2003</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>287</v>
+        <v>2003</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>302</v>
+        <v>226</v>
       </c>
       <c r="E352" s="5" t="s">
-        <v>1856</v>
+        <v>2004</v>
       </c>
       <c r="F352" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H352" s="5" t="s">
         <v>2005</v>
       </c>
-      <c r="G352" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H352" s="5" t="s">
+      <c r="I352" s="5" t="s">
         <v>2006</v>
       </c>
-      <c r="I352" s="5" t="s">
+      <c r="J352" s="5" t="s">
         <v>2007</v>
       </c>
-      <c r="J352" s="5" t="s">
+      <c r="K352" s="5" t="s">
         <v>2008</v>
       </c>
-      <c r="K352" s="5" t="s">
+      <c r="L352" s="6" t="s">
         <v>2009</v>
       </c>
-      <c r="L352" s="6" t="s">
+      <c r="M352" s="5" t="s">
         <v>2010</v>
-      </c>
-[...1 lines deleted...]
-        <v>2011</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>287</v>
+        <v>2012</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>302</v>
+        <v>226</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>1894</v>
+        <v>2013</v>
+      </c>
+      <c r="F353" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H354" s="5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K354" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L354" s="6" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M354" s="5" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="5" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E355" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H355" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J355" s="5" t="s">
+        <v>2030</v>
+      </c>
+      <c r="K355" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="L355" s="6" t="s">
+        <v>2032</v>
+      </c>
+      <c r="M355" s="5" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="5" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E356" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F356" s="5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H356" s="5" t="s">
+        <v>2035</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K356" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="L356" s="6" t="s">
+        <v>2039</v>
+      </c>
+      <c r="M356" s="5" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="5" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C357" s="5" t="s">
         <v>1134</v>
       </c>
-      <c r="D354" s="5" t="s">
+      <c r="D357" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="E354" s="5" t="inlineStr">
-[...18 lines deleted...]
-      <c r="J354" s="5" t="s">
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H357" s="5" t="s">
+        <v>2042</v>
+      </c>
+      <c r="I357" s="5"/>
+      <c r="J357" s="5" t="s">
         <v>1124</v>
       </c>
-      <c r="K354" s="5" t="s">
-[...6 lines deleted...]
-        <v>2023</v>
+      <c r="K357" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="L357" s="6" t="s">
+        <v>2044</v>
+      </c>
+      <c r="M357" s="5" t="s">
+        <v>2045</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -27695,44 +28020,47 @@
     <hyperlink ref="M330" r:id="rId335"/>
     <hyperlink ref="M331" r:id="rId336"/>
     <hyperlink ref="M332" r:id="rId337"/>
     <hyperlink ref="M333" r:id="rId338"/>
     <hyperlink ref="M334" r:id="rId339"/>
     <hyperlink ref="M335" r:id="rId340"/>
     <hyperlink ref="M336" r:id="rId341"/>
     <hyperlink ref="M337" r:id="rId342"/>
     <hyperlink ref="M338" r:id="rId343"/>
     <hyperlink ref="M339" r:id="rId344"/>
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
+    <hyperlink ref="M355" r:id="rId360"/>
+    <hyperlink ref="M356" r:id="rId361"/>
+    <hyperlink ref="M357" r:id="rId362"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>