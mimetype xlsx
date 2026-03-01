--- v1 (2025-12-23)
+++ v2 (2026-03-01)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3398" uniqueCount="2046" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3429" uniqueCount="2068" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1657,50 +1657,100 @@
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Vilhelm Larsen
 Joakim  Skovgaard
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen er assistent på Joakim Skovgaards projekt med kalkmalerier til Viborg Domkirke.
 Christine Larsen (Uglen) boede fra efteråret 1899 på Værnehjemmet Bethania i Helgolandsgade, mens hun gik på Akademiet.</t>
   </si>
   <si>
     <t>Johannes Larsen sender Alhed 10 kr. Deres finanser er begrænsede. Larsen får heldigvis både frokost og aftensmad hos Joakim Skovgaard. Han er gået med til at arbejde for halv løn, hvis Rigsdagen ikke bevilger pengene til Skovgaards projekt. 
 Bertha Brandstrup er faldet og har brækket et ben.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kNZF</t>
   </si>
   <si>
     <t>Kjøbenhavn 23-1-1899.
 Min egen kæreste Ven!
 Det var lige ved at Du ikke havde faaet Brev fra mig i Dag, fordi at jeg nu i flere Dage har gaaet og glædet mig til at faa Brev fra Dig, og saa fik jeg saadan et ækelt Svinebrev som jeg knap gad holde paa mens jeg læste [noget af papiret mangler] havde været ude hos [noget af papiret mangler]anen, som havde været [noget af papiret mangler]at lægge det i en an[den Ko]nvolut for at kunde [give] mig det, Du gør Dig vist [ingen] Ide om hvordan det saa ud og lugtede. Jeg har faaet Penge i Dag og sender Dig her 10 Kr. kan Du nu være sparsommelig med dem, for vore Finanser staa jo mildest talt ikke glimrende kan [Du] vel nok regne ud. En stor Hjælp er det at jeg faar baade Frokost og Middag hos Skovgaard, hvad jeg jo ikke havde gjort Regning paa. Jeg sidder her hos Uglen og skriver jeg har været oppe at betale hende en Kr. jeg laante forleden. Mine Sko kostede tillige med Støvlerne 7 Kr. 85, d.v.s. jeg har ikke betalt dem, Støvlerne staar endnu derude, Du synes vist [noget af papiret mangler] det er noget morsom[noget af papiret mangler] men Du er da glad [for at] jeg alligevel skriver [noget af papiret mangler] Kan Du se denne [noget af papiret mangler] Seddel, det er af de første Viborg Penge, maatte der nu bare være Held med dem, jeg fik 22 Kr. og 50 Øre i Aften, men da det ikke er sikkert [at det] Hele bliver til noget kan det være at jeg kommer til at arbejde ligesaa længe for ingen Ting, jeg er nemlig gaaet med paa at arbejde for halv Pris hvis det skulde blive nægtet i Rigsdagen, men det er der vist ingen Fare for og Du skal ikke tale om det. Jeg var oppe hos Brandstrups i Gaar, Du ved vel at hun har været saa uheldig at falde og Brække [noget af papiret mangler] Ben forleden, men [noget af papiret mangler]eldigste Maade dog [noget af papiret mangler]un ligge i en Maaned. [Jeg ska]l hilse fra dem. Jeg [skal o]gsaa hilse fra Uglen og Klaks som lige har været her og fra min Fætter. Mange kærlige Hilsner, min lille søde Ven. Kan Du nu skrive et længere og renere Brev til mig saa snart Du har faaet dette. Jeg længes efter Dig. Hils alle derovre
 Din
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1899-05-14</t>
+  </si>
+  <si>
+    <t>Edward -
+Wilhelmine Berg
+Johanne  Brandstrup
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Niels Dines Wangberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift i Boston i 1899. 
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880. Det havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. I 1898 overtog Det Forenede Dampskibs-Selskab (DFDS) rederiet og dets aktiver under navnet Scandinavian America Line (Wikipedia febr. 2026). 
+Tante kan både være Vilhelmine Berg og Johanne/Hanne Brandstrup. 
+"De": De første par år boede Ellen og Harris i hus sammen med hans søster og forældre. Moderens navn kendes ikke. 
+B: Alhed Larsen med kælenavnet Be var gravid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1523</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har modtaget fragtbrevet og glæder sig til, at hendes kasser kommer. Dudley Pray kan måske tage sengetæppet med fra Danmark. Ellen ved ikke, om hun og Harris Eastman Sawyer kommer til Danmark denne sommer.
+Ellen vil gerne skaffe sølvtøj til Tante. 
+Harris er optaget af sin mælkesyresag, som kan blive indbringende. Han skriver mange kontrakter, rejser meget og er heldigvis rask. Når Harris kommer hjem, skal man have normal mad i huset igen. Hans familie laver kedelig mad uden variation og smag. Forleden bad Ellen om, at de kunne få oksetunge, og de fik en skrækkelig fed en. Nu vil hun lave rabarbergrød, sildesalat og agurksalat. Amerikanerne bager brød i en blikspand; de spiser ikke forret eller skemad - kun østers kogt i mælk, hvilket er rædselsfuldt. 
+Ellen har besøgt Fætter Edward og hans familie. Hun er blevet god til at finde rundt med sporvognen og har været hos tandlægen. På hjemturen tog hun dog den forkerte forbindelse. 
+Ellen er spændt på, om Alhed/B Larsen får en pige. Hun glemte Astrid/Disens fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hEmD</t>
+  </si>
+  <si>
+    <t>Maj 14. 99
+Kære Mor!
+Jeg har fået Fragtbrevet eller hvad det skal kaldes i Dag og begynder nu snart at vente mine Kasser. Det bliver knusende morsomt, - især hvis det går godt med Tolden. Du har rigtignok haft en rasende Besvær med det og det er ikke så sært at det har spillet en Rolle for dig. Det varer dog vist et Par Uger før det kommer. Thingvalla er jo lidt sen i Vendingen. Jeg skal nok skrive hvordan det er gået med Tolden ligeså snart det kommer. Eastman er knap så begejstret som jeg ved Tanken om at det nærmer sig. – Du skal ikke bekymre dig om at sende det Sengetæppe. Måske Mr. Pray vil tage det med, når han rejser hjem om tre Måneder. 
+Om vi kommer i Sommer kan vi ikke sige inden Somren er forbi. Det beror på Geschäften, Helbredet og vore Vinterplaner. Ifald det skulde ske skal vi med Fornøjelse besørge det Sølvtøj til Tante Det er ikke Plet, gedigent Sølv, men de har ikke det Mønster, som er det almindeligste hjemme og som Tante vel også har med Rifler ned af Skaftet. Her er 4-5 forskellige Mønstre – jeg skal ved Lejlighed se at få en sådan Mønsterbog med Priser og sende hjem. – Du har nok også spurgt om Rejsen hjem afhænger af Eastmans Svineslagterihistorie, - det gør den ikke for han mener at den vil trække ud mindst ½ Aar. De vil nemlig ikke betale ham Resten ("Resten" indsat over linjen] inden de ere fuldt ud sikre på at det har hjulpet. 
+Nu er han meget optaget af sin Mælkesyre, som han er i Milwaukee for. Det er noget nyt, som skal indføres på Bryggerierne og som vil blive indbringende, hvis det viser sig at være heldigt. Han er en ivrig Forretningsmand og har en Masse Jærn i Ilden. Han udfærdiger Kontrakten i det mest snørklede, juridiske Sprog, sætter sit Navn under og sender den til dem han har i Sinde at arbejde for og hvis de synes om, hvad han foreslår dem, sætter de deres Navn under og Eastman skrider til Værket. – Imorgen kommer han hjem og min Enkestand er forbi. I Mandags rejste han til Kansas, 24 Timers Rejse fra Chicago, var der 5-6 Timer og gled derpå tilbage. - Han har været så rask hele Tiden, det lader til at han tåler det Klima bedre. – -
+Der er adskillige Fordele ved at han kommer hjem igen, bl.a. den at vi så igen får spiselig Mad i Huset. – Når han ikke er her lever de mere ”amerikansk” og det er trættende i Længden. Bl.a. køber de så ikke Brød, men laver selv, - en Slags Tvebaksdejg, som jeg ikke ret godt kan få ned til Flæsk f. Eks. Der er så lidt Variation at man bliver så led og ked af alting, - de har i Reglen kun en Slags Mad i Huset som spises indtil der ikke er mere af det, - Morgen, Middag og Aften. Jeg kom til at foreslå en Oksetunge, og så fik vi forleden et stort fedt Asen af en Tunge (den må have tilhørt en fed, gammel Tyr) – efter tre Dages Forløb er det kun med Overvindelse at jeg taler om denne Tunge. Køber vi røgede Tunger monstro? Denne Tunge smager vidt forskelligt fra dem hjemme. Nu har jeg bestilt Rhabarber til Rhabarbergrød, Schweizerost og menneskeligt Brød. Når East. kommer hjem skal jeg se at få samlet Stof til Sildesalat. Alt hvad de laver her er så ferskt at man længes efter lidt mere kradst. Jeg har også sendt Bud efter Agurker til A.Salat. De har aldrig noget surt. 
+Husholdningen er rigtig nok vidt forskellig fra den danske, - nemt er det men ikke interessant, - jo forresten undertiden er den, men jeg er vant til det nu, - efter at jeg har set dem bage Brød i en Blikspand (!!!) kan intet mere forbavse mig. De spiser aldrig hvad vi kalder ”Formad” – aldrig Suppe. Vi har kun fået en Slags ”Skemad” og det Østers kogt i Mælk, - ubeskrivelig rædselsfuldt!! Jeg glæder mig til min Kogebog! 
+I Mandags var jeg ude i Boxburry hos min nye Familie, Fætter Edwards. De har et stort Hus og jeg morede mig fortræffeligt. Jeg var bedt til Frokost og fik Hønsefrikasé med surt til, samt Øl, Oksesteg med Kartofler og Jordbær, The og Bagværk. – Efter Frokost spillede Edward en Del, hvorefter vi gik ud og var ude Resten af Dagen. Vi er Edward, Bel, Konen (jeg kender ikke hendes rigtige Navn) og deres store Hund. De har en Hønsegård og en Hane. Vi lå i Græsset og solede os og gik derefter ud for at plukke vilde Blomster, så jeg havde en hel Stak med mig hjem. 
+Jeg kan nu helt godt finde omkring alene. Afstandene ere så uendelige her så man bruger altid elektrisk Sporvogn som her er en uendelig Masser af og det gælder om at finde de rigtige. Alting går i sådan en Hast her og der er sådan en Tummel at det ikke kan nytte stort at spørge. I går var jeg til Tandlæge for at blive plumberet. Det er en gammel Ven af Harris han bor i Cambridge, 1½ Mil Timer ["Mil" overstreget; ”Timer” indsat over linjen] Rejse herfra med Sporvogn. 
+Jeg fandt godt nok derud men da jeg skulde hjem gav de mig forkert Svar på min Forespørgsel, så jeg kom i en gal Sporvogn og Pokker i Vold i en anden Ende af Byen. Jeg kom der igennem en Gade hvor Numrene gik til 1800! De plomberer fortrinligt her, meget hurtigere end hjemme og det gør så godt som ikke ondt. De betales pr Time 
+Jeg glemte totalt Disens Fødselsdag og er meget ked af det – forresten skylder hun mig Brev. – Nu begynder jeg at blive nervøs for B. – det er fælt at være så langt borte det varer sådan en Tid at få noget at vide. – men der skrives vel straks om det. Mon det virkelig skal nå at blive en Pige!
+[Skrevet i venstre margen s. 8; lodret:]
+Hilsen til alle, særlig Far og Hunden fra din Pelle</t>
+  </si>
+  <si>
     <t>1899-05-16</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Julie -, Frøken
 Ellen Hirschsprung
 Carl Neiiendam
 Gandenz Neiiendam
 Poulsen Poulsen, Jomfru
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
 Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
 Carl Neiiendam var meget optaget af travløb. 
 Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
 "Samfundet" er Studentersamfundet.</t>
   </si>
@@ -1738,50 +1788,105 @@
 Vilhelmine  Larsen
 Elisabeth Storm
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Barnet skulle tilsyneladende en tid have heddet Jeppe, men han kom til at hedde Andreas.
 Det er uklart, hvilket bryggeri I.A. Larsen solgte jord til i Kerteminde.
 Alheds søster, Charlotte Louise Warberg (Muk), læste til cand. polit.</t>
   </si>
   <si>
     <t>Johannes Larsen har malet lidt på flagbilledet.
 Han har inviteret Fru Storm (med til Erikshaab?)
 I.A. Larsen har solgt en grund til et bryggeri. 
 Johannes Larsen har fundet tegningerne til deres nye hus.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6IPX</t>
   </si>
   <si>
     <t>Kjerteminde 21 Juni 1899.
 Min egen Kæreste!
 I Dag har jeg ikke faaet udrettet ret meget kun malet lidt paa Flagbilledet, det har jo været Graavejr hele Dagen. Jeg har nu skreven til Klaks, og jeg kan altsaa ikke endnu svare for, om han kommer. Jeg tog mig den Frihed at invitere Fru Storm, jeg vidste jo at hun vilde sætte umaadelig Pris paa det, og hun har jo givet den lille søde en Ske til Jul. Jeg skulde hilse Jer og takke saa mange Gange for Venligheden, men hun troede ikke hun kunde da hun ikke var helt rask. Var det vel forkert af mig? I Morgen skal jeg tage dem alle sammen i Forhør, om de kommer, og skrive Resultatet. Fader solgte i Aftes Jord til Bryggeriet. 7000 Kr Al. for 5000 Kr under Forbehold af at der var tilstrækkeligt Vand til det og at Aktiekapitalen kunde rejses, han kunde ikke faa mere for det da de truede med at gaa til Hinke, men vi bliver altsaa i hvert Tilfælde fri for at have deres Øl- Is- Kul- Korn- og andre Vogne rumlende forbi vores Dør. Uglen og Thea [eller Theo] kom i Aftes fra Svendborg, var det ikke helt tappert af hende at køre den 7 Mil lange Tur naar det længste Stykke hun i Forvejen havde kørt var 3 Fjerdingvej. Ja nu faar Du ikke mere denne Gang. Mange kærlige Hilsner til lille Jeppe og Dig selv fra Din
 Johannes Larsen.
 P.S
 Vi har fundet Tegningerne til vores Hus. Hvordan gaar det med Muks Examen? Jeg skal hilse fra Uglen og fra Moder</t>
+  </si>
+  <si>
+    <t>1899-06-26</t>
+  </si>
+  <si>
+    <t>Alice Bondesen
+Louise Brønsted
+Grethe Jungstedt
+Louise Nimb
+- Pray
+Dudley Pray
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer opholdt sig i USA, da hun skrev brevet. Ordene om chokolade på Gelskov refererer formodentlig (ironisk) til, at Laura Warberg tidligere har afsluttet et brev med, at hun ikke havde mere tid, da hun skulle til Gelskov og drikke chokolade. 
+Ellen og Harris Eastman Sawyer boede den første tid af deres parforhold sammen med hans forældre, hans bedstemor og hans to søstre. Arrangementet fungerede dårligt. 
+Ellen Sawyers svigermors navn kendes ikke. Mr. Prays fornavn samt hans kone og døtres navne er også ukendt. 
+1 kvint er 5 g.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1530</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har ikke meget at skrive om. Den første ladning skinker, som Harris Sawyer har præpareret på slagteriet, er ankommet til Liverpool uden mug. Det er en triumf, og Harris vil få 700 dollars for sin indsats.
+Harris' far har fået ansættelse i The Navy Yard, og han vil få 3,5 dollars ugentligt. Derfor vil de to afdelinger af Sawyer-familien formodentlig kunne flytte hver til sit. Både Harris og Ellen finder, at opfattelserne af husførsel er for forskellige til, at de kan fungere sammen. 
+Ellen og Harris har fundet noget dåsemad, som gør det let at lave billige og sunde madretter. Harris har også fået en skinke fra slagteriet. Han lever sundt nu og tager på, men Ellen kan ikke tåle at spise det samme, for så bliver hun tyk. 
+Ellen og Harris er blevet viet. Kirken var nærmest et forsamlingshus, som de lokale har skillinget sammen til at indrette. Der var ikke rart. Om aftenen besøgte de Mr. Pray (Dudley Prays far). Hans hjem var hyggeligt, og han bød på portvin. Dudleys to søstre føler sig meget dannede, da de har været i Paris.
+Ellen nyder indholdet af sine kasser hjemmefra. Hun og Harris har opgivet at købe en hest, da det er for dyrt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PiUW</t>
+  </si>
+  <si>
+    <t>Mandag Juni 26 – 99
+Kære Mor!
+Jeg er bange for, at også mit Brev idag bliver lidt kort ikke fordi jeg skal til Chokolade på Gelskov, men fordi jeg ikke ved ret meget at skrive om. I denne Uge har vi ikke været så foretagsamme, East har haft travlt, og jeg kan ikke med min bedste Vilje bekvemme mig til at gå ud på egen Hånd, bare rundt her i de nærmeste Gader i Støv og Sol kan man ikke forlange selv af de mest energiske og længere Udflugter må man være to om. East havde en stor Tilfredsstillelse i Begyndelsen af Ugen. – Der kom Telegram og Brev til det store Svineslagteri, hvor han har arbejdet siden i Foråret, at den første Ladning Skinker er ankommet til Liverpool uden Spor af Mug og at de ere de bedste de har fået i lange Tider. De spørger om det er siden den nye Kemiker har fået dem under Behandling. Det er en stor Triumf for Harry, og desuden begynder han at glæde sig til sine 700 Dollars, som skulde udbetales, når hans Kúr viste sig at være probat. 
+Der vil rimeligvis endnu gå c. 3 Måneder før de vil indrømme at det har hjulpet. 
+Et andet Held er indtrådt idet gamle Eastman har fået en måske [”måske” indsat over linjen] fast Ansættelse i ”The Navy-yard”, noget som vist svarer til Holmen i København. – Hvis det viser sig at være en fast Ansættelse, kan vi uden Samvittighedsnag trække os ud af Familjelivet, han får da 3 ½ Dollars om Dagen, hvad endog her er helt godt. Hvor skal vi være lykkelige den Dag, vi trækker os tilbage. Jeg har næsten Samvittighedsnag over det, da de aldeles ikke fortrædiger os, men hele Atmosfæren og Aanden i det er amerikansk, og det kan jeg ikke finde mig i. 
+Mærkeligt er det, at Harry er så enig mig, - hele Aanden i Husførelsen er ham imod og har været det i flere Aar. – hans Smag er så vidt forskellig fra de andres, så han glæder sig ligeså meget som jeg. Vi falder hen i Rørelse, når vi ser på nogle af vore Duge, som er til ”rundt Bord”, som hos os er firkantet. 
+Og hele Kogeriet kan så blive efter vort ”eget Hoved – aldrig mere ”Pier” – el hjemmebagt Brød, som ingen af os kan døje. Vi har opdaget at man kan købe henkogt Suppe for 10 Cents for en Dåse på 5-6 Portioner. Endnu har vi kun prøvet Tomatsuppe, som er fortrinlig, men de har mange andre Slags. Den er så god som man kan koge den selv, så det betaler sig ikke at have Ulejlighed. Man kan også få henkogte Ærter og Tomater, så billige og så godt som friske. På ½ Time kan man på den Måde stille en fin Frokost på Benene, og du kan stole på, Harris er Mand for at indtage den. Hans Frokost i går var: Tomatsuppe med ristet Brød, frisk Lax ristet efter Fru Nimbs Kogebog, dertil Kartoffelmos og Grønærter, Jordbær m. Fløde.
+Idag har han hjembragt fra sit Slagteri en delikat Skinke, som er røget saltkogt og det hele. Den Slags [ulæseligt ord] er jeg en stor Ynder af, det tager alt det trættende fra Madspørgsmålet. Der må siges, at Eastman får sund og god Levemåde nu, der er kun èn Ting, - jeg må jo holde ham med Selskab, men Følgen er, at når han tager et Kvint på, tager jeg et Pund på og det sætter sig i mine Kinder altsammen. – Hvis H. altid havde levet så kraftigt havde det været bedre for ham. Men tidligere, når han vilde have noget rigtig Mad, måtte han mangen Gang lave det selv, og hvis han ikke gad el. var træt, vilde ["vilde" overstreget] måtte han nøjes med, hvad de andre havde: kogte Kartofler, Hvedebrød, Pie og Frugt. Det er gladelig en Middag. Det er intet Under at Svigermoder er så svag som hun er. De lægger ikke Planer i forvejen, aldrig Dagen før: denne Husførelse er ægte amerikansk. 
+Igår gjorde vi en Kraftanstrængelse og gik i Kirke, hvor vi blev viede. Den unge Præst har været her en Visit for at spørge, hvorfor vi aldrig kom i hans Kirke. Det er næppe det rette Ord – det er nærmest at ligne ved et Forsamlingshus, - det er et alm Beboelseshus, hvor de har revet alle Væggene ned og indrettet en slags Kirke. – det går sådan til, - en Del Mennesker skillinger sammen, vælger en Præst, indretter sig et Forsamlingssted og ofrer og sparer sammen til de en Gang med Tiden kan bygge en Kirke. - Bænken var hårde, Sangen var falsk, og det dunstede af våde Klæder (det havde regnet), så skønt Præsten er en rørende lille Fyr der mener det inderlig godt, vil vi ikke gå i den igen for en lang Tid. – Om Aftenen tog vi til South Boston og aflagde Mr. Pray’s Hjem et Besøg. Der var ingen anden end hans Fader, en gammel Fyr som selv lukkede op i Skjorteærmer! Først sad vi en Tid på Plads i ”The Parlor”. Ethvert Hus har et ”Parlor”, som er den fineste Stue Familjen opholder sig ikke dèr og man forgår i Reglen af Kedsomhed der. Da vi havde hensmægtet der en lille Tid og vilde gå, blinkede han nok så polisk og sagde at vi skulde smage hans Portvin. Så kom vi ind i hans Stue, som var helt menneskelig, med store Bogreoler o.s.v. Der sad vi svært hyggeligt og smagte på Varerne, og efter at have prøvet diverse Flasker, holdt han et lille Foredrag om Spirituosaens Skadelighed. – Vi var løftede da vi gik derfra og kom først henad Klk 9 til det Sted, hvor vi var bedte. – ”Et dannet Hjem” hvad vi forstår ved det er Mr. Prays næppe. Men hans to Søstre vilde vist blive meget forbavsede over den Påstand: de har været i Paris, de rasler af Silkeunderskørter, de spiller, - det er i Amerika ”Dannelse”. De ere for øvrigt flinke og rare. Moderen er død. Harry har ofte Brev Forretninger [”Forretninger” indsat over Linjen] fra Dudley P. Han lader til at være meget optaget af Lugge, Grethe og en til, men forsikrer at det er ikke alvorligt. Hører I noget til ham og hans Bedrifter???? Mon han passer sine Studier? Du kan såmænd godt bede ham tage det Sengetæppe med.
+Vi nyder mine Kassers Indhold. Vore egne Håndklæder Lagner og Duge. Bedstefaders Buste er [ulæseligt ord] af og står på Harris Skrivebord. Malerierne ere endnu hos Rammemanden. Dette Brev er vist mest en Gentagelse af mine forrige, er jeg bange for. 
+Den arme Frk. Alex, der har ligget 100 Dage, det er lige hårdt nok. Hils hende endelig, hvis hun er der endnu.
+Ang. den lille Hest, så har vi også opdaget at det er mere kostbart end vi tænkte os, så vi har foreløbig slået det hen. – Jeg ved heller knap, hvornår H. skulde ride, da han altid arbejder. 
+Nu ved jeg ikke mere. Hilsen til alle på Håbet, og Gelskov fra Pelle. 
+Jeg har et påbegyndt Brev til Dede liggende. 
+Lugges Eksamen???
+East hilser</t>
   </si>
   <si>
     <t>1899-09-06</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Båxhult pr. Landeryd</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Louise Brønsted
 - Jensen, Erikshaab
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Christine  Mackie</t>
   </si>
   <si>
     <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
 Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
 Fjællegulv: Bræddegulv.
 Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
 Lauritz Brandstrup døde 6. marts 1900.</t>
@@ -2032,50 +2137,128 @@
 Marie Oppermann
 Ulrik Plesner
 Harris Sawyer
 Fritz Syberg
 Peter Tom-Petersen
 Andreas Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Der blev holdt auktion over Johannes Larsens billeder hos Winkel &amp;amp; Magnussen på Højbro Plads, København, 29. oktober 1901 kl. 11.</t>
   </si>
   <si>
     <t>Peter Tom-Petersen og Johannes Larsen har været til auktion over Johannes Larsens billeder. Oliemalerierne solgte dårligt, men akvarellerne gik godt. 
 Larsen mødte Harry Eastman og Dede (Frederik Warberg). 
 Fru Kampmann har købt akvareller.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/g5zo</t>
   </si>
   <si>
     <t>Valby 29 October 1901.
 Kæreste Alhed!
 Tak for Dit Brev som jeg læste nu efter at være vendt hjem fra Auktionen, den gik ret anstændigt, hvad Du kan se af vedlagte Katalog. Tom Petersen og jeg sad i et Par forgyldte Lænestole bag et grønt Tæppe og skrev Priserne op. Det var ikke saa morsomt i Begyndelsen da Oljebillederne jo gik ret daarligt men jeg købte jo da 7 af de bedste selv, dem med x ved. Derimod var det ret spændende for Aquarellernes Vedkommende, de gik jo ganske godt med Undtagelse af de 10 sidste, dem som W &amp;amp; M havde sat i Ramme og givet Navne. Jeg traf Eastman og Dede, Eastman rejser hjem i Morgen og vilde følges med mig men jeg tror ikke jeg kan blive færdig før tidligst i Overmorgen og det kan vel endda knibe, skønt jeg længes forfærdeligt efter Jer, men det er jo ikke godt at vide hvornaar jeg kommer her igen. Jeg vilde forfærdelig gerne en Gang i zoologisk Have og paa zoologisk Musæum. Jeg skal hilse Dig fra Fru Oppermann. Pang var der med Fru Kampmann som købte et Par Aquareller, Isfuglen og Fader og Tjalfe og Treff. Plesner i Birkerød købte ogsaa nogle. Fru Oppermann siger at jeg skal gaa nu hvis Brevet skal med Aftentoget Mange kærlige Hilsner
 Din
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
   </si>
   <si>
     <t>1903-4</t>
   </si>
   <si>
     <t>Marie Larsen</t>
   </si>
   <si>
     <t>Höljeryd</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Bertha Dorph
 Niels  Dorph
 Christian Eckardt
 - Elmquist
 Astrid Kjellmann
 Viggo Kjellmann
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Anna Marie  Larsen, Georg Larsens hustru </t>
   </si>
   <si>
@@ -11531,59 +11714,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMNlExY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nu1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rRM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KU4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xORE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TNRX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMcsIF3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vtin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LumU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jL9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sr4U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iNnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qLiZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5sgl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwM7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xsp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8amQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8TC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PtGk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y5pd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CoGb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/21N7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3LGu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dePW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4P6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hZe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iP4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GU3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cblh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sYuS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ujN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uQHAGjyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDAP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hEmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PiUW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMNlExY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nu1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rRM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KU4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xORE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TNRX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMcsIF3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vtin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LumU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jL9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sr4U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iNnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qLiZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5sgl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwM7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xsp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8amQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8TC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PtGk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y5pd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CoGb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/21N7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3LGu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dePW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4P6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hZe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iP4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GU3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cblh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sYuS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ujN6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xEOgthK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uQHAGjyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDAP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B40i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M357"/>
+  <dimension ref="A1:M360"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -13408,14304 +13591,14443 @@
       </c>
       <c r="I41" s="5" t="s">
         <v>282</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>283</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>284</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>286</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>287</v>
+        <v>212</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E42" s="5" t="s">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="I42" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>291</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>295</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>296</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>297</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>21</v>
+        <v>298</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>302</v>
+        <v>89</v>
       </c>
       <c r="E44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="F44" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H44" s="5" t="s">
+      <c r="I44" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="I44" s="5" t="s">
+      <c r="J44" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="J44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="K44" s="5" t="s">
+      <c r="M44" s="5" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>16</v>
+        <v>212</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>45</v>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="s">
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="J45" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="H45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>313</v>
       </c>
-      <c r="J45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="E46" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="B46" s="5" t="s">
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="C46" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="I46" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J46" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>321</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>322</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>323</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>323</v>
+        <v>89</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I47" s="5"/>
+      <c r="G47" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>327</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>324</v>
+        <v>21</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>316</v>
+      </c>
+      <c r="D48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="s">
-        <v>329</v>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>330</v>
-[...8 lines deleted...]
-        <v>332</v>
+        <v>333</v>
+      </c>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="M48" s="5" t="s">
         <v>334</v>
       </c>
+      <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>335</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>16</v>
+        <v>336</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>89</v>
+        <v>337</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>336</v>
+        <v>17</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I49" s="5" t="s">
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I49" s="5"/>
+      <c r="J49" s="5" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>339</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>340</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>342</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G50" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="E50" s="5" t="s">
+      <c r="H50" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="F50" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H50" s="5" t="s">
+      <c r="I50" s="5" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="L50" s="6" t="s">
         <v>347</v>
       </c>
-      <c r="L50" s="6" t="s">
+      <c r="M50" s="5" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="D51" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G51" s="5" t="s">
+      <c r="E51" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="H51" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="L51" s="6" t="s">
         <v>354</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="5" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>302</v>
+        <v>212</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>142</v>
+        <v>45</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F52" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="G52" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="J52" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="K52" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>362</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>265</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>226</v>
+        <v>365</v>
       </c>
       <c r="E53" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="F53" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>367</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>368</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>369</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>370</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>372</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="5" t="s">
         <v>373</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>374</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>375</v>
       </c>
       <c r="J54" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>376</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>377</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F55" s="5" t="s">
         <v>380</v>
       </c>
-      <c r="B55" s="5" t="s">
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="C55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>382</v>
       </c>
-      <c r="E55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="F55" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="J55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>385</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>343</v>
+        <v>226</v>
       </c>
       <c r="E56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="F56" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="J56" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>392</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>316</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="I57" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>399</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>400</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>402</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="I58" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>411</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H59" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H59" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="K59" s="5" t="s">
+        <v>415</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="M59" s="5"/>
+        <v>416</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>417</v>
+      </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...3 lines deleted...]
-        <v>413</v>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>416</v>
+        <v>21</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>421</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>425</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>322</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="s">
-        <v>428</v>
+      <c r="H62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I62" s="5"/>
-      <c r="J62" s="5" t="s">
-[...3 lines deleted...]
-        <v>429</v>
+      <c r="J62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L62" s="6" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
+        <v>435</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G63" s="5" t="s">
-        <v>434</v>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>433</v>
-[...12 lines deleted...]
-        <v>442</v>
+        <v>89</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>433</v>
-[...12 lines deleted...]
-        <v>449</v>
+        <v>337</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="I65" s="5" t="s">
+      <c r="I65" s="5"/>
+      <c r="J65" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="J65" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>452</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>433</v>
+        <v>455</v>
       </c>
       <c r="E66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="F66" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G66" s="5" t="s">
+      <c r="H66" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>460</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>461</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>463</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>455</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="s">
         <v>464</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>465</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>466</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>467</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>468</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="5" t="n">
-        <v>1910</v>
+      <c r="A68" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>470</v>
+        <v>337</v>
       </c>
       <c r="D68" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="E68" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G68" s="5" t="s">
+      <c r="H68" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="H68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="K68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>475</v>
       </c>
-      <c r="L68" s="6" t="s">
+      <c r="M68" s="5" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>16</v>
+        <v>336</v>
       </c>
       <c r="D69" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="E69" s="5" t="s">
+      <c r="H69" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="F69" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="J69" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="J69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>483</v>
       </c>
-      <c r="L69" s="6" t="s">
+      <c r="M69" s="5" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>16</v>
+        <v>336</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>89</v>
+        <v>455</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G70" s="5" t="s">
+        <v>486</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>487</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>488</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>489</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>490</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="5" t="s">
-        <v>492</v>
+      <c r="A71" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>322</v>
+        <v>492</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="E71" s="5" t="s">
         <v>493</v>
       </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G71" s="5" t="s">
+        <v>494</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>471</v>
+        <v>501</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>499</v>
+        <v>21</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>504</v>
-[...4 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H73" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I73" s="5"/>
+      <c r="H73" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>510</v>
+      </c>
       <c r="J73" s="5" t="s">
-        <v>474</v>
+        <v>21</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>509</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>515</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>516</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>514</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="E75" s="5" t="s">
         <v>515</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="I75" s="5"/>
+      <c r="I75" s="5" t="s">
+        <v>520</v>
+      </c>
       <c r="J75" s="5" t="s">
-        <v>474</v>
+        <v>521</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>16</v>
+        <v>526</v>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F76" s="5" t="s">
-        <v>17</v>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="s">
-        <v>521</v>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>322</v>
+        <v>531</v>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F77" s="5" t="s">
-[...8 lines deleted...]
-        <v>525</v>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>471</v>
+        <v>537</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F80" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>539</v>
+        <v>496</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>515</v>
+        <v>531</v>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F81" s="5" t="s">
-        <v>544</v>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H81" s="5" t="s">
+        <v>547</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>515</v>
+        <v>492</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>493</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>322</v>
+        <v>492</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>493</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>560</v>
+      </c>
+      <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>470</v>
+        <v>537</v>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F84" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>567</v>
+        <v>537</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>18</v>
+        <v>566</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="s">
-        <v>569</v>
+        <v>496</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>515</v>
-[...7 lines deleted...]
-        <v>544</v>
+        <v>576</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="I86" s="5"/>
+        <v>578</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>579</v>
+      </c>
       <c r="J86" s="5" t="s">
-        <v>474</v>
+        <v>580</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>568</v>
+        <v>492</v>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="s">
-        <v>579</v>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>226</v>
+        <v>493</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>586</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>186</v>
+        <v>591</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>471</v>
+        <v>537</v>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F89" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
-        <v>539</v>
+        <v>496</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>322</v>
+        <v>493</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>590</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
-        <v>558</v>
+        <v>496</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>471</v>
-[...9 lines deleted...]
-        </is>
+        <v>226</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I91" s="5"/>
+      <c r="H91" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>609</v>
+      </c>
       <c r="J91" s="5" t="s">
-        <v>539</v>
+        <v>186</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>322</v>
+        <v>492</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>614</v>
+        <v>336</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>471</v>
-[...4 lines deleted...]
-        </is>
+        <v>576</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>619</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="I93" s="5"/>
+        <v>620</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>621</v>
+      </c>
       <c r="J93" s="5" t="s">
-        <v>616</v>
+        <v>580</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>16</v>
-[...11 lines deleted...]
-        <v>622</v>
+        <v>493</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>186</v>
+        <v>561</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>45</v>
+        <v>336</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        <v>373</v>
+        <v>493</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>629</v>
+        <v>561</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>635</v>
+        <v>493</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>322</v>
+        <v>643</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>554</v>
+        <v>16</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>642</v>
-[...9 lines deleted...]
-        </is>
+        <v>405</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="I97" s="5" t="s">
         <v>644</v>
       </c>
+      <c r="I97" s="5"/>
       <c r="J97" s="5" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>645</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>646</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>648</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>471</v>
+        <v>45</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>516</v>
-[...9 lines deleted...]
-        </is>
+        <v>316</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H98" s="5" t="s">
+        <v>649</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>471</v>
+        <v>656</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>322</v>
+        <v>657</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>322</v>
-[...4 lines deleted...]
-        </is>
+        <v>576</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>650</v>
+        <v>21</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>667</v>
+        <v>538</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H101" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I101" s="5"/>
+      <c r="H101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>671</v>
+      </c>
       <c r="J101" s="5" t="s">
-        <v>650</v>
+        <v>672</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I102" s="5"/>
+      <c r="H102" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>678</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>650</v>
+        <v>672</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>323</v>
+        <v>493</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>336</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-        <v>676</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>186</v>
+        <v>672</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>322</v>
+        <v>493</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>689</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>21</v>
+        <v>672</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>322</v>
+        <v>531</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>493</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>21</v>
+        <v>672</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="106">
-      <c r="A106" s="5" t="n">
-        <v>1912</v>
+      <c r="A106" s="5" t="s">
+        <v>697</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>433</v>
+        <v>455</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>642</v>
+        <v>664</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>336</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>705</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H107" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H107" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="M107" s="5"/>
+        <v>709</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>710</v>
+      </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>45</v>
+        <v>336</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>302</v>
+        <v>576</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="F108" s="5" t="s">
-        <v>706</v>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>709</v>
+        <v>21</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
     </row>
     <row r="109">
-      <c r="A109" s="5" t="s">
-        <v>713</v>
+      <c r="A109" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>45</v>
+        <v>337</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>302</v>
+        <v>455</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>664</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>717</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>716</v>
+        <v>186</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I110" s="5"/>
       <c r="J110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K110" s="5" t="s">
-        <v>702</v>
+        <v>724</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="M110" s="5"/>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>323</v>
+        <v>45</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>433</v>
+        <v>316</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>642</v>
-[...7 lines deleted...]
-        <v>723</v>
+        <v>727</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>697</v>
+        <v>730</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>186</v>
+        <v>731</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>89</v>
+        <v>316</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>480</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>21</v>
+        <v>738</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>381</v>
+        <v>332</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="D113" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E113" s="5" t="s">
-[...9 lines deleted...]
-        <v>509</v>
+      <c r="D113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I113" s="5"/>
-      <c r="J113" s="5" t="s">
-        <v>186</v>
+      <c r="J113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K113" s="5" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="M113" s="5"/>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>741</v>
+        <v>337</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>89</v>
+        <v>455</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>664</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>745</v>
+        <v>719</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>750</v>
+        <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-      <c r="G115" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="H115" s="5" t="s">
+      <c r="I115" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K115" s="5" t="s">
         <v>753</v>
       </c>
       <c r="L115" s="6" t="s">
         <v>754</v>
       </c>
       <c r="M115" s="5" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
         <v>756</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>322</v>
+        <v>493</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>554</v>
+        <v>16</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>683</v>
-[...9 lines deleted...]
-        </is>
+        <v>757</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>758</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>757</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>558</v>
+        <v>186</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>759</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>760</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>762</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>568</v>
+        <v>763</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>471</v>
-[...21 lines deleted...]
-      <c r="I117" s="5"/>
+        <v>89</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>767</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>763</v>
+        <v>186</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>322</v>
+        <v>772</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>634</v>
+        <v>16</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>768</v>
-[...9 lines deleted...]
-        </is>
+        <v>405</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>773</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>769</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>558</v>
+        <v>186</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>433</v>
+        <v>576</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>642</v>
+        <v>705</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="s">
-        <v>775</v>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>186</v>
+        <v>580</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>782</v>
+        <v>590</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H120" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>554</v>
-[...4 lines deleted...]
-        </is>
+        <v>656</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>790</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H121" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I121" s="5"/>
+      <c r="H121" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>792</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>558</v>
+        <v>580</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>793</v>
+        <v>337</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>635</v>
-[...4 lines deleted...]
-        </is>
+        <v>455</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G122" s="5" t="s">
+        <v>797</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="I122" s="5"/>
+        <v>798</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>799</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>637</v>
+        <v>186</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>322</v>
+        <v>804</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>493</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G123" s="5" t="s">
-        <v>383</v>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="I123" s="5"/>
+        <v>805</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>806</v>
+      </c>
       <c r="J123" s="5" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>635</v>
+        <v>336</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>804</v>
+        <v>576</v>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>807</v>
+        <v>580</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>322</v>
+        <v>815</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>657</v>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>763</v>
+        <v>659</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>516</v>
+        <v>336</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>471</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G126" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>821</v>
       </c>
       <c r="I126" s="5"/>
       <c r="J126" s="5" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>16</v>
+        <v>657</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>89</v>
+        <v>576</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="s">
-        <v>822</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>21</v>
+        <v>829</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>829</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H128" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H128" s="5" t="s">
+        <v>834</v>
       </c>
       <c r="I128" s="5"/>
       <c r="J128" s="5" t="s">
-        <v>830</v>
+        <v>785</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>835</v>
+        <v>538</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H129" s="5" t="s">
-        <v>614</v>
+      <c r="H129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I129" s="5"/>
       <c r="J129" s="5" t="s">
-        <v>836</v>
+        <v>785</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>841</v>
+        <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>842</v>
+        <v>16</v>
       </c>
       <c r="D130" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E130" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="E130" s="5" t="s">
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G130" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="F130" s="5" t="s">
+      <c r="H130" s="5" t="s">
         <v>845</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I130" s="5" t="s">
         <v>846</v>
       </c>
       <c r="J130" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K130" s="5" t="s">
         <v>847</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L130" s="6" t="s">
         <v>848</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>850</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="E131" s="5" t="s">
         <v>851</v>
       </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H131" s="5" t="s">
-        <v>852</v>
+      <c r="H131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>853</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>854</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>856</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>470</v>
+        <v>857</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>509</v>
+        <v>636</v>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="s">
-        <v>830</v>
+        <v>858</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>863</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>470</v>
+        <v>864</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>471</v>
-[...9 lines deleted...]
-        </is>
+        <v>865</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>867</v>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H133" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I133" s="5"/>
+      <c r="H133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>868</v>
+      </c>
       <c r="J133" s="5" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>869</v>
+      </c>
+      <c r="K133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L133" s="6" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>16</v>
+        <v>492</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>17</v>
+        <v>873</v>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>835</v>
+        <v>492</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>493</v>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>871</v>
+        <v>531</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>471</v>
+        <v>492</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>876</v>
+        <v>493</v>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>877</v>
-[...3 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="I136" s="5"/>
       <c r="J136" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      <c r="F137" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="E137" s="5" t="s">
         <v>17</v>
       </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>302</v>
+        <v>857</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>45</v>
+        <v>493</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>888</v>
+        <v>18</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="I138" s="5"/>
       <c r="J138" s="5" t="s">
-        <v>891</v>
+        <v>852</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>783</v>
+        <v>493</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>471</v>
+        <v>898</v>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I139" s="5"/>
+      <c r="H139" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>900</v>
+      </c>
       <c r="J139" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>841</v>
+        <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>302</v>
+        <v>493</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="s">
-        <v>900</v>
+        <v>17</v>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>903</v>
+        <v>852</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>635</v>
+        <v>316</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>554</v>
+        <v>45</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>558</v>
+        <v>913</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>322</v>
+        <v>805</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>493</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>14</v>
+        <v>863</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>471</v>
+        <v>316</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>919</v>
+        <v>45</v>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="I143" s="5"/>
+        <v>923</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>924</v>
+      </c>
       <c r="J143" s="5" t="s">
-        <v>830</v>
+        <v>925</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>471</v>
+        <v>657</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>515</v>
-[...4 lines deleted...]
-        </is>
+        <v>576</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>930</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="I144" s="5"/>
+        <v>931</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>932</v>
+      </c>
       <c r="J144" s="5" t="s">
-        <v>830</v>
+        <v>580</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>614</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>933</v>
+        <v>493</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>941</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>942</v>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>934</v>
-[...3 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
-        <v>21</v>
+        <v>852</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>940</v>
+        <v>493</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>537</v>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
       <c r="I147" s="5"/>
       <c r="J147" s="5" t="s">
-        <v>941</v>
+        <v>852</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>614</v>
+        <v>493</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>636</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I148" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I148" s="5"/>
       <c r="J148" s="5" t="s">
-        <v>941</v>
+        <v>852</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>383</v>
+        <v>18</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="I149" s="5"/>
+        <v>956</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>957</v>
+      </c>
       <c r="J149" s="5" t="s">
-        <v>941</v>
+        <v>21</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>302</v>
+        <v>962</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>956</v>
+        <v>636</v>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>16</v>
+        <v>636</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>89</v>
+        <v>493</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>962</v>
+        <v>405</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="s">
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="J151" s="5" t="s">
         <v>963</v>
       </c>
-      <c r="H151" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K151" s="5" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>89</v>
+        <v>973</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
-        <v>21</v>
+        <v>963</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>471</v>
+        <v>316</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>976</v>
+        <v>45</v>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>941</v>
+        <v>979</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>322</v>
-[...4 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>984</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G154" s="5" t="s">
+        <v>985</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>941</v>
+        <v>21</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>515</v>
+        <v>89</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F155" s="5" t="s">
-        <v>18</v>
+      <c r="F155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>988</v>
-[...1 lines deleted...]
-      <c r="I155" s="5"/>
+        <v>992</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>993</v>
+      </c>
       <c r="J155" s="5" t="s">
-        <v>941</v>
+        <v>21</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>89</v>
+        <v>493</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>16</v>
+        <v>998</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>21</v>
+        <v>963</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
+        <v>493</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>336</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="s">
-        <v>998</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="I157" s="5"/>
+        <v>1004</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>1005</v>
+      </c>
       <c r="J157" s="5" t="s">
-        <v>21</v>
+        <v>963</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>471</v>
+        <v>537</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>515</v>
+        <v>493</v>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="s">
-        <v>1004</v>
+        <v>18</v>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>568</v>
+        <v>1010</v>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>614</v>
+        <v>89</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1009</v>
-[...1 lines deleted...]
-      <c r="I159" s="5"/>
+        <v>1014</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>1015</v>
+      </c>
       <c r="J159" s="5" t="s">
-        <v>941</v>
+        <v>21</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1011</v>
+        <v>1017</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>471</v>
+        <v>89</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>1014</v>
+        <v>18</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G160" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>977</v>
+        <v>1021</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
-        <v>941</v>
+        <v>21</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>977</v>
+        <v>493</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>471</v>
-[...7 lines deleted...]
-        </is>
+        <v>537</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>1026</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1019</v>
+        <v>590</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>471</v>
+        <v>636</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F162" s="5" t="s">
-        <v>18</v>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H162" s="5" t="s">
+        <v>1031</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>45</v>
+        <v>336</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>1028</v>
+        <v>493</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1029</v>
+        <v>1036</v>
+      </c>
+      <c r="F163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1030</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>1032</v>
+        <v>963</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="164">
-      <c r="A164" s="5" t="n">
-        <v>1915</v>
+      <c r="A164" s="5" t="s">
+        <v>1040</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>322</v>
+        <v>999</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>471</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H164" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H164" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
-        <v>1037</v>
+        <v>963</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>322</v>
+        <v>493</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>471</v>
-[...7 lines deleted...]
-        </is>
+        <v>492</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H165" s="5" t="s">
-        <v>1042</v>
+      <c r="H165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
-        <v>1037</v>
+        <v>963</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>322</v>
+        <v>45</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>471</v>
-[...9 lines deleted...]
-        </is>
+        <v>1050</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>1051</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1047</v>
-[...1 lines deleted...]
-      <c r="I166" s="5"/>
+        <v>1052</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1053</v>
+      </c>
       <c r="J166" s="5" t="s">
-        <v>1037</v>
+        <v>1054</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="167">
-      <c r="A167" s="5" t="s">
-        <v>1051</v>
+      <c r="A167" s="5" t="n">
+        <v>1915</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>16</v>
+        <v>336</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>493</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H167" s="5" t="s">
-        <v>1052</v>
+      <c r="H167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>21</v>
+        <v>1059</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>1058</v>
+        <v>493</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1036</v>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>323</v>
+        <v>1064</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>470</v>
+        <v>336</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>1068</v>
-[...4 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H170" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I170" s="5"/>
+      <c r="H170" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1075</v>
+      </c>
       <c r="J170" s="5" t="s">
-        <v>1037</v>
+        <v>21</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>1058</v>
+        <v>493</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>471</v>
-[...4 lines deleted...]
-        </is>
+        <v>1080</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>544</v>
+        <v>18</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1073</v>
+        <v>337</v>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>1078</v>
+        <v>492</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="I172" s="5"/>
       <c r="J172" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>1078</v>
+        <v>493</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>471</v>
+        <v>1090</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H173" s="5" t="s">
-        <v>1084</v>
+      <c r="H173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>471</v>
+        <v>1080</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F174" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F174" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1078</v>
+        <v>1095</v>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>470</v>
+        <v>1100</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>471</v>
+        <v>492</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F175" s="5" t="s">
-        <v>18</v>
+      <c r="F175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>509</v>
+        <v>1101</v>
       </c>
       <c r="I175" s="5"/>
       <c r="J175" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>471</v>
+        <v>1100</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="I176" s="5"/>
       <c r="J176" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>977</v>
+        <v>493</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>1102</v>
+        <v>492</v>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>471</v>
+        <v>492</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>1078</v>
+        <v>493</v>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F178" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F178" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>509</v>
+        <v>531</v>
       </c>
       <c r="I178" s="5"/>
       <c r="J178" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>977</v>
+        <v>493</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>531</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>1117</v>
+        <v>999</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>471</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>1124</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I180" s="5"/>
       <c r="J180" s="5" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="181">
-      <c r="A181" s="5" t="n">
-        <v>1916</v>
+      <c r="A181" s="5" t="s">
+        <v>1129</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>1122</v>
+        <v>493</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>509</v>
+        <v>1100</v>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1123</v>
+        <v>531</v>
       </c>
       <c r="I181" s="5"/>
       <c r="J181" s="5" t="s">
-        <v>1124</v>
+        <v>1059</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>1129</v>
+        <v>999</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="E182" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H182" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H182" s="5" t="s">
+        <v>1134</v>
       </c>
       <c r="I182" s="5"/>
       <c r="J182" s="5" t="s">
-        <v>1124</v>
+        <v>1059</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="I183" s="5"/>
       <c r="J183" s="5" t="s">
-        <v>1124</v>
+        <v>1059</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="184">
-      <c r="A184" s="5" t="s">
-        <v>1139</v>
+      <c r="A184" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>509</v>
+        <v>531</v>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="I184" s="5"/>
       <c r="J184" s="5" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>1134</v>
+        <v>1151</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>509</v>
-[...4 lines deleted...]
-        </is>
+        <v>531</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H185" s="5" t="s">
-        <v>1146</v>
+      <c r="H185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I185" s="5"/>
       <c r="J185" s="5" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>1134</v>
+        <v>1156</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>509</v>
+        <v>531</v>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="C187" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>531</v>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G187" s="5" t="s">
-        <v>1156</v>
+      <c r="G187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1157</v>
-[...3 lines deleted...]
-      </c>
+        <v>1163</v>
+      </c>
+      <c r="I187" s="5"/>
       <c r="J187" s="5" t="s">
-        <v>186</v>
+        <v>1146</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>322</v>
+        <v>1156</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>531</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1164</v>
-[...3 lines deleted...]
-      </c>
+        <v>1168</v>
+      </c>
+      <c r="I188" s="5"/>
       <c r="J188" s="5" t="s">
-        <v>558</v>
+        <v>1146</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>1134</v>
+        <v>1156</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>509</v>
+        <v>531</v>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="I189" s="5"/>
       <c r="J189" s="5" t="s">
-        <v>1124</v>
+        <v>1146</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C190" s="5" t="s">
-[...6 lines deleted...]
-        <v>1163</v>
+      <c r="C190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G190" s="5" t="s">
+        <v>1178</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>558</v>
+        <v>186</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>89</v>
+        <v>336</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>16</v>
+        <v>656</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>1181</v>
-[...5 lines deleted...]
-        <v>1183</v>
+        <v>1185</v>
+      </c>
+      <c r="F191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>186</v>
+        <v>580</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>1190</v>
+        <v>1156</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>531</v>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="I192" s="5" t="s">
         <v>1192</v>
       </c>
+      <c r="I192" s="5"/>
       <c r="J192" s="5" t="s">
-        <v>21</v>
+        <v>1146</v>
       </c>
       <c r="K192" s="5" t="s">
         <v>1193</v>
       </c>
       <c r="L192" s="6" t="s">
         <v>1194</v>
       </c>
       <c r="M192" s="5" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
         <v>1196</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>45</v>
+        <v>336</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>1028</v>
+        <v>656</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>17</v>
+        <v>1185</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
         <v>1197</v>
       </c>
       <c r="I193" s="5" t="s">
         <v>1198</v>
       </c>
       <c r="J193" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="K193" s="5" t="s">
         <v>1199</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L193" s="6" t="s">
         <v>1200</v>
       </c>
       <c r="M193" s="5" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
         <v>1202</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>841</v>
+        <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>1028</v>
+        <v>16</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>17</v>
+        <v>1203</v>
       </c>
       <c r="F194" s="5" t="s">
-        <v>1203</v>
-[...4 lines deleted...]
-        </is>
+        <v>1204</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>1205</v>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>1206</v>
+        <v>186</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>45</v>
+        <v>1212</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>287</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>1213</v>
+        <v>21</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>1218</v>
+        <v>1050</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H196" s="5" t="s">
         <v>1219</v>
       </c>
       <c r="I196" s="5" t="s">
         <v>1220</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K196" s="5" t="s">
         <v>1221</v>
+      </c>
+      <c r="K196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L196" s="6" t="s">
         <v>1222</v>
       </c>
       <c r="M196" s="5" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
         <v>1224</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>14</v>
+        <v>863</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1050</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F197" s="5" t="s">
         <v>1225</v>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
         <v>1226</v>
       </c>
       <c r="I197" s="5" t="s">
         <v>1227</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>21</v>
+        <v>1228</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>1232</v>
+        <v>294</v>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F198" s="5" t="s">
+      <c r="F198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H198" s="5" t="s">
         <v>1233</v>
       </c>
-      <c r="G198" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H198" s="5" t="s">
+      <c r="I198" s="5" t="s">
         <v>1234</v>
       </c>
-      <c r="I198" s="5" t="s">
+      <c r="J198" s="5" t="s">
         <v>1235</v>
       </c>
-      <c r="J198" s="5" t="s">
+      <c r="K198" s="5" t="s">
         <v>1236</v>
       </c>
-      <c r="K198" s="5" t="s">
+      <c r="L198" s="6" t="s">
         <v>1237</v>
       </c>
-      <c r="L198" s="6" t="s">
+      <c r="M198" s="5" t="s">
         <v>1238</v>
-      </c>
-[...1 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D199" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D199" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>1240</v>
       </c>
       <c r="H199" s="5" t="s">
         <v>1241</v>
       </c>
       <c r="I199" s="5" t="s">
         <v>1242</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K199" s="5" t="s">
         <v>1243</v>
       </c>
       <c r="L199" s="6" t="s">
         <v>1244</v>
       </c>
       <c r="M199" s="5" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
         <v>1246</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>1232</v>
+        <v>16</v>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F200" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F200" s="5" t="s">
+        <v>1247</v>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1236</v>
+        <v>21</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>382</v>
+        <v>1254</v>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F201" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>920</v>
+      <c r="F201" s="5" t="s">
+        <v>1255</v>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>186</v>
+        <v>1258</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="202">
-      <c r="A202" s="5" t="n">
-        <v>1921</v>
+      <c r="A202" s="5" t="s">
+        <v>1262</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D202" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1258</v>
-[...5 lines deleted...]
-        </is>
+        <v>1263</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>186</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1260</v>
-[...1 lines deleted...]
-      <c r="M202" s="5"/>
+        <v>1266</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>1267</v>
+      </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>212</v>
+        <v>89</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        <v>1262</v>
+        <v>1254</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1265</v>
+        <v>1258</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>1270</v>
+        <v>89</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>404</v>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>942</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="J204" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="205">
-      <c r="A205" s="5" t="s">
-        <v>1276</v>
+      <c r="A205" s="5" t="n">
+        <v>1921</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D205" s="5" t="s">
-[...3 lines deleted...]
-        <v>544</v>
+      <c r="D205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G205" s="5" t="s">
-        <v>1277</v>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1278</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>1280</v>
+      </c>
+      <c r="I205" s="5"/>
+      <c r="J205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="M205" s="5" t="s">
         <v>1282</v>
       </c>
+      <c r="M205" s="5"/>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>16</v>
+        <v>212</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>89</v>
+        <v>316</v>
       </c>
       <c r="E206" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F206" s="5" t="s">
         <v>1284</v>
       </c>
-      <c r="F206" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G206" s="5" t="s">
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
         <v>1285</v>
       </c>
-      <c r="H206" s="5" t="s">
+      <c r="I206" s="5" t="s">
         <v>1286</v>
       </c>
-      <c r="I206" s="5" t="s">
+      <c r="J206" s="5" t="s">
         <v>1287</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K206" s="5" t="s">
         <v>1288</v>
       </c>
       <c r="L206" s="6" t="s">
         <v>1289</v>
       </c>
       <c r="M206" s="5" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
         <v>1291</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D207" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D207" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E207" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1292</v>
-[...5 lines deleted...]
-        </is>
+        <v>1293</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>186</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1294</v>
-[...1 lines deleted...]
-      <c r="M207" s="5"/>
+        <v>1296</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>1297</v>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>566</v>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G208" s="5" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1297</v>
-[...1 lines deleted...]
-      <c r="I208" s="5"/>
+        <v>1300</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>1301</v>
+      </c>
       <c r="J208" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>302</v>
+        <v>16</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>1302</v>
-[...7 lines deleted...]
-        </is>
+        <v>1306</v>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="s">
+        <v>1307</v>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1306</v>
+        <v>21</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>381</v>
+        <v>332</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>1311</v>
+        <v>16</v>
       </c>
       <c r="D210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H210" s="5" t="s">
+        <v>1314</v>
       </c>
       <c r="I210" s="5"/>
-      <c r="J210" s="5" t="s">
-        <v>1312</v>
+      <c r="J210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1314</v>
-[...3 lines deleted...]
-      </c>
+        <v>1316</v>
+      </c>
+      <c r="M210" s="5"/>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D211" s="5" t="inlineStr">
-[...22 lines deleted...]
-        </is>
+      <c r="D211" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="F211" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G211" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H211" s="5" t="s">
+        <v>1319</v>
       </c>
       <c r="I211" s="5"/>
-      <c r="J211" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J211" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="M211" s="5"/>
+        <v>1321</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>1322</v>
+      </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>316</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>1325</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H212" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H212" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>1328</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1320</v>
+        <v>1329</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1321</v>
-[...1 lines deleted...]
-      <c r="M212" s="5"/>
+        <v>1330</v>
+      </c>
+      <c r="M212" s="5" t="s">
+        <v>1331</v>
+      </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>1333</v>
+      </c>
+      <c r="D213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G213" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I213" s="5"/>
       <c r="J213" s="5" t="s">
-        <v>21</v>
+        <v>1334</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1326</v>
+        <v>1335</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1327</v>
+        <v>1336</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1328</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1329</v>
+        <v>1338</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I214" s="5"/>
       <c r="J214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K214" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K214" s="5" t="s">
+        <v>1339</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="M214" s="5"/>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I215" s="5"/>
       <c r="J215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K215" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K215" s="5" t="s">
+        <v>1342</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
       <c r="M215" s="5"/>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>1334</v>
+        <v>16</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1335</v>
+        <v>656</v>
       </c>
       <c r="E216" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="s">
-        <v>1336</v>
+        <v>1345</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="I216" s="5"/>
+        <v>1346</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1347</v>
+      </c>
       <c r="J216" s="5" t="s">
-        <v>1337</v>
+        <v>21</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I217" s="5"/>
       <c r="J217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K217" s="5" t="s">
-        <v>1342</v>
+      <c r="K217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
       <c r="M217" s="5"/>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1344</v>
+        <v>1353</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D218" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H218" s="5" t="s">
-[...9 lines deleted...]
-        <v>1347</v>
+      <c r="H218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I218" s="5"/>
+      <c r="J218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1348</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="M218" s="5"/>
     </row>
     <row r="219">
-      <c r="A219" s="5" t="n">
-        <v>1924</v>
+      <c r="A219" s="5" t="s">
+        <v>1355</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="D219" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G219" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H219" s="5" t="s">
         <v>16</v>
-      </c>
-[...12 lines deleted...]
-        <v>1352</v>
       </c>
       <c r="I219" s="5"/>
       <c r="J219" s="5" t="s">
-        <v>186</v>
+        <v>1359</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1334</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G220" s="5" t="s">
-[...9 lines deleted...]
-        <v>1337</v>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I220" s="5"/>
+      <c r="J220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>1365</v>
+      </c>
+      <c r="M220" s="5"/>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1334</v>
+        <v>89</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G221" s="5" t="s">
-        <v>1357</v>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1364</v>
-[...1 lines deleted...]
-      <c r="I221" s="5"/>
+        <v>1367</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>1368</v>
+      </c>
       <c r="J221" s="5" t="s">
-        <v>1337</v>
+        <v>21</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="222">
-      <c r="A222" s="5" t="s">
-        <v>1368</v>
+      <c r="A222" s="5" t="n">
+        <v>1924</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>1334</v>
+        <v>1372</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>1028</v>
+        <v>16</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>17</v>
+        <v>1373</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="s">
-        <v>1357</v>
+        <v>1373</v>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1369</v>
-[...3 lines deleted...]
-      </c>
+        <v>1374</v>
+      </c>
+      <c r="I222" s="5"/>
       <c r="J222" s="5" t="s">
-        <v>1337</v>
+        <v>186</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>16</v>
+        <v>1356</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>89</v>
+        <v>1050</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>21</v>
+        <v>1359</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>1028</v>
+        <v>1050</v>
       </c>
       <c r="E224" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="s">
-        <v>1357</v>
+        <v>1379</v>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
-        <v>1337</v>
+        <v>1359</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>16</v>
+        <v>1356</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>89</v>
+        <v>1050</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1387</v>
+        <v>17</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="s">
-        <v>1388</v>
+        <v>1379</v>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>21</v>
+        <v>1359</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J226" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>1028</v>
+        <v>1050</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="s">
-        <v>1357</v>
+        <v>1379</v>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="I227" s="5"/>
       <c r="J227" s="5" t="s">
-        <v>1337</v>
+        <v>1359</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D228" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="D228" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E228" s="5" t="s">
+        <v>1409</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G228" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G228" s="5" t="s">
+        <v>1410</v>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="J228" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1241</v>
-[...4 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="s">
-        <v>920</v>
+        <v>1417</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>16</v>
+        <v>1356</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>89</v>
+        <v>1050</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>1225</v>
+        <v>17</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="s">
-        <v>1418</v>
+        <v>1379</v>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1419</v>
-[...3 lines deleted...]
-      </c>
+        <v>1424</v>
+      </c>
+      <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
-        <v>21</v>
+        <v>1359</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1334</v>
+        <v>89</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G231" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I231" s="5"/>
+      <c r="G231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H231" s="5" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>1430</v>
+      </c>
       <c r="J231" s="5" t="s">
-        <v>1337</v>
+        <v>21</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D232" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D232" s="5" t="s">
+        <v>1263</v>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G232" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G232" s="5" t="s">
+        <v>942</v>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1241</v>
-[...5 lines deleted...]
-        </is>
+        <v>1435</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="J232" s="5" t="s">
+        <v>186</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="M232" s="5"/>
+        <v>1438</v>
+      </c>
+      <c r="M232" s="5" t="s">
+        <v>1439</v>
+      </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D233" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1433</v>
+        <v>1247</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="J233" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>16</v>
+        <v>1356</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>89</v>
+        <v>1050</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1441</v>
+        <v>17</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="s">
-        <v>1442</v>
-[...6 lines deleted...]
-      </c>
+        <v>1447</v>
+      </c>
+      <c r="H234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
-        <v>21</v>
+        <v>1359</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D235" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F235" s="5" t="s">
-[...3 lines deleted...]
-        <v>1449</v>
+      <c r="F235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1450</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>1263</v>
+      </c>
+      <c r="I235" s="5"/>
+      <c r="J235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K235" s="5" t="s">
         <v>1452</v>
       </c>
       <c r="L235" s="6" t="s">
         <v>1453</v>
       </c>
-      <c r="M235" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M235" s="5"/>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D236" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1455</v>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G236" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G236" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H236" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="J236" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1457</v>
-[...1 lines deleted...]
-      <c r="M236" s="5"/>
+        <v>1460</v>
+      </c>
+      <c r="M236" s="5" t="s">
+        <v>1461</v>
+      </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D237" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="D237" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E237" s="5" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D238" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F238" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F238" s="5" t="s">
+        <v>1471</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>186</v>
+        <v>21</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>1311</v>
+        <v>16</v>
+      </c>
+      <c r="D239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="s">
-[...9 lines deleted...]
-        <v>186</v>
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I239" s="5"/>
+      <c r="J239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1478</v>
-[...1 lines deleted...]
-      <c r="M239" s="5" t="s">
         <v>1479</v>
       </c>
+      <c r="M239" s="5"/>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
         <v>1480</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="D240" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E240" s="5" t="s">
         <v>1481</v>
       </c>
-      <c r="E240" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G240" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H240" s="5" t="s">
+        <v>1483</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>1481</v>
+        <v>89</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G241" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H241" s="5" t="s">
+        <v>1490</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>1481</v>
+        <v>89</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1333</v>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G242" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G242" s="5" t="s">
+        <v>1496</v>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>1225</v>
+        <v>1503</v>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G243" s="5" t="s">
-[...3 lines deleted...]
-        <v>1499</v>
+      <c r="G243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="J243" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D244" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D244" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H244" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J244" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K244" s="5" t="s">
+        <v>1510</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1506</v>
-[...1 lines deleted...]
-      <c r="M244" s="5"/>
+        <v>1511</v>
+      </c>
+      <c r="M244" s="5" t="s">
+        <v>1512</v>
+      </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D245" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E245" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1508</v>
-[...10 lines deleted...]
-        </is>
+        <v>1514</v>
+      </c>
+      <c r="I245" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J245" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K245" s="5" t="s">
+        <v>1516</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1509</v>
-[...1 lines deleted...]
-      <c r="M245" s="5"/>
+        <v>1517</v>
+      </c>
+      <c r="M245" s="5" t="s">
+        <v>1518</v>
+      </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D246" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1247</v>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G246" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G246" s="5" t="s">
+        <v>1520</v>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1511</v>
-[...10 lines deleted...]
-        </is>
+        <v>1521</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K246" s="5" t="s">
+        <v>1523</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1512</v>
-[...1 lines deleted...]
-      <c r="M246" s="5"/>
+        <v>1524</v>
+      </c>
+      <c r="M246" s="5" t="s">
+        <v>1525</v>
+      </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1513</v>
+        <v>1526</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1514</v>
+        <v>1527</v>
       </c>
       <c r="I247" s="5"/>
       <c r="J247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1515</v>
+        <v>1528</v>
       </c>
       <c r="M247" s="5"/>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1516</v>
+        <v>1529</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1517</v>
+        <v>1530</v>
       </c>
       <c r="I248" s="5"/>
       <c r="J248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1518</v>
+        <v>1531</v>
       </c>
       <c r="M248" s="5"/>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1519</v>
+        <v>1532</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>213</v>
-[...11 lines deleted...]
-        <v>1520</v>
+        <v>16</v>
+      </c>
+      <c r="D249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1521</v>
-[...8 lines deleted...]
-        <v>1523</v>
+        <v>1533</v>
+      </c>
+      <c r="I249" s="5"/>
+      <c r="J249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1524</v>
-[...3 lines deleted...]
-      </c>
+        <v>1534</v>
+      </c>
+      <c r="M249" s="5"/>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D250" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1527</v>
-[...8 lines deleted...]
-        <v>1529</v>
+        <v>1536</v>
+      </c>
+      <c r="I250" s="5"/>
+      <c r="J250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1530</v>
-[...3 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="M250" s="5"/>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H251" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H251" s="5" t="s">
+        <v>1539</v>
       </c>
       <c r="I251" s="5"/>
       <c r="J251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K251" s="5" t="s">
-        <v>1533</v>
+      <c r="K251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="M251" s="5"/>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>16</v>
-[...30 lines deleted...]
-        </is>
+        <v>213</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G252" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H252" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>1544</v>
+      </c>
+      <c r="J252" s="5" t="s">
+        <v>186</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1536</v>
-[...1 lines deleted...]
-      <c r="M252" s="5"/>
+        <v>1546</v>
+      </c>
+      <c r="M252" s="5" t="s">
+        <v>1547</v>
+      </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>318</v>
+        <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D253" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D253" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H253" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H253" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I253" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="J253" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1538</v>
-[...1 lines deleted...]
-      <c r="M253" s="5"/>
+        <v>1552</v>
+      </c>
+      <c r="M253" s="5" t="s">
+        <v>1553</v>
+      </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1539</v>
+        <v>1554</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H254" s="5" t="s">
-        <v>1540</v>
+      <c r="H254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I254" s="5"/>
       <c r="J254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1533</v>
+        <v>1555</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1541</v>
+        <v>1556</v>
       </c>
       <c r="M254" s="5"/>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1542</v>
+        <v>1557</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I255" s="5"/>
       <c r="J255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1543</v>
+        <v>1555</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
       <c r="M255" s="5"/>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1545</v>
+        <v>1559</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H256" s="5" t="s">
-        <v>1546</v>
+      <c r="H256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I256" s="5"/>
       <c r="J256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1548</v>
+        <v>1560</v>
       </c>
       <c r="M256" s="5"/>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H257" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H257" s="5" t="s">
+        <v>1562</v>
       </c>
       <c r="I257" s="5"/>
       <c r="J257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1550</v>
+        <v>1563</v>
       </c>
       <c r="M257" s="5"/>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1551</v>
+        <v>1564</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I258" s="5"/>
       <c r="J258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1547</v>
+        <v>1565</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1552</v>
+        <v>1566</v>
       </c>
       <c r="M258" s="5"/>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1553</v>
+        <v>1567</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H259" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H259" s="5" t="s">
+        <v>1568</v>
       </c>
       <c r="I259" s="5"/>
       <c r="J259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1554</v>
+        <v>1570</v>
       </c>
       <c r="M259" s="5"/>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1555</v>
+        <v>1571</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I260" s="5"/>
       <c r="J260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1556</v>
+        <v>1572</v>
       </c>
       <c r="M260" s="5"/>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1557</v>
+        <v>1573</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I261" s="5"/>
       <c r="J261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1558</v>
+        <v>1574</v>
       </c>
       <c r="M261" s="5"/>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1559</v>
+        <v>1575</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H262" s="5" t="s">
-        <v>1560</v>
+      <c r="H262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1561</v>
+        <v>1576</v>
       </c>
       <c r="M262" s="5"/>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1562</v>
+        <v>1577</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H263" s="5" t="s">
-        <v>1563</v>
+      <c r="H263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
       <c r="M263" s="5"/>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
       <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1563</v>
+        <v>1582</v>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="M265" s="5"/>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1570</v>
+        <v>1584</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1571</v>
+        <v>1585</v>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1572</v>
+        <v>1587</v>
       </c>
       <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1573</v>
+        <v>1588</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="s">
-        <v>1571</v>
+      <c r="H267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1574</v>
+        <v>1589</v>
       </c>
       <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1575</v>
+        <v>1590</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1546</v>
+        <v>1585</v>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1576</v>
+        <v>1591</v>
       </c>
       <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1577</v>
+        <v>1592</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H269" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H269" s="5" t="s">
+        <v>1593</v>
       </c>
       <c r="I269" s="5"/>
       <c r="J269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1578</v>
+        <v>1594</v>
       </c>
       <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1579</v>
+        <v>1595</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
       <c r="I270" s="5"/>
       <c r="J270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1581</v>
+        <v>1596</v>
       </c>
       <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1582</v>
+        <v>1597</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1546</v>
+        <v>1568</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1583</v>
+        <v>1598</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1584</v>
+        <v>1599</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1585</v>
+        <v>1600</v>
       </c>
       <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1586</v>
+        <v>1601</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1587</v>
+        <v>1602</v>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1588</v>
+        <v>1603</v>
       </c>
       <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1589</v>
+        <v>1604</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
       <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1591</v>
+        <v>1606</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H275" s="5" t="s">
-        <v>1563</v>
+      <c r="H275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1592</v>
+        <v>1607</v>
       </c>
       <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1593</v>
+        <v>1608</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H276" s="5" t="s">
+        <v>1609</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1594</v>
+        <v>1610</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1595</v>
+        <v>1611</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1563</v>
+        <v>1593</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1596</v>
+        <v>1612</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1597</v>
+        <v>1613</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1311</v>
+        <v>1585</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1598</v>
+        <v>1614</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1599</v>
+        <v>1615</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="s">
-        <v>1600</v>
+      <c r="H279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1601</v>
+        <v>1616</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1602</v>
+        <v>1617</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1311</v>
+        <v>1585</v>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1603</v>
+        <v>1618</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1605</v>
+        <v>1333</v>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1606</v>
+        <v>1620</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1607</v>
+        <v>1621</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H282" s="5" t="s">
+        <v>1622</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1608</v>
+        <v>1623</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1609</v>
+        <v>1624</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>318</v>
-[...4 lines deleted...]
-        </is>
+        <v>332</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>634</v>
+        <v>1333</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1610</v>
+        <v>1625</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1611</v>
+        <v>1626</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1612</v>
+        <v>1627</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1613</v>
+        <v>1628</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1614</v>
+        <v>1629</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H285" s="5" t="s">
-        <v>1615</v>
+      <c r="H285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1616</v>
+        <v>1630</v>
       </c>
       <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1617</v>
+        <v>1631</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>332</v>
+      </c>
+      <c r="C286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H286" s="5" t="s">
+        <v>656</v>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1618</v>
+        <v>1632</v>
       </c>
       <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H287" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H287" s="5" t="s">
+        <v>1634</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1620</v>
+        <v>1635</v>
       </c>
       <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1622</v>
+        <v>1637</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1623</v>
+        <v>1638</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1624</v>
+        <v>1639</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H289" s="5" t="s">
-        <v>1625</v>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1626</v>
+        <v>1640</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1627</v>
+        <v>1641</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H290" s="5" t="s">
-        <v>1628</v>
+      <c r="H290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1632</v>
+        <v>1645</v>
       </c>
       <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1633</v>
+        <v>1646</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1634</v>
+        <v>1647</v>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1635</v>
+        <v>1648</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1636</v>
+        <v>1649</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1615</v>
+        <v>1650</v>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1637</v>
+        <v>1651</v>
       </c>
       <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1638</v>
+        <v>1652</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1615</v>
+        <v>1653</v>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1639</v>
+        <v>1654</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1640</v>
+        <v>1655</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H295" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H295" s="5" t="s">
+        <v>1656</v>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1641</v>
+        <v>1657</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1642</v>
+        <v>1658</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1643</v>
+        <v>1637</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1644</v>
+        <v>1659</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1645</v>
+        <v>1660</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H297" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H297" s="5" t="s">
+        <v>1637</v>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1646</v>
+        <v>1661</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1647</v>
+        <v>1662</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1648</v>
+        <v>1663</v>
       </c>
       <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1649</v>
+        <v>1664</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1643</v>
+        <v>1665</v>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1650</v>
+        <v>1666</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1651</v>
+        <v>1667</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1652</v>
+        <v>1668</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1653</v>
+        <v>1669</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I301" s="5"/>
       <c r="J301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1654</v>
+        <v>1670</v>
       </c>
       <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1655</v>
+        <v>1671</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H302" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H302" s="5" t="s">
+        <v>1665</v>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1656</v>
+        <v>1586</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1657</v>
+        <v>1672</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1658</v>
+        <v>1673</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D303" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H303" s="5" t="s">
-[...6 lines deleted...]
-        <v>1662</v>
+      <c r="H303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I303" s="5"/>
+      <c r="J303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1663</v>
+        <v>1586</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1664</v>
-[...3 lines deleted...]
-      </c>
+        <v>1674</v>
+      </c>
+      <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>1667</v>
-[...1 lines deleted...]
-      <c r="D304" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E304" s="5" t="s">
-        <v>1668</v>
+      <c r="D304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G304" s="5" t="s">
-[...3 lines deleted...]
-        <v>1670</v>
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I304" s="5"/>
-      <c r="J304" s="5" t="s">
-        <v>186</v>
+      <c r="J304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1671</v>
+        <v>1586</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1672</v>
-[...3 lines deleted...]
-      </c>
+        <v>1676</v>
+      </c>
+      <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>1675</v>
-[...1 lines deleted...]
-      <c r="D305" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E305" s="5" t="s">
-        <v>18</v>
+      <c r="D305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G305" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I305" s="5" t="s">
+      <c r="G305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I305" s="5"/>
+      <c r="J305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K305" s="5" t="s">
         <v>1678</v>
       </c>
-      <c r="J305" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K305" s="5" t="s">
+      <c r="L305" s="6" t="s">
         <v>1679</v>
       </c>
-      <c r="L305" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H306" s="5" t="s">
+        <v>1682</v>
+      </c>
+      <c r="I306" s="5" t="s">
         <v>1683</v>
       </c>
-      <c r="D306" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G306" s="5" t="s">
+      <c r="J306" s="5" t="s">
         <v>1684</v>
       </c>
-      <c r="H306" s="5" t="s">
+      <c r="K306" s="5" t="s">
         <v>1685</v>
       </c>
-      <c r="I306" s="5" t="s">
+      <c r="L306" s="6" t="s">
         <v>1686</v>
       </c>
-      <c r="J306" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K306" s="5" t="s">
+      <c r="M306" s="5" t="s">
         <v>1687</v>
-      </c>
-[...4 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="D307" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E307" s="5" t="s">
-        <v>18</v>
+        <v>1690</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H307" s="5" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1693</v>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K307" s="5" t="s">
+        <v>1693</v>
+      </c>
+      <c r="L307" s="6" t="s">
         <v>1694</v>
       </c>
-      <c r="L307" s="6" t="s">
+      <c r="M307" s="5" t="s">
         <v>1695</v>
-      </c>
-[...1 lines deleted...]
-        <v>1696</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="D308" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E308" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G308" s="5" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H308" s="5" t="s">
         <v>1699</v>
       </c>
-      <c r="F308" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H308" s="5" t="s">
+      <c r="I308" s="5" t="s">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>1701</v>
       </c>
       <c r="J308" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K308" s="5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="L308" s="6" t="s">
         <v>1702</v>
       </c>
-      <c r="L308" s="6" t="s">
+      <c r="M308" s="5" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>322</v>
+        <v>1705</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>634</v>
+        <v>16</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>1163</v>
+        <v>18</v>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G309" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G309" s="5" t="s">
+        <v>1706</v>
       </c>
       <c r="H309" s="5" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>558</v>
+        <v>186</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>212</v>
+        <v>1713</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>1028</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G310" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G310" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="H310" s="5" t="s">
-        <v>1712</v>
-[...3 lines deleted...]
-      </c>
+        <v>1715</v>
+      </c>
+      <c r="I310" s="5"/>
       <c r="J310" s="5" t="s">
-        <v>1714</v>
+        <v>186</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>1232</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>1721</v>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G311" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G311" s="5" t="s">
+        <v>1721</v>
       </c>
       <c r="H311" s="5" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>1662</v>
+        <v>186</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>1726</v>
+        <v>336</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>16</v>
+        <v>656</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>1727</v>
+        <v>1185</v>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G312" s="5" t="s">
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H312" s="5" t="s">
         <v>1728</v>
       </c>
-      <c r="H312" s="5" t="s">
+      <c r="I312" s="5" t="s">
         <v>1729</v>
       </c>
-      <c r="I312" s="5"/>
       <c r="J312" s="5" t="s">
-        <v>186</v>
+        <v>580</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>1730</v>
       </c>
       <c r="L312" s="6" t="s">
         <v>1731</v>
       </c>
       <c r="M312" s="5" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
         <v>1733</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>1134</v>
+        <v>212</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>1719</v>
+        <v>1050</v>
       </c>
       <c r="E313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
         <v>1734</v>
       </c>
       <c r="I313" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>1662</v>
+        <v>1736</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>322</v>
+        <v>1741</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>1254</v>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>1740</v>
-[...1 lines deleted...]
-      <c r="I314" s="5"/>
+        <v>1742</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>1743</v>
+      </c>
       <c r="J314" s="5" t="s">
-        <v>558</v>
+        <v>1684</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>287</v>
+        <v>1748</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>302</v>
+        <v>16</v>
       </c>
       <c r="E315" s="5" t="s">
-        <v>1745</v>
-[...7 lines deleted...]
-        </is>
+        <v>1749</v>
+      </c>
+      <c r="F315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G315" s="5" t="s">
+        <v>1750</v>
       </c>
       <c r="H315" s="5" t="s">
-        <v>1747</v>
-[...3 lines deleted...]
-      </c>
+        <v>1751</v>
+      </c>
+      <c r="I315" s="5"/>
       <c r="J315" s="5" t="s">
-        <v>1749</v>
+        <v>186</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>16</v>
+        <v>1156</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>1754</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1741</v>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>1757</v>
+        <v>1684</v>
       </c>
       <c r="K316" s="5" t="s">
         <v>1758</v>
       </c>
       <c r="L316" s="6" t="s">
         <v>1759</v>
       </c>
       <c r="M316" s="5" t="s">
         <v>1760</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
         <v>1761</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>16</v>
+        <v>336</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>1754</v>
+        <v>656</v>
       </c>
       <c r="E317" s="5" t="s">
-        <v>17</v>
+        <v>1185</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
         <v>1762</v>
       </c>
-      <c r="I317" s="5" t="s">
+      <c r="I317" s="5"/>
+      <c r="J317" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="K317" s="5" t="s">
         <v>1763</v>
       </c>
-      <c r="J317" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K317" s="5" t="s">
+      <c r="L317" s="6" t="s">
         <v>1764</v>
       </c>
-      <c r="L317" s="6" t="s">
+      <c r="M317" s="5" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>1232</v>
+        <v>316</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1767</v>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>1768</v>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>1757</v>
+        <v>1771</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>322</v>
+        <v>16</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>554</v>
+        <v>1776</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>1163</v>
+        <v>17</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>558</v>
+        <v>1779</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>1134</v>
+        <v>16</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>1719</v>
-[...4 lines deleted...]
-        </is>
+        <v>1776</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>1662</v>
+        <v>1779</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>1232</v>
+        <v>1254</v>
       </c>
       <c r="E321" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>1757</v>
+        <v>1779</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>1134</v>
+        <v>336</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>1719</v>
-[...4 lines deleted...]
-        </is>
+        <v>576</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>1185</v>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H322" s="5" t="s">
+        <v>1796</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>1662</v>
+        <v>580</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>322</v>
+        <v>1156</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>1741</v>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>1797</v>
-[...1 lines deleted...]
-      <c r="I323" s="5"/>
+        <v>1802</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>1803</v>
+      </c>
       <c r="J323" s="5" t="s">
-        <v>558</v>
+        <v>1684</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>1311</v>
+        <v>16</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>1754</v>
-[...4 lines deleted...]
-        </is>
+        <v>1254</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>1662</v>
+        <v>1779</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>322</v>
+        <v>1156</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1808</v>
+        <v>1741</v>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H325" s="5" t="s">
-        <v>1809</v>
+      <c r="H325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I325" s="5" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="J325" s="5" t="s">
-        <v>1811</v>
+        <v>1684</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>799</v>
+        <v>336</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>799</v>
+        <v>576</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>1163</v>
+        <v>1185</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>1816</v>
-[...3 lines deleted...]
-      </c>
+        <v>1819</v>
+      </c>
+      <c r="I326" s="5"/>
       <c r="J326" s="5" t="s">
-        <v>1818</v>
+        <v>580</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>1134</v>
+        <v>1333</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>1719</v>
+        <v>1776</v>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>1662</v>
+        <v>1684</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>1163</v>
+        <v>1830</v>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="I328" s="5" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="J328" s="5" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>1836</v>
+        <v>821</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>1232</v>
+        <v>821</v>
       </c>
       <c r="E329" s="5" t="s">
-        <v>17</v>
+        <v>1185</v>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="I329" s="5" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="J329" s="5" t="s">
-        <v>1757</v>
+        <v>1840</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>841</v>
+        <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>1843</v>
+        <v>1156</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>1844</v>
-[...4 lines deleted...]
-      <c r="F330" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H330" s="5" t="s">
         <v>1845</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I330" s="5" t="s">
         <v>1846</v>
       </c>
       <c r="J330" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="K330" s="5" t="s">
         <v>1847</v>
       </c>
-      <c r="K330" s="5" t="s">
+      <c r="L330" s="6" t="s">
         <v>1848</v>
       </c>
-      <c r="L330" s="6" t="s">
+      <c r="M330" s="5" t="s">
         <v>1849</v>
-      </c>
-[...1 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1851</v>
+        <v>1850</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H331" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I331" s="5" t="s">
         <v>1852</v>
       </c>
-      <c r="D331" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="5" t="s">
+      <c r="J331" s="5" t="s">
         <v>1853</v>
       </c>
-      <c r="F331" s="5" t="s">
+      <c r="K331" s="5" t="s">
         <v>1854</v>
       </c>
-      <c r="G331" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H331" s="5" t="s">
+      <c r="L331" s="6" t="s">
         <v>1855</v>
       </c>
-      <c r="I331" s="5" t="s">
+      <c r="M331" s="5" t="s">
         <v>1856</v>
-      </c>
-[...10 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1861</v>
+        <v>1857</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>302</v>
+        <v>1858</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>287</v>
+        <v>1254</v>
       </c>
       <c r="E332" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H332" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="J332" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="K332" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="L332" s="6" t="s">
         <v>1862</v>
       </c>
-      <c r="F332" s="5" t="s">
+      <c r="M332" s="5" t="s">
         <v>1863</v>
-      </c>
-[...21 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I333" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="J333" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="K333" s="5" t="s">
         <v>1870</v>
       </c>
-      <c r="B333" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H333" s="5" t="s">
+      <c r="L333" s="6" t="s">
         <v>1871</v>
       </c>
-      <c r="I333" s="5" t="s">
+      <c r="M333" s="5" t="s">
         <v>1872</v>
-      </c>
-[...10 lines deleted...]
-        <v>1876</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1877</v>
+        <v>1873</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>287</v>
+        <v>1874</v>
       </c>
       <c r="D334" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F334" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I334" s="5" t="s">
         <v>1878</v>
       </c>
-      <c r="E334" s="5" t="s">
+      <c r="J334" s="5" t="s">
         <v>1879</v>
       </c>
-      <c r="F334" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H334" s="5" t="s">
+      <c r="K334" s="5" t="s">
         <v>1880</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="L334" s="6" t="s">
         <v>1881</v>
       </c>
-      <c r="J334" s="5" t="s">
+      <c r="M334" s="5" t="s">
         <v>1882</v>
-      </c>
-[...7 lines deleted...]
-        <v>1885</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>1886</v>
+        <v>1883</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>1028</v>
+        <v>316</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="E335" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F335" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H335" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I335" s="5" t="s">
         <v>1887</v>
       </c>
-      <c r="F335" s="5" t="s">
+      <c r="J335" s="5" t="s">
         <v>1888</v>
       </c>
-      <c r="G335" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H335" s="5" t="s">
+      <c r="K335" s="5" t="s">
         <v>1889</v>
       </c>
-      <c r="I335" s="5" t="s">
+      <c r="L335" s="6" t="s">
         <v>1890</v>
       </c>
-      <c r="J335" s="5" t="s">
+      <c r="M335" s="5" t="s">
         <v>1891</v>
-      </c>
-[...9 lines deleted...]
-        <v>1893</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1894</v>
+        <v>1892</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>287</v>
+        <v>316</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="E336" s="5" t="s">
-        <v>1745</v>
+        <v>1875</v>
       </c>
       <c r="F336" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H336" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J336" s="5" t="s">
         <v>1895</v>
       </c>
-      <c r="G336" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H336" s="5" t="s">
+      <c r="K336" s="5" t="s">
         <v>1896</v>
       </c>
-      <c r="I336" s="5" t="s">
+      <c r="L336" s="6" t="s">
         <v>1897</v>
       </c>
-      <c r="J336" s="5" t="s">
+      <c r="M336" s="5" t="s">
         <v>1898</v>
-      </c>
-[...7 lines deleted...]
-        <v>1901</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="D337" s="5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="F337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H337" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I337" s="5" t="s">
         <v>1903</v>
       </c>
-      <c r="E337" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F337" s="5" t="s">
+      <c r="J337" s="5" t="s">
         <v>1904</v>
       </c>
-      <c r="G337" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H337" s="5" t="s">
+      <c r="K337" s="5" t="s">
         <v>1905</v>
       </c>
-      <c r="I337" s="5" t="s">
+      <c r="L337" s="6" t="s">
         <v>1906</v>
       </c>
-      <c r="J337" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K337" s="5" t="s">
+      <c r="M337" s="5" t="s">
         <v>1907</v>
-      </c>
-[...4 lines deleted...]
-        <v>1909</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>16</v>
+        <v>1050</v>
       </c>
       <c r="D338" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F338" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="G338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H338" s="5" t="s">
         <v>1911</v>
       </c>
-      <c r="E338" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H338" s="5" t="s">
+      <c r="I338" s="5" t="s">
         <v>1912</v>
       </c>
-      <c r="I338" s="5"/>
       <c r="J338" s="5" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="K338" s="5" t="s">
         <v>1913</v>
+      </c>
+      <c r="K338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L338" s="6" t="s">
         <v>1914</v>
       </c>
       <c r="M338" s="5" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
         <v>1916</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="E339" s="5" t="s">
-        <v>1745</v>
+        <v>1767</v>
       </c>
       <c r="F339" s="5" t="s">
-        <v>1895</v>
+        <v>1917</v>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>1924</v>
+        <v>16</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>226</v>
+        <v>1925</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>1925</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>1926</v>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H340" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H340" s="5" t="s">
+        <v>1927</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>1927</v>
+        <v>1684</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>302</v>
+        <v>1933</v>
       </c>
       <c r="E341" s="5" t="s">
-        <v>1745</v>
-[...2 lines deleted...]
-        <v>1895</v>
+        <v>17</v>
+      </c>
+      <c r="F341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>1932</v>
-[...3 lines deleted...]
-      </c>
+        <v>1934</v>
+      </c>
+      <c r="I341" s="5"/>
       <c r="J341" s="5" t="s">
-        <v>1934</v>
+        <v>1779</v>
       </c>
       <c r="K341" s="5" t="s">
         <v>1935</v>
       </c>
       <c r="L341" s="6" t="s">
         <v>1936</v>
       </c>
       <c r="M341" s="5" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
         <v>1938</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>1903</v>
+        <v>316</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>17</v>
+        <v>1767</v>
       </c>
       <c r="F342" s="5" t="s">
-        <v>1904</v>
+        <v>1917</v>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
         <v>1939</v>
       </c>
       <c r="I342" s="5" t="s">
         <v>1940</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>1662</v>
+        <v>1941</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>16</v>
+        <v>1946</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>1232</v>
+        <v>226</v>
       </c>
       <c r="E343" s="5" t="s">
-        <v>17</v>
+        <v>1947</v>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H343" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I343" s="5"/>
+      <c r="H343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I343" s="5" t="s">
+        <v>1948</v>
+      </c>
       <c r="J343" s="5" t="s">
-        <v>1757</v>
+        <v>1949</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>1903</v>
+        <v>316</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>17</v>
+        <v>1767</v>
       </c>
       <c r="F344" s="5" t="s">
-        <v>1904</v>
+        <v>1917</v>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>1662</v>
+        <v>1956</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>1232</v>
+        <v>1925</v>
       </c>
       <c r="E345" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F345" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F345" s="5" t="s">
+        <v>1926</v>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>1757</v>
+        <v>1684</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>302</v>
+        <v>1254</v>
       </c>
       <c r="E346" s="5" t="s">
-        <v>1745</v>
-[...2 lines deleted...]
-        <v>1895</v>
+        <v>17</v>
+      </c>
+      <c r="F346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>1962</v>
-[...3 lines deleted...]
-      </c>
+        <v>1967</v>
+      </c>
+      <c r="I346" s="5"/>
       <c r="J346" s="5" t="s">
-        <v>1964</v>
+        <v>1779</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>302</v>
+        <v>1925</v>
       </c>
       <c r="E347" s="5" t="s">
-        <v>1745</v>
+        <v>17</v>
       </c>
       <c r="F347" s="5" t="s">
-        <v>1895</v>
+        <v>1926</v>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>1971</v>
+        <v>1684</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>302</v>
+        <v>1254</v>
       </c>
       <c r="E348" s="5" t="s">
-        <v>1745</v>
-[...2 lines deleted...]
-        <v>1976</v>
+        <v>17</v>
+      </c>
+      <c r="F348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>1977</v>
-[...1 lines deleted...]
-      <c r="I348" s="5"/>
+        <v>1978</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>1979</v>
+      </c>
       <c r="J348" s="5" t="s">
-        <v>1978</v>
+        <v>1779</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="E349" s="5" t="s">
-        <v>1879</v>
+        <v>1767</v>
       </c>
       <c r="F349" s="5" t="s">
-        <v>1862</v>
+        <v>1917</v>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="I349" s="5" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="E350" s="5" t="s">
-        <v>1745</v>
+        <v>1767</v>
       </c>
       <c r="F350" s="5" t="s">
-        <v>1862</v>
+        <v>1917</v>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>287</v>
+        <v>316</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>1853</v>
+        <v>1767</v>
       </c>
       <c r="F351" s="5" t="s">
-        <v>1745</v>
+        <v>1998</v>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="I351" s="5"/>
       <c r="J351" s="5" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>2003</v>
+        <v>294</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>226</v>
+        <v>316</v>
       </c>
       <c r="E352" s="5" t="s">
-        <v>2004</v>
+        <v>1901</v>
       </c>
       <c r="F352" s="5" t="s">
-        <v>1845</v>
+        <v>1884</v>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
         <v>2005</v>
       </c>
       <c r="I352" s="5" t="s">
         <v>2006</v>
       </c>
       <c r="J352" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K352" s="5" t="s">
         <v>2007</v>
       </c>
-      <c r="K352" s="5" t="s">
+      <c r="L352" s="6" t="s">
         <v>2008</v>
       </c>
-      <c r="L352" s="6" t="s">
+      <c r="M352" s="5" t="s">
         <v>2009</v>
-      </c>
-[...1 lines deleted...]
-        <v>2010</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F353" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G353" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H353" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="I353" s="5" t="s">
         <v>2012</v>
       </c>
-      <c r="D353" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="5" t="s">
+      <c r="J353" s="5" t="s">
         <v>2013</v>
       </c>
-      <c r="F353" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H353" s="5" t="s">
+      <c r="K353" s="5" t="s">
         <v>2014</v>
       </c>
-      <c r="I353" s="5" t="s">
+      <c r="L353" s="6" t="s">
         <v>2015</v>
       </c>
-      <c r="J353" s="5" t="s">
+      <c r="M353" s="5" t="s">
         <v>2016</v>
-      </c>
-[...7 lines deleted...]
-        <v>2019</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>16</v>
+        <v>316</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>1903</v>
+        <v>294</v>
       </c>
       <c r="E354" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1875</v>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>1767</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
+        <v>2018</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K354" s="5" t="s">
         <v>2021</v>
       </c>
-      <c r="I354" s="5" t="s">
+      <c r="L354" s="6" t="s">
         <v>2022</v>
       </c>
-      <c r="J354" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K354" s="5" t="s">
+      <c r="M354" s="5" t="s">
         <v>2023</v>
-      </c>
-[...4 lines deleted...]
-        <v>2025</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>287</v>
+        <v>2025</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>302</v>
+        <v>226</v>
       </c>
       <c r="E355" s="5" t="s">
-        <v>1863</v>
+        <v>2026</v>
       </c>
       <c r="F355" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H355" s="5" t="s">
         <v>2027</v>
       </c>
-      <c r="G355" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H355" s="5" t="s">
+      <c r="I355" s="5" t="s">
         <v>2028</v>
       </c>
-      <c r="I355" s="5" t="s">
+      <c r="J355" s="5" t="s">
         <v>2029</v>
       </c>
-      <c r="J355" s="5" t="s">
+      <c r="K355" s="5" t="s">
         <v>2030</v>
       </c>
-      <c r="K355" s="5" t="s">
+      <c r="L355" s="6" t="s">
         <v>2031</v>
       </c>
-      <c r="L355" s="6" t="s">
+      <c r="M355" s="5" t="s">
         <v>2032</v>
-      </c>
-[...1 lines deleted...]
-        <v>2033</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2034</v>
+        <v>2033</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>287</v>
+        <v>2034</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>302</v>
+        <v>226</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>1745</v>
-[...2 lines deleted...]
-        <v>1895</v>
+        <v>2035</v>
+      </c>
+      <c r="F356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="I356" s="5" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="J356" s="5" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>1134</v>
+        <v>16</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>509</v>
-[...4 lines deleted...]
-        </is>
+        <v>1925</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2042</v>
-[...1 lines deleted...]
-      <c r="I357" s="5"/>
+        <v>2043</v>
+      </c>
+      <c r="I357" s="5" t="s">
+        <v>2044</v>
+      </c>
       <c r="J357" s="5" t="s">
-        <v>1124</v>
+        <v>1684</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>2045</v>
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="5" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H358" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="K358" s="5" t="s">
+        <v>2053</v>
+      </c>
+      <c r="L358" s="6" t="s">
+        <v>2054</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="5" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H359" s="5" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="K359" s="5" t="s">
+        <v>2060</v>
+      </c>
+      <c r="L359" s="6" t="s">
+        <v>2061</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="5" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H360" s="5" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I360" s="5"/>
+      <c r="J360" s="5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="K360" s="5" t="s">
+        <v>2065</v>
+      </c>
+      <c r="L360" s="6" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>2067</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -28023,44 +28345,47 @@
     <hyperlink ref="M333" r:id="rId338"/>
     <hyperlink ref="M334" r:id="rId339"/>
     <hyperlink ref="M335" r:id="rId340"/>
     <hyperlink ref="M336" r:id="rId341"/>
     <hyperlink ref="M337" r:id="rId342"/>
     <hyperlink ref="M338" r:id="rId343"/>
     <hyperlink ref="M339" r:id="rId344"/>
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
+    <hyperlink ref="M358" r:id="rId363"/>
+    <hyperlink ref="M359" r:id="rId364"/>
+    <hyperlink ref="M360" r:id="rId365"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>