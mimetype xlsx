--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2234" uniqueCount="1362" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2256" uniqueCount="1378" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1180,50 +1180,128 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
+  </si>
+  <si>
     <t>1903-07-27</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>Thora  Branner
 - Flagstad
 Adolph Larsen
 Christine  Mackie
 William Mackie
 - Skakke
 Vagn Thomsen
 Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
   </si>
   <si>
     <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
 Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
@@ -6785,50 +6863,109 @@
 Mon Bibbe møder nazister blandt lægerne?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dwSj</t>
   </si>
   <si>
     <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
 Lindøgaard. Lørdag Aften 10-1-1942
 Kære lille Bibbe!
 Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
 2.
 her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
 Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
 3
 jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
 Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
 Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
 4.
 Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
 Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
 Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
 Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
 Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
 [Skrevet på hovedet øverst s1:]
 Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1945-02-28</t>
   </si>
   <si>
     <t>Johannes Sixtus Thomsen</t>
   </si>
   <si>
     <t>Aalborg</t>
   </si>
   <si>
     <t>Den 24.2 1945 blev eksprestoget mellem København og Ålborg, for anden gang, sprængt i luften ved Tobberup, få kilometer nord for Hobro. Der var 20 dræbte og mange sårede. Sixtus Thomsen var ombord på toget.
 Første bombesprængning var d. 8. oktober 1944 samme sted. Dengang med 10 dræbte og et antal sårede.
 Begge bombesprængninger var schalburtage. (wikipedia)</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 2, 2002/61, A8, lb 11.</t>
   </si>
   <si>
     <t>Christine Swanes billeder kom godt til Aalborg. Sixtus Thomsen overlevede, men blev lettere såret, ved en bombeeksplosion i Ålborgekspressen. 
 Han har afsendt det lærred, som CS bestilte hos ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bOsD</t>
   </si>
@@ -7470,59 +7607,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nu1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rRM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KU4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMcsIF3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vtin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LumU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sr4U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iNnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5sgl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8TC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y5pd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CoGb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/21N7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hZe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sYuS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uQHAGjyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDAP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nu1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rRM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KU4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRxP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aMcsIF3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vtin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LumU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sr4U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iNnt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5sgl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8TC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y5pd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CoGb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/21N7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hZe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mRw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sYuS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uQHAGjyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dNKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDAP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QxSU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M246"/>
+  <dimension ref="A1:M248"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -8778,8648 +8915,8650 @@
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="6" t="s">
         <v>197</v>
       </c>
       <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>198</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>186</v>
+        <v>137</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F29" s="5" t="s">
         <v>199</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>200</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>201</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>202</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>203</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>204</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>206</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>186</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>186</v>
+        <v>103</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>207</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>208</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>209</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>210</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>211</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>212</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>214</v>
       </c>
       <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C31" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="5" t="s">
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="E31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="F31" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>219</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>220</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>222</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D32" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...16 lines deleted...]
-      </c>
       <c r="I32" s="5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-        <v>229</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>236</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>243</v>
+        <v>26</v>
       </c>
       <c r="D35" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E35" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="E35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="5" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="I35" s="5"/>
+      <c r="I35" s="5" t="s">
+        <v>246</v>
+      </c>
       <c r="J35" s="5" t="s">
-        <v>246</v>
+        <v>31</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>247</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>248</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>250</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E36" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F36" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F36" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>252</v>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>256</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>251</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
         <v>260</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>261</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>262</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>125</v>
+        <v>263</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>259</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="s">
         <v>275</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>276</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>277</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>278</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>279</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>281</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>27</v>
+        <v>282</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="n">
-        <v>1910</v>
+      <c r="A41" s="5" t="s">
+        <v>289</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>289</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="s">
         <v>290</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="I41" s="5"/>
+      <c r="I41" s="5" t="s">
+        <v>292</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>292</v>
+        <v>125</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>293</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>294</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="5" t="s">
-        <v>296</v>
+      <c r="A42" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="E42" s="5" t="s">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="s">
         <v>298</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H42" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>301</v>
       </c>
       <c r="L42" s="6" t="s">
         <v>302</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>304</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>243</v>
+        <v>26</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>307</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>308</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>292</v>
+        <v>31</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>316</v>
-[...4 lines deleted...]
-        </is>
+        <v>297</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>313</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" s="5"/>
+      <c r="H45" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>318</v>
+      </c>
       <c r="J45" s="5" t="s">
-        <v>292</v>
+        <v>319</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="s">
-        <v>322</v>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>327</v>
+        <v>297</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>289</v>
+        <v>329</v>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>328</v>
+      <c r="G47" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>289</v>
+        <v>335</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>26</v>
+        <v>297</v>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F48" s="5" t="s">
-        <v>27</v>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>243</v>
+        <v>26</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>321</v>
+        <v>251</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F50" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>289</v>
+        <v>329</v>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
         <v>345</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>243</v>
+        <v>296</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>297</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="I52" s="5" t="s">
         <v>353</v>
       </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>355</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>359</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I53" s="5"/>
+      <c r="H53" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>361</v>
+      </c>
       <c r="J53" s="5" t="s">
-        <v>292</v>
+        <v>362</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>363</v>
+        <v>297</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>364</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>296</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="5" t="s">
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>288</v>
+        <v>371</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>289</v>
-[...9 lines deleted...]
-        </is>
+        <v>372</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>374</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>375</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>373</v>
+        <v>125</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>243</v>
+        <v>296</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>297</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="I56" s="5" t="s">
         <v>380</v>
       </c>
+      <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>385</v>
+        <v>251</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>289</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>386</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="I57" s="5"/>
+        <v>387</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>388</v>
+      </c>
       <c r="J57" s="5" t="s">
-        <v>387</v>
+        <v>362</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-        <v>217</v>
+        <v>297</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>125</v>
+        <v>395</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>399</v>
-[...14 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>401</v>
+        <v>125</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>402</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>403</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>405</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>289</v>
+        <v>406</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>243</v>
+        <v>407</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>321</v>
+        <v>297</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I62" s="5"/>
+      <c r="H62" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>422</v>
+      </c>
       <c r="J62" s="5" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>244</v>
+        <v>329</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>297</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G63" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>125</v>
+        <v>416</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>427</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>428</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>430</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>350</v>
+        <v>259</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>431</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G64" s="5" t="s">
+        <v>432</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="5" t="n">
-        <v>1912</v>
+      <c r="A65" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>251</v>
+        <v>358</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>423</v>
+        <v>439</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="s">
-        <v>437</v>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="5" t="n">
+        <v>1912</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="J66" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="K65" s="5" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="K66" s="5" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="M66" s="5"/>
+        <v>449</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>450</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>207</v>
+        <v>26</v>
+      </c>
+      <c r="D67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="s">
-[...6 lines deleted...]
-        <v>449</v>
+      <c r="H67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>26</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>215</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H68" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H68" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>457</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>444</v>
+        <v>458</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>459</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>460</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>423</v>
+        <v>26</v>
+      </c>
+      <c r="D69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="s">
-[...9 lines deleted...]
-        <v>125</v>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I69" s="5"/>
+      <c r="J69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>462</v>
+      </c>
+      <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>26</v>
+        <v>252</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>57</v>
+        <v>259</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>298</v>
+        <v>431</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G70" s="5" t="s">
+        <v>464</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>463</v>
+        <v>447</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>469</v>
+        <v>306</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="I71" s="5"/>
+        <v>470</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>471</v>
+      </c>
       <c r="J71" s="5" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>474</v>
+        <v>297</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K72" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="L72" s="6" t="s">
         <v>479</v>
       </c>
-      <c r="L72" s="6" t="s">
+      <c r="M72" s="5" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="C73" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="B73" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="5" t="s">
+      <c r="D73" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E73" s="5" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="5" t="s">
         <v>484</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="I73" s="5"/>
+      <c r="I73" s="5" t="s">
+        <v>486</v>
+      </c>
       <c r="J73" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>243</v>
+        <v>491</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>350</v>
+        <v>26</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>431</v>
-[...9 lines deleted...]
-        </is>
+        <v>225</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>492</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
-        <v>354</v>
+        <v>125</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>289</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>439</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I75" s="5"/>
+      <c r="H75" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>499</v>
+      </c>
       <c r="J75" s="5" t="s">
-        <v>497</v>
+        <v>362</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>243</v>
+        <v>504</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>297</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I76" s="5"/>
       <c r="J76" s="5" t="s">
-        <v>354</v>
+        <v>505</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>251</v>
+        <v>406</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>423</v>
+        <v>510</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="s">
-        <v>509</v>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>125</v>
+        <v>362</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>350</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>431</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I78" s="5"/>
+      <c r="G78" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>519</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>354</v>
+        <v>125</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>520</v>
+        <v>251</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>399</v>
+        <v>358</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="s">
-        <v>521</v>
+      <c r="H79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>401</v>
+        <v>362</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>243</v>
+        <v>528</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>407</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G80" s="5" t="s">
-        <v>217</v>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>497</v>
+        <v>409</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>399</v>
+        <v>251</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>350</v>
+        <v>297</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>531</v>
+        <v>431</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G81" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>534</v>
+        <v>505</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>535</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>536</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>538</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>328</v>
+        <v>407</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>289</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>539</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I82" s="5"/>
+      <c r="H82" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>541</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>26</v>
+        <v>336</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>297</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G83" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>547</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>548</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>550</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="D84" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E84" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="E84" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I84" s="5"/>
+      <c r="G84" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>554</v>
+      </c>
       <c r="J84" s="5" t="s">
-        <v>552</v>
+        <v>31</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>557</v>
+        <v>297</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>289</v>
+        <v>559</v>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="s">
-        <v>385</v>
+      <c r="H85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>563</v>
+        <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="E86" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="I86" s="5"/>
+      <c r="J86" s="5" t="s">
         <v>566</v>
       </c>
-      <c r="F86" s="5" t="s">
+      <c r="K86" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="G86" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I86" s="5" t="s">
+      <c r="L86" s="6" t="s">
         <v>568</v>
       </c>
-      <c r="J86" s="5" t="s">
+      <c r="M86" s="5" t="s">
         <v>569</v>
-      </c>
-[...9 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="C87" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="B87" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D87" s="5" t="s">
-        <v>289</v>
-[...9 lines deleted...]
-        </is>
+        <v>573</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I87" s="5"/>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>576</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>577</v>
+      </c>
+      <c r="K87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L87" s="6" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>297</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>577</v>
+        <v>329</v>
       </c>
       <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>557</v>
+        <v>26</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>289</v>
+        <v>565</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-        </is>
+        <v>297</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>588</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>594</v>
+        <v>297</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>289</v>
+        <v>595</v>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I91" s="5"/>
+      <c r="H91" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>597</v>
+      </c>
       <c r="J91" s="5" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>399</v>
+        <v>602</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>297</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H92" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>354</v>
+        <v>560</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>289</v>
+        <v>407</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>385</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>607</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I93" s="5"/>
+      <c r="H93" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>609</v>
+      </c>
       <c r="J93" s="5" t="s">
-        <v>552</v>
+        <v>362</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>610</v>
+        <v>297</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>393</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>31</v>
+        <v>560</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="I95" s="5"/>
+        <v>619</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>620</v>
+      </c>
       <c r="J95" s="5" t="s">
-        <v>618</v>
+        <v>31</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>385</v>
+        <v>625</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>217</v>
+        <v>28</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H96" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H96" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>628</v>
+        <v>393</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I97" s="5"/>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>631</v>
+      </c>
       <c r="J97" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>186</v>
+        <v>636</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>297</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>633</v>
+        <v>393</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>289</v>
+        <v>186</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>639</v>
+        <v>15</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>243</v>
+        <v>647</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>645</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>57</v>
+        <v>297</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>26</v>
+        <v>251</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>31</v>
+        <v>626</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>289</v>
+        <v>57</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>327</v>
+        <v>26</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F102" s="5" t="s">
-        <v>657</v>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>496</v>
-[...1 lines deleted...]
-      <c r="I102" s="5"/>
+        <v>659</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>660</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>618</v>
+        <v>31</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>385</v>
+        <v>297</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>289</v>
+        <v>335</v>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F103" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F103" s="5" t="s">
+        <v>665</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>662</v>
+        <v>504</v>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>243</v>
+        <v>393</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>297</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>640</v>
+        <v>251</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>28</v>
+        <v>675</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>672</v>
+        <v>648</v>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>289</v>
+        <v>648</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>288</v>
-[...6 lines deleted...]
-      <c r="F106" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E106" s="5" t="s">
         <v>28</v>
       </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H106" s="5" t="s">
+        <v>680</v>
       </c>
       <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="5" t="n">
-        <v>1915</v>
+      <c r="A107" s="5" t="s">
+        <v>684</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>243</v>
+        <v>297</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F107" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I107" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>681</v>
+        <v>626</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
     </row>
     <row r="108">
-      <c r="A108" s="5" t="s">
-        <v>685</v>
+      <c r="A108" s="5" t="n">
+        <v>1915</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>26</v>
+        <v>251</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>297</v>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="s">
-        <v>687</v>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I108" s="5" t="s">
         <v>688</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>31</v>
+        <v>689</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>693</v>
+        <v>57</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>694</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="I109" s="5"/>
+        <v>695</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>696</v>
+      </c>
       <c r="J109" s="5" t="s">
-        <v>681</v>
+        <v>31</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>289</v>
-[...9 lines deleted...]
-        </is>
+        <v>701</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>698</v>
+        <v>252</v>
       </c>
       <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>703</v>
+        <v>296</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="I111" s="5"/>
       <c r="J111" s="5" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>288</v>
+        <v>711</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F112" s="5" t="s">
-        <v>28</v>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>321</v>
+        <v>712</v>
       </c>
       <c r="I112" s="5"/>
       <c r="J112" s="5" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>321</v>
+        <v>297</v>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F113" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>713</v>
+        <v>329</v>
       </c>
       <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>640</v>
+        <v>297</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>718</v>
+        <v>329</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>28</v>
+        <v>726</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="116">
-      <c r="A116" s="5" t="n">
-        <v>1916</v>
+      <c r="A116" s="5" t="s">
+        <v>731</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>728</v>
+        <v>648</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>321</v>
-[...4 lines deleted...]
-        </is>
+        <v>297</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>730</v>
+        <v>689</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="117">
-      <c r="A117" s="5" t="s">
-        <v>734</v>
+      <c r="A117" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="C120" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>329</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
-        <v>751</v>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>125</v>
+        <v>738</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C121" s="5" t="s">
-[...6 lines deleted...]
-        <v>758</v>
+      <c r="C121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G121" s="5" t="s">
+        <v>759</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>354</v>
+        <v>125</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>735</v>
+        <v>251</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>321</v>
-[...4 lines deleted...]
-        </is>
+        <v>406</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="I122" s="5"/>
+        <v>767</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>768</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>730</v>
+        <v>362</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>243</v>
+        <v>743</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>329</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>773</v>
+      </c>
+      <c r="I123" s="5"/>
       <c r="J123" s="5" t="s">
-        <v>354</v>
+        <v>738</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>776</v>
+        <v>406</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>27</v>
+        <v>766</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>779</v>
-[...4 lines deleted...]
-        </is>
+        <v>362</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>780</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>563</v>
+        <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F125" s="5" t="s">
-        <v>783</v>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="K125" s="5" t="s">
         <v>787</v>
+      </c>
+      <c r="K125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L125" s="6" t="s">
         <v>788</v>
       </c>
       <c r="M125" s="5" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
         <v>790</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>571</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>791</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
         <v>792</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>31</v>
+        <v>794</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>798</v>
+        <v>26</v>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="s">
         <v>799</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
         <v>800</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>801</v>
       </c>
       <c r="J127" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K127" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="K127" s="5" t="s">
+      <c r="L127" s="6" t="s">
         <v>803</v>
       </c>
-      <c r="L127" s="6" t="s">
+      <c r="M127" s="5" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="D128" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F128" s="5" t="s">
         <v>807</v>
       </c>
-      <c r="E128" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>125</v>
+        <v>810</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="129">
-      <c r="A129" s="5" t="n">
-        <v>1921</v>
+      <c r="A129" s="5" t="s">
+        <v>814</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D129" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>812</v>
-[...5 lines deleted...]
-        </is>
+        <v>815</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="M129" s="5"/>
+        <v>818</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>819</v>
+      </c>
     </row>
     <row r="130">
-      <c r="A130" s="5" t="s">
-        <v>815</v>
+      <c r="A130" s="5" t="n">
+        <v>1921</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>137</v>
-[...8 lines deleted...]
-        <v>816</v>
+        <v>26</v>
+      </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>817</v>
-[...5 lines deleted...]
-        <v>819</v>
+        <v>820</v>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="M130" s="5" t="s">
         <v>822</v>
       </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>823</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>57</v>
+        <v>186</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>686</v>
-[...6 lines deleted...]
-      <c r="G131" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F131" s="5" t="s">
         <v>824</v>
+      </c>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>825</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>826</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>31</v>
+        <v>827</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>831</v>
+        <v>694</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="s">
         <v>832</v>
       </c>
       <c r="H132" s="5" t="s">
         <v>833</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>834</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>835</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>836</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>838</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D133" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>839</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G133" s="5" t="s">
+        <v>840</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>839</v>
-[...5 lines deleted...]
-        </is>
+        <v>841</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="M133" s="5"/>
+        <v>844</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>845</v>
+      </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>844</v>
+        <v>26</v>
+      </c>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>845</v>
-[...4 lines deleted...]
-      <c r="J134" s="5" t="s">
         <v>847</v>
+      </c>
+      <c r="I134" s="5"/>
+      <c r="J134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K134" s="5" t="s">
         <v>848</v>
       </c>
       <c r="L134" s="6" t="s">
         <v>849</v>
       </c>
-      <c r="M134" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="5" t="s">
         <v>851</v>
       </c>
-      <c r="B135" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C135" s="5" t="s">
+      <c r="F135" s="5" t="s">
         <v>852</v>
       </c>
-      <c r="D135" s="5" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H135" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I135" s="5"/>
+      <c r="H135" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>854</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>195</v>
+        <v>223</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>26</v>
+        <v>860</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I136" s="5"/>
-      <c r="J136" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J136" s="5" t="s">
+        <v>861</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="M136" s="5"/>
+        <v>863</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>864</v>
+      </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D137" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="D137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G137" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I137" s="5"/>
+      <c r="J137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>865</v>
-[...3 lines deleted...]
-      </c>
+        <v>867</v>
+      </c>
+      <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D138" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G138" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G138" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K138" s="5" t="s">
+        <v>872</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="M138" s="5"/>
+        <v>873</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>874</v>
+      </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="6" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>872</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="D140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G140" s="5" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I140" s="5"/>
-      <c r="J140" s="5" t="s">
-[...3 lines deleted...]
-        <v>876</v>
+      <c r="J140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L140" s="6" t="s">
-        <v>877</v>
-[...1 lines deleted...]
-      <c r="M140" s="5" t="s">
         <v>878</v>
       </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>879</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="H141" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D141" s="5" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="I141" s="5"/>
-      <c r="J141" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J141" s="5" t="s">
+        <v>883</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="M141" s="5"/>
+        <v>885</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>886</v>
+      </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>872</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="D142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="s">
-[...9 lines deleted...]
-        <v>875</v>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I142" s="5"/>
+      <c r="J142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K142" s="5" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>887</v>
-[...3 lines deleted...]
-      </c>
+        <v>889</v>
+      </c>
+      <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="H143" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="J143" s="5" t="s">
         <v>883</v>
       </c>
-      <c r="H143" s="5" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="K143" s="5" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="I144" s="5"/>
+      <c r="J144" s="5" t="s">
         <v>883</v>
       </c>
-      <c r="H144" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K144" s="5" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>26</v>
+        <v>880</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>57</v>
+        <v>784</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>872</v>
+        <v>26</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>776</v>
+        <v>57</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="s">
-        <v>883</v>
+        <v>909</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="I146" s="5"/>
+        <v>910</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>911</v>
+      </c>
       <c r="J146" s="5" t="s">
-        <v>875</v>
+        <v>31</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>26</v>
+        <v>880</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>57</v>
+        <v>784</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="s">
-        <v>913</v>
+        <v>891</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>914</v>
-[...3 lines deleted...]
-      </c>
+        <v>916</v>
+      </c>
+      <c r="I147" s="5"/>
       <c r="J147" s="5" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>872</v>
+        <v>26</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>776</v>
+        <v>57</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="s">
-        <v>883</v>
+        <v>921</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="I148" s="5"/>
+        <v>922</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>923</v>
+      </c>
       <c r="J148" s="5" t="s">
-        <v>875</v>
+        <v>31</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>26</v>
+        <v>880</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>807</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="s">
-        <v>925</v>
+        <v>891</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>926</v>
-[...3 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>125</v>
+        <v>883</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>872</v>
+        <v>26</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>815</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="s">
-        <v>932</v>
-[...6 lines deleted...]
-      <c r="I150" s="5"/>
+        <v>933</v>
+      </c>
+      <c r="H150" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>935</v>
+      </c>
       <c r="J150" s="5" t="s">
-        <v>875</v>
+        <v>125</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>880</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>807</v>
+      <c r="G151" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="H151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I151" s="5"/>
-      <c r="J151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J151" s="5" t="s">
+        <v>883</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="M151" s="5"/>
+        <v>942</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>943</v>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D152" s="5" t="s">
         <v>26</v>
       </c>
+      <c r="D152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F152" s="5" t="s">
-[...3 lines deleted...]
-        <v>940</v>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>941</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>815</v>
+      </c>
+      <c r="I152" s="5"/>
+      <c r="J152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K152" s="5" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>944</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D153" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D153" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F153" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F153" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="G153" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="M153" s="5"/>
+        <v>952</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>953</v>
+      </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-        <v>950</v>
+        <v>26</v>
+      </c>
+      <c r="D154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G154" s="5" t="s">
-[...9 lines deleted...]
-        <v>125</v>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I154" s="5"/>
+      <c r="J154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K154" s="5" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="M154" s="5" t="s">
         <v>956</v>
       </c>
+      <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
         <v>957</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>860</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>958</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="J155" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>852</v>
+        <v>26</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="H156" s="5" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>972</v>
+        <v>860</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G157" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="H157" s="5" t="s">
+        <v>974</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>972</v>
+        <v>26</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>980</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H158" s="5" t="s">
-        <v>978</v>
+      <c r="H158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I158" s="5" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E159" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>984</v>
-[...10 lines deleted...]
-        </is>
+        <v>986</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="J159" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K159" s="5" t="s">
+        <v>988</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>985</v>
-[...1 lines deleted...]
-      <c r="M159" s="5"/>
+        <v>989</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>990</v>
+      </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="6" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="6" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="6" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D163" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="D163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>996</v>
-[...8 lines deleted...]
-        <v>998</v>
+        <v>1001</v>
+      </c>
+      <c r="I163" s="5"/>
+      <c r="J163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L163" s="6" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D164" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H164" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H164" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1003</v>
-[...1 lines deleted...]
-      <c r="M164" s="5"/>
+        <v>1007</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>1008</v>
+      </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I166" s="5"/>
       <c r="J166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="M166" s="5"/>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H167" s="5" t="s">
-        <v>1009</v>
+      <c r="H167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I167" s="5"/>
       <c r="J167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="M167" s="5"/>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="M168" s="5"/>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H169" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H169" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I170" s="5"/>
       <c r="J170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="M170" s="5"/>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="M171" s="5"/>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I172" s="5"/>
       <c r="J172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="M172" s="5"/>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I173" s="5"/>
       <c r="J173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="M173" s="5"/>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H174" s="5" t="s">
-        <v>1026</v>
+      <c r="H174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="M174" s="5"/>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="I175" s="5"/>
       <c r="J175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="M175" s="5"/>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H176" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H176" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="I176" s="5"/>
       <c r="J176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1013</v>
+        <v>1038</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="M176" s="5"/>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H177" s="5" t="s">
-        <v>1029</v>
+      <c r="H177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="M177" s="5"/>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
         <v>1037</v>
       </c>
       <c r="I178" s="5"/>
       <c r="J178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="M178" s="5"/>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1012</v>
+        <v>1045</v>
       </c>
       <c r="I180" s="5"/>
       <c r="J180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="M180" s="5"/>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H181" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H181" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="I181" s="5"/>
       <c r="J181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="M181" s="5"/>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H182" s="5" t="s">
-        <v>1046</v>
+      <c r="H182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I182" s="5"/>
       <c r="J182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="M182" s="5"/>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1012</v>
+        <v>1054</v>
       </c>
       <c r="I183" s="5"/>
       <c r="J183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="M183" s="5"/>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H184" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H184" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="I184" s="5"/>
       <c r="J184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="M184" s="5"/>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H185" s="5" t="s">
-        <v>1053</v>
+      <c r="H185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I185" s="5"/>
       <c r="J185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="M185" s="5"/>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1037</v>
+        <v>1061</v>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="M186" s="5"/>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1029</v>
+        <v>1045</v>
       </c>
       <c r="I187" s="5"/>
       <c r="J187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="M187" s="5"/>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H188" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="I188" s="5"/>
       <c r="J188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="M188" s="5"/>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H189" s="5" t="s">
-        <v>1029</v>
+      <c r="H189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I189" s="5"/>
       <c r="J189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="M189" s="5"/>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>852</v>
+        <v>1037</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="M190" s="5"/>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1066</v>
+        <v>860</v>
       </c>
       <c r="I191" s="5"/>
       <c r="J191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>852</v>
+        <v>1074</v>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="M192" s="5"/>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1071</v>
+        <v>860</v>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H194" s="5" t="s">
+        <v>1079</v>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C195" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C195" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="D195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H195" s="5" t="s">
-        <v>398</v>
+      <c r="H195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I195" s="5"/>
       <c r="J195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C196" s="5" t="s">
-        <v>26</v>
+      <c r="C196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1078</v>
+        <v>406</v>
       </c>
       <c r="I196" s="5"/>
       <c r="J196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="M196" s="5"/>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C198" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H198" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H198" s="5" t="s">
+        <v>1089</v>
       </c>
       <c r="I198" s="5"/>
       <c r="J198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="M198" s="5"/>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I199" s="5"/>
       <c r="J199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="M199" s="5"/>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H200" s="5" t="s">
-        <v>1088</v>
+      <c r="H200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I200" s="5"/>
       <c r="J200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="M200" s="5"/>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="I201" s="5"/>
       <c r="J201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="M201" s="5"/>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="I202" s="5"/>
       <c r="J202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="M202" s="5"/>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="I203" s="5"/>
       <c r="J203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="M203" s="5"/>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="I204" s="5"/>
       <c r="J204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="M204" s="5"/>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1081</v>
+        <v>1108</v>
       </c>
       <c r="I205" s="5"/>
       <c r="J205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="M205" s="5"/>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="I206" s="5"/>
       <c r="J206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="M206" s="5"/>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H207" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H207" s="5" t="s">
+        <v>1089</v>
       </c>
       <c r="I207" s="5"/>
       <c r="J207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="M207" s="5"/>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H208" s="5" t="s">
-        <v>1109</v>
+      <c r="H208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I208" s="5"/>
       <c r="J208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="M208" s="5"/>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H209" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H209" s="5" t="s">
+        <v>1117</v>
       </c>
       <c r="I209" s="5"/>
       <c r="J209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="M209" s="5"/>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I210" s="5"/>
       <c r="J210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="M210" s="5"/>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="s">
-        <v>1109</v>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I211" s="5"/>
       <c r="J211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H212" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H212" s="5" t="s">
+        <v>1117</v>
       </c>
       <c r="I212" s="5"/>
       <c r="J212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="M212" s="5"/>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I213" s="5"/>
       <c r="J213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="M213" s="5"/>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I214" s="5"/>
       <c r="J214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1122</v>
+        <v>1038</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="M214" s="5"/>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D215" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="D215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H215" s="5" t="s">
-[...6 lines deleted...]
-        <v>1128</v>
+      <c r="H215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I215" s="5"/>
+      <c r="J215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1130</v>
-[...1 lines deleted...]
-      <c r="M215" s="5" t="s">
         <v>1131</v>
       </c>
+      <c r="M215" s="5"/>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
         <v>1132</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D216" s="5" t="s">
         <v>1133</v>
       </c>
-      <c r="D216" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E216" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H216" s="5" t="s">
         <v>1134</v>
       </c>
-      <c r="F216" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G216" s="5" t="s">
+      <c r="I216" s="5" t="s">
         <v>1135</v>
       </c>
-      <c r="H216" s="5" t="s">
+      <c r="J216" s="5" t="s">
         <v>1136</v>
-      </c>
-[...2 lines deleted...]
-        <v>125</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>1137</v>
       </c>
       <c r="L216" s="6" t="s">
         <v>1138</v>
       </c>
       <c r="M216" s="5" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
         <v>1140</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>1141</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>28</v>
+        <v>1142</v>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1143</v>
-[...1 lines deleted...]
-      <c r="I217" s="5" t="s">
         <v>1144</v>
       </c>
+      <c r="I217" s="5"/>
       <c r="J217" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>1145</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>1146</v>
       </c>
       <c r="M217" s="5" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
         <v>1148</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>1149</v>
       </c>
       <c r="D218" s="5" t="s">
         <v>26</v>
@@ -17440,1288 +17579,1376 @@
       </c>
       <c r="I218" s="5" t="s">
         <v>1152</v>
       </c>
       <c r="J218" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K218" s="5" t="s">
         <v>1153</v>
       </c>
       <c r="L218" s="6" t="s">
         <v>1154</v>
       </c>
       <c r="M218" s="5" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
         <v>1156</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>243</v>
+        <v>1157</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>398</v>
+        <v>26</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>758</v>
+        <v>28</v>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G219" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G219" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>354</v>
+        <v>125</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>137</v>
+        <v>251</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>776</v>
-[...4 lines deleted...]
-        </is>
+        <v>406</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>1165</v>
+        <v>362</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1170</v>
+        <v>137</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>798</v>
+        <v>784</v>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
         <v>1171</v>
       </c>
       <c r="I221" s="5" t="s">
         <v>1172</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>1128</v>
+        <v>1173</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>735</v>
+        <v>1178</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>1170</v>
+        <v>806</v>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>171</v>
+        <v>743</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>1184</v>
+        <v>1178</v>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
         <v>1185</v>
       </c>
       <c r="I223" s="5" t="s">
         <v>1186</v>
       </c>
       <c r="J223" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K223" s="5" t="s">
         <v>1187</v>
       </c>
-      <c r="K223" s="5" t="s">
+      <c r="L223" s="6" t="s">
         <v>1188</v>
       </c>
-      <c r="L223" s="6" t="s">
+      <c r="M223" s="5" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>26</v>
+        <v>171</v>
       </c>
       <c r="D224" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F224" s="5" t="s">
         <v>1192</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
         <v>1193</v>
       </c>
       <c r="I224" s="5" t="s">
         <v>1194</v>
       </c>
       <c r="J224" s="5" t="s">
         <v>1195</v>
       </c>
       <c r="K224" s="5" t="s">
         <v>1196</v>
       </c>
       <c r="L224" s="6" t="s">
         <v>1197</v>
       </c>
       <c r="M224" s="5" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
         <v>1199</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>243</v>
+        <v>26</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>350</v>
+        <v>1200</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>758</v>
+        <v>27</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>354</v>
+        <v>1203</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>26</v>
+        <v>251</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>798</v>
+        <v>358</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>27</v>
+        <v>766</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1195</v>
+        <v>362</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>243</v>
+        <v>26</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>350</v>
+        <v>806</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>758</v>
+        <v>27</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1212</v>
-[...1 lines deleted...]
-      <c r="I227" s="5"/>
+        <v>1214</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>1215</v>
+      </c>
       <c r="J227" s="5" t="s">
-        <v>354</v>
+        <v>1203</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>852</v>
+        <v>251</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1192</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1128</v>
+        <v>362</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>243</v>
+        <v>860</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1223</v>
+        <v>1200</v>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>1226</v>
+        <v>1136</v>
       </c>
       <c r="K229" s="5" t="s">
         <v>1227</v>
       </c>
       <c r="L229" s="6" t="s">
         <v>1228</v>
       </c>
       <c r="M229" s="5" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
         <v>1230</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>526</v>
+        <v>251</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>758</v>
+        <v>1231</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>735</v>
+        <v>534</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1170</v>
-[...4 lines deleted...]
-        </is>
+        <v>534</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1128</v>
+        <v>1241</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1244</v>
+        <v>743</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>798</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1178</v>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1195</v>
+        <v>1136</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>563</v>
+        <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1252</v>
+        <v>806</v>
       </c>
       <c r="E233" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F233" s="5" t="s">
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H233" s="5" t="s">
         <v>1253</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I233" s="5" t="s">
         <v>1254</v>
       </c>
       <c r="J233" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K233" s="5" t="s">
         <v>1255</v>
       </c>
-      <c r="K233" s="5" t="s">
+      <c r="L233" s="6" t="s">
         <v>1256</v>
       </c>
-      <c r="L233" s="6" t="s">
+      <c r="M233" s="5" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="C234" s="5" t="s">
         <v>1259</v>
       </c>
-      <c r="B234" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C234" s="5" t="s">
+      <c r="D234" s="5" t="s">
         <v>1260</v>
       </c>
-      <c r="D234" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E234" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F234" s="5" t="s">
         <v>1261</v>
       </c>
-      <c r="F234" s="5" t="s">
+      <c r="G234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I234" s="5" t="s">
         <v>1262</v>
       </c>
-      <c r="G234" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H234" s="5" t="s">
+      <c r="J234" s="5" t="s">
         <v>1263</v>
       </c>
-      <c r="I234" s="5" t="s">
+      <c r="K234" s="5" t="s">
         <v>1264</v>
       </c>
-      <c r="J234" s="5" t="s">
+      <c r="L234" s="6" t="s">
         <v>1265</v>
       </c>
-      <c r="K234" s="5" t="s">
+      <c r="M234" s="5" t="s">
         <v>1266</v>
-      </c>
-[...4 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>186</v>
+        <v>1268</v>
       </c>
       <c r="D235" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E235" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F235" s="5" t="s">
         <v>1270</v>
       </c>
-      <c r="F235" s="5" t="s">
+      <c r="G235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H235" s="5" t="s">
         <v>1271</v>
       </c>
-      <c r="G235" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H235" s="5" t="s">
+      <c r="I235" s="5" t="s">
         <v>1272</v>
       </c>
-      <c r="I235" s="5" t="s">
+      <c r="J235" s="5" t="s">
         <v>1273</v>
       </c>
-      <c r="J235" s="5" t="s">
+      <c r="K235" s="5" t="s">
         <v>1274</v>
       </c>
-      <c r="K235" s="5" t="s">
+      <c r="L235" s="6" t="s">
         <v>1275</v>
       </c>
-      <c r="L235" s="6" t="s">
+      <c r="M235" s="5" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D236" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="F236" s="5" t="s">
-        <v>1183</v>
+        <v>1279</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D237" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="D237" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E237" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H237" s="5" t="s">
         <v>1287</v>
       </c>
-      <c r="F237" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H237" s="5" t="s">
+      <c r="I237" s="5" t="s">
         <v>1288</v>
       </c>
-      <c r="I237" s="5" t="s">
+      <c r="J237" s="5" t="s">
         <v>1289</v>
       </c>
-      <c r="J237" s="5" t="s">
+      <c r="K237" s="5" t="s">
         <v>1290</v>
       </c>
-      <c r="K237" s="5" t="s">
+      <c r="L237" s="6" t="s">
         <v>1291</v>
       </c>
-      <c r="L237" s="6" t="s">
+      <c r="M237" s="5" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E238" s="5" t="s">
         <v>1295</v>
       </c>
-      <c r="D238" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="5" t="s">
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H238" s="5" t="s">
         <v>1296</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="I238" s="5" t="s">
         <v>1297</v>
       </c>
       <c r="J238" s="5" t="s">
         <v>1298</v>
       </c>
       <c r="K238" s="5" t="s">
         <v>1299</v>
       </c>
       <c r="L238" s="6" t="s">
         <v>1300</v>
       </c>
       <c r="M238" s="5" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
         <v>1302</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="D239" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="D239" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E239" s="5" t="s">
-        <v>1183</v>
+        <v>1303</v>
       </c>
       <c r="F239" s="5" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1306</v>
-[...1 lines deleted...]
-      <c r="K239" s="5" t="s">
         <v>1307</v>
+      </c>
+      <c r="K239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L239" s="6" t="s">
         <v>1308</v>
       </c>
       <c r="M239" s="5" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
         <v>1310</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>171</v>
+        <v>1311</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>186</v>
+        <v>372</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-        <v>1311</v>
+        <v>1312</v>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I240" s="5"/>
+      <c r="H240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1313</v>
+      </c>
       <c r="J240" s="5" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>171</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1287</v>
+        <v>1191</v>
       </c>
       <c r="F241" s="5" t="s">
-        <v>1270</v>
+        <v>1319</v>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1313</v>
+        <v>1322</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D242" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D242" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E242" s="5" t="s">
-        <v>1261</v>
+        <v>1191</v>
       </c>
       <c r="F242" s="5" t="s">
-        <v>1183</v>
+        <v>1327</v>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1324</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="I242" s="5"/>
       <c r="J242" s="5" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>1331</v>
+        <v>171</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>364</v>
+        <v>186</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1332</v>
+        <v>1295</v>
       </c>
       <c r="F243" s="5" t="s">
-        <v>1253</v>
+        <v>1278</v>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1335</v>
+        <v>1329</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>1336</v>
       </c>
       <c r="L243" s="6" t="s">
         <v>1337</v>
       </c>
       <c r="M243" s="5" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
         <v>1339</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F244" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H244" s="5" t="s">
         <v>1340</v>
       </c>
-      <c r="D244" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="5" t="s">
+      <c r="I244" s="5" t="s">
         <v>1341</v>
       </c>
-      <c r="F244" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H244" s="5" t="s">
+      <c r="J244" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="I244" s="5" t="s">
+      <c r="K244" s="5" t="s">
         <v>1343</v>
       </c>
-      <c r="J244" s="5" t="s">
+      <c r="L244" s="6" t="s">
         <v>1344</v>
       </c>
-      <c r="K244" s="5" t="s">
+      <c r="M244" s="5" t="s">
         <v>1345</v>
-      </c>
-[...4 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>26</v>
+        <v>1347</v>
       </c>
       <c r="D245" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H245" s="5" t="s">
         <v>1349</v>
       </c>
-      <c r="E245" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H245" s="5" t="s">
+      <c r="I245" s="5" t="s">
         <v>1350</v>
       </c>
-      <c r="I245" s="5" t="s">
+      <c r="J245" s="5" t="s">
         <v>1351</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
       <c r="K245" s="5" t="s">
         <v>1352</v>
       </c>
       <c r="L245" s="6" t="s">
         <v>1353</v>
       </c>
       <c r="M245" s="5" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
         <v>1355</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H246" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="K246" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="L246" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="M246" s="5" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="5" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H247" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J247" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K247" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="L247" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="M247" s="5" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C248" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="D246" s="5" t="s">
+      <c r="D248" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="E246" s="5" t="s">
-[...26 lines deleted...]
-        <v>1361</v>
+      <c r="E248" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H248" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J248" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="K248" s="5" t="s">
+        <v>1375</v>
+      </c>
+      <c r="L248" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M248" s="5" t="s">
+        <v>1377</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -18928,44 +19155,46 @@
     <hyperlink ref="M222" r:id="rId227"/>
     <hyperlink ref="M223" r:id="rId228"/>
     <hyperlink ref="M224" r:id="rId229"/>
     <hyperlink ref="M225" r:id="rId230"/>
     <hyperlink ref="M226" r:id="rId231"/>
     <hyperlink ref="M227" r:id="rId232"/>
     <hyperlink ref="M228" r:id="rId233"/>
     <hyperlink ref="M229" r:id="rId234"/>
     <hyperlink ref="M230" r:id="rId235"/>
     <hyperlink ref="M231" r:id="rId236"/>
     <hyperlink ref="M232" r:id="rId237"/>
     <hyperlink ref="M233" r:id="rId238"/>
     <hyperlink ref="M234" r:id="rId239"/>
     <hyperlink ref="M235" r:id="rId240"/>
     <hyperlink ref="M236" r:id="rId241"/>
     <hyperlink ref="M237" r:id="rId242"/>
     <hyperlink ref="M238" r:id="rId243"/>
     <hyperlink ref="M239" r:id="rId244"/>
     <hyperlink ref="M240" r:id="rId245"/>
     <hyperlink ref="M241" r:id="rId246"/>
     <hyperlink ref="M242" r:id="rId247"/>
     <hyperlink ref="M243" r:id="rId248"/>
     <hyperlink ref="M244" r:id="rId249"/>
     <hyperlink ref="M245" r:id="rId250"/>
     <hyperlink ref="M246" r:id="rId251"/>
+    <hyperlink ref="M247" r:id="rId252"/>
+    <hyperlink ref="M248" r:id="rId253"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>