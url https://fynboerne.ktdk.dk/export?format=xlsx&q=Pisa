--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -44,747 +44,271 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1898-11-02</t>
+    <t>1912-06-04</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
-[...176 lines deleted...]
-Kære Ugle! Mange Tak fra os begge for Bade[ulæseligt] som til god Redelighed laa i Pisa, vi har stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi boet her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser Du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skr og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin.</t>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Giovanni Pisano
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
-    <t>Else Jensen
-[...2 lines deleted...]
-  <si>
     <t>Pisa</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra november 1910 til 1913 i Italien. De rejste hjem i 1913, da Anna ventede sit syvende barn.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Der er dejligt i Pisa i regnvejr. Anna Syberg synes, at Johannes V. Jensen skal bryde sit princip om ikke at ville rejse til Italien og komme og besøge dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Sp9j</t>
   </si>
   <si>
     <t>Kære Venner.
 I Dag regner det. Pisa er grå – vidunderlig sølvgrå Jeg har fået at vide at man skal træne sig i at ”rejse – rejse bort fra alle de smukke Steder her på Jorden for at kunne undvære dem.” – Gud ved om man kan rejse og lære andet end ”at Verden overalt er den samme” (J.V.J.) Og det er rigtig rart det samme [”det samme” overstreget] for jeg synes man har det så dejlig der hvor man er – også når man sidder i Toget. Den Smule man kan flytte sig her på Kloden, som selv farer af Sted – hvor mange Mil er der i Minuttet? – spiller jo en underordnet Rolle. Mens jeg var Marinesoldat blev vi vækket af Køjerne med en Anbefaling [”en Anbefaling” overstreget] den Anmodning: ”stå af og gå”. – Vi lå oppe ovenfor Shetlandsøerne – kunde I ikke stå af og gå. Når vi [det følgende skrevet op langs arkets højre side og på hovedet øverst på arket] har spist vore Penge op står vi af og går hjem, men endnu er vi rige. Eders Fritz Syberg
 [Der må mangle en eller flere sider af brevet]
 mel By. Der er vist også andre oldnordiske Herligheden op langs Kysten, der for Joh. V. kunde forsvare, at han brød sit Princip: ikke at betræde dette Land. (Han maa da ogsaa kunne finde en Form, hvormed han kan bryde dette Princip for at vise, han er Herre over det).
 Tænk nu over det!
 Vi længes efter Joh V’s nye Bog og efter et Fotografi af Jer – men vi længes især efter Jer selv lyslevende.
 Mange Hilsener til Jer alle sammen fra 
 Jeres hengivne
 Anna S.</t>
   </si>
   <si>
-    <t>1910-12-01</t>
-[...50 lines deleted...]
-  <si>
     <t>1910-12-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Else Jensen</t>
   </si>
   <si>
     <t>Jacobys Allé 2 København</t>
   </si>
   <si>
     <t>Lorenzo Battoni 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
-    <t>Johannes V. Jensen</t>
-[...167 lines deleted...]
-  <si>
     <t>22. august 1911</t>
+  </si>
+  <si>
+    <t>København</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med sit syvende barn, rejste de i marts 1913 hjem til Danmark. Else og Johannes V. Jensen kom ikke på besøg hos Syberg i Italien.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Fritz Syberg spørger, om Johannes V. Jensen og Else kommer omkring Pisa på deres rejse, for de er velkomne, og der er masser af plads.
 Om to år vil Syberg lave en stor akvareludstilling. Derefter vil han blive hjemme og male og rejse igen. Familien vil være i Italien i seks år.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wZX1</t>
   </si>
   <si>
     <t>[Trykt på kortets billedside:]
 Interno del Duomo.
 Lampada di Galileo.
 [Håndskrevet herunder:]
 Denne Lampe hænger i Domen. Det var den der gav Galileo Impulsen til hans Teorier om Faldhastigheden
 [Håndskrevet på kortets tekstside:]
 Kære Joh. V. og Else.
 1000 Tak for Kortet. Du kan dristig skrive løs, Du gør ikke andre ”tossede” end mig og jeg er det i Forvejen. Der er fine Ting ”hernede, som Du” kalder det, for ”Himmel und Erde” er, Himlen være lovet, allevegne. I rejser altså. I kommer vel ikke på disse Tragter? I så Fald har vi god Plads til Jer. Det er min Skæbne altid at gøre noget ”Folk ikke fatter”. Da jeg boede på Landet kunde man ikke begribe at jeg boede der. Om to År kommer jeg hjem og laver en stor Aquareludstilling så bliver jeg hjemme i et År og maler et stort Billede. Familien bliver her i 6 År. Fremtidsplaner. Eders hengivne F Syberg.
 [Skrevet lodret ved kortets venstre side:]
 Til Lykke med Din nye Bog. Vi slider i Italiens Hede.
 [Skrevet på hovedet over teksten:]
 Vi ligger i Flytning.
 [Skrevet i adressefeltet]
 Forfatteren
 Hr. Joh. V. Jensen
 Jacobys Allé 2
 København
 Danimarca.</t>
   </si>
   <si>
-    <t>Forår 1911</t>
-[...30 lines deleted...]
-  <si>
     <t>1911-01-21</t>
   </si>
   <si>
     <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Jens Rasmussen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg opholder sig med familien i Pisa fra november 1910 - marts 1913. Overretten hjalp med økonomiske forhold på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Jens Birkholm har glemt, hvad han skulle sige til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/THUn</t>
   </si>
   <si>
     <t>[Øverst på hovedet: Har Overen sendt Penge til Pisa?]
 Kære J.L. Pisa
 Jeg kommer [overstreget: desværre for sent] i Tanke om at jeg skulde sige noget til Syberg fra Dig, men da jeg kun bliver her i 4 Dage maa Du skynde Dig at skrive det til mig at jeg kan faa det sagt. Brev træffer mig hos Sybergs. Venlig Hilsen Jens Birkholm
 [På forsiden: Jeg ved ikke hvad det er for Hemmeligheder... - men jeg attesterer at B. træffes her. F. Syberg.]</t>
-  </si>
-[...48 lines deleted...]
-Jeg har fundet et Terræn ude norden for Bymuren over mod Bjærgene, hvor jeg nok tror jeg kan lave 100 Aquareller. Vinmarker Hvede og Artichoker i lange Bede er det væsentlige. Bønderne er Småbesiddere og overordentlig sympatetiske at have med at gøre. Jeg er sikker på to Ting: for det første, at det jeg er i Gang med at male nu, ikke er rørt af nogen anden Maler, det er noget de alle er gået forbi, for det andet, at alt hvad der hedder ”Genrebilleder” skal det jeg laver bliver kemisk rent for, jeg håber at komme hjem med mindst 200 Billeder hvorimellem der ikke findes et eneste italiensk Genrebillede. Næste Gang jeg skriver skal jeg sende Las’s Brev Det ligger i god Behold i en Skuffe sammen med nogle Breve jeg har fået fra Zahrtmann, men Anna havde Nøglen til Skuffen på sig og hun er som sagt på Auktion. De bedste Hilsener fra os alle til Jer alle. Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1911-02-25</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn rejste i efteråret 1910 til Pisa, hvor de blev i over to år. De rejste hjem til Kerteminde, da Anna var gravid med familiens syvende barn.
 S. Russore hedder uforkortet Parco Regionale Migliarino San Rossore Massaciuccoli og er en nationalpark nær Pisa.
 Nella Pineta betyder fyrreskov.</t>
   </si>
   <si>
     <t>Fritz Syberg takker for artikler og breve og håber, at Johannes V. Jensen har fået hans brev.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6Huy</t>
   </si>
   <si>
     <t>[På postkortets billedside er trykt]:
 Pisa - S. Russore - Nella Pineta
 [På billedsiden er håndskrevet]:
 Skoven ved Pisa – Pinjer
 [På kortets tekstside er trykt]:
 8658 Liberia Bemporad – Pisa (Sottoborgo)
 [På kortets tekstside er med en anden skrift end Fritz Sybergs med blyant skrevet]:
 25/2 11?
 [Med Sybergs skrift er i adressefeltet skrevet]:
 Forfatteren Hr. Joh. V. Jensen og Frue
 Jacobys Alle 2
 København
 Danimarca
 [I Tekstfeltet er, på den anden led, med Sybergs skrift skrevet]:
 Kære Venner!
 Tak for Kortet og Breve Artikler ect. Jeg håber at Du, at I, hsar modtaget mit Brev, (jeg har nemlig skrevet) alt vel. Mange Hilsener til Jer alle fra Eders hengivne Ven
 Fritz Syberg.</t>
-  </si>
-[...36 lines deleted...]
-[resten af brevet mangler. Eller afslutningen er indsat nederst på første side, som ikke kan læses pga. dårlig indskanning]</t>
   </si>
   <si>
     <t>1911-05-14</t>
   </si>
   <si>
     <t>Henrik Cavling
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og et par år frem.
 Området nær Fyns Hoved, som Fritz Syberg kalder "Øvet", må være højdedraget Jøvet.
 "8 År til England": Fritz Syberg delte en tid - i hvert fald i tankerne - sit liv op i otteårs perioder. Så vidt vides kom Syberg og Jensen ikke afsted på en tur til Den Engelske Kanal sammen.
 Franz Syberg (Trylle) led livet igennem alvorligt af astma og bronkitis. 
 Det vides ikke, hvad Lammefælledsjovere præcist er. Lammefælleden kaldtes tidligere den del af Nørrefælled i København, som begrænses af Nørre Allé, Tagensvej og Jagtvej (kbhbilleder.dk/kbh-museum lokaliseret juni 2019), så der er formodentlig tale om proletardrenge.</t>
   </si>
   <si>
     <t>Fritz Syberg forstår efter at have læst Johannes V Jensens artikler bedre, hvad han er inde på. Han vil gerne med til Den Engelske Kanal.
 Trylle (Franz) er syg af bronchitis. Fritz Syberg maler på fire store akvareller fra Arnoen. Om formiddagen er der kun fiskere og børn ved floden, men om eftermiddagen kommer der nogle irriterende latinskoleelever og lømler. Da Syberg hverken taler fransk eller italiensk, troede de, at han var døv.
 Den italienske arkitektur er smuk, men i øvrigt har italienerne en billig smag. Zahrtmann er vist uenig i dette.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/doA7</t>
   </si>
   <si>
@@ -930,344 +454,78 @@
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
 Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
 "Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
   </si>
   <si>
     <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
 Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WmBB</t>
   </si>
   <si>
     <t>Pisa 29 Maj 1911
 Via San Lorenzo 16
 Kære Johannes V. og Else!
 Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
 Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
 Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
 En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
 Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
 Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
 Fritz Syberg.</t>
   </si>
   <si>
-    <t>1911-07-10</t>
-[...123 lines deleted...]
-  <si>
     <t>1911-11-29</t>
   </si>
   <si>
     <t>Piazza S. Caterina, Pisa,  Italy</t>
   </si>
   <si>
     <t>Fritz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Lire: Den italienske lire var den officielle møntenhed i Italien frem til 1/1-1999, da den blev udskiftet med euro.
 DFDS (Det Forenede Dampskibs-Selskab) er et dansk selskab, der driver rederi og vognmandsvirksomhed i Nordeuropa. VIrksomheden blev stiftet af C.F. Tietgen 11/12-1866.
 Kilde:
 Wikipidia</t>
   </si>
   <si>
     <t>Anna Syberg skriver et forventningsfuldt brev til Ernst Goldschmidt, der pr. skib er på vej på besøg hos familien Syberg, der bor og arbejder i Pisa efteråret 1910 til foråret 1913.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/weJO</t>
   </si>
   <si>
     <t>Kær E.G.
 Bare jeg vidste hvad Du kalder billigt og pænt. Jeg har set på 2 Værelser her i Nærheden, de er efter mine Begreber billige 1 Lire pr. Dag (for et Værelse) og efter italienske Begreber ogsaa pæne, Sengene her er altid propre. Det ene Værelse er lige over for os, paa et større med Udsigt til Piazza S. Caterina, der er vidunderlig dejlig. Jeg har ogsaa et godt Spisested til Dig, et Zahrtmann plejer at søge, Familien er pragtfuld, Maden er god og ikke dyr. Jeg formoder at Du allerede er undervejs hertil på et af de forenedes Skibe. Har Du boet på det Hotel der er paa dit Kort, saa ligefrem ryster jeg. Her er ogsaa et "Hotel de Londres" som ligger dejligt, men jeg kender ikke priserne. Du skal nok blive anbragt enten til den ene eller anden Pris. Men lad os nu først se Dig, vi stoler ikke paa Dig førend vi har Dig her. Vi glæder os meget til at snakke med Dig igen og vise Dig Billederne og Byen og Omegn. 
 Din hengivne A.S.
 Mange Hilsener fra Fritz.
 Vejret er dejligt. 14 Gr. Varme hver Dag.</t>
-  </si>
-[...139 lines deleted...]
-Fritz Syberg</t>
   </si>
   <si>
     <t>1911-12-21</t>
   </si>
   <si>
     <t>Marie Schou
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Sybergs børn blev kaldt negrene, fordi de var meget solbrændte. Grasso betyder tyk.</t>
   </si>
   <si>
     <t>Julehilsen fra Pisa. Damerne sværmer for Hans.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LUpU</t>
   </si>
   <si>
     <t>[Tilføjelse skrevet på hovedet: Glædelig Jul. Baron.]
 Kære Las’es 
 Mange Hilsener fra os allesammen. Hører vi snart fra Jer for Pokker? Det er kedeligt, at Hans ikke er med paa Fotografierne han er bleven saa bello og grasso og rosso saa Damerne begynder at sværme for ham. Fritz skriver vist ogsaa. Negrene sender Hilsen til Puf og Lysse. Eders Høns</t>
@@ -1384,332 +642,119 @@
 Øster Farimagsgade, København</t>
   </si>
   <si>
     <t>Cocoja -
 Ida  (Bekendt af Clara Syberg)
 Ernst Syberg
 Franz Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Det vides ikke, hvem Ida er. Hun omtales i andre breve fra Pisa i 1912.
 Kommunehospitalet på Øster Farimagsgade i København blev påbegyndt 1859 og nedlagt 1/5 - 1999.
 Slumpe sig: opnå noget ved et tilfælde eller ved et held.</t>
   </si>
   <si>
     <t>Ernst Goldschmidt har ligget syg, og også et par af Annas børn har været syge.
 Anna Syberg ønsker ikke hushjælpen Cocoja ansat mere. Hun er derfor godt tilpas med, at Cocoja fortsat er i København og har påbegyndt et sypeplejekursus.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/XUEf</t>
   </si>
   <si>
     <t>Kære Goldschmidt.
 Fritz'es Brev har ligget tre-fire Dage og ventet paa 2 Ord fra mig ogsaa. Imidlertid er Dit Brev til Ida kommen og har sat Huset paa den anden Ende. Først vilde Sposoen lasciare hende, men nu bliver han vist hos hende alligevel, men Faderen og Moderen har skældt hende Krukken fuld. "maa jeg spørge om Du har gaaet og kysset ham, siden han skriver saadan" siger Faderen. De venter Dig med det første hertil og Sposoen gaar parat med Revolvere både til Dig og Ida. Fra hende skal jeg hilse Dig at Du for Guds Skyld aldrig maa skrive til hende mere.- Er det sandt at Du har været rigtig syg? ? Hvor det ærgrer mig at det saa ikke slumpede her i Pisa saa kunde vi dog have set til Dig, har Du ligget paa Hospitalet?? Lille Rille har været syg igen og Trylle ligger idag og brækker Lever og Lunge og Galde af sig. De har skreven en hel Del Breve til Dig, men da de ikke vidste Din Adresse omsatte de en Dag dine Frimærker i Soldi og soldede dem op. Du skal alligevel nok faa Breve fra dem naar de bliver raske og faar prentet nogle friske. Vi savner Dig ellers svært, Humøret er til Tider sløjt. Derimod savner vi ikke Cocoja, der stadig er i Kjøbenhavn. Hun gifter sig ikke alligevel, han var ikke fin nok. nu gaar hun paa Communehospitalet, i Sygeplejekursus i Haab om at en Læge skal hænge ved. Vi vil ikke have hende mere, det er alt for dejlig at være fri; jeg har skreven det til hende. Kan Du ikke komme og besøge os i _Marinaen _ til Sommer???fra Juli.
 Mange Hilsener Din hengivne Anna Syberg.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Georg Brandes
 Gabriel D'Annunzio
 Dankvart Dreyer
 Else Jensen
 Johannes Jørgensen
 Rudyard Kipling
 Vilhelm Kyhn
 Christen Købke
 Sven Lange
 Fillippo Palizzi
 Hans  Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
 Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
 Fritz Syberg kom aldrig til Grønland.
 Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
 Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
 Syberg har skrevet en artikel om Filippo Palizzi.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/piAk</t>
   </si>
   <si>
     <t>Pisa 
 Via Santa Lucia 1
 Kære Ven
 1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
 Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
 Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
 Hans og jeg tegner græske Sarkofager i campo santo.
 Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
 Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
 Mange Hilsener til Else Børnene og Dig selv fra os alle her.
 Din hengivne
 Fritz Syberg</t>
   </si>
   <si>
-    <t>Sommer eller efterår 1912</t>
-[...141 lines deleted...]
-  <si>
     <t>1912-03-03</t>
   </si>
   <si>
     <t>Sigurd  Swane
 Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg prøver at rede trådene ud omkring en fornærmelse, som Goldschmidt har påført Fritz Syberg. Goldschmidt kender ikke Fritz Syberg tilstrækkeligt, men et brev fra Goldschmidt har nu ryddet skuffelsen hos Fritz Syberg af vejen. Anna Syberg forsikrer Goldschmidt om familiens dybe venskab med ham.
 Sluttelig beder hun Goldschmidt om ikke at omtale Sigurd Swane over for hende i andres påhør. De har hver deres opfattelse af ham, og det ønsker hun ikke andre delagtiggjort i.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/t3T6</t>
   </si>
   <si>
     <t>(Pisa) 3/3 1912
 Kære Ernesto G.
 Skønt jeg tror, Du ikke sætter særlig Pris paa at faa Brev fra mig, uden det ledsages af andre F.S. og Børnene, vil jeg alligevel "trodse" Dig. F.S. er ude at male, men vil skrive snarest, og da skriver jeg ogsaa. Idag bare en Hilsen fra mig i al Fortrolighed. Dette være sagt uden lumske Planer i Retning af at ville "voldtage" Dig. Vi blev meget glade ved dit Brev, det var et smukt Brev, der rørte vore Hjerter. Ikke paa Grund af den gode Stil og klare Hjerne og hvad Du ellers er udrustet med, men fordi der var Varme i det. Jeg tror, Du holder af os, som vi holder af Dig. At Du tog Dig Fritz'es Udtalelser nær den sidste Aften, kan jo egentlig kun glæde os, for hvis Du brød Dig mindre om os, vilde Du have blæst os et Stykke. Fritz har til Gengæld taget sig nær, at Du blev ilde berørt for det Hele varkun en Misforstaaelse fra Din Side, Fritz mente ikke andet end godt dermed. Det skulde tværtimod have smigret Dig, og naar Du ikke forstod det, er det simpelthen fordi Du ikke kender Fritz tilstrækkeligt. Han er egentlig meget indesluttet, lukker sig kun op i enkelte lykkelige Øjeblikke. Det var netop i et saadant Øjeblik, at Du misforstod ham, og det berørte ham lige saa ilde som Dig. Naa, men Dit Brev har slettet al Misstemning ud. Du skriver, at Mennesker plejer at skuffe Dig. Jeg tror, det ligger lidt hos en selv naar man skuffes, jeg tror simpelthen det afhænger af, hvor meget man selv holder af de Mennesker. Jeg ved Du kunde aldrig "skuffe" mig, dertil holder jeg for meget af Dig. Over for Dig er al Kritik borte, og hvad Du end gør, ved jeg, at jeg altid vil føle mig som Din Ven. Jeg vil gerne takke Dig for disse Maaneder her, jeg har haft megen Glæde af at være sammen med Dig, og skønt jeg sætter Fritz over alle kan jeg dog have Lov til at sige Dig, at Du faar andre Kilder til at springe end han, og det har jo ogsaa sin Charme. Dette være sagt med Hansens Ord "Ærer de unge" skrevene med ildskrift i mit Hjerte. Skønt jeg til Tider føler mig ret ung, maa Du dog ikke tro andet end at jeg fuldstændig resignerer til Fordel for Ungdommen. 
 Saa er der noget jeg vil bede Dig om. Vil Du love mig ikke at "drille" mig med Swane i andre Menneskers Paahør eller naar Du skriver hertil. Du maa aldrig citere hint Brev, allermindst til ham selv. Du har helst ikke læst det. Ellers fortryder jeg at have vist Dig det eller talt til Dig om ham. S. er mit ømme Punkt. Hver har jo sit. Du skal bare love mig det "indvendig" endelig ikke nævne det, naar Du skriver. Det kan godt være, Du har Ret i Din Karakteristik af ham, det betyder intet for mig; for mig er han noget andet, som Du ikke forstaar. Naar vi er paa Tomandshaand maa Du inderlig gerne "Drille" mig. 
 Dette er vist et meget løjerligt Brev. Jeg har skrevet ud fra Hengivenhed for dig, og haaber du faar saa meget ud af det. 
 Mange hilsener din Anna Syberg.</t>
-  </si>
-[...71 lines deleted...]
-Jeres Else J.V.</t>
   </si>
   <si>
     <t>1912-04-08</t>
   </si>
   <si>
     <t>Via S. Lorenzo, Pisa, Italien
 Camposanto, Italien
 Orvieto, Italien</t>
   </si>
   <si>
     <t>Rudyard Kipling</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
 Orvieto er en italiensk by i regionen Umbria. Den har en højst usædvanlig beliggenhed på toppen af en høj med stejle kanter rundt om hele byen. Der findes en vej for biler, men gående kan også benytte kabelbane. 
 Sufficant: tilstrækkelig.
 Bandarfolket er aberne i Kiplings Junglebogen. De færdes i store flokke i træerne. De er grå og langhalede og meget nysgerrige. Deres føde er saftige frugter og nødder. 
 Kilde:
 Store, danske encyklopædi.</t>
   </si>
   <si>
     <t>Fritz Syberg skriver et langt brev til Ernst Goldschmidt, hvori han beklager den misforståelse, der er opstået imellem dem. 
 Han har opgivet landskabsmaleriet og maler i stedet på en af de fresker, der tillægges Orvieto.</t>
   </si>
   <si>
@@ -1738,572 +783,1093 @@
 Clara Syberg</t>
   </si>
   <si>
     <t>Pisa, Italien
 Toulouse, Frankrig
 Borgo Largo, Pisa, Italien
 Arno, Pisa, Italien.</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Passegiata: promenade.
 Lung Arno: floden Arno, der løber gennem Pisa.</t>
   </si>
   <si>
     <t>Anna Syberg beder Ernst Goldschmidt sende flere beretninger om skandaler, han har hørt om.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/G0Yx</t>
   </si>
   <si>
     <t>Adr. poste rest. Toulouse Francia
 Kære Ernesto
 Paa Hjemvejen fra en "passegiata" paa Lung Arno er vi dumpede herind paa Posthuset i Borgo Largo for at sende Dig en Hilsen. Bare det ikke er for sent. Hvis Du faar dette Kort saa sæt Dig straks ned paa din E... og fortæl os om alle de Skandaler Du bebudede men som vi ikke fik paa Grund af Pladsmangel. Er Du rask. Du skalkomme til Marinaen - det kunde være saa Grin. Mange Hilsener fra Anna, Besse og Nolle Lad os vide din Adresse i Fremtiden.</t>
   </si>
   <si>
-    <t>Rembrandt
-[...36 lines deleted...]
-  <si>
     <t>1912-05-02</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
 Cinematografo: Filmfotograf.
 Fritz Syberg tegnede og malede kopier af både relieffer og freskoer i begravelseskapellet Campo Santo i Pisa. 
 Kolera er en smitsom mave-tarm sygdom, der inden for få dage kan give en voldsom diarré, hvorved man kan miste op til 24 l i døgnet.
 Kolera skyldes en vandbåren bakterie og forekommer i dag typisk i Indien og Sydamerika og i områder med dårlig sanitering.</t>
   </si>
   <si>
     <t>Brev 1: Anna Syberg efterlyser Ernst Goldschmidts nye adresse.
 Brev 2: Fritz Syberg har nu afsluttet tre værker: Dødens Triumf, Noahs Ark og Adam og Eva.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/oXhZ</t>
   </si>
   <si>
     <t>Kære Golds.
 Glæder os at Du har det bedre. Her er koldt og vi fyrer i Kakkelovnen. Skriv snarest din nye Adresse, saa skal Du faa et rigtig Brev. Idag bare en Hilsen. Vi er alle paa Vej til Cinematografo. Farvel, Ungerne vrinsker af Utaalmodighed. 
 Hilsen Anna
 Idag 2. Maj er jeg færdig med Dødens Triumf. Jeg har tegnet "Noahs Ark" og "Adam og Eva" (denne sidste af Pucci) som jeg tager fat på i Aqarel i Morgen. Jeg har ingen Udstillingsanmeldelser læst, da der inden staar i Ugebladet. Her i Pisa tages flere forholdsregler mod Kolera, men der staar intet om dem i Bladene. Gud ved om den er ved at tage fat igen. Send os hvad Du skriver om Pisa i Politiken. Jeg glæder mig til at læse det. Hilsen fra os alle.
 Fritz Syberg.</t>
-  </si>
-[...84 lines deleted...]
-Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1912-06-14</t>
   </si>
   <si>
     <t>Pisa, Italien
 Marina di Pisa, Pisa, Italien</t>
   </si>
   <si>
     <t>Puccio Capanna
 Johanne Giersing
 Anna Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
 Familien Syberg bor to steder på Via S. Lorenzo i Pisa i årene nov. 1910 til forsommeren 1913.
 Besse: Johanne Giersing
 Campo Santo er begravelseskapellet i Pisa. I dette findes et stort antal sarkofager, relieffer mm. 
 Campo Santo betyder hellig mark eller ager, i Italien et almindeligt navn på kirkegårde, særligt på dem der er omgiver af mure med indvendige buegange.
 Camposanto Monumentale i Pisa er den mest berømte campo santo. Dens buegange stammer fra den sene middelalder og er smykket med berømte fresker blandt andet "Dødens Triumf" og med skulpturer. Anlægget blev svært beskadiget ved et bombardement under 2. verdenskrig. 
 Scirocco: er en vind, der blæser fra Nordafrika mod Sydeuropa og er især kendt i det sydlige Italien. VInden er desuden kendt for at bringe sandskorn fra Sahara til Sydeuropa. 
 "Baedeker" er betegnelsen på en rejseguide - efter den tyske forlægger Karl Baedeker 1801-1859.
 Campanula: latinsk betegnelse for klokkeblomstslægten. 
 Kilde:
 Wikipidia.</t>
   </si>
   <si>
     <t>Fritz Syberg har travlt med at male på flere billeder på Campo Santo i Pisa.
 Derefter tager hele familien på en lang sommerferie - helt undlade at male kan Syberg nok ikke, skriver han.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LRbZ</t>
   </si>
   <si>
     <t>Pisa 14 - Juni 1912.
 Via S. Lorenzo 44
 Kære Goldschmidt
 Nu har vi endelig faaet Sommer. For et Par Dage siden Scirocco og Torden - i Dag Sol. 
 Jeg maler i Camposanto: et Motiv med Besse-Anna et gammelt græsk Relief en "Baedeker" og en Campanula. 
 Farven i Motivet er gulgrå. Campanula'en er violet Hattebåndene er, det ene rødt det andet grønt. Puccio's Freske har jeg afsluttet, ikke definitivt jeg vil se på den til Efteråret, men efter at have arbejdet med den i 1 1/2 Måned hver Dag må jeg stoppe lidt.
 Den første Juli drager vi til Marina di Pisa. Jeg glæder mig til Flyvesandsklitterne, Marehalmen, Enebærtræerne og de vilde Evighedsblomster. Børnene glæder sig til at bade og læse Romaner i tre Måneder - Jeg selvfølgelig også, men rigtig lykkelig er man jo kun når man træller i Arbejdet og det kommer jeg jo nok til. Sådan er man jo*)
 Ha'et godt. Din hengivne
 Fritz Syberg.
 *) Jeg ved ikke om dette er Sandhed eller Løgn eller lidt af begge Dele.</t>
   </si>
   <si>
-    <t>1912-06-15</t>
-[...19 lines deleted...]
-  <si>
     <t>1912-06-17</t>
   </si>
   <si>
     <t>Romanzina -
 Frank Thomas Bullen
 Kunst Petersen
 Anna Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Cresima: konfirmation.</t>
   </si>
   <si>
     <t>Fritz Syberg skriver til Ernst Goldschmidt og takker for den tilsendte artikel.
 Syberg finder, at Goldschmidt er dygtig og besidder et stort talent både som maler og som skribent.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xKzv</t>
   </si>
   <si>
     <t>Pisa 17-6-12.
 Kære Goldschmidt.
 Din Artikel er lige kommet ind af Døren og den kunde ikke komme på nogen bedre Dag. Anna ligger i Sengen, Romanzina er med sine Børn til Messe (cresima) hvis Du ved hvad det er er Du klogere end jeg. Du skriver smukt - Du maler også smukt jeg mindes Farven i nogle af Dine Billeder - og endelig Du spiller - behandler Klaveret så man synes en Musiker sidder forpuppet i Dig og burde frem for Dagen. 
 Det bliver imidlertid nok Maleren og Skribenten der kommer til at handikappe hinanden. Det bliver spændende at se hvem Du lader få overtaget eller om Du virkelig skulde evne at holde de to Magter jævnsides og dog ude fra hinanden hele Livet. Reglen er jo at man for at nå i Højden må være ensidig, men Du er - for at anvende Franck Bullens Ord - måske "netop den Undtagelse der bekræfter Reglen". Du skriver så man har Dig mistænkt for at der i din Skuffe ligger et Bind Digte eller en lyrisk Rejsebeskrivelse, men Du ejer nu det man mest af alt savner i dansk Kritik - Varme (Kunstpetersen som Du ikke kan lide er også positiv). De fleste andre danske Kritikere er der ikke mere Liv i end i viane [visse] Træpinde! Hilsen Syberg.</t>
   </si>
   <si>
-    <t>1912-06-19</t>
-[...140 lines deleted...]
-  <si>
     <t>1912-7</t>
   </si>
   <si>
     <t>Paris, Frankrig.
 Marin di Pisa, Pisa, Italien. 
 Fynshoved, Martofte</t>
   </si>
   <si>
     <t>Johanne Giersing
 Ernst Syberg
 Fritz Syberg
 Hans  Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
 Rille: Ernst Syberg (se denne)
 Besse: Johanne Giersing (se denne)</t>
   </si>
   <si>
     <t>Anna Syberg skriver klagende om sommervarmen, som udmatter hende meget. Men hun glæder sig over, at børnene boltrer sig i vandet. Hun ser meget frem til Goldschmidts besøg hos dem og udbeder sig nærmere oplysninger om ankomsttidspunkt mm. fra Paris, hvor Goldschmidt har opholdt sig. 
 Frits Syberg maler som en engel, skriver hun.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RJDN</t>
   </si>
   <si>
     <t>Kære Ernesto
 Det er virkelig rystende at faa Brev fra Dig fra Paris efter at have ventet en hel Maaned at faa et Livstegn fra København med Adresse o.s.v. - det var rystende som sagt, egentlig behagelig rystende, for i denne Varme har jeg ikke tænkt mig at noget mellem Himmel og Jord skulde kunne fremkalde Spor af Fornemmelser i mig endsige faa mig til at sætte en Pen paa Papiret. Det er altsaa Dig, jeg blev virkelig rørt over at Du har lagt Mærke til at jeg har indstillet min Brevskrivning. Hvis Du nu ikke havde været saa fiks i din Maade at skrive Brev paa, men i Stedet for en Mængde Brevkort uden "Ende" havde sendt os ordentlig afsluttede "Mange Hilsener, Din hengivne o.s.v." eller i italiensk Aand "tusind Omfavnelser og Kys din o.s.v." Dokumenter som det sig hør og bør mellem ordentlige Mennesker, saa havde vi ikke gaaet der og ventet paa "Enden" i 14 Dage men straks svaret Dig. Det ryster mig at det lader til at Du _dog_saa smaat havde tænkt paa at komme her til. Men kan Du da ikke komme endnu, jeg bliver jo kun bedre for hver Dag der gaar. Kan Du sove paa en Sofa? Hans tager Ferie i August og er her altsaa ogsaa. Men hvis Du kommer, saa vær sød og skriv omgaaende, for vi skal paa Lørdag have en Del Habengut herud og kunde da faa en Seng sendt med. Selvfølgelig skulde Du være her som Gæst, Din Idiot. Nu er Varmen lidt i aftagende og saa er her rart. Børnene er kostelige i Vandet og svømmer alle glimrende, selv Rille. Besse bliver mere og mere bella og har en Del Tilbedere. En ung Officersspire er allerede falden paa Valpladsen, i disse Dage er det en ung dejlig marinio der falder i hendes Smag. Kvindfolk er noget Rak, Fritz er en Engel og maler som en saadan. Selv bestiller jeg intet i denne Varme. Kan man andet i Paris end gispe efter Luft. Hvor et frisk Fynshovedpust staar for os som noget vidunderligt. 
 Mange Hilsener Din hengivne Anna.</t>
   </si>
   <si>
     <t>1912-07-14</t>
   </si>
   <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
     <t>Peter Hansen
 Anna Syberg</t>
   </si>
   <si>
     <t>Figur nr. 24 på billedet, som FS mener godt kunne undværes, er selvfølgelig portrættet af ham selv. Når han omtaler, at hans kone er "stukket af", henviser til den tomme stol på billedet og det faktum, at Anna Syberg ikke var repræsenteret på billede.</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
   </si>
   <si>
     <t>Fritz Syberg takker for den reproduktion af Peter Hansens billede, som Mads Rasmussen har fremsendt og knytter forskellige kommentarer til resultatet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/W4Y2</t>
   </si>
   <si>
     <t>Marina di Pisa
 via Robertino Franchardi
 14 Juli 1912
 Kære Hr. Direktør Rasmussen.
 Tak for Brev, Kvittering og Reproduktion af P.H.s Billede. At dømme efter denne er det et smukt Bilede som jeg glæder mig til at se. Arrangementet med Damerne i Forgrunden er nydeligt. Figur No 24 er en af de Få Figurer på billedet som godt kunde undværes den er blevet et slemt Skrædderskilt. Jeg vil håbe det er Malerens Skyld og ikke min. 
 Udenforstående vil finde det højst forståeligt at min Kone er stukket af, for ikke at være i Selskab med den Mand. Her er varmt for Tiden. Stadig Sol, ingen Vind, Havet blikstille og mælkehvidt - "un fiume di latte"
 - en Flod af Mælk - som Italienerne kalder det.
 Vi bader, maler og har det ug.
 Hilsen til Dem og Familie fra Familien Syberg.
 Deres hengivne 
-Fritz Syberg</t>
-[...46 lines deleted...]
-Din hengivne
 Fritz Syberg</t>
   </si>
   <si>
     <t>1912-08-12</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Peter Hansen
 Christine Rasmussen</t>
   </si>
   <si>
     <t>Fritz og Anna Syberg ønsker Mads Rasmussen tillykke med etatsrådtitlen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4qn3</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri
 12-8-12
 Kære Hr. Etatsraad!
 Til Lykke! Vi så det i Dag i Politikens Ugeblad "for Danske i Udlandet" som vi holder [hul i papiret] at kunne være a jour med de vigtigste Begivenheder hjemme. 
 Hjærtelig til Lykke til Dem og Deres Frue.
 Hvor længe mon der skal gå inden Peter Hansen bliver Etatsråd, en af de fynske Malere må virkelig gøre sig fortjent til Tittelen for Fåborg Musæets Skyld. Peter Hansen må gøres til Etatsråd med Tiden. Poul Christiansen har kunde måske bære Tittelen ligeså godt men han når nep[pe, står der formentlig,men der er hul i papiret] mere end blive Ridder af Dannebrog. Hvad mig selv angår, da vil jeg søge at være tilfreds med den Tittel jeg allerede har opnået - endnu mens jeg boede i Svanninge :-"Løgtefører" No1 ved Svanninge faste Brandmandskab"
 Vi har det alle udmærket, trods Storm og Bølger. Vi har havt et lignende Vejr her i den sidste halve Måned som i den store Regn[som]mer 1907 i Danmark. 
 [de] kraftigste Hilsener fra os alle til Dem, Frue og børn
 Deres hengivnge
 Fritz Syberg
 Kære Hr Etatsraad
 og Fru Etatsraadinde!
 Jeg glæder mig til at se Dem i Deres nye Værdigheder, naar vi om 2 Aar igen vender hjem. Jeg er vis paa, at Titlen [klæder] Dem, og De klæder Titlen.
 De varmeste Hilsener
 Deres hengivende 
 Anna Syberg</t>
   </si>
   <si>
+    <t>1912-09-22</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver om sine planer for det næste års tid og påtænker at tage til Danmark i juni 1913 og regner med et ophold i Paris forinden. Fritz og Annas ældste søn Hans har arbejdet som italiensk billedhugger et års tid. og Fritz synes, han klarer sig godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZO93</t>
+  </si>
+  <si>
+    <t>Mar [papiret er afrevet på brevets øverste kant] Pisa
+22-9-12
+Kære Her Etatsraad Mads Rasmussen!
+Tak for Deres Brev Musæumsplanerne er endnu ikke komme og jeg får dem neppe før i Morgen da det er Søndag i Dag og ingen Post omdeles. Jeg glæder mig til at kikke på dem.
+Det er mulig at jeg tager hjem til Danmark til Juni næste År. Mine Pisaarbejder afslutter jeg med [papiret afrevet] Vinters Udgang, omkring 1ste Marts. I Stedet for så at gøre Ophold et Halvt År i Paris korter jeg dette af til et Par Maaneder.
+Jeg kan altid en anden Gang gøre en længere Pariserrejse hvis jeg skulde finde det nødvendigt.
+Desuden længes jeg efter et dansk Landskab. Om 8 Dage rejser jeg til Rom på en Måned. Hans, min ældste Søn, tager med. Han har nu arbejdet [papiret afrevet] År som italiensk Billedhugger og såvidt jeg selv kan se og savidt hans italienske Mester siger, klaret sig ug. Fra November tager han Arbejde i Florenz Jeg tror at Billedhuggerkunsten ligesåvel som Malerkunsten bør læres praktisk. Og Italienerne forstå at behandle Marmor som ingen i Verden. Kai Nielsen forstår at hugge i Marmoren men ellers er det en slem Fejl ved danske Billedhuggere at ingen af dem har Begreb om at hugge deres egne Statuer.
+Mange Hilsener fra os alle her, og ønsker om stadig fremadskridende Bedring.
+Deres hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-12-02</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Malerne Anna og Fritz Syberg og deres seks børn boede i Pisa i 1910-1913</t>
+  </si>
+  <si>
+    <t>Lars Syberg går i 2. klasse i Pisa og taler og skriver italiensk</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fDna</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets fotoside:]
+Pisa – Panorama preso dalla Torre dell’Amanzatore
+[Håndskrevet på tekstsiden]
+Via san Lorenzo 44 2 p Pisa 2/12, 1912
+Kære Puf og Lysse!
+Hvordan har I det? Jeg gaar i Skole og je [”je” overstreget] jeg gaar i anden Klasse og vi kan Italiensk og vi kan skrive Italiensk og vi kan tale Italiensk.
+Sakker
+Puf og Lysse Larsen.
+Kerteminde
+Danimarca</t>
+  </si>
+  <si>
+    <t>1912-12-03</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-03-23</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Familien Syberg er på vej hjem fra Italien. Anna er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GOmv</t>
+  </si>
+  <si>
+    <t>Kære Las. Det har glædet mig at se i Politikens Ugeblad, som vi holder, Din Salgssucces. Gid det må blive ved. Vi ligger nu for Hjemrejse, jeg kan ikke sige at jeg glæder mig til det jeg blev hellere herude et Par År endnu, men Børnene skal jo hjem at lære dansk. De er så Italienske at de snakker i Søvne på italiensk. Jeg glæder mig dog til at se Rugen skyde i Vip. Se på den Kirke jeg her sender, er den ikke smuk. Zarthmann kalder den Verdens dejligste Kirke. Venlig Hilsen Syberg
+[Tilføjet langs siden: Hilsen fra Anna – hun er syg.]</t>
+  </si>
+  <si>
+    <t>1915-11-19</t>
+  </si>
+  <si>
+    <t>Roma
+Pisa Italy</t>
+  </si>
+  <si>
+    <t>Fritz Syberg venter på at få papir fra papirhandleren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Frd</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Papirhandleren har snydt mig det Asen. Da jeg kom hen til ham for at hente Papiret var der intet. Nu har han lovet [indsat: mig ] det om to-tre Dage, men det kan godt være det trækker længere ud, for Italienere siger principmæssig ikke Sandheden. Det skal imidlertid nok komme en af Dagene. Dette Kort er fra Roms Campagne – Hilsen Baron</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
+Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
+Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
+Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
+  </si>
+  <si>
+    <t>Pisa 1 Decbr. 1910
+Kære Joh. V. og Else!
+Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
+Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
+Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
+Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
+Mange Hilsener til Børnene og Jer selv
+Eders hengivne
+Fritz Syberg
+Adr.
+Sig. Batoni Lorenzo
+Via Sancta [”Sancta” overstreget] Lucia 3
+Pisa</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-02-22</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 31</t>
+  </si>
+  <si>
+    <t>Otto Balle
+Carl Bloch
+Paul Cézanne
+Henrik Gamst Jespersen
+Johanne Giersing
+Charles Henrichsen
+Johannes Larsen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Bertel Thorvaldsen
+Vincent van Gogh
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Johannes V. Jensen fik nytårsdag 1911 artiklen Fétischisme i Kunsten trykt i Riget. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56. Grete Zahle: Dagens Lys. Rhodos s. 26 og 116.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for breve og artikler. Johannes V. Jensens artikler om fetich og om Johannes Larsen var gode. Syberg kan ikke lide Carl Blochs billede, og han bryder sig ikke om Henrik Jespersen.
+Familien er ved at flytte til en syvværelses lejlighed, og Anna er på auktion for at købe senge.
+Hans er i marmorhuggerlære, Clara, Lars og Franz går i kommuneskole. Johanne og Ernst blev smidt ud af en katolsk skole, da de ikke kunne slå korsets tegn på den rette måde, men nu er de kommet i en nonneskole, som gerne ville tage protestanter.
+Syberg har fundet et område nord for bymuren, hvor han vil male. Ingen andre har malet disse motiver, og det bliver ikke genremalerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iGwx</t>
+  </si>
+  <si>
+    <t>Pisa 22 Fbr. 1911
+efter den 15 Marts
+Via S. Lorenzo 31
+p.p. 
+Kære Johannes V. og Else!
+Tak for den indholdsrige Brevpakke vi sidst fik fra Jer. Jeg siger nu som før, Din Artikel om Fetischdyrkelsen var ug. At Du tager fejl af Cesanne og van Gogh ved jeg godt, men det kommer ikke det Smør ved. Din Arikel om Las holder jeg måske dog mere af, eller rettere sagt, jeg holder mere af den. Som et Kuriosum kan jeg meddele, at det Billede af Carl Bloch [et bogstav overstreget] Las anbefaler Dig til Nedslagtning, har Zahrtmann i en [”en” indsat over linjen] større Forsamling af Danmarks Malere hævdet, var, - sammen med Thorvaldsen – det højeste, dansk Kunst var nået til. Som sædvanlig er de Lærde uenige: C. B.s Billede kan jeg egentlig heller ikke lide.
+Det er i det hele taget ikke et Arbejde, som er en ordentlig Pen værd, at beskæftige sig med hvad der trænger til at slås ned, synes jeg. Hvor skal man begynde. Vil man give Ris skal det dog helst være den rigtige Ende som får dem. Henrik Jespersen er en Maler hvis Billeder har den Virkning på mig, at jeg kunde tænke mig Malernes Helvede behængt med dem, men der findes i Danmark 100 Malere af H Jespersens Art og de 99 er meget værre end han. Men at skrive Kroniker om Otto P. Balle og Charles Henrichsen of. kan jeg ikke tænke mig nogen gider. Som sagt Din Artikel var god og gid Du vilde skrive nogle flere.
+Vi er ved at flytte – det vil sige vi skal flytte den 15 i næste Måned. Anna er på Auktion i et gammelt ”palazzo” på Lunig’Arno for at købe os nogle Senge og et Bord. Vi får en 7 Værelses Lejlighed, med en dejlig Udsigt over mod Pisa [”mod Pisa” overstreget] nogle gamle Haver, Pisas Bymur og Bjærgene. Dersom Else tænker på at komme herned får vi god Plads, især Plads – da jeg garanterer for at Møblementet ikke skal komme til at fylde meget i Lejligheden.
+Vi har – tror jeg – bidt os fast her på Pladsen. Hans er i Marmorhuggerlære, Sakker Trylle og Nolle går i Kommuneskole, Besse og Negeren har vi lidt vanskelig ved at få anbragt da Besse er for gammel til at de vil tage hende i Kommuneskolen og Negeren for ung. Vi fik dem i en katolsk italiensk Skole, men der gik de kun en Dag, så blev de hældt ud fordi de ikke kunde slå Kors for sig på den rette Måde, og altså måtte være Kættere. Nu har vi fundet en fransk-italiensk Skole, drevet af Nonner der er klædt omtrent således [tegning] – de er tillige glatragede på hele Hovedet. [Overstregning] De vil [overstregning] nok tage imod Protestanter. Jeg er selv meget optaget uden at jeg dog faar lavet så overvældende meget. Men jeg er ved at komme i Gang. 
+Jeg har fundet et Terræn ude norden for Bymuren over mod Bjærgene, hvor jeg nok tror jeg kan lave 100 Aquareller. Vinmarker Hvede og Artichoker i lange Bede er det væsentlige. Bønderne er Småbesiddere og overordentlig sympatetiske at have med at gøre. Jeg er sikker på to Ting: for det første, at det jeg er i Gang med at male nu, ikke er rørt af nogen anden Maler, det er noget de alle er gået forbi, for det andet, at alt hvad der hedder ”Genrebilleder” skal det jeg laver bliver kemisk rent for, jeg håber at komme hjem med mindst 200 Billeder hvorimellem der ikke findes et eneste italiensk Genrebillede. Næste Gang jeg skriver skal jeg sende Las’s Brev Det ligger i god Behold i en Skuffe sammen med nogle Breve jeg har fået fra Zahrtmann, men Anna havde Nøglen til Skuffen på sig og hun er som sagt på Auktion. De bedste Hilsener fra os alle til Jer alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-04-28</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 16</t>
+  </si>
+  <si>
+    <t>Bernt Grønvold
+Hermine Grønvold, f. Hermann
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra efteråret 1910 og små tre år frem i Pisa. De rejste hjem, da Anna var gravid med parrets syvende barn.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har være træt af de højrøstede italienere. Overklassen er udmajet, og underklassen lugter af sved og hvidløg. Men de er smukke som oliventræer.
+Zahrtmann er i Pisa, og han opfører sig helt anderledes end i Danmark. Ikke så fornemt som hjemme. Zahrtmann tåler ikke, at italienerne bliver kritiseret.
+Syberg-familien har haft besøg af norske Bernt Grønvold med frue. De bor i Tyrol, og de var også rystede over italienernes upålidelighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4GAF</t>
+  </si>
+  <si>
+    <t>Pisa 28 April 1911
+Via San. Lorenzo 16
+Kære Johannes V. og Else!
+Nu har jeg i lang Tid villet skrive, men dårlig Humør har afholdt mig
+[resten af siden ulæselig pga. dårlig indscanning fra Det Kongelige Bibliotek]
+Hans til Kirurg, til at ”tagliare” Bylderne som Italienerne kalder det, da jeg ikke kunde overvinde mig til at betro mig til en italiensk Læge.
+Arbejdet har gået om det end har knaget i Maskineriet. Den værste Omgang af Antipati mod Italienerne har jeg overstået, tror jeg. Der var nogle Måneder hvor jeg hadede det forbandede Italienerskrål. Nu begynder jeg at få fat på Egnen her, både Byen og Landet. Der er forresten ikke så dybe Forskælle [”dybe Forskælle” overstreget] dyb Forskæl. mellem Land og By her som hjemme, synes jeg. Tusindårig Kultur præger det hele. Zahrtmann er her. Han er, hvad der forbavser mig, et ganske andet Menneske her end hjemme. En god Portion formel Fornemhed lader han blive på den anden Side Alperne. Her er han udelukkende elskelig. Hans ømme Punkt er at man skal gå hen og sige et eller andet om Italienerne som ikke er i allerhøjeste rosende. Han bliver ikke vred, men helt ulykkelig. 
+Vi har havt Besøg her i Pisa af forskællige Danske. Desuden af en Nordmand Bernt Grønvold som er gift og bosat i Tyrol. Fruen var med. Det var rare Mennesker som på en mærkelig Måde var præget af at de [”at de” indsat over linjen] altid at bo [”at bo” overstreget] bor ganske ensomt i en eller anden tyrolsk Bjergegn. De var rystede over Italienernes Upålidelighed, hvilken vi andre er ret fortrolige med. Jeg tror forresten at Pisanerne er en mindre tiltalende Rase end f.Ex. Florentinerne. De er heller ikke så smukke som Helhed. 
+[Skrevet øverst på den følgende side, på hovedet:]
+Kære Venner, jeg har helt glemt at skrive jeg befinder mig saa vel her, saa jeg rent glemmer Pen og Blæk. Alligevel har jeg ikke glemt Jer, længes tit efter Jer. Mange Hilsner Jeres Anna [indsættelse slut]
+Du skrev i Dit sidste Brev at når vi mødtes igen var vi nok helt andre Mennesker. Det lød på Tonefaldet som om Du helst vilde, at vi ikke forandrede os ret meget, er det så? Jeg ved ikke om Italien kunde ta’ mig, jeg tror det ikke men ved ikke meget om mig selv. Italienerne kommer jeg [i] hvert Fald aldrig til at kunne lide rigtig. De morer mig og jeg beundrer meget ved dem, men jeg tror at de altid vil blive .. eller snarere at de bliver mig mere og mere uappetitlige. Overklassen er malet og udstoppet så man ikke ved hvor man kan sætte en Finger og være sikker på at træffe Personen selv, og Underklassen som jeg absolut lider bedst stinker så forbandet af Hvidløg og en eller anden stram Negerdunst. Desuden er der på nært Hold noget vist udartet ved dem alle, [kommaet overstreget]. De har Kraft nok, men er alle sammen knastørre og ufriske. [En del ord overstreget og ulæselige]
+De er smukke på samme Måde som de Oliventræer 
+[resten af brevet mangler. Eller afslutningen er indsat nederst på første side, som ikke kan læses pga. dårlig indskanning]</t>
+  </si>
+  <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-12-03</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Johanne Giersing
+Emmerik Jensen
+Jens Marinus Jensen
+Villum Jensen
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde sarkofager, freskomalerier mm. Fritz Syberg malede flere motiver der under sit ophold i Pisa.
+Franz Syberg (Trylle) led af astma og bronkitis hele livet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han arbejder i Campo Santo på en kopi af freskoen Dødens Triumf og beskriver denne tavles motiver. 
+Syberg har haft influenza, og Trylle (Franz) er ramt af astma. Der er hundekoldt i husene i Pisa om vinteren.
+Børnene er blevet gode til italiensk og retter på forældrene.
+Fritz Syberg har drømt om Else og Johannes V. Jensen, mens han var syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfJv</t>
+  </si>
+  <si>
+    <t>Pisa 3 Decembr. 1911
+Via San Lorenzo 44.
+Kære Venner
+Tak for Brevet. At høre fra Dig er altid at få en Snaps Danmark i Ekstrakt, det er som den berømte Dråbe i Bibelen /eller hvor det er) der kunde fylde det ganske Hus med sin Duft. Jeg sender her nogle Resultater af Besses Virksomhed som Fotograf Vil I nøjes med dem foreløbig så skal vi se om vi kan få fat på en Fotograf som vil lade være at snyde os al for galt. Vi har havt Septembersol hidtil men i de sidste Tage tager Vinteren fat. Termometeret er sunken fra 12-14-Gr. C. til 7-8.do og Regnen er begyndt. Eftermiddagene er dog gærne lyse og klare. Jeg arbejder for Tiden i ”campo santo” på en Kopi i Aquarel af en Freske. Motivet er meget virkningsfuldt. Det hedder Dødens Triumf og forestiller et fornemt og rigtklædt Jagtselskab der på deres Vej gennem Skoven skal op at ofre i et lille Kapel, men pludselig standser fordi de føler sig stillet Ansigt til Ansigt med Døden. Døden fremstilles hæsligt i tre Kadavere i deres Kister, den ene [”ene” indsat over linjen] en tyk Rigmand med Tungen ud af Halsen er endnu [”er endnu” indsat over linjen] i forholdsvis frisk Tilstand, den anden, Resterne af noget der har været Konge en Gang, er i fuld Opløsning (composto siger Italienerne og det lyder så dejlig agrarisk) den tredje er et tørt Skelet der lægger Hånden på det Sted hvor Hjærtet har siddet og smiler kærlig til et Knippel Slanger der mylrer ud mellem hans Sideben. Hestene fnyser, Kongen (den levende) [”(den levende)” indsat over linjen] holder Hånden for Næsen, Dronningen bliver højtidelig stemt og gedanchenvoll. En Mand der sidder til Hest [”(til Hest)” indsat over linjen] nærmest i Forgrunden bøjer sig nysgærrigt frem over sin Hest[s] Manke, han holder en Falk på Hånden og hele hans Legeme, hans Ansigt – alt hos ham spinder af tilbageholdt Livsglæde. Han minder mig hele Tiden om Amtmanden (eller er det Birkedommer han er) i Blichers Juleferierne – ham der kommer spadserende ind til Frokostbordet om Morgenen med Gedebukken under Armen og præsenterer sig som Hr. Mads.
+Jeg har ligget syg i tre Dage af Influensa og Reumatisme. Trylle har også havt en meget hård Omgang Astma. Men nu går alt godt igen. Sommer og Vinter har vi det alle bedst, Forår og efterår er den værste Tid også her. Vi glæder os meget til at se Jer hernede x), send os det snart. Vinteren er ikke rar hernede. Husene der om Somren er så dejlig kølige er Gletscherhuler om Vinteren, men nu er vi aklimatiseret. Børnene kan alle katolske Bønner. Riller retter sin Moder i italiensk, forresten er det ikke meget der er hængt ved nogen af os. Mange Hilsener til Dig, Else og Børnene fra os alle sammen. Din hengivne Ven Fritz Syberg.
+Jeg drømte, da jeg lå syg, at I var hernede corporlig. Vi boede Sa [”Sa” overstreget] sammen i Marinaen spaserede ad Promenaden under de elektriske Lamper og nød Aftenluften og Pinjeduften – gik i Bad om Formiddagen med hele Børneflokken – spiste til Middag sammen i Haven – spiste os fulde i friske Druer – alt i det dejligste Septembervejr.</t>
+  </si>
+  <si>
+    <t>1911-12-08</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin
+Sigurd  Swane
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anne og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Det vides ikke, hvilken udstilling Fritz Syberg skriver om.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Fritz Syberg malede akvareller efter freskoer og sarkofagrelieffer i bygningen. 
+Det vides ikke, hvilket julehæfte Fritz Syberg er inde på. Muligvis er der tale om en tekst af Johannes V. Jensen med illustration af Fritz Syberg, som da Johs. V. Jensens Moderens Sang i 1926 blev trykt i Juleroser med en tuschtegning af Fritz Syberg. I det følgende brev, 13. december 1911, skriver Fritz Syberg og takker for Rigets Julehæfte, som blev til i et samarbejde mellem Johannes V. Jensen og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Fritz (og Anna?) Syberg vil gerne være med til at udstille. De bliver i Italien i to år, indtil deres kapital er opbrugt, og Hans er udlært billedhugger. Italienske billedhuggere kan få arbejde overalt. 
+Fritz Syberg skriver på en bog om sin mors slægt. Om den skal udgives, ved han ikke.
+Syberg vil bede Johannes V. Jensen sammen med Sigurd Swane om at lave billedudvalg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zH5s</t>
+  </si>
+  <si>
+    <t>Pisa 8 Deb 1911 
+Via San Lorenzo 44
+Kære Ven.
+Selvfølgelig vil det være mig en stor Glæde at være med. Nu skal jeg holde Krigsråd med Anna og vi skal så udarbejde en Liste over Billeder som vi skal sende Dig. Men jeg venter med at foretage mig noget – skrive til Billedejere e.c.tr – indtil jeg har hørt fra Hr. Martin. Vi er næppe i Danmark til [”til” overstreget] i de Måneder Du nævner. Vil Du høre Grundene hvorfor. De er med et Ord Hans. Han er som Du ved i Billedhuggerlære og er først udlært om to År og da det går ham godt i enhver Henseende i Faget vil vi blive her i Pisa og Omegn til han er færdig. Så står Florens – Rom – Paris og Amerika ham åben. Italienske Sten- og Billedhuggere er anset i hele Verden og ingen kan [”kan” overstreget] indlader sig i Konkuranse med dem. Anna og Børnene ønsker ikke at forlade Italien for det første. Selv har jeg nok at gøre Jeg er i Gang med mange Billeder som jeg ikke kan tænke mig at nå Afslutning på i lange Tider. Desuden har jeg – unter uns gesagt – begyndt på et Arbejde som i mange År har stået for mig som noget jeg en Gang måtte se at få fra Hånden og som Fraværet hjemmefra egner sig udmærket for, nemlig at skrive en Bog. Den skal handle om min Slægt. Jeg begynder med min Bedstefar på Mødrene Side og ender ved min Moders Død. Bogen skal hedde ”Jakob Hendriksen og hans Slægt” Om den skal udgives ved jeg ikke, det vil i første Instans afhænge af om den egner sig til det. Arbejdet med den morer mig meget. Jeg skriver en Side eller to hver Dag når jeg kommer hjem fra mit Arbejde i campo santo. Det lader altså til at vi ikke skal ses. For Julehæftets Skyld spiller dette kun en ringe Rolle. Dersom jeg kunde få Dig i Samråd med – Sigurd Swane til at foretage det [”Det” overstreget] den endelige Revision af mit Billedvalg vilde jeg føle mig fuldstændig beroliget Når jeg vælger ham er det fordi han er en [”fordi han er en” overstreget] rent pr. Instinkt, fordi jeg bed [”bed” overstreget] vilde have Fidus til ham i denne Sag. Kedeligere er det at der altså skal gå lang Tid inden jeg skal se Dig og Else. Om to År må jeg imidlertid hjem da er vore Hjælpekilder udtømt og jeg må se at lave en italiensk Udstilling.
+M [”M” overstreget] Anna kalder med Morgenkaffe 1000 Hilsener til Jer alle fra os her
+Din hengivne Ven
+Fritz Syberg.
+Jeg glemte at spørge, om H. til Du og Swane som [ulæseligt]komité, om Du kunde tænke Dig at gøre mig den Tjeneste?</t>
+  </si>
+  <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-12-17</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek.
+Julehæftet er omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen. Det vides ikke, om planen om dette blev realiseret. 
+Fynshovedturen: Else og Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens sidstnævnte boede i et par træskure på Fynshoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han spørger, om billederne til julehæftet skal vise hans livsværk eller et tema som fx Fynshoved - en kombination kan også være en mulighed. Syberg har akvareller, som aldrig har været vist. Hans honorar vil være 150 kr. for livsværksudgaven og 300 for temaprojektet. Illustrationerne må underordnes Jensens tekst, mener Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LgMg</t>
+  </si>
+  <si>
+    <t>Pisa 17 Debr. 1911
+Via San. Lorenzo 44
+Kære Venner!
+Glædelig Jul. Jeg sender her et Par Aftryk af Besses Fotograferen. Jeg synes de er bedre end de første jeg sendte. Har I modtaget dem? Jeg har fået et Julehefte fra Hr. Martin, men endnu intet Brev. Inden jeg når så vidt at jeg skal træde i Forhandling med ham vil jeg gærne bede Dig være mig behjælpelig med Besvarelsen at et Par Spørgsmål: Skal Billederne til Juleheftet være et Resumé af min Malervirksomhed (ligesom Joh. L.s) eller hvor [”eller hvor” overstreget] og skal det Du skriver slutte sig dertil – eller har Du i Sinde at benytte Din Fynshovedtur som Stof til en ”Myte”? – i sidste Tilfælde vilde jeg nemlig foretrække at holde mig til Fynshovedbilleder: Landskaber, Mariner, badende Børn o.s.v. Jeg finder det klædeligst om Billedstoffet underordner sig Teksten – derfor kan det godt være rigt - . Desuden er jeg i så fald i det heldige Tilfælde at eje en Samling Aquareller som ikke har været fremme for Offentligheden, - Du har jo set dem. En Sammensmeltning af begge Former kan jeg også godt tænke mig, blot jeg ved det. Men jeg vil m. H. til Honorar stille mig noget forskællig i de givne Tilfælde I første Tilfælde er Prisen jo sat (150 Kr) i sidste vil jeg forlange 300 Kr. Mit Bidrag vil nemlig da komme ind under Synspunktet Illustration at det allerede er lavet er jo kun et heldigt Tilfælde. Det vil desuden have den Behagelighed at Spørgsmålet Reklame bortfalder. Du er den eneste der kan svare herpå, da det hele afhænger af hvordan Du har tænkt Dig Din Tekst. Selv er jeg tilbøjelig til at tro at om Du skrev en ”Myte” som jeg illustrerede med Fynshovedbilleder vilde det give den morsomste Bog. Men lad mig høre hvad Du mener. Mange Hilsener fra os alle til Else og Børnene, og Tak for den Oprigtighed hvormed Du lægger Kortene på Bordet
+Din hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-01-14</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Acqua purgativa betyder rensende vand.
+"Skibet" er en del af Johannes V. Jensens romanrække "Den Lange Rejse". "Skibet" udkom i 1912.
+Fynshoved-myten: Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens de opholdt sig på Fyns Hoved, hvor de boede primitivt i et par træhytter. Syberg og Johannes V. Jensen har i tidligere breve diskuteret, om det er fortællingen om denne tur, som Johannes V. skal bruge til et julehæfte med Sybergs illustrationer. 
+Bionda: Blonde. Grassa: Fedtet. 
+Det er uklart, hvad Fritz Syberg mener med "secca". Mager er på italiensk magro. 
+Nera: Sort.
+Brutta: Dårlig (ikke grim, som Syberg oversætter det til).</t>
+  </si>
+  <si>
+    <t>Fritz Sybergs fordøjelse har det godt takket være Acqua purgativa.
+Familien har besøg af en del skandinaviske malere.
+Det er ved at blive forår i Pisa. 
+Syberg vil gerne være med til at vælge billeder (til et hæfte med tekst af Johannes V. Jensen).
+Italienerne kan lide at betragte sig selv som blonde og finder dette smukt, men der er meget negerblod i deres race.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x9Mp</t>
+  </si>
+  <si>
+    <t>Pisa 14-1-12
+Via san lorenzo 44.
+Kære Venner!
+Jeg har længe tiltænkt Jer et Brev med Nytårshilsen. Glædeligt Nytår! I Dag er Humøret ug. uden særlige Grunde men, hvad der er bedre, af den reelle Grund at Arbejdet går godt, - Fordøjelsen og Stolegangen er mønsterværdig, den sidste takket være ”aqua purgativa”. Hvis det kan fås i Danmark vil jeg anbefale Dig det, jeg har en Erindring om at Du, ligesom jeg selv, har en noget for stærk Mave. Det er et østrigsk Fabrikat det hedder Saxlehner Bitterquelle. Vi har turet Jul efter dansk Skik og havt det dejlig. Her har været Besøg af en Del norske og svenske Malere, som vi havde til Aften Goldschmidt bor i vort Nabolag. Jeg kan godt lide ham, han er en reel Fyr trods sit springende Væsen.
+16-1-12
+Vi savner Jer. I Dag regner det. Hvor vilde en Whist eller Bridge sammen med Jer gøre godt. Ude bag Pisas Mure er det Forår når Solen skinner. Det er helt hjemlig at færdes mellem Bønderne. De trækker Roer op og beskærer deres Vin og har det fredeligt og godt. Undertiden forbavser det mig at de ikke taler fynsk.
+[Tegning i venstre side af papiret]
+Det vi nu venter på og imødeser med Længsel er Din nye Bog ”Skibet”. Det er rart at Din Fynshoved myte ikke skal ud over Hals og Hoved. Jeg vilde gærne være hjemme når der skal vælges Billeder til den bl.a. for at lave et Par direkte dertil. Send os et Fotografi af Jer alle sammen. Du har jo Apparat.
+Apropos Bønderne og Befolkningen hernede, dersom Du var her tror jeg Du skrev en Bog om Longobarderne. Italienerne har altid opfattet sig selv som en blond Race: De gør det i den Grad i deres Billeder så de gør sig endnu lysere end Germanerne. På de gamle Fresker er Kvinderne så gyldenblonde som norske Jenter. At kalde en Italiener sort – nero – er et Skældsord. En Kvinde [”En Kvinde” overstreget] Alle Italienerinder drømmer om at se ud som Else. Else er ”bionda” og ”grassa” hvad der er ensbetydende med ”bella” og ”bellissima”. Mager og sort (”secca” og ”nera”) er ”brutta” (grimt). Imidlertid er der så meget Negerblod i Racen hernede så helt gl [”gl” overstreget] guldlokkede er de nu ikke. Vi længes, som sagt, efter Jer, men vi længes ikke hjem. Goldschmidt bringer lidt af den hjemlige Duft med som altid hænger ved en Kollega og den gø [”gø” overstreget] virker således på mig så jeg siger: Hvor det er rart at være borte! Stik i et Svip herned!! Eders hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Villum Jensen
+Peter Paul Rubens
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
+    <t>1912-03-13</t>
+  </si>
+  <si>
+    <t>Emmerik Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
+Gevn og Germund er den kvindelige og mandlige person i den kærlighedshistorie, som udspiller sig i Johannes V. Jensens bog Skibet. Skibet er bind 2 i romanserien Den Lange Rejse, og den udkom i 1912. 
+Fritz Syberg kom ikke til at udstille i Brighton. 19. maj 1912 skrev han i et brev til Johannes V. Jensen, at det var "Svindleren Willumsen" og "de Stakler der kryber på fire for ham", der var skyld i, at han ikke selv kom med på udstillingen. 
+Syberg-familien tilbragte sommeren 1912 på et hotel i Marina di Pisa. Det lykkedes ikke at få Else og Johannes V. Jensen til at komme dertil. Else og Johannes V. Jensen fik tre drenge, men den yngste, Emmerik, blev først født i 1922.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Eventyret (Johannes V. Jensens bog Skibet). 
+Han er nødt til at have en paraply over sig, når han maler. Syberg vil ikke længere udstille på Den Frie. Han vil udstille i 1914, male et år derefter og så holde op med at male for i stedet at skrive sin bog færdig og fiske. 
+Hvis Else og Johannes V. Jensen vil komme til Marina di Pisa, vil de hvidhårede børn udgøre majoriteten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tV0K</t>
+  </si>
+  <si>
+    <t>Pisa-13-3-12.
+Via San Lorenzo 44
+Kære Gevn og Germund!
+Tak for Eventyret om Johannes V og Else. Du bliver den sidste Digter jeg oplever. – ”Tror jag säckert” – vil jeg tilføje med Svensken, ikke så meget [”så meget” overstreget] fordi jeg nærer Tvivl herom, men af en overtroisk Følelse. Et lille Bank under Bordet.
+Nu står Aprikos og Fersken i Blomst jeg kan ikke længer tåle at sidde i Solen og male uden under Paraply. Foråret begynder så nu st [”st” overstreget] snart at melde sig hjemme. Om en Ugestid åbner den Frie. Jeg kommer der ikke i År, måske slet ikke mere. Jorden har længe brændt under mig der, og i År har jeg i Anledning af Brighton-Udstillingen mærket at Tiden til at træde ud er kommen. Min Plan er i øvrigt lagt, en Udstilling i Foråret 1914 – derpå 4 Års Arbejde og en sidste Udstilling 1918 og så vil jeg ikke male mer. Så skal jeg skrive min Bog færdig og sejle. Jeg håber at dø som Fisker.
+Kunde vi blot få Jer at se i Marina di Pisa til Sommer. Med Jeres to Drenge vilde det [”det” overstreget] de lyshårede næsten blive i Majoritet blandt [et overstreget, ulæseligt ord] badende Børn på Pladsen der. Men det vilde jo så kun være Tradition at Dansken erobrer Kysten på ny.
+Hilsen fra os alle
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Rembrandt
+Pieter Breugel
+Edgar de Gas
+Jean Gauguin
+Else Jensen
+Jens Jensen
+Villum Jensen
+Édouard Manet
+Claude  Monet
+Camille Pissarro
+Pierre-Auguste Renoir
+Peter Paul Rubens
+Alfred Sisley
+Anna Syberg
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
+Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
+K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
+Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
+Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zpYD</t>
+  </si>
+  <si>
+    <t>Pisa 24-4-12
+Via San Lorenzo 44
+Kære Ven!
+Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
+[Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
+  </si>
+  <si>
+    <t>1912-05-14</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Johannes Kragh
+Peter Magnussen
+- Rafael
+Georg Seligmann
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Jens Ferdinand Willumsen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Corriere toscana: Den toscanske kurér. 
+Udstillingen i Brighton er formodenlig Modern Danish Artists, som netop blev afholdt i 1912. Willumsen deltog i denne. Fritz Syberg skrev 13. marts 1912 til Johannes V. Jensen, at han regnede med at deltage i denne udstilling.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har fået brev fra en ungdomsven. Han og Anna har ikke råd til at rejse med alle børnene. Syberg og Jensen må ses i forbindelse med det planlagte tidsskrift. Syberg er blevet interviewet til to aviser. En russisk læge og hendes søn har været på besøg og se på Fritz Sybergs billeder, og hun var meget fortørnet over farverne, men en italiensk maler, som også var til stede, var begejstret og fortalte, at Syberg havde styr på farvelæren. Syberg-familien blev siden inviteret til the hos den russiske kvinde, som spurgte, hvordan Anna havde tid til at opdrage sine børn, når hun også skulle male. Anna svarede, at de måtte opdrage sig selv. Russerens egne børn var meget underkuede og turde ikke sige noget. 
+Syberg-familien har også lært en italiensk familie at kende. De har en mængde dyr i deres have.
+Fritz Syberg har ikke sendt ind til Den Frie Udstilling. Willumsen m.fl. har undladt at invitere ham til udstillingen i Brighton. Til gengæld vil Winkel &amp;amp; Magnussen købte alt, hvad han har malet i Italien, men Fritz Syberg vil hellere udstille i kunstforeninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kXix</t>
+  </si>
+  <si>
+    <t>Pisa – 14 – Maj 1912. Via San Lorenzo 44
+Kære Johannes V. – kære Else.
+Hvor Jeres Breve kom heldigt. Jeg lå anden Dagen i Sengen af Influenza og ønskede mig at der nu vilde komme Brev hjemme fra – og så ringede Posten. Sammen med Eders Breve kom et andet rart Brev fra en Ungdomskammerat – tænk man har _Ung_domskammerater – som jeg havde mistet Forbindelsen med i mange År. Jeg kan høre Klangen af Din Stemme Else igennem Dit Brev og den er lige så tiltalende at lytte til som Bølgernes Klukken, men – jeg kan altså høre den på lang Afstand og må blive. Det bliver for dyrt at rejse med alle Ungerne og tage fra dem tør vi ikke. Koleraen var ikke ufarlig hernede i Fjor og måske bryder den løs iår igen. Johannes V. kan ikke mere ”se os”. Men jeg er i visse Henseender Fatalist. ”De Himlen har bestemt for hinanden osv.”. Og jeg tror ikke vi n [”n” overstreget] er færdig med hinanden endnu. Nu har vi jo det nye Tidsskrift hvad det nu skal hedde. Tanken om det er gammel hos mig og jeg talte med Anna derom for over to År siden, og nu er jeg først nået [”nået” indsat over linjen] til at betro mig til Dig. Det udvikler sig altså langsomt lige som de intelligente Dyreraser og det er jo gode Tegn.
+I skal have en Fremstilling af den Fase vor Tilværelse befinder sig i nu [”nu” overstreget] i Øjeblikket, for den er undergivet Omskiftelighedens Lov.
+Jeg er blevet interviewet til to italienske Aviser ”corriere toscana” og ”la [ulæseligt ord].” Efterhånden har den Nyhed bredt sig at der bor en skandinavisk Maler i Pisa. Det var en Dame der besørgede Interviewet – og min Kone der lavede det – Gudskelov man har en Kone – Damen der kom var en gammel gemytlig Svend Tysker, havde været bosat i Pisa i 20 År, var Journalist, Forfatterinde, Lærerinde i Engelsk, Tysk og Fransk, og trods sin Alder nok en [”nok en” overstreget] i Besiddelse af en god Appetit på Tilværelsen. Gjorde hver Sommer Rejser til England og Frankrig. Så var vi til ”The” hos hende. Der stiftede vi Bekendtskab med en Frue, - Russerinde, gift med Professoren ved Tuberkulosehospitalet her i Pisa. Hun havde en Søn der vilde være Maler og bad om hun måtte besøge os (De vilde altså se mine Billeder, det bliver mere og mere en Skik at Folk vil det, og det er en meget blandet Fornøjelse) Professorfruen var ikke så morsom. Hun er selv Læge men det mærker man ikke. Derimod går hun d [”d” overstreget] i den Grad op i Bekymring for sine Børns Opdragelse, så hun har det ligeså pinefuldt som ham [”ham” overstreget] Manden der aldrig turde spise sig mæt af Frygt for at han så skulde dø af Sult næste Dag. Fremvisningen af mine Billeder var en god Forestilling. Hun var meget konsterneret over de Kulører jeg malede med det var ikke de Rafael brugte sagde hun, og hun [”hun” indsat over linjen] gjorde mig mange Spørgsmål som det var mig umulig at besvare, men heldigvis var der en Maler tilstede en italiensk Professor som vidste Besked Han var meget begejstret for Billederne og blev efterhånden Fyr og Flamme – spurgte Fruen om hvorfor en Grøft i et Landskab var blå, så vidste han Besked, gestikulerede og forklarede hende hvilken Visdom der var i at netop den Farve var blå, jeg blev efterhånden helt sikker i Sadlen ved at høre hvor sikker jeg var i Farvelære Hendes stakkels Søn bliver nu proppet med al den Pølsesnak og det går ham som alle overkultiverede Mennesker at de for lutter Spekulation over Tin [”Tin” overstreget] hvordan Tilværelsen tager sig ud, mister Evnen til at elske den, og så har hun stakkels Klukhøne gjort hvad der står menneskelig Magt for at hjælpe ham fremad. Vi var bedt derhen til The i går, men heldigvis var jeg syg. Bel [”Bel” overstreget] Besse, Nolle og Anna var der saa. [”saa” overstreget] Professorinden bekymrede, [komma overstreget] over, hvordan Anna kunde få Tid til at male og så opdrage sine Børn. Anna sagde at de måtte opdrage sig selv. Ja men der [”der” overstreget] de skal jo lære – Græsk – Matematik – Pas. Hun har to Døtre begge to var de tavse som Graven Nolle og Besse taler Sproget meget godt nu og forsøgte at tø dem op men nej de var tyngede af Livets Alvor. Og med alt dette er Russerinden en velvoksen Dame med et ganske anseeligt Korpus, og ikke en Splejs som Anna. Vi kender en italiensk Signora – manden er Officer – men det er kom [”er kom” overstreget] Bekendtskab er kommet på en hel anden Måde. Hun havde set os på Gaden når vi fulgte Børnene til Skole, og indledte Bekendtskabet med at sende Anna Blomster. Vi har været der nogle Gange og de hos os. De ejed [”ejed” overstreger] ejer en hel ”zoologisk Have” bestående af store snehvide Kæmpeduer, hvide Kalkuner, og de mest henrivende snehvide Kaniner – ca 50. Af Kalkunerne gik en med 30 Kyllinger (Høns) en anden lå på 30 Hønseæg og en stor kalkunsk [”kalkunsk” indsat over linjen] Hane gik ude i Haven, der bestod af Appelsiner og Laurbærtrær. Hun var smuk – Signoraen – så ung ud skøndt hun havde seks Sønner hvoraf den ældste lige var blevet Løjtnant. Til Slut; jeg fører en lille stille Krig med ”den Fri”. Jeg sendte intet ind til Udstillingen og agter heller ikke at sende ind til næste År. Svindleren Willumsen tilligemed de Stakler der kryber på fire efter ham, Find – Kragh Seligman og hvad de hedder ordnede Brighton Udst. og undlod at indbyde mig (Jeg blev derimod indbudt af Foreningen ”Grafisk Kunst” – jeg har en Gang lavet to Træsnit!!). Det passer mig ikke at lade mig dette byde, da jeg hverken trænger til den Fri eller til at komme til Brigthon. Jeg har fået Tilbud fra Winkel og Magnussen at de vil købe ”en bloc alt hvad jeg har lavet hernede” ovenikøbet tilføjer de ”til en god Pris”. Men jeg vil ikke i Hænderne på Kunsthandlere og har foreløbig bedt dem vente til Efteråret. Helst vil jeg ordne mine Affærer således at jeg i Februar 1914 laver en Udstilling i Kunstforeninger over de sidste 4 Års Arbejde. Men det afhænger jo af [”af” overstreget] noget af hvad den Fri gør for at hverve mig igen, [overstregede, ulæselige ord] jeg har svært ved at sige nej når nogen beder mig - - ja det er sandt nu har jeg lige sagt nej til Else – nu 1000 Hilsener fra os alle her til Jer alle 4. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-19</t>
+  </si>
+  <si>
+    <t>Pierre-Auguste Renoir
+Anna Syberg
+Frederik Vermehren</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg samt deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fiaschi= kolber.
+Campo Santo er begravelseskapellet ved det Skæve Tårn i Pisa. Fritz Syberg malede flere akvareller i form af kopier af freskoer og relieffer på dette sted. 
+Nordskovvej findes nær Fyns Hoved på Nordøstfyn. Syberg-familien opholdt sig flere år i træk somrene over på Fyns Hoved, inden de tog til Italien.</t>
+  </si>
+  <si>
+    <t>Anna har haft et maveonde. En skypumpe har taget øverste etage af et hus, men der har ikke været oversvømmelse.
+Fritz Syberg fandt endelig forleden løsningen på et billede, som han havde arbejdet på i 14 dage. Al kunst er noget humbug. Naturen overgår langt kunsten. Men man maler for sin egen fornøjelses skyld.
+Anna og Fritz Syberg har tømt hvad der svarer til 1800 flasker landvin i den tid, de har været i Italien. 
+Lyset over domkirken, tårnet og landskabet har været fantastisk. Et lyn slog forleden ned i lynaflederne i byen, og det gav nogle kæmpe brag. Syberg kom til at tænke på en skypumpe, som han så ved Nordskov i 1907.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M371</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+19-Juni 1912
+Kære Joh. V. og Else.
+Vi har det ug. Anna er Rekonvalesent efter en Mavehistorie hvor hun har måttet holde Sengen og holdt Diæt. I Dag har hun kunnet spise Jordbær, så alt er vel. Skypumpen skal ganske rigtig have været her og taget øverste Etage af et Hus med sig, men Oversvømmelse har her intet været af, tvertimod har Arnoen været ualmindelig vandfattig i denne Vinter. Tak for Eders Brev som jeg vilde have besvaret igår straks jeg modtog det, men jeg følte mig som en ussel Synder fordi et Billede jeg havde arbejdet på en 14 Dages Tid pludselig klikkede for mig Efter at jeg havde tilbragt en temmelig søvnløs Nat og øvet mig i den Kunst der skal være den sværeste af alle, ”at herske over sig selv” tog jeg fat i Dag igen, og jeg tror Vorherre har taget mig under Armen igen, - Vorherre eller Jomfru Maria.
+At begynde som Vermehren og ende som Renoir er en meget naturlig Udvikling for en Maler fra disse Årtier (det omvendte vilde være mindre tiltalende) Forresten er al Kunst jo noget forbandet Humbug. Vermehren er jo en Zinke mod de gamle Flamlændere og hvad er de igen mod Naturen selv. Jeg har et eller andet Sted set hvordan en fintsleben Manchester Synål tager sig ud ved Siden af en Hvepsetråd begge [”begge” indsat over linjen] under Forstørrelsesglas. Dersom det ikke var for sin egen Fornøjelse man malede, så måtte det dog være en forbandet Tilværelse at være Maler.
+Tak for ”Skålen”. Vi skal nok gøre Gengæld Vi vil drikke Eders Skål i almindelig Italiensk Landvin, for det er og bliver den bedste af al Vin her på Pladsen. Hvor uundværlig den er os kan I vide når jeg fortæller Jer at vi til Dato har tømt noget over 600 Fiaschi – en Fiasco indeholder ca 2 ¼ Liter – med et rundt Tal 1800 Flasker, siden vi kom herned. 
+Vi har ikke meget at prale af her hvad ”Sommer” angår. I Dag mærker jeg første Gang iår Varmen som italiensk. Det skæve Tårn og Domen lyser og tindrer så man kniber sine Øjenlåg sammen fuldstændig blændet af Lyset, og skønt Luften er et Lyshav er Landskabet dog endnu mere lysende, men det er ikke mere end to Dage siden at [”at” overstreget] vi havde Storm og Torden, en øredøvende Kanonade Det slog vist ned i alle Lynafledere i Pisa. Jeg stod i campo santo, det var som mine Trommehinder skulde sprænges. Jeg mindedes den regnfulde Sommer hjemme 1907, da så vi en Skypumpe tage en halv Herregårdsmark, let Jord førte den ud og bedækkede Nordsskovvejen på flere hundrede Alens Længde, så Bønderne måtte ud at øse – ikke Sne – men Sand. De hjerteligste Hilsener fra os Alle – Vi tænker lidt på Jer vi gør det vist hver Dag. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-23</t>
+  </si>
+  <si>
+    <t>Domenica Cerroni
+Poul S. Christiansen
+Michelangelo Simoni
+Hjalmar Sørensen
+Anders Trulson</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
+Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
+I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
+Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
+Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
+En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
+Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHvr</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+23 – Juni – 1912
+Kære Ven.
+Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
+Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-11-25</t>
+  </si>
+  <si>
+    <t>Via San Lucia 1 Pisa</t>
+  </si>
+  <si>
+    <t>Nils Andersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Historien om et træf på Hotel de la Ville er ikke omtalt i tidligere breve fra Fritz Syberg til Johannes V. Jensen. Fra november 1912 til april 1913 rejste Johs. V. Jensen til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm (johannesvjensen.dk/tidslinje lokaliseret august 2019). 
+Etatsråd Andersen kan være H.N. Andersen.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil ikke komme til Hotel de la Ville, da han frygter at komme i selskab med fine herrer og ikke har pænt tøj. Hans gamle sæt tøj kan ikke gøres i stand, og han kan ikke nå at skaffe nyt. 
+Syberg håber, at Jensen fra sin rejse vil sende adresser, så han kan sende breve til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4h0e</t>
+  </si>
+  <si>
+    <t>Pisa 25-11-12
+Via S. Lucia 1.
+Kære Ven!
+For en Sikkerheds Skyld sender jeg Dig dette. Det er nemlig usikkert at [”at” overstreget] jeg kommer. Ved at se Baedekeren efter opdager jeg at Hotel de la Ville er et meget fint Hotel hvor Du måske tager mig ind sammen med nogle af Samfundets Størrelser x) hjemme fra og Sagen er den at når jeg ikke tur [”tur” overstreget] tør møde enten i Si[ulæseligt] eller hvidt Sommertøj så vil jeg i Øjeblikket blive nød til at optræde som Lazaron. Selvom jeg turde vove mig frem for Dine og de andre ukendte Herrers Øjne i min Lurvethed, så har jeg en sand Skræk for [”for” indsat over linjen] Kelnere på et fint Hotel, når jeg ikke føler mig stivet af ved en efter mine Kår afpasset Påklædning.
+Jeg har konfereret med Anna [et overstreget tegn] om et af mine gamle Sæt kan presses op med nye Læg evt. men det går ikke, Vintertøjet er uigenkaldelig færdig, efter at jeg har slidt på det i tre År. Et nyt Sæt [”Sæt” indsaat over linjen] kan jeg ikke nå at skaffe mig til på Fredag. Det var også svært som det Kort kom bag på mig. Jeg havde efter Dine Breve ikke ventet Du drog af før i Januar. Nå Lykke på Rejsen og send os en Hilsen en Gang imellem. Dersom Du vil opgive Havne og Steder hvor Du kommer hen og eventuelle Adresser skal jeg sende Dig Bulletin’er om vort Leben her.
+For Tiden har vi det, det bedste vi endnu har havt.
+Din hengivne
+Fritz Syberg. 
+[Indsat nederst side 1:] x) Etatsråd Andersen?</t>
+  </si>
+  <si>
+    <t>Sommer eller efterår 1912</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Henry Lørup
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig i Italien fra efteråret 1910 og små tre år frem.
+Af brev fra Fritz Syberg til Mads Rasmussen 28. juni 1912 fremgår det, at familien 1. juli - 1. november 1912 boede på Hotel Balestri i Marina di Pisa. 
+Kristian Zahrtmanns bog Lovisa udkom i København 1912. Zahrtmann har i den skrevet: "Et Minde om Oplevelser 1877, næsten fortalt ganske som det er gaaet til. Personerne har jeg mødt, Lionardo og Lovisa ses i medfølgende Billeder."
+Ingrassere: Italiensk for at blive tyk. Scultore: Billedhugger.</t>
+  </si>
+  <si>
+    <t>Der er varmt i Italien. 
+I forlængelse af at man har talt om ismer: Henry Lørup skrev engang til Johannes Larsen: "Find blev i går Symbolist".
+Syberg har lejet et badehus, som han bruger til atelier. Folk bruger badedragt, og Syberg har været nødt til at anskaffe badebukser til sine drenge. Han maler billeder af dem. 
+Syberg-familien har lært en familie at kende, og deres yngste er glad for Sakker (Lars). Anna er blevet kobberfarvet, og Fritz har lyst til at male hende. Besse (Johanne) er blevet tyke, og en officer er glad for hende. Nolle (Clara) ser skiftevis fransk og dansk ud. Hans slider som billedhugger og elsker livet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CkrA</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri.
+Kære Venner!
+Her er varmt. Jeg har ikke sovet i tre Nætter og har måttet indstille Professionen i Dag. Jeg er ved at søge ud i Periferien af mig selv af Trang til at indvinde nyt Terræn. Mine Rejser er ikke så lange de foregår indenfor Familien, men en Rejse på Stedet kan være ligeså vanskelig som en til det indre Afrika eller Sibirien. Det lyder vist blødt. Varmen må bære Skylden. Du siger ”futuristisk” med samme Ugenerthed som en Sømand siger ”spejlgattet” om et Skibsskrog. Jeg har oplevet adskillige Ismer og Sandheder tro der er Tider hvor jeg har taget dem alvorlig. Jeg kender Ingen der tog dem så smukt som Maleren afdøde [”afdøde” indsat over linjen] Henry Lørup. Han skrev følgende Efterskrift i et Brev til Johannes Larsen ”Find blev i går Symbolist.”
+Zahrtmann har mindedes mig igen.
+Jeg modtog for et Par Dage siden Bogen Lovisa, Jeg synes den er smuk. Vi har lejet et Badehus som jeg benytter til Atelier. Det kunde være meget rart dersom Folk ikke gik i Badedragt, men det gør de, oven i Købet i hele Dres. Mine egne tre Drenge har jeg udstyret med Badebukser af det mindst mulige Mål. Men helt nøgne tør man ikke præsentere dem. Jeg maler på tre Billeder af dem.
+I øvrigt har vi det rent umoralsk godt. Vi har gjort Bekendtskab med en Familie med tre pragtfulde Døtre. Den yngste hedder Brunhilde og er blevet udset til Sakkers Kæreste. Hun er meget indtaget i ham og kalder ham Lorenzo magnifico. Men han prygler hende. Børnene taler flinkt Italiensk, selv lærer jeg det aldrig. I denne Varme forfalder jeg til at tale dansk til vores italienske Tjenestepige
+Anna har antaget sin Kobberfarve og jeg får Lyst til at begynde på en ny Serie Portrætter af hende. Besse blomstrer og ”ingrassare’r” bliver fed, - det skønneste en Kvinde kan foretage sig her i Italien. En lille Officersspire kurer til hende for Tiden. Han skal være [ulæseligt]atiker og ind i Hærens Luftflåde og er meget meget skudt. Nolle ser hveranden Dag engelsk og hveranden Dag fransk ud. Hun er den der taler bedst Italiensk. De tre Drenge bader fra Morgen til Aften.
+Gid vi havde Jer her.
+Eders hengivne
+Fritz Syberg
+Jeg har glemt Hans: Han bor alene i Pisa slider som ”scultore” og synes at Livet er en mageløs Ting.</t>
+  </si>
+  <si>
     <t>1912-09-10</t>
   </si>
   <si>
     <t>Marina di Pisa</t>
   </si>
   <si>
     <t>Christian Winther</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. Sommeren 1912 opholdt de sig på hotel i Marina di Pisa.
 Johannes V. Jensens Myter 1908-1912, 4. samling udkom i 1912.</t>
   </si>
   <si>
     <t>Fritz Syberg takker for Myterne. Han overvejer at lave akvareller over Ilselil og fresker over den ensomme Fisker. Døden og hans Gudsøn vil han begynde på, når han kommer hjem. Syberg holder meget af Jensens ord om en kvindes barm: "en Vidjekurv med nyslået Kløver".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IHLY</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri 10-9-12
 Kære Ven!
 Tak for Myterne som jeg modtog igår ligesom jeg havde sendt Brev afsted til Dig. Jeg glæder mig til at læse dem igen, de fleste kender jeg jo. Jeg ved ikke hvilken jeg holder mest af, af de to; den om Joh Larsen eller ”Rugen bølger” Jeg har læst [”Jeg har læst” indsat over linjen] Eventyret om Rødspætten og skøndt jeg holder meget af Ilselil (jeg har tænkt på at lave Aquareller over dette Eventyr, endnu be [bogstaverne overstreget] bedre vilde det være at lave Fresker, den ensomme Fisker, Havet der [”der” indsat over linjen] hver Gang han kommer derned har skiftet Udseende, tænk Dig hvor hvert Billede vilde kunde få sin Kulør) (Et andet Eventyr af storartet virkningsfuld Realisme, skøndt det handler både om Vorherre Fanden og Døden er: ”Døden og hans Gudsøn” dette har jeg besluttet at tage fat på såsnart jeg kommer hjem) men som sagt trods al dette så er der i de to af Dine Myter jeg har nævnt, noget der går mig så nær, som overhovedet det skrevne Ord kan. Jeg erindrer da jeg læste ”Frokosten” i Dine Digte og kom til et Sted hvor en Kvindebarm var som: ”en Vidjekurv fyldt med nyslået Kløver” sagde til mig selv, at således burde rettelig Højsangens Ord: ”Din Barm er som to Tvillingkid” oversættes på dansk, at hverken Verden eller Sproget endnu var ældet, at det tvertimod går dermed som med Guldet i Chr Winthers Digt: ”det ligger for din Fod” ”Du bukker dig blot for at få det”.
 Hilsen til Jer alle fra os alle
 Din hengivne
@@ -2330,425 +1896,246 @@
   </si>
   <si>
     <t>H.P. Lunde beder om en anbefaling, da han søger et legat. Syberg har sendt ham en og beder Johannes V. Jensen gøre det samme.
 Lunde bor i Syberg-familiens hus, mens de er i Italien.
 Syberg-familien har været til vinhøst og spist mange druer. I dag skal de på fisketur, og dagen efter til et sted, som de kalder Danmark, da det ligner det hjemlige. Om 14 dage rejser Hans og Fritz til Rom, og de øvrige følger efter. Fra november er familien igen i Pisa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tEey</t>
   </si>
   <si>
     <t>Marina di Pisa
 14-9-12
 Kære Ven!
 Indlagte Brev har jeg fået fra H.P. Lunde. Jeg er sikker på at jeg ingen Indiskretion begår ved at vise Dig det. Som Du ser ønsker han min Anbefaling til et lille Legat. Jeg har selvfølgelig sendt ham den, da han ønsker det [de sidste fire ord indsat over linjen] men synes egentlig, at der er noget anmassende i, at jeg giver mig af med at anbefale en Digter til et Legat. Under alle Omstændigheder vilde det betyde meget mere for H.P. Lunde, hvis Du vilde skrive ham en Anbefaling. Jeg ved ikke om Du kender noget videre til hans Produktion. Jeg kender bedst hans Digte og synes han er så god som Lyriker så han tidt når op på Siden af Jeppe Aakjær. Han er en ensom Mand og har som Forfatter vist nydt meget lidt Solskin. Han bor i vort Hus under vor Fraværelse og vi har vekslet en Del Breve sammen.
 Jeg har intet skrevet til H.P. Lunde om min Henvendelse til Dig.
 Vi har det alle godt, men længes snart efter at høre fra Jer. Jeg begynder at tænke mig at mit sidste Brev til Jer er gået tabt. Vi var til Vinhøst i går hos en Bondefamilie og åd os syge i Druer. Børnene sad langs Grøftekanten, hver med et Kilo Druer i Hånden. I Dag skal vi ned til Arnoen på en Fisketur. Vi lejer et Næt og fanger nogle elendige små Hundestejler (Garnet er så mægtigt så det godt kan rumme en Stime Delfiner) men det smager dog af – Fisk.
 Imorgen skal vi på [”på” overstreget] en Spaseretur til ”Danmark” Et Sted vi har fundet, hvor vi har [”hvor vi har” og to ord mere overstreget] hvor vi tilbringer vore Søndage, En Vej med Piletræer og Asketræer, en stor Eng og en Skovmose, og ingen Italienere.
 Somren her har været kold og urolig
 Om 14 Dage rejser Hans og jeg til Rom. Midt i Oktober kommer Anna og Pigebørnene der ned.
 Efter Bestemmelsen tager vi igen Ophold i Pisa til Vinter fra Nvbr. af. 
 Mange Hilsner fra os alle sammen til Dig Else og Børnene
 Din hengivne
 Fritz Syberg.</t>
   </si>
   <si>
-    <t>1912-09-22</t>
-[...24 lines deleted...]
-  <si>
     <t>1912-09-24</t>
   </si>
   <si>
     <t>Rembrandt
 Jens Jensen
 Villum Jensen
 Hans P. Lunde
 Franz Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
 Johannes V. Jensen rejste fra november 1912 til april 1913 til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm. (johannesvjensen.dk/tidslinje lokaliseret aug. 2019).
 Fritz og Hans Sybergs rejse til Rom samt familien rejse til Paris er også omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen.
 H.P. Lundes bøn om en anbefaling skrev Fritz Syberg også til Johs. V. Jensen om 14. september 1912. 
 Johannes V. Jensens Myter 1908-1912, 4. samling udkom i 1912, og det er omtalt i et tidligere brev, at Jensen har sendt Syberg bogen. 
 Else og Johannes V. Jensen lejede i 1912 et hus i Tibirke. Siden byggede de et hus i Tibirke Bakker.
 Franz/Trylle Syberg led hele livet af astma og bronkitis.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
   </si>
   <si>
     <t>Brev 1: Fritz Syberg foreslår, at Jensen-familien rejser til Firenze, hvor Anna og han kan tage imod Else og børnene og følges med dem til Pisa. Derefter kan de tage sammen til Marina di Pisa og Paris.
 Syberg beder Jensen gemme brevet fra H.P. Lunde. Han drømmer om i alderdommen at lave en afbrænding af sine breve.
 Syberg finder det ærgerligt, at Jensen har slettet afsnittet om Rembrandt i Johannes Larsen-myten.
 Trylle/Franz vokser og trives, så han kommer nok over sin sygdom.
 Brev 2: Anna Syberg skriver, at Jensens børn ikke kan komme noget til i Marina di Pisa. Der er mere farligt i Tibirke, hvor de fx kan omkomme i en sandstorm. Hun synes således, at Else og børnene skal komme til Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/10ov</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri 24-9-12
 Kære Else og Johannes V.
 Hans og jeg står på Nippet til at rejse til Rom. Anna og Pigebørnene kommer derned senere. I Oktober er vor Adr. poste restante Roma. Dine Lokketoner, kære Else er meget fristende. Men tror Du ikke Jert Hus vilde have godt af - - . nej jeg mener, at I vilde have godt af, at jert Hus stod og tørrede i Sommertiden? Dersom Du og Børnene tog med J.V. til Italiens Grænse når han drager ud og han der satte Jer i Ekspressen til Florens, så vilde [”vilde” indsat over linjen] Anna og jeg tage imod Jer der og i Triumf føre Jer til Pisa. Der bliver vi til henimod Juni. Derpå tager vi til Marinaen og bader og dersom Du så ikke har Lyst at rejse med os til Paris (via Liorno og Marseille), så kan Du [overstregede bogstaver] tage hjem og være i Jert Hus og modtage den hjemvendende ”Globetrotter”!! ikke? 
 Jeg forstod ikke på Dit Efterskrift i Elses Brev om Du havde taget Standpunkt til Spørgsmålet om en Anbefaling til H. P Lunde? Jeg vil bede Dig gemme hans Brev til mig. Jeg samler nemlig på en Del af de Breve jeg modtager uden nogen bestemt Hensigt – der foresvæver mig noget ubestemt om en Gang om mange År at finde mig selv siddende foran Kakkelovnen i Ensomhed foranstaltende en sidste Autodafé. Jeg ser at Du i Din ”Myte” om Johs. L. har slettet Stedet om Rhembrandt. Jeg har måttet høre adskilligt for dette Sted, så jeg må sige jeg savner det. Det er ganske vist en Overdrivelse at sige om en pragtfuld sort Kat at den er Panther. Men det peger dog i den rigtige Retning. At Overdrivelsen er positiv (begejstret) turde vel nærmest være en Anbefaling.
 Trylle går det op og ned med men han vokser dog og trives så vi nærer ingen Tvivl om at han overvinder sin Sygdom.
 Mange Hilsener Eders hengivne
 Fritz Syberg. 
 Kære Bægge to
 Pisa og Marinaen her er de ufarligste Steder paa Jorden, Else og Børnene kan ikke komme noget til her, derimod i Tibirke kan de drukne, omkomme ved Sandstorm eller dø af Fugtighed i det nye Hus. Joh V vil ikke kunne anbringe Jer noget bedre Sted end her, mens han rejser – det eneste farefulde derved er, at Else vil tænde Italienernes Hjerter i Brand, men tænk hvor Du saa bagefter vil kunne skrive Romaner om Italien og dermed ”udfylde” Joh. V. Tusind Hilsner Jeres Anna.</t>
   </si>
   <si>
-    <t>1912-10-27</t>
-[...46 lines deleted...]
-Via S. Lucia 1.
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Johannes V. Jensen
+Fritz Syberg
+Hans  Syberg
+Franz von Jessen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aeD0</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 d 13-12-10
+Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
+Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
+Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
+Vi rider af og til men i Ridehus og det keder mig lidt. 
+J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
+Else</t>
+  </si>
+  <si>
+    <t>1912-03-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sender sin seneste bog. Han drømmer om, at Fritz og Anna Syberg kommer til Danmark til sommeren og fortæller, at han er ved at planlægge en rejse til østen igen, men har ikke skaffet penge til det endnu. Om nogle dage holder han og Else et bal for deres få omgangsvenner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ywer</t>
+  </si>
+  <si>
+    <t>4 Marts 12
+Kære Venner i Pisa!
+Tak for Brevet! Samtidigt med dette sender jeg "Skibet". Bare det kunde blive til noget med den Sommerplan, jeg vilde gærne sidde for dig ved en Strand i Danmark og males sammen med Else men hvem ved hvordan alting kan gaa. Skønt jeg egentlig meget nødig vil rejse fra dette dyrebare Land med den desværre saa skadefro Befolkning er det dog nu Alvor med at søge ud til Østen igen, jeg haaber paa at faa det ordnet saa at jeg kan komme afsted i Juni. Til den tid er Sibirien aaben; jeg vender saa hjem over Kina og Indien. 4-6 Maaneder. Jeg ser imidlertid ikke hvorfor vi ikke kunde være sammen i Maj, for Forsommeren vil Else og jeg i alt Fald tilbringe i Tisvilde. Vi burde dog virkelig snart ses igen. Maaske kommer jeg heller ikke afsted; Pengene har jeg endnu ikke skaffet. Dog vi har jo Tid nok til at korrespondere derom. Vi lever som sædvanligt roligt og sorgløst. jeg var 10 Dage i Berlin og rekreere mig for den Bog; der solgte jeg for Resten et Stykke til Reinhardts Teatre. Pa Onsdag den 6 stævne vi vore faa Omgangsvenner sammen til et Bal, vi har leget Lars Larsens Lokaler med samt Keglebanen, vi skal bare danse og lade rulle. Vi vil savne Jer. Tak for de smaa Billeder! Endnu har vi ikke kunnet gøre gengæld, her er for mørkt til at fotografere. Vi lever under en stadig Dyne af Skyer og ser aldrig Solen Men nu er der noget i Luften som begynder at minde om Fernisseringen paa den Fri, vi har gule Tulipaner paa Bordet. Der vil vi ogsaa savne Jer. Jeg skal nok skrive nærmere om hvad det bliver til. Else gaar ærgerrig og laver til til sit Gilde jeg skal hilse mange Gange fra hende! Komme til Italien? Quien sabe! Det er vist spansk. Hu! Fremmede Sprog! Levvel og nyd Foraaret! Her har Finken begyndt at vrinske, men det er i Utide. Hilsen allesammen!
+J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-06-15</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver, at de har læst om cyklonen i Pisa og håber, at familien Syberg har det godt. Jensen familien har haft det godt i Tisvilde, men det er et frygteligt vejr, mens Johannes skriver brev. Han har forsøgt at male, og mener selv, han godt kunne være blevet maler. Else Jensen tilføjer en hilsen nederst på siden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Kr1</t>
+  </si>
+  <si>
+    <t>15 Juni 12
+Kære Venner!
+Just i dag læser vi i Politiken om Cyklon og Oversvømmelse i Pisa - jeg vil da ikke haabe nogen Ulykker er tilstødt Eder paa Liv eller Ejendele! Helt rolig er jeg virkelig ikke før jeg hører fra Jer igen. Tak for det sidste Brev. Sybergs Erklæring om at jeg er den eneste han meddeler sig til modtager jeg med Glæde og kan svare det samme; det er ogsaa bleven tyndt med min aandelige Omgang, jeg lever i et Eksil skønt i mit eget Fædreland. Vi har her i Lejet haft nogle faa gode Dage hvor vi har boltret os i Vandet, men idag er det et ligefrem bestialsk Vejr, Stormregn og Vinterkulde, saa at jeg maa sidde med Sweater og Regnkappe paa inde i Stuen og skrive. Jeg har lagt Pennen og prøvet at male herude men matte straks opgive det igen, Haanden vil ikke. Men jeg kunde bleven Maler, og jeg var bleven en Vermehren, kun den mest haarfine Nøjagtighed morer mig, og det er derfor jeg maa opgive det. Jeg tror ellers det meste i Kunsten ligger i at kunne se og vælge sit Motiv. Nu ikke mere om mig som Maler.
+Om dig læste jeg Goldschmidts konfuse men ikke uvittige Artikel, der da ogsaa havde nogle Oplysninger om dine Ting. Du vil jo komme som en Erobrer over os naar vi en Gang faa dine Pisa:Arbejder at se!
+Stormen hujer som et Vildsvin i Dørene, det er rigtig et Vejr som man under lykkelige Italiefarere at læse om og korse sig over. Men lad mig nu høre at I er sluppen uskadte fra Cyklonen. Fra Else skal jeg hilse mangfoldigst, hun sidder og gyser i islandske Trøje - hvem der var i København! En af Dagene lister vi ind og lege at komme Fremmede i Staden, vi skal saa drikke jeres Skaal paa Nimbs Veranda.
+[tilføjelse i Else Johs.V.Jensens håndskrift]
+Kære Syberg, Bare der dog ikke er kommet Vand paa dine Akvareller. Lad os snart høre fra jer.
+Mange Hilsener Else
+[og til sidst, i Johs.V.Jensens hånd:]
+Levvel! Eders hengivne Johs.V.</t>
+  </si>
+  <si>
+    <t>1912-06-27</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek
+Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen beskriver familiens sommerliv i Tisvilde og beskriver sine egne forsøg på at male lidt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aOrw</t>
+  </si>
+  <si>
+    <t>27 Juni 12
+Kære Ven
+Tak for den lille morsomme historie, som jeg indlemmer i min Samling af psykozoologiske Mærkværdigheder (under Rubrikken "missing link").
+Her er ikke noget nyt, uden at vi omsider har faaet bedre Vejr, nogle henrivende Dage, der har mindet mig om Fyns Hoved, Oksetunge og Slangehoved staar i fuldeste Blomstring, Marehalmen hænger med Støvknapper, Skabiose er kommen, Rugen staar med Klinte og er ved at blive lys, det er Højsommerdage, tiltagende Maane, og Hylden blomstrer. Dejligt! Vi gaar i Vandet og Børnene stanges med Bølgerne, Else gaar som en Lystaage i Solskinnet. Jeg har i Dag paa en laant Hest haft en ganske dejlig Ridetur gennem Skoven. Hvad kan man ønske mere? Ellers gaar jeg kun og tænker paa min store Rejse til Sibirien og bestiller ingenting. Jeg har malet en nature morte med en Skildpadde, en Legetøjshest, en Blaamusling samt en Tændstikæske, Børneværk, men nu har jeg sat et stort Lærred op med en Whiskyflaske, en Sodavand, Glas, Cigarkasse, det er mere voksent. for Resten tror jeg nok jeg en af Dagene tager ind til Byen og lægger en Bog paa Stablen, for dette bliver næsten for paradisisk. - Jeg har skænket mig et Glas af min sidste nature morte og drikker din Skaal, dette skrives ved Skæret af den lyse Nat, Naturen er ikke død! Mit næste billede skal forestille en Cykle, Selandia, badende Pensionatsdamer, Høstakke i Tordenvejr og en Portion Jordbær, altsaa et ganske futuristisk Billede. Svagt Vid! Hav mig undskyldt, jeg er falden fra Pennen. Sandheden er at vi har det bedre end det kan males eller skrives. Whiskyen smager godt. Cigaren smager, Børnene er i seng, og deres Tumult stilner af. Klokken dikker, Else skriver under meget Hovedbrud til sin Moder og ude er der Dis som spaar Varme ogsaa i Morgen. En anden Gang et samlet Brev
+Hilsen til alle! Vi bryder ogsaa op en gang; J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-07-25</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Herman Vedel</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sender fødselsdagshilsner til Fritz Sybergs 50-års dag. Det er nu planen at bygge et hus i Tibirke Bakker. Her skal Else og børnene være, mens Johannes V. tager på rejse til østen.Else er ved at blive malet af Vedel. Det har været en dejlig sommer. Nederst har Else tilføjet en hilsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hcjY</t>
+  </si>
+  <si>
+    <t>25 Juli 12
 Kære Ven!
-For en Sikkerheds Skyld sender jeg Dig dette. Det er nemlig usikkert at [”at” overstreget] jeg kommer. Ved at se Baedekeren efter opdager jeg at Hotel de la Ville er et meget fint Hotel hvor Du måske tager mig ind sammen med nogle af Samfundets Størrelser x) hjemme fra og Sagen er den at når jeg ikke tur [”tur” overstreget] tør møde enten i Si[ulæseligt] eller hvidt Sommertøj så vil jeg i Øjeblikket blive nød til at optræde som Lazaron. Selvom jeg turde vove mig frem for Dine og de andre ukendte Herrers Øjne i min Lurvethed, så har jeg en sand Skræk for [”for” indsat over linjen] Kelnere på et fint Hotel, når jeg ikke føler mig stivet af ved en efter mine Kår afpasset Påklædning.
-[...104 lines deleted...]
-Else Johs V.</t>
+Du bliver den 28de 50 Aar, vi gratulerer dig til din Fødselsdag med alle vore bedste Ønsker! Betragtninger over din "Alder" overlader jeg dig selv, man ved bedst selv hvor gammel man er, efter min Erfaring er man ældst som ung, Livet er sikkert lige langt i begge Ender. Jeg glæder mig til at kende dig uforandret endnu i 20 lange Aar. - Ja hvordan det bliver med at ses til næste Aar, det vil Tiden vise. Foreløbigt har jeg jo bestemt Rejse og kommer nok afsted. Det er nu vor Plan at bygge et Hus her i Tibirke Bakker, hvor Else og Børnene kan ligge paa Landet med Foden under eget Bord næste Sommer mens jeg er borte, der kan du i alt Fald finde Familjen. Vi har en fin Sommer iaar, sorgløst viet Ridning, Cykling, Gaaen i Vandet og Selskabelighed, Else bliver malet af Vedel, som det ser ud til et smukt Billede. Men nu begynder Nætterne at blive mørke, jeg længes ligesom en lille smule efter "mit Væsens Knivsystemer" og sætter mig vel en af Dagene ned til en Bog. Sommeren har været en lang sød Drik og nu da Tørsten er stillet varer den endnu, med smaa blaa Søer af Campanula lige udenfor Døren. Urskove af Røllike og alle de andre drøje Højsommerurter, ja her er dejligt , og det man har mæsket sig med skal det aldrig lykkes nogen eller noget at tage fra os. Vandet i Kattegat er saa lunt at man kan lade sig ligge stille i det og rulle rundt ligesom i Moders Liv. Det er mit fyrretyvende Aar i Aar, og først nu er det lykkedes mig at tænke og føle helt som da jeg var Dreng igen, saa nu antager jeg at jeg maa vokse lidt og forhaabentlig begynde paa at bestille noget. 
+[tilføjet nedenfor med Else Johannes V. Jensens skrift:]
+Kære Syberg. Vi har det saa vanvittig travlt med at have det rart. Jeg er kommen til den Overbevisning, at man har det bedre og bedre for hvert Aar, saa du skal ikke være ked af at holde Fødselsdag, det gaar kun til det bedre. Til næste Aar besøger I mig i mit eget Hus, saa skal vi nok ogsaa faa det storartet.
+[her fortsætter Johannes V. Jensen]:
+Nu en venlig Hilsen fra os alle her til dig og Anna og Børnene! Den 28de drikker vi din Skaal.
+Din hengivne J.V.J.</t>
   </si>
   <si>
     <t>1913-01-17</t>
   </si>
   <si>
     <t>Java
 Garoet</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver fra sin rejse, hvor han er nået til Java og snart fortsætter over Singapore til Hongkong og måske videre til Shanghai. Han klarer sig ikke godt i troperne denne gang og savner Else og børnene, men kunne ikke holde ud at være i Danmark længere. Dog glæder han sig til at se Sybergs i det nye sommerhus den kommende sommer. Han værdsætter meget at få breve fra Fritz.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/g46Q</t>
   </si>
   <si>
     <t>17 Jan 13
 Garoet, Java
 Kære Ven. Det var mig en stor Glæde at modtage dit Brev, jeg fik det i Singapore en Dag hvor jeg virkelig trængte til at høre en Vens Stemme, selv om den kom noget langt bort fra. Jeg taalte Varmen daarligt der og den overfugtige Luft, havde vist ogsaa lidt Feber og saa ikke lyst paa Verden. Dit Brev gjorde mig opmærksom paa at jeg var for alene, jeg havde før kun følt en ubestemt Melankoli, ja det var ikke noget af det, men jeg havde det daarligt. Saa tog jeg til Java og har været et Par Dage heroppe i nærheden af nogle Vulkaner 2200 Fod oppe, der er i alt Fald Nætterne lidt køligere. Men jeg klarer mig slet i Troperne denne Gang og søger nordpaa saa hurtigt jeg kan, over Surabaya og tilbage gennem Singapore op til Hong-Kong maaske, helt i et Tog til Shanghai. Trods alt har jeg Hovedet fuldt af Arbejde og vilde ikke undvære min Straf. Du kan forstaa det er haardt at leve uden Else og Børnene, og kun med sjælden maaned gamle Nyheder fra dem, det er en Straf som jeg sagtens har fortjent. Men i Danmark kunde jeg ikke leve mere, og jeg kommer heller ikke hjem mere, saadan i rigtig lokal Forstand. Ikke desto mindre venter der mig vort nye lille Hus i Tibirke Bakker som bliver bygget mens jeg er borte, og der ved jeg vi skal ses til Sommer, naar jeg har overvundet "Danmark" og mig selv. Der skal du, som med din jernkarakter forlængst er saa vidt, love mig at komme og besøge os og bo hos os. Dit Brev stivede mig af, for jeg vil bekende for dig at jeg er altfor følsom skønt jeg gør mig saa haard som jeg kan. Tag dette for Venskab; ellers nærer jeg som du ingen Illusioner med Hensyn til dette Begreb der er et Stikord i Danmark. Her er dejligt herude, mere end dejligt, jeg nyder det men paa en ejendommelig fjern Maade, jeg holder dog mere af taagede Popler en Palmer. Toget som fløjter ogsaa er i Garoet lyder bedst i mine Øren i morgen Kl 6 22 tager jeg det som en nu i hele tre Dage savnet Ven. Sejlturen var dejlig, og naar bare man sejler eller kører har man det godt. I morges red jeg mig en Tur paa en skrækkelig lejet Ganger. Selve Helhesten, men den ved du jo ogsaa jeg holder af fordi den komme af Stedet. Hils Anna og Børnene og Tak fordi du skriver. Paa Gensyn derhjemme!
 Din hengivne Johannes V.</t>
   </si>
   <si>
     <t>1913-01-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
   </si>
   <si>
     <t>Mads Rasmussen fremsender en check på 1000 kroner til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Konv</t>
   </si>
   <si>
     <t>27' Januar 1913
 Herr Kunstmaler Fritz Syberg.
 Pisa.
 Hermed i Cheque Kr 1000- I Henhold til Deres Brev af 3' December.
 Med Højagtelse
 For M. Rasmussen
 Aage Møller</t>
   </si>
   <si>
-    <t>1913-01-29</t>
-[...56 lines deleted...]
-    <t>1913-04-14</t>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Johanne Giersing
 Hans  Syberg</t>
-  </si>
-[...47 lines deleted...]
-    <t>1913-04-17</t>
   </si>
   <si>
     <t>Anna Syberg
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Fritz Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Venedig</t>
   </si>
   <si>
     <t>Pisa
 Via S. Lucia</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
 Maraviglia: Vidunderlig
 Bebone: Meget godt</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
   </si>
   <si>
@@ -2972,50 +2359,468 @@
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
   </si>
   <si>
     <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
 Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wsaG</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Königreich Bayern
 Postkarte
 [Håndskrevet i kortets adressefelt:]
 Signori
 Syberg.
 Via S. Lucia 1 II p.
 Pisa
 Italien
 [Håndskrevet i kortets tekstfelt:]
 München 25-4-13
 Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
 Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
 [Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Florens, Italy</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Parret er på bryllupsrejse</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er nu i Firenze efter en uges ophold i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pkLk</t>
+  </si>
+  <si>
+    <t>Kære Ugle!
+Mange Tak fra os begge for Badeolien, som til god Redelighed laa i Pisa, vi havde stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi været her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skriver og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin</t>
+  </si>
+  <si>
+    <t>1910-12-16</t>
+  </si>
+  <si>
+    <t>Lorry Feilberg
+Niels Hansen
+Johannes Larsen
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen fra Pisa om erhvervelse af værker af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0Kl</t>
+  </si>
+  <si>
+    <t>Pisa 16 Dcbr. 1910
+[sdr?]
+Signor Lorenzo Batoni
+Via Santa Lucia 3
+Kære Direktør Rasmussen
+Jeg har fået Brev fra Johs. Larsen med Forslag om at erhverve et Billede af Niels Hansen til Fåborg Musæet. Såvidt jeg husker blev det bestemt at når et Komitemedlem opholdt sig i Udlandet mistede han Stemmeretten, så jeg ved ikke om jeg for Tiden kan øve nogen Indflydelse på Indkøbet til F.M. Jeg har på et tidligere Stadium foreslået Lützhøft at købe et eller andet Billede af N.H. og det der er Joh Larsen har foreslået mig - Portrætet af Lory Feilberg - har jeg intet at indvende imod. Jeg vilde dog foreslå Dem at der bliver samlet en Del Billeder sammen af N. Hansens at som Komiteen kunde se på inden man bestemmer sig. Jeg kunde nemlig godt tænke mig at N.H. ejer en Del Skizzer som det vilde være morsomt for F.M. at eje og desuden [overstreget ord] er N.H. så god en Maler at det sandsynligvis tør købes mere end et Billede af ham og når man køber samlet kan der jo købes noget billigere. Som sagt jeg ved ikke om jeg for Tiden er stemmeberettiget, men i bekræftende Fald stemmer jeg ja på Lory Feilberg.
+De bedste Hilsener til Dem og Deres Frue fra os alle her. Vi er nu blevet husvante. Vi har fået nogle udmærkede Værtsfolk. Manden er Italiener, gammel Soldat med tre Tapperhedsmedaljer - har været med i Slaget ved Solferino. Fruen er Pariserinde hvad der er meget rart da min Kone og jeg kan n lille Smule fransk Italiensken er jo foreløbig terra inkognita. Jeg har begyndt at male nogle Gadepartier fra Arnoen.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-22</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver et langt brev til Christine Rasmussen om familiens dagligdag i Pisa i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wb5J</t>
+  </si>
+  <si>
+    <t>Pisa 22/6 - 1912
+Kære Fru Rasmussen
+Iaar kommer jeg vist for sent med min Lykønskning til Musæets Fødselsdag, jeg er bange for, at Brevet ikke kan naa til Faaborg paa 2 Døgn. Men selv om den er en Dag forsinket, Lykønskningen, er den lige velment. Fødselsdagsbarnet har det vel fremdeles godt og trives vel. 
+I Deres elskværdige og kærkomne Brev fra Nytaarstid, talte De om en Midsommerfest, vist nok i Bankerne, ja , det er jo kedelig, at vi ikke kan være med i Aar, vi vil alle mindes Indvielsesfesten som en af vore smukkeste Oplevelser.
+Vi er nu i Færd med at forlade Pisa og flytte til Marina'en, hvor vi glæder os til at pjaske i Havet i 4 Maaneder - saalænge har Skolerne Sommerferie her til Lands. Børnene er syge af Længsel efter Hav, især de smaa kniber det for. Nu er de iøvrigt saa igaaede med de indfødte, saa det vist bliver svært for dem engang at forlade Pisa, de smaa har erobret Piazza'en, hvor de opholder sig al den Tid de ikke er i Skole i vild Leg med italiener Ungdommen. De store Børn har Deres Venner og Veninder ogsaa. det kan nok være, det har hjulpen paa Sproget, som de nu alle taler og skriver udmærket. De er alle løbne vældig i Vejret, jeg tror det er den megen Sol. Besse, vores ældste Datter, der er 16 Aar, betragtes som en stor Skønhed, hun har mange Tilbedere, hvad der giver Anledning til mange kostelige Oplevelser. En af dem, en Officeresspire kommer her i Huset, han er meget livlig og elskværdig og arrangerer en Mængde Cykelture for Besse, Clara, Hans, og ham selv til Pisa's dejlige Omegn. Saa morer de sig dejligt og Besse tager sig ikke Tilbedelsen saa alvorligt, saa vi behøver at være bange for, at hun skulde blive hængende her i Pisa.
+Vi har iøvrigt været hjemsøgt af Pisas Honoratiores i den sidste Tid. Vi fik en Dag Besøg af en tysk Dame, der fra en Nordmand havde faaet at vide, at en af "de udmærkede Danske Malere" opholdt sig her i Pisa. Hun kom nu som Interviewer fra Bladene. Da hun saa havde skrevet 2 Spalter Lyrik om os og Billederne kom altsaa Honoratiores for at se dem - det var en skrækkelig Virkning. Saa skulde jeg hver Eftermiddag sidde fint klædt paa og i et fint poleret Hus og tage imod, og det var jeg virkelig ikke vant til (ingen af Delene: særlig det polerede Hus var mig en skrækkelig Gene). Vi var blevne saa demoraliserede med Hensyn til huslig Orden, fordi vi vidste at aldrig nogen Mors Sjæl uden os selv bankede paa vor Dør. Naa, men nu er det overstaaet, vi har atter Ro, og jeg kan paany lade min Pige staa for Husstyrelsen, det er umaadelig behageligt. 
+Naar jeg tænker fra vores einfache Husholdning her, hvor vi fuldstændig indretter os efter Pigens Talenter eller maaske rettere: Mangel paa samme og til Deres store Hus, saa slaar min Hjerne en Koldbøtte af Skræk. Jeg kan slet ikke begribe, hvordan De bærer Dem ad med at faa alting til virke saa udmærket, De maa vist være i Besiddelse af "Administrationstalent" er det ikke saadan det hedder. 
+Vi ved fra Danske Aviser at her var Cyclon i sidste Uge, vi har derfor modtaget Forespørgsler om vi og Aquarellerne var reddede. Vi havde det rigtig gemytligt, troede det var et ganske almindeligt Tordenvejr. Pigen kom skælvende ind i Stuen, mumlende Bønner og slaaende Kors i det uendelige. Hun er ellers ikke stærkt religiøs, Saa Børnene fik Krampelatter over hende. Regnen styrtede ned, saa Gaden blev til en rivende Flod, Børnene var henrykte og syntes det smagte af Danmark. Fritz malede som sædvanligt i campo santo, det eneste der generede ham var Skraldene, der lød saa stærke dér, at han frygtede hans Trommeheinder skulde springe. Ja nu blot en Hilsen til Dem og Deres Mand og Børn, og hvis De ved Lejlighed vilde fortælle os lidt om, hvordan De har det allesammen og lidt om Musæet og om Festen, saa vilde det være umaadelig kærkomment. Mange Hilsener
+Deres hengivne Anna Syberg
+[tilføjet på tværs på første side:] Min Mand sender mange Hilsener</t>
+  </si>
+  <si>
+    <t>1912-10-27</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Pisa
+Roma</t>
+  </si>
+  <si>
+    <t>Kybele eller Cybele, på latin kendt som Magna Mater, den store moder. Hun var den frygiske modergudinde, fejret med orgiastiske riter i bjergene i det centrale og vestlige Anatolien.</t>
+  </si>
+  <si>
+    <t>Familien Syberg har været i Rom en månedstid. De rejser hjem til Pisa om en uge. Syberg har samlet frø fra berømte steder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/myk9</t>
+  </si>
+  <si>
+    <t>Kære Las og Be!
+Tak for Dit Brev, som jeg nok skal svare på. Vi har været i Rom en Månedstid og rejser hjem (til Pisa) om en 8 Dage. Dette brevkort er meget fælt men Reliefferne hvoraf I her ser en Gengivelse af det ene, er det smukkeste jeg endnu har set. Vi har det alle ug. Jeg har samlet Frø til Dig fra forskellige berømte Steder, Cybeles Tempel etc.
+[Tilføjet langs siden: Hilsen. Syberg.]</t>
+  </si>
+  <si>
+    <t>1898-11-02</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>St. Gotthart
+Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Det unge par er på bryllupsrejse.
+Hospits er et herberg.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på vej til Pisa med tog. De står af toget og går til toppen af St. Gotthart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/66fx</t>
+  </si>
+  <si>
+    <t>Milano 2den Nov
+Kæreste Mor
+Jeg er kommen i Tanker om, at det vist var ubesindig af mig at skrive, at vi vilde spadsere over St. Gotthart, I kunne mulig ængste Eder ved Tanken derom, men jeg skynder mig herved at meddele, at vi lykkelig have tilendebragt denne i øvrigt ikke Spor af farefulde Tur. – Det var meget interessant; vi begyndte paa Spadsereturen Kl 10½ og Kl. 12½ naade vi en lille Landsby, hvor vi spiste til Middag. Kl. 1½ startede vi igen, og her begyndte den interessanteste Del af Turen, vi saa fra nu af ikke en menneskelig Bolig og ikke et dito Væsen. I 4 Timer gik vi uafbrudt opad, og Naturen blev vildere og vildere, vi fulgte Floden Reuss til dens Udspring og det var meget interessant at iagttage dens Manøvre, mange Steder dannede den pragtfulde Vandfald. Desværre havde vi det Uheld, at det regnede de sidste 3 Timer, saa vi naade fuldstændig gennemblødte Toppen, og desuden laa der saameget Taage og saamange Skyer omkring os, saa vi ikke fuldstændig kunde se men kun ane alle de sneklædte Toppe omkring, men vi fik jo alligevel et udmærket Indtryk af Alpenaturen. Det var næsten helt mørkt, inden vi naade Toppen, og det saa et Øjeblik ud [tilføjet: ud] som vi var blevne nødte til at begynde Nedstigningen med det samme, idet vi ikke kunde opdage noget levende Væsen. Der var 3 Huse, men de var helt tillukkede og ingen besvarede vores Banken Til sidst fandt vi imidlertid en aaben Dør og skønt der var meget skummelt og lugtede fælt muggent, gik vi ind og opad en Trappe. Vi bankede paa en Dør og kom endelig ind i en Stue, hvori der fandtes 2 Mænd, en Dreng og to kolossale St. Bernhardshunde. Vi spurgte om vi kunde faa Nattelogi, og det kunde vi heldigvis. – Der var dejlig varmt og I kan tro, det gjorde godt at sidde ned og faa noget at spise de skulde netop selv til at spise og havde en stor Terrin varm Suppe paa Bordet. Vi spiste med og det smagte dejlig skønt den var lavet af Ost, Vand og Hvedebrød. – Den ene Mand og Drengen bo heroppe hele Vintren og de udgøre det saakaldte Hospits e [overstreget:e) De proviantere om Efteraaret og maa være belavede paa ikke at se noget Menneske førend til Foraaret. De have Nøglen til et Hotel, hvor der er Værtsfolk om Sommeren. Der lå vi om Natten i et rigtig pænt Værelse. Næste Morgen var vort Tøj tørt og styrkede og udhvilede be- [fortsættes på side 1, på hovedet:] gav vi os paa Nedturen, der varede c. 3 Timer, vi havde no [udstreget:no] været næsten 7000 Fod oppe. Vi begyndte, hvor Toget kører ind i den store Tunnel og kommer ned, hvor den ender altsaa saaledes: (de streger ere L &amp;amp; mig [tegning indsat] midt paa Bjærget. – Vi naa først Pisa i Overmorgen Fredag. 1000 Hilsner fra os begge</t>
+  </si>
+  <si>
+    <t>1898-11-12</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Pisa Italien</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Wilhelmine Berg
+Signora di Prete
+Johannes Larsen
+Knud Larsen
+Alfred Rottbøll
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er kommet til Firenze efter at have været 6 dage i Pisa. Alhed har været lidt syg. Maleren Knud Larsen havde modtaget to breve til Las og Madame Larsen. Han afleverede dem på posthuset og nu er det ene brev forsvundet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RM0i</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Du har maaske allerede i flere Dage ventet Brev fra mig, men jeg vilde først komme til Florenz og vide vor faste Adresse saa jeg kunde skrive den, men det er trukken længere ud, end vi havde troet. I Pisa blev vi nemlig 8 [udstreget:8] 6 Dage i St. for 2, som vi havde tænkt; og dels fik jeg Mavepine saa jeg maatte ligge en Dag og tage det med Ro den næste. – Hvis I se Frk. Sperling, saa fortæl hende at vi boede hos Signora di Prete og var meget glade ved den Adresse. Det var billigt og udmærket. Hun var saa voldsom elskværdig og omhyggelig for mig, da jeg ikke var rask, de 3 sidste Dage var vi i Pension hos hende. I kan ikke tænke jer hvor der er henrivende ved Pisa 2 Gange var vi ved Middelhavet, den ene Dag spadserende gennem store Pinjeskove. – Der er Kamelavl, og vi mødte en Dag en stor Karavane af Kameler der bar Træ. – Jeg fik Dit Brev og var meget glad ved at høre, at I havde det godt, men det var jo allerede lidt gammelt. – De sidste Dage i Pisa havde jeg saa væmmelige Drømme om at alting var galt hjemme, saa jeg var meget utaalmodig efter at høre om her skulle være et nyt Brev til mig. Men nu skal Du høre, hvordan det er gaaet. Las fik et hjemme fra og jeg ved, at der er et [tilføjet: et] til mig. I Gaar talte vi nemlig med den danske Maler Knud Larsen som fortalte, at baade Las’ brev og et til Madame A Larsen fejlagtigt var sendt til ham, han har personlig afleveret dem igen her paa Posthuset, men disse Smølehoveder kunne ikke finde det. Jeg har imidlertid klaget min Nød til Konsulen (en Italiener) som har været her i Dag (jeg sidder paa Posthuset og skriver) og sagt at de skulde finde det, saa jeg haaber at faa det i Morgen; men jeg vil alligevel bede Dig om lige strax at sende mig et Par Ord, det er skrækkeligt at gaa i den Spænding og man ved jo ikke, om det andet findes. – Vi kom hertil i Forgaars Aftes og i Gaar Morges gik vi til Vittoria, for at høre om hun havde Plads til os, men hun havde Huset fuldt. Hun gik imidlertid med os i Byen og hjalp os at finde et godt Værelse, temmelig billigt: Viale Pr. Margherita 44 ² Firenze Italia der skulle vi have Morgenkaffe og ellers spise ude. – I Morgen Aften skulle vi til Middag hos Vittoria, de blev frygtelig forbavsede, men meget glade d [overstreget: d] lod det til, ved at se os. – Vi har allerede været en Del omkring her i Byen, det er vidunderlig at se Firenze igen, og Las synes ogsaa udmærket om det alt sammen. Her er Sommer complet, blomstrende Roser og andre Blomster og den dejligste Luft. Vort Værelse ligger i Udkanten af Byen paa en bred Allé med grønne Trær. Der er fri Udsigt og frisk Luft. – Konsulen er flink, han har skaffet os begge Permesser til Museerne, først mente han at jeg ikke kunde faa, navnlig da jeg ikke havde det gamle, men heldigvis havde jeg et Bevis for, at jeg har gaaet paa Akademiet hernede, det fik han og gik saa selv op hos Direktøren og indestod for, at jeg var Malerinde, og saa fik jeg heldigvis et; det var ellers blevet skærpet saa meget, at selv rigtige Malere [skrevet på tværs på forsiden: ikke kunne faa uden et Runskuerpas hvad vi heldigvis havde til Las. – Nu er Las færdig med at skrive hjem, og jeg vil derfor ogsaa slutte. – Gid jeg snart kunde høre, at I alle har det godt, saa vilde Tilværelsen være paradisisk. Jeg er fuldstændig rask igen, tog Tante Mis’s Middel, du ved med og det holder mig i Orden. – 1000 Millioner Hilsner til Alle fra Las og Eders Alhed.
+12 – 11 – 98 -</t>
+  </si>
+  <si>
+    <t>Øster Farimagsgade København</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien.</t>
+  </si>
+  <si>
+    <t>Fotokopi på Kerteminde Egns- og Byhistoriske Arkiv, BB3743
+Det vides ikke, hvor originalbrevet findes.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for gaven, som lå til ham og Alhed i Pisa.
+De to ser nu i Firenze på paladser mm. De har spist haj og blæksprutte med rødvin til</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EP5F</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+Cartolina Postale
+A:
+Provincia di
+[Håndskrevet på kortets adresseside:]
+Frk. Christine Larsen
+Adr. Hr. Løjtnant A.J. Eckardt
+Øster Farimagsgd. 73 - 3 Sal
+Kjøbenhavn
+Danimarca
+[Fotrykt på kortets billed- og tekstside:]
+Lalazzo Vecchio
+Firenze
+[Håndskrevet på kortets tekst- og billedside:]
+18. Nov. 98.
+Kære Ugle! Mange Tak fra os begge for Bade[ulæseligt] som til god Redelighed laa i Pisa, vi har stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi boet her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser Du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skr og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin.</t>
+  </si>
+  <si>
+    <t>1911-11-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen takker Fritz for hans beskrivelse af kysten ved Pisa og roser hans skriveevner. Han arbejder selv en del. Vejret er trist og de ser ingen mennesker. JVJ foreslår, at Fritz og Anna får lavet et gruppeportræt af familien ved en fotograf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rXJ6</t>
+  </si>
+  <si>
+    <t>26 Nov. 11
+Kære Ven!
+Tak for dit Brev og den udmærkede Beskrivelse af Lokaliteterne ved Pisakysten; der er meget mere end jeg kan bruge. Det er det jeg siger, du skulde være Skribent, Tingene eksisterer ikke før du kommer. 
+Her gaar Tiden med en hel Del Arbejde. De milde Uger med graa Luft og almindelige Opvask i Naturen er forbi, her gaar en østlig væmmelig Vind med Frost, Gader som Jern og et koldt Spøgeri af Træk i alle Stuerne. Vi har det godt, kun lidt Gigt i Nakken som om en usynlig Byrde er bleven en Smule tungere. Vi ser ikke noget til nogen, jeg hader mere og mere at sige noget mere end een Gang---Som Malere kan I vel ikke tænke Jer noget saa vulgært som at gaa til en Fotograf? Et Gruppe billede af Jer vil de da være noget at have, og I skulde faa et af os igen. Mange Hilsner fra Else og Drengene! Eders hengivne
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1934-08-17</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Engelbert Dollfuss
+Frederik Hendriksen
+Adolph Hitler
+Benito Mussolini
+Otto Emil Schondel
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har i flere breve klaget over dårlig søvn og kvælningsfornemmelser om natten.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg får sovemedicin. Han har intet imod læger.
+Rille/Ernst Syberg er kommet hjem efter to måneders Europa-rejse med rygsæk. Han mødte gamle venner i Pisa, var glad for Spanien, oplevede tyrolerne som tiltalende og mærkede intet til Hitlers terror i Tyskland. Ernst Syberg har sat sig ind i storpolitik og bla. Mussolinis planer om at lave et Storitalien samt sagen med, at Tyskland har fået bygget kampfly i Rusland. 
+Trylle/Franz Syberg vil begynde at dyrke frugt. Fritz Syberg overvejer at sælge sin bil og købe lidt jord af naboen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KwJt</t>
+  </si>
+  <si>
+    <t>Pilegaarden 17-8-34
+Kære Venner.
+Tak for Brevet, nu er I sandsynligvis kommet tilbage fra Jert Sommerophold, og faaet jer vel indstalleret i Hovedstaden. Alt gaar ved det gamle her, jeg tager et Sovemiddel der hjælper mig over Nætterne og iøvrigt har jeg baade Digitalis og røde Draaber staaende ved min Seng, jeg har intet imod Læger saadan set, men som den gamle Xylograf siger, de skal behandle En paa en hyggelig Maade. Vores Landsbyskrædder her, Schondel, er jeg udmærket tilfreds med. Han er lige høj paa alle Ledder, var under Verdenskrigen Militærlæge og tror han ligner Napoleon. Rille er lige kommet hjem efter godt to Maaneders Rejse – med Rygsæk – gennem Tyskland, Tyrol, Italien, Spanien og Frankrig, dette sidste dog kun nogle faa Dages Ophold i Paris. Han ved jo en Del at fortælle, det er aabenbart den eneste rette Maade at rejse paa naar man vil i Kontakt med Befolkningen. Han traf sine gamle Venner i Pisa der omfavnede ham og straks kendte ham: Ernèsto, Ernèsto!. Men iøvrigt syntes han ikke om Italien, men meget bedre om Spanien. Tyskland var behageligt og billigt at rejse i, - S.t. Folkene var intelligente og interesserede over for Forholdene i Danmark. De haarrejsende Historier om Hitlerterror mærkede han intet til uden – i Politiken. Derimod i Østrig var Regimentet og Polititrakasseriet utaaleligt, men Østrigerne d.v.s. Tyrolerne var [”var” indsat over linjen] de mest tiltalende af alle Nationer, forresten var alle Tyrolere Nazister. (Hitler er jo selv født i Tyrol) Det er meget Sjov at høre ham fortælle. Ogsaa Storpolitik har han sat sig ind i: Mussolinis Plan er at samle Østrig, Tyrol, Albanien og tilgrænsende Lande til et Storitalien med Adriater- som Midtpunkt, derfor hans Venskabelighed over for Dolfus. En anden Historie: Tyskland der ikke maa ruste har i Samraad med Sovjet ladet lave 2 eller 3 Tusinde Krigsflyvemaskiner – i Rusland, sendt [et par overstregede bogstaver] tyske Teknikere ec.t. derover. Da Maskinerne var i Orden sluttede Rusland Venskab med Frankrig Resultat: Rusland konfiskerer Tysklands 3000 Maskiner, Tyskland har underfundigt brugt Forbudet mod at ruste - - det hele kan jo være Løgn, men det er uappetitligt nok til at være sandt. Trylle er ved at slaa sig paa Landbrug – Frugtdyrkning – hans Organistvirksomhed levner ham Tid dertil. Jeg spekulerer paa at afskaffe min Bil der koster mellem 12 og 15 Hundrede Kr. aarlig og købe tre Td. Land af min Nabo. Men Forhandlingerne har ikke ført til noget Resultat endnu. Mange Hilsener til Jer allesammen
+Eders Hengivne
+Fritz Syberg
+Maleriet har jeg foreløbig lagt paa Hylden.</t>
+  </si>
+  <si>
+    <t>1911-07-10</t>
+  </si>
+  <si>
+    <t>Italien
+Ferrovia</t>
+  </si>
+  <si>
+    <t>Wilhelm Dinesen
+Anna Syberg
+René Vidart
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Kristian Zahrtmann havde et hus i bjergbyen Civita d'Antino, Italien, og han opholdt sig der i vinterhalvåret.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek. Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Cikaderne larmer dag og nat. 
+Anna og Fritz Syberg har set René Vidart lette i sin lille flyvemaskine med kurs mod Rom. Han forsvandt som et stjerneskud hen over pinjeskoven. 
+Zahrtmann m.fl. er rejst. Fritz Syberg vil skildre Pisa grundigt, men han længes efter Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VMMP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet]:
+CARTOLINA POSTALE ITALIANA
+(Carte POSTALE D’ITALIE)
+Hr. Johannes V. Jensen og Frue.
+Jacobys Allé 2.
+Kjøbenhavn
+Danimarca.
+[Håndskrevet på den tomme side af kortet]:
+Kære Joh. V. og Else! Vi længes efter at høre lidt fra Jer. I den sidste Måned har vi havt det med Varme Cicaderne, - som sammen med Flagermus, Ildfluer og Firben repræsenterer Fugleverdenen i Italien – holder en ren Helvedes Konsert. Anna protesterer mod at jeg regner Firben med til Fugle, jeg synes ikke den ene har noget at lade den anden høre. Der kunde måske siges noget ligeså smukt om Cicaderne og Solskinnet som om Svalerne og bølgende Rug når den rette Mand var her – det jeg mest føler ved Cicadesangen er at den borer sig ind i Øregangene og sætter sig fast et Sted i Baghovedet og der hører jeg den, ikke [et overstreget ord] alene om Dagen men om Aftenen og Natten med. For Resten er her for at være retfærdig – virkelige Fugle nemlig Mursvaler. ”Boganis” har beskrevet dem storartet i et af sine Jagtbreve men jeg synes alligevel ikke Emnet er udtømt. For at blive ved Flyverne – Anna fik sin Drøm opfyldt at se et Aeroplan. Under den store Rundflyvning var vi ude i San Rocco og så Vidart starte på sin Videreflyvning til Rom. Hans Maskine – i Hvepsefacon – var meget lille – han selv var meget ung og smuk. Anna var rørt til Tårer da han som et Stjerneskud forsvandt hen over Pinjeskoven.
+[(Håndskrevet i tekstfeltet ved siden af adressefeltet]:
+Zahrtmann og de andre danske Malere er rejst her fra Egnen, så nu er vi ene Herrer på Pladsen. Jeg har en Masse Arbejde at skal have gjort og glæder mig så til at komme herfra. Pisa skal gøres grundig, den øvrige Del vil vi køre lettere hen over.
+Zahrtmann og Italia – hm. det er et rigt Emne, men egner sig bedst til mundtlig Passiar. Jeg længes efter Fyn (undertiden rent bansat – unter uns gesagt) og vi har det ug. Eders hengivne Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>11. feb. 1928</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
+Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
+Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jIOtZjfa</t>
+  </si>
+  <si>
+    <t>1912-06-28</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 2010 og små tre år frem. De rejste hjem, da Anna var gravid med parrets syvende barn. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Der findes en mængde sarkofager og freskomalerier i bygningen, og fritz Syberg malede flere kopier af disse som akvareller.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen om, at familien skal til Middelhavskysten i fire måneder, og han glæder sig til at male protrætter af børnene. FS regner med at komme til Danmark om 1½ år. Om Anna og børnene vil komme med er uvist, da de trives godt i Italien. Hvis de vil blive, vil han så rejse tilbage til Italien, når han har haft udstilling i Danmark. Så længe, han har materiale nok at male, betyder det ikke så meget for ham selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OWdb</t>
+  </si>
+  <si>
+    <t>Pisa 28 Juni 1912
+Kære Direktør
+M. Rasmussen.
+Tak for Deres Skrivelse. Billedet er endnu ikke kommen, men kommer nok med næste Post. Jeg er lige blevet færdig med et større Billede nede fra Pisas "campo santo". Det forestiller min Kone og ældste Datter stående foran et gammelt græsk Marmorrelief. Min Kone maler også dernede, Blomster groet i campo santos hellige Jord. Den (Jorden) er bragt hjem fra Jerusalem (fra Golgatha) men det ser man ikke på den. Vegetationen er nærmest dansk. Lavendler, gammeldags Roser, Gyldenris Krusemynte og Mos. På Mandag rejser vi ud til Middelhavet og bader i 4 Måneder. Børnene glæder sig. Jeg glæder mig til at male nogle Portrætter af dem mens de har Ferie fra Skolen. 
+Hvis det går efter mine Planer kommer jeg hjem til Nytår om 1½ År (1914) Jeg tænker sa at være nået til en Slags Afslutning med mine Arbejder her i Pisaegnen. Jeg tænker at få det ordnet således at jeg laver en samlet Udstilling [overstreget] af dem - måske i Kunstforeningen. Hvornår Anna og Børnene vil hjem er meget problematisk. Foreløbig befinder de sig så godt så de slet ikke tænker på Hjemrejse -(Gud ved hvorlænge den Stol kommer til at stå tom --!) Men jeg bliver ihvert Fald i Danmark Sommeren 1914 og kan jo så altid tænke på at tage ned til Familien igen om Efteråret og Vinteren Vil Familien så stadig blive i Italien, tager jeg hjem og maler i Danmark den påfølgende Sommer igen, og således bliver jeg ved til Familien en Gang får Lyst til at rejse med mig. Det væsentligste for mig er at hvae Arbejde nok til at føle mig "i Selen" og i den Henseende kan jeg Gudskelov ikke klage. Om der er kønnere her end hjemme betragter jeg nærmest som et Spørgsmål der er umuligt at besvare. Et Landskab i Danmark er det kønneste jeg ved, men der er jo meget andet end Landskaber til i denne Verden. I Danmark er vi jo blevet noget stedmoderlig behandlede med Sol. Det vil nok falde svært for dem som har boet længe i Italien at glemme det italienske Solskin.
+M.H. til Raten da vil jeg bede Dem være så elskværdig at sende Pengene - både min Kones og mine - til:
+Syberg - Kjerteminde Sparekasse
+Kjerteminde
+Jeg meddeler med det samme Sparekassen dette og beder dem modtage dem og indsætte dem på min Bog som er deponeret der. 
+Vor Adr. er fra 1ste Juli og til 1ste November.
+Hotel Balestri
+Marina di Pisa
+Pisa Italia
+Modtag de bedste Hilsener fra os alle her, til Dem og Deres Frue og Børn
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-08-03</t>
+  </si>
+  <si>
+    <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
+Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
+Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
+Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aQkg</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+3 Augst 1912
+Kære Venner!
+Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
+Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
+Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
+Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
+Vore hjærteligste Hilsener til Dig, Else og Børnene
+Din hengivne
+Fritz Syberg</t>
   </si>
   <si>
     <t>1913-04-26</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
 Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
   </si>
   <si>
     <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fwJv</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Königreich Bayern
 [Håndskrevet i adressefeltet:]
 Signori
 Syberg
 Via S Lucia 1
 Pisa
 Italien
 [Adressen overstreget. Ny adresse skrevet:]
 Kerteminde
@@ -3038,50 +2843,169 @@
 Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/w14X</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Königreich Bayern
 Postkarte
 [Håndskrevet i adressefeltet:]
 Sybergs
 Via S Lucia 1
 Pisa
 Italien
 [Adressen overstreget. Ny håndskrevet:]
 Kerteminde
 Danimarca
 [Håndskrevet i tekstfeltet:]
 Pfafferhofen 27/4 - 13
 Kære Allesammen!
 Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
 [Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
   </si>
   <si>
     <t>Bayern</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
 Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gXaR</t>
   </si>
   <si>
     <t>[Fortrykt på side 1:]
 Königreich Bayern
 Postkarte
 [Håndskrevet med blåt i adressefeltet:]
 Sybergs
 Via S. Lucia
 Pisa
@@ -3114,87 +3038,50 @@
 Stine har misforstået, hvordan de sloges med sne.
 Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
   </si>
   <si>
     <t>[Fortrykt på side 1:]
 Königreich Bayern
 Postkarte
 [Håndskrevet i adressefeltet:]
 Syberg
 Via S. Lucia
 Pisa
 Italia
 [Adressen overstreget. Med håndskrift er tilføjet:]
 Kjerteminde
 Danimarca
 [Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
 skrive til Köln
 [Håndskrevet s. 1:] 
 en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
 Kære Allesammen
 Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
 Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
-  </si>
-[...35 lines deleted...]
-Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
   </si>
   <si>
     <t>1913-05-01</t>
   </si>
   <si>
     <t>Ebbenheim bei Wiesbaden</t>
   </si>
   <si>
     <t>Johanne Giersing</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa i Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 015</t>
   </si>
   <si>
     <t>Hans ønsker Lars/Sakker tillykke med fødselsdagen. Hans og Johanne/Besse spiser i den restaurant, som man ser på kortet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V1gj</t>
   </si>
   <si>
     <t>[På kortets billedside er fortrykt:]
 Gartenwirtschaft
@@ -3236,162 +3123,439 @@
 De to er ærgelige over, at der ikke er brev fra forældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rDCL</t>
   </si>
   <si>
     <t>[Fortrykt på s. 1:]
 Postkarte
 [Håndskrevet med blåt i adressefeltet:]
 Sybergs
 Via S Luca 1
 Pisa
 Italien
 [Adressen er overstreget, og med sort er skrevet:]
 Kjerteminde
 Danimarca
 [Håndskrevet i tekstfeltet:]
 Frankfurt 1/5-13
 Kære Allesammen.
 Vi dejser rundt i frankfurt for at P ["P" overstreget] vente paa at Posthuset kan aabne vi haaber at der er Brev fra Jer 2 1/4 Time maa vi vente fordi det er 1ste Mai og Kristi Himmelfart nu spiser vi for ikke helt [s. 2] at spilde Tiden det har regnet til Morgen men er nu dejligt Vejr vi skal se at naa Koblenz. Mange Hilsner fra Hans til Jer alle.
 Kære Allesammen
 Nu sidder i maaske i Pilegaarden - Hvordan er det? Hvordan har Martin og den "Gamle Ged" det? Og Rovmorderen, Rilles lille Kone, - I Gaar havde vi en vidunderlig Tur. I Dag er Vejret ikke rigtig godt der er begyndt at trække Byger op. - Mange Kys fra Besse
 Vi har været paa Posthuset og er meget ærgerlige over at I ikke har skrevet vi har nemlig faaet den Ide at I ikke ved hvor vi er henne og at I saa er dumme nok til at fare rundt med Ekspressen for at finde os</t>
   </si>
   <si>
-    <t>1913-05-02</t>
-[...31 lines deleted...]
-  <si>
     <t>1913-05-03</t>
   </si>
   <si>
     <t>Köln</t>
   </si>
   <si>
     <t>Kerte</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
   </si>
   <si>
     <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
 Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RpsI</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Postkarte
 [Håndskrevet i adressefeltet:]
 Syberg
 Via S. Lucia 1
 Pisa
 Italien
 [Adressen overstreget og erstattet af håndskrevne ord:]
 Kjerteminde
 Danimarca
 [Håndskrevet i tekstfeltet:]
 Kære Allesammen.
 Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
 Kære Allesammen
 Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
   </si>
   <si>
+    <t>1910-12-19</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Niels Hansen
+Peter Hansen
+Johannes Larsen
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129.</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft skriver til Mads Rasmussen om erhvervelse af et maleri af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d4uk</t>
+  </si>
+  <si>
+    <t>1910-12-19
+Kære Herr Fabrikant Rasmussen!
+I Dag fik jeg Brev fra Syberg, der har slaaet sig ned i Pisa. Syberg skrev, at han ogsaa stemte for Købet af Niels Hansens Billede. Jeg skynder mig med at skrive dette, for at De kan se, at altsaa alle Stemmer paa Tom Petersens nær er for Billedet. Det kunde altsaa for den Sags Skyld ligesaa godt anskaffes til Museet som Swane i sin Tid, da var [jeg?] jo den eneste, som var imod. 
+Der kunde altsaa ogsaa endnu købes for Udstillingen som er aaben endnu i Dag og vistnok i Morgen, og der kan ske uden [xxxx] Formaliteter, mod at De skriver til Brandt, at vi har købt det.
+Sybergs, Larsens, Peter Hansens, Birkholms og min Stemme har det for sig.
+Ja, det var egentlig blot det, jeg vilde sige Dem. 
+Venlig Hilsen til Dem og Frue
+Deres hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1911-08-03</t>
+  </si>
+  <si>
+    <t>Der er lige så varmt i Danmark som i Italien. Johannes V. Jensen har i år set sig grundigt om på Sjælland, som han synes, er en dejlig ø.
+Brevet fortsættes nogle dage senere, hvor JVJ skriver, at der stadig er meget varmt, han har de seneste fire uger gået i sit tropesæt. Han savner Sybergs og bemærker, at venskaber er sjældne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EHTL</t>
+  </si>
+  <si>
+    <t>3 Aug 11
+Kære Venner
+Vi har her, som I maaske har læst, en ganske italiensk Varme, en Skæbne der knytter os til Familjen i Pisa. Ellers har vi Ingenting. Vejret er bleven for gammelt og vi vilde have godt af en lille Rejse. Jeg har i Aar set mig grundigt om paa Sjælland, det er dog en dejlig Ø, men jeg er vist dødelig nok endnu til at maatte bort fra den for at beskrive den rigtigt. Paa Fyn har jeg ikke været.-
+8 Aug
+Der har været nogle Dage hvor man gik og hang i Tordenluft og Tørke, uden at det blev til Regn alligevel. Det er en Skam ingenting at foretage sig, men jeg klager ikke utaknemligt over Varmen. I fire Uger har jeg gaaet i mine gamle Tropesæt. Hvordan har I dog klaret Jer dernede? Else og jeg vover os i dag en Tur paa Landet ud for at se Høsten. Børnene har det godt. Vi lever i en Idyl og Idyller giver ikke Stof til Nyt. Jeg sukker efter Jer sommetider, Venskaber er sjældne. Else beder hilse mange Gange.
+Eders hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sammenligner Syberg-familien med musefamilien i Rynkeby Præstegaard. Fra det hjemlige liv er der ikke så meget at berette, mørke dage og hele familien har haft influenza.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGAN</t>
+  </si>
+  <si>
+    <t>6 Dec 10
+Kære Syberg, Anna, Hans, Nolle, 
+Besse, Sakker, Trylle, Rille - I minder mig allesammen om Musefamiljen i Rynkeby Præstegaard, og nu er I kommen paa en slem Rejse, og Nips er dumdristig men Naps klog, Pylle og Polle kønne og artige, Pipi fræk og Dikke kælen, det passer paa hele Familjen i Pisa. Vi blev meget glade for Brevet, som jeg saa smaat begyndte at vente paa, og alt staar jo vel til. Her ligesaa, jeg har haft forfærdelig travlt med den Artikel om Las, men nu er den virkelig ogsaa bleven god, som du skal faa at se. Vi har været ret syge, først Forsørgeren, saa Jens, saa Villum og nu endelig Else, det er Influenza og kun en Overgang men meget ubehagelig. Mørke Dage, Sol maaske et Glimt hver 14de Dag, og ny bræger Alverden allerede utaaleligt om Jul. Med "Riget" gaar det saa som saa; hvis ikke en vis Sultekur lykkes, gaar det hele i Brokkassen. Foreløbig lader vi Fv.J. regere med det og sørger ikke for noget fra vor Side, lad ham saa køre i Grøften saadan at man kan se det er ham der har Fejlen. Carl V. P. gik i Gaar, det var vi ikke rigtig glade for, det var ikke Meningen, men vi kunde heller ikke have en flæbende Matros paa Skuden i skidt Vejr. Else og jeg skal i dag paa Udstilling og se paa Fynboer, ellers har vi kun smaa Glæder. Sludder, naar jeg nu ser ud over Parken i det skumle Vejr ser det dejligt ud. og en Ølvogn kører forbi, det spinder saa fint i min Kakkelovn, her er godt. Mange Hilsener! Fra Else, fra Børnene
+Jeres hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1913-02-06</t>
+  </si>
+  <si>
+    <t>Familien Syberg sender mange hilsner til Mads Rasmussen og familien. Sybergs har været i Rom og Fritz vil gerne tilbage ved lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmpP</t>
+  </si>
+  <si>
+    <t>Hr Etatsraad
+Mads Rasmussen
+Skjoldsgade 10
+Kjøbenhavn
+Danimarca
+Poststemplet: 6 feb.
+Mange Hilsener fra Familien Syberg. 
+Rom er et dejligt Sted men dyrt. Dog tror jeg hvis alt går vel, at jeg må herned en Gang igen Dette Besøg har kun sat Appetitten op. Om nogle Dage rejser vi hjem til Idyllen i Pisa og til Arbejdet. 
+Mange Hilsener til Dem alle. Deres hengivne Fritz Syberg - fra 1st Nobr Via Santa Lucia N1. Pisa</t>
+  </si>
+  <si>
+    <t>1915-03-22</t>
+  </si>
+  <si>
+    <t>Pilegården</t>
+  </si>
+  <si>
+    <t>Oslo Plads 1, 2100 Kbh
+Møllebakken, 5300 Kerteminde
+Sybergs Have, Kerteminde</t>
+  </si>
+  <si>
+    <t>Karen Goldschmidt
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Skrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
+Pilegården (adressen i dag er Sybergs Have) et stateligt hjem i gåafstand fra Johannes Larsens hjem på Møllebakken erhvervedes i 1902 af Anna og Fritz Syberg. Efter Fritz Sybergs død i 1939 blev stedet overtaget af sønnen Franz Syberg og hans familie. I 1955 nedbrændte huset i en stor ildebrand, der kostede Franz Syberg livet.
+Den Frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod adgangskravene på det etablerede Charlottenborg. Det gør udstillingen til Danmarks ældste kunstnersammenslutning.
+Anna og Fritz Sybergs malerophold i Pisa er fra dec. 1910 til maj 1913.
+Kilde:
+Den store danske encyklopædi
+Porsmose, E.: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal, 2010.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg inviterer Ernst Goldschmidt og hustru Karen på besøg på Pilegården. Anna Syberg døde juli 1914. Fritz Syberg mindes i brevet det specielle venskab mellem Anna Syberg, børnene og Ernst Goldschmidt. 
+Fritz Syberg skriver om de unge maleres stiftelse i 1915 af udstillingen Grønningen, som han også tilslutter sig, da han beslutter at støtte deres opgør med de gamle malere på den Frie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UFUm</t>
+  </si>
+  <si>
+    <t>Pilegården 22-3-1915.
+Kære Goldschmidt.
+Tak for Dit Brev, det vil glæde mig at se Dig herovre hos mig, hvis Din Kone kunde tage med skulde I begge være hjertelig velkomne. For en Nats Tid tror jeg godt I kan holde den gående her. Jeg har en stor Himmelseng som I nok kunde knibes ind i. Desværre har jeg ikke så meget at byde på nu Anna er død. Hendes Humør der forstod at få det bedst mulige ud af enhver af Livets Situationer faldt så godt sammen (med) din Måde at tage Tingene på - Jeg glemmer aldrig hendes Glæde over dit Påfund at "sætte" vore Sølvskeer - nede i Pisa. Skønt jeg følte mig som Tilskuer ved alt hvad Du og Anna og Børnene i Forening foretog Jer er det dog derigennem Du har fået en Plads i mit Hjerte. Men nu vil jeg ikke tale mere om dette, som jo slet ikke er påkrævet, men nærmest lyder som jeg vilde snadre mig fra det der efter Din Mening er langt vigtigere. Når jeg ikke går med til Jeres Udstilling har jeg ingen andre Grunde end at jeg i hele denne Sag har ladet mig lede af mit Instinkt. Det har budt mig at følge de unge i Kampen mod de gamle, at den førte til udmeldelse af den Frie er kun en Konsekvens af Kampmetoden (I kunde måske lige så godt have erobret den Frie) Det er det samme Instinkt der siger mig at jeg nu skal holde mig fra Jer for ikke i Jeres Kreds at komme til at stå som det gammeldags konservative Element. Dermed er alt sagt. De Grunde jeg har angivet for ikke at udstille er meget plausible: jeg har for lidt at byde på i år - ( så lidt færdigt) og vil gøre en relativ dårlig Figur på Jeres Udstilling hvad ingen har Glæde af uden måske netop dem på den Frie. Men dette sidste har jeg allerede skrevet som Svar på et Brev jeg modtog fra selve Jeres "Ober" og du kan jo altid meddele "Piccoloen" det hvis han ikke har fået det at vide [allerede: tilføjet i håndskrift]
+[brevet er uafsluttet]</t>
+  </si>
+  <si>
+    <t>1912-03-30</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Christen Købke
+Johannes Larsen
+Kristian Møhl
+Laurits Ring
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>På grund af pengemangel har Else og Johannes V. Jensen opgivet deres rejseplaner og vil i stedet tage til Tisvilde til sommeren. Else håber, at Anna og Fritz Syberg vil lægge vejen forbi til sommer. Ellers beretter hun om forskellige udstillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C1Ej</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 - d: 30-3-12.
+Kære Anna og Syberg
+Vor smukke Plan om en kombineret Rejse til Rusland og Italien er røget i Lyset. (vi kan ingen Penge faa, saa vi har helt opgivet at rejse i Aar og tager op til Tisvilde en af Dagene og leger os et Hus til at være i til Sommer. Saa vil vi se at faa et Par sma Jolændere, som vi jo saa kan sælge igen til Efteraaret, og saa skal vi i tre Maaneder ikke bestille andet end at gaa i Vandet, ride, køre og sidde Model for jer, naar I kommer herop. hvis I er saa søde at komme, og det gør I jo nok. Der er saa dejligt ved Tisvilde, fordi der er den store Statsskov som forhindrer Folk i at bygge paa en hel Mil af Kysten, saa man er lige saa ugeneret som paa Fynshoved, jeg foregøgler mig noget om at bade til hest, men det lader sig maaske ikke gøre. Vi er ellers for Tiden optaget af Udstillinger. Johannes Larsen er storartet. Peter har jo ikke andet end Faaborgbilledet, saa er der et gevaldigt Svindelbillede af Villumsen et Par kønnere end sædvanligt af Møhl og ellers en Masse man ikke husker paa den frie. Paa Charlottenborg er der er Par fuldkommen skøre af Slott-Møller jeg er sikker paa, at der ikke kan sige et godt Ord om dem, ingen kan tage ham alvorligt mere. for Resten tror jeg, at jeg der syntes bedst om L.A. Ring. 
+Kunstforeningen har en smuk Udstilling af Købke han var da en forfærdelig sød Maler. Det er vist frækt af mig at udtale mig om Kunst, men I kan have godt af at høre en Røst fra Folket. For Resten fører vi et sandt Driverliv. J.V. har ikke orket at tage fat paa noget siden den sidste Bog, og saa har vi taget os for at more os i Stedet. vi har selv haft Bal, og vi har været til den frie Udstillings Fest og vi har været til Sammenskudsbal, kort sagt vi lader som om vi var unge Mennesker. Kom nu op og del vor Idyl saa tager vi til næste Efteraar til Pisa. Hils alle Børnene.
+Jeres Else J.V.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er blevet meget optændt af ideerne om at skabe et kunstblad og mener, de skal holde ideen i live. Han er sikker på, at han og Fritz Syberg vil kunne arbejde godt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I72J</t>
+  </si>
+  <si>
+    <t>14 Maj 12
+Kære Ven!
+Hvad du skrev i dit sidste Brev om at vi skulde udgive et Kunsttidsskrift sammen har kastet en Brand i min Sjæl; men det skal ikke være et Kunstblad alene men ogsaa handle om Literatur og Politik. Om et Par Aar naar jeg har været paa Rejse og faaet nogle Skrifter fra Haanden tænker jeg jeg vil føle mig ledig og oplagt til endnu en Gang at prøve paa at skabe en Opinion i Skandinavien (maaske Tyskland med). Hvis der dukker en ny Mand op som kan drive Blade for os økonomisk skulde jeg tro vi kunde gøre det. Lad os hver for sig tænke over det og modne vore Planer. Jeg er vis paa vi kunde arbejde sammen. Else skriver med det samme, fra hende faar I at vide hvad smaat der er sket, det er jo heldigvis ikke af Betydning. jeg har været min sædvanlige Blæsetur i Himmerland paa Cykle. Vi har Børnehjælpsdag med Stortromme i Gaden. Ellers ikke andet end en hjærtelig Hilsen til hele Familjen i Pisa. 
+J.</t>
+  </si>
+  <si>
+    <t>1912-12-11</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Johannes V. Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Else Jensen takker for brev fra Fritz Syberg. Johannes V. er af sted på sin rejse; det er dejligt, at han er ude at lufte sig, da der er en dårlig stemning mod ham i Danmark for tiden. Else kunne også selv drømme om at rejse fra det sure vintervejr, men nøjes med at glæde sig til næste sommer, hvor Sybergs åbenbart har meddelt, at de kommer til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Eou</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 d. 11-12-12.
+Kære Anna og Syberg.
+Tak Syberg fordi du skrev til mig i min Ensomhed. I kan jo nok tænke det er ikke rigtig noget for mig, men det var ganske nødvendigt at J.V. kom lidt ud at lufte sig, her er en ækel sur og fjendtlig Stemning mod ham for Tiden, som i Længden virker deprimerende, jeg tror han har det ligesom du Syberg at han storartet kan undvære hver eneste Sjæl i Kongeriget, men saa meget desto mere har han været henvist til sin Familie, saa han vil nok til Tider alligevel føle det som lidt af en Landsforvisning at være borte fra os. I kan ikke tænke Jer, hvor her er mørkt og vaadt i Aar, der har kun frosset en enkelt Nat ellers har det flere Maaneder være Regn og Taage, alt Fodtøj er vaadt og opblødt og alle Børn blege og kirtelsvage. Jeg blev helt syg efter lidt Solskin, da jeg læste din Beskrivelse af Pisa i Vintersol, har I virkelig Roser, Lavendler og Sommerfugle paa denne Aarstid? Nej nu kommer vi nok aldrig til Italien. J.V. fik det aller ugunstigste Indtryk den Dag han gik i Genua i Regnvejr, det var jo ogsaa et forbistret Uheld, og naar I kommer hjem til Sommer har vi jo heller ikke noget at rejse derned efter. Jeg havde den aller største Lyst til at stikke ned til Jer, mens I er der, Jens kunde saa haardt trænge til det, han ligner en lille bleg Oblat med tykke Øjenlaag og skæve Ben. Villum kan jo trives hvor som helst, ogsaa her, men vi har jo ikke Raad, Legatet slaar jo langt fra til til J.V.s Rejse, og Ungerne skulde jo helst passe den Skole. Jeg vil nu sætte alt ind paa at faa en god Sommer til Erstatning for den mislykkede Vinter, og I maa love mig højt og helligt at komme op og bo i vort Hus, saa kan vi rejse sammen til Faaborg, jeg længes efter at vise jer Sjælland og havde det rigtig hyggeligt sammen med jer. J.V. kommer i Begyndelsen af Juni, det bliver vel omtrent samtidig med Jer, sikken vi skal fejre jer sammen. hvor jeg glæder mig til det. 
+Kunde I ikke have Lyst til at skrive til J.V. han er saa forladt ene paa den anden Side Kloden, jeg sender jer Adressen som for Resten kun dur en kort Tid.
+Johannes V. Jensen Esq.
+c/o The Danish East Asiatic Co. Ltd.
+Singapore
+S.S. Bandon Asia
+Jeg kan godt forstaa at Syberg ikke tog til Genua den Dag, vi havde nok en Mistanke om, at det var en temmelig lang Tur, og saa var det jo ogsaa usikkert hvor længe J.V. blev der. Han havde nok ellers kunnet trænge til en Opmuntring, jeg tror Humøret har været sløjt, han sendte mig den Dag en Beskrivelse af sine Medpassagerer, han lige havde været nede og set paa, og den var ikke rosenrød, og han hader jo egentlig at være indespærret paa et Skib , først i Begyndelsen af Januar kommer han i Havn.
+Glædelig Jul alle sammen.
+Else Johs V.</t>
+  </si>
+  <si>
+    <t>1937-02-26</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Pilegaarden</t>
+  </si>
+  <si>
+    <t>Emil Brückner
+Lars Bækhøj
+Johannes V. Jensen
+Johannes Madsen
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Lars Syberg
+Marie Syberg
+Odette Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg udstillede på Den Frie 14.-28. februar 1937 sammen med blandt andre Jens Sørensen, Olga Wagner, Henrik Starcke og Robert Storm-Petersen. Fritz Syberg havde følgende billeder med på udstillingen:
+Høstaften, 1938, 56x73 cm
+Smeltende sne, 1939, 67x96 cm
+Kornlandskab, 1938, 67x90 cm
+Bondegaard-Aften, 1937, 67x96 cm
+Mørke Foraarsdage, 1937, 187x287 cm
+Havremark, 1938, 68x78 cm
+Snefog, 1938, 67x96 cm
+Landskab sidst i September, 1938, 67x99 cm
+Bondegaard. december, 1938, 67x96 cm
+(Oplysninger fra udstillingskataloget på Den Frie)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57</t>
+  </si>
+  <si>
+    <t>Billederne fra udstillingen bliver sendt med tog til Odense. Fritz Syberg vil bede Hans om at opbevare nogle værker. Lars/Sakker og Odette skal have nogle billeder og Franz/Trylle også. Andre billeder skal til Fyns Forsamlingshus, glarmester Madsen, Lars Bækhøj og Johannes V. Jensen. Hans må tale med kunsthandlerne om kobilleder til deres udstilling. De øvrige oliebilleder tager Fritz Syberg selv med hjem. Hans kan få portrætter af Tante Marie, hvis han vil have dem. Anna Louise/Rabbe får også billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Q5V8</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+26-2-37
+Kære Hans.
+Naar Udstillingen slutter Søndag Aften, bliver jo Samlingen sendt af Sted i en eller to Banevogne til Odense hvad Kunsthandlerne tager sig af. Men en Del Billeder bliver tilbage. For det første dem Du har havt paa Dine Vægge i "Kjærby Bakke", Søndermarken Madonnaen foruden Din Sarkofag og Figurerne i Campo santo. Maaske en Del mindre Billeder som jeg saa vil bede Dig huse.
+Sakker har jeg tænkt skal have sit Portræt og tillige et stort Billede, enten det som Brückner har havt eller ogsaa det som staar i Dit Værksted og er hjemsendt fra Australien, hvilket han nu helst vil have eller rettere sagt hvilket Odette helst vil have. Trylles Billeder er det af Jeres Mor (Aquarel) som hænger paa samme Væg som Madonna i øverste Række til venstre, naar man vender Ansigtet mod Væggen det gaar med den øvrige Samling til Odense Han har tillige et til en større Aquarel med det skæve Taarn, der staar i Kælderen og er ikke hængt op og gaar ligeledes med Banevogn til Odense. det gør ogsaa alle de Billeder jeg har laant: Kornbilledet til Fyns Forsamlingshus (No 89) et Kobillede tilhørende Glarmester Madsen No 91 Svanninge Kirkegaard lille. Helleskov N 92 Kobillede til Højskoleforst. L. Bækhøj Ollerup N 102 De to smaa ["smaa" indsat over linjen] Billeder af [et overstreget tegn] Johannes V Jensens fra Tibirke No 77 og 78 kunde Du maaske tage Dig af, bringe ham, de kan nemt være i Din Bil, enten det, eller Du kan lade den Vognmand som kører alle de andre ud til Dig besørge dem til Joh. V. ["Joh. V." indsat over linjen] ogsaa. Kan Du saa ikke iøvrigt forhandle med Kunsthandlerne om hvormange af Kotegningerne de vil have med paa deres Udstillinger. Skyder de en Del ud hvad jeg gærne ser kan Du (og Sakker) maaske overtage dem. Alle mine store Oliebilleder i øvrigt tager jeg selv hjem, saa de gaar med til Odense. Skulde Du ønske et af Tante Mariebillederne til at hænge i Din Gang, bryder Kunsthandlerne sig næppe om at have det med. Rabbe har jeg sørget for, hun faar en af Dagene sendt et større og et mindre Oliebillede til at hænge paa sin Væg. Nu bedes Du undskylde at jeg uden videre disponerer over Dig, men jeg haaber det kan gøres med at Du er paa den Frie Søndagaften. Skulde der være noget jeg har glemt beder jeg Dig handle efter Konduite. 
+[indsat lodret i venstre side på ark nr. 2 med pil ind i teksten til ordene "paa sin Væg":]
+Tillige er det hendes Aquarel af Jeres Mor den hænger i modsat Ende af det, som Trylle ejer, altsaa paa Madonnavæggen
+[Indsat på hovedet øverst på side 1:]
+Hvordan Kunsthandlerne og jeg ordner os skal nærmere bestemmes paa Sagfører Spies' Kontor naar Billederne kommer til Odense. Ha'et nu godt hils Ulla og Børn og mange Hilsener fra Far.</t>
+  </si>
+  <si>
+    <t>Forår 1911</t>
+  </si>
+  <si>
+    <t>Italien</t>
+  </si>
+  <si>
+    <t>Lung'Arno, Italien</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg med børn opholdt sig i Italien - primært Pisa - fra november 1910 til marts 1913. Lung'Arno er vejen/promenaden, der i Pisa går langs Arno-floden. 
+Johannes V. Jensen fik Nytårsdag 1911 trykt en artikel om fetichisme, og det er denne, som Johannes Larsen har sendt Syberg-familien. Artiklen handlede om den åndelige smitte og kunstneriske forvildelse, som bla. van Gogh og Gauguin spredte. Johannes Larsen skrev til Johannes V. Jensen om denne artikel bla.: "Det værste ved din Kronik er, at du faar alle Idioterne til at hyle af Henrykkelse". Jensen sendte derefter både Larsens brev og artiklen til Syberg i Pisa. Se Erland Porsmose: Fritz Syberg, Gyldendal 2012 s. 228</t>
+  </si>
+  <si>
+    <t>Anna Syberg takker for bogen. Det er dejligt igen at læse noget af Jensen. Hun og Fritz Syberg var ikke enige med Johannes Larsen om artiklen om fetichdyrkelsen, men de forstår godt, hvor Jensen vil hen.
+Anna laver kylling, og familien skal have jordbær og kirsebær til aften.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HqPT</t>
+  </si>
+  <si>
+    <t>[På side 1 en tegning udført af Fritz Syberg med håndskrevet tekst:] Un passegiata a lung’Arno
+[Side 2]
+Kære Else og Joh. V. – Jeg iler fra den Kylling, jeg er ved at stege for at faa en Hilsen med til Jer. Tak for Bogen, det er himmelsk dejligt at læse Dig igen, efter et halvt Aars komplette Mangel paa Læsning. Jo det Du sendte i Vinter ”Fetishdyrkelsen” havde vi ogsaa Fornøjelse af, vi var ikke enig med Las, skøndt vi naturligvis fandt hans Brev udmærket? Det gør jo ikke noget om det ikke er helt "rigtigt" det Du siger om v. Gogh, det er jo dog udmærket sagt og Du er jo ikke professionel man forstaar jo dog godt hvor Du vil hen. – Bliver I ikke misundelige, naar I paa dette Billede ser os svanse paa Lung’Arno. Nu skal jeg hen og servere Middagen: Kylling med Grønærter og nye Kartofler, derefter Jordbær og Kirsebær. Løber Jeres Tænder nu ikke i Vand? Mange Hilsner fra Jeres hengivne Anna.</t>
+  </si>
+  <si>
+    <t>1932-03-31</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen: "Pisangen. Myter", bind 5 udkom i marts 1932. Indledningsmyten bærer titlen "Pisangen". Det er formodentlig denne tekst, Fritz Syberg er inde på.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for bogen. Johannes V. Jensen hører til de uforgængelige. Syberg vil helst efter døden spiddes på en torn og indtørre i vinden - som tornskaderne gør med byttet. Et alternativ er at melde sig ind i ligbrændingsforeningen. 
+Syberg maler en masse billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mc6I</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+31 – 3 – 32
+Kære Ven.
+Tak for Din Bog. Jeg har lige læst Indledningsmyten. Ja kære Ven Du hører til de uforgængelige – forsaavidt som vor Klode er uforgængelig, og jeg kan ihvert Fald ikke forsone mig med Tanken om nogen anden Art Uforgængelighed end den der er knyttet til vor Jord. Helst vilde jeg efter Døden spiddes paa en Torn, af passende Størrelse som Tornskaderne plejer at gøre ved deres Bytte, og saa sidde og indtørre paa et eller andet Næs i Vestenvinden, et ensomt Sted hvor ingen kommer. I Mangel af et saadant Arangement har jeg under Overvejelse at indmelde mig i Ligbrændingsforeningen. Saadan en lille Urne med nogle faa Bensplinter – jeg tænker paa Nolle – tager ikke megen Plads, man fylder ikke saa meget som et nyfødt Barn.
+Hvorfor jeg kommer ind paa Spørgsmaalet om Døden ved jeg ikke.
+Alt gaar vel, Billederne tager til i Mængde og nu som al Tid er det de skønneste Billeder man aldrig faar malt. 
+Hils Else mange Gange.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1913-05-04</t>
   </si>
   <si>
     <t>Ernst Syberg</t>
   </si>
   <si>
     <t>Tyskland
 Hagen</t>
-  </si>
-[...2 lines deleted...]
-Pilegaarden</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
 Johanne/Besse har også tidligere på et postkort fra cykelturen i 1913 omtalt lillebror Ernst/Rille og hans Rovmorderveninde. Hohen Sieburg var den borg i Tyskland, som Syberg-familien kom fra. Den stod allerede i 1913 som en ruin.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 019</t>
   </si>
   <si>
     <t>Hans og Johanne har ledt efter en lille Sybergprinsesse til broderen, men der er kun Sieburgere, så han må nøjes med sin rovmorder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/j7gX</t>
   </si>
   <si>
     <t>[Fortrykt på billedsiden:] CÔLN, Denkmal König Friedr. Wilh. III auf dem Heumarkt.
 [Fortrykt ved adressefeltet på tekstsiden:] 220 Verlag H. Worringen, Köln Altermarkt 47.
 [Håndskrevet på kortets tekstside:]
 Skuespilleren
 Hr. Negertamp
 Pilegaarden
 Kjerteminde
 Dänemark
 Kære lille levende Nigger - Du kan tro vi har ledt efter en lille Sybergprinsesse til Dig, men her er kun Sieburgere [de sidste tre bogstaver i ordet indsat over linjen] og dem er der jo ikke noget ved. Du maa nok nøjes med Rovmorderen men hun er da næsten ogsaa lige saa køn. Mange Kys fra Besse
 Hagen - 4 - 5 - 1913</t>
   </si>
   <si>
     <t>1913-05-05</t>
+  </si>
+  <si>
+    <t>Clara Syberg</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 017</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse var glade for at høre "Alt vel". De skal på museet og se deres fars billede. Og de har talt med en fuld tysker.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/og82</t>
   </si>
   <si>
     <t>[Håndskrevet på kortets billedside:]
 Er det morsomt at gaa paa Realskolen?
 [Fortrykt på kortets billedside: Et langt digt]
 [Fortrykt på kortets tekstside:]
 POSTKARTE.
 1908. Verlag: Leo Kürten, Köln
 [Håndskevet i kortets adressefelt:]
 Freulein
 Nolle Syberg
 Pilegaarden
 Kerteminde
 Dänemark
 [Håndskrevet i kortets tekstfelt:]
 Kære levende Nolle.
@@ -3411,232 +3575,68 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 018</t>
   </si>
   <si>
     <t>Det regner. Hans og Johanne er hjemme om 5-6 dage. De venter på, at deres værelser bliver klar. Hotelværten har ingen ører.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WYXg</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 POSTKARTE
 [Håndskrevet i adressefeltet:]
 Sybergs
 Pilegaarden
 Kerteminde
 Dänemark
 [Håndskrevet i tekstfeltet:]
 Stolzenau 7-5-13.
 Kære Allesammen.
 Det regner endnu hele Dagen, - syvende Dag. - - Vi tænker at kunde være hjemme om circa 5-6 Dage. Vi spiste under et Skur i Dag. Mange Kys Besse
 [S. 2] 7-5-13
 Kære Allesammen
 Vi cyklede Kl 8 fra Bielefeld og kommer her til Stolzenau [ulæseligt ord] Kl 8 1/4 det er ikke nogen lang Tur men meget fugtig. Vi sidder og venter paa at vores Værelser kan blive færdige og ser imens paa at to sidder og drikker af nogle kollosale Glas. Mange Hilsner fra Hans. Vores Vært er uden Ører og med et mægtigt Ar. Tyskerne er dog nogle Festigummer med alle deres Ar i Ansigtet</t>
   </si>
   <si>
-    <t>1915-03-22</t>
-[...180 lines deleted...]
-Hvordan Kunsthandlerne og jeg ordner os skal nærmere bestemmes paa Sagfører Spies' Kontor naar Billederne kommer til Odense. Ha'et nu godt hils Ulla og Børn og mange Hilsener fra Far.</t>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
+Det er uvist, hvem Ida og Mimmi er.
+Corriere della serra er navnet på en avis.</t>
+  </si>
+  <si>
+    <t>Clara Syberg (født 1899) kaldet Nolle skriver et kort brev til Ernst Goldschmidt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NwAI</t>
+  </si>
+  <si>
+    <t>Ærede Høvding.
+Den sorte Negl arbejder vel godt? Jeg holder paa Papiret med en Neglerenser som Du skal faa at se naar Du kommer igen, haaber Størrelsen passer no. 28; altsaa, jeg holder paa Papiret med dette Aparat for at min sorte Haand ikke skal sætte Fingeraftryk ; Pyh - det var indviklet Svindel fra den sorte Pen, min Bussemand. Mange venlige Hilsner fra den forhenværende Svindlerspire.
+40 Draaber Opium mod journalistisk Mavekneb
+Ærede Hr. Skykkeskraber og
+Svinlerhøvding for den saarte nejl
+Vaar dan har De det. Jeg saa Ida imaages hun kikkede længselfult op efter Deres Vinduer. Lille Mimi haaber at de skriver i corriere della sera om hennes udstilling. 
+Mange hilsner fra Nolle.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3713,51 +3713,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b9nu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NwAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOrw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g46Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Konv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mc6I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b9nu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOrw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g46Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Konv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mc6I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NwAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M111"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3800,4881 +3800,4881 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="L2" s="6" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3">
-      <c r="A3" s="5" t="s">
-        <v>26</v>
+      <c r="A3" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E4" s="5" t="s">
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5"/>
-[...3 lines deleted...]
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="G5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="H5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C6" s="5" t="s">
+      <c r="G6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="J7" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...42 lines deleted...]
-      <c r="D7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="F7" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>67</v>
-      </c>
-[...32 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>25</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>84</v>
-[...4 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>76</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I10" s="5"/>
+        <v>77</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>78</v>
+      </c>
       <c r="J10" s="5" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="I12" s="5"/>
+        <v>89</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>90</v>
+      </c>
       <c r="J12" s="5" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>103</v>
-[...14 lines deleted...]
-        </is>
+        <v>49</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="I13" s="5"/>
+        <v>95</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>96</v>
+      </c>
       <c r="J13" s="5" t="s">
-        <v>105</v>
+        <v>53</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="5" t="s">
-        <v>109</v>
+      <c r="A14" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="5" t="n">
+        <v>1912</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...77 lines deleted...]
-      </c>
     </row>
     <row r="16">
-      <c r="A16" s="5" t="s">
-        <v>122</v>
+      <c r="A16" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="5" t="s">
-        <v>123</v>
+        <v>25</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>127</v>
+        <v>53</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="5" t="s">
-        <v>131</v>
+      <c r="A17" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>25</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G17" s="5" t="s">
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>134</v>
+        <v>117</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="5" t="s">
-        <v>139</v>
+      <c r="A18" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G18" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>142</v>
+        <v>123</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="5" t="s">
-        <v>146</v>
+      <c r="A19" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>60</v>
-[...12 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>149</v>
+        <v>131</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="s">
-        <v>151</v>
+      <c r="A20" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>152</v>
+        <v>25</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>62</v>
+        <v>136</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>155</v>
+        <v>137</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>156</v>
+        <v>138</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>157</v>
+        <v>139</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G21" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>159</v>
+        <v>141</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>160</v>
+        <v>118</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>161</v>
+        <v>142</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>162</v>
+        <v>143</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G22" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>166</v>
+        <v>148</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>118</v>
+        <v>53</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>154</v>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I23" s="5" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>177</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>178</v>
+      <c r="G24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I24" s="5" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>118</v>
+        <v>53</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>182</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>184</v>
-[...7 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>165</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>187</v>
+        <v>53</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>188</v>
+        <v>168</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G26" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="I26" s="5"/>
+        <v>172</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>173</v>
+      </c>
       <c r="J26" s="5" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>193</v>
+        <v>175</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>194</v>
+        <v>176</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>196</v>
+        <v>25</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>178</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>199</v>
+        <v>181</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-        </is>
+        <v>185</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>186</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>187</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>86</v>
+        <v>188</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G29" s="5" t="s">
-        <v>208</v>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>22</v>
+        <v>188</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>211</v>
+        <v>194</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>59</v>
+        <v>185</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>196</v>
+        <v>25</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G30" s="5" t="s">
+        <v>198</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
-        <v>62</v>
+        <v>188</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>67</v>
+        <v>111</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>59</v>
+        <v>204</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>196</v>
+        <v>25</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>221</v>
+      <c r="G31" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="H31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I31" s="5" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>118</v>
+        <v>53</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>59</v>
+        <v>185</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
-        <v>62</v>
+        <v>188</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>230</v>
+        <v>211</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>232</v>
+        <v>213</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>59</v>
+        <v>185</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>196</v>
+        <v>25</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>237</v>
+        <v>217</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>25</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="s">
-        <v>60</v>
-[...6 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>22</v>
+        <v>221</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>242</v>
+        <v>222</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>244</v>
+        <v>224</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="5" t="n">
-        <v>1912</v>
+      <c r="A35" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>60</v>
-[...7 lines deleted...]
-        <v>245</v>
+        <v>25</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>248</v>
+        <v>227</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>250</v>
+        <v>229</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="5" t="n">
-        <v>1912</v>
+      <c r="A36" s="5" t="s">
+        <v>230</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>251</v>
+        <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>231</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I36" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I36" s="5"/>
       <c r="J36" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>255</v>
+        <v>234</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="n">
-        <v>1912</v>
+      <c r="A37" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>256</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>60</v>
+        <v>236</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="s">
-        <v>257</v>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="I37" s="5"/>
+        <v>237</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>238</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>260</v>
+        <v>241</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="5" t="n">
-        <v>1912</v>
+      <c r="A38" s="5" t="s">
+        <v>242</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>60</v>
+        <v>243</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="s">
-        <v>261</v>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="5" t="n">
-        <v>1912</v>
+      <c r="A39" s="5" t="s">
+        <v>249</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="s">
-        <v>257</v>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="5" t="n">
-        <v>1912</v>
+      <c r="A40" s="5" t="s">
+        <v>256</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>60</v>
+        <v>257</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="s">
-        <v>272</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>275</v>
+        <v>260</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>276</v>
+        <v>261</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="n">
-        <v>1912</v>
+      <c r="A41" s="5" t="s">
+        <v>263</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>60</v>
+        <v>264</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>280</v>
+        <v>20</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>287</v>
+        <v>272</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>288</v>
+        <v>273</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>289</v>
+        <v>274</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="5" t="n">
-        <v>1912</v>
+      <c r="A43" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>291</v>
+        <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H43" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>292</v>
+        <v>278</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>196</v>
+        <v>283</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>171</v>
+        <v>284</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>196</v>
+        <v>264</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="I46" s="5" t="s">
-        <v>263</v>
+        <v>296</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>58</v>
-[...7 lines deleted...]
-        <v>60</v>
+        <v>16</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="I47" s="5"/>
+        <v>301</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>302</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>196</v>
+        <v>264</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>118</v>
+        <v>43</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>322</v>
+        <v>152</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="I49" s="5"/>
+        <v>312</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>313</v>
+      </c>
       <c r="J49" s="5" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>60</v>
+        <v>264</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G50" s="5" t="s">
-        <v>328</v>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>337</v>
+        <v>325</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>196</v>
+        <v>17</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>171</v>
+        <v>133</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>60</v>
+        <v>336</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>337</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>196</v>
+        <v>343</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-        </is>
+        <v>133</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>351</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>352</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="E56" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="M56" s="5" t="s">
         <v>361</v>
-      </c>
-[...26 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>60</v>
+        <v>350</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="s">
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="M57" s="5" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H58" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>86</v>
+        <v>371</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>67</v>
+        <v>133</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>245</v>
+        <v>24</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>22</v>
+        <v>371</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>59</v>
-[...7 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>62</v>
+        <v>371</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>391</v>
+        <v>15</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F61" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H61" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>83</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>397</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>62</v>
+        <v>371</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>394</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>403</v>
+        <v>371</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>67</v>
+        <v>185</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F64" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I64" s="5"/>
       <c r="J64" s="5" t="s">
-        <v>392</v>
+        <v>221</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>75</v>
+        <v>404</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>171</v>
+        <v>405</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>60</v>
-[...10 lines deleted...]
-        <v>414</v>
+        <v>406</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I65" s="5" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>409</v>
+      </c>
+      <c r="K65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L65" s="6" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="L66" s="6" t="s">
         <v>419</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>420</v>
-      </c>
-[...13 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="J67" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="I67" s="5"/>
-[...3 lines deleted...]
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>427</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E68" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F68" s="5" t="s">
+        <v>431</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I68" s="5"/>
+      <c r="I68" s="5" t="s">
+        <v>432</v>
+      </c>
       <c r="J68" s="5" t="s">
-        <v>62</v>
+        <v>433</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>58</v>
+        <v>404</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>103</v>
+        <v>405</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>438</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>439</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="s">
-        <v>435</v>
+      <c r="H69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>440</v>
+      </c>
+      <c r="K69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L69" s="6" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>67</v>
+        <v>404</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>83</v>
+        <v>405</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>440</v>
-[...4 lines deleted...]
-        </is>
+        <v>438</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>431</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="s">
-        <v>441</v>
+      <c r="H70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I70" s="5" t="s">
         <v>442</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>62</v>
+        <v>443</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>67</v>
+        <v>404</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>83</v>
+        <v>405</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>440</v>
-[...4 lines deleted...]
-        </is>
+        <v>448</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>431</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="s">
-        <v>447</v>
+      <c r="H71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I71" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>62</v>
+        <v>450</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>67</v>
+        <v>404</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>103</v>
+        <v>405</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>60</v>
-[...12 lines deleted...]
-      <c r="I72" s="5"/>
+        <v>455</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>456</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>392</v>
+        <v>457</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>59</v>
+        <v>462</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>440</v>
-[...9 lines deleted...]
-        </is>
+        <v>463</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>464</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>127</v>
+        <v>53</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>20</v>
-[...17 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
-        <v>22</v>
+        <v>472</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>477</v>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>62</v>
+        <v>188</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>256</v>
+        <v>15</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>479</v>
+        <v>49</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>482</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>245</v>
+        <v>483</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I76" s="5" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>67</v>
+        <v>465</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>103</v>
+        <v>489</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>490</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>492</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="I77" s="5"/>
+        <v>49</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>493</v>
+      </c>
       <c r="J77" s="5" t="s">
-        <v>392</v>
+        <v>53</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>489</v>
       </c>
-      <c r="B78" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" s="5" t="s">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>463</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>498</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
-        <v>392</v>
+        <v>53</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>494</v>
+        <v>461</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>58</v>
+        <v>462</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>463</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>503</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="I79" s="5"/>
+        <v>504</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>505</v>
+      </c>
       <c r="J79" s="5" t="s">
-        <v>86</v>
+        <v>506</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>15</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>76</v>
+        <v>511</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>86</v>
+        <v>371</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>103</v>
+        <v>465</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-        </is>
+        <v>489</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>516</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>60</v>
+        <v>491</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I81" s="5"/>
+      <c r="H81" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>518</v>
+      </c>
       <c r="J81" s="5" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>60</v>
+        <v>524</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I82" s="5"/>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>526</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>505</v>
+        <v>20</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>465</v>
-[...14 lines deleted...]
-      <c r="I83" s="5"/>
+        <v>531</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>533</v>
+      </c>
       <c r="J83" s="5" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>517</v>
+        <v>537</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>42</v>
+        <v>539</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>67</v>
-[...8 lines deleted...]
-        <v>133</v>
+        <v>49</v>
+      </c>
+      <c r="D84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>519</v>
+        <v>540</v>
       </c>
       <c r="I84" s="5"/>
-      <c r="J84" s="5" t="s">
-        <v>22</v>
+      <c r="J84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K84" s="5" t="s">
-        <v>520</v>
+        <v>541</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>542</v>
+      </c>
+      <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>524</v>
+        <v>15</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>185</v>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>527</v>
+        <v>32</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>529</v>
+        <v>188</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>530</v>
+        <v>545</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>524</v>
+        <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>534</v>
-[...5 lines deleted...]
-        <v>536</v>
+        <v>16</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>538</v>
-[...4 lines deleted...]
-        </is>
+        <v>20</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>549</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="B87" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="F87" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C87" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="s">
-        <v>544</v>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I87" s="5" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>546</v>
+        <v>457</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="B88" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="F88" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C88" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H88" s="5" t="s">
-        <v>544</v>
+      <c r="H88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I88" s="5" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>560</v>
+      </c>
+      <c r="K88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L88" s="6" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="B89" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="F89" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C89" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I89" s="5" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="F90" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C90" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I90" s="5"/>
+      <c r="I90" s="5" t="s">
+        <v>572</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>569</v>
-[...4 lines deleted...]
-        </is>
+        <v>573</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>574</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="M90" s="5"/>
+        <v>575</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>576</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>50</v>
+        <v>403</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>524</v>
+        <v>404</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>560</v>
+        <v>579</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H91" s="5" t="s">
+        <v>580</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>576</v>
+        <v>557</v>
       </c>
       <c r="B92" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="F92" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C92" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I92" s="5" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="B93" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="F93" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C93" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I93" s="5" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="B94" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="F94" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C94" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H94" s="5" t="s">
+        <v>601</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>586</v>
+        <v>603</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B95" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="F95" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C95" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H95" s="5" t="s">
+        <v>608</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>598</v>
-[...4 lines deleted...]
-        </is>
+        <v>610</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>595</v>
+        <v>614</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>50</v>
+        <v>403</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>524</v>
+        <v>404</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>534</v>
+        <v>405</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>133</v>
+        <v>616</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I96" s="5" t="s">
-        <v>602</v>
+        <v>617</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>524</v>
+        <v>623</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>534</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>185</v>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H97" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="I97" s="5"/>
       <c r="J97" s="5" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>611</v>
+        <v>626</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>524</v>
+        <v>133</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>534</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>15</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H98" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
-        <v>617</v>
+        <v>371</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>618</v>
+        <v>630</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>619</v>
+        <v>631</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>621</v>
+        <v>30</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>454</v>
+        <v>133</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>633</v>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>625</v>
+        <v>371</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>621</v>
+        <v>638</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>524</v>
+        <v>15</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>534</v>
+        <v>185</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>629</v>
-[...14 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>632</v>
+        <v>221</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>524</v>
+        <v>15</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>534</v>
+        <v>75</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>637</v>
-[...12 lines deleted...]
-        </is>
+        <v>643</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>645</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>639</v>
+        <v>53</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>524</v>
+        <v>33</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>534</v>
-[...5 lines deleted...]
-        <v>645</v>
+        <v>24</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H102" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
-        <v>647</v>
+        <v>371</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>651</v>
+        <v>317</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>623</v>
+        <v>133</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>652</v>
-[...5 lines deleted...]
-        <v>654</v>
+        <v>15</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H103" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I103" s="5" t="s">
+      <c r="H103" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I103" s="5"/>
+      <c r="J103" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>655</v>
       </c>
-      <c r="J103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>656</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="M103" s="5" t="s">
         <v>657</v>
-      </c>
-[...4 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="K104" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...25 lines deleted...]
-      <c r="J104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>661</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="M104" s="5" t="s">
         <v>662</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="B105" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>666</v>
       </c>
-      <c r="F105" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>667</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>668</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>669</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="E106" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="F106" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G106" s="5" t="s">
+      <c r="H106" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="H106" s="5" t="s">
+      <c r="I106" s="5" t="s">
         <v>675</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="J106" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K106" s="5" t="s">
         <v>676</v>
       </c>
-      <c r="J106" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>677</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>680</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D107" s="5" t="s">
+      <c r="I107" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="J107" s="5" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>682</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>683</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>685</v>
       </c>
       <c r="B108" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="D108" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="C108" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="E108" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>689</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="M108" s="5"/>
+        <v>691</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>692</v>
+      </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>67</v>
+        <v>601</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>83</v>
+        <v>694</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>691</v>
-[...4 lines deleted...]
-        </is>
+        <v>687</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>692</v>
+        <v>15</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>693</v>
+        <v>587</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>62</v>
+        <v>695</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>403</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>67</v>
+        <v>404</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>59</v>
+        <v>405</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>691</v>
-[...4 lines deleted...]
-        </is>
+        <v>700</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H110" s="5" t="s">
-        <v>698</v>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I110" s="5" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>62</v>
+        <v>702</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="111">
-      <c r="A111" s="5" t="s">
-        <v>703</v>
+      <c r="A111" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>67</v>
+        <v>694</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>654</v>
+        <v>75</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H111" s="5" t="s">
-        <v>704</v>
+      <c r="H111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I111" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>706</v>
+        <v>53</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>707</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>708</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>709</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>