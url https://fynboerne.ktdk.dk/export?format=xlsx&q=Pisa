--- v1 (2025-11-19)
+++ v2 (2026-02-27)
@@ -5,310 +5,786 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1198" uniqueCount="710" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1912-06-04</t>
+    <t>1898-11-02</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Fritz Syberg</t>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>St. Gotthart
+Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Det unge par er på bryllupsrejse.
+Hospits er et herberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på vej til Pisa med tog. De står af toget og går til toppen af St. Gotthart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/66fx</t>
+  </si>
+  <si>
+    <t>Milano 2den Nov
+Kæreste Mor
+Jeg er kommen i Tanker om, at det vist var ubesindig af mig at skrive, at vi vilde spadsere over St. Gotthart, I kunne mulig ængste Eder ved Tanken derom, men jeg skynder mig herved at meddele, at vi lykkelig have tilendebragt denne i øvrigt ikke Spor af farefulde Tur. – Det var meget interessant; vi begyndte paa Spadsereturen Kl 10½ og Kl. 12½ naade vi en lille Landsby, hvor vi spiste til Middag. Kl. 1½ startede vi igen, og her begyndte den interessanteste Del af Turen, vi saa fra nu af ikke en menneskelig Bolig og ikke et dito Væsen. I 4 Timer gik vi uafbrudt opad, og Naturen blev vildere og vildere, vi fulgte Floden Reuss til dens Udspring og det var meget interessant at iagttage dens Manøvre, mange Steder dannede den pragtfulde Vandfald. Desværre havde vi det Uheld, at det regnede de sidste 3 Timer, saa vi naade fuldstændig gennemblødte Toppen, og desuden laa der saameget Taage og saamange Skyer omkring os, saa vi ikke fuldstændig kunde se men kun ane alle de sneklædte Toppe omkring, men vi fik jo alligevel et udmærket Indtryk af Alpenaturen. Det var næsten helt mørkt, inden vi naade Toppen, og det saa et Øjeblik ud [tilføjet: ud] som vi var blevne nødte til at begynde Nedstigningen med det samme, idet vi ikke kunde opdage noget levende Væsen. Der var 3 Huse, men de var helt tillukkede og ingen besvarede vores Banken Til sidst fandt vi imidlertid en aaben Dør og skønt der var meget skummelt og lugtede fælt muggent, gik vi ind og opad en Trappe. Vi bankede paa en Dør og kom endelig ind i en Stue, hvori der fandtes 2 Mænd, en Dreng og to kolossale St. Bernhardshunde. Vi spurgte om vi kunde faa Nattelogi, og det kunde vi heldigvis. – Der var dejlig varmt og I kan tro, det gjorde godt at sidde ned og faa noget at spise de skulde netop selv til at spise og havde en stor Terrin varm Suppe paa Bordet. Vi spiste med og det smagte dejlig skønt den var lavet af Ost, Vand og Hvedebrød. – Den ene Mand og Drengen bo heroppe hele Vintren og de udgøre det saakaldte Hospits e [overstreget:e) De proviantere om Efteraaret og maa være belavede paa ikke at se noget Menneske førend til Foraaret. De have Nøglen til et Hotel, hvor der er Værtsfolk om Sommeren. Der lå vi om Natten i et rigtig pænt Værelse. Næste Morgen var vort Tøj tørt og styrkede og udhvilede be- [fortsættes på side 1, på hovedet:] gav vi os paa Nedturen, der varede c. 3 Timer, vi havde no [udstreget:no] været næsten 7000 Fod oppe. Vi begyndte, hvor Toget kører ind i den store Tunnel og kommer ned, hvor den ender altsaa saaledes: (de streger ere L &amp;amp; mig [tegning indsat] midt paa Bjærget. – Vi naa først Pisa i Overmorgen Fredag. 1000 Hilsner fra os begge</t>
+  </si>
+  <si>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1898-11-12</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Pisa Italien</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Wilhelmine Berg
+Signora di Prete
+Johannes Larsen
+Knud Larsen
+Alfred Rottbøll
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er kommet til Firenze efter at have været 6 dage i Pisa. Alhed har været lidt syg. Maleren Knud Larsen havde modtaget to breve til Las og Madame Larsen. Han afleverede dem på posthuset og nu er det ene brev forsvundet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RM0i</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Du har maaske allerede i flere Dage ventet Brev fra mig, men jeg vilde først komme til Florenz og vide vor faste Adresse saa jeg kunde skrive den, men det er trukken længere ud, end vi havde troet. I Pisa blev vi nemlig 8 [udstreget:8] 6 Dage i St. for 2, som vi havde tænkt; og dels fik jeg Mavepine saa jeg maatte ligge en Dag og tage det med Ro den næste. – Hvis I se Frk. Sperling, saa fortæl hende at vi boede hos Signora di Prete og var meget glade ved den Adresse. Det var billigt og udmærket. Hun var saa voldsom elskværdig og omhyggelig for mig, da jeg ikke var rask, de 3 sidste Dage var vi i Pension hos hende. I kan ikke tænke jer hvor der er henrivende ved Pisa 2 Gange var vi ved Middelhavet, den ene Dag spadserende gennem store Pinjeskove. – Der er Kamelavl, og vi mødte en Dag en stor Karavane af Kameler der bar Træ. – Jeg fik Dit Brev og var meget glad ved at høre, at I havde det godt, men det var jo allerede lidt gammelt. – De sidste Dage i Pisa havde jeg saa væmmelige Drømme om at alting var galt hjemme, saa jeg var meget utaalmodig efter at høre om her skulle være et nyt Brev til mig. Men nu skal Du høre, hvordan det er gaaet. Las fik et hjemme fra og jeg ved, at der er et [tilføjet: et] til mig. I Gaar talte vi nemlig med den danske Maler Knud Larsen som fortalte, at baade Las’ brev og et til Madame A Larsen fejlagtigt var sendt til ham, han har personlig afleveret dem igen her paa Posthuset, men disse Smølehoveder kunne ikke finde det. Jeg har imidlertid klaget min Nød til Konsulen (en Italiener) som har været her i Dag (jeg sidder paa Posthuset og skriver) og sagt at de skulde finde det, saa jeg haaber at faa det i Morgen; men jeg vil alligevel bede Dig om lige strax at sende mig et Par Ord, det er skrækkeligt at gaa i den Spænding og man ved jo ikke, om det andet findes. – Vi kom hertil i Forgaars Aftes og i Gaar Morges gik vi til Vittoria, for at høre om hun havde Plads til os, men hun havde Huset fuldt. Hun gik imidlertid med os i Byen og hjalp os at finde et godt Værelse, temmelig billigt: Viale Pr. Margherita 44 ² Firenze Italia der skulle vi have Morgenkaffe og ellers spise ude. – I Morgen Aften skulle vi til Middag hos Vittoria, de blev frygtelig forbavsede, men meget glade d [overstreget: d] lod det til, ved at se os. – Vi har allerede været en Del omkring her i Byen, det er vidunderlig at se Firenze igen, og Las synes ogsaa udmærket om det alt sammen. Her er Sommer complet, blomstrende Roser og andre Blomster og den dejligste Luft. Vort Værelse ligger i Udkanten af Byen paa en bred Allé med grønne Trær. Der er fri Udsigt og frisk Luft. – Konsulen er flink, han har skaffet os begge Permesser til Museerne, først mente han at jeg ikke kunde faa, navnlig da jeg ikke havde det gamle, men heldigvis havde jeg et Bevis for, at jeg har gaaet paa Akademiet hernede, det fik han og gik saa selv op hos Direktøren og indestod for, at jeg var Malerinde, og saa fik jeg heldigvis et; det var ellers blevet skærpet saa meget, at selv rigtige Malere [skrevet på tværs på forsiden: ikke kunne faa uden et Runskuerpas hvad vi heldigvis havde til Las. – Nu er Las færdig med at skrive hjem, og jeg vil derfor ogsaa slutte. – Gid jeg snart kunde høre, at I alle har det godt, saa vilde Tilværelsen være paradisisk. Jeg er fuldstændig rask igen, tog Tante Mis’s Middel, du ved med og det holder mig i Orden. – 1000 Millioner Hilsner til Alle fra Las og Eders Alhed.
+12 – 11 – 98 -</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Florens, Italy</t>
+  </si>
+  <si>
+    <t>Parret er på bryllupsrejse</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er nu i Firenze efter en uges ophold i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pkLk</t>
+  </si>
+  <si>
+    <t>Kære Ugle!
+Mange Tak fra os begge for Badeolien, som til god Redelighed laa i Pisa, vi havde stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi været her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skriver og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Øster Farimagsgade København</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien.</t>
+  </si>
+  <si>
+    <t>Fotokopi på Kerteminde Egns- og Byhistoriske Arkiv, BB3743
+Det vides ikke, hvor originalbrevet findes.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for gaven, som lå til ham og Alhed i Pisa.
+De to ser nu i Firenze på paladser mm. De har spist haj og blæksprutte med rødvin til</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EP5F</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+Cartolina Postale
+A:
+Provincia di
+[Håndskrevet på kortets adresseside:]
+Frk. Christine Larsen
+Adr. Hr. Løjtnant A.J. Eckardt
+Øster Farimagsgd. 73 - 3 Sal
+Kjøbenhavn
+Danimarca
+[Fotrykt på kortets billed- og tekstside:]
+Lalazzo Vecchio
+Firenze
+[Håndskrevet på kortets tekst- og billedside:]
+18. Nov. 98.
+Kære Ugle! Mange Tak fra os begge for Bade[ulæseligt] som til god Redelighed laa i Pisa, vi har stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi boet her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser Du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skr og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin.</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
-    <t>Via San Lorenzo 44 Pisa</t>
-[...14 lines deleted...]
-Cinematografo= biograf.</t>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra november 1910 til 1913 i Italien. De rejste hjem i 1913, da Anna ventede sit syvende barn.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
-  </si>
-[...20 lines deleted...]
-    <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra november 1910 til 1913 i Italien. De rejste hjem i 1913, da Anna ventede sit syvende barn.</t>
   </si>
   <si>
     <t>Der er dejligt i Pisa i regnvejr. Anna Syberg synes, at Johannes V. Jensen skal bryde sit princip om ikke at ville rejse til Italien og komme og besøge dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Sp9j</t>
   </si>
   <si>
     <t>Kære Venner.
 I Dag regner det. Pisa er grå – vidunderlig sølvgrå Jeg har fået at vide at man skal træne sig i at ”rejse – rejse bort fra alle de smukke Steder her på Jorden for at kunne undvære dem.” – Gud ved om man kan rejse og lære andet end ”at Verden overalt er den samme” (J.V.J.) Og det er rigtig rart det samme [”det samme” overstreget] for jeg synes man har det så dejlig der hvor man er – også når man sidder i Toget. Den Smule man kan flytte sig her på Kloden, som selv farer af Sted – hvor mange Mil er der i Minuttet? – spiller jo en underordnet Rolle. Mens jeg var Marinesoldat blev vi vækket af Køjerne med en Anbefaling [”en Anbefaling” overstreget] den Anmodning: ”stå af og gå”. – Vi lå oppe ovenfor Shetlandsøerne – kunde I ikke stå af og gå. Når vi [det følgende skrevet op langs arkets højre side og på hovedet øverst på arket] har spist vore Penge op står vi af og går hjem, men endnu er vi rige. Eders Fritz Syberg
 [Der må mangle en eller flere sider af brevet]
 mel By. Der er vist også andre oldnordiske Herligheden op langs Kysten, der for Joh. V. kunde forsvare, at han brød sit Princip: ikke at betræde dette Land. (Han maa da ogsaa kunne finde en Form, hvormed han kan bryde dette Princip for at vise, han er Herre over det).
 Tænk nu over det!
 Vi længes efter Joh V’s nye Bog og efter et Fotografi af Jer – men vi længes især efter Jer selv lyslevende.
 Mange Hilsener til Jer alle sammen fra 
 Jeres hengivne
 Anna S.</t>
   </si>
   <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
+Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
+Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
+Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
+  </si>
+  <si>
+    <t>Pisa 1 Decbr. 1910
+Kære Joh. V. og Else!
+Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
+Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
+Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
+Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
+Mange Hilsener til Børnene og Jer selv
+Eders hengivne
+Fritz Syberg
+Adr.
+Sig. Batoni Lorenzo
+Via Sancta [”Sancta” overstreget] Lucia 3
+Pisa</t>
+  </si>
+  <si>
     <t>1910-12-06</t>
-  </si>
-[...1 lines deleted...]
-    <t>Postkort</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Else Jensen</t>
   </si>
   <si>
     <t>Jacobys Allé 2 København</t>
   </si>
   <si>
     <t>Lorenzo Battoni 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sammenligner Syberg-familien med musefamilien i Rynkeby Præstegaard. Fra det hjemlige liv er der ikke så meget at berette, mørke dage og hele familien har haft influenza.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGAN</t>
+  </si>
+  <si>
+    <t>6 Dec 10
+Kære Syberg, Anna, Hans, Nolle, 
+Besse, Sakker, Trylle, Rille - I minder mig allesammen om Musefamiljen i Rynkeby Præstegaard, og nu er I kommen paa en slem Rejse, og Nips er dumdristig men Naps klog, Pylle og Polle kønne og artige, Pipi fræk og Dikke kælen, det passer paa hele Familjen i Pisa. Vi blev meget glade for Brevet, som jeg saa smaat begyndte at vente paa, og alt staar jo vel til. Her ligesaa, jeg har haft forfærdelig travlt med den Artikel om Las, men nu er den virkelig ogsaa bleven god, som du skal faa at se. Vi har været ret syge, først Forsørgeren, saa Jens, saa Villum og nu endelig Else, det er Influenza og kun en Overgang men meget ubehagelig. Mørke Dage, Sol maaske et Glimt hver 14de Dag, og ny bræger Alverden allerede utaaleligt om Jul. Med "Riget" gaar det saa som saa; hvis ikke en vis Sultekur lykkes, gaar det hele i Brokkassen. Foreløbig lader vi Fv.J. regere med det og sørger ikke for noget fra vor Side, lad ham saa køre i Grøften saadan at man kan se det er ham der har Fejlen. Carl V. P. gik i Gaar, det var vi ikke rigtig glade for, det var ikke Meningen, men vi kunde heller ikke have en flæbende Matros paa Skuden i skidt Vejr. Else og jeg skal i dag paa Udstilling og se paa Fynboer, ellers har vi kun smaa Glæder. Sludder, naar jeg nu ser ud over Parken i det skumle Vejr ser det dejligt ud. og en Ølvogn kører forbi, det spinder saa fint i min Kakkelovn, her er godt. Mange Hilsener! Fra Else, fra Børnene
+Jeres hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Johannes V. Jensen
+Fritz Syberg
+Hans  Syberg
+Franz von Jessen</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aeD0</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 d 13-12-10
+Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
+Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
+Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
+Vi rider af og til men i Ridehus og det keder mig lidt. 
+J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
+Else</t>
+  </si>
+  <si>
+    <t>1910-12-16</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Lorry Feilberg
+Niels Hansen
+Johannes Larsen
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen fra Pisa om erhvervelse af værker af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0Kl</t>
+  </si>
+  <si>
+    <t>Pisa 16 Dcbr. 1910
+[sdr?]
+Signor Lorenzo Batoni
+Via Santa Lucia 3
+Kære Direktør Rasmussen
+Jeg har fået Brev fra Johs. Larsen med Forslag om at erhverve et Billede af Niels Hansen til Fåborg Musæet. Såvidt jeg husker blev det bestemt at når et Komitemedlem opholdt sig i Udlandet mistede han Stemmeretten, så jeg ved ikke om jeg for Tiden kan øve nogen Indflydelse på Indkøbet til F.M. Jeg har på et tidligere Stadium foreslået Lützhøft at købe et eller andet Billede af N.H. og det der er Joh Larsen har foreslået mig - Portrætet af Lory Feilberg - har jeg intet at indvende imod. Jeg vilde dog foreslå Dem at der bliver samlet en Del Billeder sammen af N. Hansens at som Komiteen kunde se på inden man bestemmer sig. Jeg kunde nemlig godt tænke mig at N.H. ejer en Del Skizzer som det vilde være morsomt for F.M. at eje og desuden [overstreget ord] er N.H. så god en Maler at det sandsynligvis tør købes mere end et Billede af ham og når man køber samlet kan der jo købes noget billigere. Som sagt jeg ved ikke om jeg for Tiden er stemmeberettiget, men i bekræftende Fald stemmer jeg ja på Lory Feilberg.
+De bedste Hilsener til Dem og Deres Frue fra os alle her. Vi er nu blevet husvante. Vi har fået nogle udmærkede Værtsfolk. Manden er Italiener, gammel Soldat med tre Tapperhedsmedaljer - har været med i Slaget ved Solferino. Fruen er Pariserinde hvad der er meget rart da min Kone og jeg kan n lille Smule fransk Italiensken er jo foreløbig terra inkognita. Jeg har begyndt at male nogle Gadepartier fra Arnoen.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1910-12-19</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Niels Hansen
+Peter Hansen
+Johannes Larsen
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129.</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft skriver til Mads Rasmussen om erhvervelse af et maleri af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d4uk</t>
+  </si>
+  <si>
+    <t>1910-12-19
+Kære Herr Fabrikant Rasmussen!
+I Dag fik jeg Brev fra Syberg, der har slaaet sig ned i Pisa. Syberg skrev, at han ogsaa stemte for Købet af Niels Hansens Billede. Jeg skynder mig med at skrive dette, for at De kan se, at altsaa alle Stemmer paa Tom Petersens nær er for Billedet. Det kunde altsaa for den Sags Skyld ligesaa godt anskaffes til Museet som Swane i sin Tid, da var [jeg?] jo den eneste, som var imod. 
+Der kunde altsaa ogsaa endnu købes for Udstillingen som er aaben endnu i Dag og vistnok i Morgen, og der kan ske uden [xxxx] Formaliteter, mod at De skriver til Brandt, at vi har købt det.
+Sybergs, Larsens, Peter Hansens, Birkholms og min Stemme har det for sig.
+Ja, det var egentlig blot det, jeg vilde sige Dem. 
+Venlig Hilsen til Dem og Frue
+Deres hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
     <t>22. august 1911</t>
-  </si>
-[...1 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med sit syvende barn, rejste de i marts 1913 hjem til Danmark. Else og Johannes V. Jensen kom ikke på besøg hos Syberg i Italien.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Fritz Syberg spørger, om Johannes V. Jensen og Else kommer omkring Pisa på deres rejse, for de er velkomne, og der er masser af plads.
 Om to år vil Syberg lave en stor akvareludstilling. Derefter vil han blive hjemme og male og rejse igen. Familien vil være i Italien i seks år.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wZX1</t>
   </si>
   <si>
     <t>[Trykt på kortets billedside:]
 Interno del Duomo.
 Lampada di Galileo.
 [Håndskrevet herunder:]
 Denne Lampe hænger i Domen. Det var den der gav Galileo Impulsen til hans Teorier om Faldhastigheden
 [Håndskrevet på kortets tekstside:]
 Kære Joh. V. og Else.
 1000 Tak for Kortet. Du kan dristig skrive løs, Du gør ikke andre ”tossede” end mig og jeg er det i Forvejen. Der er fine Ting ”hernede, som Du” kalder det, for ”Himmel und Erde” er, Himlen være lovet, allevegne. I rejser altså. I kommer vel ikke på disse Tragter? I så Fald har vi god Plads til Jer. Det er min Skæbne altid at gøre noget ”Folk ikke fatter”. Da jeg boede på Landet kunde man ikke begribe at jeg boede der. Om to År kommer jeg hjem og laver en stor Aquareludstilling så bliver jeg hjemme i et År og maler et stort Billede. Familien bliver her i 6 År. Fremtidsplaner. Eders hengivne F Syberg.
 [Skrevet lodret ved kortets venstre side:]
 Til Lykke med Din nye Bog. Vi slider i Italiens Hede.
 [Skrevet på hovedet over teksten:]
 Vi ligger i Flytning.
 [Skrevet i adressefeltet]
 Forfatteren
 Hr. Joh. V. Jensen
 Jacobys Allé 2
 København
 Danimarca.</t>
   </si>
   <si>
+    <t>Forår 1911</t>
+  </si>
+  <si>
+    <t>Italien</t>
+  </si>
+  <si>
+    <t>Lung'Arno, Italien</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg med børn opholdt sig i Italien - primært Pisa - fra november 1910 til marts 1913. Lung'Arno er vejen/promenaden, der i Pisa går langs Arno-floden. 
+Johannes V. Jensen fik Nytårsdag 1911 trykt en artikel om fetichisme, og det er denne, som Johannes Larsen har sendt Syberg-familien. Artiklen handlede om den åndelige smitte og kunstneriske forvildelse, som bla. van Gogh og Gauguin spredte. Johannes Larsen skrev til Johannes V. Jensen om denne artikel bla.: "Det værste ved din Kronik er, at du faar alle Idioterne til at hyle af Henrykkelse". Jensen sendte derefter både Larsens brev og artiklen til Syberg i Pisa. Se Erland Porsmose: Fritz Syberg, Gyldendal 2012 s. 228</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
+  </si>
+  <si>
+    <t>Anna Syberg takker for bogen. Det er dejligt igen at læse noget af Jensen. Hun og Fritz Syberg var ikke enige med Johannes Larsen om artiklen om fetichdyrkelsen, men de forstår godt, hvor Jensen vil hen.
+Anna laver kylling, og familien skal have jordbær og kirsebær til aften.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HqPT</t>
+  </si>
+  <si>
+    <t>[På side 1 en tegning udført af Fritz Syberg med håndskrevet tekst:] Un passegiata a lung’Arno
+[Side 2]
+Kære Else og Joh. V. – Jeg iler fra den Kylling, jeg er ved at stege for at faa en Hilsen med til Jer. Tak for Bogen, det er himmelsk dejligt at læse Dig igen, efter et halvt Aars komplette Mangel paa Læsning. Jo det Du sendte i Vinter ”Fetishdyrkelsen” havde vi ogsaa Fornøjelse af, vi var ikke enig med Las, skøndt vi naturligvis fandt hans Brev udmærket? Det gør jo ikke noget om det ikke er helt "rigtigt" det Du siger om v. Gogh, det er jo dog udmærket sagt og Du er jo ikke professionel man forstaar jo dog godt hvor Du vil hen. – Bliver I ikke misundelige, naar I paa dette Billede ser os svanse paa Lung’Arno. Nu skal jeg hen og servere Middagen: Kylling med Grønærter og nye Kartofler, derefter Jordbær og Kirsebær. Løber Jeres Tænder nu ikke i Vand? Mange Hilsner fra Jeres hengivne Anna.</t>
+  </si>
+  <si>
     <t>1911-01-21</t>
   </si>
   <si>
     <t>Jens Birkholm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Jens Rasmussen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg opholder sig med familien i Pisa fra november 1910 - marts 1913. Overretten hjalp med økonomiske forhold på Faaborg Museum.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Jens Birkholm har glemt, hvad han skulle sige til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/THUn</t>
   </si>
   <si>
     <t>[Øverst på hovedet: Har Overen sendt Penge til Pisa?]
 Kære J.L. Pisa
 Jeg kommer [overstreget: desværre for sent] i Tanke om at jeg skulde sige noget til Syberg fra Dig, men da jeg kun bliver her i 4 Dage maa Du skynde Dig at skrive det til mig at jeg kan faa det sagt. Brev træffer mig hos Sybergs. Venlig Hilsen Jens Birkholm
 [På forsiden: Jeg ved ikke hvad det er for Hemmeligheder... - men jeg attesterer at B. træffes her. F. Syberg.]</t>
+  </si>
+  <si>
+    <t>1911-02-22</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 31</t>
+  </si>
+  <si>
+    <t>Otto Balle
+Carl Bloch
+Paul Cézanne
+Henrik Gamst Jespersen
+Johanne Giersing
+Charles Henrichsen
+Johannes Larsen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Bertel Thorvaldsen
+Vincent van Gogh
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Johannes V. Jensen fik nytårsdag 1911 artiklen Fétischisme i Kunsten trykt i Riget. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56. Grete Zahle: Dagens Lys. Rhodos s. 26 og 116.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for breve og artikler. Johannes V. Jensens artikler om fetich og om Johannes Larsen var gode. Syberg kan ikke lide Carl Blochs billede, og han bryder sig ikke om Henrik Jespersen.
+Familien er ved at flytte til en syvværelses lejlighed, og Anna er på auktion for at købe senge.
+Hans er i marmorhuggerlære, Clara, Lars og Franz går i kommuneskole. Johanne og Ernst blev smidt ud af en katolsk skole, da de ikke kunne slå korsets tegn på den rette måde, men nu er de kommet i en nonneskole, som gerne ville tage protestanter.
+Syberg har fundet et område nord for bymuren, hvor han vil male. Ingen andre har malet disse motiver, og det bliver ikke genremalerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iGwx</t>
+  </si>
+  <si>
+    <t>Pisa 22 Fbr. 1911
+efter den 15 Marts
+Via S. Lorenzo 31
+p.p. 
+Kære Johannes V. og Else!
+Tak for den indholdsrige Brevpakke vi sidst fik fra Jer. Jeg siger nu som før, Din Artikel om Fetischdyrkelsen var ug. At Du tager fejl af Cesanne og van Gogh ved jeg godt, men det kommer ikke det Smør ved. Din Arikel om Las holder jeg måske dog mere af, eller rettere sagt, jeg holder mere af den. Som et Kuriosum kan jeg meddele, at det Billede af Carl Bloch [et bogstav overstreget] Las anbefaler Dig til Nedslagtning, har Zahrtmann i en [”en” indsat over linjen] større Forsamling af Danmarks Malere hævdet, var, - sammen med Thorvaldsen – det højeste, dansk Kunst var nået til. Som sædvanlig er de Lærde uenige: C. B.s Billede kan jeg egentlig heller ikke lide.
+Det er i det hele taget ikke et Arbejde, som er en ordentlig Pen værd, at beskæftige sig med hvad der trænger til at slås ned, synes jeg. Hvor skal man begynde. Vil man give Ris skal det dog helst være den rigtige Ende som får dem. Henrik Jespersen er en Maler hvis Billeder har den Virkning på mig, at jeg kunde tænke mig Malernes Helvede behængt med dem, men der findes i Danmark 100 Malere af H Jespersens Art og de 99 er meget værre end han. Men at skrive Kroniker om Otto P. Balle og Charles Henrichsen of. kan jeg ikke tænke mig nogen gider. Som sagt Din Artikel var god og gid Du vilde skrive nogle flere.
+Vi er ved at flytte – det vil sige vi skal flytte den 15 i næste Måned. Anna er på Auktion i et gammelt ”palazzo” på Lunig’Arno for at købe os nogle Senge og et Bord. Vi får en 7 Værelses Lejlighed, med en dejlig Udsigt over mod Pisa [”mod Pisa” overstreget] nogle gamle Haver, Pisas Bymur og Bjærgene. Dersom Else tænker på at komme herned får vi god Plads, især Plads – da jeg garanterer for at Møblementet ikke skal komme til at fylde meget i Lejligheden.
+Vi har – tror jeg – bidt os fast her på Pladsen. Hans er i Marmorhuggerlære, Sakker Trylle og Nolle går i Kommuneskole, Besse og Negeren har vi lidt vanskelig ved at få anbragt da Besse er for gammel til at de vil tage hende i Kommuneskolen og Negeren for ung. Vi fik dem i en katolsk italiensk Skole, men der gik de kun en Dag, så blev de hældt ud fordi de ikke kunde slå Kors for sig på den rette Måde, og altså måtte være Kættere. Nu har vi fundet en fransk-italiensk Skole, drevet af Nonner der er klædt omtrent således [tegning] – de er tillige glatragede på hele Hovedet. [Overstregning] De vil [overstregning] nok tage imod Protestanter. Jeg er selv meget optaget uden at jeg dog faar lavet så overvældende meget. Men jeg er ved at komme i Gang. 
+Jeg har fundet et Terræn ude norden for Bymuren over mod Bjærgene, hvor jeg nok tror jeg kan lave 100 Aquareller. Vinmarker Hvede og Artichoker i lange Bede er det væsentlige. Bønderne er Småbesiddere og overordentlig sympatetiske at have med at gøre. Jeg er sikker på to Ting: for det første, at det jeg er i Gang med at male nu, ikke er rørt af nogen anden Maler, det er noget de alle er gået forbi, for det andet, at alt hvad der hedder ”Genrebilleder” skal det jeg laver bliver kemisk rent for, jeg håber at komme hjem med mindst 200 Billeder hvorimellem der ikke findes et eneste italiensk Genrebillede. Næste Gang jeg skriver skal jeg sende Las’s Brev Det ligger i god Behold i en Skuffe sammen med nogle Breve jeg har fået fra Zahrtmann, men Anna havde Nøglen til Skuffen på sig og hun er som sagt på Auktion. De bedste Hilsener fra os alle til Jer alle. Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1911-02-25</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn rejste i efteråret 1910 til Pisa, hvor de blev i over to år. De rejste hjem til Kerteminde, da Anna var gravid med familiens syvende barn.
 S. Russore hedder uforkortet Parco Regionale Migliarino San Rossore Massaciuccoli og er en nationalpark nær Pisa.
 Nella Pineta betyder fyrreskov.</t>
   </si>
   <si>
     <t>Fritz Syberg takker for artikler og breve og håber, at Johannes V. Jensen har fået hans brev.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6Huy</t>
   </si>
   <si>
     <t>[På postkortets billedside er trykt]:
 Pisa - S. Russore - Nella Pineta
 [På billedsiden er håndskrevet]:
 Skoven ved Pisa – Pinjer
 [På kortets tekstside er trykt]:
 8658 Liberia Bemporad – Pisa (Sottoborgo)
 [På kortets tekstside er med en anden skrift end Fritz Sybergs med blyant skrevet]:
 25/2 11?
 [Med Sybergs skrift er i adressefeltet skrevet]:
 Forfatteren Hr. Joh. V. Jensen og Frue
 Jacobys Alle 2
 København
 Danimarca
 [I Tekstfeltet er, på den anden led, med Sybergs skrift skrevet]:
 Kære Venner!
 Tak for Kortet og Breve Artikler ect. Jeg håber at Du, at I, hsar modtaget mit Brev, (jeg har nemlig skrevet) alt vel. Mange Hilsener til Jer alle fra Eders hengivne Ven
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-04-28</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 16</t>
+  </si>
+  <si>
+    <t>Bernt Grønvold
+Hermine Grønvold, f. Hermann
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra efteråret 1910 og små tre år frem i Pisa. De rejste hjem, da Anna var gravid med parrets syvende barn.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har være træt af de højrøstede italienere. Overklassen er udmajet, og underklassen lugter af sved og hvidløg. Men de er smukke som oliventræer.
+Zahrtmann er i Pisa, og han opfører sig helt anderledes end i Danmark. Ikke så fornemt som hjemme. Zahrtmann tåler ikke, at italienerne bliver kritiseret.
+Syberg-familien har haft besøg af norske Bernt Grønvold med frue. De bor i Tyrol, og de var også rystede over italienernes upålidelighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4GAF</t>
+  </si>
+  <si>
+    <t>Pisa 28 April 1911
+Via San. Lorenzo 16
+Kære Johannes V. og Else!
+Nu har jeg i lang Tid villet skrive, men dårlig Humør har afholdt mig
+[resten af siden ulæselig pga. dårlig indscanning fra Det Kongelige Bibliotek]
+Hans til Kirurg, til at ”tagliare” Bylderne som Italienerne kalder det, da jeg ikke kunde overvinde mig til at betro mig til en italiensk Læge.
+Arbejdet har gået om det end har knaget i Maskineriet. Den værste Omgang af Antipati mod Italienerne har jeg overstået, tror jeg. Der var nogle Måneder hvor jeg hadede det forbandede Italienerskrål. Nu begynder jeg at få fat på Egnen her, både Byen og Landet. Der er forresten ikke så dybe Forskælle [”dybe Forskælle” overstreget] dyb Forskæl. mellem Land og By her som hjemme, synes jeg. Tusindårig Kultur præger det hele. Zahrtmann er her. Han er, hvad der forbavser mig, et ganske andet Menneske her end hjemme. En god Portion formel Fornemhed lader han blive på den anden Side Alperne. Her er han udelukkende elskelig. Hans ømme Punkt er at man skal gå hen og sige et eller andet om Italienerne som ikke er i allerhøjeste rosende. Han bliver ikke vred, men helt ulykkelig. 
+Vi har havt Besøg her i Pisa af forskællige Danske. Desuden af en Nordmand Bernt Grønvold som er gift og bosat i Tyrol. Fruen var med. Det var rare Mennesker som på en mærkelig Måde var præget af at de [”at de” indsat over linjen] altid at bo [”at bo” overstreget] bor ganske ensomt i en eller anden tyrolsk Bjergegn. De var rystede over Italienernes Upålidelighed, hvilken vi andre er ret fortrolige med. Jeg tror forresten at Pisanerne er en mindre tiltalende Rase end f.Ex. Florentinerne. De er heller ikke så smukke som Helhed. 
+[Skrevet øverst på den følgende side, på hovedet:]
+Kære Venner, jeg har helt glemt at skrive jeg befinder mig saa vel her, saa jeg rent glemmer Pen og Blæk. Alligevel har jeg ikke glemt Jer, længes tit efter Jer. Mange Hilsner Jeres Anna [indsættelse slut]
+Du skrev i Dit sidste Brev at når vi mødtes igen var vi nok helt andre Mennesker. Det lød på Tonefaldet som om Du helst vilde, at vi ikke forandrede os ret meget, er det så? Jeg ved ikke om Italien kunde ta’ mig, jeg tror det ikke men ved ikke meget om mig selv. Italienerne kommer jeg [i] hvert Fald aldrig til at kunne lide rigtig. De morer mig og jeg beundrer meget ved dem, men jeg tror at de altid vil blive .. eller snarere at de bliver mig mere og mere uappetitlige. Overklassen er malet og udstoppet så man ikke ved hvor man kan sætte en Finger og være sikker på at træffe Personen selv, og Underklassen som jeg absolut lider bedst stinker så forbandet af Hvidløg og en eller anden stram Negerdunst. Desuden er der på nært Hold noget vist udartet ved dem alle, [kommaet overstreget]. De har Kraft nok, men er alle sammen knastørre og ufriske. [En del ord overstreget og ulæselige]
+De er smukke på samme Måde som de Oliventræer 
+[resten af brevet mangler. Eller afslutningen er indsat nederst på første side, som ikke kan læses pga. dårlig indskanning]</t>
   </si>
   <si>
     <t>1911-05-14</t>
   </si>
   <si>
     <t>Henrik Cavling
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og et par år frem.
 Området nær Fyns Hoved, som Fritz Syberg kalder "Øvet", må være højdedraget Jøvet.
 "8 År til England": Fritz Syberg delte en tid - i hvert fald i tankerne - sit liv op i otteårs perioder. Så vidt vides kom Syberg og Jensen ikke afsted på en tur til Den Engelske Kanal sammen.
 Franz Syberg (Trylle) led livet igennem alvorligt af astma og bronkitis. 
 Det vides ikke, hvad Lammefælledsjovere præcist er. Lammefælleden kaldtes tidligere den del af Nørrefælled i København, som begrænses af Nørre Allé, Tagensvej og Jagtvej (kbhbilleder.dk/kbh-museum lokaliseret juni 2019), så der er formodentlig tale om proletardrenge.</t>
   </si>
   <si>
     <t>Fritz Syberg forstår efter at have læst Johannes V Jensens artikler bedre, hvad han er inde på. Han vil gerne med til Den Engelske Kanal.
 Trylle (Franz) er syg af bronchitis. Fritz Syberg maler på fire store akvareller fra Arnoen. Om formiddagen er der kun fiskere og børn ved floden, men om eftermiddagen kommer der nogle irriterende latinskoleelever og lømler. Da Syberg hverken taler fransk eller italiensk, troede de, at han var døv.
 Den italienske arkitektur er smuk, men i øvrigt har italienerne en billig smag. Zahrtmann er vist uenig i dette.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/doA7</t>
   </si>
   <si>
@@ -454,78 +930,344 @@
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
 Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
 "Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
   </si>
   <si>
     <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
 Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WmBB</t>
   </si>
   <si>
     <t>Pisa 29 Maj 1911
 Via San Lorenzo 16
 Kære Johannes V. og Else!
 Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
 Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
 Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
 En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
 Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
 Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1911-07-10</t>
+  </si>
+  <si>
+    <t>Italien
+Ferrovia</t>
+  </si>
+  <si>
+    <t>Wilhelm Dinesen
+Anna Syberg
+René Vidart
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Kristian Zahrtmann havde et hus i bjergbyen Civita d'Antino, Italien, og han opholdt sig der i vinterhalvåret.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek. Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Cikaderne larmer dag og nat. 
+Anna og Fritz Syberg har set René Vidart lette i sin lille flyvemaskine med kurs mod Rom. Han forsvandt som et stjerneskud hen over pinjeskoven. 
+Zahrtmann m.fl. er rejst. Fritz Syberg vil skildre Pisa grundigt, men han længes efter Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VMMP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet]:
+CARTOLINA POSTALE ITALIANA
+(Carte POSTALE D’ITALIE)
+Hr. Johannes V. Jensen og Frue.
+Jacobys Allé 2.
+Kjøbenhavn
+Danimarca.
+[Håndskrevet på den tomme side af kortet]:
+Kære Joh. V. og Else! Vi længes efter at høre lidt fra Jer. I den sidste Måned har vi havt det med Varme Cicaderne, - som sammen med Flagermus, Ildfluer og Firben repræsenterer Fugleverdenen i Italien – holder en ren Helvedes Konsert. Anna protesterer mod at jeg regner Firben med til Fugle, jeg synes ikke den ene har noget at lade den anden høre. Der kunde måske siges noget ligeså smukt om Cicaderne og Solskinnet som om Svalerne og bølgende Rug når den rette Mand var her – det jeg mest føler ved Cicadesangen er at den borer sig ind i Øregangene og sætter sig fast et Sted i Baghovedet og der hører jeg den, ikke [et overstreget ord] alene om Dagen men om Aftenen og Natten med. For Resten er her for at være retfærdig – virkelige Fugle nemlig Mursvaler. ”Boganis” har beskrevet dem storartet i et af sine Jagtbreve men jeg synes alligevel ikke Emnet er udtømt. For at blive ved Flyverne – Anna fik sin Drøm opfyldt at se et Aeroplan. Under den store Rundflyvning var vi ude i San Rocco og så Vidart starte på sin Videreflyvning til Rom. Hans Maskine – i Hvepsefacon – var meget lille – han selv var meget ung og smuk. Anna var rørt til Tårer da han som et Stjerneskud forsvandt hen over Pinjeskoven.
+[(Håndskrevet i tekstfeltet ved siden af adressefeltet]:
+Zahrtmann og de andre danske Malere er rejst her fra Egnen, så nu er vi ene Herrer på Pladsen. Jeg har en Masse Arbejde at skal have gjort og glæder mig så til at komme herfra. Pisa skal gøres grundig, den øvrige Del vil vi køre lettere hen over.
+Zahrtmann og Italia – hm. det er et rigt Emne, men egner sig bedst til mundtlig Passiar. Jeg længes efter Fyn (undertiden rent bansat – unter uns gesagt) og vi har det ug. Eders hengivne Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-08-03</t>
+  </si>
+  <si>
+    <t>Der er lige så varmt i Danmark som i Italien. Johannes V. Jensen har i år set sig grundigt om på Sjælland, som han synes, er en dejlig ø.
+Brevet fortsættes nogle dage senere, hvor JVJ skriver, at der stadig er meget varmt, han har de seneste fire uger gået i sit tropesæt. Han savner Sybergs og bemærker, at venskaber er sjældne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EHTL</t>
+  </si>
+  <si>
+    <t>3 Aug 11
+Kære Venner
+Vi har her, som I maaske har læst, en ganske italiensk Varme, en Skæbne der knytter os til Familjen i Pisa. Ellers har vi Ingenting. Vejret er bleven for gammelt og vi vilde have godt af en lille Rejse. Jeg har i Aar set mig grundigt om paa Sjælland, det er dog en dejlig Ø, men jeg er vist dødelig nok endnu til at maatte bort fra den for at beskrive den rigtigt. Paa Fyn har jeg ikke været.-
+8 Aug
+Der har været nogle Dage hvor man gik og hang i Tordenluft og Tørke, uden at det blev til Regn alligevel. Det er en Skam ingenting at foretage sig, men jeg klager ikke utaknemligt over Varmen. I fire Uger har jeg gaaet i mine gamle Tropesæt. Hvordan har I dog klaret Jer dernede? Else og jeg vover os i dag en Tur paa Landet ud for at se Høsten. Børnene har det godt. Vi lever i en Idyl og Idyller giver ikke Stof til Nyt. Jeg sukker efter Jer sommetider, Venskaber er sjældne. Else beder hilse mange Gange.
+Eders hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-11-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen takker Fritz for hans beskrivelse af kysten ved Pisa og roser hans skriveevner. Han arbejder selv en del. Vejret er trist og de ser ingen mennesker. JVJ foreslår, at Fritz og Anna får lavet et gruppeportræt af familien ved en fotograf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rXJ6</t>
+  </si>
+  <si>
+    <t>26 Nov. 11
+Kære Ven!
+Tak for dit Brev og den udmærkede Beskrivelse af Lokaliteterne ved Pisakysten; der er meget mere end jeg kan bruge. Det er det jeg siger, du skulde være Skribent, Tingene eksisterer ikke før du kommer. 
+Her gaar Tiden med en hel Del Arbejde. De milde Uger med graa Luft og almindelige Opvask i Naturen er forbi, her gaar en østlig væmmelig Vind med Frost, Gader som Jern og et koldt Spøgeri af Træk i alle Stuerne. Vi har det godt, kun lidt Gigt i Nakken som om en usynlig Byrde er bleven en Smule tungere. Vi ser ikke noget til nogen, jeg hader mere og mere at sige noget mere end een Gang---Som Malere kan I vel ikke tænke Jer noget saa vulgært som at gaa til en Fotograf? Et Gruppe billede af Jer vil de da være noget at have, og I skulde faa et af os igen. Mange Hilsner fra Else og Drengene! Eders hengivne
+Johannes V.</t>
+  </si>
+  <si>
     <t>1911-11-29</t>
   </si>
   <si>
     <t>Piazza S. Caterina, Pisa,  Italy</t>
   </si>
   <si>
     <t>Fritz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Lire: Den italienske lire var den officielle møntenhed i Italien frem til 1/1-1999, da den blev udskiftet med euro.
 DFDS (Det Forenede Dampskibs-Selskab) er et dansk selskab, der driver rederi og vognmandsvirksomhed i Nordeuropa. VIrksomheden blev stiftet af C.F. Tietgen 11/12-1866.
 Kilde:
 Wikipidia</t>
   </si>
   <si>
     <t>Anna Syberg skriver et forventningsfuldt brev til Ernst Goldschmidt, der pr. skib er på vej på besøg hos familien Syberg, der bor og arbejder i Pisa efteråret 1910 til foråret 1913.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/weJO</t>
   </si>
   <si>
     <t>Kær E.G.
 Bare jeg vidste hvad Du kalder billigt og pænt. Jeg har set på 2 Værelser her i Nærheden, de er efter mine Begreber billige 1 Lire pr. Dag (for et Værelse) og efter italienske Begreber ogsaa pæne, Sengene her er altid propre. Det ene Værelse er lige over for os, paa et større med Udsigt til Piazza S. Caterina, der er vidunderlig dejlig. Jeg har ogsaa et godt Spisested til Dig, et Zahrtmann plejer at søge, Familien er pragtfuld, Maden er god og ikke dyr. Jeg formoder at Du allerede er undervejs hertil på et af de forenedes Skibe. Har Du boet på det Hotel der er paa dit Kort, saa ligefrem ryster jeg. Her er ogsaa et "Hotel de Londres" som ligger dejligt, men jeg kender ikke priserne. Du skal nok blive anbragt enten til den ene eller anden Pris. Men lad os nu først se Dig, vi stoler ikke paa Dig førend vi har Dig her. Vi glæder os meget til at snakke med Dig igen og vise Dig Billederne og Byen og Omegn. 
 Din hengivne A.S.
 Mange Hilsener fra Fritz.
 Vejret er dejligt. 14 Gr. Varme hver Dag.</t>
+  </si>
+  <si>
+    <t>1911-12-03</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Johanne Giersing
+Emmerik Jensen
+Jens Marinus Jensen
+Villum Jensen
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde sarkofager, freskomalerier mm. Fritz Syberg malede flere motiver der under sit ophold i Pisa.
+Franz Syberg (Trylle) led af astma og bronkitis hele livet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han arbejder i Campo Santo på en kopi af freskoen Dødens Triumf og beskriver denne tavles motiver. 
+Syberg har haft influenza, og Trylle (Franz) er ramt af astma. Der er hundekoldt i husene i Pisa om vinteren.
+Børnene er blevet gode til italiensk og retter på forældrene.
+Fritz Syberg har drømt om Else og Johannes V. Jensen, mens han var syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfJv</t>
+  </si>
+  <si>
+    <t>Pisa 3 Decembr. 1911
+Via San Lorenzo 44.
+Kære Venner
+Tak for Brevet. At høre fra Dig er altid at få en Snaps Danmark i Ekstrakt, det er som den berømte Dråbe i Bibelen /eller hvor det er) der kunde fylde det ganske Hus med sin Duft. Jeg sender her nogle Resultater af Besses Virksomhed som Fotograf Vil I nøjes med dem foreløbig så skal vi se om vi kan få fat på en Fotograf som vil lade være at snyde os al for galt. Vi har havt Septembersol hidtil men i de sidste Tage tager Vinteren fat. Termometeret er sunken fra 12-14-Gr. C. til 7-8.do og Regnen er begyndt. Eftermiddagene er dog gærne lyse og klare. Jeg arbejder for Tiden i ”campo santo” på en Kopi i Aquarel af en Freske. Motivet er meget virkningsfuldt. Det hedder Dødens Triumf og forestiller et fornemt og rigtklædt Jagtselskab der på deres Vej gennem Skoven skal op at ofre i et lille Kapel, men pludselig standser fordi de føler sig stillet Ansigt til Ansigt med Døden. Døden fremstilles hæsligt i tre Kadavere i deres Kister, den ene [”ene” indsat over linjen] en tyk Rigmand med Tungen ud af Halsen er endnu [”er endnu” indsat over linjen] i forholdsvis frisk Tilstand, den anden, Resterne af noget der har været Konge en Gang, er i fuld Opløsning (composto siger Italienerne og det lyder så dejlig agrarisk) den tredje er et tørt Skelet der lægger Hånden på det Sted hvor Hjærtet har siddet og smiler kærlig til et Knippel Slanger der mylrer ud mellem hans Sideben. Hestene fnyser, Kongen (den levende) [”(den levende)” indsat over linjen] holder Hånden for Næsen, Dronningen bliver højtidelig stemt og gedanchenvoll. En Mand der sidder til Hest [”(til Hest)” indsat over linjen] nærmest i Forgrunden bøjer sig nysgærrigt frem over sin Hest[s] Manke, han holder en Falk på Hånden og hele hans Legeme, hans Ansigt – alt hos ham spinder af tilbageholdt Livsglæde. Han minder mig hele Tiden om Amtmanden (eller er det Birkedommer han er) i Blichers Juleferierne – ham der kommer spadserende ind til Frokostbordet om Morgenen med Gedebukken under Armen og præsenterer sig som Hr. Mads.
+Jeg har ligget syg i tre Dage af Influensa og Reumatisme. Trylle har også havt en meget hård Omgang Astma. Men nu går alt godt igen. Sommer og Vinter har vi det alle bedst, Forår og efterår er den værste Tid også her. Vi glæder os meget til at se Jer hernede x), send os det snart. Vinteren er ikke rar hernede. Husene der om Somren er så dejlig kølige er Gletscherhuler om Vinteren, men nu er vi aklimatiseret. Børnene kan alle katolske Bønner. Riller retter sin Moder i italiensk, forresten er det ikke meget der er hængt ved nogen af os. Mange Hilsener til Dig, Else og Børnene fra os alle sammen. Din hengivne Ven Fritz Syberg.
+Jeg drømte, da jeg lå syg, at I var hernede corporlig. Vi boede Sa [”Sa” overstreget] sammen i Marinaen spaserede ad Promenaden under de elektriske Lamper og nød Aftenluften og Pinjeduften – gik i Bad om Formiddagen med hele Børneflokken – spiste til Middag sammen i Haven – spiste os fulde i friske Druer – alt i det dejligste Septembervejr.</t>
+  </si>
+  <si>
+    <t>1911-12-08</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin
+Sigurd  Swane
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anne og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Det vides ikke, hvilken udstilling Fritz Syberg skriver om.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Fritz Syberg malede akvareller efter freskoer og sarkofagrelieffer i bygningen. 
+Det vides ikke, hvilket julehæfte Fritz Syberg er inde på. Muligvis er der tale om en tekst af Johannes V. Jensen med illustration af Fritz Syberg, som da Johs. V. Jensens Moderens Sang i 1926 blev trykt i Juleroser med en tuschtegning af Fritz Syberg. I det følgende brev, 13. december 1911, skriver Fritz Syberg og takker for Rigets Julehæfte, som blev til i et samarbejde mellem Johannes V. Jensen og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Fritz (og Anna?) Syberg vil gerne være med til at udstille. De bliver i Italien i to år, indtil deres kapital er opbrugt, og Hans er udlært billedhugger. Italienske billedhuggere kan få arbejde overalt. 
+Fritz Syberg skriver på en bog om sin mors slægt. Om den skal udgives, ved han ikke.
+Syberg vil bede Johannes V. Jensen sammen med Sigurd Swane om at lave billedudvalg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zH5s</t>
+  </si>
+  <si>
+    <t>Pisa 8 Deb 1911 
+Via San Lorenzo 44
+Kære Ven.
+Selvfølgelig vil det være mig en stor Glæde at være med. Nu skal jeg holde Krigsråd med Anna og vi skal så udarbejde en Liste over Billeder som vi skal sende Dig. Men jeg venter med at foretage mig noget – skrive til Billedejere e.c.tr – indtil jeg har hørt fra Hr. Martin. Vi er næppe i Danmark til [”til” overstreget] i de Måneder Du nævner. Vil Du høre Grundene hvorfor. De er med et Ord Hans. Han er som Du ved i Billedhuggerlære og er først udlært om to År og da det går ham godt i enhver Henseende i Faget vil vi blive her i Pisa og Omegn til han er færdig. Så står Florens – Rom – Paris og Amerika ham åben. Italienske Sten- og Billedhuggere er anset i hele Verden og ingen kan [”kan” overstreget] indlader sig i Konkuranse med dem. Anna og Børnene ønsker ikke at forlade Italien for det første. Selv har jeg nok at gøre Jeg er i Gang med mange Billeder som jeg ikke kan tænke mig at nå Afslutning på i lange Tider. Desuden har jeg – unter uns gesagt – begyndt på et Arbejde som i mange År har stået for mig som noget jeg en Gang måtte se at få fra Hånden og som Fraværet hjemmefra egner sig udmærket for, nemlig at skrive en Bog. Den skal handle om min Slægt. Jeg begynder med min Bedstefar på Mødrene Side og ender ved min Moders Død. Bogen skal hedde ”Jakob Hendriksen og hans Slægt” Om den skal udgives ved jeg ikke, det vil i første Instans afhænge af om den egner sig til det. Arbejdet med den morer mig meget. Jeg skriver en Side eller to hver Dag når jeg kommer hjem fra mit Arbejde i campo santo. Det lader altså til at vi ikke skal ses. For Julehæftets Skyld spiller dette kun en ringe Rolle. Dersom jeg kunde få Dig i Samråd med – Sigurd Swane til at foretage det [”Det” overstreget] den endelige Revision af mit Billedvalg vilde jeg føle mig fuldstændig beroliget Når jeg vælger ham er det fordi han er en [”fordi han er en” overstreget] rent pr. Instinkt, fordi jeg bed [”bed” overstreget] vilde have Fidus til ham i denne Sag. Kedeligere er det at der altså skal gå lang Tid inden jeg skal se Dig og Else. Om to År må jeg imidlertid hjem da er vore Hjælpekilder udtømt og jeg må se at lave en italiensk Udstilling.
+M [”M” overstreget] Anna kalder med Morgenkaffe 1000 Hilsener til Jer alle fra os her
+Din hengivne Ven
+Fritz Syberg.
+Jeg glemte at spørge, om H. til Du og Swane som [ulæseligt]komité, om Du kunde tænke Dig at gøre mig den Tjeneste?</t>
+  </si>
+  <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-12-17</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek.
+Julehæftet er omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen. Det vides ikke, om planen om dette blev realiseret. 
+Fynshovedturen: Else og Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens sidstnævnte boede i et par træskure på Fynshoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han spørger, om billederne til julehæftet skal vise hans livsværk eller et tema som fx Fynshoved - en kombination kan også være en mulighed. Syberg har akvareller, som aldrig har været vist. Hans honorar vil være 150 kr. for livsværksudgaven og 300 for temaprojektet. Illustrationerne må underordnes Jensens tekst, mener Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LgMg</t>
+  </si>
+  <si>
+    <t>Pisa 17 Debr. 1911
+Via San. Lorenzo 44
+Kære Venner!
+Glædelig Jul. Jeg sender her et Par Aftryk af Besses Fotograferen. Jeg synes de er bedre end de første jeg sendte. Har I modtaget dem? Jeg har fået et Julehefte fra Hr. Martin, men endnu intet Brev. Inden jeg når så vidt at jeg skal træde i Forhandling med ham vil jeg gærne bede Dig være mig behjælpelig med Besvarelsen at et Par Spørgsmål: Skal Billederne til Juleheftet være et Resumé af min Malervirksomhed (ligesom Joh. L.s) eller hvor [”eller hvor” overstreget] og skal det Du skriver slutte sig dertil – eller har Du i Sinde at benytte Din Fynshovedtur som Stof til en ”Myte”? – i sidste Tilfælde vilde jeg nemlig foretrække at holde mig til Fynshovedbilleder: Landskaber, Mariner, badende Børn o.s.v. Jeg finder det klædeligst om Billedstoffet underordner sig Teksten – derfor kan det godt være rigt - . Desuden er jeg i så fald i det heldige Tilfælde at eje en Samling Aquareller som ikke har været fremme for Offentligheden, - Du har jo set dem. En Sammensmeltning af begge Former kan jeg også godt tænke mig, blot jeg ved det. Men jeg vil m. H. til Honorar stille mig noget forskællig i de givne Tilfælde I første Tilfælde er Prisen jo sat (150 Kr) i sidste vil jeg forlange 300 Kr. Mit Bidrag vil nemlig da komme ind under Synspunktet Illustration at det allerede er lavet er jo kun et heldigt Tilfælde. Det vil desuden have den Behagelighed at Spørgsmålet Reklame bortfalder. Du er den eneste der kan svare herpå, da det hele afhænger af hvordan Du har tænkt Dig Din Tekst. Selv er jeg tilbøjelig til at tro at om Du skrev en ”Myte” som jeg illustrerede med Fynshovedbilleder vilde det give den morsomste Bog. Men lad mig høre hvad Du mener. Mange Hilsener fra os alle til Else og Børnene, og Tak for den Oprigtighed hvormed Du lægger Kortene på Bordet
+Din hengivne Ven
+Fritz Syberg</t>
   </si>
   <si>
     <t>1911-12-21</t>
   </si>
   <si>
     <t>Marie Schou
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Sybergs børn blev kaldt negrene, fordi de var meget solbrændte. Grasso betyder tyk.</t>
   </si>
   <si>
     <t>Julehilsen fra Pisa. Damerne sværmer for Hans.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LUpU</t>
   </si>
   <si>
     <t>[Tilføjelse skrevet på hovedet: Glædelig Jul. Baron.]
 Kære Las’es 
 Mange Hilsener fra os allesammen. Hører vi snart fra Jer for Pokker? Det er kedeligt, at Hans ikke er med paa Fotografierne han er bleven saa bello og grasso og rosso saa Damerne begynder at sværme for ham. Fritz skriver vist ogsaa. Negrene sender Hilsen til Puf og Lysse. Eders Høns</t>
@@ -642,119 +1384,332 @@
 Øster Farimagsgade, København</t>
   </si>
   <si>
     <t>Cocoja -
 Ida  (Bekendt af Clara Syberg)
 Ernst Syberg
 Franz Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Det vides ikke, hvem Ida er. Hun omtales i andre breve fra Pisa i 1912.
 Kommunehospitalet på Øster Farimagsgade i København blev påbegyndt 1859 og nedlagt 1/5 - 1999.
 Slumpe sig: opnå noget ved et tilfælde eller ved et held.</t>
   </si>
   <si>
     <t>Ernst Goldschmidt har ligget syg, og også et par af Annas børn har været syge.
 Anna Syberg ønsker ikke hushjælpen Cocoja ansat mere. Hun er derfor godt tilpas med, at Cocoja fortsat er i København og har påbegyndt et sypeplejekursus.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/XUEf</t>
   </si>
   <si>
     <t>Kære Goldschmidt.
 Fritz'es Brev har ligget tre-fire Dage og ventet paa 2 Ord fra mig ogsaa. Imidlertid er Dit Brev til Ida kommen og har sat Huset paa den anden Ende. Først vilde Sposoen lasciare hende, men nu bliver han vist hos hende alligevel, men Faderen og Moderen har skældt hende Krukken fuld. "maa jeg spørge om Du har gaaet og kysset ham, siden han skriver saadan" siger Faderen. De venter Dig med det første hertil og Sposoen gaar parat med Revolvere både til Dig og Ida. Fra hende skal jeg hilse Dig at Du for Guds Skyld aldrig maa skrive til hende mere.- Er det sandt at Du har været rigtig syg? ? Hvor det ærgrer mig at det saa ikke slumpede her i Pisa saa kunde vi dog have set til Dig, har Du ligget paa Hospitalet?? Lille Rille har været syg igen og Trylle ligger idag og brækker Lever og Lunge og Galde af sig. De har skreven en hel Del Breve til Dig, men da de ikke vidste Din Adresse omsatte de en Dag dine Frimærker i Soldi og soldede dem op. Du skal alligevel nok faa Breve fra dem naar de bliver raske og faar prentet nogle friske. Vi savner Dig ellers svært, Humøret er til Tider sløjt. Derimod savner vi ikke Cocoja, der stadig er i Kjøbenhavn. Hun gifter sig ikke alligevel, han var ikke fin nok. nu gaar hun paa Communehospitalet, i Sygeplejekursus i Haab om at en Læge skal hænge ved. Vi vil ikke have hende mere, det er alt for dejlig at være fri; jeg har skreven det til hende. Kan Du ikke komme og besøge os i _Marinaen _ til Sommer???fra Juli.
 Mange Hilsener Din hengivne Anna Syberg.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Georg Brandes
 Gabriel D'Annunzio
 Dankvart Dreyer
 Else Jensen
 Johannes Jørgensen
 Rudyard Kipling
 Vilhelm Kyhn
 Christen Købke
 Sven Lange
 Fillippo Palizzi
 Hans  Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
 Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
 Fritz Syberg kom aldrig til Grønland.
 Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
 Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
 Syberg har skrevet en artikel om Filippo Palizzi.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/piAk</t>
   </si>
   <si>
     <t>Pisa 
 Via Santa Lucia 1
 Kære Ven
 1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
 Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
 Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
 Hans og jeg tegner græske Sarkofager i campo santo.
 Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
 Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
 Mange Hilsener til Else Børnene og Dig selv fra os alle her.
 Din hengivne
 Fritz Syberg</t>
   </si>
   <si>
+    <t>Sommer eller efterår 1912</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Henry Lørup
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig i Italien fra efteråret 1910 og små tre år frem.
+Af brev fra Fritz Syberg til Mads Rasmussen 28. juni 1912 fremgår det, at familien 1. juli - 1. november 1912 boede på Hotel Balestri i Marina di Pisa. 
+Kristian Zahrtmanns bog Lovisa udkom i København 1912. Zahrtmann har i den skrevet: "Et Minde om Oplevelser 1877, næsten fortalt ganske som det er gaaet til. Personerne har jeg mødt, Lionardo og Lovisa ses i medfølgende Billeder."
+Ingrassere: Italiensk for at blive tyk. Scultore: Billedhugger.</t>
+  </si>
+  <si>
+    <t>Der er varmt i Italien. 
+I forlængelse af at man har talt om ismer: Henry Lørup skrev engang til Johannes Larsen: "Find blev i går Symbolist".
+Syberg har lejet et badehus, som han bruger til atelier. Folk bruger badedragt, og Syberg har været nødt til at anskaffe badebukser til sine drenge. Han maler billeder af dem. 
+Syberg-familien har lært en familie at kende, og deres yngste er glad for Sakker (Lars). Anna er blevet kobberfarvet, og Fritz har lyst til at male hende. Besse (Johanne) er blevet tyke, og en officer er glad for hende. Nolle (Clara) ser skiftevis fransk og dansk ud. Hans slider som billedhugger og elsker livet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CkrA</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri.
+Kære Venner!
+Her er varmt. Jeg har ikke sovet i tre Nætter og har måttet indstille Professionen i Dag. Jeg er ved at søge ud i Periferien af mig selv af Trang til at indvinde nyt Terræn. Mine Rejser er ikke så lange de foregår indenfor Familien, men en Rejse på Stedet kan være ligeså vanskelig som en til det indre Afrika eller Sibirien. Det lyder vist blødt. Varmen må bære Skylden. Du siger ”futuristisk” med samme Ugenerthed som en Sømand siger ”spejlgattet” om et Skibsskrog. Jeg har oplevet adskillige Ismer og Sandheder tro der er Tider hvor jeg har taget dem alvorlig. Jeg kender Ingen der tog dem så smukt som Maleren afdøde [”afdøde” indsat over linjen] Henry Lørup. Han skrev følgende Efterskrift i et Brev til Johannes Larsen ”Find blev i går Symbolist.”
+Zahrtmann har mindedes mig igen.
+Jeg modtog for et Par Dage siden Bogen Lovisa, Jeg synes den er smuk. Vi har lejet et Badehus som jeg benytter til Atelier. Det kunde være meget rart dersom Folk ikke gik i Badedragt, men det gør de, oven i Købet i hele Dres. Mine egne tre Drenge har jeg udstyret med Badebukser af det mindst mulige Mål. Men helt nøgne tør man ikke præsentere dem. Jeg maler på tre Billeder af dem.
+I øvrigt har vi det rent umoralsk godt. Vi har gjort Bekendtskab med en Familie med tre pragtfulde Døtre. Den yngste hedder Brunhilde og er blevet udset til Sakkers Kæreste. Hun er meget indtaget i ham og kalder ham Lorenzo magnifico. Men han prygler hende. Børnene taler flinkt Italiensk, selv lærer jeg det aldrig. I denne Varme forfalder jeg til at tale dansk til vores italienske Tjenestepige
+Anna har antaget sin Kobberfarve og jeg får Lyst til at begynde på en ny Serie Portrætter af hende. Besse blomstrer og ”ingrassare’r” bliver fed, - det skønneste en Kvinde kan foretage sig her i Italien. En lille Officersspire kurer til hende for Tiden. Han skal være [ulæseligt]atiker og ind i Hærens Luftflåde og er meget meget skudt. Nolle ser hveranden Dag engelsk og hveranden Dag fransk ud. Hun er den der taler bedst Italiensk. De tre Drenge bader fra Morgen til Aften.
+Gid vi havde Jer her.
+Eders hengivne
+Fritz Syberg
+Jeg har glemt Hans: Han bor alene i Pisa slider som ”scultore” og synes at Livet er en mageløs Ting.</t>
+  </si>
+  <si>
+    <t>Clara Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
+Det er uvist, hvem Ida og Mimmi er.
+Corriere della serra er navnet på en avis.</t>
+  </si>
+  <si>
+    <t>Clara Syberg (født 1899) kaldet Nolle skriver et kort brev til Ernst Goldschmidt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NwAI</t>
+  </si>
+  <si>
+    <t>Ærede Høvding.
+Den sorte Negl arbejder vel godt? Jeg holder paa Papiret med en Neglerenser som Du skal faa at se naar Du kommer igen, haaber Størrelsen passer no. 28; altsaa, jeg holder paa Papiret med dette Aparat for at min sorte Haand ikke skal sætte Fingeraftryk ; Pyh - det var indviklet Svindel fra den sorte Pen, min Bussemand. Mange venlige Hilsner fra den forhenværende Svindlerspire.
+40 Draaber Opium mod journalistisk Mavekneb
+Ærede Hr. Skykkeskraber og
+Svinlerhøvding for den saarte nejl
+Vaar dan har De det. Jeg saa Ida imaages hun kikkede længselfult op efter Deres Vinduer. Lille Mimi haaber at de skriver i corriere della sera om hennes udstilling. 
+Mange hilsner fra Nolle.</t>
+  </si>
+  <si>
+    <t>1912-01-14</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Acqua purgativa betyder rensende vand.
+"Skibet" er en del af Johannes V. Jensens romanrække "Den Lange Rejse". "Skibet" udkom i 1912.
+Fynshoved-myten: Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens de opholdt sig på Fyns Hoved, hvor de boede primitivt i et par træhytter. Syberg og Johannes V. Jensen har i tidligere breve diskuteret, om det er fortællingen om denne tur, som Johannes V. skal bruge til et julehæfte med Sybergs illustrationer. 
+Bionda: Blonde. Grassa: Fedtet. 
+Det er uklart, hvad Fritz Syberg mener med "secca". Mager er på italiensk magro. 
+Nera: Sort.
+Brutta: Dårlig (ikke grim, som Syberg oversætter det til).</t>
+  </si>
+  <si>
+    <t>Fritz Sybergs fordøjelse har det godt takket være Acqua purgativa.
+Familien har besøg af en del skandinaviske malere.
+Det er ved at blive forår i Pisa. 
+Syberg vil gerne være med til at vælge billeder (til et hæfte med tekst af Johannes V. Jensen).
+Italienerne kan lide at betragte sig selv som blonde og finder dette smukt, men der er meget negerblod i deres race.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x9Mp</t>
+  </si>
+  <si>
+    <t>Pisa 14-1-12
+Via san lorenzo 44.
+Kære Venner!
+Jeg har længe tiltænkt Jer et Brev med Nytårshilsen. Glædeligt Nytår! I Dag er Humøret ug. uden særlige Grunde men, hvad der er bedre, af den reelle Grund at Arbejdet går godt, - Fordøjelsen og Stolegangen er mønsterværdig, den sidste takket være ”aqua purgativa”. Hvis det kan fås i Danmark vil jeg anbefale Dig det, jeg har en Erindring om at Du, ligesom jeg selv, har en noget for stærk Mave. Det er et østrigsk Fabrikat det hedder Saxlehner Bitterquelle. Vi har turet Jul efter dansk Skik og havt det dejlig. Her har været Besøg af en Del norske og svenske Malere, som vi havde til Aften Goldschmidt bor i vort Nabolag. Jeg kan godt lide ham, han er en reel Fyr trods sit springende Væsen.
+16-1-12
+Vi savner Jer. I Dag regner det. Hvor vilde en Whist eller Bridge sammen med Jer gøre godt. Ude bag Pisas Mure er det Forår når Solen skinner. Det er helt hjemlig at færdes mellem Bønderne. De trækker Roer op og beskærer deres Vin og har det fredeligt og godt. Undertiden forbavser det mig at de ikke taler fynsk.
+[Tegning i venstre side af papiret]
+Det vi nu venter på og imødeser med Længsel er Din nye Bog ”Skibet”. Det er rart at Din Fynshoved myte ikke skal ud over Hals og Hoved. Jeg vilde gærne være hjemme når der skal vælges Billeder til den bl.a. for at lave et Par direkte dertil. Send os et Fotografi af Jer alle sammen. Du har jo Apparat.
+Apropos Bønderne og Befolkningen hernede, dersom Du var her tror jeg Du skrev en Bog om Longobarderne. Italienerne har altid opfattet sig selv som en blond Race: De gør det i den Grad i deres Billeder så de gør sig endnu lysere end Germanerne. På de gamle Fresker er Kvinderne så gyldenblonde som norske Jenter. At kalde en Italiener sort – nero – er et Skældsord. En Kvinde [”En Kvinde” overstreget] Alle Italienerinder drømmer om at se ud som Else. Else er ”bionda” og ”grassa” hvad der er ensbetydende med ”bella” og ”bellissima”. Mager og sort (”secca” og ”nera”) er ”brutta” (grimt). Imidlertid er der så meget Negerblod i Racen hernede så helt gl [”gl” overstreget] guldlokkede er de nu ikke. Vi længes, som sagt, efter Jer, men vi længes ikke hjem. Goldschmidt bringer lidt af den hjemlige Duft med som altid hænger ved en Kollega og den gø [”gø” overstreget] virker således på mig så jeg siger: Hvor det er rart at være borte! Stik i et Svip herned!! Eders hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Villum Jensen
+Peter Paul Rubens
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
     <t>1912-03-03</t>
   </si>
   <si>
     <t>Sigurd  Swane
 Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg prøver at rede trådene ud omkring en fornærmelse, som Goldschmidt har påført Fritz Syberg. Goldschmidt kender ikke Fritz Syberg tilstrækkeligt, men et brev fra Goldschmidt har nu ryddet skuffelsen hos Fritz Syberg af vejen. Anna Syberg forsikrer Goldschmidt om familiens dybe venskab med ham.
 Sluttelig beder hun Goldschmidt om ikke at omtale Sigurd Swane over for hende i andres påhør. De har hver deres opfattelse af ham, og det ønsker hun ikke andre delagtiggjort i.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/t3T6</t>
   </si>
   <si>
     <t>(Pisa) 3/3 1912
 Kære Ernesto G.
 Skønt jeg tror, Du ikke sætter særlig Pris paa at faa Brev fra mig, uden det ledsages af andre F.S. og Børnene, vil jeg alligevel "trodse" Dig. F.S. er ude at male, men vil skrive snarest, og da skriver jeg ogsaa. Idag bare en Hilsen fra mig i al Fortrolighed. Dette være sagt uden lumske Planer i Retning af at ville "voldtage" Dig. Vi blev meget glade ved dit Brev, det var et smukt Brev, der rørte vore Hjerter. Ikke paa Grund af den gode Stil og klare Hjerne og hvad Du ellers er udrustet med, men fordi der var Varme i det. Jeg tror, Du holder af os, som vi holder af Dig. At Du tog Dig Fritz'es Udtalelser nær den sidste Aften, kan jo egentlig kun glæde os, for hvis Du brød Dig mindre om os, vilde Du have blæst os et Stykke. Fritz har til Gengæld taget sig nær, at Du blev ilde berørt for det Hele varkun en Misforstaaelse fra Din Side, Fritz mente ikke andet end godt dermed. Det skulde tværtimod have smigret Dig, og naar Du ikke forstod det, er det simpelthen fordi Du ikke kender Fritz tilstrækkeligt. Han er egentlig meget indesluttet, lukker sig kun op i enkelte lykkelige Øjeblikke. Det var netop i et saadant Øjeblik, at Du misforstod ham, og det berørte ham lige saa ilde som Dig. Naa, men Dit Brev har slettet al Misstemning ud. Du skriver, at Mennesker plejer at skuffe Dig. Jeg tror, det ligger lidt hos en selv naar man skuffes, jeg tror simpelthen det afhænger af, hvor meget man selv holder af de Mennesker. Jeg ved Du kunde aldrig "skuffe" mig, dertil holder jeg for meget af Dig. Over for Dig er al Kritik borte, og hvad Du end gør, ved jeg, at jeg altid vil føle mig som Din Ven. Jeg vil gerne takke Dig for disse Maaneder her, jeg har haft megen Glæde af at være sammen med Dig, og skønt jeg sætter Fritz over alle kan jeg dog have Lov til at sige Dig, at Du faar andre Kilder til at springe end han, og det har jo ogsaa sin Charme. Dette være sagt med Hansens Ord "Ærer de unge" skrevene med ildskrift i mit Hjerte. Skønt jeg til Tider føler mig ret ung, maa Du dog ikke tro andet end at jeg fuldstændig resignerer til Fordel for Ungdommen. 
 Saa er der noget jeg vil bede Dig om. Vil Du love mig ikke at "drille" mig med Swane i andre Menneskers Paahør eller naar Du skriver hertil. Du maa aldrig citere hint Brev, allermindst til ham selv. Du har helst ikke læst det. Ellers fortryder jeg at have vist Dig det eller talt til Dig om ham. S. er mit ømme Punkt. Hver har jo sit. Du skal bare love mig det "indvendig" endelig ikke nævne det, naar Du skriver. Det kan godt være, Du har Ret i Din Karakteristik af ham, det betyder intet for mig; for mig er han noget andet, som Du ikke forstaar. Naar vi er paa Tomandshaand maa Du inderlig gerne "Drille" mig. 
 Dette er vist et meget løjerligt Brev. Jeg har skrevet ud fra Hengivenhed for dig, og haaber du faar saa meget ud af det. 
 Mange hilsener din Anna Syberg.</t>
+  </si>
+  <si>
+    <t>1912-03-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sender sin seneste bog. Han drømmer om, at Fritz og Anna Syberg kommer til Danmark til sommeren og fortæller, at han er ved at planlægge en rejse til østen igen, men har ikke skaffet penge til det endnu. Om nogle dage holder han og Else et bal for deres få omgangsvenner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ywer</t>
+  </si>
+  <si>
+    <t>4 Marts 12
+Kære Venner i Pisa!
+Tak for Brevet! Samtidigt med dette sender jeg "Skibet". Bare det kunde blive til noget med den Sommerplan, jeg vilde gærne sidde for dig ved en Strand i Danmark og males sammen med Else men hvem ved hvordan alting kan gaa. Skønt jeg egentlig meget nødig vil rejse fra dette dyrebare Land med den desværre saa skadefro Befolkning er det dog nu Alvor med at søge ud til Østen igen, jeg haaber paa at faa det ordnet saa at jeg kan komme afsted i Juni. Til den tid er Sibirien aaben; jeg vender saa hjem over Kina og Indien. 4-6 Maaneder. Jeg ser imidlertid ikke hvorfor vi ikke kunde være sammen i Maj, for Forsommeren vil Else og jeg i alt Fald tilbringe i Tisvilde. Vi burde dog virkelig snart ses igen. Maaske kommer jeg heller ikke afsted; Pengene har jeg endnu ikke skaffet. Dog vi har jo Tid nok til at korrespondere derom. Vi lever som sædvanligt roligt og sorgløst. jeg var 10 Dage i Berlin og rekreere mig for den Bog; der solgte jeg for Resten et Stykke til Reinhardts Teatre. Pa Onsdag den 6 stævne vi vore faa Omgangsvenner sammen til et Bal, vi har leget Lars Larsens Lokaler med samt Keglebanen, vi skal bare danse og lade rulle. Vi vil savne Jer. Tak for de smaa Billeder! Endnu har vi ikke kunnet gøre gengæld, her er for mørkt til at fotografere. Vi lever under en stadig Dyne af Skyer og ser aldrig Solen Men nu er der noget i Luften som begynder at minde om Fernisseringen paa den Fri, vi har gule Tulipaner paa Bordet. Der vil vi ogsaa savne Jer. Jeg skal nok skrive nærmere om hvad det bliver til. Else gaar ærgerrig og laver til til sit Gilde jeg skal hilse mange Gange fra hende! Komme til Italien? Quien sabe! Det er vist spansk. Hu! Fremmede Sprog! Levvel og nyd Foraaret! Her har Finken begyndt at vrinske, men det er i Utide. Hilsen allesammen!
+J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-03-13</t>
+  </si>
+  <si>
+    <t>Emmerik Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
+Gevn og Germund er den kvindelige og mandlige person i den kærlighedshistorie, som udspiller sig i Johannes V. Jensens bog Skibet. Skibet er bind 2 i romanserien Den Lange Rejse, og den udkom i 1912. 
+Fritz Syberg kom ikke til at udstille i Brighton. 19. maj 1912 skrev han i et brev til Johannes V. Jensen, at det var "Svindleren Willumsen" og "de Stakler der kryber på fire for ham", der var skyld i, at han ikke selv kom med på udstillingen. 
+Syberg-familien tilbragte sommeren 1912 på et hotel i Marina di Pisa. Det lykkedes ikke at få Else og Johannes V. Jensen til at komme dertil. Else og Johannes V. Jensen fik tre drenge, men den yngste, Emmerik, blev først født i 1922.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Eventyret (Johannes V. Jensens bog Skibet). 
+Han er nødt til at have en paraply over sig, når han maler. Syberg vil ikke længere udstille på Den Frie. Han vil udstille i 1914, male et år derefter og så holde op med at male for i stedet at skrive sin bog færdig og fiske. 
+Hvis Else og Johannes V. Jensen vil komme til Marina di Pisa, vil de hvidhårede børn udgøre majoriteten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tV0K</t>
+  </si>
+  <si>
+    <t>Pisa-13-3-12.
+Via San Lorenzo 44
+Kære Gevn og Germund!
+Tak for Eventyret om Johannes V og Else. Du bliver den sidste Digter jeg oplever. – ”Tror jag säckert” – vil jeg tilføje med Svensken, ikke så meget [”så meget” overstreget] fordi jeg nærer Tvivl herom, men af en overtroisk Følelse. Et lille Bank under Bordet.
+Nu står Aprikos og Fersken i Blomst jeg kan ikke længer tåle at sidde i Solen og male uden under Paraply. Foråret begynder så nu st [”st” overstreget] snart at melde sig hjemme. Om en Ugestid åbner den Frie. Jeg kommer der ikke i År, måske slet ikke mere. Jorden har længe brændt under mig der, og i År har jeg i Anledning af Brighton-Udstillingen mærket at Tiden til at træde ud er kommen. Min Plan er i øvrigt lagt, en Udstilling i Foråret 1914 – derpå 4 Års Arbejde og en sidste Udstilling 1918 og så vil jeg ikke male mer. Så skal jeg skrive min Bog færdig og sejle. Jeg håber at dø som Fisker.
+Kunde vi blot få Jer at se i Marina di Pisa til Sommer. Med Jeres to Drenge vilde det [”det” overstreget] de lyshårede næsten blive i Majoritet blandt [et overstreget, ulæseligt ord] badende Børn på Pladsen der. Men det vilde jo så kun være Tradition at Dansken erobrer Kysten på ny.
+Hilsen fra os alle
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-03-30</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Christen Købke
+Johannes Larsen
+Kristian Møhl
+Laurits Ring
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>På grund af pengemangel har Else og Johannes V. Jensen opgivet deres rejseplaner og vil i stedet tage til Tisvilde til sommeren. Else håber, at Anna og Fritz Syberg vil lægge vejen forbi til sommer. Ellers beretter hun om forskellige udstillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C1Ej</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 - d: 30-3-12.
+Kære Anna og Syberg
+Vor smukke Plan om en kombineret Rejse til Rusland og Italien er røget i Lyset. (vi kan ingen Penge faa, saa vi har helt opgivet at rejse i Aar og tager op til Tisvilde en af Dagene og leger os et Hus til at være i til Sommer. Saa vil vi se at faa et Par sma Jolændere, som vi jo saa kan sælge igen til Efteraaret, og saa skal vi i tre Maaneder ikke bestille andet end at gaa i Vandet, ride, køre og sidde Model for jer, naar I kommer herop. hvis I er saa søde at komme, og det gør I jo nok. Der er saa dejligt ved Tisvilde, fordi der er den store Statsskov som forhindrer Folk i at bygge paa en hel Mil af Kysten, saa man er lige saa ugeneret som paa Fynshoved, jeg foregøgler mig noget om at bade til hest, men det lader sig maaske ikke gøre. Vi er ellers for Tiden optaget af Udstillinger. Johannes Larsen er storartet. Peter har jo ikke andet end Faaborgbilledet, saa er der et gevaldigt Svindelbillede af Villumsen et Par kønnere end sædvanligt af Møhl og ellers en Masse man ikke husker paa den frie. Paa Charlottenborg er der er Par fuldkommen skøre af Slott-Møller jeg er sikker paa, at der ikke kan sige et godt Ord om dem, ingen kan tage ham alvorligt mere. for Resten tror jeg, at jeg der syntes bedst om L.A. Ring. 
+Kunstforeningen har en smuk Udstilling af Købke han var da en forfærdelig sød Maler. Det er vist frækt af mig at udtale mig om Kunst, men I kan have godt af at høre en Røst fra Folket. For Resten fører vi et sandt Driverliv. J.V. har ikke orket at tage fat paa noget siden den sidste Bog, og saa har vi taget os for at more os i Stedet. vi har selv haft Bal, og vi har været til den frie Udstillings Fest og vi har været til Sammenskudsbal, kort sagt vi lader som om vi var unge Mennesker. Kom nu op og del vor Idyl saa tager vi til næste Efteraar til Pisa. Hils alle Børnene.
+Jeres Else J.V.</t>
   </si>
   <si>
     <t>1912-04-08</t>
   </si>
   <si>
     <t>Via S. Lorenzo, Pisa, Italien
 Camposanto, Italien
 Orvieto, Italien</t>
   </si>
   <si>
     <t>Rudyard Kipling</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
 Orvieto er en italiensk by i regionen Umbria. Den har en højst usædvanlig beliggenhed på toppen af en høj med stejle kanter rundt om hele byen. Der findes en vej for biler, men gående kan også benytte kabelbane. 
 Sufficant: tilstrækkelig.
 Bandarfolket er aberne i Kiplings Junglebogen. De færdes i store flokke i træerne. De er grå og langhalede og meget nysgerrige. Deres føde er saftige frugter og nødder. 
 Kilde:
 Store, danske encyklopædi.</t>
   </si>
   <si>
     <t>Fritz Syberg skriver et langt brev til Ernst Goldschmidt, hvori han beklager den misforståelse, der er opstået imellem dem. 
 Han har opgivet landskabsmaleriet og maler i stedet på en af de fresker, der tillægges Orvieto.</t>
   </si>
   <si>
@@ -783,1093 +1738,572 @@
 Clara Syberg</t>
   </si>
   <si>
     <t>Pisa, Italien
 Toulouse, Frankrig
 Borgo Largo, Pisa, Italien
 Arno, Pisa, Italien.</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Passegiata: promenade.
 Lung Arno: floden Arno, der løber gennem Pisa.</t>
   </si>
   <si>
     <t>Anna Syberg beder Ernst Goldschmidt sende flere beretninger om skandaler, han har hørt om.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/G0Yx</t>
   </si>
   <si>
     <t>Adr. poste rest. Toulouse Francia
 Kære Ernesto
 Paa Hjemvejen fra en "passegiata" paa Lung Arno er vi dumpede herind paa Posthuset i Borgo Largo for at sende Dig en Hilsen. Bare det ikke er for sent. Hvis Du faar dette Kort saa sæt Dig straks ned paa din E... og fortæl os om alle de Skandaler Du bebudede men som vi ikke fik paa Grund af Pladsmangel. Er Du rask. Du skalkomme til Marinaen - det kunde være saa Grin. Mange Hilsener fra Anna, Besse og Nolle Lad os vide din Adresse i Fremtiden.</t>
   </si>
   <si>
+    <t>Rembrandt
+Pieter Breugel
+Edgar de Gas
+Jean Gauguin
+Else Jensen
+Jens Jensen
+Villum Jensen
+Édouard Manet
+Claude  Monet
+Camille Pissarro
+Pierre-Auguste Renoir
+Peter Paul Rubens
+Alfred Sisley
+Anna Syberg
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
+Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
+K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
+Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
+Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zpYD</t>
+  </si>
+  <si>
+    <t>Pisa 24-4-12
+Via San Lorenzo 44
+Kære Ven!
+Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
+[Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
+  </si>
+  <si>
     <t>1912-05-02</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
 Cinematografo: Filmfotograf.
 Fritz Syberg tegnede og malede kopier af både relieffer og freskoer i begravelseskapellet Campo Santo i Pisa. 
 Kolera er en smitsom mave-tarm sygdom, der inden for få dage kan give en voldsom diarré, hvorved man kan miste op til 24 l i døgnet.
 Kolera skyldes en vandbåren bakterie og forekommer i dag typisk i Indien og Sydamerika og i områder med dårlig sanitering.</t>
   </si>
   <si>
     <t>Brev 1: Anna Syberg efterlyser Ernst Goldschmidts nye adresse.
 Brev 2: Fritz Syberg har nu afsluttet tre værker: Dødens Triumf, Noahs Ark og Adam og Eva.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/oXhZ</t>
   </si>
   <si>
     <t>Kære Golds.
 Glæder os at Du har det bedre. Her er koldt og vi fyrer i Kakkelovnen. Skriv snarest din nye Adresse, saa skal Du faa et rigtig Brev. Idag bare en Hilsen. Vi er alle paa Vej til Cinematografo. Farvel, Ungerne vrinsker af Utaalmodighed. 
 Hilsen Anna
 Idag 2. Maj er jeg færdig med Dødens Triumf. Jeg har tegnet "Noahs Ark" og "Adam og Eva" (denne sidste af Pucci) som jeg tager fat på i Aqarel i Morgen. Jeg har ingen Udstillingsanmeldelser læst, da der inden staar i Ugebladet. Her i Pisa tages flere forholdsregler mod Kolera, men der staar intet om dem i Bladene. Gud ved om den er ved at tage fat igen. Send os hvad Du skriver om Pisa i Politiken. Jeg glæder mig til at læse det. Hilsen fra os alle.
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-05-14</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Johannes Kragh
+Peter Magnussen
+- Rafael
+Georg Seligmann
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Jens Ferdinand Willumsen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Corriere toscana: Den toscanske kurér. 
+Udstillingen i Brighton er formodenlig Modern Danish Artists, som netop blev afholdt i 1912. Willumsen deltog i denne. Fritz Syberg skrev 13. marts 1912 til Johannes V. Jensen, at han regnede med at deltage i denne udstilling.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har fået brev fra en ungdomsven. Han og Anna har ikke råd til at rejse med alle børnene. Syberg og Jensen må ses i forbindelse med det planlagte tidsskrift. Syberg er blevet interviewet til to aviser. En russisk læge og hendes søn har været på besøg og se på Fritz Sybergs billeder, og hun var meget fortørnet over farverne, men en italiensk maler, som også var til stede, var begejstret og fortalte, at Syberg havde styr på farvelæren. Syberg-familien blev siden inviteret til the hos den russiske kvinde, som spurgte, hvordan Anna havde tid til at opdrage sine børn, når hun også skulle male. Anna svarede, at de måtte opdrage sig selv. Russerens egne børn var meget underkuede og turde ikke sige noget. 
+Syberg-familien har også lært en italiensk familie at kende. De har en mængde dyr i deres have.
+Fritz Syberg har ikke sendt ind til Den Frie Udstilling. Willumsen m.fl. har undladt at invitere ham til udstillingen i Brighton. Til gengæld vil Winkel &amp;amp; Magnussen købte alt, hvad han har malet i Italien, men Fritz Syberg vil hellere udstille i kunstforeninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kXix</t>
+  </si>
+  <si>
+    <t>Pisa – 14 – Maj 1912. Via San Lorenzo 44
+Kære Johannes V. – kære Else.
+Hvor Jeres Breve kom heldigt. Jeg lå anden Dagen i Sengen af Influenza og ønskede mig at der nu vilde komme Brev hjemme fra – og så ringede Posten. Sammen med Eders Breve kom et andet rart Brev fra en Ungdomskammerat – tænk man har _Ung_domskammerater – som jeg havde mistet Forbindelsen med i mange År. Jeg kan høre Klangen af Din Stemme Else igennem Dit Brev og den er lige så tiltalende at lytte til som Bølgernes Klukken, men – jeg kan altså høre den på lang Afstand og må blive. Det bliver for dyrt at rejse med alle Ungerne og tage fra dem tør vi ikke. Koleraen var ikke ufarlig hernede i Fjor og måske bryder den løs iår igen. Johannes V. kan ikke mere ”se os”. Men jeg er i visse Henseender Fatalist. ”De Himlen har bestemt for hinanden osv.”. Og jeg tror ikke vi n [”n” overstreget] er færdig med hinanden endnu. Nu har vi jo det nye Tidsskrift hvad det nu skal hedde. Tanken om det er gammel hos mig og jeg talte med Anna derom for over to År siden, og nu er jeg først nået [”nået” indsat over linjen] til at betro mig til Dig. Det udvikler sig altså langsomt lige som de intelligente Dyreraser og det er jo gode Tegn.
+I skal have en Fremstilling af den Fase vor Tilværelse befinder sig i nu [”nu” overstreget] i Øjeblikket, for den er undergivet Omskiftelighedens Lov.
+Jeg er blevet interviewet til to italienske Aviser ”corriere toscana” og ”la [ulæseligt ord].” Efterhånden har den Nyhed bredt sig at der bor en skandinavisk Maler i Pisa. Det var en Dame der besørgede Interviewet – og min Kone der lavede det – Gudskelov man har en Kone – Damen der kom var en gammel gemytlig Svend Tysker, havde været bosat i Pisa i 20 År, var Journalist, Forfatterinde, Lærerinde i Engelsk, Tysk og Fransk, og trods sin Alder nok en [”nok en” overstreget] i Besiddelse af en god Appetit på Tilværelsen. Gjorde hver Sommer Rejser til England og Frankrig. Så var vi til ”The” hos hende. Der stiftede vi Bekendtskab med en Frue, - Russerinde, gift med Professoren ved Tuberkulosehospitalet her i Pisa. Hun havde en Søn der vilde være Maler og bad om hun måtte besøge os (De vilde altså se mine Billeder, det bliver mere og mere en Skik at Folk vil det, og det er en meget blandet Fornøjelse) Professorfruen var ikke så morsom. Hun er selv Læge men det mærker man ikke. Derimod går hun d [”d” overstreget] i den Grad op i Bekymring for sine Børns Opdragelse, så hun har det ligeså pinefuldt som ham [”ham” overstreget] Manden der aldrig turde spise sig mæt af Frygt for at han så skulde dø af Sult næste Dag. Fremvisningen af mine Billeder var en god Forestilling. Hun var meget konsterneret over de Kulører jeg malede med det var ikke de Rafael brugte sagde hun, og hun [”hun” indsat over linjen] gjorde mig mange Spørgsmål som det var mig umulig at besvare, men heldigvis var der en Maler tilstede en italiensk Professor som vidste Besked Han var meget begejstret for Billederne og blev efterhånden Fyr og Flamme – spurgte Fruen om hvorfor en Grøft i et Landskab var blå, så vidste han Besked, gestikulerede og forklarede hende hvilken Visdom der var i at netop den Farve var blå, jeg blev efterhånden helt sikker i Sadlen ved at høre hvor sikker jeg var i Farvelære Hendes stakkels Søn bliver nu proppet med al den Pølsesnak og det går ham som alle overkultiverede Mennesker at de for lutter Spekulation over Tin [”Tin” overstreget] hvordan Tilværelsen tager sig ud, mister Evnen til at elske den, og så har hun stakkels Klukhøne gjort hvad der står menneskelig Magt for at hjælpe ham fremad. Vi var bedt derhen til The i går, men heldigvis var jeg syg. Bel [”Bel” overstreget] Besse, Nolle og Anna var der saa. [”saa” overstreget] Professorinden bekymrede, [komma overstreget] over, hvordan Anna kunde få Tid til at male og så opdrage sine Børn. Anna sagde at de måtte opdrage sig selv. Ja men der [”der” overstreget] de skal jo lære – Græsk – Matematik – Pas. Hun har to Døtre begge to var de tavse som Graven Nolle og Besse taler Sproget meget godt nu og forsøgte at tø dem op men nej de var tyngede af Livets Alvor. Og med alt dette er Russerinden en velvoksen Dame med et ganske anseeligt Korpus, og ikke en Splejs som Anna. Vi kender en italiensk Signora – manden er Officer – men det er kom [”er kom” overstreget] Bekendtskab er kommet på en hel anden Måde. Hun havde set os på Gaden når vi fulgte Børnene til Skole, og indledte Bekendtskabet med at sende Anna Blomster. Vi har været der nogle Gange og de hos os. De ejed [”ejed” overstreger] ejer en hel ”zoologisk Have” bestående af store snehvide Kæmpeduer, hvide Kalkuner, og de mest henrivende snehvide Kaniner – ca 50. Af Kalkunerne gik en med 30 Kyllinger (Høns) en anden lå på 30 Hønseæg og en stor kalkunsk [”kalkunsk” indsat over linjen] Hane gik ude i Haven, der bestod af Appelsiner og Laurbærtrær. Hun var smuk – Signoraen – så ung ud skøndt hun havde seks Sønner hvoraf den ældste lige var blevet Løjtnant. Til Slut; jeg fører en lille stille Krig med ”den Fri”. Jeg sendte intet ind til Udstillingen og agter heller ikke at sende ind til næste År. Svindleren Willumsen tilligemed de Stakler der kryber på fire efter ham, Find – Kragh Seligman og hvad de hedder ordnede Brighton Udst. og undlod at indbyde mig (Jeg blev derimod indbudt af Foreningen ”Grafisk Kunst” – jeg har en Gang lavet to Træsnit!!). Det passer mig ikke at lade mig dette byde, da jeg hverken trænger til den Fri eller til at komme til Brigthon. Jeg har fået Tilbud fra Winkel og Magnussen at de vil købe ”en bloc alt hvad jeg har lavet hernede” ovenikøbet tilføjer de ”til en god Pris”. Men jeg vil ikke i Hænderne på Kunsthandlere og har foreløbig bedt dem vente til Efteråret. Helst vil jeg ordne mine Affærer således at jeg i Februar 1914 laver en Udstilling i Kunstforeninger over de sidste 4 Års Arbejde. Men det afhænger jo af [”af” overstreget] noget af hvad den Fri gør for at hverve mig igen, [overstregede, ulæselige ord] jeg har svært ved at sige nej når nogen beder mig - - ja det er sandt nu har jeg lige sagt nej til Else – nu 1000 Hilsener fra os alle her til Jer alle 4. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er blevet meget optændt af ideerne om at skabe et kunstblad og mener, de skal holde ideen i live. Han er sikker på, at han og Fritz Syberg vil kunne arbejde godt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I72J</t>
+  </si>
+  <si>
+    <t>14 Maj 12
+Kære Ven!
+Hvad du skrev i dit sidste Brev om at vi skulde udgive et Kunsttidsskrift sammen har kastet en Brand i min Sjæl; men det skal ikke være et Kunstblad alene men ogsaa handle om Literatur og Politik. Om et Par Aar naar jeg har været paa Rejse og faaet nogle Skrifter fra Haanden tænker jeg jeg vil føle mig ledig og oplagt til endnu en Gang at prøve paa at skabe en Opinion i Skandinavien (maaske Tyskland med). Hvis der dukker en ny Mand op som kan drive Blade for os økonomisk skulde jeg tro vi kunde gøre det. Lad os hver for sig tænke over det og modne vore Planer. Jeg er vis paa vi kunde arbejde sammen. Else skriver med det samme, fra hende faar I at vide hvad smaat der er sket, det er jo heldigvis ikke af Betydning. jeg har været min sædvanlige Blæsetur i Himmerland paa Cykle. Vi har Børnehjælpsdag med Stortromme i Gaden. Ellers ikke andet end en hjærtelig Hilsen til hele Familjen i Pisa. 
+J.</t>
+  </si>
+  <si>
+    <t>1912-06-04</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Giovanni Pisano
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1912-06-14</t>
   </si>
   <si>
     <t>Pisa, Italien
 Marina di Pisa, Pisa, Italien</t>
   </si>
   <si>
     <t>Puccio Capanna
 Johanne Giersing
 Anna Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
 Familien Syberg bor to steder på Via S. Lorenzo i Pisa i årene nov. 1910 til forsommeren 1913.
 Besse: Johanne Giersing
 Campo Santo er begravelseskapellet i Pisa. I dette findes et stort antal sarkofager, relieffer mm. 
 Campo Santo betyder hellig mark eller ager, i Italien et almindeligt navn på kirkegårde, særligt på dem der er omgiver af mure med indvendige buegange.
 Camposanto Monumentale i Pisa er den mest berømte campo santo. Dens buegange stammer fra den sene middelalder og er smykket med berømte fresker blandt andet "Dødens Triumf" og med skulpturer. Anlægget blev svært beskadiget ved et bombardement under 2. verdenskrig. 
 Scirocco: er en vind, der blæser fra Nordafrika mod Sydeuropa og er især kendt i det sydlige Italien. VInden er desuden kendt for at bringe sandskorn fra Sahara til Sydeuropa. 
 "Baedeker" er betegnelsen på en rejseguide - efter den tyske forlægger Karl Baedeker 1801-1859.
 Campanula: latinsk betegnelse for klokkeblomstslægten. 
 Kilde:
 Wikipidia.</t>
   </si>
   <si>
     <t>Fritz Syberg har travlt med at male på flere billeder på Campo Santo i Pisa.
 Derefter tager hele familien på en lang sommerferie - helt undlade at male kan Syberg nok ikke, skriver han.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LRbZ</t>
   </si>
   <si>
     <t>Pisa 14 - Juni 1912.
 Via S. Lorenzo 44
 Kære Goldschmidt
 Nu har vi endelig faaet Sommer. For et Par Dage siden Scirocco og Torden - i Dag Sol. 
 Jeg maler i Camposanto: et Motiv med Besse-Anna et gammelt græsk Relief en "Baedeker" og en Campanula. 
 Farven i Motivet er gulgrå. Campanula'en er violet Hattebåndene er, det ene rødt det andet grønt. Puccio's Freske har jeg afsluttet, ikke definitivt jeg vil se på den til Efteråret, men efter at have arbejdet med den i 1 1/2 Måned hver Dag må jeg stoppe lidt.
 Den første Juli drager vi til Marina di Pisa. Jeg glæder mig til Flyvesandsklitterne, Marehalmen, Enebærtræerne og de vilde Evighedsblomster. Børnene glæder sig til at bade og læse Romaner i tre Måneder - Jeg selvfølgelig også, men rigtig lykkelig er man jo kun når man træller i Arbejdet og det kommer jeg jo nok til. Sådan er man jo*)
 Ha'et godt. Din hengivne
 Fritz Syberg.
 *) Jeg ved ikke om dette er Sandhed eller Løgn eller lidt af begge Dele.</t>
   </si>
   <si>
+    <t>1912-06-15</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver, at de har læst om cyklonen i Pisa og håber, at familien Syberg har det godt. Jensen familien har haft det godt i Tisvilde, men det er et frygteligt vejr, mens Johannes skriver brev. Han har forsøgt at male, og mener selv, han godt kunne være blevet maler. Else Jensen tilføjer en hilsen nederst på siden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Kr1</t>
+  </si>
+  <si>
+    <t>15 Juni 12
+Kære Venner!
+Just i dag læser vi i Politiken om Cyklon og Oversvømmelse i Pisa - jeg vil da ikke haabe nogen Ulykker er tilstødt Eder paa Liv eller Ejendele! Helt rolig er jeg virkelig ikke før jeg hører fra Jer igen. Tak for det sidste Brev. Sybergs Erklæring om at jeg er den eneste han meddeler sig til modtager jeg med Glæde og kan svare det samme; det er ogsaa bleven tyndt med min aandelige Omgang, jeg lever i et Eksil skønt i mit eget Fædreland. Vi har her i Lejet haft nogle faa gode Dage hvor vi har boltret os i Vandet, men idag er det et ligefrem bestialsk Vejr, Stormregn og Vinterkulde, saa at jeg maa sidde med Sweater og Regnkappe paa inde i Stuen og skrive. Jeg har lagt Pennen og prøvet at male herude men matte straks opgive det igen, Haanden vil ikke. Men jeg kunde bleven Maler, og jeg var bleven en Vermehren, kun den mest haarfine Nøjagtighed morer mig, og det er derfor jeg maa opgive det. Jeg tror ellers det meste i Kunsten ligger i at kunne se og vælge sit Motiv. Nu ikke mere om mig som Maler.
+Om dig læste jeg Goldschmidts konfuse men ikke uvittige Artikel, der da ogsaa havde nogle Oplysninger om dine Ting. Du vil jo komme som en Erobrer over os naar vi en Gang faa dine Pisa:Arbejder at se!
+Stormen hujer som et Vildsvin i Dørene, det er rigtig et Vejr som man under lykkelige Italiefarere at læse om og korse sig over. Men lad mig nu høre at I er sluppen uskadte fra Cyklonen. Fra Else skal jeg hilse mangfoldigst, hun sidder og gyser i islandske Trøje - hvem der var i København! En af Dagene lister vi ind og lege at komme Fremmede i Staden, vi skal saa drikke jeres Skaal paa Nimbs Veranda.
+[tilføjelse i Else Johs.V.Jensens håndskrift]
+Kære Syberg, Bare der dog ikke er kommet Vand paa dine Akvareller. Lad os snart høre fra jer.
+Mange Hilsener Else
+[og til sidst, i Johs.V.Jensens hånd:]
+Levvel! Eders hengivne Johs.V.</t>
+  </si>
+  <si>
     <t>1912-06-17</t>
   </si>
   <si>
     <t>Romanzina -
 Frank Thomas Bullen
 Kunst Petersen
 Anna Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Cresima: konfirmation.</t>
   </si>
   <si>
     <t>Fritz Syberg skriver til Ernst Goldschmidt og takker for den tilsendte artikel.
 Syberg finder, at Goldschmidt er dygtig og besidder et stort talent både som maler og som skribent.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xKzv</t>
   </si>
   <si>
     <t>Pisa 17-6-12.
 Kære Goldschmidt.
 Din Artikel er lige kommet ind af Døren og den kunde ikke komme på nogen bedre Dag. Anna ligger i Sengen, Romanzina er med sine Børn til Messe (cresima) hvis Du ved hvad det er er Du klogere end jeg. Du skriver smukt - Du maler også smukt jeg mindes Farven i nogle af Dine Billeder - og endelig Du spiller - behandler Klaveret så man synes en Musiker sidder forpuppet i Dig og burde frem for Dagen. 
 Det bliver imidlertid nok Maleren og Skribenten der kommer til at handikappe hinanden. Det bliver spændende at se hvem Du lader få overtaget eller om Du virkelig skulde evne at holde de to Magter jævnsides og dog ude fra hinanden hele Livet. Reglen er jo at man for at nå i Højden må være ensidig, men Du er - for at anvende Franck Bullens Ord - måske "netop den Undtagelse der bekræfter Reglen". Du skriver så man har Dig mistænkt for at der i din Skuffe ligger et Bind Digte eller en lyrisk Rejsebeskrivelse, men Du ejer nu det man mest af alt savner i dansk Kritik - Varme (Kunstpetersen som Du ikke kan lide er også positiv). De fleste andre danske Kritikere er der ikke mere Liv i end i viane [visse] Træpinde! Hilsen Syberg.</t>
   </si>
   <si>
+    <t>1912-06-19</t>
+  </si>
+  <si>
+    <t>Pierre-Auguste Renoir
+Anna Syberg
+Frederik Vermehren</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg samt deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fiaschi= kolber.
+Campo Santo er begravelseskapellet ved det Skæve Tårn i Pisa. Fritz Syberg malede flere akvareller i form af kopier af freskoer og relieffer på dette sted. 
+Nordskovvej findes nær Fyns Hoved på Nordøstfyn. Syberg-familien opholdt sig flere år i træk somrene over på Fyns Hoved, inden de tog til Italien.</t>
+  </si>
+  <si>
+    <t>Anna har haft et maveonde. En skypumpe har taget øverste etage af et hus, men der har ikke været oversvømmelse.
+Fritz Syberg fandt endelig forleden løsningen på et billede, som han havde arbejdet på i 14 dage. Al kunst er noget humbug. Naturen overgår langt kunsten. Men man maler for sin egen fornøjelses skyld.
+Anna og Fritz Syberg har tømt hvad der svarer til 1800 flasker landvin i den tid, de har været i Italien. 
+Lyset over domkirken, tårnet og landskabet har været fantastisk. Et lyn slog forleden ned i lynaflederne i byen, og det gav nogle kæmpe brag. Syberg kom til at tænke på en skypumpe, som han så ved Nordskov i 1907.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M371</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+19-Juni 1912
+Kære Joh. V. og Else.
+Vi har det ug. Anna er Rekonvalesent efter en Mavehistorie hvor hun har måttet holde Sengen og holdt Diæt. I Dag har hun kunnet spise Jordbær, så alt er vel. Skypumpen skal ganske rigtig have været her og taget øverste Etage af et Hus med sig, men Oversvømmelse har her intet været af, tvertimod har Arnoen været ualmindelig vandfattig i denne Vinter. Tak for Eders Brev som jeg vilde have besvaret igår straks jeg modtog det, men jeg følte mig som en ussel Synder fordi et Billede jeg havde arbejdet på en 14 Dages Tid pludselig klikkede for mig Efter at jeg havde tilbragt en temmelig søvnløs Nat og øvet mig i den Kunst der skal være den sværeste af alle, ”at herske over sig selv” tog jeg fat i Dag igen, og jeg tror Vorherre har taget mig under Armen igen, - Vorherre eller Jomfru Maria.
+At begynde som Vermehren og ende som Renoir er en meget naturlig Udvikling for en Maler fra disse Årtier (det omvendte vilde være mindre tiltalende) Forresten er al Kunst jo noget forbandet Humbug. Vermehren er jo en Zinke mod de gamle Flamlændere og hvad er de igen mod Naturen selv. Jeg har et eller andet Sted set hvordan en fintsleben Manchester Synål tager sig ud ved Siden af en Hvepsetråd begge [”begge” indsat over linjen] under Forstørrelsesglas. Dersom det ikke var for sin egen Fornøjelse man malede, så måtte det dog være en forbandet Tilværelse at være Maler.
+Tak for ”Skålen”. Vi skal nok gøre Gengæld Vi vil drikke Eders Skål i almindelig Italiensk Landvin, for det er og bliver den bedste af al Vin her på Pladsen. Hvor uundværlig den er os kan I vide når jeg fortæller Jer at vi til Dato har tømt noget over 600 Fiaschi – en Fiasco indeholder ca 2 ¼ Liter – med et rundt Tal 1800 Flasker, siden vi kom herned. 
+Vi har ikke meget at prale af her hvad ”Sommer” angår. I Dag mærker jeg første Gang iår Varmen som italiensk. Det skæve Tårn og Domen lyser og tindrer så man kniber sine Øjenlåg sammen fuldstændig blændet af Lyset, og skønt Luften er et Lyshav er Landskabet dog endnu mere lysende, men det er ikke mere end to Dage siden at [”at” overstreget] vi havde Storm og Torden, en øredøvende Kanonade Det slog vist ned i alle Lynafledere i Pisa. Jeg stod i campo santo, det var som mine Trommehinder skulde sprænges. Jeg mindedes den regnfulde Sommer hjemme 1907, da så vi en Skypumpe tage en halv Herregårdsmark, let Jord førte den ud og bedækkede Nordsskovvejen på flere hundrede Alens Længde, så Bønderne måtte ud at øse – ikke Sne – men Sand. De hjerteligste Hilsener fra os Alle – Vi tænker lidt på Jer vi gør det vist hver Dag. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-22</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver et langt brev til Christine Rasmussen om familiens dagligdag i Pisa i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wb5J</t>
+  </si>
+  <si>
+    <t>Pisa 22/6 - 1912
+Kære Fru Rasmussen
+Iaar kommer jeg vist for sent med min Lykønskning til Musæets Fødselsdag, jeg er bange for, at Brevet ikke kan naa til Faaborg paa 2 Døgn. Men selv om den er en Dag forsinket, Lykønskningen, er den lige velment. Fødselsdagsbarnet har det vel fremdeles godt og trives vel. 
+I Deres elskværdige og kærkomne Brev fra Nytaarstid, talte De om en Midsommerfest, vist nok i Bankerne, ja , det er jo kedelig, at vi ikke kan være med i Aar, vi vil alle mindes Indvielsesfesten som en af vore smukkeste Oplevelser.
+Vi er nu i Færd med at forlade Pisa og flytte til Marina'en, hvor vi glæder os til at pjaske i Havet i 4 Maaneder - saalænge har Skolerne Sommerferie her til Lands. Børnene er syge af Længsel efter Hav, især de smaa kniber det for. Nu er de iøvrigt saa igaaede med de indfødte, saa det vist bliver svært for dem engang at forlade Pisa, de smaa har erobret Piazza'en, hvor de opholder sig al den Tid de ikke er i Skole i vild Leg med italiener Ungdommen. De store Børn har Deres Venner og Veninder ogsaa. det kan nok være, det har hjulpen paa Sproget, som de nu alle taler og skriver udmærket. De er alle løbne vældig i Vejret, jeg tror det er den megen Sol. Besse, vores ældste Datter, der er 16 Aar, betragtes som en stor Skønhed, hun har mange Tilbedere, hvad der giver Anledning til mange kostelige Oplevelser. En af dem, en Officeresspire kommer her i Huset, han er meget livlig og elskværdig og arrangerer en Mængde Cykelture for Besse, Clara, Hans, og ham selv til Pisa's dejlige Omegn. Saa morer de sig dejligt og Besse tager sig ikke Tilbedelsen saa alvorligt, saa vi behøver at være bange for, at hun skulde blive hængende her i Pisa.
+Vi har iøvrigt været hjemsøgt af Pisas Honoratiores i den sidste Tid. Vi fik en Dag Besøg af en tysk Dame, der fra en Nordmand havde faaet at vide, at en af "de udmærkede Danske Malere" opholdt sig her i Pisa. Hun kom nu som Interviewer fra Bladene. Da hun saa havde skrevet 2 Spalter Lyrik om os og Billederne kom altsaa Honoratiores for at se dem - det var en skrækkelig Virkning. Saa skulde jeg hver Eftermiddag sidde fint klædt paa og i et fint poleret Hus og tage imod, og det var jeg virkelig ikke vant til (ingen af Delene: særlig det polerede Hus var mig en skrækkelig Gene). Vi var blevne saa demoraliserede med Hensyn til huslig Orden, fordi vi vidste at aldrig nogen Mors Sjæl uden os selv bankede paa vor Dør. Naa, men nu er det overstaaet, vi har atter Ro, og jeg kan paany lade min Pige staa for Husstyrelsen, det er umaadelig behageligt. 
+Naar jeg tænker fra vores einfache Husholdning her, hvor vi fuldstændig indretter os efter Pigens Talenter eller maaske rettere: Mangel paa samme og til Deres store Hus, saa slaar min Hjerne en Koldbøtte af Skræk. Jeg kan slet ikke begribe, hvordan De bærer Dem ad med at faa alting til virke saa udmærket, De maa vist være i Besiddelse af "Administrationstalent" er det ikke saadan det hedder. 
+Vi ved fra Danske Aviser at her var Cyclon i sidste Uge, vi har derfor modtaget Forespørgsler om vi og Aquarellerne var reddede. Vi havde det rigtig gemytligt, troede det var et ganske almindeligt Tordenvejr. Pigen kom skælvende ind i Stuen, mumlende Bønner og slaaende Kors i det uendelige. Hun er ellers ikke stærkt religiøs, Saa Børnene fik Krampelatter over hende. Regnen styrtede ned, saa Gaden blev til en rivende Flod, Børnene var henrykte og syntes det smagte af Danmark. Fritz malede som sædvanligt i campo santo, det eneste der generede ham var Skraldene, der lød saa stærke dér, at han frygtede hans Trommeheinder skulde springe. Ja nu blot en Hilsen til Dem og Deres Mand og Børn, og hvis De ved Lejlighed vilde fortælle os lidt om, hvordan De har det allesammen og lidt om Musæet og om Festen, saa vilde det være umaadelig kærkomment. Mange Hilsener
+Deres hengivne Anna Syberg
+[tilføjet på tværs på første side:] Min Mand sender mange Hilsener</t>
+  </si>
+  <si>
+    <t>1912-06-23</t>
+  </si>
+  <si>
+    <t>Domenica Cerroni
+Poul S. Christiansen
+Michelangelo Simoni
+Hjalmar Sørensen
+Anders Trulson</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
+Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
+I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
+Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
+Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
+En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
+Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHvr</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+23 – Juni – 1912
+Kære Ven.
+Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
+Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-06-27</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek
+Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen beskriver familiens sommerliv i Tisvilde og beskriver sine egne forsøg på at male lidt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aOrw</t>
+  </si>
+  <si>
+    <t>27 Juni 12
+Kære Ven
+Tak for den lille morsomme historie, som jeg indlemmer i min Samling af psykozoologiske Mærkværdigheder (under Rubrikken "missing link").
+Her er ikke noget nyt, uden at vi omsider har faaet bedre Vejr, nogle henrivende Dage, der har mindet mig om Fyns Hoved, Oksetunge og Slangehoved staar i fuldeste Blomstring, Marehalmen hænger med Støvknapper, Skabiose er kommen, Rugen staar med Klinte og er ved at blive lys, det er Højsommerdage, tiltagende Maane, og Hylden blomstrer. Dejligt! Vi gaar i Vandet og Børnene stanges med Bølgerne, Else gaar som en Lystaage i Solskinnet. Jeg har i Dag paa en laant Hest haft en ganske dejlig Ridetur gennem Skoven. Hvad kan man ønske mere? Ellers gaar jeg kun og tænker paa min store Rejse til Sibirien og bestiller ingenting. Jeg har malet en nature morte med en Skildpadde, en Legetøjshest, en Blaamusling samt en Tændstikæske, Børneværk, men nu har jeg sat et stort Lærred op med en Whiskyflaske, en Sodavand, Glas, Cigarkasse, det er mere voksent. for Resten tror jeg nok jeg en af Dagene tager ind til Byen og lægger en Bog paa Stablen, for dette bliver næsten for paradisisk. - Jeg har skænket mig et Glas af min sidste nature morte og drikker din Skaal, dette skrives ved Skæret af den lyse Nat, Naturen er ikke død! Mit næste billede skal forestille en Cykle, Selandia, badende Pensionatsdamer, Høstakke i Tordenvejr og en Portion Jordbær, altsaa et ganske futuristisk Billede. Svagt Vid! Hav mig undskyldt, jeg er falden fra Pennen. Sandheden er at vi har det bedre end det kan males eller skrives. Whiskyen smager godt. Cigaren smager, Børnene er i seng, og deres Tumult stilner af. Klokken dikker, Else skriver under meget Hovedbrud til sin Moder og ude er der Dis som spaar Varme ogsaa i Morgen. En anden Gang et samlet Brev
+Hilsen til alle! Vi bryder ogsaa op en gang; J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-06-28</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 2010 og små tre år frem. De rejste hjem, da Anna var gravid med parrets syvende barn. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Der findes en mængde sarkofager og freskomalerier i bygningen, og fritz Syberg malede flere kopier af disse som akvareller.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen om, at familien skal til Middelhavskysten i fire måneder, og han glæder sig til at male protrætter af børnene. FS regner med at komme til Danmark om 1½ år. Om Anna og børnene vil komme med er uvist, da de trives godt i Italien. Hvis de vil blive, vil han så rejse tilbage til Italien, når han har haft udstilling i Danmark. Så længe, han har materiale nok at male, betyder det ikke så meget for ham selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OWdb</t>
+  </si>
+  <si>
+    <t>Pisa 28 Juni 1912
+Kære Direktør
+M. Rasmussen.
+Tak for Deres Skrivelse. Billedet er endnu ikke kommen, men kommer nok med næste Post. Jeg er lige blevet færdig med et større Billede nede fra Pisas "campo santo". Det forestiller min Kone og ældste Datter stående foran et gammelt græsk Marmorrelief. Min Kone maler også dernede, Blomster groet i campo santos hellige Jord. Den (Jorden) er bragt hjem fra Jerusalem (fra Golgatha) men det ser man ikke på den. Vegetationen er nærmest dansk. Lavendler, gammeldags Roser, Gyldenris Krusemynte og Mos. På Mandag rejser vi ud til Middelhavet og bader i 4 Måneder. Børnene glæder sig. Jeg glæder mig til at male nogle Portrætter af dem mens de har Ferie fra Skolen. 
+Hvis det går efter mine Planer kommer jeg hjem til Nytår om 1½ År (1914) Jeg tænker sa at være nået til en Slags Afslutning med mine Arbejder her i Pisaegnen. Jeg tænker at få det ordnet således at jeg laver en samlet Udstilling [overstreget] af dem - måske i Kunstforeningen. Hvornår Anna og Børnene vil hjem er meget problematisk. Foreløbig befinder de sig så godt så de slet ikke tænker på Hjemrejse -(Gud ved hvorlænge den Stol kommer til at stå tom --!) Men jeg bliver ihvert Fald i Danmark Sommeren 1914 og kan jo så altid tænke på at tage ned til Familien igen om Efteråret og Vinteren Vil Familien så stadig blive i Italien, tager jeg hjem og maler i Danmark den påfølgende Sommer igen, og således bliver jeg ved til Familien en Gang får Lyst til at rejse med mig. Det væsentligste for mig er at hvae Arbejde nok til at føle mig "i Selen" og i den Henseende kan jeg Gudskelov ikke klage. Om der er kønnere her end hjemme betragter jeg nærmest som et Spørgsmål der er umuligt at besvare. Et Landskab i Danmark er det kønneste jeg ved, men der er jo meget andet end Landskaber til i denne Verden. I Danmark er vi jo blevet noget stedmoderlig behandlede med Sol. Det vil nok falde svært for dem som har boet længe i Italien at glemme det italienske Solskin.
+M.H. til Raten da vil jeg bede Dem være så elskværdig at sende Pengene - både min Kones og mine - til:
+Syberg - Kjerteminde Sparekasse
+Kjerteminde
+Jeg meddeler med det samme Sparekassen dette og beder dem modtage dem og indsætte dem på min Bog som er deponeret der. 
+Vor Adr. er fra 1ste Juli og til 1ste November.
+Hotel Balestri
+Marina di Pisa
+Pisa Italia
+Modtag de bedste Hilsener fra os alle her, til Dem og Deres Frue og Børn
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1912-7</t>
   </si>
   <si>
     <t>Paris, Frankrig.
 Marin di Pisa, Pisa, Italien. 
 Fynshoved, Martofte</t>
   </si>
   <si>
     <t>Johanne Giersing
 Ernst Syberg
 Fritz Syberg
 Hans  Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
 Rille: Ernst Syberg (se denne)
 Besse: Johanne Giersing (se denne)</t>
   </si>
   <si>
     <t>Anna Syberg skriver klagende om sommervarmen, som udmatter hende meget. Men hun glæder sig over, at børnene boltrer sig i vandet. Hun ser meget frem til Goldschmidts besøg hos dem og udbeder sig nærmere oplysninger om ankomsttidspunkt mm. fra Paris, hvor Goldschmidt har opholdt sig. 
 Frits Syberg maler som en engel, skriver hun.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RJDN</t>
   </si>
   <si>
     <t>Kære Ernesto
 Det er virkelig rystende at faa Brev fra Dig fra Paris efter at have ventet en hel Maaned at faa et Livstegn fra København med Adresse o.s.v. - det var rystende som sagt, egentlig behagelig rystende, for i denne Varme har jeg ikke tænkt mig at noget mellem Himmel og Jord skulde kunne fremkalde Spor af Fornemmelser i mig endsige faa mig til at sætte en Pen paa Papiret. Det er altsaa Dig, jeg blev virkelig rørt over at Du har lagt Mærke til at jeg har indstillet min Brevskrivning. Hvis Du nu ikke havde været saa fiks i din Maade at skrive Brev paa, men i Stedet for en Mængde Brevkort uden "Ende" havde sendt os ordentlig afsluttede "Mange Hilsener, Din hengivne o.s.v." eller i italiensk Aand "tusind Omfavnelser og Kys din o.s.v." Dokumenter som det sig hør og bør mellem ordentlige Mennesker, saa havde vi ikke gaaet der og ventet paa "Enden" i 14 Dage men straks svaret Dig. Det ryster mig at det lader til at Du _dog_saa smaat havde tænkt paa at komme her til. Men kan Du da ikke komme endnu, jeg bliver jo kun bedre for hver Dag der gaar. Kan Du sove paa en Sofa? Hans tager Ferie i August og er her altsaa ogsaa. Men hvis Du kommer, saa vær sød og skriv omgaaende, for vi skal paa Lørdag have en Del Habengut herud og kunde da faa en Seng sendt med. Selvfølgelig skulde Du være her som Gæst, Din Idiot. Nu er Varmen lidt i aftagende og saa er her rart. Børnene er kostelige i Vandet og svømmer alle glimrende, selv Rille. Besse bliver mere og mere bella og har en Del Tilbedere. En ung Officersspire er allerede falden paa Valpladsen, i disse Dage er det en ung dejlig marinio der falder i hendes Smag. Kvindfolk er noget Rak, Fritz er en Engel og maler som en saadan. Selv bestiller jeg intet i denne Varme. Kan man andet i Paris end gispe efter Luft. Hvor et frisk Fynshovedpust staar for os som noget vidunderligt. 
 Mange Hilsener Din hengivne Anna.</t>
   </si>
   <si>
     <t>1912-07-14</t>
   </si>
   <si>
-    <t>Mads Rasmussen</t>
-[...1 lines deleted...]
-  <si>
     <t>Peter Hansen
 Anna Syberg</t>
   </si>
   <si>
     <t>Figur nr. 24 på billedet, som FS mener godt kunne undværes, er selvfølgelig portrættet af ham selv. Når han omtaler, at hans kone er "stukket af", henviser til den tomme stol på billedet og det faktum, at Anna Syberg ikke var repræsenteret på billede.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
   </si>
   <si>
     <t>Fritz Syberg takker for den reproduktion af Peter Hansens billede, som Mads Rasmussen har fremsendt og knytter forskellige kommentarer til resultatet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/W4Y2</t>
   </si>
   <si>
     <t>Marina di Pisa
 via Robertino Franchardi
 14 Juli 1912
 Kære Hr. Direktør Rasmussen.
 Tak for Brev, Kvittering og Reproduktion af P.H.s Billede. At dømme efter denne er det et smukt Bilede som jeg glæder mig til at se. Arrangementet med Damerne i Forgrunden er nydeligt. Figur No 24 er en af de Få Figurer på billedet som godt kunde undværes den er blevet et slemt Skrædderskilt. Jeg vil håbe det er Malerens Skyld og ikke min. 
 Udenforstående vil finde det højst forståeligt at min Kone er stukket af, for ikke at være i Selskab med den Mand. Her er varmt for Tiden. Stadig Sol, ingen Vind, Havet blikstille og mælkehvidt - "un fiume di latte"
 - en Flod af Mælk - som Italienerne kalder det.
 Vi bader, maler og har det ug.
 Hilsen til Dem og Familie fra Familien Syberg.
 Deres hengivne 
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-07-25</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Herman Vedel</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sender fødselsdagshilsner til Fritz Sybergs 50-års dag. Det er nu planen at bygge et hus i Tibirke Bakker. Her skal Else og børnene være, mens Johannes V. tager på rejse til østen.Else er ved at blive malet af Vedel. Det har været en dejlig sommer. Nederst har Else tilføjet en hilsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hcjY</t>
+  </si>
+  <si>
+    <t>25 Juli 12
+Kære Ven!
+Du bliver den 28de 50 Aar, vi gratulerer dig til din Fødselsdag med alle vore bedste Ønsker! Betragtninger over din "Alder" overlader jeg dig selv, man ved bedst selv hvor gammel man er, efter min Erfaring er man ældst som ung, Livet er sikkert lige langt i begge Ender. Jeg glæder mig til at kende dig uforandret endnu i 20 lange Aar. - Ja hvordan det bliver med at ses til næste Aar, det vil Tiden vise. Foreløbigt har jeg jo bestemt Rejse og kommer nok afsted. Det er nu vor Plan at bygge et Hus her i Tibirke Bakker, hvor Else og Børnene kan ligge paa Landet med Foden under eget Bord næste Sommer mens jeg er borte, der kan du i alt Fald finde Familjen. Vi har en fin Sommer iaar, sorgløst viet Ridning, Cykling, Gaaen i Vandet og Selskabelighed, Else bliver malet af Vedel, som det ser ud til et smukt Billede. Men nu begynder Nætterne at blive mørke, jeg længes ligesom en lille smule efter "mit Væsens Knivsystemer" og sætter mig vel en af Dagene ned til en Bog. Sommeren har været en lang sød Drik og nu da Tørsten er stillet varer den endnu, med smaa blaa Søer af Campanula lige udenfor Døren. Urskove af Røllike og alle de andre drøje Højsommerurter, ja her er dejligt , og det man har mæsket sig med skal det aldrig lykkes nogen eller noget at tage fra os. Vandet i Kattegat er saa lunt at man kan lade sig ligge stille i det og rulle rundt ligesom i Moders Liv. Det er mit fyrretyvende Aar i Aar, og først nu er det lykkedes mig at tænke og føle helt som da jeg var Dreng igen, saa nu antager jeg at jeg maa vokse lidt og forhaabentlig begynde paa at bestille noget. 
+[tilføjet nedenfor med Else Johannes V. Jensens skrift:]
+Kære Syberg. Vi har det saa vanvittig travlt med at have det rart. Jeg er kommen til den Overbevisning, at man har det bedre og bedre for hvert Aar, saa du skal ikke være ked af at holde Fødselsdag, det gaar kun til det bedre. Til næste Aar besøger I mig i mit eget Hus, saa skal vi nok ogsaa faa det storartet.
+[her fortsætter Johannes V. Jensen]:
+Nu en venlig Hilsen fra os alle her til dig og Anna og Børnene! Den 28de drikker vi din Skaal.
+Din hengivne J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-08-03</t>
+  </si>
+  <si>
+    <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
+Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
+Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
+Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aQkg</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+3 Augst 1912
+Kære Venner!
+Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
+Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
+Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
+Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
+Vore hjærteligste Hilsener til Dig, Else og Børnene
+Din hengivne
 Fritz Syberg</t>
   </si>
   <si>
     <t>1912-08-12</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Peter Hansen
 Christine Rasmussen</t>
   </si>
   <si>
     <t>Fritz og Anna Syberg ønsker Mads Rasmussen tillykke med etatsrådtitlen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4qn3</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri
 12-8-12
 Kære Hr. Etatsraad!
 Til Lykke! Vi så det i Dag i Politikens Ugeblad "for Danske i Udlandet" som vi holder [hul i papiret] at kunne være a jour med de vigtigste Begivenheder hjemme. 
 Hjærtelig til Lykke til Dem og Deres Frue.
 Hvor længe mon der skal gå inden Peter Hansen bliver Etatsråd, en af de fynske Malere må virkelig gøre sig fortjent til Tittelen for Fåborg Musæets Skyld. Peter Hansen må gøres til Etatsråd med Tiden. Poul Christiansen har kunde måske bære Tittelen ligeså godt men han når nep[pe, står der formentlig,men der er hul i papiret] mere end blive Ridder af Dannebrog. Hvad mig selv angår, da vil jeg søge at være tilfreds med den Tittel jeg allerede har opnået - endnu mens jeg boede i Svanninge :-"Løgtefører" No1 ved Svanninge faste Brandmandskab"
 Vi har det alle udmærket, trods Storm og Bølger. Vi har havt et lignende Vejr her i den sidste halve Måned som i den store Regn[som]mer 1907 i Danmark. 
 [de] kraftigste Hilsener fra os alle til Dem, Frue og børn
 Deres hengivnge
 Fritz Syberg
 Kære Hr Etatsraad
 og Fru Etatsraadinde!
 Jeg glæder mig til at se Dem i Deres nye Værdigheder, naar vi om 2 Aar igen vender hjem. Jeg er vis paa, at Titlen [klæder] Dem, og De klæder Titlen.
 De varmeste Hilsener
 Deres hengivende 
 Anna Syberg</t>
   </si>
   <si>
-    <t>1912-09-22</t>
-[...848 lines deleted...]
-  <si>
     <t>1912-09-10</t>
   </si>
   <si>
     <t>Marina di Pisa</t>
   </si>
   <si>
     <t>Christian Winther</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. Sommeren 1912 opholdt de sig på hotel i Marina di Pisa.
 Johannes V. Jensens Myter 1908-1912, 4. samling udkom i 1912.</t>
   </si>
   <si>
     <t>Fritz Syberg takker for Myterne. Han overvejer at lave akvareller over Ilselil og fresker over den ensomme Fisker. Døden og hans Gudsøn vil han begynde på, når han kommer hjem. Syberg holder meget af Jensens ord om en kvindes barm: "en Vidjekurv med nyslået Kløver".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IHLY</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri 10-9-12
 Kære Ven!
 Tak for Myterne som jeg modtog igår ligesom jeg havde sendt Brev afsted til Dig. Jeg glæder mig til at læse dem igen, de fleste kender jeg jo. Jeg ved ikke hvilken jeg holder mest af, af de to; den om Joh Larsen eller ”Rugen bølger” Jeg har læst [”Jeg har læst” indsat over linjen] Eventyret om Rødspætten og skøndt jeg holder meget af Ilselil (jeg har tænkt på at lave Aquareller over dette Eventyr, endnu be [bogstaverne overstreget] bedre vilde det være at lave Fresker, den ensomme Fisker, Havet der [”der” indsat over linjen] hver Gang han kommer derned har skiftet Udseende, tænk Dig hvor hvert Billede vilde kunde få sin Kulør) (Et andet Eventyr af storartet virkningsfuld Realisme, skøndt det handler både om Vorherre Fanden og Døden er: ”Døden og hans Gudsøn” dette har jeg besluttet at tage fat på såsnart jeg kommer hjem) men som sagt trods al dette så er der i de to af Dine Myter jeg har nævnt, noget der går mig så nær, som overhovedet det skrevne Ord kan. Jeg erindrer da jeg læste ”Frokosten” i Dine Digte og kom til et Sted hvor en Kvindebarm var som: ”en Vidjekurv fyldt med nyslået Kløver” sagde til mig selv, at således burde rettelig Højsangens Ord: ”Din Barm er som to Tvillingkid” oversættes på dansk, at hverken Verden eller Sproget endnu var ældet, at det tvertimod går dermed som med Guldet i Chr Winthers Digt: ”det ligger for din Fod” ”Du bukker dig blot for at få det”.
 Hilsen til Jer alle fra os alle
 Din hengivne
@@ -1896,246 +2330,425 @@
   </si>
   <si>
     <t>H.P. Lunde beder om en anbefaling, da han søger et legat. Syberg har sendt ham en og beder Johannes V. Jensen gøre det samme.
 Lunde bor i Syberg-familiens hus, mens de er i Italien.
 Syberg-familien har været til vinhøst og spist mange druer. I dag skal de på fisketur, og dagen efter til et sted, som de kalder Danmark, da det ligner det hjemlige. Om 14 dage rejser Hans og Fritz til Rom, og de øvrige følger efter. Fra november er familien igen i Pisa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tEey</t>
   </si>
   <si>
     <t>Marina di Pisa
 14-9-12
 Kære Ven!
 Indlagte Brev har jeg fået fra H.P. Lunde. Jeg er sikker på at jeg ingen Indiskretion begår ved at vise Dig det. Som Du ser ønsker han min Anbefaling til et lille Legat. Jeg har selvfølgelig sendt ham den, da han ønsker det [de sidste fire ord indsat over linjen] men synes egentlig, at der er noget anmassende i, at jeg giver mig af med at anbefale en Digter til et Legat. Under alle Omstændigheder vilde det betyde meget mere for H.P. Lunde, hvis Du vilde skrive ham en Anbefaling. Jeg ved ikke om Du kender noget videre til hans Produktion. Jeg kender bedst hans Digte og synes han er så god som Lyriker så han tidt når op på Siden af Jeppe Aakjær. Han er en ensom Mand og har som Forfatter vist nydt meget lidt Solskin. Han bor i vort Hus under vor Fraværelse og vi har vekslet en Del Breve sammen.
 Jeg har intet skrevet til H.P. Lunde om min Henvendelse til Dig.
 Vi har det alle godt, men længes snart efter at høre fra Jer. Jeg begynder at tænke mig at mit sidste Brev til Jer er gået tabt. Vi var til Vinhøst i går hos en Bondefamilie og åd os syge i Druer. Børnene sad langs Grøftekanten, hver med et Kilo Druer i Hånden. I Dag skal vi ned til Arnoen på en Fisketur. Vi lejer et Næt og fanger nogle elendige små Hundestejler (Garnet er så mægtigt så det godt kan rumme en Stime Delfiner) men det smager dog af – Fisk.
 Imorgen skal vi på [”på” overstreget] en Spaseretur til ”Danmark” Et Sted vi har fundet, hvor vi har [”hvor vi har” og to ord mere overstreget] hvor vi tilbringer vore Søndage, En Vej med Piletræer og Asketræer, en stor Eng og en Skovmose, og ingen Italienere.
 Somren her har været kold og urolig
 Om 14 Dage rejser Hans og jeg til Rom. Midt i Oktober kommer Anna og Pigebørnene der ned.
 Efter Bestemmelsen tager vi igen Ophold i Pisa til Vinter fra Nvbr. af. 
 Mange Hilsner fra os alle sammen til Dig Else og Børnene
 Din hengivne
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1912-09-22</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver om sine planer for det næste års tid og påtænker at tage til Danmark i juni 1913 og regner med et ophold i Paris forinden. Fritz og Annas ældste søn Hans har arbejdet som italiensk billedhugger et års tid. og Fritz synes, han klarer sig godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZO93</t>
+  </si>
+  <si>
+    <t>Mar [papiret er afrevet på brevets øverste kant] Pisa
+22-9-12
+Kære Her Etatsraad Mads Rasmussen!
+Tak for Deres Brev Musæumsplanerne er endnu ikke komme og jeg får dem neppe før i Morgen da det er Søndag i Dag og ingen Post omdeles. Jeg glæder mig til at kikke på dem.
+Det er mulig at jeg tager hjem til Danmark til Juni næste År. Mine Pisaarbejder afslutter jeg med [papiret afrevet] Vinters Udgang, omkring 1ste Marts. I Stedet for så at gøre Ophold et Halvt År i Paris korter jeg dette af til et Par Maaneder.
+Jeg kan altid en anden Gang gøre en længere Pariserrejse hvis jeg skulde finde det nødvendigt.
+Desuden længes jeg efter et dansk Landskab. Om 8 Dage rejser jeg til Rom på en Måned. Hans, min ældste Søn, tager med. Han har nu arbejdet [papiret afrevet] År som italiensk Billedhugger og såvidt jeg selv kan se og savidt hans italienske Mester siger, klaret sig ug. Fra November tager han Arbejde i Florenz Jeg tror at Billedhuggerkunsten ligesåvel som Malerkunsten bør læres praktisk. Og Italienerne forstå at behandle Marmor som ingen i Verden. Kai Nielsen forstår at hugge i Marmoren men ellers er det en slem Fejl ved danske Billedhuggere at ingen af dem har Begreb om at hugge deres egne Statuer.
+Mange Hilsener fra os alle her, og ønsker om stadig fremadskridende Bedring.
+Deres hengivne Fritz Syberg</t>
+  </si>
+  <si>
     <t>1912-09-24</t>
   </si>
   <si>
     <t>Rembrandt
 Jens Jensen
 Villum Jensen
 Hans P. Lunde
 Franz Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
 Johannes V. Jensen rejste fra november 1912 til april 1913 til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm. (johannesvjensen.dk/tidslinje lokaliseret aug. 2019).
 Fritz og Hans Sybergs rejse til Rom samt familien rejse til Paris er også omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen.
 H.P. Lundes bøn om en anbefaling skrev Fritz Syberg også til Johs. V. Jensen om 14. september 1912. 
 Johannes V. Jensens Myter 1908-1912, 4. samling udkom i 1912, og det er omtalt i et tidligere brev, at Jensen har sendt Syberg bogen. 
 Else og Johannes V. Jensen lejede i 1912 et hus i Tibirke. Siden byggede de et hus i Tibirke Bakker.
 Franz/Trylle Syberg led hele livet af astma og bronkitis.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
   </si>
   <si>
     <t>Brev 1: Fritz Syberg foreslår, at Jensen-familien rejser til Firenze, hvor Anna og han kan tage imod Else og børnene og følges med dem til Pisa. Derefter kan de tage sammen til Marina di Pisa og Paris.
 Syberg beder Jensen gemme brevet fra H.P. Lunde. Han drømmer om i alderdommen at lave en afbrænding af sine breve.
 Syberg finder det ærgerligt, at Jensen har slettet afsnittet om Rembrandt i Johannes Larsen-myten.
 Trylle/Franz vokser og trives, så han kommer nok over sin sygdom.
 Brev 2: Anna Syberg skriver, at Jensens børn ikke kan komme noget til i Marina di Pisa. Der er mere farligt i Tibirke, hvor de fx kan omkomme i en sandstorm. Hun synes således, at Else og børnene skal komme til Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/10ov</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri 24-9-12
 Kære Else og Johannes V.
 Hans og jeg står på Nippet til at rejse til Rom. Anna og Pigebørnene kommer derned senere. I Oktober er vor Adr. poste restante Roma. Dine Lokketoner, kære Else er meget fristende. Men tror Du ikke Jert Hus vilde have godt af - - . nej jeg mener, at I vilde have godt af, at jert Hus stod og tørrede i Sommertiden? Dersom Du og Børnene tog med J.V. til Italiens Grænse når han drager ud og han der satte Jer i Ekspressen til Florens, så vilde [”vilde” indsat over linjen] Anna og jeg tage imod Jer der og i Triumf føre Jer til Pisa. Der bliver vi til henimod Juni. Derpå tager vi til Marinaen og bader og dersom Du så ikke har Lyst at rejse med os til Paris (via Liorno og Marseille), så kan Du [overstregede bogstaver] tage hjem og være i Jert Hus og modtage den hjemvendende ”Globetrotter”!! ikke? 
 Jeg forstod ikke på Dit Efterskrift i Elses Brev om Du havde taget Standpunkt til Spørgsmålet om en Anbefaling til H. P Lunde? Jeg vil bede Dig gemme hans Brev til mig. Jeg samler nemlig på en Del af de Breve jeg modtager uden nogen bestemt Hensigt – der foresvæver mig noget ubestemt om en Gang om mange År at finde mig selv siddende foran Kakkelovnen i Ensomhed foranstaltende en sidste Autodafé. Jeg ser at Du i Din ”Myte” om Johs. L. har slettet Stedet om Rhembrandt. Jeg har måttet høre adskilligt for dette Sted, så jeg må sige jeg savner det. Det er ganske vist en Overdrivelse at sige om en pragtfuld sort Kat at den er Panther. Men det peger dog i den rigtige Retning. At Overdrivelsen er positiv (begejstret) turde vel nærmest være en Anbefaling.
 Trylle går det op og ned med men han vokser dog og trives så vi nærer ingen Tvivl om at han overvinder sin Sygdom.
 Mange Hilsener Eders hengivne
 Fritz Syberg. 
 Kære Bægge to
 Pisa og Marinaen her er de ufarligste Steder paa Jorden, Else og Børnene kan ikke komme noget til her, derimod i Tibirke kan de drukne, omkomme ved Sandstorm eller dø af Fugtighed i det nye Hus. Joh V vil ikke kunne anbringe Jer noget bedre Sted end her, mens han rejser – det eneste farefulde derved er, at Else vil tænde Italienernes Hjerter i Brand, men tænk hvor Du saa bagefter vil kunne skrive Romaner om Italien og dermed ”udfylde” Joh. V. Tusind Hilsner Jeres Anna.</t>
   </si>
   <si>
-    <t>1910-12-13</t>
-[...2 lines deleted...]
-    <t>Johanne Giersing
+    <t>1912-10-27</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Pisa
+Roma</t>
+  </si>
+  <si>
+    <t>Kybele eller Cybele, på latin kendt som Magna Mater, den store moder. Hun var den frygiske modergudinde, fejret med orgiastiske riter i bjergene i det centrale og vestlige Anatolien.</t>
+  </si>
+  <si>
+    <t>Familien Syberg har været i Rom en månedstid. De rejser hjem til Pisa om en uge. Syberg har samlet frø fra berømte steder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/myk9</t>
+  </si>
+  <si>
+    <t>Kære Las og Be!
+Tak for Dit Brev, som jeg nok skal svare på. Vi har været i Rom en Månedstid og rejser hjem (til Pisa) om en 8 Dage. Dette brevkort er meget fælt men Reliefferne hvoraf I her ser en Gengivelse af det ene, er det smukkeste jeg endnu har set. Vi har det alle ug. Jeg har samlet Frø til Dig fra forskellige berømte Steder, Cybeles Tempel etc.
+[Tilføjet langs siden: Hilsen. Syberg.]</t>
+  </si>
+  <si>
+    <t>1912-11-25</t>
+  </si>
+  <si>
+    <t>Via San Lucia 1 Pisa</t>
+  </si>
+  <si>
+    <t>Nils Andersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Historien om et træf på Hotel de la Ville er ikke omtalt i tidligere breve fra Fritz Syberg til Johannes V. Jensen. Fra november 1912 til april 1913 rejste Johs. V. Jensen til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm (johannesvjensen.dk/tidslinje lokaliseret august 2019). 
+Etatsråd Andersen kan være H.N. Andersen.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil ikke komme til Hotel de la Ville, da han frygter at komme i selskab med fine herrer og ikke har pænt tøj. Hans gamle sæt tøj kan ikke gøres i stand, og han kan ikke nå at skaffe nyt. 
+Syberg håber, at Jensen fra sin rejse vil sende adresser, så han kan sende breve til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4h0e</t>
+  </si>
+  <si>
+    <t>Pisa 25-11-12
+Via S. Lucia 1.
+Kære Ven!
+For en Sikkerheds Skyld sender jeg Dig dette. Det er nemlig usikkert at [”at” overstreget] jeg kommer. Ved at se Baedekeren efter opdager jeg at Hotel de la Ville er et meget fint Hotel hvor Du måske tager mig ind sammen med nogle af Samfundets Størrelser x) hjemme fra og Sagen er den at når jeg ikke tur [”tur” overstreget] tør møde enten i Si[ulæseligt] eller hvidt Sommertøj så vil jeg i Øjeblikket blive nød til at optræde som Lazaron. Selvom jeg turde vove mig frem for Dine og de andre ukendte Herrers Øjne i min Lurvethed, så har jeg en sand Skræk for [”for” indsat over linjen] Kelnere på et fint Hotel, når jeg ikke føler mig stivet af ved en efter mine Kår afpasset Påklædning.
+Jeg har konfereret med Anna [et overstreget tegn] om et af mine gamle Sæt kan presses op med nye Læg evt. men det går ikke, Vintertøjet er uigenkaldelig færdig, efter at jeg har slidt på det i tre År. Et nyt Sæt [”Sæt” indsaat over linjen] kan jeg ikke nå at skaffe mig til på Fredag. Det var også svært som det Kort kom bag på mig. Jeg havde efter Dine Breve ikke ventet Du drog af før i Januar. Nå Lykke på Rejsen og send os en Hilsen en Gang imellem. Dersom Du vil opgive Havne og Steder hvor Du kommer hen og eventuelle Adresser skal jeg sende Dig Bulletin’er om vort Leben her.
+For Tiden har vi det, det bedste vi endnu har havt.
+Din hengivne
+Fritz Syberg. 
+[Indsat nederst side 1:] x) Etatsråd Andersen?</t>
+  </si>
+  <si>
+    <t>1912-12-02</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Malerne Anna og Fritz Syberg og deres seks børn boede i Pisa i 1910-1913</t>
+  </si>
+  <si>
+    <t>Lars Syberg går i 2. klasse i Pisa og taler og skriver italiensk</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fDna</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets fotoside:]
+Pisa – Panorama preso dalla Torre dell’Amanzatore
+[Håndskrevet på tekstsiden]
+Via san Lorenzo 44 2 p Pisa 2/12, 1912
+Kære Puf og Lysse!
+Hvordan har I det? Jeg gaar i Skole og je [”je” overstreget] jeg gaar i anden Klasse og vi kan Italiensk og vi kan skrive Italiensk og vi kan tale Italiensk.
+Sakker
+Puf og Lysse Larsen.
+Kerteminde
+Danimarca</t>
+  </si>
+  <si>
+    <t>1912-12-03</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-12-11</t>
+  </si>
+  <si>
+    <t>Jens Jensen
 Johannes V. Jensen
-Fritz Syberg
-[...98 lines deleted...]
-Din hengivne J.V.J.</t>
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Else Jensen takker for brev fra Fritz Syberg. Johannes V. er af sted på sin rejse; det er dejligt, at han er ude at lufte sig, da der er en dårlig stemning mod ham i Danmark for tiden. Else kunne også selv drømme om at rejse fra det sure vintervejr, men nøjes med at glæde sig til næste sommer, hvor Sybergs åbenbart har meddelt, at de kommer til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Eou</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 d. 11-12-12.
+Kære Anna og Syberg.
+Tak Syberg fordi du skrev til mig i min Ensomhed. I kan jo nok tænke det er ikke rigtig noget for mig, men det var ganske nødvendigt at J.V. kom lidt ud at lufte sig, her er en ækel sur og fjendtlig Stemning mod ham for Tiden, som i Længden virker deprimerende, jeg tror han har det ligesom du Syberg at han storartet kan undvære hver eneste Sjæl i Kongeriget, men saa meget desto mere har han været henvist til sin Familie, saa han vil nok til Tider alligevel føle det som lidt af en Landsforvisning at være borte fra os. I kan ikke tænke Jer, hvor her er mørkt og vaadt i Aar, der har kun frosset en enkelt Nat ellers har det flere Maaneder være Regn og Taage, alt Fodtøj er vaadt og opblødt og alle Børn blege og kirtelsvage. Jeg blev helt syg efter lidt Solskin, da jeg læste din Beskrivelse af Pisa i Vintersol, har I virkelig Roser, Lavendler og Sommerfugle paa denne Aarstid? Nej nu kommer vi nok aldrig til Italien. J.V. fik det aller ugunstigste Indtryk den Dag han gik i Genua i Regnvejr, det var jo ogsaa et forbistret Uheld, og naar I kommer hjem til Sommer har vi jo heller ikke noget at rejse derned efter. Jeg havde den aller største Lyst til at stikke ned til Jer, mens I er der, Jens kunde saa haardt trænge til det, han ligner en lille bleg Oblat med tykke Øjenlaag og skæve Ben. Villum kan jo trives hvor som helst, ogsaa her, men vi har jo ikke Raad, Legatet slaar jo langt fra til til J.V.s Rejse, og Ungerne skulde jo helst passe den Skole. Jeg vil nu sætte alt ind paa at faa en god Sommer til Erstatning for den mislykkede Vinter, og I maa love mig højt og helligt at komme op og bo i vort Hus, saa kan vi rejse sammen til Faaborg, jeg længes efter at vise jer Sjælland og havde det rigtig hyggeligt sammen med jer. J.V. kommer i Begyndelsen af Juni, det bliver vel omtrent samtidig med Jer, sikken vi skal fejre jer sammen. hvor jeg glæder mig til det. 
+Kunde I ikke have Lyst til at skrive til J.V. han er saa forladt ene paa den anden Side Kloden, jeg sender jer Adressen som for Resten kun dur en kort Tid.
+Johannes V. Jensen Esq.
+c/o The Danish East Asiatic Co. Ltd.
+Singapore
+S.S. Bandon Asia
+Jeg kan godt forstaa at Syberg ikke tog til Genua den Dag, vi havde nok en Mistanke om, at det var en temmelig lang Tur, og saa var det jo ogsaa usikkert hvor længe J.V. blev der. Han havde nok ellers kunnet trænge til en Opmuntring, jeg tror Humøret har været sløjt, han sendte mig den Dag en Beskrivelse af sine Medpassagerer, han lige havde været nede og set paa, og den var ikke rosenrød, og han hader jo egentlig at være indespærret paa et Skib , først i Begyndelsen af Januar kommer han i Havn.
+Glædelig Jul alle sammen.
+Else Johs V.</t>
   </si>
   <si>
     <t>1913-01-17</t>
   </si>
   <si>
     <t>Java
 Garoet</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver fra sin rejse, hvor han er nået til Java og snart fortsætter over Singapore til Hongkong og måske videre til Shanghai. Han klarer sig ikke godt i troperne denne gang og savner Else og børnene, men kunne ikke holde ud at være i Danmark længere. Dog glæder han sig til at se Sybergs i det nye sommerhus den kommende sommer. Han værdsætter meget at få breve fra Fritz.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/g46Q</t>
   </si>
   <si>
     <t>17 Jan 13
 Garoet, Java
 Kære Ven. Det var mig en stor Glæde at modtage dit Brev, jeg fik det i Singapore en Dag hvor jeg virkelig trængte til at høre en Vens Stemme, selv om den kom noget langt bort fra. Jeg taalte Varmen daarligt der og den overfugtige Luft, havde vist ogsaa lidt Feber og saa ikke lyst paa Verden. Dit Brev gjorde mig opmærksom paa at jeg var for alene, jeg havde før kun følt en ubestemt Melankoli, ja det var ikke noget af det, men jeg havde det daarligt. Saa tog jeg til Java og har været et Par Dage heroppe i nærheden af nogle Vulkaner 2200 Fod oppe, der er i alt Fald Nætterne lidt køligere. Men jeg klarer mig slet i Troperne denne Gang og søger nordpaa saa hurtigt jeg kan, over Surabaya og tilbage gennem Singapore op til Hong-Kong maaske, helt i et Tog til Shanghai. Trods alt har jeg Hovedet fuldt af Arbejde og vilde ikke undvære min Straf. Du kan forstaa det er haardt at leve uden Else og Børnene, og kun med sjælden maaned gamle Nyheder fra dem, det er en Straf som jeg sagtens har fortjent. Men i Danmark kunde jeg ikke leve mere, og jeg kommer heller ikke hjem mere, saadan i rigtig lokal Forstand. Ikke desto mindre venter der mig vort nye lille Hus i Tibirke Bakker som bliver bygget mens jeg er borte, og der ved jeg vi skal ses til Sommer, naar jeg har overvundet "Danmark" og mig selv. Der skal du, som med din jernkarakter forlængst er saa vidt, love mig at komme og besøge os og bo hos os. Dit Brev stivede mig af, for jeg vil bekende for dig at jeg er altfor følsom skønt jeg gør mig saa haard som jeg kan. Tag dette for Venskab; ellers nærer jeg som du ingen Illusioner med Hensyn til dette Begreb der er et Stikord i Danmark. Her er dejligt herude, mere end dejligt, jeg nyder det men paa en ejendommelig fjern Maade, jeg holder dog mere af taagede Popler en Palmer. Toget som fløjter ogsaa er i Garoet lyder bedst i mine Øren i morgen Kl 6 22 tager jeg det som en nu i hele tre Dage savnet Ven. Sejlturen var dejlig, og naar bare man sejler eller kører har man det godt. I morges red jeg mig en Tur paa en skrækkelig lejet Ganger. Selve Helhesten, men den ved du jo ogsaa jeg holder af fordi den komme af Stedet. Hils Anna og Børnene og Tak fordi du skriver. Paa Gensyn derhjemme!
 Din hengivne Johannes V.</t>
   </si>
   <si>
     <t>1913-01-27</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
   </si>
   <si>
     <t>Mads Rasmussen fremsender en check på 1000 kroner til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Konv</t>
   </si>
   <si>
     <t>27' Januar 1913
 Herr Kunstmaler Fritz Syberg.
 Pisa.
 Hermed i Cheque Kr 1000- I Henhold til Deres Brev af 3' December.
 Med Højagtelse
 For M. Rasmussen
 Aage Møller</t>
   </si>
   <si>
-    <t>1913-04-17</t>
-[...2 lines deleted...]
-    <t>Brevkort</t>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-02-06</t>
+  </si>
+  <si>
+    <t>Familien Syberg sender mange hilsner til Mads Rasmussen og familien. Sybergs har været i Rom og Fritz vil gerne tilbage ved lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmpP</t>
+  </si>
+  <si>
+    <t>Hr Etatsraad
+Mads Rasmussen
+Skjoldsgade 10
+Kjøbenhavn
+Danimarca
+Poststemplet: 6 feb.
+Mange Hilsener fra Familien Syberg. 
+Rom er et dejligt Sted men dyrt. Dog tror jeg hvis alt går vel, at jeg må herned en Gang igen Dette Besøg har kun sat Appetitten op. Om nogle Dage rejser vi hjem til Idyllen i Pisa og til Arbejdet. 
+Mange Hilsener til Dem alle. Deres hengivne Fritz Syberg - fra 1st Nobr Via Santa Lucia N1. Pisa</t>
+  </si>
+  <si>
+    <t>1913-03-23</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Familien Syberg er på vej hjem fra Italien. Anna er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GOmv</t>
+  </si>
+  <si>
+    <t>Kære Las. Det har glædet mig at se i Politikens Ugeblad, som vi holder, Din Salgssucces. Gid det må blive ved. Vi ligger nu for Hjemrejse, jeg kan ikke sige at jeg glæder mig til det jeg blev hellere herude et Par År endnu, men Børnene skal jo hjem at lære dansk. De er så Italienske at de snakker i Søvne på italiensk. Jeg glæder mig dog til at se Rugen skyde i Vip. Se på den Kirke jeg her sender, er den ikke smuk. Zarthmann kalder den Verdens dejligste Kirke. Venlig Hilsen Syberg
+[Tilføjet langs siden: Hilsen fra Anna – hun er syg.]</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
   </si>
   <si>
     <t>Johanne Giersing
 Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
   </si>
   <si>
     <t>Anna Syberg
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Fritz Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Venedig</t>
   </si>
   <si>
     <t>Pisa
 Via S. Lucia</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
 Maraviglia: Vidunderlig
 Bebone: Meget godt</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
   </si>
   <si>
@@ -2359,468 +2972,50 @@
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
   </si>
   <si>
     <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
 Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wsaG</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Königreich Bayern
 Postkarte
 [Håndskrevet i kortets adressefelt:]
 Signori
 Syberg.
 Via S. Lucia 1 II p.
 Pisa
 Italien
 [Håndskrevet i kortets tekstfelt:]
 München 25-4-13
 Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
 Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
 [Tegning af ølkrus] Skaal.</t>
-  </si>
-[...416 lines deleted...]
-Fritz Syberg</t>
   </si>
   <si>
     <t>1913-04-26</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
 Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
   </si>
   <si>
     <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fwJv</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Königreich Bayern
 [Håndskrevet i adressefeltet:]
 Signori
 Syberg
 Via S Lucia 1
 Pisa
 Italien
 [Adressen overstreget. Ny adresse skrevet:]
 Kerteminde
@@ -2843,169 +3038,50 @@
 Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/w14X</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Königreich Bayern
 Postkarte
 [Håndskrevet i adressefeltet:]
 Sybergs
 Via S Lucia 1
 Pisa
 Italien
 [Adressen overstreget. Ny håndskrevet:]
 Kerteminde
 Danimarca
 [Håndskrevet i tekstfeltet:]
 Pfafferhofen 27/4 - 13
 Kære Allesammen!
 Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
 [Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
-  </si>
-[...117 lines deleted...]
-Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
   </si>
   <si>
     <t>Bayern</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
 Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gXaR</t>
   </si>
   <si>
     <t>[Fortrykt på side 1:]
 Königreich Bayern
 Postkarte
 [Håndskrevet med blåt i adressefeltet:]
 Sybergs
 Via S. Lucia
 Pisa
@@ -3038,50 +3114,87 @@
 Stine har misforstået, hvordan de sloges med sne.
 Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
   </si>
   <si>
     <t>[Fortrykt på side 1:]
 Königreich Bayern
 Postkarte
 [Håndskrevet i adressefeltet:]
 Syberg
 Via S. Lucia
 Pisa
 Italia
 [Adressen overstreget. Med håndskrift er tilføjet:]
 Kjerteminde
 Danimarca
 [Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
 skrive til Köln
 [Håndskrevet s. 1:] 
 en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
 Kære Allesammen
 Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
 Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
   </si>
   <si>
     <t>1913-05-01</t>
   </si>
   <si>
     <t>Ebbenheim bei Wiesbaden</t>
   </si>
   <si>
     <t>Johanne Giersing</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa i Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 015</t>
   </si>
   <si>
     <t>Hans ønsker Lars/Sakker tillykke med fødselsdagen. Hans og Johanne/Besse spiser i den restaurant, som man ser på kortet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V1gj</t>
   </si>
   <si>
     <t>[På kortets billedside er fortrykt:]
 Gartenwirtschaft
@@ -3123,439 +3236,162 @@
 De to er ærgelige over, at der ikke er brev fra forældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rDCL</t>
   </si>
   <si>
     <t>[Fortrykt på s. 1:]
 Postkarte
 [Håndskrevet med blåt i adressefeltet:]
 Sybergs
 Via S Luca 1
 Pisa
 Italien
 [Adressen er overstreget, og med sort er skrevet:]
 Kjerteminde
 Danimarca
 [Håndskrevet i tekstfeltet:]
 Frankfurt 1/5-13
 Kære Allesammen.
 Vi dejser rundt i frankfurt for at P ["P" overstreget] vente paa at Posthuset kan aabne vi haaber at der er Brev fra Jer 2 1/4 Time maa vi vente fordi det er 1ste Mai og Kristi Himmelfart nu spiser vi for ikke helt [s. 2] at spilde Tiden det har regnet til Morgen men er nu dejligt Vejr vi skal se at naa Koblenz. Mange Hilsner fra Hans til Jer alle.
 Kære Allesammen
 Nu sidder i maaske i Pilegaarden - Hvordan er det? Hvordan har Martin og den "Gamle Ged" det? Og Rovmorderen, Rilles lille Kone, - I Gaar havde vi en vidunderlig Tur. I Dag er Vejret ikke rigtig godt der er begyndt at trække Byger op. - Mange Kys fra Besse
 Vi har været paa Posthuset og er meget ærgerlige over at I ikke har skrevet vi har nemlig faaet den Ide at I ikke ved hvor vi er henne og at I saa er dumme nok til at fare rundt med Ekspressen for at finde os</t>
   </si>
   <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
     <t>1913-05-03</t>
   </si>
   <si>
     <t>Köln</t>
   </si>
   <si>
     <t>Kerte</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
   </si>
   <si>
     <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
 Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RpsI</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 Postkarte
 [Håndskrevet i adressefeltet:]
 Syberg
 Via S. Lucia 1
 Pisa
 Italien
 [Adressen overstreget og erstattet af håndskrevne ord:]
 Kjerteminde
 Danimarca
 [Håndskrevet i tekstfeltet:]
 Kære Allesammen.
 Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
 Kære Allesammen
 Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
   </si>
   <si>
-    <t>1910-12-19</t>
-[...201 lines deleted...]
-    <t>1937-02-26</t>
+    <t>1913-05-04</t>
+  </si>
+  <si>
+    <t>Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Tyskland
+Hagen</t>
   </si>
   <si>
     <t>Kerteminde
 Pilegaarden</t>
-  </si>
-[...110 lines deleted...]
-Hagen</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
 Johanne/Besse har også tidligere på et postkort fra cykelturen i 1913 omtalt lillebror Ernst/Rille og hans Rovmorderveninde. Hohen Sieburg var den borg i Tyskland, som Syberg-familien kom fra. Den stod allerede i 1913 som en ruin.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 019</t>
   </si>
   <si>
     <t>Hans og Johanne har ledt efter en lille Sybergprinsesse til broderen, men der er kun Sieburgere, så han må nøjes med sin rovmorder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/j7gX</t>
   </si>
   <si>
     <t>[Fortrykt på billedsiden:] CÔLN, Denkmal König Friedr. Wilh. III auf dem Heumarkt.
 [Fortrykt ved adressefeltet på tekstsiden:] 220 Verlag H. Worringen, Köln Altermarkt 47.
 [Håndskrevet på kortets tekstside:]
 Skuespilleren
 Hr. Negertamp
 Pilegaarden
 Kjerteminde
 Dänemark
 Kære lille levende Nigger - Du kan tro vi har ledt efter en lille Sybergprinsesse til Dig, men her er kun Sieburgere [de sidste tre bogstaver i ordet indsat over linjen] og dem er der jo ikke noget ved. Du maa nok nøjes med Rovmorderen men hun er da næsten ogsaa lige saa køn. Mange Kys fra Besse
 Hagen - 4 - 5 - 1913</t>
   </si>
   <si>
     <t>1913-05-05</t>
-  </si>
-[...1 lines deleted...]
-    <t>Clara Syberg</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 017</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse var glade for at høre "Alt vel". De skal på museet og se deres fars billede. Og de har talt med en fuld tysker.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/og82</t>
   </si>
   <si>
     <t>[Håndskrevet på kortets billedside:]
 Er det morsomt at gaa paa Realskolen?
 [Fortrykt på kortets billedside: Et langt digt]
 [Fortrykt på kortets tekstside:]
 POSTKARTE.
 1908. Verlag: Leo Kürten, Köln
 [Håndskevet i kortets adressefelt:]
 Freulein
 Nolle Syberg
 Pilegaarden
 Kerteminde
 Dänemark
 [Håndskrevet i kortets tekstfelt:]
 Kære levende Nolle.
@@ -3575,68 +3411,232 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 018</t>
   </si>
   <si>
     <t>Det regner. Hans og Johanne er hjemme om 5-6 dage. De venter på, at deres værelser bliver klar. Hotelværten har ingen ører.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WYXg</t>
   </si>
   <si>
     <t>[Fortrykt på kortet:]
 POSTKARTE
 [Håndskrevet i adressefeltet:]
 Sybergs
 Pilegaarden
 Kerteminde
 Dänemark
 [Håndskrevet i tekstfeltet:]
 Stolzenau 7-5-13.
 Kære Allesammen.
 Det regner endnu hele Dagen, - syvende Dag. - - Vi tænker at kunde være hjemme om circa 5-6 Dage. Vi spiste under et Skur i Dag. Mange Kys Besse
 [S. 2] 7-5-13
 Kære Allesammen
 Vi cyklede Kl 8 fra Bielefeld og kommer her til Stolzenau [ulæseligt ord] Kl 8 1/4 det er ikke nogen lang Tur men meget fugtig. Vi sidder og venter paa at vores Værelser kan blive færdige og ser imens paa at to sidder og drikker af nogle kollosale Glas. Mange Hilsner fra Hans. Vores Vært er uden Ører og med et mægtigt Ar. Tyskerne er dog nogle Festigummer med alle deres Ar i Ansigtet</t>
   </si>
   <si>
-    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
-[...16 lines deleted...]
-Mange hilsner fra Nolle.</t>
+    <t>1915-03-22</t>
+  </si>
+  <si>
+    <t>Pilegården</t>
+  </si>
+  <si>
+    <t>Oslo Plads 1, 2100 Kbh
+Møllebakken, 5300 Kerteminde
+Sybergs Have, Kerteminde</t>
+  </si>
+  <si>
+    <t>Karen Goldschmidt
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Skrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
+Pilegården (adressen i dag er Sybergs Have) et stateligt hjem i gåafstand fra Johannes Larsens hjem på Møllebakken erhvervedes i 1902 af Anna og Fritz Syberg. Efter Fritz Sybergs død i 1939 blev stedet overtaget af sønnen Franz Syberg og hans familie. I 1955 nedbrændte huset i en stor ildebrand, der kostede Franz Syberg livet.
+Den Frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod adgangskravene på det etablerede Charlottenborg. Det gør udstillingen til Danmarks ældste kunstnersammenslutning.
+Anna og Fritz Sybergs malerophold i Pisa er fra dec. 1910 til maj 1913.
+Kilde:
+Den store danske encyklopædi
+Porsmose, E.: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal, 2010.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg inviterer Ernst Goldschmidt og hustru Karen på besøg på Pilegården. Anna Syberg døde juli 1914. Fritz Syberg mindes i brevet det specielle venskab mellem Anna Syberg, børnene og Ernst Goldschmidt. 
+Fritz Syberg skriver om de unge maleres stiftelse i 1915 af udstillingen Grønningen, som han også tilslutter sig, da han beslutter at støtte deres opgør med de gamle malere på den Frie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UFUm</t>
+  </si>
+  <si>
+    <t>Pilegården 22-3-1915.
+Kære Goldschmidt.
+Tak for Dit Brev, det vil glæde mig at se Dig herovre hos mig, hvis Din Kone kunde tage med skulde I begge være hjertelig velkomne. For en Nats Tid tror jeg godt I kan holde den gående her. Jeg har en stor Himmelseng som I nok kunde knibes ind i. Desværre har jeg ikke så meget at byde på nu Anna er død. Hendes Humør der forstod at få det bedst mulige ud af enhver af Livets Situationer faldt så godt sammen (med) din Måde at tage Tingene på - Jeg glemmer aldrig hendes Glæde over dit Påfund at "sætte" vore Sølvskeer - nede i Pisa. Skønt jeg følte mig som Tilskuer ved alt hvad Du og Anna og Børnene i Forening foretog Jer er det dog derigennem Du har fået en Plads i mit Hjerte. Men nu vil jeg ikke tale mere om dette, som jo slet ikke er påkrævet, men nærmest lyder som jeg vilde snadre mig fra det der efter Din Mening er langt vigtigere. Når jeg ikke går med til Jeres Udstilling har jeg ingen andre Grunde end at jeg i hele denne Sag har ladet mig lede af mit Instinkt. Det har budt mig at følge de unge i Kampen mod de gamle, at den førte til udmeldelse af den Frie er kun en Konsekvens af Kampmetoden (I kunde måske lige så godt have erobret den Frie) Det er det samme Instinkt der siger mig at jeg nu skal holde mig fra Jer for ikke i Jeres Kreds at komme til at stå som det gammeldags konservative Element. Dermed er alt sagt. De Grunde jeg har angivet for ikke at udstille er meget plausible: jeg har for lidt at byde på i år - ( så lidt færdigt) og vil gøre en relativ dårlig Figur på Jeres Udstilling hvad ingen har Glæde af uden måske netop dem på den Frie. Men dette sidste har jeg allerede skrevet som Svar på et Brev jeg modtog fra selve Jeres "Ober" og du kan jo altid meddele "Piccoloen" det hvis han ikke har fået det at vide [allerede: tilføjet i håndskrift]
+[brevet er uafsluttet]</t>
+  </si>
+  <si>
+    <t>1915-11-19</t>
+  </si>
+  <si>
+    <t>Roma
+Pisa Italy</t>
+  </si>
+  <si>
+    <t>Fritz Syberg venter på at få papir fra papirhandleren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Frd</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Papirhandleren har snydt mig det Asen. Da jeg kom hen til ham for at hente Papiret var der intet. Nu har han lovet [indsat: mig ] det om to-tre Dage, men det kan godt være det trækker længere ud, for Italienere siger principmæssig ikke Sandheden. Det skal imidlertid nok komme en af Dagene. Dette Kort er fra Roms Campagne – Hilsen Baron</t>
+  </si>
+  <si>
+    <t>11. feb. 1928</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
+Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
+Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jIOtZjfa</t>
+  </si>
+  <si>
+    <t>1932-03-31</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen: "Pisangen. Myter", bind 5 udkom i marts 1932. Indledningsmyten bærer titlen "Pisangen". Det er formodentlig denne tekst, Fritz Syberg er inde på.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for bogen. Johannes V. Jensen hører til de uforgængelige. Syberg vil helst efter døden spiddes på en torn og indtørre i vinden - som tornskaderne gør med byttet. Et alternativ er at melde sig ind i ligbrændingsforeningen. 
+Syberg maler en masse billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mc6I</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+31 – 3 – 32
+Kære Ven.
+Tak for Din Bog. Jeg har lige læst Indledningsmyten. Ja kære Ven Du hører til de uforgængelige – forsaavidt som vor Klode er uforgængelig, og jeg kan ihvert Fald ikke forsone mig med Tanken om nogen anden Art Uforgængelighed end den der er knyttet til vor Jord. Helst vilde jeg efter Døden spiddes paa en Torn, af passende Størrelse som Tornskaderne plejer at gøre ved deres Bytte, og saa sidde og indtørre paa et eller andet Næs i Vestenvinden, et ensomt Sted hvor ingen kommer. I Mangel af et saadant Arangement har jeg under Overvejelse at indmelde mig i Ligbrændingsforeningen. Saadan en lille Urne med nogle faa Bensplinter – jeg tænker paa Nolle – tager ikke megen Plads, man fylder ikke saa meget som et nyfødt Barn.
+Hvorfor jeg kommer ind paa Spørgsmaalet om Døden ved jeg ikke.
+Alt gaar vel, Billederne tager til i Mængde og nu som al Tid er det de skønneste Billeder man aldrig faar malt. 
+Hils Else mange Gange.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1934-08-17</t>
+  </si>
+  <si>
+    <t>Engelbert Dollfuss
+Frederik Hendriksen
+Adolph Hitler
+Benito Mussolini
+Otto Emil Schondel
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har i flere breve klaget over dårlig søvn og kvælningsfornemmelser om natten.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg får sovemedicin. Han har intet imod læger.
+Rille/Ernst Syberg er kommet hjem efter to måneders Europa-rejse med rygsæk. Han mødte gamle venner i Pisa, var glad for Spanien, oplevede tyrolerne som tiltalende og mærkede intet til Hitlers terror i Tyskland. Ernst Syberg har sat sig ind i storpolitik og bla. Mussolinis planer om at lave et Storitalien samt sagen med, at Tyskland har fået bygget kampfly i Rusland. 
+Trylle/Franz Syberg vil begynde at dyrke frugt. Fritz Syberg overvejer at sælge sin bil og købe lidt jord af naboen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KwJt</t>
+  </si>
+  <si>
+    <t>Pilegaarden 17-8-34
+Kære Venner.
+Tak for Brevet, nu er I sandsynligvis kommet tilbage fra Jert Sommerophold, og faaet jer vel indstalleret i Hovedstaden. Alt gaar ved det gamle her, jeg tager et Sovemiddel der hjælper mig over Nætterne og iøvrigt har jeg baade Digitalis og røde Draaber staaende ved min Seng, jeg har intet imod Læger saadan set, men som den gamle Xylograf siger, de skal behandle En paa en hyggelig Maade. Vores Landsbyskrædder her, Schondel, er jeg udmærket tilfreds med. Han er lige høj paa alle Ledder, var under Verdenskrigen Militærlæge og tror han ligner Napoleon. Rille er lige kommet hjem efter godt to Maaneders Rejse – med Rygsæk – gennem Tyskland, Tyrol, Italien, Spanien og Frankrig, dette sidste dog kun nogle faa Dages Ophold i Paris. Han ved jo en Del at fortælle, det er aabenbart den eneste rette Maade at rejse paa naar man vil i Kontakt med Befolkningen. Han traf sine gamle Venner i Pisa der omfavnede ham og straks kendte ham: Ernèsto, Ernèsto!. Men iøvrigt syntes han ikke om Italien, men meget bedre om Spanien. Tyskland var behageligt og billigt at rejse i, - S.t. Folkene var intelligente og interesserede over for Forholdene i Danmark. De haarrejsende Historier om Hitlerterror mærkede han intet til uden – i Politiken. Derimod i Østrig var Regimentet og Polititrakasseriet utaaleligt, men Østrigerne d.v.s. Tyrolerne var [”var” indsat over linjen] de mest tiltalende af alle Nationer, forresten var alle Tyrolere Nazister. (Hitler er jo selv født i Tyrol) Det er meget Sjov at høre ham fortælle. Ogsaa Storpolitik har han sat sig ind i: Mussolinis Plan er at samle Østrig, Tyrol, Albanien og tilgrænsende Lande til et Storitalien med Adriater- som Midtpunkt, derfor hans Venskabelighed over for Dolfus. En anden Historie: Tyskland der ikke maa ruste har i Samraad med Sovjet ladet lave 2 eller 3 Tusinde Krigsflyvemaskiner – i Rusland, sendt [et par overstregede bogstaver] tyske Teknikere ec.t. derover. Da Maskinerne var i Orden sluttede Rusland Venskab med Frankrig Resultat: Rusland konfiskerer Tysklands 3000 Maskiner, Tyskland har underfundigt brugt Forbudet mod at ruste - - det hele kan jo være Løgn, men det er uappetitligt nok til at være sandt. Trylle er ved at slaa sig paa Landbrug – Frugtdyrkning – hans Organistvirksomhed levner ham Tid dertil. Jeg spekulerer paa at afskaffe min Bil der koster mellem 12 og 15 Hundrede Kr. aarlig og købe tre Td. Land af min Nabo. Men Forhandlingerne har ikke ført til noget Resultat endnu. Mange Hilsener til Jer allesammen
+Eders Hengivne
+Fritz Syberg
+Maleriet har jeg foreløbig lagt paa Hylden.</t>
+  </si>
+  <si>
+    <t>1937-02-26</t>
+  </si>
+  <si>
+    <t>Emil Brückner
+Lars Bækhøj
+Johannes V. Jensen
+Johannes Madsen
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Lars Syberg
+Marie Syberg
+Odette Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg udstillede på Den Frie 14.-28. februar 1937 sammen med blandt andre Jens Sørensen, Olga Wagner, Henrik Starcke og Robert Storm-Petersen. Fritz Syberg havde følgende billeder med på udstillingen:
+Høstaften, 1938, 56x73 cm
+Smeltende sne, 1939, 67x96 cm
+Kornlandskab, 1938, 67x90 cm
+Bondegaard-Aften, 1937, 67x96 cm
+Mørke Foraarsdage, 1937, 187x287 cm
+Havremark, 1938, 68x78 cm
+Snefog, 1938, 67x96 cm
+Landskab sidst i September, 1938, 67x99 cm
+Bondegaard. december, 1938, 67x96 cm
+(Oplysninger fra udstillingskataloget på Den Frie)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57</t>
+  </si>
+  <si>
+    <t>Billederne fra udstillingen bliver sendt med tog til Odense. Fritz Syberg vil bede Hans om at opbevare nogle værker. Lars/Sakker og Odette skal have nogle billeder og Franz/Trylle også. Andre billeder skal til Fyns Forsamlingshus, glarmester Madsen, Lars Bækhøj og Johannes V. Jensen. Hans må tale med kunsthandlerne om kobilleder til deres udstilling. De øvrige oliebilleder tager Fritz Syberg selv med hjem. Hans kan få portrætter af Tante Marie, hvis han vil have dem. Anna Louise/Rabbe får også billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Q5V8</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+26-2-37
+Kære Hans.
+Naar Udstillingen slutter Søndag Aften, bliver jo Samlingen sendt af Sted i en eller to Banevogne til Odense hvad Kunsthandlerne tager sig af. Men en Del Billeder bliver tilbage. For det første dem Du har havt paa Dine Vægge i "Kjærby Bakke", Søndermarken Madonnaen foruden Din Sarkofag og Figurerne i Campo santo. Maaske en Del mindre Billeder som jeg saa vil bede Dig huse.
+Sakker har jeg tænkt skal have sit Portræt og tillige et stort Billede, enten det som Brückner har havt eller ogsaa det som staar i Dit Værksted og er hjemsendt fra Australien, hvilket han nu helst vil have eller rettere sagt hvilket Odette helst vil have. Trylles Billeder er det af Jeres Mor (Aquarel) som hænger paa samme Væg som Madonna i øverste Række til venstre, naar man vender Ansigtet mod Væggen det gaar med den øvrige Samling til Odense Han har tillige et til en større Aquarel med det skæve Taarn, der staar i Kælderen og er ikke hængt op og gaar ligeledes med Banevogn til Odense. det gør ogsaa alle de Billeder jeg har laant: Kornbilledet til Fyns Forsamlingshus (No 89) et Kobillede tilhørende Glarmester Madsen No 91 Svanninge Kirkegaard lille. Helleskov N 92 Kobillede til Højskoleforst. L. Bækhøj Ollerup N 102 De to smaa ["smaa" indsat over linjen] Billeder af [et overstreget tegn] Johannes V Jensens fra Tibirke No 77 og 78 kunde Du maaske tage Dig af, bringe ham, de kan nemt være i Din Bil, enten det, eller Du kan lade den Vognmand som kører alle de andre ud til Dig besørge dem til Joh. V. ["Joh. V." indsat over linjen] ogsaa. Kan Du saa ikke iøvrigt forhandle med Kunsthandlerne om hvormange af Kotegningerne de vil have med paa deres Udstillinger. Skyder de en Del ud hvad jeg gærne ser kan Du (og Sakker) maaske overtage dem. Alle mine store Oliebilleder i øvrigt tager jeg selv hjem, saa de gaar med til Odense. Skulde Du ønske et af Tante Mariebillederne til at hænge i Din Gang, bryder Kunsthandlerne sig næppe om at have det med. Rabbe har jeg sørget for, hun faar en af Dagene sendt et større og et mindre Oliebillede til at hænge paa sin Væg. Nu bedes Du undskylde at jeg uden videre disponerer over Dig, men jeg haaber det kan gøres med at Du er paa den Frie Søndagaften. Skulde der være noget jeg har glemt beder jeg Dig handle efter Konduite. 
+[indsat lodret i venstre side på ark nr. 2 med pil ind i teksten til ordene "paa sin Væg":]
+Tillige er det hendes Aquarel af Jeres Mor den hænger i modsat Ende af det, som Trylle ejer, altsaa paa Madonnavæggen
+[Indsat på hovedet øverst på side 1:]
+Hvordan Kunsthandlerne og jeg ordner os skal nærmere bestemmes paa Sagfører Spies' Kontor naar Billederne kommer til Odense. Ha'et nu godt hils Ulla og Børn og mange Hilsener fra Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3713,51 +3713,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b9nu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOrw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g46Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Konv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mc6I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NwAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b9nu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NwAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOrw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g46Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Konv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFUm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mc6I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M111"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3800,4881 +3800,4881 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="5" t="n">
-        <v>1910</v>
+      <c r="A3" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H3" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I5" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>51</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="5" t="s">
-        <v>57</v>
+      <c r="A7" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>60</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>84</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="s">
-        <v>76</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>88</v>
+        <v>44</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>49</v>
-[...8 lines deleted...]
-        <v>25</v>
+        <v>103</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>53</v>
+        <v>105</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="5" t="n">
-        <v>1912</v>
+      <c r="A14" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>32</v>
+        <v>110</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>103</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
-        <v>100</v>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="5" t="n">
-        <v>1912</v>
+      <c r="A15" s="5" t="s">
+        <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I15" s="5" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>53</v>
+        <v>118</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="5" t="n">
-        <v>1912</v>
+      <c r="A16" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>25</v>
+        <v>123</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="I16" s="5"/>
+        <v>125</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>126</v>
+      </c>
       <c r="J16" s="5" t="s">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="5" t="n">
-        <v>1912</v>
+      <c r="A17" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="5" t="n">
-        <v>1912</v>
+      <c r="A18" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="s">
-        <v>112</v>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="5" t="n">
-        <v>1912</v>
+      <c r="A19" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>25</v>
-[...10 lines deleted...]
-        <v>128</v>
+        <v>60</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I19" s="5" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="n">
-        <v>1912</v>
+      <c r="A20" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>25</v>
+        <v>152</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>136</v>
+        <v>62</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>137</v>
+        <v>155</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
-        <v>100</v>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>141</v>
+        <v>159</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>144</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>145</v>
+        <v>164</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>146</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>147</v>
+        <v>165</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>53</v>
+        <v>118</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>75</v>
+        <v>171</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="s">
-        <v>154</v>
-[...4 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>173</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>178</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>53</v>
+        <v>118</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>163</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>165</v>
+        <v>184</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>53</v>
+        <v>187</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>67</v>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>100</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>176</v>
+        <v>194</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>177</v>
+        <v>195</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>25</v>
+        <v>196</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-        <v>178</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>183</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>67</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>188</v>
+        <v>86</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G29" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G29" s="5" t="s">
+        <v>208</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="I29" s="5"/>
+        <v>209</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>210</v>
+      </c>
       <c r="J29" s="5" t="s">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>194</v>
+        <v>211</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>195</v>
+        <v>212</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>196</v>
+        <v>213</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>25</v>
+        <v>196</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G30" s="5" t="s">
-        <v>198</v>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I30" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>216</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>188</v>
+        <v>62</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>203</v>
+        <v>220</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>111</v>
+        <v>67</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>25</v>
+        <v>196</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>53</v>
+        <v>118</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>206</v>
+        <v>223</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>228</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>229</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>188</v>
+        <v>62</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>211</v>
+        <v>230</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>25</v>
+        <v>196</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>234</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>235</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>188</v>
+        <v>118</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>217</v>
+        <v>237</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="B34" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="5" t="n">
+        <v>1912</v>
+      </c>
+      <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="5" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="I35" s="5"/>
+        <v>246</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>247</v>
+      </c>
       <c r="J35" s="5" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="5" t="s">
-        <v>230</v>
+      <c r="A36" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>231</v>
+        <v>60</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I36" s="5"/>
+      <c r="I36" s="5" t="s">
+        <v>252</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>234</v>
+        <v>255</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="s">
-        <v>235</v>
+      <c r="A37" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>256</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>236</v>
+        <v>60</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G37" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>240</v>
+        <v>259</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>241</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="5" t="s">
-        <v>242</v>
+      <c r="A38" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>243</v>
+        <v>60</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G38" s="5" t="s">
+        <v>261</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="5" t="s">
-        <v>249</v>
+      <c r="A39" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G39" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="5" t="s">
-        <v>256</v>
+      <c r="A40" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>257</v>
+        <v>60</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G40" s="5" t="s">
+        <v>272</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>258</v>
+        <v>273</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="s">
-        <v>263</v>
+      <c r="A41" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>264</v>
+        <v>60</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>20</v>
+        <v>280</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>271</v>
+        <v>286</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="5" t="s">
-        <v>276</v>
+      <c r="A43" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>171</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="s">
-        <v>277</v>
+      <c r="H43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I43" s="5" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>283</v>
+        <v>196</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>264</v>
+        <v>196</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>264</v>
+        <v>60</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>75</v>
+        <v>308</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>58</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>264</v>
+        <v>196</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>43</v>
+        <v>118</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>152</v>
+        <v>322</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>58</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>264</v>
+        <v>60</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G50" s="5" t="s">
+        <v>328</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>15</v>
+        <v>335</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>324</v>
+      <c r="G51" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I51" s="5" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>17</v>
+        <v>196</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>330</v>
+        <v>341</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>337</v>
+      <c r="G53" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>343</v>
+        <v>196</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>67</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>350</v>
+        <v>60</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G57" s="5" t="s">
+        <v>368</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>365</v>
+        <v>22</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>58</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="s">
-        <v>370</v>
+      <c r="H58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>371</v>
+        <v>86</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>133</v>
+        <v>67</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>24</v>
-[...12 lines deleted...]
-        </is>
+        <v>171</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I59" s="5"/>
+        <v>379</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>380</v>
+      </c>
       <c r="J59" s="5" t="s">
-        <v>371</v>
+        <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>24</v>
-[...7 lines deleted...]
-        <v>25</v>
+        <v>59</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I60" s="5"/>
+      <c r="H60" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>386</v>
+      </c>
       <c r="J60" s="5" t="s">
-        <v>371</v>
+        <v>62</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>133</v>
+        <v>75</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>15</v>
+        <v>391</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F61" s="5" t="s">
-        <v>25</v>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-        <v>33</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>25</v>
+        <v>83</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="I62" s="5"/>
+        <v>397</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>398</v>
+      </c>
       <c r="J62" s="5" t="s">
-        <v>371</v>
+        <v>62</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>67</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>371</v>
+        <v>403</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>185</v>
+        <v>67</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F64" s="5" t="s">
-        <v>25</v>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I64" s="5"/>
+      <c r="H64" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>408</v>
+      </c>
       <c r="J64" s="5" t="s">
-        <v>221</v>
+        <v>392</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>404</v>
+        <v>75</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>405</v>
+        <v>171</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>406</v>
-[...12 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>414</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>409</v>
-[...4 lines deleted...]
-        </is>
+        <v>22</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>416</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>404</v>
+        <v>67</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>405</v>
+        <v>103</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>60</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>417</v>
+        <v>392</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>404</v>
+        <v>59</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>67</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F67" s="5" t="s">
-        <v>423</v>
+        <v>60</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>425</v>
+        <v>86</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>404</v>
+        <v>67</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>405</v>
-[...4 lines deleted...]
-      <c r="F68" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>432</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>404</v>
+        <v>58</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>405</v>
+        <v>103</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>60</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H69" s="5" t="s">
+        <v>435</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
-        <v>440</v>
-[...4 lines deleted...]
-        </is>
+        <v>392</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="M69" s="5"/>
+        <v>437</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>438</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>404</v>
+        <v>67</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>405</v>
+        <v>83</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>440</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H70" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>442</v>
       </c>
       <c r="J70" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>444</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="F71" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>450</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="M71" s="5" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="H72" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="B72" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E72" s="5" t="s">
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="K72" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="F72" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>456</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>457</v>
-      </c>
-[...7 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="B73" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>462</v>
       </c>
-      <c r="E73" s="5" t="s">
+      <c r="M73" s="5" t="s">
         <v>463</v>
-      </c>
-[...22 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="M74" s="5" t="s">
         <v>470</v>
-      </c>
-[...38 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D75" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="M75" s="5" t="s">
         <v>477</v>
-      </c>
-[...31 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K76" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="B76" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>482</v>
       </c>
-      <c r="F76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G76" s="5" t="s">
+      <c r="M76" s="5" t="s">
         <v>483</v>
-      </c>
-[...18 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>465</v>
+        <v>67</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>489</v>
+        <v>103</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>490</v>
-[...5 lines deleted...]
-        <v>492</v>
+        <v>60</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="I77" s="5"/>
       <c r="J77" s="5" t="s">
-        <v>53</v>
+        <v>392</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>465</v>
+        <v>67</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>489</v>
+        <v>103</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>463</v>
-[...5 lines deleted...]
-        <v>498</v>
+        <v>60</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
-        <v>53</v>
+        <v>392</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>461</v>
+        <v>494</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>403</v>
+        <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>462</v>
+        <v>58</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>44</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>506</v>
+        <v>86</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>511</v>
+        <v>76</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>371</v>
+        <v>86</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>465</v>
+        <v>103</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>67</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F81" s="5" t="s">
-        <v>491</v>
+        <v>60</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>519</v>
+        <v>505</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>520</v>
+        <v>506</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>521</v>
+        <v>507</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>522</v>
+        <v>508</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>523</v>
+        <v>509</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>524</v>
+        <v>60</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G82" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="H82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I82" s="5"/>
       <c r="J82" s="5" t="s">
-        <v>20</v>
+        <v>505</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>527</v>
+        <v>511</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>528</v>
+        <v>512</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>529</v>
+        <v>513</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>530</v>
+        <v>514</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>531</v>
-[...14 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>534</v>
+        <v>505</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>535</v>
+        <v>515</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>537</v>
+        <v>517</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>538</v>
+        <v>518</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>539</v>
+        <v>42</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>49</v>
-[...14 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>540</v>
+        <v>519</v>
       </c>
       <c r="I84" s="5"/>
-      <c r="J84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J84" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>541</v>
+        <v>520</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="M84" s="5"/>
+        <v>521</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>522</v>
+      </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>543</v>
+        <v>523</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>185</v>
-[...4 lines deleted...]
-        </is>
+        <v>525</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>32</v>
+        <v>527</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>544</v>
+        <v>528</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>188</v>
+        <v>529</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>545</v>
+        <v>530</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>546</v>
+        <v>531</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>547</v>
+        <v>532</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>548</v>
+        <v>533</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>534</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>536</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I86" s="5"/>
+      <c r="I86" s="5" t="s">
+        <v>537</v>
+      </c>
       <c r="J86" s="5" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>538</v>
+      </c>
+      <c r="K86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L86" s="6" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>404</v>
+        <v>524</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>405</v>
+        <v>534</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>455</v>
+        <v>542</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>50</v>
+        <v>543</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H87" s="5" t="s">
+        <v>544</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>457</v>
+        <v>546</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="M88" s="5" t="s">
         <v>557</v>
-      </c>
-[...40 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="K89" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>564</v>
       </c>
-      <c r="F89" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I89" s="5" t="s">
+      <c r="M89" s="5" t="s">
         <v>565</v>
-      </c>
-[...10 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I90" s="5"/>
+      <c r="J90" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="K90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L90" s="6" t="s">
         <v>570</v>
       </c>
-      <c r="B90" s="5" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>404</v>
+        <v>524</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>578</v>
+        <v>534</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>579</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>560</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="s">
-        <v>580</v>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I91" s="5" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>404</v>
+        <v>524</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>405</v>
+        <v>534</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>50</v>
+        <v>560</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I92" s="5" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>588</v>
+        <v>579</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>591</v>
+        <v>582</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>404</v>
+        <v>524</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>405</v>
+        <v>534</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>50</v>
+        <v>552</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I93" s="5" t="s">
-        <v>594</v>
+        <v>585</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>595</v>
+        <v>586</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>199</v>
+        <v>524</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>111</v>
+        <v>534</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>50</v>
+        <v>133</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="s">
-        <v>601</v>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I94" s="5" t="s">
-        <v>602</v>
+        <v>591</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>605</v>
+        <v>593</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>606</v>
+        <v>594</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="K95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L95" s="6" t="s">
         <v>599</v>
       </c>
-      <c r="B95" s="5" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="M95" s="5" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>614</v>
+        <v>595</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>404</v>
+        <v>524</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>405</v>
+        <v>534</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>616</v>
+        <v>133</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I96" s="5" t="s">
-        <v>617</v>
+        <v>602</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>618</v>
+        <v>603</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>619</v>
+        <v>604</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>620</v>
+        <v>605</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>621</v>
+        <v>606</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>622</v>
+        <v>607</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>623</v>
+        <v>524</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>185</v>
-[...9 lines deleted...]
-        </is>
+        <v>534</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I97" s="5"/>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>609</v>
+      </c>
       <c r="J97" s="5" t="s">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>626</v>
+        <v>611</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>627</v>
+        <v>612</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>628</v>
+        <v>613</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>629</v>
+        <v>614</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C98" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="F98" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I98" s="5"/>
+      <c r="H98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>616</v>
+      </c>
       <c r="J98" s="5" t="s">
-        <v>371</v>
+        <v>617</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>30</v>
+        <v>621</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F99" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D99" s="5" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="I99" s="5"/>
+        <v>623</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>624</v>
+      </c>
       <c r="J99" s="5" t="s">
-        <v>371</v>
+        <v>625</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>635</v>
+        <v>626</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>636</v>
+        <v>627</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>638</v>
+        <v>621</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>185</v>
+        <v>534</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>482</v>
-[...14 lines deleted...]
-      <c r="I100" s="5"/>
+        <v>629</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>631</v>
+      </c>
       <c r="J100" s="5" t="s">
-        <v>221</v>
+        <v>632</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>75</v>
+        <v>534</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>643</v>
-[...10 lines deleted...]
-        <v>645</v>
+        <v>637</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I101" s="5" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>53</v>
+        <v>639</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="M102" s="5" t="s">
         <v>650</v>
-      </c>
-[...38 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>317</v>
+        <v>651</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>133</v>
+        <v>623</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>652</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H103" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I103" s="5"/>
+      <c r="H103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>655</v>
+      </c>
       <c r="J103" s="5" t="s">
-        <v>371</v>
+        <v>656</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>33</v>
+        <v>623</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>24</v>
+        <v>291</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>653</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>67</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>602</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>371</v>
+        <v>661</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>199</v>
+        <v>534</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>664</v>
-[...4 lines deleted...]
-        </is>
+        <v>666</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="s">
-        <v>665</v>
+      <c r="H105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I105" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>365</v>
+        <v>22</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D107" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F107" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="E107" s="5" t="s">
-[...15 lines deleted...]
-      <c r="I107" s="5" t="s">
+      <c r="G107" s="5" t="s">
         <v>681</v>
       </c>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>682</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>683</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>685</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>403</v>
+        <v>686</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>601</v>
-[...4 lines deleted...]
-      <c r="E108" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="s">
         <v>687</v>
       </c>
-      <c r="F108" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I108" s="5" t="s">
+      <c r="I108" s="5"/>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K108" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="L108" s="6" t="s">
         <v>689</v>
       </c>
-      <c r="K108" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="I109" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D109" s="5" t="s">
+      <c r="J109" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K109" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="E109" s="5" t="s">
-[...16 lines deleted...]
-      <c r="J109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>695</v>
       </c>
-      <c r="K109" s="5" t="s">
+      <c r="M109" s="5" t="s">
         <v>696</v>
-      </c>
-[...4 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="I110" s="5" t="s">
         <v>699</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E110" s="5" t="s">
+      <c r="J110" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K110" s="5" t="s">
         <v>700</v>
       </c>
-      <c r="F110" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>701</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="M110" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="K110" s="5" t="s">
+    </row>
+    <row r="111">
+      <c r="A111" s="5" t="s">
         <v>703</v>
-      </c>
-[...9 lines deleted...]
-        <v>1912</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>694</v>
+        <v>67</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-        </is>
+        <v>454</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H111" s="5" t="s">
+        <v>704</v>
       </c>
       <c r="I111" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="J111" s="5" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>707</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>708</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>709</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>