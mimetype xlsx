--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -3,95 +3,140 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="33" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1931-09-10</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Hillerød</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Vilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt fyldte 60 år i 1931.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3854</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner ville gerne have været med til at fejre Julie/Pan Brandt, men hun og manden skal til deres hus i Sverige. De skal vinterordne haven og rydde et stykke jord til urter. Stedet hedder Puttebygget. Johanne/Junge C. Larsen har været med Thora og Vilhelm deroppe. De tog på rotur, lavede bål mm., og Johanne nød det som et barn. Der er alt, hvad man har brug for i huset i form af køkkengrej, sengetøj mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/taqC</t>
+  </si>
+  <si>
+    <t>Hillerød
+10 - 9 - 31
+Kære Lugge!
+Tak for dit Brev! den go'e Pan! - Ja på een Måde vilde vi gerne være med til at fejre hende; men ser du! Vi har, - da min Fødselsdag meget heldigt falder på en Lørdag - bestemt at fejre den med en lille Tur op til vores svenske Hus; Vilhelm vilde se at få et Par Dage fri i den Anledning. Foruden den Fornøjelse, som det altid er - navnlig for mig - at komme derop, har Turen det praktiske Formål at vinterordne eet og andet deroppe; der er fortrinlig Havejord omkring Huset, men fuldkommen græsgroet, og vi synes, det var rart at få gravet et stykke til lidt Urter.
+Du kan tro, det er et rart Sted, Puttebygget - det hedder det virkelig; der har ligget en gammel Gård. Du må se at komme derop engang! - jeg var lykkelig over at have Junge en halv Snes Dage; jeg tror, hun nød det, og det var dejligt at se, hvor hun livede op og kom i Humør. Vi travede hende også godt, kan du tro; bl.a. var vi en Søndag på en lang Rotur med Mad, Kaffekedel, Bål etc, og Junge morede sig som et Barn! Jeg tror virkelig hun har Gavn af det Ophold længe. - Vi har fået Huset helt godt monteret, så vi kan tage derop uden at medføre noget videre; foruden "alt" i Porcelæn og Køkkengrejer er der Lagner, Dækketøj og en Del Sengetøj; ja, jeg har endogså både Tøj, Fodtøj, Rammetøj etc. deroppe! 
+Nå, det var en hel Del om Huset! Du kan nok mærke, at en Del af min Sjæl er deroppe! Men for at komme tilbage til det foreliggende, så er det kedeligt at de to Ting skal kollidere, men - som sagt!!! etc.
+Tusind Hilsner til jer alle!
+Din
+Tutte.</t>
+  </si>
+  <si>
     <t>1950-06-21</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Dræby
 Lindøgaard</t>
   </si>
   <si>
     <t>Småland
 Majenfors</t>
   </si>
   <si>
     <t>Christian  Brandstrup
 Eline  Brandstrup
 Wisie Brandt
 Frits Branner
 - Faksø
 Adam Goldschmidt
 Brita Goldschmidt
 Hans Iuel
 Thyra Iuel
@@ -350,59 +395,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -437,119 +482,165 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
-        <v>18</v>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="J3" s="5" t="s">
-[...9 lines deleted...]
-        <v>32</v>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
+    <hyperlink ref="M4" r:id="rId9"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>