--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="757" uniqueCount="502" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="511" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2111,50 +2111,114 @@
 Johannes Larsens bror, Vilhelm, boede på gården Rørdam under Wedellsborg Gods.
 Det vides ikke, hvilket glasmaleri til Johannes V. Jensen, der er tale om.</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Andreas/Puf har renset bassinet og fået åkander tilovers, så Johan/Lysse kan spørge, om der er nogen, der vil have dem.
 Johan må hilse Johannes Brønsted og sige tillykke med medaljen.
 Johannes og Andreas Larsen har sammen med gæster spist muslinger. 
 De to har været i Odense, hvor Johannes Larsen skulle sælge tegninger og Johan sælge porrer. Johannes Larsen skal tale med en glarmester om blyindfatning til Johannes V. Jensens glasmaleri.
 Andreas har fundet på to opfindelser til hhv. flagstang og bilhorn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/At43</t>
   </si>
   <si>
     <t>Mandag
 Kære Lysse.
 Der var engang tale om, at Buf skulde have en Aakande, blev det nogensinde til noget? Og Hubert? Vi har renset Bassinet og plantet Aakander om, hvorved vi har faaet endel Planter tilovers. De staar i et Kar-vand, saa de kan jo nok holde sig, men hvis du ser noget til Buf eller Hubert kan du da spørge om de vil have og saa lade mig det vide. Hvordan gaar det med Læsningen? og med Tante Lugge? Kommer hun snart her over? Kan du gratulere Magisteren til Medaillen m.b.t. (med betydelig mere). 
 2) Her har vi travlt, nu Frosten er forbi. Fortiden spiser vi Muslinger. Sofus kom forleden med en halv Spand, som vi købte for 1½ Krone, de var meget fine. Da vi syntes der var flere end Far og jeg kunde spise havde vi formaaet Kjeld til at spise med inde, men [”men” overstreget] han spiste ikke Muslinger, sagde han, men da Far langede en fin en over til ham, begyndte han at deltage. Da vi var færdige, kom Bøttern, hvilket førte til at han i igaar formiddags kom og indviterede [det første ”d” i ordet overstreget] Far og mig til Muslingefrokost. Vi havde inviteret Henning til at være her hele Søndagen,
 3. saa han kom med. Om Eftermiddagen kørte vi til Rørdam i Bøtterns Bil med Henning som Chauffeur. Om Aftenen Flæskesteg her. Fru Bøttern var ikke med paa Rørdam, men med her om Aftenen. Iaften har vi saa for anden Gang spist kolde Muslinger saa mange var der! Vi skal snart have fat i Sofus igen, saa skal Bøtterns herover og spise Muslinger. Far og jeg var i Odense i Onsdags han for at sælge Tegninger, jeg for at sælge Porrer. Jeg skal derud igen paa Onsdag, og Far tager vist med igen for at tale med en Glarmester, som har Blyindfatning; om kulørt Glas til 
 4/ Johs. V’s Glasmaleri. Da vi kørte i den lukkede Bil Igaar, gjorde jeg to ”Opfindelser”: Den ene er en Anordning til at forhindre Flaget i at sno sig om Stangen, saa man ikke kan hale det ned om Aftenen. Jeg kan nu ikke rigtig finde ud af hvordan det skal laves, men jeg synes det maa være snildt at have. Den anden er de [”de” overstreget] en Lydopfanger paa Taget af en lukket Bil, saa man inde i Vognen kan høre, naar en anden Bil tuder. Den skulde jo helst være saadan at man kunde høre fra hvad Side den anden Bil kommer, eller om den kommer bag fra.- Naa nu maa jeg vist hellere holde op!
 vend
 Mange Hilsner fra til Jer alle fra Puf. og Far.</t>
+  </si>
+  <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
   </si>
   <si>
     <t>1930-06-04</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Johannes V. Jensen
 Aron Bernhard Kjellmann
 Elena Larsen
 Peter Andreas Larsen
 - Nilsson</t>
   </si>
   <si>
     <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
 Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
   </si>
   <si>
@@ -3098,59 +3162,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G1zs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L1wudeOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZDf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTBu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ICRA0L2y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LJLtdpIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xQYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1DyT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npmE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qml5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/akx6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K0nP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G1zs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L1wudeOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZDf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTBu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ICRA0L2y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LJLtdpIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xQYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1DyT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npmE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qml5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/akx6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K0nP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M75"/>
+  <dimension ref="A1:M76"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5727,856 +5791,903 @@
       </c>
       <c r="I57" s="5" t="s">
         <v>365</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>366</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>367</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>368</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>370</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>146</v>
+        <v>371</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>372</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>146</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>363</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>128</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>384</v>
+        <v>363</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="5" t="n">
-        <v>1934</v>
+      <c r="A61" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>390</v>
+        <v>152</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>391</v>
-[...4 lines deleted...]
-        </is>
+        <v>393</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>127</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>366</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="5" t="s">
-        <v>397</v>
+      <c r="A62" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>152</v>
+        <v>399</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>400</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>366</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>405</v>
+        <v>152</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>363</v>
-[...4 lines deleted...]
-        </is>
+        <v>407</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>127</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>24</v>
+        <v>414</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>363</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>416</v>
+        <v>382</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>417</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>418</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>420</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="D65" s="5" t="s">
+      <c r="E65" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="E65" s="5" t="s">
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H65" s="5" t="s">
+      <c r="I65" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="I65" s="5" t="s">
+      <c r="J65" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="J65" s="5" t="s">
+      <c r="K65" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>427</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>24</v>
+        <v>431</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>432</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="5" t="n">
-        <v>1940</v>
+      <c r="A67" s="5" t="s">
+        <v>439</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>325</v>
+        <v>421</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>363</v>
-[...9 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>422</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>366</v>
+        <v>443</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="5" t="s">
-        <v>443</v>
+      <c r="A68" s="5" t="n">
+        <v>1940</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>325</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>363</v>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>366</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="E69" s="5" t="s">
-        <v>127</v>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>146</v>
+        <v>430</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>456</v>
+        <v>363</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>459</v>
+        <v>382</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>146</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>126</v>
+        <v>465</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>128</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>471</v>
+        <v>146</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>456</v>
+        <v>126</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>479</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="D73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D73" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>127</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>481</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>482</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>483</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>484</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>485</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>487</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>488</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>152</v>
-[...7 lines deleted...]
-      <c r="F74" s="5" t="s">
         <v>489</v>
+      </c>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
         <v>490</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>491</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>373</v>
+        <v>492</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>152</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>127</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="I75" s="5" t="s">
-[...12 lines deleted...]
-        <v>501</v>
+      <c r="E76" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>510</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6612,44 +6723,45 @@
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
+    <hyperlink ref="M76" r:id="rId81"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>