--- v1 (2025-11-27)
+++ v2 (2026-03-01)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="511" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="777" uniqueCount="519" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -93,50 +93,94 @@
 Louise, dronning af Danmark, f. 7/9 1817 – d. 29/9 1898, dronning 15/11 1863-29/9 1898.
 Den omtalte gris er formodentlig en sparegris, hvori de ansatte på porcelænsfabrikken lagde penge i form af mulkt (en sum penge, der betales for overtrædelse af en regel eller forskrift).
 Ostelærred er en løst vævet, blød og ubleget bomuldskvalitet. Oprindeligt brugt til osteproduktion. Stoffet bruges til flere forskellige kreative formål.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2196</t>
   </si>
   <si>
     <t>Det var dejligt at have Laura Warberg på besøg. 
 I Illustreret Tidende var der en tegning af en kvinde, der bliver løftet op i trængslen ved guldbrylluppet. Alhed stod lige i nærheden.
 Alhed Larsen står op kl. 6 og tegner i Frederiksberg Have, inden hun går på fabrikken. Arnold Krog har bevilget hende to måneders sommerferie. Hun håber at kunne være hjemme og male i september. Det bliver svært hos Fru Rørdam at nå dette. 
 Kejseren, Prins Waldemar m.fl. har været på besøg på fabrikken. En græsk prins talte længe med Alhed. 
 Peter Hansen, Marie og Alhed har været på en dejlig tur. De roede over Furesøen og plukkede blomster.
 Ostelærredskjolen er færdig. Alhed skylder syjomfruen penge og beder om at få sendt nogle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Cddm</t>
   </si>
   <si>
     <t>2den Pinsedag.
 Kære Moder!
 Nu vil jeg indfri mit Løfte om at skrive til Dig en af Pinsedagene, og jeg skal bestræbe mig for at faa det ”solidt” baade fra Indholdets og fra Formens Side – ikke Jaskebrev, mener jeg. Tak for Dit lille Brev fra Forleden, Nøglen havde Du ikke behøvet at gøre Dig Skrupler for, vi havde slet ikke savnet den og kun akkurat opdaget, at Du var rejst med den. – Det var rigtignok forfærdelig morsomt at have Dig her den Tid, saa skønt vi ved Din Afrejse fik hver sin Seng, savnede vi Dig meget de første Dage. – Vi have faaet noget at vide, der har moret os svært! Illustreret Tidende er udkommen med adskilligt Guldbryllupsstads i; paa en af Tegningerne ser man en enlig Dame blive løftet op over Mængden i en voldsom Trængsel, og det skal være netop paa det Sted, hvor vi stod! Der har velsagtens staaet en Illustratør eller saadan en i Nærheden og gottet ["gottet" overstreget] godtet sig ved Synet. og ["og" overstreget] – Onkel Emil var jo heroppe et Svip inden han rejste hjem; han fik forskellige Beskeder med hjem, som jeg ikke haaber, at han har glemt at aflægge. Jeg tænker, at Meddelelsen om, at jeg staar op Kl. 6 har ramt Eder alle som et Slag! Jeg er selv ganske overvældet deraf. Jeg tegner saa over ["over" overstreget] lidt inde i Frederiksberg Have inden jeg gaar paa Fabriken; Jeg er egentlig meget mere oplagt til det paa den Tid, end bagefter, naar jeg har været stegt ved langsom Varme i 7 Timer. Arkitekten har været saa elskværdig at give mig to Maaneders Sommerferie. Jeg talte med ham en Dag, han var i saa godt Humeur; han spurgte af sig selv, hvornaar jeg tænkte at tage Ferie, og saa var jeg jo snarlig og smeddede [det andet "d" i ordet overstreget], mens Jærnet var varmt. - - Nu vilde jeg gærne have at vide, om vi skal være herinde præcis til 1ste Sept. eller om jeg kan blive hjemme [”hjemme” indsat over linjen] til f. Ex midt i Sept. Den Maaned er egentlig saa godt ["t" i ordet overstreget] at arbejde i, tegne efter Naturen i, mener jeg; og nu er [”jeg” indsat over linjen] desuden kommen saa godt i Gang med at tegne herinde, om Eftermiddagene dette bliver vist ikke saa nemt hos Fru Rørdam for Spisetidens Skyld. - --------
 I har vel set af Avisen, at vi har haft Besøg af Kejseren! det var meget Sjov, og han købte for c. 12.000 Kr. Foruden ham [”ham” indsat over linjen] var der Storfyrsttronfølgeren, Prins Waldemar og 5-6 græske og engelske Prinser og Prinsesser. De var længe inde hos os, prins Waldemar og en stor græsk Prins, der kunde tale dansk, underholdt sig længe med mig, der sad lidt afsondret fra de andre, da Frk. Oppermann ikke var der. De var forfærdelig ligefremme og næsten gemytlige og spurgte ud om alt muligt; jeg maatte f. Ex. give dem en længere Forklaring over vore Grise til Mulkter, vores Tur til Lund osv. endvidere over, hvor jeg hørte hjemme hvor længe jeg havde været paa Fabriken osv. Kejseren talte ikke med os, han talte fransk hele Tiden. - -
 I Gaar var vi, Marie, P. Hansen og jeg en dejlig Tur [”Tur” indsat over linjen] ude ved Frederiksdal og Furesøen, det var det dejligste Vejr, man kunde tænke sig. Vi roede i en Baad tværs over Furesøen og tilbage igen. Vi kom hjem med vældige Buketter, der nu staar og dufter i vor Stue. Min Ostelærredskjole har jeg faaet syet nu; den er henrivende nydelig, siger alle, jeg er frygtelig glad ved den, og saar ["r" i slutningen af ordet overstreget] har den i et og alt kun kostet 6½ Kr! Nu skylder jeg for Resten den Syjomfru 11 Kr, saa jeg vilde forfærdelig gærne have sendt de Penge, vi talte om, snart. Hun her kan ikke saadan som min fine, vente til jeg faar dem sparet sammen, og jeg har ingen liggende, da vi netop nu har betalt Husleje. – Jeg har dog faaet hende til at vente et Par Dage. - - Nu haaber jeg snart at høre fra Eder! Mange Hilsner fra Marie samt og fra Din
 Alhed.</t>
+  </si>
+  <si>
+    <t>1892-09-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, Christine Mackie og Johanne C. Larsen boede fra sensommeren/efteråret 1892 sammen i Waldemarsgade på Vesterbro i København. Deres husvært var Fru Rørdam. 
+Klemserne, Trelleværket, Signe og Fru Rørdams søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1418</t>
+  </si>
+  <si>
+    <t>Christine Mackie har indhentet oplysninger vedrørende Johanne C. Larsens sløjdkursus. 
+Louise Brønsted har været i teatret og se Valkyrien, i Panoptikon, på Folkemuseet, på Frederiksberg Morskabsteater og Zoologisk Museum. Hun har besøgte bedsteforældrene.
+Christine Mackie og Alhed Larsen takker for madvarerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pVOo</t>
+  </si>
+  <si>
+    <t>Onsdag.
+Kære Mor!
+Jeg skriver først i Dag, for at jeg kan give dig Besked om Johannes Sløjd-kursus, som Chr. har været henne at høre om i Dag. Et Kursus med 1 Time om Dagen koster 5 Kr om Maaneden og kan begyndes naar som helst. Et andet Kursus, som varer hele Dagen, begynder i København ["København" overstreget] Januar, men det er vel ikke for Johanne? Fransk – o. s. v. Kursuset har vi ikke faaet noget nærmere at vide om endnu ["endnu" overstreget], det skal du faa Besked om endnu, naar jeg kommer hjem.
+Jeg morer mig storartet herovre. I Søndags vare vi i det kgl. Theater til Valkyrien, det var dejligt jeg blev naturligvis vældig imponeret af Foyeren o. s. v. Vi sad i Galleriet og hørte og saa udmærket. Paa Fredag skal vi hen at se ”Den kære Familie”, det glæder jeg mig knusende til; blot de nu ikke forandrer det I Søndags var vi tillige i Panoptikon; det var meget morsomt, især Spejlkabinettet, vi blev rent tummelumske derinde og vidste ikke, hvem der var de rigtige. Mandag var Chr og jeg i Folkemusæet, der var mange dejlige Ting, vi gik og tegnede Mønstre af, et vil jeg sy paa den Sofapude til Tante Else. Det er morsomt, men rigtignok uhyre trættende at gaa paa Museer, Chr. og jeg vare lige ved at falde fra hinanden af Træthed, da vi kom hjem fra det zoologiske Museum i Dag, vi fik ikke det halve at se, men trøstede os med at faa det bedre at se i zool. Have, hvor vi skal i Morgen. – I Dag var vi henne hos Komtessen og Bedsteforældrene; Bedstefader laa endnu i Sengen, da vi kom, jeg synes ikke, han har det ret godt. Onkel Emil og Onkel Luth eller en af dem kommer vistnok herhen i Aften. Signe rejste i Dag, jeg har set hende nogle Gange herinde, har bl.a. været paa Frederiksberg Morskabstheater med hende tilligemed Brandt, Andrea, Trelleværket etc. Det var morsomt. Jeg skal hilse mangfoldigt fra Chr og Alhed samt takke mange Gange for Madvarerne, som de blev meget glade ved, Fra Bedstefader &amp;amp; -moder skal jeg og hilse, Bedstefader sagde, det glædede ham, at de smaa Træer bar. I maa endelig skrive bestemt naar Høstgildet bliver; jeg vil naturligvis nødig gaa glip af det, men jo ogsaa gerne blive her til Søndag; naar du sender Brevet op til Hillerslev, kan vi have det til Fredag, Fra Chr. skal jeg sige at de spiste Æblegrøden med stor Salvelse. Hils nu dem alle mange Gange fra mig (Klemserne iberegnet). – Fru Rørdam &amp;amp; Søsteren ere meget rare og elskværdige – Tænk, jeg fik 2 Kr af Bedstemoder til at gaa i Theatret for.
+Hilsen fra Muk. 
+[Skrevet på tværs øverst s1:]
+Chr. og Alhed har det mageløs hyggeligt herinde. Glæd dig til at se det, Johanne.</t>
   </si>
   <si>
     <t>1892-10-18</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>København
 Waldemarsgade 30</t>
   </si>
   <si>
     <t>Iffe -
 - Behrend, Frøken
 Christian  Brandstrup
 Eline  Brandstrup
 Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Carl Adolph Feilberg
 Peter Hansen
 - Jensen, København
 Fritz Kruse
@@ -3162,59 +3206,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G1zs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L1wudeOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZDf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTBu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ICRA0L2y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LJLtdpIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xQYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1DyT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npmE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qml5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/akx6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K0nP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pVOo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G1zs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L1wudeOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZDf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTBu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XvHi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ICRA0L2y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LJLtdpIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xQYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1DyT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npmE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qml5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/akx6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K0nP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w48q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M76"/>
+  <dimension ref="A1:M77"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3293,3401 +3337,3448 @@
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E4" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="5" t="s">
-        <v>40</v>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="E6" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E9" s="5" t="s">
-        <v>25</v>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E10" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>87</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>88</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>89</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>90</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>91</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>95</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>96</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>97</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>99</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>49</v>
+        <v>102</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F14" s="5" t="s">
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F15" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="E16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="F16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="5" t="s">
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="H17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>140</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>141</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="D18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="G18" s="5" t="s">
         <v>145</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>146</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>147</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>148</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>149</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>151</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>152</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>152</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>159</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...6 lines deleted...]
-        <v>128</v>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>161</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>162</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="I21" s="5"/>
+        <v>169</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>170</v>
+      </c>
       <c r="J21" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>186</v>
+        <v>135</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="G24" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>127</v>
-[...9 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>195</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>135</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="I26" s="5"/>
+        <v>203</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>204</v>
+      </c>
       <c r="J26" s="5" t="s">
-        <v>131</v>
+        <v>205</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>152</v>
-[...14 lines deleted...]
-        </is>
+        <v>193</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H27" s="5" t="s">
+        <v>210</v>
       </c>
       <c r="I27" s="5"/>
-      <c r="J27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J27" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>212</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K28" s="5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>214</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K29" s="5" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>128</v>
+        <v>160</v>
+      </c>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>217</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>222</v>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K30" s="5" t="s">
         <v>219</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>229</v>
+        <v>160</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>152</v>
-[...7 lines deleted...]
-        <v>128</v>
+        <v>15</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>231</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>232</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>231</v>
+        <v>163</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>152</v>
+        <v>237</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>236</v>
-[...7 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="I33" s="5" t="s">
         <v>238</v>
       </c>
+      <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>155</v>
+        <v>239</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>152</v>
-[...9 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H35" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>208</v>
+        <v>253</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>254</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H36" s="5" t="s">
-        <v>251</v>
+      <c r="H36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K36" s="5" t="s">
-        <v>252</v>
+        <v>216</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>160</v>
+      </c>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>255</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>259</v>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K37" s="5" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>152</v>
-[...9 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H38" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>211</v>
+        <v>265</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>266</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>267</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>160</v>
+      </c>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="s">
-[...9 lines deleted...]
-        <v>155</v>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K39" s="5" t="s">
-        <v>266</v>
+        <v>219</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>152</v>
+        <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>160</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G40" s="5" t="s">
+        <v>271</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>152</v>
-[...9 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H41" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H41" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>281</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>282</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K42" s="5" t="s">
-        <v>211</v>
+      <c r="K42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L42" s="6" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>160</v>
+      </c>
+      <c r="D43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="s">
-[...6 lines deleted...]
-        <v>155</v>
+      <c r="H43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I43" s="5"/>
+      <c r="J43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K43" s="5" t="s">
-        <v>282</v>
+        <v>219</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>152</v>
+        <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>160</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="s">
-        <v>304</v>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E50" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="s">
         <v>326</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>327</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>328</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>330</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>332</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>152</v>
+        <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>333</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G51" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E52" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>152</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>160</v>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>345</v>
-[...5 lines deleted...]
-        </is>
+        <v>347</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="M53" s="5"/>
+        <v>350</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>351</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K54" s="5" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>352</v>
+        <v>160</v>
+      </c>
+      <c r="D55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="I55" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K55" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="J55" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L55" s="6" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>152</v>
-[...9 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>360</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>359</v>
-[...5 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="M56" s="5"/>
+        <v>364</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>365</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>160</v>
+      </c>
+      <c r="D57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>364</v>
-[...5 lines deleted...]
-        <v>366</v>
+        <v>367</v>
+      </c>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K57" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="M57" s="5" t="s">
         <v>369</v>
       </c>
+      <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>370</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D58" s="5" t="s">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="E58" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="J58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>376</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>146</v>
+        <v>379</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>380</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>393</v>
+        <v>371</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="5" t="n">
-        <v>1934</v>
+      <c r="A62" s="5" t="s">
+        <v>400</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>399</v>
+        <v>160</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-        </is>
+        <v>401</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="5" t="s">
-        <v>406</v>
+      <c r="A63" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>152</v>
+        <v>407</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>408</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>414</v>
+        <v>160</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>363</v>
-[...4 lines deleted...]
-        </is>
+        <v>415</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>24</v>
+        <v>422</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>371</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>423</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>424</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>426</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E66" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="D66" s="5" t="s">
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="E66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="F66" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>24</v>
+        <v>439</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="F67" s="5" t="s">
-        <v>422</v>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
         <v>441</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>442</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>443</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>444</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>445</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="5" t="n">
-        <v>1940</v>
+      <c r="A68" s="5" t="s">
+        <v>447</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>325</v>
+        <v>429</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>363</v>
-[...9 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>430</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>366</v>
+        <v>451</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="5" t="s">
-        <v>452</v>
+      <c r="A69" s="5" t="n">
+        <v>1940</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>430</v>
+        <v>333</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>371</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>146</v>
+        <v>438</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>465</v>
+        <v>371</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>468</v>
+        <v>390</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>469</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>470</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>472</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>126</v>
+        <v>473</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>480</v>
+        <v>154</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>465</v>
+        <v>134</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>481</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>482</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>483</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>484</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>485</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>487</v>
       </c>
       <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
         <v>488</v>
       </c>
-      <c r="C74" s="5" t="s">
+      <c r="D74" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
         <v>489</v>
       </c>
-      <c r="D74" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H74" s="5" t="s">
+      <c r="I74" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="J74" s="5" t="s">
+      <c r="K74" s="5" t="s">
         <v>492</v>
       </c>
-      <c r="K74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>493</v>
       </c>
-      <c r="L74" s="6" t="s">
+      <c r="M74" s="5" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="B75" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="B75" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="5" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D75" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="E75" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="5" t="s">
+      <c r="D75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="G75" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H75" s="5" t="s">
+      <c r="I75" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="I75" s="5" t="s">
+      <c r="J75" s="5" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>501</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>502</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>504</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="F76" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="G76" s="5" t="inlineStr">
-[...20 lines deleted...]
-        <v>510</v>
+      <c r="E77" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>518</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6724,44 +6815,45 @@
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
+    <hyperlink ref="M77" r:id="rId82"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>