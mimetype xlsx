--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -44,110 +44,99 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1913-04-14</t>
-[...52 lines deleted...]
-Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+    <t>1898-11-29</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Zio Bacci
+Alhed Larsen
+Vilhelm Larsen
+Michelangelo Simoni
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i blandt andet Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3744
+Brev i fotokopi. Det vides ikke, hvor originalen findes</t>
+  </si>
+  <si>
+    <t>Johannes Larsen synes ikke, at hans familie sender nok breve. 
+Alhed Larsen har det helt godt nu. Hun og Johannes Larsen har besøgt Bacci-familien og med dem været på kirkegården. Alhed fik en ring, som A. Bacci havde tiltænkt hende.
+Hver søndag er Alhed og Johannes Larsen til koncert i en kirke. De rejser videre omkring 8. dec. og må være hjemme 23. dec.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jiof</t>
+  </si>
+  <si>
+    <t>Firenze 29 November 1898.
+Kære Forældre!
+Jeg kan ikke sige andet end at det forekommer mig at I gerne kunde lade høre lidt tiere fra Jer. Nu har vi været hjemme fra i 5 Uger og har kun hørt fra Jer 2 Gange en Gang fra Marie og saa fra Dig Moder og for Tak med Pengene, og det er jo mens vi er her i Florenz at vi kunde høre fra Jer, naar vi om en god Uges Tid rejser her fra er det jo forbi med det lange Ophold, og saa kan I jo ikke naa at svare naar I faar Brev fra os. Alhed har haft [det] helt godt i de sidste Dage og vi har været en Del ny Steder foruden at vi hver Dag gaar paa en af de store Malerisamlinger. I Søndags var vi igen bedt ud til Bacci da vi havde spist Frokost kørte vi ud til Baccis Grav paa en stor Kirkegaard der ligger paa en Bjærgskraaning en Mil Vej nord for Byen hvor der er en dejlig Udsigt vi havde købt nogle Blomster med derud. Da vi kom tilbage spiste vi til Aften der og var der om Aftenen. Alhed fik en lille Guldring med en Camel med Michelangelos Portræt, til Erindring om Bacci, det var en han havde gaaet med. Det er kedeligt med de korte Dage jeg synes ikke vi naar noget fra om Morgenen til det bliver mørkt, men de lukker ogsaa alle Steder Kl. 4. Om Søndagen er vi gerne henne i en Kirke hvor der er Musik og Gudstjeneste fra 10 1/2 til 12, det er smukt at høre og ser godt ud. Vi har i Dag købt mig et mørkeblaat og hvidstribet Silketørklæde. Det kan vel omtrent passe naar I sender de 200 Kr saasnart I faar dette hvis I da ikke har sendt dem. Du skrev kære Moder at Du vilde skrive et langt Brev til os sammen med dem men Du kunde da gerne have skrevet et før. Nu skal I vel snart af Sted til Sverige. Jeg er endnu ikke begyndt at længes noget videre efter at komme hjem, men vi har det jo ogsaa udmærket her, kan I fortælle lidt om hvordan det gaar med Christine og Klaks. Vi skulde altsaa gerne herfra omkring den 8 Dec. vi har jo endnu Ravenna - Venedig - Nürnberg - München og Berlin som vi skal gøre Ophold i og kunde jo nok bruge nogle Dage hvert Sted og den 23 Dec udløber vore Billetter saa til den Tid skulde vi gerne være hjemme bare vi ikke maa faa Isforhindringer, hvordan har I det med Vejret, her er det helt godt men af og til stærk Torden og Regnskyl. Mange kærlige Hilsner til Jer allesammen fra os begge Jeres hengivne Johannes Larsen
+Anm. 
+Alhed har faaet 5 Breve fra sin Moder siden vi kom</t>
   </si>
   <si>
     <t>1898-12-07</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Fritz -
 Baccino Bacci
 Vittoria Bacci
 Berta Brandstrup
 Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er på bryllupsrejse i Italien.
 Hvem den omtalte Asta var kan ikke afgøres. Larsen-familien kendte mange, der hed sådan. 
 Fru B. er ligeledes ukendt. Eftersom Alhed på bryllupsrejsen kaldte Vittoria Bacci ved fornavn, er det ikke hende, der refereres til.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2131</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen vil rejse fra Firenze 14. december og gøre et par dages ophold i Ravenna.
 Efter et kort ophold i Kerteminde vil de komme og holde jul hos Alheds forældre. 
@@ -195,122 +184,133 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gE1v</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:
 Frøken Chr. Warberg
 Kongensgade 20
 Danimarca Odense
 [Fortrykt på kuvertens bagside samt øverst på brevets side 1:]
 HOTEL SANDWIRTH
 VENEDIG
 Riva degli Schiavoni.
 Deutsches Hotel
 Joh. Perkhofer, Besitzer.
 [Håndskrevet i brevet:]
 Kære Chr!
 Jeg skulde egentlig skrive et italiensk Brev til Vittoria nemlig, og jeg skal ogsaa, men nu vil jeg først vederkvæge mig ved at sende Dig en lille dansk Skrivelse. - Ladersen og jeg jeg ["jeg" overstreget] sidde forfærdelig hyggelig og skrive, vi have efter en udmærket Eftermiddag spist en lille udsøgt Middag med ægte Chianti til, og denne Chianti var saa udmærket, at vi har bestilt os endnu en Flaske, som vi nu sidde og movere os ved, mens vi skrive. - 1000 Tak for Dit Brev, som jeg fik i den gamle Stad Ravenna, det var nydeligt af Dig at skrive til os, Hundehistorien morede os begge kosteligt, men vi ere meget spændte paa Enden - nu Kronen saa kom. - Der er ingen der kan tænke sig, hvor jeg glæder mig til Julen, - til at være sammen med Eder alle, til lidt Varme og indvendig Hygge, til lidt Ro og Hvile o.sv. o.vs. - Jeg tror ogsaa nok, at Ladersen glæder sig lumsk til at komme i Havn med mig, han er ikke rigtig dristig ved at rejse med mig under de nuværende Forhold. Det er vist ogsaa lige ["lige" overstreget] kun lige akkurat, at det kan gaa an. Dagen inden vi rejste fra Florenz gik jeg til en russisk Doktorinde (Vittorias Bekendte) da jeg de sidste Dage havde haft det mindre godt. Hun sagde, at jeg egentlig skulde ligge en 8 Dages Tid i St. for at rejse. Men iøvrigt var alt i Orden, jeg var udmærket skabt og alt normalt, kun havde jeg overanstrængt mig lidt. Men saa maatte jeg love hende, at jeg vilde være yderst forsigtig, altid ligge ned i Kupeen, og saa meget som mulig paa Hotellerne. Det gør jeg ogsaa, skønt det ikke er morsomt. Jeg har hidtil ligget hver Formiddag og har det iøvrigt udmærket. - Er det ikke sjov d ["d" overstreget] med "den lille"? Det er en Pige, og vi glæde os begge meget til den, Las er saa sød, og saa glad ved den, at jeg aldrig havde tænkt mig det. Heller ikke havde jeg trot, at jeg selv vilde være saa ["saa" indsat over linjen] glad ved den. - - Nu er Las vist snart færdig med den ["den" overstreget] sit Brev, saa jeg maa til at tænke paa Vittorias. - - Venedig er dejlig. Vejret fremdeles henrivende, men inden Døre begynder her jo at blive lumsk koldt. I Morgen gaar vi af til München. - Du vilde da ikke gøre mig en stor Tjeneste. Nemlig at købe "Junglebogen" (af Kipling) 1ste Del og tage med hjem. Jeg vilde forære Las den til hans Fødselsdag 3die Juledag. - (De kan vel skaffe den, hvis de ikke har den og sende den). - 1000 Hilsner! Hils Deth, vi se ham vel i Julen!
 Din A. -
 Sidst jeg var i Venedig skrev jeg ogsaa til Dig nemlig Din Fødselsdag 1895</t>
   </si>
   <si>
     <t>1899-01-28</t>
   </si>
   <si>
-    <t>Johannes Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>København</t>
   </si>
   <si>
     <t>Thomas Hansen
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Joakim  Skovgaard</t>
   </si>
   <si>
     <t>Johannes Larsen blev hyret til at hjælpe Joakim Skovgaard med forarbejdet til kalkmalerierne i Viborg Domkirke. 
 Se også Erland Porsmose: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal 1999 s. 69 f</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen er i København og er begyndt at arbejde for Joakim Skovgaard. Larsen ser fotografier på Akademiets bibliotek og øver sig i at bruge kaseinfarver. Han får ingen penge for at lave øvelsen, men foreslår Skovgaard at købe skitsen til brug for "daglejerne" på projektet. 
 Johannes Larsen bor tilsyneladende hos Lützhøft.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RzSn</t>
   </si>
   <si>
     <t>Kjøbenhavn 28 Jan. [noget af papiret mangler]
 Min egen kæreste Ven!
 Tak for Dit Brev i Gaar, det var en Skam at jeg ikke fik skreven i Gaar, for nu faar Du jo først dette paa Mandag, men jeg kom først sent hjem. Jeg var nemlig ude hos Thomas Hansen for at snak[noget af papiret mangler] Kaseinfarver, jeg begy[ndte] med at opsøge ham o[m Mor]genen og fandt ham [først] om Aftenen i hans [noget af papiret mangler]ter at jeg havde være[noget af papiret mangler] Gange og 2 Gange paa Værkstedet mellem Tiden besøgte jeg først Afstøbningssamlingen og dernæst Akademiets Bibliotek hvor jeg saa Fotografier af Mosaikkerne i Ravenna. Jeg ved ikke om jeg har fortalt Dig at jeg er bleven arbejdsløs, paa Grund af at Skovgaard ikke har Tid til at være med selv og jeg nu ikke kan gøre mere paa egen Haand, men nu lader det til at jeg faar Gang paa det igen. Paa Mandag skal jeg [noget af papiret mangler] at kopiere en af [noget af papiret mangler]aer med Casein og [noget af papiret mangler]sløre Maalestok [noget af papiret mangler]liver vel omtrent [noget af papiret mangler]høj. Dels for at øve [mig i] Brugen af Casein og dels for at komme lidt ind i hvordan han vil have det gjort, ganske vist faar jeg ikke noget for det, men han foreslog at jeg kunde sælge den, og jeg foreslog saa ham at købe den for Daglejerne for de Dage det tager at male den og det lod han ikke til at være uvillig til, men dersom den skulde komme til at se nogenlunde ordentlig ud tror jeg næsten vi vil have den selv. Jeg har megen Lyst til at tage fat paa [noget af papiret mangler] begynder paa Mand[ag Lütz]høffts er ude i Aften [jeg sid]der alene her og skriver [noget af papiret mangler] at jeg har været nede [noget af papiret mangler] Barberen og henne [noget af papiret mangler] mig 3 Stk Brød og en [noget af papiret mangler] Helvede, hvor jeg drikker Kaffen hver Morgen. Hvornaar er det at Du kommer min egen [noget af papiret mangler], jeg længes snart efter at se Dig, men det lader nok ikke til at Du har noget videre Hastværk efter at komme af Sted. Hils alle derovre, men allerflest og de allerkærligste Hilsner til Dig selv fra Din
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1898-11-29</t>
-[...38 lines deleted...]
-Alhed har faaet 5 Breve fra sin Moder siden vi kom</t>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -387,51 +387,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -508,189 +508,189 @@
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="D3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" s="5" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>58</v>