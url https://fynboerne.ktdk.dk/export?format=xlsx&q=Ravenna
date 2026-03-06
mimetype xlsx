--- v1 (2026-01-18)
+++ v2 (2026-03-06)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="62" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>