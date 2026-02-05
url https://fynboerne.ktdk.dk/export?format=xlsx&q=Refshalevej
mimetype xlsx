--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="161" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="219" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -967,50 +967,426 @@
   <si>
     <t>1950-11-29</t>
   </si>
   <si>
     <t>Johannes Larsen takker for Christa Knuths pæne ord om bogen. Han har været forkølet og haft tandbyld.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NEgp</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth.
 Refshalevej 
 Maribo. 
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 29 Decbr. Novbr. ["Decbr." overstreget; ”Novbr.” indsat over linien] 1950
 Kære Grevinde
 Tusind Tak for Brevet i Dag. For Din venlige Omtale af Bogen og for den henrivende Slutning)x. Det var hyggeligt. Jeg er nu oppe igen og helt rask. Jeg havde ondt ved at komme af med Forkølelsen, men saa fik jeg en modbydelig Tandbyld i en Øjentand og gik i Seng et Par Dage og det slog Forkølelsen ihjel. Doktoren kom og stak Hul i Bylden og saa var den klaret. I Dag har jeg siddet og skrevet Breve hele Dagen og i Morgen skal jeg til at male igen. Mange Hilsener fra
 Din hengivne
 Johannes Larsen
 )x Drømmen</t>
+  </si>
+  <si>
+    <t>1951-02-08</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Johan Due Nielsen
+Johanne Due Nielsen
+Viggo Hansen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Else Larsen var meget nedbrudt efter, at hun havde født et barn, der døde efter få dage. Af et brev fra Johannes Larsen til sønnen Johan Larsen skrevet samme dag som dette fremgår det, at hun allerede var indlagt og ventede på at blive overført til Dianalund. Dette hospital blev grundlagt 1897 og var specialiseret i at behandle epilepsi og psykiske sygdomme (Lex.dk).
+Det vides ikke, hvad havnefogeden i Kerteminde hed.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler et billede af Due Nielsens hund. Det er en fødselsdagsgave.
+Larsen har været til en 60års fødselsdag.
+Else Larsen venter på at komme til Dianalund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Nsh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 8 Febr. 1951.
+Kære Grevinde!
+Ja det er ikke fordi der er noget at berette. Den ene Dag gaar som den anden. Jeg maler for Tiden et Portræt af Due Nielsens Hund. Hans Kone fylder 50 en af Dagene og nogle Venner af dem har skillinget Tusind Kr sammen til en Gave. Forleden da Sneen smeltede afsløredes der en gul Stribe Erantis op langs Stengærdet. I Forgaars var jeg til Frokost hos Hotelejer Viggo Hansen i Anledning af hans 60 Aars Fødselsdag, fra 12 – 4. Da jeg gik ud sammen med Christiansen og Havnefogeden sagde sidstnævnte: ”det var en dejlig Frokost” ”En vidunderlig Frokost” sagde Christiansen. Else ligger stadig og venter paa at komme til Dianalund. Puf har taget sig en Fridag i Dag og kørte ud i Morges. Han har brygget en større Brygning i de senere Dage. Mange Hilsener
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-02-12</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen alene i huset: Else Larsen var indlagt på Dianalund. Efter at have født en søn, som døde efter få dage, var hun nedbrudt og trist.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en invitation til Den Frie. Børnene er i Odense, og Puf brygger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/syGz</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 12/2 – 1951.
+Kære Grevinde!
+Hermed et Par Kort til den frie Udstilling. Dersom Du ikke selv kan bruge dem kan Du jo lade dem gaa videre til Elisabeth. Her var Taage i Morges og Kl 9 begyndte det at sne og det er først nylig holdt op d.v.s. ved 4 Tiden. Børnene er taget til Odense for at se ”Landmandsliv” og Puf brygger saa jeg er alene i Huset.
+Mange Hilsner fra 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-02</t>
+  </si>
+  <si>
+    <t>Johanne og Adolph Larsen ejede Lindøgaard nær Munkebo.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Johan/Lysse og Elena/Bimse Larsen til København og bliver der en uges tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3tu3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Maj 1951.
+Kære Grevinde.
+Jeg kørte med Lysse og Bimse til Kjøbenhavn i Forgaars, og Lysse der skal hente en Pige i Lindøgaard, kørte mig hertil i Gaar. Han er henne efter Pigen og naar han kommer om lidt, kører jeg med ham til Kjøbenhavn hvor jeg bliver en Uges Tid. Tak for Dit Brev som kom lige nu. Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
+  </si>
+  <si>
+    <t>1951-06-10</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Albert Lørup
+Henry Lørup</t>
+  </si>
+  <si>
+    <t>Alberts Lørups brev findes ikke sammen med det her indsatte brev.
+Else Larsen blev indlagt på Dianalund, efter at hun fødte et barn, der døde efter få dage.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Christa Knuth skal til London.
+Albert Lørup vil forære Larsen Henry Lørups selvportræt.
+Larsen maler. Han vil gerne se Lundstrøm-udstillingen. 
+Det går bedre med Else.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DQtj</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 10 Juni 1951.
+Kære Grevinde.
+Tak for Dit Brev. Det er morsomt for Dig, at Elisabeth har inviteret Dig til London, det er en dejlig By. Jeg vedlægger Albert Lørups Brev. I Forgaars fik jeg Brev fra ham, han vil forære mig sin Broder Henrys Selvportræt, hvad jeg er meget glad ved. Henry var en af mine bedste Venner. Jeg er kommen i Gang med at male her og haaber at faa lavet en Del i den nærmeste Fremtid. Jeg havde egentlig stor Lyst til at rejse ind og se Lundstrøms Udstilling men jeg faar vist ikke samlet mig sammen til det. Jeg synes det gaar bedre med Else i den senere Tid, jeg skal hilse fra hende og Puf. Hils Adam og mange Hilsener til Dig selv fra 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Thorvald Hagedorn-Olsen
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Viggo Madsen
+Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Vilhelm Lundstrøm døde i 1950. I 1951 afholdt man en mindeudstilling over ham. Den fandt sted på Charlottenborg i maj, på Århus Rådhus juni-juli og i Oslo august-september. (Dansk Biografisk Leksikon).
+Grisebrønden er en bronzeskulptur, der står foran Aarhus Rådhus. Skulpturen bliver i folkemunde kaldt Grisebrønden, men blev oprindeligt og officielt navngivet "Ceres Brønden". Skulpturen forestiller en so med syv grise og har indbygget urværk, der får grisene til at tisse på skift og soen til at savle. Den er udført i bronze og er en kopi af den originale granitskulptur, som blev udført af billedhuggeren Mogens Bøggild og skænket til byen af bryggeriet Ceres i 1941 ved byens 500-års købstadsjubilæum (Aarhus Stadsarkiv).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans familie har været i Århus for at se Lundstrøm-udstillingen, domkirken, Grisebrønden og Hagedorn-Olsens udsmykning. Lørdag var de til middag hos Gerda Rasmussen, og onsdag skal Johannes Larsen til naturfedningsmøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okvf</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Juli 1951.
+Kære Grevinde!
+Tak for Dit Brev. I Torsdags kørte Puf Else Jeppe Thora og jeg til Aarhus for at se Lundstrømudstillingen. Vi spiste til Aften paa Grand Hotel Vejle og kom ved 11 Tiden til Royal i Aarhus. Næste Dag var jeg med Thora og Jeppe i Domkirken og derefter kørte vi allesammen til Raadhuset og saa Grisebrønden, Lundstrømudstillingen og Hagedorn Olsen og hans Udsmykning. Saa kørte vi hjem og var hjemme ved 6 Tiden. Lørdag var vi til Middag hos Holger M Rasmussen i Faaborg; Fru R's Fødselsdag. Jeg var i Lørdags i Vandet for 2den Gang. Det er en sløj Sommer, hvad Varme angaar. I Morgen skal jeg til Faaborg igen, det er noget med Radioen og Viggo Madsen der skal skrive om Museet og paa Onsdag skal jeg til Naturfredningsmøde ved Fjorden her. Forhaabentlig faar jeg derefter en fredeligere Tid. 
+Jeg ønsker Dig og Elisabeth en god Fornøjelse af Englandsturen. Det faar I nok. 
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Jeppe Larsen
+Hans Christian Mortensen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen, Faaborg Museum, arbejdede på en udgivelse af Ambrosius Stubs digte, og Johannes Larsen skulle lave vignetter til den. Ifølge Bibliotek.dk blev bogen ikke realiseret.
+Johannes Larsen skrev også om mindetavlen over Hans Christian Mortensen i et brev til sønnen Johan/Lysse Larsen samme dag som det her indsatte.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i vandet. Han mangler et timeglas at tegne efter til vignetterne til Ambrosius Stub-bogen. Larsen skal lave mindetavle over Hans Christian Mortensen.
+Jeppe Larsen har nydt sin tur til England.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJc4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 Juli 1951.
+Kære Grevinde.
+Tak for Brevet i Gaar. Nu har vi da endelig faaet Sommer. Jeg har været i Vandet i Dag. For tredje Gang i Aar, og sidder i Skjorteærmer og skriver. Jeg er nemlig gaaet i Staa med Vignetterne til Ambrosius paa Grund af manglende Modeller, bl.a. skal jeg tegne et Timeglas, og det findes ikke paa Museerne i Odense eller her i Faaborg, men en af Dagene skal jeg til Kjøbenhavn for at lave noget paa en Mindeplade for afdøde H. Chr. Mortensen i Viborg, saa forhaabentlig kan jeg opdrive et der inde. Jeppe er ogsaa kommen hjem fra England og har i høj Grad nydt Turen. Mange Hilsener ogsaa til Adam og Elisabeth
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-08-19</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens søn og svigerdatter boede på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København og videre til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/At2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I kuverten:]
+Kjerteminde 19 Aug. 1951.
+Kære Grevinde
+Tak for Dit Brev. Jeg skal nu om lidt til Odense for at hente Pas og Penge. Bimse er nemlig kommen lidt før Lysse havde bebudet, og i Morgen kører jeg med hende til Kjøbenhavn og fortsætter saa i Overmorgen til Båxhult. Jeg tænker jeg bliver der til først i October og bliver saa nogle Dage i Kjøbenhavn paa Hjemvejen. Jeg skal meddele Dig naar jeg kommer til Kjøbenhavn.
+Mange Hilsener
+Din hengivne
+Johannes Larsen
+P.S.
+Hils Adam og Elisabeth
+JL.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kastelsvej 23
+Ø.
+[I brevet:]
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-12-29</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem fru Jespersen og hendes døtre var</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har holdt fødselsdag og fået en skotsk likør.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DuRa</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth 
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[Julemærke 1951]
+[I brevet:]
+Kjerteminde 29 Decbr. 1951.
+Kære Grevinde!
+Tusind Tak for Fødselsdagsflasker. Jeg haaber at Du nu er kommen over Dit Hekseskud. Jeg havde Besøg af Fru Jespersen med 2 smaa Piger og en Flaske ”Drambuie” en skotsk Likør som jeg ikke før har set. Ellers forløb Fødselsdagen som sædvanlig med de samme Mennesker. Mange Hilsener og glædeligt Nytaar.
+Din hengivne
+Johannes Lasen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1087,59 +1463,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yC38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bTnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ccrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ovg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UT5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nX6k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9z4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uSvX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PYSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bk12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yC38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bTnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ccrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ovg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UT5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nX6k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9z4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uSvX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PYSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bk12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Nsh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/syGz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tu3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okvf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M27"/>
+  <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2262,75 +2638,519 @@
       <c r="F27" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>159</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>160</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
+    <hyperlink ref="M28" r:id="rId33"/>
+    <hyperlink ref="M29" r:id="rId34"/>
+    <hyperlink ref="M30" r:id="rId35"/>
+    <hyperlink ref="M31" r:id="rId36"/>
+    <hyperlink ref="M32" r:id="rId37"/>
+    <hyperlink ref="M33" r:id="rId38"/>
+    <hyperlink ref="M34" r:id="rId39"/>
+    <hyperlink ref="M35" r:id="rId40"/>
+    <hyperlink ref="M36" r:id="rId41"/>
+    <hyperlink ref="M37" r:id="rId42"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>