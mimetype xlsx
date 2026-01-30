--- v0 (2025-12-12)
+++ v1 (2026-01-30)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="243" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="251" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -207,50 +207,93 @@
   <si>
     <t>Bredsdorff har været på besøg og har snakket, så Alhed ikke nåede at få brevet sendt i tide.
 Man opgav at gå over isen til Sverige. Dora og hendes bror har været på besøg. Det samme har Rump og Lorenzen. De to købte ind til toddy, og alle havde en god aften.
 Johanne Larsen (? - underskrift mangler) har fået ros af sine lærere. Hun går en masse til tandlæge. Lorenzen har inviteret hende på konditori. 
 Komtessen har været på besøg. Alhed går ikke til sang for tiden, men hun er nok nødt til at begynde igen. 
 Peter Hansen har inviteret damerne i Dagmarteatret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dLuM</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Fru Laura Warberg
 Erikshaab
 Fyn Højrup Station
 [På kuvertens bagside:]
 Elle! Elle! Min Kam! Naar faar jeg den???
 [I brevet:]
 Kære Moder!
 Da jeg kom fra Fabriken i Dag, sagde de andre, at vi skulde have et Brev afsendt i Dag, og at jeg skulde være Mester for det. – Men jeg havde ikke faaet begyndt endnu, da det ringede og Student Bredsdorff kom – (vi havde endnu ikke faaet gjort Alvor at det Du foreslog nemlig ikke at lukke op naar det ringer). – Br. var kommen hjem fra Falster i Gaar, han saa saa rask ud, og var saa fornøjet, ja ligefrem rasende grinagtig, saa vi maatte le af ham hvert Øjeblik, skønt det var dybsindige Emner, vi afhandlede, saasom Indremission, hans Indfald og hans Maade at udtrykke dem paa ere [det sidste e overstreget] saa grinagtig. Han sad og ”schlurede” et Par Timers Tid til Kl. 7 ½; saa opdagede vi, at det var bleven for sent til at faa Brevet af Sted i Aften; det er jo slemt, men Postgangen er jo uregelmæssig i denne Tid hele Landet over, saa er det vel ogsaa tilgiveligt, om den bliver det fra dette Sted. – Al Ting gaar sin rolige Gang her i Kafé ny Waldemar; her er ikke forefalden nogle større Begivenheder i den senere Tid. – Der var jo paatænkt en Sverigestur over Isen sidste Søndag, men den blev opgivet paa Gr. af Isens Uholdbarhed. Nu er det nok i det hele taget forbi med den Sport for i Aar. – Søndag Aften havde vi Dora og hendes Broder her; Dora kom om Formiddagen en Visit ogs [s overstreget] saa bad vi dem. De have længe hvilet tungt paa vor Samvittighed. Broderen er rigtig flink, minder lidt om Bru[ulæseligt] - -
 Om Lørdagen havde vi ogsaa Fremmede; om Form. kom Cand. Rump og Stud Lorenzen og spurgte, om de maatte komme om Aftenen og tage Rumps Kusine med, Johannes Kursuskammerat, og Christines Efterfølger paa Fogdaröd. – De kom jo saa men uden Kusine, - hun var bedt ud et andet Sted. Da vi havde drukken The (skaaren Smørrebrød – vi gør aldrig Extraanstalter, naar her kommer nogen. Saaledes blev Lut en Aften trakteret med Smør, Brød og en gammel, tør Osteskorpe der blev delt i 4 lige store Dele.) Altsaa, fo [”fo” overstreget] efter The forsvandt de to Gæster, de vilde ned at købe Cigaretter, sagde de. Men tænk, saa kom de op ikke alene med Cigaretter men med ¼ P Chokolade, Appelsiner og Cognac til Toddy. – Vi havde saa en umaadelig hyggelig Aften
 [Det følgende er skrevet med en anden skrift. Formodentlig af Johanne Larsen f. Warberg]
 Her maa jeg indlægge en kort Bemærkning. Først Tak for det brillante 20 Siders og for det mindre nu bag efter! Jeg har været hos Ove Christensen, siden vi sidst skrev, han var særdeles godt tilfreds med mine Fremskridt, han sagde gentagne Gange, at kunde jeg blive sådan ved, så kunde vi nok få noget ud af det. I Tirsdags havde vi første Gang Time med Hr. Siesby, han er en meget flink og behagelig Lærer. Jeg går til Tandlæge Secher i denne Tid, det er mindre morsomt og tager jo en del Tid, men jeg turde ikke vente længere, mine Tænder er så frygtelig ormstukne og hullede, også Fortænderne. På Vejen dertil i Dag indhentede Lorenzen mig, og vi fulgtes ad ind til Byen, hvor han var så galant at invitere på en Napoleonskage, og da jeg havde god Tid, vandrede vi så til Konditor. Det var slemt hos Tandlægen i Dag, på Tirsdag skal jeg der 1 ½ Time, men det bliver vist ikke så galt. [Herefter igen Alhed Larsens skrift] - - - Tænk, Komtessen har været heroppe en Visit, var det ikke forfærdelig pænt af hende! nu skal vi derned en af de første Dage. – Du spurgte forleden, om jeg sang. Nej, siden vi kom herind efter Jul, har jeg ikke sungen en Tone. Men jeg bliver nok nødt til at tage fat hos Jødinden igen. Jeg havde jo tænkt at trække mig ud af det paa Gr. af pekuniære Omstændigheder, men det lader sig nok ikke godt gøre; Fruen har nemlig hele Tiden, siden jeg blev syg sungen [et overstreget bogstav] med Anna for samme Pris, som hvis vi begge sang; hun spørger stadig om jeg snart kommer – Jeg har været paa Visit hos Benzens, de var meget elskværdige, vilde snart have fat i mig igen sagde de. – Nu kom P. Hansen (reverenter talt), tænk han vil invitere os og Brandt med i Dagmartheatret til ”tre for en”, han har lige faaet sine Penge i Rigsdagen i Dag. - - Det bliver morsomt! – Men nu er det jo saa, at jeg ikke godt kan skrive mere, hvis vi skulle naa det i rette Tid. – Men det er da ogsaa bleven et ganske ordenlig Brev ikke sandt - ? – Endnu kan jeg dog fortælle, at Brandt, hendes Søster Andrea og vi var ude hos ”Tralleværket” forleden Aften, vi blev voldsom trakterede og havde det morsomt i det hele taget. 1000 Hilsner fra os alle. Brandt, med og Per [”og Per” overstreget] P Hansen!
 Din Alhed
 Har Du ikke faaet Din lille Lampe endnu?</t>
+  </si>
+  <si>
+    <t>1891-10-06</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup
+Jens Busk
+Christian Caspersen
+Alhed Larsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Ernst Schmiegelow</t>
+  </si>
+  <si>
+    <t>Alhed/Be Larsen, f. Warberg, var fra 1. dec. 1890 lærling ved Den Kongelige Porcelainsfabrik (i brevet kaldt Fabriken) i København. Fra november 1890 til 1. nov. 1891 boede hun på Værnehjemmet Bethania.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1389</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg mødte bekendte på turen til København. Han blev modtaget på banegården af Alhed/Be Larsen.
+Albrecht har besøgt Laura Warbergs forældre, og faderen havde det lidt bedre. Han får morfinindsprøjtninger.
+Ved Værnehjemmet ventede Albrecht længe på Alhed, men hun kom ikke.
+Mandag fik Albrecht fjernet en polyp i næsten hos en læge og derefter flere. Det gør ikke ondt. Albrecht skal smøre næsen med kokain.
+Niels Caspersen og Albrecht skal i teatret, og Albrecht håber, at Alhed kommer med.
+Albrecht beder Laura sende Alhed nogle pærer til Lauras gamle far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hdVE</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d. 6 Oct 1891
+Kære Smaa!
+Om endskøn jeg ikke har været her i 2 Dage, kan jeg tænke, at Du venter Brev fra mig i Morgen, og det skal Du saa ogsaa faa. Rejsen herover var helt fornøjelig; paa Dampfærgen talte jeg omtrent hele Tiden med Fanny og hendes Moder. Jeg saa ogsaa Lieutnant [ulæseligt], men var ikke sikker paa, at det var ham, før Be paa Kjøbenhavns Banegaard bekræfter det. I Korsør modtog N. Caspersen mig, og jeg kom saa til at rejse med flere Rigsdagsmænd, bl.a. Jens Busk, som jeg talte med den meste Tid og syntes godt om. Igaar Aften var jeg hos Dine Forældre; Din Fader har det – forekommer det mig – lidt bedre end i Sommer, men han faar sine Morfinindsprøjtninger, vistnok hver Aften. Jeg glemte at fortælle, at Niels (br.) og Be modtog mig paa Banegaarden og fulgte mig herop; Be fik saa nogle af Pakkerne og saa fulgte vi hende hjem, medens jeg saa derefter fik Aftensmad i Paraplyen; jeg bød ogsaa Be, men hun vilde ikke. I Gaar gik jeg ud til Værnehjemmet paa den Tid, da jeg ventede, at hun skulde komme fra Fabriken; jeg gik i en god halv Time frem og tilbage i Helgolandsgade, men der kom ingen Be og saa gik jeg til de Gamle efter først at have faaet hende sendt et Brevkort om, at hun kommer herop i Dag, naar hun har spist til Midag. Mandag Morgen gik jeg til Dr Schingelow; han undersøgte Næsen, erklærede, at den var fuld af Polyper og gav mig en Recept paa Cocain, som jeg skulde smøre med, naar jeg havde været i Klokken; jeg mødte saa Kl 1½, maatte vente 1 Time og kom saa ind og fik en Polyp taget ud; den saa saaledes ud: [Tegning] I Dag har jeg atter været hos ham og er kommen af med en eller to Polyper, og i Morgen skal jeg atter møde; det gør slet ikke ondt, da Næsen bliver bedøvet, men jeg maa saa ikke puste den nogen Tid efter, og maa altsaa lade Blodet gaa igjennem Halsen. I Eftermiddag har jeg haft Besøg af Niels Caspersen, og vi skulle sammen i Folketeatret (se Den skjønne Helene); jeg venter hvert Øjeblik Be og saa skal hun selvfølgelig med.
+Din Fader vilde gjerne smage Pærerne fra Træer paa Blegpladsen; kan Du ikke sende Be nogle Stykker, saa kan hun give den Gamle en. 
+Nu er Klokken c 6 og Be er endnu ikke kommen; jeg begynder saa smaat at tvivle paa, om det overhovedet lykkes mig at faa hende at se herinde.
+Mange Hilsener til alle.
+Din A</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Peter Hansen
 Marie Schou</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Anna til Fritz 1891-1894</t>
   </si>
   <si>
     <t>Første del af brevet mangler, men Anne fortæller om et nyt arbejde, som Marie har fået i stedet for arbejdet i Rigsdagen. Anna spørger til, hvordan det går med Peters billeder og om han har haft held med casein farverne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mZpT</t>
   </si>
   <si>
     <t>[ Tilføjet øverst med blyant -- Anna til Fritz. Det lader til at første side af brevet mangler]. 
 Vinteren skal være der fra 11 til 8 med 1½ Times Middag, det er jo en noget lang Arbejdstid, men der er vist morsom at være, Marie er da meget ked af, at hun ikke kan være baade der og i Rigsdagen. Løn 40 Kr. --- Skriv snart og fortæl mig, hvordan det gaar for Dig, har Du faaet begyndt at male og begynder Du at forsone Dig med Fyn igen? Fortæl mig om Peters Billeder er gode, han han havt Held med sine Caseinfarver. ---
 Farvel min kære gode Dreng, du skal snart faa Brev igen.
 Et kyst fra Dit
@@ -1324,59 +1367,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lp1s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGCX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Leu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRkU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8K8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lp1s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGCX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Leu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRkU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8K8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M34"/>
+  <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1523,1425 +1566,1471 @@
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="5" t="n">
-        <v>1892</v>
+      <c r="A5" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>34</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5"/>
+      <c r="I5" s="5" t="s">
+        <v>46</v>
+      </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="n">
         <v>1892</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="5" t="n">
+        <v>1892</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="D7" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="M6" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="5" t="s">
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="s">
         <v>54</v>
-      </c>
-[...27 lines deleted...]
-        <v>58</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" s="5" t="s">
+      <c r="F8" s="5" t="s">
         <v>63</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="I9" s="5"/>
+      <c r="I9" s="5" t="s">
+        <v>73</v>
+      </c>
       <c r="J9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="I11" s="5"/>
+        <v>85</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>86</v>
+      </c>
       <c r="J11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="5" t="s">
+      <c r="E15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
         <v>113</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>114</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>115</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>120</v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H17" s="5" t="s">
-        <v>121</v>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...27 lines deleted...]
-      <c r="J19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="5" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="E20" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="M20" s="5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>149</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-        </is>
+        <v>163</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>140</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>149</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>176</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>177</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>178</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>179</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>180</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>182</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>34</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>183</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E27" s="5" t="s">
-        <v>18</v>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-        <v>189</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E28" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G28" s="5" t="s">
+        <v>197</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...9 lines deleted...]
-        <v>203</v>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>204</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>205</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>206</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>207</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>209</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>210</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D30" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D30" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>211</v>
-[...10 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>218</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>16</v>
+      </c>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>214</v>
-[...8 lines deleted...]
-        <v>216</v>
+        <v>219</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>227</v>
+        <v>52</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>101</v>
+        <v>163</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>228</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>229</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>230</v>
       </c>
       <c r="J33" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K33" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="K33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="L33" s="6" t="s">
+      <c r="M33" s="5" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="B34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="5" t="s">
+      <c r="D34" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E34" s="5" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>237</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>238</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>239</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>240</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>241</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>242</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
+    <hyperlink ref="M35" r:id="rId40"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>