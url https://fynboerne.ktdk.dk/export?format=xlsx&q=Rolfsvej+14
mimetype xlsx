--- v0 (2025-12-19)
+++ v1 (2026-02-08)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="71" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>