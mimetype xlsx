--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="71" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="81" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -395,50 +395,101 @@
 Kærbyhus
 Kerteminde
 Fyen.
 [Fortrykt på hovedet på kuvertens bagside:]
 Reinsurance Company ”Rossia”. 
 Bornholmsgade 8. Copenhagen K. 
 [Håndskrevet:]
 afs. A Warberg
 Rolfsvej 17, 4
 F.
 [Poststempel]
 [Maskinskrevet i brevet:]
 Rossia, den 20. April. 1922.
 Kæreste Mor!
 Tak for dit sidste Brev. Det er rigtignok rystende Tilstande at høre om – hvor er det dog skrækkeligt altsammen. Og saa bestaar jo Ulykken til syvende og sidst deri, at Junge bliver ved at holde af ham – ellers var Sagen jo langt mindre kompliceret. Men der er jo i Virkeligheden ikke noget at stille op med – for det maa man bøje sig. Ja, Livet er sandelig fuldt af Urimeligheder. Gid dog Junge paa en eller anden Maade kunde komme ud af det altsammen – men han går vel aldrig ind paa, at hun faar en Bestyrer, mens han gaar paa Skovarbejde – det er jo ogsaa haarde Konditioner for en Mand at gaa ind paa, jeg kan slet ikke tænke mig, at han gør det. Jeg er meget spændt paa at høre, hvad det bliver til med det alt sammen. Det er frygteligt for mig at høre, at Junge blev forskrækket, da mit Brev kom, og troede, at jeg vilde bebyrde hende med mine Sorger, nej, jeg plejer ikke at plage andre med mine Genvordigheder, jeg ved saa godt, at ingen i Verden kan hjælpe mig, og jeg synes da heller ikke, at jeg plejer at give noget saadant Udtryk i mine Breve. 
 Jeg har for Resten haft et Par smaa Lyspunkter i den senere Tid m.H.t. Ekstrafortjeneste. Først var der jo det Katalog, jeg lavede for Uglen, og for hvilket jeg fik det store dejlige Billede, som jeg hver Dag glæder mig saadan over. Saa fik jeg lige efter Paaske et Arbejde for en Architekt (efter Telefonen) paa 10 Kr., jeg har jo lejet min Maskine ud, men jeg tog dristigt Arbejdet alligevel, haabende paa, at jeg fik Tid at skrive det heroppe – og virkelig, den første Dag efter Paaskeferien var her absolut intet - og det lykkedes mig at skrive hele Arbejdet – 10 Foliosider - uden at nogen mærkede det - og saa var de 10 Kroner tjent – og blev henlagt til det lille Gilde, som jeg agter at holde paa næste Fredag. Gæsterne bliver: Uglen, Tutte, Frøken Gad, evtl. Margrethe Benzon, Fru Grandjean, Trisse, Frk. Hartmann (de tre sidste her fra Kontoret evt. Ellen Kramer [”evt Ellen Kamer” håndskrevet]
 Saa fik jeg i Dag fra en fra en af Damerne heroppe, som jeg har anbefalet til Stenografundervisning hos Hr. Jahn, min tidligere Stenograflærer, en Anmodning om at ringe til ham, da han gerne vilde have mig til at besørge en svensk Oversættelse – jeg tager den frejdigt, skønt jeg paa ingen Maade kan oversætte fra Dansk til Svensk – men jeg vil ty til Ingas Assistance – ved fælles Hjælp maa det vel kunde lade sig gøre – og jeg vil gøre alt for at forbedre min Økonomi, for - - - - 
 for tænk dig, jeg har nu næsten slaaet fast, at jeg i min 14 Dages Sommerferie rejser ned til Harzen – lokket af en Annonce i Politiken saalydende: 
 ”I en højtliggende Fremmedpension i Wernigerode Harz kan modtages Gæster
 ”paa kortere og længere tid. Herlig Luft, god Forplejning garanteres. Pris fra 
 ”2-3 Kr. pr. Dag. Refr. faas ved Henvendelse til Lindegaard, Dyrehaven, Nyborg.”
 Vabehar? Lyder der ikke godt? Jeg har straks skreven til Nyborg efter nærmere Oplysninger og saa har Frøken Hartmann (fra Bogholderiet) bestemt os til at følges ad derned, hun er en rigtig sød Pige, i hvert Fald et dannet Menneske – og alene var det jo ikke så sjov at rejse. Jeg ringede først til Tutte om hun ikke vilde med – for det var jo ikke saa lidt sjovere at rejse med en af Søstrene, men hun mente ikke at ville ofte det på sig selv. Jeg har jo mit Gratiale – mere end 200 Kr. kan jeg ikke præstere, men for den Sum maa det jo ogsaa nemt kunne gøres, naar man rejser direkte derned og bliver paa eet Sted for en saa billig Pension. Vi studerer Landkortet i alle Pavser og er opfyldt af Rejselængsel – det ligger lige ved Brocken, hvortil vi maa kunne spadsere. Vi tager vistnok afsted den 1ste Juli. Saa tager Buf Nusset til Kerteminde i de 14 Dage – saa maa de fejre hendes Fødselsdag derovre, den 3die Juli. Det er lidt hårdt ikke at skulle have hende i Ferien, men jeg tror hun vil nyde godt af senere, at jeg forsøger at komme lidt i Orden.
 Ja, nu nærmer Klokken sig Gudskelov 5, saa er vi færdig med Slaveriet for i Dag, saa skal jeg hjem til et lille bedaarende Nus, det glæder jeg mig hver Dag til.
 [Det følgende håndskrevet:] Mange Hilsner til Dig og Jer alle fra Din A.
 p.s. Desværre tør jeg ikke tænke på at rejse til St. Jørgens Festen – alle Penge må spares nu!</t>
+  </si>
+  <si>
+    <t>1923-01-23</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup</t>
+  </si>
+  <si>
+    <t>Ølstedgaard</t>
+  </si>
+  <si>
+    <t>København
+Rolfsvej 14</t>
+  </si>
+  <si>
+    <t>Adelheyde Syberg
+Christine Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt renskrev tilsyneladende LouiseAmstrups/Tante Visses håndskrevne erindringer og slægtshistorie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1405</t>
+  </si>
+  <si>
+    <t>Louise Amstrup/Tante Visse takker Astrid Warberg/Stiser for maskinskrivning. Louise har nu skrevet mere om sin barndom, der ikke var lykkelig. Hverken moderen eller søster Adelheide/Mimi var rare ved hende. Som voksen blev Mimi dog et udmærket menneske. Moderen var ikke børnevenlig, og hun havde et svært sind. Mimi gik aldrig i skole, men moderen læste med hende, og husjomfruen lærte hende lidt udfra sine mangelfulde kundskaber. På dette grundlag skulle Mimi fungere som lærerinde for Louise, og Mimi forlangte for meget og slog dagligt. Skolebøgerne var desuden forældede. Når Louise kom i seng, susede der trolde, slanger og hekse forbi hendes lukkede øjne. Louise hadede Mimi, men hun elskede sin far.
+Astrid må skrive, hvad hun har lagt ud for papir mm. 
+Det har været ækelt for Louise at skrive dette brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/30GW</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+25 Jan 1925 [kryds over "1925."]
+Fru Astrid Warberg
+Rolfsvej 14
+Kjøbenhavn F
+[På kuvertens bagside:]
+Afs Amstrup Ølstedgaard Staaby
+Du kunde gerne sige mig Tak for den flotte Julegave jeg sendte dig i Tanken kærlig Hilsen Niels
+[I brevet:]
+Kd. 23 - 1 23
+Kære Stiser!
+Nu endelig, dages det da med mig, jeg bliver magelig paa mine gl. Dage. Tak for den venlige Julehilsen der midt i at min Travlhed til mig og for din fine Opmærksomhed med at maskinskrive mit lille, i høj Grad mangelfulde Vers; man burde aldrig begive sig ud paa Diletantismens farlige Veje. Nu har jeg saa igen da faaet et Par Ark malet op og er saa da endelig kommen bort fra [ulæseligt] og hvad dertil hører og saa skrider jeg til at fortælle om Ensomhed og det er maaske sidste Afsnit. [Ulæseligt] vil se, men - ja her ligger den egentlige Grund hvorfor jeg altid har nægtet at skrive, - min Barndom var ikke lykkelig, Moder og Mimi var ikke gode imod mig, for ikke at sige det modsatte. Jeg vilde nødigt sige noget der kunde kaste en Skygge over Moder - hun var dog min Moder og alligevel et retsindigt og godt Menneske - og Mimi, der udviklede sig til at blive det elskelige og udmærkede Menneske som vi alle saa op til, hun var jo, da jeg blev ene, som en Moder for mig! Moder havde et i høj Grad utilgængeligt Sind, hendes Speciale var at skænde, det kunde hun da blive ved med og Mini slog - hver Dag - ingen af dem var det man kalder Børneven og ingen af dem gjorde sig den Ulejlighed at sætte sig ind i hvordan et saa kraftigt og livligt Pigebarn, som jeg var, skulde omgaaes. Mimi har aldrig havt det man kalder Skolegang, Fader læste lidt med hende om Aftnen og om Eftermiddagen skulde Husjomfruen saa fodre paa at bibringe hende nogle af sine højst mangelfulde Kundskaber, saa jeg formoder hun selv har arbejdet sig frem til det hun kunde. Og paa dette Grundlag blev hun min Lærerinde uden Begreb om hvad man kunde forlange af et Barn, hun forlangte langt mere end jeg kunde overkomme og hver Aften naar jeg kom i Seng, saa suste det forbi mine lukkede Øjne med Trolde, Slanger og Hekse, ja at jeg holdt til det! jeg vilde gerne lære og var alt andet end doven. Aldrig et venligt eller opmuntrende Ord, men Slag i Slag. Jeg hadede hende derfor så intensivt, som det var muligt for et Barn at hade. Stine Niels Morten der en Gang i de senere Aar spurgt mig om det var sandt, at jeg fik saa mange Bank, en af hendes Piger der havde tjent hjemme som Stuepige, havde fortalt hvor slemt det havde været for hende at være Vidne dertil. 
+Ja saadan var min Barndom, hvordan kan jeg komme uden om alt det? Forholdet mellem Moder og mig blev aldrig godt, men det var min Skyld, for jeg var bleven haard og en styg en rigtig Egoist. Fader derimod elskede jeg. Og saa de forældede Skolebøger der blev brugt. Sikken Danmarkshistorie, som jo slet ikke er ["er" indsat over linjen] for Børn og en Regnebog med Penning, som jo forlængst var gaaet af Brug - o.s.f. Dette er jo ellers noget jeg nødigt kommer ind paa, man maa helst lade de mørke Stunder ligge saa langt tilbage i Erindringen, som vel muligt, men udslettes kan de jo ikke. Men, lille Stiser, du har brugt med Papir o.a. til de smaa Hefter, du maa sige mig hvad du lægger ud, som kan betales med Frimærker. 
+[Indsat side 3 i venstee marge; lodret:] Apostrofferne over e maa du ikke forandre, det er aldeles korrect è é
+[Indsat s. 1; øverst; på tværs:] Naa Stiser, dette var rigtig et ækelt Brev at skrive og ikke lysteligt for dig, at læse - men det var en Redegørelse der maatte med.
+Godt Nytaar Stiser vi er ikke ude ["ude" indsat over linjen] af den første Maaned endnu. Tante Visse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -515,59 +566,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/30GW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -889,54 +940,98 @@
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>66</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>70</v>
       </c>
     </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>80</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
+    <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>