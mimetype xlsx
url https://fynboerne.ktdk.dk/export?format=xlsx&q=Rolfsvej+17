--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -3,98 +3,164 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="69" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="82" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1915-12-23</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København
+5</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Jørgen Schou</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred Goldschmidt, omkring 1915, da hun var blevet kæreste med Gørgen/Buf Schou.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3826</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ønsker en god jul. Astrid/Dis har været trofast. Alhed sender en "snotklud".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CGlF</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Astrid Warberg-Goldschmidt
+Rolfsvej 15 5
+København
+V [bogstavet overstreget] F
+[I brevet:]
+Kæreste lille Bein!
+Tak for alle Dine Kort! Gid Du nu maa faa en god Jul ovenpaa alt det. Du har rigtignok været tro til at passe det hele! - Kan Du bruge medf. lille Snotklud. 1000 Hilsener fra os alle. Hils ogsaa Buf.
+Din Be
+Lillejuleaften 1915</t>
+  </si>
+  <si>
+    <t>København
+5.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3827</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Uwm</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Astrid Warberg-Goldschmidt
+Rolfsvej 14 5
+København
+V [bogstavet overstreget]
+F_
+[I brevet:]
+Kære lille Bein!
+Tak for Dine Kort! Gid Du nu maa faa en god Jul ovenpaa alt det. Du har rigtignok været tro til at passe det hele! - Kan Du bruge medf. lille Snotklud. 1000 Hilsener fra os alle. Hils ogsaa Buf.
+Din Be
+Lillejuleaften 1915</t>
+  </si>
+  <si>
     <t>1916-02-15</t>
-  </si>
-[...4 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>4.
 Rolfsvej 17</t>
   </si>
   <si>
     <t>Lise Abrahams
 Thora  Branner
 Wilhelm Branner
 Louise Brønsted
 Adam Goldschmidt
 Ina  Goldschmidt
 Adolph Larsen
 Jørgen Schou
 Laura Warberg</t>
   </si>
   <si>
     <t>Silkerester fra fabrikken: Astrid var nogle år gift med Alfred Goldschmidt, som var direktør for en pelsfabrik i Malmø.
 Valdal, Valby Langgade 30, var et nedlagt gartneri i Valby i København, hvor adskillige af Fynboerne i årenes løb boede til leje. Bygningen blev nedrevet i 1930.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0998</t>
@@ -113,53 +179,50 @@
     <t>[Skrevet af ukendt person:]
 ”Agraren”, Junges mand.
 Kvartalsdranker.
 Rolfsvej 17⁴ d 15/2 –16.
 Kære lille søde Junge!
 Tusind Tak for Brevet! åh, Junge det var akurat som i gamle Dage, da vi skrev lange Breve til hinanden – da hele Verden altid stod i Flammer – og det, der flammede, var vore egne elskovsfyldte Hjerter - 
 Og Dit Brev nu – ja, Indholdet skifter med Alderen i os – naturligvis - men det var nærmere dét: at få et 8 sides Jungebrev, der betog mig. I alle de sidste år har jeg kun fået Breve på 1-1½ Side fra Dig – altid havde Du Tusinde Ting om Ørene og påstod, at Du helt havde glemt at skrive Breve; jeg nyder at tænke på, at Du nu endelig har Masser af Tid for Dig – og endelig engang kan få hvilet ud. Jeg vilde så gerne kunne opmuntre Dig lidt i Din Bekymring; jeg tænker på Dine egne Ord, at han vist aldrig har vidst rigtig hvor meget der stod på Spil for Jer alle, hvis han ikke tog sig sammen; men alt dette sidste må dog ganske sikkert kunne lære ham det – jeg synes ikke, Du behøver at se så håbløst på det. Tænk blot, hvor mange der helbredes helt – hvorfor så ikke han! Der er jo dog en god Grund i ham og megen Karakter, selv om den har svigtet hidtil på dette ene Punkt. Ja, jeg er jo en uforbederlig Sangviniker og kan ikke se anderledes på det. – Nej, Junge, jeg havde nu ikke ”skruet Livslysten lidt op” til Ære for Dig i mit forrige Brev – men jeg er altid skruptosset og ellevild af Glæde, når Sjums og Adam besøger mig. Det er altid så lykkelige Dage, de længes efter mig og Henrykkelsen er gensidig. De er rørende taknemmelige for alt, hvad jeg gør for dem og for hele min Menage. Vi var om Søndagen i etnografisk Musæum sammen med Mogens og Lise Abrahams: Mogens kunde det hele udenad og var en glimrende Vejviser. Det var en stor Fornøjelse for alle Parter. - .
 Skrev jeg, at jeg nu lærer Stenografi? i det Haab at kunne få en Kontorplads engang, jeg kan ikke rigtig finde mig i bestandig at tage imod alle de Penge fra Alfred – 100 om Måneden – og som Forholdene nu engang er for mig. Jeg er rasende sparsommelig – bruger c 75 om Måneden til alt (Husleje – Vand – Gas – Lys – Brændsel – etc) 25 Kr sættes af til Extraudgifter, jeg mangler jo endnu flere Ting, købte desuden en dejlig Ulster – 50 Kr! så flot en Kåbe har jeg aldrig ejet i mine Velmagtsdage som rigtig gift. Men altså – jeg sparer også gevaldig. For lidt siden solgte jeg alle Vinflaskerne fra Mors Sygdom for 35 Øre – det er til Parken i Dag. Og nu skal Du høre en kostelig Historie. Vilhelm havde allerede i Efteråret bestilt en Del Slips af mig; det første syede jeg med det samme – og forærede ham – derved var det, han bestilte flere. Jeg har nemlig fra Malmø liggende en Del Silkerester, som jeg fik på Fabriken. Nå, nu i denne yderst fattige Februar Måned, hvor man endnu halter efter Julen, Horsensrejsen o s v – så tog jeg mig altså sammen og syde 3 flotte Slips, som jeg drog ud med i Søndags til Vanløse. ”Men Gud Tutte – så mange Blomster?” 
 "Ja, Dis – ved Du ikke, det var Vilhelms Fødselsdag i Fredags?” 
 II/ Jeg himler op – beklager – undskylder og overfaldes af bange Anelser. Noget efter kommer Vilhelm. Tutte siger:” her skal Du se tre fine Slips, Dis forærer Dig!” 
 Jeg smilte tvungent – fandt Spillet og yderst slet – der havde jeg gået og regnet og regnet og spurgt alle, der kom til mig, hvad jeg kunde være bekendt at tage for dem – man mente, 5 Kr for alle tre var uhyre billig, jeg svimlede blot ved Tanken om 4 Kr – nok til at leve af en hel Uge. Og dér lå alle glade Forhåbninger! men det var nu alligevel ganske grinagtig! Jeg må i denne Forbindelse fortælle Dig endnu en Historie. Tutte var til Indvielse af en ny Villa hos en Familie derude. Gæsterne førtes ud i Gården for at høre et ganske enestående Ekko – 5-6 Gange gentages Ordet med fuldkommen Tydelighed. Blandt Gæsterne var en meget gammel og meget fin Herre – Geheimekonferens eller sådan noget – han beder om Tilladelse til at forsøge – alle tier ærbødig – den gamle Herre råber: Sludder - - 
 Men ak, Ekkoet tog sig ikke af det store Es – hvorimod Resten klang 5-6 Gange – højt og tydeligt. Ingen havde Konduite til at afbryde Virkningen var uforglemmelig!
 Nå, nu skal jeg hen og slide i det igen – jeg stenograferer og skriver på Maskine – om lidt skal jeg ud og lave Middagsmad: en Grisetå med Kartoffelsalat til og eventuelt Byggrød, hvis Ånden kommer over mig, men det er Lapseri at nyde to Retter Mad. I Morgen er jeg bedt til Middag hos Ellen Branner – vi to alene – det bliver nok hyggeligt, hun bor henrivende, en Ungkarlekvinde som jeg, men mere forfinet – hun har sin Mors gamle fine Møbler, Klaver etc. (Jeg sukker efter Klaver) Torsdag og Fredag i Valdal – ligeledes Søndag – dette forklarer jo, at man kan leve af 4 Kr. om Ugen! I Aften skal Buf og jeg t ["t" overstreget] i Dagmartheatret – Lukke sender mig Billetter. 
 Jeg skriver ikke noget om Buf – for så bliver det alt sammen om Buf – som for mig er – det Hele! 
 Åh, Junge – de 11 skrækkelige År i Malmø – hvad gør det alt sammen når man senere skal opleve alt dette! 
 Man bør nyde Lykken, mens den er der – for vi véd jo, at den er væk med det samme og altid betales i dyre Domme. 
 Gid Du kunde se min Kvist – her er guddommeligt Junge, og har aldrig før vidst, hvor dejligt det var at have et Hjem. Jeg nyder Dagenes Ensomhed – om Aftenen er jeg aldrig alene. 
 Ja, nu Farvel lille søde Junge, skriv igen, han læser endnu ikke Dine Breve. Din altid
 Dis</t>
   </si>
   <si>
     <t>1917-06-16</t>
   </si>
   <si>
     <t>Laura Warberg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>København
 4</t>
   </si>
   <si>
     <t>Else -
 Olaf Brahm
 Astrid Bøttern
 Ellen Bøttern
 Eric Bøttern
 Margaretha Bøttern
 Victor Bøttern
 Grete Hammeleff
 Grethe Jungstedt
 Kurt Jungstedt
 Pauline L
 Alhed Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Johannes Madsen
 Ellen  Sawyer
 - Svendsen, Fru
 Leo Swane
 Johannes Sørensen
@@ -563,59 +626,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M7"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -650,297 +713,383 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="5" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>37</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>48</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="F7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="I7" s="5" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="F8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="M7" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>68</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
+    <hyperlink ref="M8" r:id="rId13"/>
+    <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>