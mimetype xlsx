--- v1 (2026-01-08)
+++ v2 (2026-03-22)
@@ -5,162 +5,96 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="82" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1915-12-23</t>
+    <t>1916-02-15</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...61 lines deleted...]
-    <t>1916-02-15</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>4.
 Rolfsvej 17</t>
   </si>
   <si>
     <t>Lise Abrahams
 Thora  Branner
 Wilhelm Branner
 Louise Brønsted
 Adam Goldschmidt
 Ina  Goldschmidt
 Adolph Larsen
 Jørgen Schou
 Laura Warberg</t>
   </si>
   <si>
     <t>Silkerester fra fabrikken: Astrid var nogle år gift med Alfred Goldschmidt, som var direktør for en pelsfabrik i Malmø.
 Valdal, Valby Langgade 30, var et nedlagt gartneri i Valby i København, hvor adskillige af Fynboerne i årenes løb boede til leje. Bygningen blev nedrevet i 1930.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0998</t>
@@ -175,290 +109,125 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/TyIQ</t>
   </si>
   <si>
     <t>[Skrevet af ukendt person:]
 ”Agraren”, Junges mand.
 Kvartalsdranker.
 Rolfsvej 17⁴ d 15/2 –16.
 Kære lille søde Junge!
 Tusind Tak for Brevet! åh, Junge det var akurat som i gamle Dage, da vi skrev lange Breve til hinanden – da hele Verden altid stod i Flammer – og det, der flammede, var vore egne elskovsfyldte Hjerter - 
 Og Dit Brev nu – ja, Indholdet skifter med Alderen i os – naturligvis - men det var nærmere dét: at få et 8 sides Jungebrev, der betog mig. I alle de sidste år har jeg kun fået Breve på 1-1½ Side fra Dig – altid havde Du Tusinde Ting om Ørene og påstod, at Du helt havde glemt at skrive Breve; jeg nyder at tænke på, at Du nu endelig har Masser af Tid for Dig – og endelig engang kan få hvilet ud. Jeg vilde så gerne kunne opmuntre Dig lidt i Din Bekymring; jeg tænker på Dine egne Ord, at han vist aldrig har vidst rigtig hvor meget der stod på Spil for Jer alle, hvis han ikke tog sig sammen; men alt dette sidste må dog ganske sikkert kunne lære ham det – jeg synes ikke, Du behøver at se så håbløst på det. Tænk blot, hvor mange der helbredes helt – hvorfor så ikke han! Der er jo dog en god Grund i ham og megen Karakter, selv om den har svigtet hidtil på dette ene Punkt. Ja, jeg er jo en uforbederlig Sangviniker og kan ikke se anderledes på det. – Nej, Junge, jeg havde nu ikke ”skruet Livslysten lidt op” til Ære for Dig i mit forrige Brev – men jeg er altid skruptosset og ellevild af Glæde, når Sjums og Adam besøger mig. Det er altid så lykkelige Dage, de længes efter mig og Henrykkelsen er gensidig. De er rørende taknemmelige for alt, hvad jeg gør for dem og for hele min Menage. Vi var om Søndagen i etnografisk Musæum sammen med Mogens og Lise Abrahams: Mogens kunde det hele udenad og var en glimrende Vejviser. Det var en stor Fornøjelse for alle Parter. - .
 Skrev jeg, at jeg nu lærer Stenografi? i det Haab at kunne få en Kontorplads engang, jeg kan ikke rigtig finde mig i bestandig at tage imod alle de Penge fra Alfred – 100 om Måneden – og som Forholdene nu engang er for mig. Jeg er rasende sparsommelig – bruger c 75 om Måneden til alt (Husleje – Vand – Gas – Lys – Brændsel – etc) 25 Kr sættes af til Extraudgifter, jeg mangler jo endnu flere Ting, købte desuden en dejlig Ulster – 50 Kr! så flot en Kåbe har jeg aldrig ejet i mine Velmagtsdage som rigtig gift. Men altså – jeg sparer også gevaldig. For lidt siden solgte jeg alle Vinflaskerne fra Mors Sygdom for 35 Øre – det er til Parken i Dag. Og nu skal Du høre en kostelig Historie. Vilhelm havde allerede i Efteråret bestilt en Del Slips af mig; det første syede jeg med det samme – og forærede ham – derved var det, han bestilte flere. Jeg har nemlig fra Malmø liggende en Del Silkerester, som jeg fik på Fabriken. Nå, nu i denne yderst fattige Februar Måned, hvor man endnu halter efter Julen, Horsensrejsen o s v – så tog jeg mig altså sammen og syde 3 flotte Slips, som jeg drog ud med i Søndags til Vanløse. ”Men Gud Tutte – så mange Blomster?” 
 "Ja, Dis – ved Du ikke, det var Vilhelms Fødselsdag i Fredags?” 
 II/ Jeg himler op – beklager – undskylder og overfaldes af bange Anelser. Noget efter kommer Vilhelm. Tutte siger:” her skal Du se tre fine Slips, Dis forærer Dig!” 
 Jeg smilte tvungent – fandt Spillet og yderst slet – der havde jeg gået og regnet og regnet og spurgt alle, der kom til mig, hvad jeg kunde være bekendt at tage for dem – man mente, 5 Kr for alle tre var uhyre billig, jeg svimlede blot ved Tanken om 4 Kr – nok til at leve af en hel Uge. Og dér lå alle glade Forhåbninger! men det var nu alligevel ganske grinagtig! Jeg må i denne Forbindelse fortælle Dig endnu en Historie. Tutte var til Indvielse af en ny Villa hos en Familie derude. Gæsterne førtes ud i Gården for at høre et ganske enestående Ekko – 5-6 Gange gentages Ordet med fuldkommen Tydelighed. Blandt Gæsterne var en meget gammel og meget fin Herre – Geheimekonferens eller sådan noget – han beder om Tilladelse til at forsøge – alle tier ærbødig – den gamle Herre råber: Sludder - - 
 Men ak, Ekkoet tog sig ikke af det store Es – hvorimod Resten klang 5-6 Gange – højt og tydeligt. Ingen havde Konduite til at afbryde Virkningen var uforglemmelig!
 Nå, nu skal jeg hen og slide i det igen – jeg stenograferer og skriver på Maskine – om lidt skal jeg ud og lave Middagsmad: en Grisetå med Kartoffelsalat til og eventuelt Byggrød, hvis Ånden kommer over mig, men det er Lapseri at nyde to Retter Mad. I Morgen er jeg bedt til Middag hos Ellen Branner – vi to alene – det bliver nok hyggeligt, hun bor henrivende, en Ungkarlekvinde som jeg, men mere forfinet – hun har sin Mors gamle fine Møbler, Klaver etc. (Jeg sukker efter Klaver) Torsdag og Fredag i Valdal – ligeledes Søndag – dette forklarer jo, at man kan leve af 4 Kr. om Ugen! I Aften skal Buf og jeg t ["t" overstreget] i Dagmartheatret – Lukke sender mig Billetter. 
 Jeg skriver ikke noget om Buf – for så bliver det alt sammen om Buf – som for mig er – det Hele! 
 Åh, Junge – de 11 skrækkelige År i Malmø – hvad gør det alt sammen når man senere skal opleve alt dette! 
 Man bør nyde Lykken, mens den er der – for vi véd jo, at den er væk med det samme og altid betales i dyre Domme. 
 Gid Du kunde se min Kvist – her er guddommeligt Junge, og har aldrig før vidst, hvor dejligt det var at have et Hjem. Jeg nyder Dagenes Ensomhed – om Aftenen er jeg aldrig alene. 
 Ja, nu Farvel lille søde Junge, skriv igen, han læser endnu ikke Dine Breve. Din altid
 Dis</t>
   </si>
   <si>
-    <t>1917-06-16</t>
-[...2 lines deleted...]
-    <t>Laura Warberg</t>
+    <t>1915-12-23</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
   </si>
   <si>
     <t>København
-4</t>
-[...14 lines deleted...]
-Johanne Christine Larsen
+5</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
 Johannes Larsen
-Johannes Madsen
-[...29 lines deleted...]
-Rolfsvej 17⁴
+Jørgen Schou</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred Goldschmidt, omkring 1915, da hun var blevet kæreste med Gørgen/Buf Schou.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3826</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ønsker en god jul. Astrid/Dis har været trofast. Alhed sender en "snotklud".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CGlF</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Astrid Warberg-Goldschmidt
+Rolfsvej 15 5
 København
-[På kuvertens bagside: Poststempler]
+V [bogstavet overstreget] F
 [I brevet:]
-Kjerteminde d: 16/6 – 17
-[...101 lines deleted...]
-Rolfsvej 17 5s. Kbh
+Kæreste lille Bein!
+Tak for alle Dine Kort! Gid Du nu maa faa en god Jul ovenpaa alt det. Du har rigtignok været tro til at passe det hele! - Kan Du bruge medf. lille Snotklud. 1000 Hilsener fra os alle. Hils ogsaa Buf.
+Din Be
+Lillejuleaften 1915</t>
+  </si>
+  <si>
+    <t>København
+5.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3827</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Uwm</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Astrid Warberg-Goldschmidt
+Rolfsvej 14 5
+København
+V [bogstavet overstreget]
+F_
 [I brevet:]
-Kære lille Disser
-[...7 lines deleted...]
-    <t>Rossia</t>
+Kære lille Bein!
+Tak for Dine Kort! Gid Du nu maa faa en god Jul ovenpaa alt det. Du har rigtignok været tro til at passe det hele! - Kan Du bruge medf. lille Snotklud. 1000 Hilsener fra os alle. Hils ogsaa Buf.
+Din Be
+Lillejuleaften 1915</t>
+  </si>
+  <si>
+    <t>1926-05-26</t>
+  </si>
+  <si>
+    <t>Frederiksberg
+Rolfsvej 17</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus</t>
-  </si>
-[...63 lines deleted...]
-Rolfsvej 17</t>
   </si>
   <si>
     <t>Hareskoven</t>
   </si>
   <si>
     <t>Fru Balslev
 Rigmor Balslev
 Julie Brandt
 Bodild Branner
 - Glarup
 Karen Goldschmidt
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Lotte Lehnert
 Christine  Mackie
 Elisabeth Mackie
 - Olsen, København
 - Petersen, Hareskov
 Ellen  Sawyer
 Janna Schou
 Sophie Walleen
 Andreas Warberg
 Laura Warberg
 Erik Warberg Larsen
@@ -506,50 +275,281 @@
 Jeg tror fuldt og fast, at Agraren endnu kan reddes til et Menneskeværdigt Liv, men kun ved en Naturkatastrofe – og den er givet i den Plan, jeg foreslår dig. Åh, lille Junge, om jeg kunde opnå at se dit lille trætte, bekymrede Ansigt blive forvandlet til et glad og lykkeligt! Jeg skulde nok sørge for, at du ikke blev forslidt herinde; og så har vi vort lille Fristed i Hareskoven at ty til, når Byen volder os Ubehag – min egen bedste Ven, jeg vilde gøre alt, for at du skulde komme til at befinde dig vel – ja, det tænker du jo nu slet ikke på, men for lille Manse skulde vi også nok gøre det godt og interessant – han og Nus skulde snart blive fine Venner. Du ved, hvordan mit Standpunkt er overfor Agraren – Jeg er absolut uden Vrede – kun opfyldt af Medfølelse; dét, at han ikke mere er sød imod dig – og det er han ikke! – det har forandret meget i hele Situationen; så længe han virkelig elskede dig overalt på Jorden – elskede dig i al sin Skrøbelighed, ja, så længe kunde du ikke rejse fra ham – for så havde han endnu en Mulighed for gennem sin Kærlighed til dig at kunne rette sig. Som det nu er, kan du ikke længere bevirke dette for ham – i hvert Fald ikke når I går sammen, måske snarere derigennem, at du rejser bort for en Tid, så han derved kommer til at føle, hvor meget du er og har været for ham; måske – Junge – kunde en lang Adskillelse fra dig bevirke, at han kom til at se alt – også alt dét, som han har bragt i Uorden for sig selv og Jer alle. 
 Først når man virkelig erkender sig selv – kan man blive et andet Menneske. Hvis han bliver ved med at leve i de samme Omgivelser, de samme Forhold – med de samme evige Nederlag – ja, så må han sløves og miste Evnen til sand Selverkendelse. Jeg tror – nej, jeg véd, at alt dette er rigtigt; så du ser, at min Plan går ikke alene ud på at redde dig – for i så Fald fandt den ikke din Tilslutning – jeg tilsigter at redde hele Situationen – at redde Tilværelsen for Jer alle – Agraren i beregnet – med den Ordning, jeg her har foreslået dig; men husk på – en Forestilling vil intet hjælpe, det kan ikke nytte Spor at sige til Agraren: ,,hvis du ikke retter dig osv – så rejser jeg.” Det er selve denne gennemgribende Forandring, som skal redde ham. 
 Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
 Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
 Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
 Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
 Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
 Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
 Ingen Læge er som du 
 når vort Legem går i tu
 eller Sjælen bløder - 
 Lige vel var Legemspragt
 som vor sarte Sjæledragt
 du med Omhu bøder -!
 osv. 
 Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
 Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
 (Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
 Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
 Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
 Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
 Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
 Kom så! Tusinde Hilsner fra din Dis.
 Ark 5, s.1. Venstre margin lodret. 
 Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
+  </si>
+  <si>
+    <t>1917-06-16</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>København
+4</t>
+  </si>
+  <si>
+    <t>Else -
+Olaf Brahm
+Astrid Bøttern
+Ellen Bøttern
+Eric Bøttern
+Margaretha Bøttern
+Victor Bøttern
+Grete Hammeleff
+Grethe Jungstedt
+Kurt Jungstedt
+Pauline L
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Johannes Madsen
+Ellen  Sawyer
+- Svendsen, Fru
+Leo Swane
+Johannes Sørensen
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>"Du er da vist oppe til den Tid": Astrid ventede sit barn nr. tre.
+Bemærkningen om nabokonen og Olaf Brahms venlighed refererer til et brev, som Astrid sendte sin mor 1917-06-14.
+Den omtalte fest blev holdt for at fejre, at Alhed og Johannes Larsen havde fået opført en gæstefløj, en atelierbygning og et væksthus. 
+Den henrivende, svenske maler var Kurt Jungstedt. Han og Grete Sawyer blev forelskede ved festen og giftede sig tre år senere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid Warberg-Goldschmidt, 1917-06-16, BB2434</t>
+  </si>
+  <si>
+    <t>Johanne Larsen skal opereres for nedsunken livmoder. Hun har været meget træt. Minna Warberg har fået samme operation.
+Laura Warberg blev rørt over både Astrids nabokone og Olaf Brahms venlighed.
+Om lørdagen har man haft en meget vellykket fest på Møllebakken. Man dansede i to timer i dagligstuen. Den svenske maler (Kurt Jungstedt) kastede glans over festen. Ellen lærer meget om farver og teknik af ham. Hun sælger af sine akvareller. 
+Alhed og Johannes Larsen har været til frokost hos Bøttern. 
+Det er tørke. Ellens øjne kan ikke tåle det tørre vejr. 
+Det er godt, at Astrid stadig har det godt og kan gå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2hZB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg
+Rolfsvej 17⁴
+København
+[På kuvertens bagside: Poststempler]
+[I brevet:]
+Kjerteminde d: 16/6 – 17
+Kære Astrid!
+Du skal ikke gaae og ængste Dig for Johanne, det er, som jeg vist skrev, en lille Svaghed, som er meget almindelig; det er nok Livmoderen, der af og til vil falde ned. Minna blev opereret for det samme og mærkelig nok kom det paa dem begge ved at dandse. J. ængster sig ikke en Smule, og jeg vil betroe Dig en stor Hemmelighed, at hun glæder sig til at ligge en 3 Uger og hvile ud paa det udmærkede Hospital, som det skal være. Men sørg nu for, at det ikke kommer til Alhed eller nogen anden. Selvfølgelig er det jo ikke saadan at forstaae, at hun ikke beklager at skride fra Hus og Børn og give saa mange Penge ud, men naar det ikke kan være anderledes! Jeg forstaaer det da saa godt! Hun er ofte saa træt kan ikke taale ret meget Arbejde og desværre naar den ellers saa rare Else kan grumme lidt. Johanne vilde saa gerne have haft Pauline L. en Tid i Ferien, men nu skal Pigen have en Uges Ferie og omkring d: 20de skal hun derind. Du er da vist oppe igen til den Tid, det maa altsaa blive senest først i Juli med Dig. Hvor blev jeg dog rørt over Din Nabokone! Og Olaf! Jeg har ligefrem Lyst at skrive et Par Ord til ham for det. Det var rigtig nok voldsom elskværdigt af ham og Fru H. ikke alene gøre alt gratis ved Dine Tænder, men ogsaa gøre Dig den store Fornøjelse. I Lørdags havde vi saa en uhyre vellykket Aftenfest, Vejret og Haven vidunderlig! Alle drak Kaffen ude, dels paa Verandaen, dels paa Stole under Træet. Derefter Dands i godt 2 Timer til Grammofonen i Dagligstuen, de morede sig glimrende, alle Herrer smed Frakken. Johs Sv[ulæseligt]sen blev her om Natten og hele i Gaar; den lange 23 aarige svenske henrivende Maler kastede Glands over Festen; han er saa fin og aristokratisk i et og alt, han er her tidlig og sildig, er uhyre motiveret og klog. Elle og Grethe har megen Glæde af ham og saa lærer han paa Elle med Farver, Teknik o s v; hendes smaa Akvareller er alle meget bedre; hun har allerede over 20 til Salg; der er forlængst sendt Bud fra Madsen om at faae mange til Ferien. Lige nu kom Alhed farende herind for at faae en Taar Vand, hun var paa Vej til Fru Svendsen at [ulæseligt], kom direkte fra Bøtterns, hvor hun og Las og Patronen havde spist Frokost sammen med Muus, Kejrup og Prins Iuel; de var alle inde hos Las’s at see Drivhus og alt. I Gaar var de paa Kejrup til Middag paa Prinsen! Der var Skrive Swane med. Det har nogle Timer set vældigt ud til Torden, men desværre driver det vist over, vi trænger enormt til Regn, vander Blomster hver Aften. Elles Øjne er saa daarlige af al den Sol, Støv og hvide Veje. Det er da rart, Du stadig er saa rask og kan gaea; men Heden maa da genere Dig meget. Lev nu vel lille Putte!
+Kærlig Hilsen fra Mor.
+Skriv nu ikke til J., at Du ved noget, 
+[Skrevet på højkant mellem brevets side 2 og side 3:]
+jeg forstaar forresten ikke hvorfor.</t>
+  </si>
+  <si>
+    <t>1920-09-08</t>
+  </si>
+  <si>
+    <t>Rigsdagen</t>
+  </si>
+  <si>
+    <t>Kaptajnen -
+Åge Bolvig
+Ellen Branner
+Frits Branner
+Thora  Branner
+Ellen Brønsted
+Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Alhed Larsen
+Johanne Christine Larsen
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Leo Swane
+Hempel Syberg
+Marie Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken konflikt man har haft, hvori man ikke har opnået forsoning.
+Det kan ikke afgøres, om "Bs" er Alhed Larsen (Be) eller Ellen Brønsted (Bes).
+Marie Syberg boede til leje i hovedbygningen til det nedlagte gartneri Valdal, mens hun stadig arbejdede i Rigsdagen. Da hun blev pensioneret, flyttede hun til Kerteminde for at bo sammen med sin mand, Fritz Syberg. 
+Den slags konfirmation, som Astrid skriver om, må være Inas bar mitzvah.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg til Laura Warberg, 1920-09-08, BB2436</t>
+  </si>
+  <si>
+    <t>Det er trist, at man ikke er blevet forsonet.
+Astrid har travlt i Rigsdagen. Hun vil ønske, at Jørgen/Buf snart finder arbejde, for de mangler penge. 
+Astrid har fået en have. 
+Charlotte Louise har været på besøg. Astrid har byttet nogle støvler for et gasapparat. 
+Ina/Sjums og Adam har været hos Astrid nogle dage, men hun havde desværre meget travlt. 17. september bliver Inas bat mitzvah fejret hos bedstefaderen. 
+Astrid er glad for de mange gaver fra Ellen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0umT</t>
+  </si>
+  <si>
+    <t>Rigsdagen – Onsdag 8/9 – 20.
+Kære Mor! Tak for Dit lange og interessante Brev, som lå til mig i Aftes, da jeg træt – sulten og mismodig kom hjem fra Rigsdagen – via Valby efter mit lille Nus – det var meget opmuntrende at læse hvilke store Begivenheder i Kerteminde! Men tænk, jeg troede, I var reelt forsonede – jeg har da virkelig oplevet en strålende Forsoningsdag i Odense på Onkel Sybergs 75 årsdag, ikke sandt? eller var det 70 års, ja, så længe må det være siden; men så er det vel gået i Ulave igen, eller var i ikke grundig nok dengang. 
+Vi har meget at gøre i Rigsdagen – heldigvis for mig – jeg nåede da at tjene 126 Kr i Sept ["Sept" overstreget] – August – vi kom hjem den 12 – og nu for Sept er jeg oppe på 56 Kr – men det er jo lidt magert alligevel; jeg længes efter, at Buf skal få Arbejde – han kan få det hos Levison, såsnart han er færdig med Bilen – dette sidste var en stor Reparation, men så er den også bedre end en ny – og vi kan da nå at få nogle Søndagsture endnu; der kommer Kaleche på, så denn ["denn" overstreget] den kan bruges hele Vinteren, når Vejret er til det. Han har funden en Garage til den, som kun koster 30 Kr mdl (85 andre Steder!) og så vil de lade den blive her i Vinter. Hos Levison har de budt ham 100 Kr om Ugen det glæder jeg mig meget til, for det er jammerligt at skulde baxe så frygtelig med de Penge; jeg må se at få lidt mere Gang i Hjemmearbejdet; nu skal jeg have en Annonce i næste Års Telefonkatalog. 
+Haven har jeg fået, men først skulde Kaptajnen gerne præsentere mig for Familien derude, jeg vil jo helst stå mig godt med dem, ellers er det ikke behageligt at færdes lige under deres Vinduer. Er det dog ikke rimeligere, at Elle nu får Planterne fra Din Have? Redskaber kan jeg foreløbig bedre låne hos Naboens – som jeg har besøgt, de er meget flinke. Gid jeg dog fik Huset til April, men derom kan intet endnu vides.
+Jeg har været en hyggelig Aften hos Ellen Branner; hendes nye Telefon ringede, mens jeg var der, det var Åge Bolvig – jeg bad hilse – han vilde tale med mig – inviterede så Buf og mig sammen med Ellen – derud Fredag Aften. Bare der nu ikke bliver Aftenmøde den Dag.
+Så har jeg haft yndigt Besøg af den elskelige Lugge – hun og jeg har jo lidt under alle [ulæseligt]festerne i Leo Swanes Værelse; hun kom op til mig Lørdag Fm. og var i flere Timer – fortalte om Festerne, hun havde moret sig glimrende – så fulgte Nus og jeg med op og hjalp hende at pakke, jeg gik på Posthuset med Bs Toiletter o s v – så tog vi med hende pr Bil til Nordbanen – hun havde en vældig Bagage, som vi vogtede, mens hun fik Billet. Vi aftalte, at Nus og jeg skulde komme derud Lørdag–Søndag; det glæder vi os til. 
+Hos Tutte har vi været ofte – har købt et stort Gasapparat af hende – for et Par lange Vandstøvler med lave Hæle fra min Malmøtid – lige til Frits. Jeg får så også noget Frugt, da de fandt Støvlerne for flotte for Gasapparatet.
+I forrige uge – 27 Aug – havde vi Aftenmøde deroppe - vi blev først færdig Kl 2 Nat – havde rekvireret Buf derop til at følge os hjem. Så travede vi først til Valdal med Fru S – så hjem til Rolfsvej – da var Kl ½ 4 - men så fik jeg da også 24 kr for den Dag. Sjums og Adam var her netop – det var jo både heldigt og uheldigt. Kedeligt at jeg havde så meget Arbejde de få Dage, de var her; så dem kun Morgen og Aften. Men Nus var ovenud lyksalig – og de for hende. Sjums skal herover den 17 Sept. om Eftermd. – Fest om Aftenen hos Bedstefaren; (Dir. S. Goldschmidt, Lille Strandstræde 22) hvis Du vil sende hende et Kort, det er jo en Slags Konfirmation. Dagen efter kommer hun til mig – mente hun da sikkert – så er jeg da fri for Rigsdagen, men så kommer vel S[ulæseligt], som jeg venter hver Dag.
+Vil Du ikke sige til Elle, at jeg vèd slet ikke, hvordan vi har klaret os, inden vi fik alle hendes Gaver! – Kanden bruger vi hver Morgen til Kakao - Kagefadet både Morgen og Aften og Eftermd – og Dugen altid til en Kop Aftenthe, når vi har gæster – så det var rigtignok kærkomne Sager! Du må også lykønske hende til Husejerværdigheden – hvor er det dejligt for hende, den kære, tapre Elle. Vil Du også hilse Junge, som jeg skriver til engang, så snart det lysner lidt, men det kan jeg ikke sige just endnu. Det er en Prøvelsens Tid.
+Men Gudskelov for det lille Nus – hun er det allerkæreste lille Væsen, man kan tænke sig; man bør ikke fortvivle med sådan èn.
+Mange Hilsner fra Din A.</t>
+  </si>
+  <si>
+    <t>1921-04-29</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Lemvig</t>
+  </si>
+  <si>
+    <t>Thyra Larsen
+Thøger  Larsen</t>
+  </si>
+  <si>
+    <t>Ellen har skrevet brevet i søsteren Astrids lejlighed i København, men sendt det fra Kerteminde.
+Det engelske citat stammer fra Shakespeares sonet nr. 29, "No fear".
+Ellen Sawyer og Thøger Larsen havde muligvis et forhold.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1765</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Thøger Larsen fik en rejse, men ærgerligt at han ikke er hjemme, mens Astrid er på besøg. Ellen vil komme til Lemvig 14 dage senere, og Astrid må spørge, om Thøger L. da er hjemme. 
+Astrids cykel punkterede fire gange dagen før, og hun fik ikke noget mad, men hun har så meget solskin i sit hjerte, at det intet betød. Ellen beder om, at Astrid brænder brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xZQz</t>
+  </si>
+  <si>
+    <t>[Kuvertens forside:]
+Fru Astrid Warberg
+adr) Hr. Redaktør Thøger Larsen
+Lemvig
+Jylland
+[På kuvertens bagside:]
+Rolfsvej 17 5s. Kbh
+[I brevet:]
+Kære lille Disser
+Du skal have et Feriebrev til fra mig. Jeg er alligevel hele Tiden med jer i Tankerne deroppe. Det er herligt, at I har sådan et dejligt Vejr, men på den anden Side, hvad kan det nytte, naar han ikke er hjemme. Jo, du kan tro jeg har glædet mig over, at han fik den Rejse og kommer ud i Luften og Solen og kan le og more sig sammen med sine Gefreiter, - men det er nu kedeligt, at det netop er mens du er der. I kan sikkert glimrende sammen og jeg er glad over, at I har funden hinanden. – Naturligvis tænkte jeg på, at han vilde sætte Pris på Silkestrømperne. – 1000 Tak for dine Breve. Jeg har læst dem Masser af Gange og kan dem udenad. – Ja, du har Ret I alt hvad du skriver idag. Sig – nej – sig ingenting. Det behøves ikke. – Men Disser, om alt gaar vel, er jeg der selv idag om 14 Dage. Måske rejser jeg om Natten, - Onsdag Nat Klk 12 fra Odense, så vilde jeg være der Klk 1 Torsdag Middag. Jeg kommer hjem fra Elever ved 8-9 Tiden Onsdag Aften [”Onsdag Aften” indsat over linjen] og dersom Vejr og Vind er gunstige kunde jeg cycle til Odense. Men jeg skriver det ikke til Thyra for at hun ikke skal have Ulejlighed med Middagsmad – og jeg kan jo ikke sige det helt bestemt før jeg ser hvordan Vejret er. Jeg kan gå hen på Afholdshotellet og spise. Men se, i al Fortrolighed at få at vide af Thøger om han er væk den Dag, for det var jo flovt at rejse hele Natten og så komme og der ingen var hjemme. Hvis han er hjemme behøver han ikke at lade mig noget vide. Bed ham om denne ene Gang være Diplomat, - det er jo kun af Hensynsfuldhed. Kommer han ikke hjem før du rejser (hvad jeg da haaber), så gør ikke noget ved dette. I gør vel rent i hans Kontor, mens han er væk. Det må være morsomt at gaa og ordne med hans Sager. Er det ikke henrivende?
+Igaar, da jeg var på Elevtogt punkterede min Cycle 4 Gange. Jeg vandrede fra den ene Cyclesmed til den anden og kom hjem med flad Ring Klk 11. Ingen Mad fra Klk 12 Middag og her var lukket og slukket så jeg kunde heller ingen Aftensmad få. Men Dis, - ikke et Sekund var jeg utålmodig eller ked af det – sådant et Solskin har jeg i mit Hjærte, at jeg slet ikke kan mærke sådanne Småting. Når Verden gaar mig imod ”then haply I think on thee, and then my state like to the lark at break of day from sullen earth sings hymns at heaven gate” Gud give jeg kunde øse ud af Lykke og Solskin så den jeg skinnede på ikke vidste om han var i denne el. i den anden Verden. Jeg vilde ønske jeg var 100 Gange mere værd end jeg er, så jeg kunde være noget Disser, - du må og skal brænde det Brev. Du kan nok nå at skrive et lille Brev til Lørdag Aften, så jeg kan vide om Ærendet er udført og om du har brændt dette. Jeg tænker på jer hele Tiden og er mere der end her Hils dem! Hvor er de søde mod dig. Din E</t>
+  </si>
+  <si>
+    <t>1922-04-20</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Ellen Branner
+Thora  Branner
+- Gad, Frøken
+- Grandjean
+- Hartmann, frk. 
+- Jahn, stenografilærer
+Inga -, Malmø
+Astrid Møller
+Janna Schou
+Jørgen Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt arbejdede i forsikringsselskabet Rossia. 
+De rystende tilstande handler formodentlig om, at Adolph/Agraren Larsen, som var gift med Johanne/Junge, var alkoholiker. Flere familiemedlemmer forsøgte i perioder at få Johanne til at forlade ham for en periode, så han kunne indse, at han skulle afvænnes.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2490</t>
+  </si>
+  <si>
+    <t>Det er skrækkeligt for Johanne/Junge, men hun holder jo af ham. Han accepterer vel ikke, at hun får en bestyrer, mens han tager noget skovarbejde. 
+Astrid har lavet et katalog for Christine Swane og fået et billede for det. Hun har også renskrevet for en arkitekt - hun snød sig til at gøre det i arbejdstiden. Og Astrid skal oversætte en tekst fra svensk til dansk. 
+Omkring 1. juli tager Astrid til Harzen med en kollega. Jørgen/Buf Schou tager imens datteren med til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4B2d</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Kærbyhus
+Kerteminde
+Fyen.
+[Fortrykt på hovedet på kuvertens bagside:]
+Reinsurance Company ”Rossia”. 
+Bornholmsgade 8. Copenhagen K. 
+[Håndskrevet:]
+afs. A Warberg
+Rolfsvej 17, 4
+F.
+[Poststempel]
+[Maskinskrevet i brevet:]
+Rossia, den 20. April. 1922.
+Kæreste Mor!
+Tak for dit sidste Brev. Det er rigtignok rystende Tilstande at høre om – hvor er det dog skrækkeligt altsammen. Og saa bestaar jo Ulykken til syvende og sidst deri, at Junge bliver ved at holde af ham – ellers var Sagen jo langt mindre kompliceret. Men der er jo i Virkeligheden ikke noget at stille op med – for det maa man bøje sig. Ja, Livet er sandelig fuldt af Urimeligheder. Gid dog Junge paa en eller anden Maade kunde komme ud af det altsammen – men han går vel aldrig ind paa, at hun faar en Bestyrer, mens han gaar paa Skovarbejde – det er jo ogsaa haarde Konditioner for en Mand at gaa ind paa, jeg kan slet ikke tænke mig, at han gør det. Jeg er meget spændt paa at høre, hvad det bliver til med det alt sammen. Det er frygteligt for mig at høre, at Junge blev forskrækket, da mit Brev kom, og troede, at jeg vilde bebyrde hende med mine Sorger, nej, jeg plejer ikke at plage andre med mine Genvordigheder, jeg ved saa godt, at ingen i Verden kan hjælpe mig, og jeg synes da heller ikke, at jeg plejer at give noget saadant Udtryk i mine Breve. 
+Jeg har for Resten haft et Par smaa Lyspunkter i den senere Tid m.H.t. Ekstrafortjeneste. Først var der jo det Katalog, jeg lavede for Uglen, og for hvilket jeg fik det store dejlige Billede, som jeg hver Dag glæder mig saadan over. Saa fik jeg lige efter Paaske et Arbejde for en Architekt (efter Telefonen) paa 10 Kr., jeg har jo lejet min Maskine ud, men jeg tog dristigt Arbejdet alligevel, haabende paa, at jeg fik Tid at skrive det heroppe – og virkelig, den første Dag efter Paaskeferien var her absolut intet - og det lykkedes mig at skrive hele Arbejdet – 10 Foliosider - uden at nogen mærkede det - og saa var de 10 Kroner tjent – og blev henlagt til det lille Gilde, som jeg agter at holde paa næste Fredag. Gæsterne bliver: Uglen, Tutte, Frøken Gad, evtl. Margrethe Benzon, Fru Grandjean, Trisse, Frk. Hartmann (de tre sidste her fra Kontoret evt. Ellen Kramer [”evt Ellen Kamer” håndskrevet]
+Saa fik jeg i Dag fra en fra en af Damerne heroppe, som jeg har anbefalet til Stenografundervisning hos Hr. Jahn, min tidligere Stenograflærer, en Anmodning om at ringe til ham, da han gerne vilde have mig til at besørge en svensk Oversættelse – jeg tager den frejdigt, skønt jeg paa ingen Maade kan oversætte fra Dansk til Svensk – men jeg vil ty til Ingas Assistance – ved fælles Hjælp maa det vel kunde lade sig gøre – og jeg vil gøre alt for at forbedre min Økonomi, for - - - - 
+for tænk dig, jeg har nu næsten slaaet fast, at jeg i min 14 Dages Sommerferie rejser ned til Harzen – lokket af en Annonce i Politiken saalydende: 
+”I en højtliggende Fremmedpension i Wernigerode Harz kan modtages Gæster
+”paa kortere og længere tid. Herlig Luft, god Forplejning garanteres. Pris fra 
+”2-3 Kr. pr. Dag. Refr. faas ved Henvendelse til Lindegaard, Dyrehaven, Nyborg.”
+Vabehar? Lyder der ikke godt? Jeg har straks skreven til Nyborg efter nærmere Oplysninger og saa har Frøken Hartmann (fra Bogholderiet) bestemt os til at følges ad derned, hun er en rigtig sød Pige, i hvert Fald et dannet Menneske – og alene var det jo ikke så sjov at rejse. Jeg ringede først til Tutte om hun ikke vilde med – for det var jo ikke saa lidt sjovere at rejse med en af Søstrene, men hun mente ikke at ville ofte det på sig selv. Jeg har jo mit Gratiale – mere end 200 Kr. kan jeg ikke præstere, men for den Sum maa det jo ogsaa nemt kunne gøres, naar man rejser direkte derned og bliver paa eet Sted for en saa billig Pension. Vi studerer Landkortet i alle Pavser og er opfyldt af Rejselængsel – det ligger lige ved Brocken, hvortil vi maa kunne spadsere. Vi tager vistnok afsted den 1ste Juli. Saa tager Buf Nusset til Kerteminde i de 14 Dage – saa maa de fejre hendes Fødselsdag derovre, den 3die Juli. Det er lidt hårdt ikke at skulle have hende i Ferien, men jeg tror hun vil nyde godt af senere, at jeg forsøger at komme lidt i Orden.
+Ja, nu nærmer Klokken sig Gudskelov 5, saa er vi færdig med Slaveriet for i Dag, saa skal jeg hjem til et lille bedaarende Nus, det glæder jeg mig hver Dag til.
+[Det følgende håndskrevet:] Mange Hilsner til Dig og Jer alle fra Din A.
+p.s. Desværre tør jeg ikke tænke på at rejse til St. Jørgens Festen – alle Penge må spares nu!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -626,51 +626,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -713,358 +713,358 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
-        <v>18</v>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="I3" s="5"/>
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>29</v>
+      </c>
       <c r="J3" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G5" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>40</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>76</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>77</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>79</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>