--- v0 (2025-11-10)
+++ v1 (2026-02-08)
@@ -3,101 +3,164 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="50" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1915-12-23</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København
+5.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Jørgen Schou</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3827</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ønsker en god jul. Astrid/Dis har været trofast. Alhed sender en "snotklud".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Uwm</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Astrid Warberg-Goldschmidt
+Rolfsvej 14 5
+København
+V [bogstavet overstreget]
+F_
+[I brevet:]
+Kære lille Bein!
+Tak for Dine Kort! Gid Du nu maa faa en god Jul ovenpaa alt det. Du har rigtignok været tro til at passe det hele! - Kan Du bruge medf. lille Snotklud. 1000 Hilsener fra os alle. Hils ogsaa Buf.
+Din Be
+Lillejuleaften 1915</t>
+  </si>
+  <si>
+    <t>København
+5</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred Goldschmidt, omkring 1915, da hun var blevet kæreste med Gørgen/Buf Schou.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3826</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CGlF</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Astrid Warberg-Goldschmidt
+Rolfsvej 15 5
+København
+V [bogstavet overstreget] F
+[I brevet:]
+Kæreste lille Bein!
+Tak for alle Dine Kort! Gid Du nu maa faa en god Jul ovenpaa alt det. Du har rigtignok været tro til at passe det hele! - Kan Du bruge medf. lille Snotklud. 1000 Hilsener fra os alle. Hils ogsaa Buf.
+Din Be
+Lillejuleaften 1915</t>
+  </si>
+  <si>
     <t>1916-03-15</t>
-  </si>
-[...7 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Rolsvej 14 København</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Johannes Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2219</t>
   </si>
   <si>
     <t>Alhed blev glad, da hun fik Astrids brev. Astrid må være forsigtig efter aborten. Alhed sender 30 kr. til noget styrkende. 
 Adolph/Agraren har drukket igen. Nu melder man ham ind i en afholdsforening. Hvis det ikke hjælper, må han umyndiggøres.
 Dagen i forvejen følte Alhed, at en byrde blev taget af hendes skuldre, og hun begyndte på et billede.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7B8</t>
   </si>
   <si>
     <t>[På kuvertens forside er skrevet]
@@ -162,53 +225,50 @@
     <t>Laura Warberg har været helt lammet over Astrids skrækkelige affære.
 Christine og Elisabeth/Putte Mackie har været på besøg. De står uden lejlighed. 
 Johanne/Junge Larsen rejser til Astrid den følgende dag. 
 Laura Warberg skal have 14 til middag i påsken. Ikke Uttenreitter, da man ikke kan lide frk. Bech.
 Laura har ligget syg i 14 dage. Anna har passet hende godt, og der har været gæster til bridge. 
 Ellen og Grethes kat er blevet kørt over.
 De fleste fryser og må spare på brændslen. 
 Johannes Larsen maler på portrætter af Hempel Syberg og Carl Kyed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WNSF</t>
   </si>
   <si>
     <t>[Håndskrevet med blæk:] Mandag 2den April
 [Håndskrevet med blyant:] 1917
 Kæreste lille Muk!
 Jeg var meget glad ved dit Brev, jeg skyldte da vist Dig forresten – som saa mange andre! – men jeg har været saa inderlig sløj, ligefrem lidt lammet over den skrækkelige Affaire med Astrid. – Hvor det er godt, at Matidien boer i København og at det har hjulpen paa hans Befindende. Jeg kan forstaae, at Lørdag og Søndag er rene Festdage for Eder alle. Hvor morsomt at høre om Ballet og de kære Ungers Dragt, jeg kan se dem for mig. I Aftes kom Christine og Putte; inden for hos mig et Øjeblik, mens Bilen holdt uden for; Toget ikke et Minut forsinket. Men tænk hvad jeg hørte, at Chr. skal flytte og ingen Lejlighed har. Godt med Eders Gæstekammer og Gæstfrihed. Johanne rejser jo ind til Astrid i Morgen tidlig, (hun vil jo ingen Steder derinde, men bede Dig og Thora see hende paa Rolfsvej. Vi skal ingen fremmede have inden 2den Paaskedag da har vi bedt ”dem alle” til tidlig Middag paa ”Suppe Kød og Kage! vi bliver 14, Las’s hele Flok og Agrarens do. Vor gode Ven Uttenreiter kan vi ikke have med, da han har Besøg af Frøken Bech, og hende lider vi ikke. Alhed vil kun have Gratulanter paa Lørdag hun er ikke saa rask i denne Tid, beder derfor ingen. Dejligt for hende at have Christine i Paasken. 
 Jeg har ligget en 14 Dage ad 2 Gange, af en ret lille Forkølelse, som min Angst for Lungebetændelse bød mig at tage alvorligt. I Gaar var jeg oppe 3 Timer, i Dag er jeg helt vel igen. Elle og Grethe græd hele Lørdag over deres lille søde fine Mis, som var vist kørt over og maatte aflives. En Opmuntring for Grethe, at hun blev budt ud til Kat’s i Odense og med dem paa en Koncert; blev hos dem til i Dag, da hun har Time og Elever derude. Det har sneet hele Formiddagen med store Fnugge; og faaer næppe godt mildt Vejr før midt i April, naaer de 40 Ridderes Tid er inde. Hvor I maa have det lunt og hyggeligt i de to Stuer; paa den Maade spares mange Mennesker; Onkel Syberg har kun Ild i en Stue, vi bruger aldeles ikke Spisestuen i Vinter; en hel Maaned sad jeg i Elles Stue hos Grethe, men til sidst blev det mig for meget med al den Musik. Elle laa en Del af Tiden, paa ["paa" overstreget] jeg laa, de havde fyret i den store indmurede en Uge, den tog Brændsel, men det var en behagelig Varme, ikke over 10 á 11_°. Anna var _mageløs rar og flink, passede mig og alt udmærket. Hendes mugne Anfald har næsten fortaget sig, og dygtig er hun. Hun faaer 18 i Løn; men til Maj vil jeg lægge 2 paa. Vi veed endnu intet om Syberg vil have nogen d. 12_te_; hidtil har han sagt Nej. Alhed er begyndt med at tage til Odense og underholde ham, mens Las maler 2 Portræter; Hr. Kyed har bestilt et til sig selv. A. siger de tegner til at blive gode, især det ene. Syberg ”sidder” udmærket og fortæller hende imens en hel Del om gamle Dage. Han er saa flink mod dem! Elle og Grethe var bedt til Brædstrup i Paasken, men har sagt Nej. E. ælter omkring paa sin Cycle i Dag og i Morgen vidt omkring.
 Stakkels lille søde Mudi skal have den slemme Omgang. Hils dem allesammen fra Bedstemor. Jeg kan tænke det er en rigtig Hviletid for Dig lille Muk; ingen Selskabelighed og tidlig i Seng. Hvor Putte er voxet! Nu Farvel. Der er ikke meget at skrive om naar man har ligget i Sengen 14 Dage. Forresten en af de 5 Dage jeg var oppe havde jeg et morsomt Bridge Parti med Alhed, Bøttern og Frøken Delcomyn. Disse kom mens jeg laa med en Masse dejlige Eranthis og Dorthealiljer. Fru Svendsen kom med Tulipaner, Johanne med en ny pragtfuld Alpeviol Jeg har faaet hængt Billeder op paa den nøgne Væg over min Seng, jeg vender Hovedgærdet, naar jeg er syg og har nu meget at se paa, bl.a. det gamle [ulæseligt ord] Maleri fra min Ungdom; Far 
 [Skrevet langs side 6 højre kant:]
 gav mig det. Kærlige Hilsener lille Muk. 
 Mor.</t>
   </si>
   <si>
     <t>1917-06-16</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>København
 4</t>
   </si>
   <si>
     <t>Else -
 Olaf Brahm
 Astrid Bøttern
 Ellen Bøttern
 Eric Bøttern
 Margaretha Bøttern
 Victor Bøttern
 Grete Hammeleff
 Grethe Jungstedt
 Kurt Jungstedt
 Pauline L
 Alhed Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Johannes Madsen
 Ellen  Sawyer
 - Svendsen, Fru
 Leo Swane
 Johannes Sørensen
@@ -387,59 +447,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M5"/>
+  <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -471,214 +531,300 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>24</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="L3" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="5" t="s">
-        <v>33</v>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" s="5" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>38</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="I5" s="5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="I6" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="M5" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>49</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
+    <hyperlink ref="M6" r:id="rId11"/>
+    <hyperlink ref="M7" r:id="rId12"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>