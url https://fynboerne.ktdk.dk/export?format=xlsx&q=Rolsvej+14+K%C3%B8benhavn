--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="72" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -327,50 +327,101 @@
 Det engelske citat stammer fra Shakespeares sonet nr. 29, "No fear".
 Ellen Sawyer og Thøger Larsen havde muligvis et forhold.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1765</t>
   </si>
   <si>
     <t>Det er dejligt, at Thøger Larsen fik en rejse, men ærgerligt at han ikke er hjemme, mens Astrid er på besøg. Ellen vil komme til Lemvig 14 dage senere, og Astrid må spørge, om Thøger L. da er hjemme. 
 Astrids cykel punkterede fire gange dagen før, og hun fik ikke noget mad, men hun har så meget solskin i sit hjerte, at det intet betød. Ellen beder om, at Astrid brænder brevet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xZQz</t>
   </si>
   <si>
     <t>[Kuvertens forside:]
 Fru Astrid Warberg
 adr) Hr. Redaktør Thøger Larsen
 Lemvig
 Jylland
 [På kuvertens bagside:]
 Rolfsvej 17 5s. Kbh
 [I brevet:]
 Kære lille Disser
 Du skal have et Feriebrev til fra mig. Jeg er alligevel hele Tiden med jer i Tankerne deroppe. Det er herligt, at I har sådan et dejligt Vejr, men på den anden Side, hvad kan det nytte, naar han ikke er hjemme. Jo, du kan tro jeg har glædet mig over, at han fik den Rejse og kommer ud i Luften og Solen og kan le og more sig sammen med sine Gefreiter, - men det er nu kedeligt, at det netop er mens du er der. I kan sikkert glimrende sammen og jeg er glad over, at I har funden hinanden. – Naturligvis tænkte jeg på, at han vilde sætte Pris på Silkestrømperne. – 1000 Tak for dine Breve. Jeg har læst dem Masser af Gange og kan dem udenad. – Ja, du har Ret I alt hvad du skriver idag. Sig – nej – sig ingenting. Det behøves ikke. – Men Disser, om alt gaar vel, er jeg der selv idag om 14 Dage. Måske rejser jeg om Natten, - Onsdag Nat Klk 12 fra Odense, så vilde jeg være der Klk 1 Torsdag Middag. Jeg kommer hjem fra Elever ved 8-9 Tiden Onsdag Aften [”Onsdag Aften” indsat over linjen] og dersom Vejr og Vind er gunstige kunde jeg cycle til Odense. Men jeg skriver det ikke til Thyra for at hun ikke skal have Ulejlighed med Middagsmad – og jeg kan jo ikke sige det helt bestemt før jeg ser hvordan Vejret er. Jeg kan gå hen på Afholdshotellet og spise. Men se, i al Fortrolighed at få at vide af Thøger om han er væk den Dag, for det var jo flovt at rejse hele Natten og så komme og der ingen var hjemme. Hvis han er hjemme behøver han ikke at lade mig noget vide. Bed ham om denne ene Gang være Diplomat, - det er jo kun af Hensynsfuldhed. Kommer han ikke hjem før du rejser (hvad jeg da haaber), så gør ikke noget ved dette. I gør vel rent i hans Kontor, mens han er væk. Det må være morsomt at gaa og ordne med hans Sager. Er det ikke henrivende?
 Igaar, da jeg var på Elevtogt punkterede min Cycle 4 Gange. Jeg vandrede fra den ene Cyclesmed til den anden og kom hjem med flad Ring Klk 11. Ingen Mad fra Klk 12 Middag og her var lukket og slukket så jeg kunde heller ingen Aftensmad få. Men Dis, - ikke et Sekund var jeg utålmodig eller ked af det – sådant et Solskin har jeg i mit Hjærte, at jeg slet ikke kan mærke sådanne Småting. Når Verden gaar mig imod ”then haply I think on thee, and then my state like to the lark at break of day from sullen earth sings hymns at heaven gate” Gud give jeg kunde øse ud af Lykke og Solskin så den jeg skinnede på ikke vidste om han var i denne el. i den anden Verden. Jeg vilde ønske jeg var 100 Gange mere værd end jeg er, så jeg kunde være noget Disser, - du må og skal brænde det Brev. Du kan nok nå at skrive et lille Brev til Lørdag Aften, så jeg kan vide om Ærendet er udført og om du har brændt dette. Jeg tænker på jer hele Tiden og er mere der end her Hils dem! Hvor er de søde mod dig. Din E</t>
+  </si>
+  <si>
+    <t>1923-01-23</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup</t>
+  </si>
+  <si>
+    <t>Ølstedgaard</t>
+  </si>
+  <si>
+    <t>København
+Rolfsvej 14</t>
+  </si>
+  <si>
+    <t>Adelheyde Syberg
+Christine Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt renskrev tilsyneladende LouiseAmstrups/Tante Visses håndskrevne erindringer og slægtshistorie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1405</t>
+  </si>
+  <si>
+    <t>Louise Amstrup/Tante Visse takker Astrid Warberg/Stiser for maskinskrivning. Louise har nu skrevet mere om sin barndom, der ikke var lykkelig. Hverken moderen eller søster Adelheide/Mimi var rare ved hende. Som voksen blev Mimi dog et udmærket menneske. Moderen var ikke børnevenlig, og hun havde et svært sind. Mimi gik aldrig i skole, men moderen læste med hende, og husjomfruen lærte hende lidt udfra sine mangelfulde kundskaber. På dette grundlag skulle Mimi fungere som lærerinde for Louise, og Mimi forlangte for meget og slog dagligt. Skolebøgerne var desuden forældede. Når Louise kom i seng, susede der trolde, slanger og hekse forbi hendes lukkede øjne. Louise hadede Mimi, men hun elskede sin far.
+Astrid må skrive, hvad hun har lagt ud for papir mm. 
+Det har været ækelt for Louise at skrive dette brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/30GW</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+25 Jan 1925 [kryds over "1925."]
+Fru Astrid Warberg
+Rolfsvej 14
+Kjøbenhavn F
+[På kuvertens bagside:]
+Afs Amstrup Ølstedgaard Staaby
+Du kunde gerne sige mig Tak for den flotte Julegave jeg sendte dig i Tanken kærlig Hilsen Niels
+[I brevet:]
+Kd. 23 - 1 23
+Kære Stiser!
+Nu endelig, dages det da med mig, jeg bliver magelig paa mine gl. Dage. Tak for den venlige Julehilsen der midt i at min Travlhed til mig og for din fine Opmærksomhed med at maskinskrive mit lille, i høj Grad mangelfulde Vers; man burde aldrig begive sig ud paa Diletantismens farlige Veje. Nu har jeg saa igen da faaet et Par Ark malet op og er saa da endelig kommen bort fra [ulæseligt] og hvad dertil hører og saa skrider jeg til at fortælle om Ensomhed og det er maaske sidste Afsnit. [Ulæseligt] vil se, men - ja her ligger den egentlige Grund hvorfor jeg altid har nægtet at skrive, - min Barndom var ikke lykkelig, Moder og Mimi var ikke gode imod mig, for ikke at sige det modsatte. Jeg vilde nødigt sige noget der kunde kaste en Skygge over Moder - hun var dog min Moder og alligevel et retsindigt og godt Menneske - og Mimi, der udviklede sig til at blive det elskelige og udmærkede Menneske som vi alle saa op til, hun var jo, da jeg blev ene, som en Moder for mig! Moder havde et i høj Grad utilgængeligt Sind, hendes Speciale var at skænde, det kunde hun da blive ved med og Mini slog - hver Dag - ingen af dem var det man kalder Børneven og ingen af dem gjorde sig den Ulejlighed at sætte sig ind i hvordan et saa kraftigt og livligt Pigebarn, som jeg var, skulde omgaaes. Mimi har aldrig havt det man kalder Skolegang, Fader læste lidt med hende om Aftnen og om Eftermiddagen skulde Husjomfruen saa fodre paa at bibringe hende nogle af sine højst mangelfulde Kundskaber, saa jeg formoder hun selv har arbejdet sig frem til det hun kunde. Og paa dette Grundlag blev hun min Lærerinde uden Begreb om hvad man kunde forlange af et Barn, hun forlangte langt mere end jeg kunde overkomme og hver Aften naar jeg kom i Seng, saa suste det forbi mine lukkede Øjne med Trolde, Slanger og Hekse, ja at jeg holdt til det! jeg vilde gerne lære og var alt andet end doven. Aldrig et venligt eller opmuntrende Ord, men Slag i Slag. Jeg hadede hende derfor så intensivt, som det var muligt for et Barn at hade. Stine Niels Morten der en Gang i de senere Aar spurgt mig om det var sandt, at jeg fik saa mange Bank, en af hendes Piger der havde tjent hjemme som Stuepige, havde fortalt hvor slemt det havde været for hende at være Vidne dertil. 
+Ja saadan var min Barndom, hvordan kan jeg komme uden om alt det? Forholdet mellem Moder og mig blev aldrig godt, men det var min Skyld, for jeg var bleven haard og en styg en rigtig Egoist. Fader derimod elskede jeg. Og saa de forældede Skolebøger der blev brugt. Sikken Danmarkshistorie, som jo slet ikke er ["er" indsat over linjen] for Børn og en Regnebog med Penning, som jo forlængst var gaaet af Brug - o.s.f. Dette er jo ellers noget jeg nødigt kommer ind paa, man maa helst lade de mørke Stunder ligge saa langt tilbage i Erindringen, som vel muligt, men udslettes kan de jo ikke. Men, lille Stiser, du har brugt med Papir o.a. til de smaa Hefter, du maa sige mig hvad du lægger ud, som kan betales med Frimærker. 
+[Indsat side 3 i venstee marge; lodret:] Apostrofferne over e maa du ikke forandre, det er aldeles korrect è é
+[Indsat s. 1; øverst; på tværs:] Naa Stiser, dette var rigtig et ækelt Brev at skrive og ikke lysteligt for dig, at læse - men det var en Redegørelse der maatte med.
+Godt Nytaar Stiser vi er ikke ude ["ude" indsat over linjen] af den første Maaned endnu. Tante Visse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -447,59 +498,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0Uwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CGlF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/30GW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M7"/>
+  <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -778,53 +829,97 @@
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>61</v>
       </c>
     </row>
+    <row r="8">
+      <c r="A8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
+    <hyperlink ref="M8" r:id="rId13"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>