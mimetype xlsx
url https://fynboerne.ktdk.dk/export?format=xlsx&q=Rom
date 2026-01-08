--- v0 (2025-11-18)
+++ v1 (2026-01-08)
@@ -3,1965 +3,601 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1680" uniqueCount="1075" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1705" uniqueCount="1093" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1929-06-18</t>
+    <t>1886-03-16</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Johan Larsen</t>
-[...95 lines deleted...]
-Peter Andreas Larsen
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>4000 Roskilde
+Revninge 5300 Kerteminde
+5466 Asperup
+Levring 8620 Kjellerup
+Scheelenborg 5390 Martofte
+5000 Odense</t>
+  </si>
+  <si>
+    <t>Anna 3 -
+Holger Begtrup
+Frederik  Bruun
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Niels Henriksen Kerteminde
+Erik  Jensen
+Jeppe Andreas Larsen
 Vilhelm Larsen
-Bendt Rom
-[...669 lines deleted...]
-Cand. Polyt., Fabriksingeniør
--------------
-Telefon Nr. 74
-[...3 lines deleted...]
-Kerteminde.
---------------------
-Vi ser hver Dag paa de 2 Billeder, men har Vanskelighed ved at
-[...62 lines deleted...]
-Din Pap[ulæseligt].</t>
+- Lassen
+Clara Lindberg
+Morten Pontoppidan
+Alma Wandahl
+William Wandahl</t>
+  </si>
+  <si>
+    <t>Familien Larsen er medlem af valgmenighedskirken i Kerteminde.
+Dykkere er ænder.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Der er uorden i Johannes Larsens snavsede flipper. Man venter spændt på resultatet af Christian Eckardts auktion. Den gamle valgmenighedspræst i Kerteminde er død, og det er vanskeligt at finde en ny.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nvKp</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst]
+J. A. Larsen
+Kjerteminde. den 16. Marst 1886
+Kjæreste Johannes!
+Mandagmorgen fik jeg Pakken, tog straks fat paa Trøjen vaskede den og idag er den hos Skræderen for at blive kantet og præsset den skal nok blive pæn min Ven hermed følger saa Mærker, Slips, Sæbe og om her ingen Penge bliver at faa saa vil jeg putte 1 Kr jeg har i Lommen paa Trøjen der hvor Mærkerne ere fæstede paa du modtog vel i Søndags Benklæderne Strømperne og 10 Kr som Du skulde bruge til Skolepenge
+Flipperne begriber jeg ikke du fik 11 med Dig og her er kun 4 af Linnigerne, de 2 andre ere jo fremmede Menneskers hvor faar du dem fra Johannes nu vasker vi dem og gjør saa Rede for at give dem til Ejeren, min Ven vi skal vaske imorgen og skal om alting gaar som vi tænker afsende Pakken med det rene Tøj Fredagmorgen; Vejret er ellers slemt i dag ingen Kjøbenshavnspost i dag Togene sidde vist fast i Nærheden af Roskilde vi vente med Længsel for at see Udfaldet af Eckardts Auktion, Billederne stod saa godt omtalt baade i Politikken og Nationaltidende, vor Herre forbarme sig dog over ham den flittige Mand, at der maa komme nogen ordentlig Indtægt ind for nu kan Fader ikke blive ved i disse daarlige Tider for Handelsmanden imorgen er det Valdemars Fødselsdag og Fredag er det Alfreds tænk dog han er 20 Aar og er ikke kommen i nogen Stilling endnu, det er ogsaa tungt at der ikke er bleven en Plads for ham havde han dog blot havt Lyst til Søen saa kunde han jo godt have gaaet ind efter og derved tjent Overskud men raade dem noget vilde vi ikke for det maa jo dog komme fra ham selv hvad han afgjort har Lyst til hvor det er godt at Valdemar er saa fornøjet med sin Gjerning og tilfreds hos de Mennesker han er hos.
+Der kommer ingen af os til Revninge for at høre Begtrup jo Henriksen og han hørte at Folk spurgte om han ikke vilde være Præst men Svaret lød nej dertil føler jeg ingen Kald, idag prædiker her en Pastor Lassen fra Asperup og mulig kommer her i næste Uge en Pastor Brun fra Levring som seer ogsaa er paa Listen, rigtignok er her Ængstelse, for hans Gjæld er 11,000, og det er Menigheden bange for, her bliver vist et uroligt Møde for her er nu saa mange Partier der har en Candidat, skade at vi ikke fik Pontoppidan for der var omtrent Alle enige, men vor Herre har vel nok en til os, [tilføjet i margen] Onsdag
+for Fru Lindbergs Vedkommende er det jo godt for hun faar da Ro til at gaa ud af Hjemmet hun er en lille stærk Kvinde, vil ikke holde fast Pige – nu 1 Marts rejste Marie Hansen og saa har hun en lille Bypige – i Sommer skal hun saa blive her i Byen, deres Huslærer Erik Jensen har meldt sig som Stifter af en Skole, om han faar tilstrækkelig Antal jeg vilde ønske det for han er bestemt en dygtig Mand Sløjdskole vil han ogsaa have
+Din Trøje er rigtignok ikke kommen endnu; men om lidt naar Anna faar fejet skal jeg have hende derhen igaar fik vi ingen Kjøbenhavns Post vi blev ved at vente i Aftes om der ikke skulde komme en ridende Post.
+Nu kan Du tro her seer ud som Vinter de kan gaa til Romsø og Isen er over 1 Alen tyk ved Langeland skal der være høje Isbjerge det var interessant see dem
+Vilhelm var med Fader paa Scelenborg i Søndags og saa der Vildænder de havde fanget med Hænderne saa forsultne og udmattede var de; men nu var de blevne plejede og befandt sig overmaade vel; mange Bønder havde gjort lignende Fangst, naturligvis spist dem [overstreget]igje
+Vi fik igaar til Middag smaa Dykkere de smagte dejligt ja hvor har vi det godt lille Barn tak dog Gud Fader og bed af hele dit Hjærtes Godhed den Bøn giv os idag vort daglige Brød saa beder Du for alle fattige Stakler, jeg skal fortælle Dig et lille Træk af Nøden i Odense
+Fragtmand sagde det til Fader igaar, der er en Brygger Jørgensen som havde lagt mærke til et Barn der daglig kom efter et Fad Mask og da han spurgte hvad de brugte det til vilde Barnet ikke svare ham, han gik da en Dag bagefter for at se selv og da han kom ind sad de og spiste af Fadet, hvilken en Nød kjære Barn, Manden sagde til Forklaring jeg kan ikke sende mine Børn ud at tigge og vi ejer intet, Jørgensen gav dem 10 K og lovede at have Omsorg for Hjælp til dem – ja det er noget der kan blødgjøre et Hjerte, vi se i de mindre Byer dog bedre hvor Trangen er - Fader er saa glad i Aar ved Bespisningen der faar 150 Mad 3 Gange ugentlig og den private Godgjører er virksom i Vinter
+Her skal jo nu spilles af Dilletanter naar Vandal kommer og lige før Paaske igjen da skal Margrethe spille med Du faar kjøbe dig en amerikansk Flip min Ven Pigen sagde ikke til igaar at hun var uheldig med Tøjet saa nu maa vi sende dem med næste Post – nu er Klokken saa mange at jeg maa stoppe men saa skal jeg skrive igjen imorgen
+Lev vel nu min egen Ven og Gud glæde Dig alle Dage
+Din trofaste Moder
+glem nu ikke at see Lommerne efter det ene Slips er til daglig og det andet kun til Søndag
+Kjære Johannes,
+Du glemte igjen hvad jeg Skrev til Dig om at sende mig den Dukkelampe naar du sender Dit Snavsetøj, men glem det nu ikke igjen for jeg vil saa gjærne have den til at sætte i min Dukkestue det vil Du nok ikke sandt. Kjærlig hilsen fra Din Søster Christine</t>
   </si>
   <si>
     <t>1888-03-17</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Esbjerg Havn
 England 
 Måle Strand
 Romsø</t>
   </si>
   <si>
     <t>Mads Andersen
 Anders Jensen
 Laurits Kristiansen
 Georg Larsen
 Jeppe Andreas Larsen
 Niels Mollerup
 - Nordskov
 - Olsen
 Rasmus Petersen, Gartner
 Christine Swane</t>
   </si>
   <si>
-    <t>Det Kongelige Bibliotek</t>
-[...1 lines deleted...]
-  <si>
     <t>En ven, Rasmus Petersen, er rejst til England. Romsøboere er gået over isen med 400 vildænder. Johannes Larsens far har været syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NmU1</t>
   </si>
   <si>
     <t>Kjerteminde den 17 Marts 1888
 Min kjære Johannes!
 Hvor vi dog længes efter at høre fra Dig jeg er urolig for dig i al denne Kulde og saa denne afskaarne Tilstand fra Omverdenen idag kom her endelig en Kjøbenhavner Post som vi skulle have havt i Torsdags ligedan her paa Fyen fyger alle Veje til og standser al Samfærdsel fra Landet kom her ingen ind i de Dage som vel var for din Fader har ligget til Sengs i 4 Dage en stærk Forkjølelse han fik i Søndags gav ham saa meget Gigt men han vilde ingen Læge have og saa hjalp vor Herre at vi have ham paa Benene igjen jeg har min Nød med at holde ham inde af Gaarden og Haven her er en rigelig Indtægt af Vildt, Romsøboerne gik over Isen til Maale i dag og fik Anders Jensen til at kjøre dem herind med deres, 400, Vildænder hvad synes Du
 Rasmus Petersen var her for at sige Farvel idag afrejser han fra Esbjerg til England faa Dage før han rejste fik han Brev fra en Bekjendt at der var meget lidt Arbejde at faa; men Rasmus var ikke forknyt nu kommer Foraaret og saa er det bedst at blive paa Pladsen saa jeg vil holde mig ganske i Ro derovre indtil til der bliver noget, hils nu Johannes at naar jeg faar noget at skrive om saa faar han Brev fra England.
 Måtte der dog komme Brev fra dig imorgen og gid Vejene dog maa blive saa ryddelige at dette kan komme til Dig i den ønskede Time.
 Penge kan jeg ingen sende dem vi har ventet saa bestemt i denne Uge kom heller ikke saa jeg haaber at du kan faa nogle hos Mollerup.
 Saasnart det dog bliver nogenlunde med Vejene saa kommer der vel Udvej hvem havde dog heller tænkt paa en saadan Vinter Isbaadfart henad Paaske jeg bliver tidt lidt [ord mangler] vel fordi jeg har lovet Dine [ulæseligt ord] blide Dage i Marts det er mig jo umuligt nu at holde Ord for der har kun været 2½ Dag som kunde regnes for blide saa det seer net ud for mig
 Georg har vel fortalt at han skjød 2 Vildænder i Søndags og mange flere havde han kunnet skyde om han ikke havde været saa hidsig – ja Nordskov han skyder i denne tid mange Dage 10-12 men i Compagni med Laurits Kristiansen – PostOlsen og Mads Andersen kunde mer have tilsat Livet de stod paa Isen – Olsen længst fremme og da han lige skulde skyde hørte han et Plump og vendte sig straks, men saa ikke sin Ledsager da gik nærmere kom endelig en Arm op med Bøssen som han smed hen ad Isen – Olsen rakte ham sin Bøssekolbe og trak ham iland paa Isen tænk dig nu begge Bøsser med med spændt Hane – hvor Gud dog er mageløs god at De beholdt Livet jeg haaber saadan et Øjeblik berører dem saa de aldrig glemmer det. Vi har i denne Kulde lavet et Hjem til Graagaasen inde hos en Vædder i Loen hvor der er Avner der har den sit Huus og befinder sig vel kan du være sikker paa
 Hils dine Omgivelser at du snart skriver haaber jeg mine egen kjære Søn som jeg ønsker alt muligt godt for. Din længselsfulde Moder</t>
   </si>
   <si>
-    <t>1938-11-18</t>
-[...2 lines deleted...]
-    <t>- Gedde
+    <t>1888-04-17</t>
+  </si>
+  <si>
+    <t>Romsø</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
 Adolph Larsen
-Andreas Larsen
-[...105 lines deleted...]
-Adolph Larsen
+Augusta  Larsen
+Georg Larsen
+Jacob Larsen
+Laurits  Larsen
+Vilhelm Larsen
+Clara Lindberg
+Niels Mollerup
+Arent Roed</t>
+  </si>
+  <si>
+    <t>"Saxo", København, NPRF, dampskib.1866 Bygget på Burmaister &amp;amp; Wain, Kbh. Bygget til fart Kbh - provinsen. 1885 hjemsted Kolding. 1906 Ophugget, slettet af register (arkiv.dk)
+"Addy" er et af IA Larsens sejlskibe.
+Charpi = linnedtrevler til sårforbinding (Den Store Danske)
+Det er usikkert hvilken Becher, der er tale om.</t>
+  </si>
+  <si>
+    <t>Der er tyk is ved Kerteminde, og "Addy" måtte vende om. Laurits Larsen (fætter) har endnu ikke fået en læreplads. Den grå and har lagt sig på æg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bIR9</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17 1888
+Kjæreste Johannes!
+Tak for dit Brev, Skoene kom straks til Skomageren jeg venter dem i morgen
+vi ventede Brev fra dig i flere Dage derfor skrev jeg ikke i Søndags vi fik først dit Brev iaftes Mandag, det var dog en forfærdelig Tid, havde du godt Rejseselskab? Her ere vi alle raske Farmor er oppe hele Dagen – og befinder sig vel, igaar var hun 83 Aar – alle Børnene vare henne at lykønske [papir mangler] her var ogsaa Brev fra Augus[ta] [papir mangler] Jakob Larsen som har solgt [papir mangler] lejet sig en Lejlighed i Nørr[papir mangler] i Sommer og vil da see sig [papir mangler] noget for leve stille kan [papir mangler] vi skrev efter ham maaske [papir mangler] nu kommer herover Laurits Lars[papir mangler] endnu ingen Plads [papir mangler] [isen] ligger her endnu somme Dage med en stor Rende andre tæt lukket forleden Aften brød Dampskibet ”Saxo” igjennem, vi kunde høre Isen knage fra Landevejen, men den lukkede sig straks igaar kom Faer ind og meldte ”Addy” gaar heruden for i en Fart kom vi ned men den maatte kjønt vende om og gaa nordpaa igjen nu veed vi ikke hvor den ligger maaske ved Romsø hver Morgen tænker vi mon dog ikke Isen er borte nej det samme Syn møder os
+lille Stranden er aaben og der boltrer Ænderne [papir mangler] du tro Graagaasen har ikke været [papir mangler] i flere Dage, dog holder den sig [papir mangler] til Flokken igaar kom Drengene hjem [papir mangler] len og fodrede den med Hvedebrød [papir mangler] den var slet ikke sulten der maa være [papir mangler] Næring hvor var den dog smuk [papir mangler] har den ogsaa gjort Besøg, den graa And lagde sig paa Æg i Søndags saa de andre vil vel snart følge efter 
+Adolph har faaet Lov at kjøbe [papir mangler] en Hane hos Slagter Rod, [papir mangler]
+kommer den allestørste Glæde for hver
+Kanariehunnen har begyndt at bygge Rede oppe hos Fuglene nu er der lagt Chapi og Straa op saa der bliver en farlig Komers med Drengene om den nu parrer sig med en Stillids
+Plankeværket pyntede meget paa Haven nu skal Becker hjælpe mig med at ordne det vigtigste kommer nu Solen saa skal Foraaret snart sejre jeg troer den Kulde her er komme ind fra Isen.
+Johannes du gjorde [papir mangler] glad med den Meddelse a[papir mangler] er flittig ja hold dog ud [papir mangler] Barn den Tid du er der[ovre] [for]tæl mig nu i tide hvorlænge [du ] bliver om Skolen holder op til Maj jeg sender en Pose med Skoene og [papir mangler] dig da at sende alt dit snavsede [papir mangler] ligestraks da vi skal vadske først i næste Uge – og lad mig saa høre hvad vi skal sende Dig af Tøj
+Nu kom her Fremmede saa kun Lev vel og Gud bevare dig og styrke dig til din Gjerning
+hils Alle husk det er Mollerup Fødselsdag den 20 April og gaa nu ud at besøge Fru Lindberg inden du rejser herhjem – Din trofaste Moder
+hils Alle</t>
+  </si>
+  <si>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Sigrid Storråde
+Olav Tryggvason</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-5: Rimbrev til "den grønne Pære". Skribenter: Peer og Poul
+S. 6: Sommernatten. Skribent: Ellen Warberg
+S. 7-9: Fra Borgmesterens Dagbog. Skribent: Ellen Warberg
+S. 10-11: Ulykkestilfælde (Tre Digte). Skribent: "En fjortenaarig"
+S. 12-13: P. Konvel: "En modig Handling". Skribent ukendt
+S. 13-14: Literatur. "Olav Trygvesøn". Skribent: En Abonnent
+S. 14: Til Abonnenterne. Skribent: Dehla Vendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/f6OnKrlW</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>1892-1</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Roskilde, Danmark</t>
+  </si>
+  <si>
+    <t>Hans Christian Caspersen
+Ingeborg Caspersen
+Ellen  Sawyer
+- Schade
+Marie Schou
+Thora Th</t>
+  </si>
+  <si>
+    <t>En person har skrevet forslag til datering samt "i Hamburg" på brevet. Da Ellen Sawyer, f. Warberg, begyndte i sin plads i Hamburg ca. 1. jan. 1892, kan brevet ikke være fra 1890.
+Det vides ikke, hvad Thora Th. hed til efternavn</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2093</t>
+  </si>
+  <si>
+    <t>Da Ellen rejser i dag, synes Alhed Larsen, at deres mor skal have brev. Marie Hansen flytter ind på et værelse bag Alheds, og det glæder Alhed sig til. 
+Alhed har været til fest i Roskilde med kortlotteri og musik. Hun sov der om natten og mødte på fabrikken næste morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r970</t>
+  </si>
+  <si>
+    <t>[Med blyant og med anden skrift end Alhed Larsens er der på side 1 skrevet: (1890?) og x (i Hamburg)]
+Kæreste Mor!
+Du havde vel ikke ventet Brev fra mig i Dag Onsdag, da Du fik extra Brev Mandag? – Jeg havde tænkt først at skrive igen sidst i Ugen, men da jeg er kommen i Tanker om, at Elle er rejst i Dag, griber jeg Pennen for at Du kan faa Brev i Morgen. – Du maa endelig huske at lade mig Ellens Adresse at vide; skønt hun ikke er forknyt, vil hun nok føle sig lidt ensom den første Tid dernede! – Jeg er kommen i Tanker om, at jeg vist slet ikke har fortalt, at Marie Hansen flytter herhen hos Laudrups en af Dagene, hun har lejet det lille Værelse, der ligger bagved mit; det glæder jeg mig til, det bliver hyggeligt at have én, jeg holder meget af, at at [”at” overstreget] omgaas til daglig. – I Søndags ved Middagstid kom jeg op til Thora Th. – Hun skulde have været til Roskilde med Ingeborg Caspersen (hende, der ikke kan se,) men da Hans Christian C. var bleven syg, havde hun ikke Lyst, men bad mig om at tage af Sted i Stedet for hende, saa vilde hun give mig Billetten! Det gjorde jeg saa, og det lod til at jeg var meget velkommen dernede. Det var ungt Selskab med Dans, hvilket sidste var en Overraskelse. Vi spillede først Kortlotteri om noget dejlig Theaterkonfekt, af hvilket jeg vandt fabelagtig meget. Pludselig blev Dørene (Fløj) lukkede op ind til den store Stue og Fru Schade viste sig spillende paa en ”Arrigstone”, klædt ud som Hedebokone; der blev voldsom Jubel og Begejstring. Vi var 12-13 Par og morede os storartet, jeg kendte de fleste af dem. Jeg blev der om Natten, men stillede allerede før 9 paa Fabriken med ”schadelig” Frokost i Lommen. – Arkitekten er begyndt at kalde mig ”Frk Aller”, han sagde det endda ogsaa i Gaar oppe ved Bramsen i alles Paahør! Jeg fik to meget ordentlige Ting ud af [”af” overstreget] – Dette er hverken noget langt el. noget interessant Brev; men husk paa Extrabrevet! – Hvis Du ikke har afsendt Pakken vil jeg bede Dig lægge mit romerske Forklæde i. F [”F” overstreget] –
+Mange Hilsner fra
+Din Alhed.</t>
+  </si>
+  <si>
+    <t>1892-01-26</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>København V
+Vesterbrogade 12 over gården</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Lars Christian Balslev
+Peter Hansen
+Leonard Holst
+Henning Jensen
+Mogens Lindhardt
+Blaise Pascal
+Jenny Rasmussen, Aarhus
+Marie Schou
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, var fra januar til slutningen af marts 1892 indkvarteret hos familien Rasmussen i Århus. Hun var ugift og gravid og skulle gemmes ad vejen. Alhed Larsen, f. Warberg, var i lære på Den Kongelige Porcelainsfabrik i København. 
+Det kan ikke afgøres, om Pastor Balslev er Lars Christian eller Harald Balslev.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2701</t>
+  </si>
+  <si>
+    <t>Christine er religiøst forvirret og ville gerne tale med en ikke ortodoks teolog. Hun læser Henning Jensens bog "Jesu Barndom og Ungdom", og hun kunne tænke sig at tale med Jensen. Han tør stille spørgsmålstegn ved visse passager i Bibelen.
+Christines breve til Alhed er meget længere end dem, som hun skriver til Leonard.
+Har Alhed sagt til Leonard, at han og Christine ikke bør gifte sig med hinanden? Christine vil ikke ofre sin lykke ved at blive gift med ham. Hun har lyst til at skrive en novelle eller roman om den nuværende situation.
+Christine frygter, at hun kan blive forelsket i pastor Lindhardt.
+Fru Rasmussen inviterer Alhed til Århus i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d1jj</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade N_o_ 12 o. G.
+København V.
+[Over adressen er med rødt blæk skrevet:]
+N_o_ 3
+[På kuvertens bagside:]
+Hils ved Lejlighed Marie, P og Muk mange Gange
+[Med lilla blæk:]
+AADAARARBCAC
+[Første ark af brevet mangler. I brevet:]
+2) Jeg kan ikke vide, hvad du mener om denne Teori! Jeg må for Resten sige, at jeg er i religiøs Henseende så forvirret, som det bare er muligt at være; jeg kan ikke en Gang skælne, hvad jeg tror, og hvad jeg ikke tror, somme Tider ved jeg hverken ud eller ind – og jeg indser godt, at jeg må have dannet mig en Overbevisning. Jeg kan ikke være til uden det; hvad skal man gøre i den Kasus? Hvis man kunde komme til at snakke rigtig meget med et Menneske som var Teolog og alligevel ikke Teolog, du forstår, ikke ortodox! Sådan en som Henning Jensen – à propos, jeg har købt mig hans ”Jesu Barndom og Ungdom og læser den i disse Dage, den er ganske overordentlig interessant; vil du låne den, når jeg har læst den? – Sådan en kunde man få Hjælp af til at få indrettet sig en Overbevisning; han tror på Gud og hans Styrelse i Historien – det var mig nok det er bare det, jeg også må – Ateist bliver jeg ikke; han betragter Jesus som et Menneske – det mest fuldkomne Menneske, den største historiske Personlighed. Men hvad der er af ligeså stor Vigtighed for mig – han betragter Bibelen som andre Bøger – altså som fejlbarlig – han generer sig ikke for at pille sagerne ud fra Historien i den. Det synes mig det værste af de ortodoxe Teologers Dogmer dette at den ganske Skrift er indblæst af ”Gud” = at man blindt hen skal tro hvert Ord, der står i den; det Dogme tror jeg skaber de flest Vantro – og hvad der er værre end det: de fleste lunkne og ligegyldige. I Pascals ”Tanker” er der mange udmærkede om Guddommen. 
+Fredag 
+I Morges fik jeg Sendingen – Tak skal du have for den lækre Chokolade!! Og tak for Besørgelsen af Bøgerne, hvor jeg glæder mig til at læse dem! Mens jeg husker det, hvis du skriver til Leonard, så fortæl ham ikke, at du får så lange Breve fra mig, dine er næmlig meget længere end hans. Han skrev noget i sit sidste Brev, som tydede på, at du den Dag i Odense havde talt til ham om at vi ikke skulde gifte os; havde du det?? Og hvad sagde han til det?? Svar mig endelig på det. Ja, hvad han så siger eller ikke siger, så bliver der aldrig noget af den Ting, det indser jeg bedre og bedre; selv om jeg kunde ofre min Tilværelse - og det kan jeg ikke, give Afkald på Håb om Lykke i denne Verden - kort sagt, smide Idealer over Bord - så vilde jeg ikke turde gøre det, jeg ved jo i Forvejen, at det vilde blive en Ulykke, også for ham; også for ham vilde det efterhånden gå op, at al Lykke var ham berøvet, og det sidste vilde måske blive værre end det første. Ved du, hvad jeg kommer til at tænke på ved dette: jeg kunde have en ganske umådelig Lyst til at skrive en Novelle eller Roman om dette Emne, den skulde være mest for Mor og Leonard, jeg selv skulde være Hovedpersonen, dernæst de to, - der er da Stof nok udadtil til en meget interessant Bog, men jeg er bange for, at jeg ikke har Indhold nok til at give den Interesse for andre end til Nød mig selv - og så kunde jeg vist ikke magte Formen; i alle Tilfælde vilde der vist fordres mere Arbejde og Tålmodighed til det, end jeg kan præstere. Men Lyst har jeg til at prøve, og det kan da ialt Fald ikke skade - snarere udvikle. Hvad mener du om mig som Skribent?! Hvordan mener du i det hele om min Pen?? Jeg synes at jeg en Gang tegnede til at komme til at skrive flot - men jeg synes også, det er løbet ud i det bare Vand! Men hvor Leon og Mor kunde have Gavn af at læse sådan en Bog. - 
+Jeg håber; jeg får Brev fra dig i Aften, så føjer jeg måske en lille Passus til denne lange Epistel - den ene tætte Side står der en Masse på, bare du kan læse det. Bare jeg ikke går hen og forelsker mig i Pastor Lindhardt, å han er så køn, at du ikke kan tænke dig det! Han minder for Resten i sin Optræden en Del om Pastor Balslev, jeg glæder mig formelig til Søndag - men han er da også det eneste intelligente Menneske, jeg hører tale, så det er da ikke så underligt! Jeg skal hilse dig fra Fru R. og sige, at du skal komme og være her i Påsken! Hun vil have, at du skal komme og være Pigen i Kirke! [Resten af brevet mangler]
+[På tværs henover teksten på brevets første side er skrevet:] Er dette Ark ikke pænt skrevet?</t>
+  </si>
+  <si>
+    <t>1892-05-02</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+- Grauer
+Malin   Holmström-Ingers
+Leonard Holst
+- la Cour
+Johanne Christine Larsen
+- Laudrup
+Mogens Lindhardt
+Charles Rasmussen
+- Rasmussen, Århus
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+Emil Vett
+Laura Warberg
+Theodor Wessel</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var ugift og gravid og "i skjul" hos ægteparret Rasmussen i Århus fra januar til marts 1892. 
+Den omtalte bog er muligvis: Mogens Lindhardt: En redegørelse for Luthers forståelse og anvendelse af Augustin i Romerbrevsforelæsningen, belyst ved en Analyse af Fortolkningen til Rom.7
+"men så sender du jo nok min dejlige Præst": Mogens Lindhardts bog, på hvis omslag der var et foto af ham. 
+Esprit de Valdemar: Nordens og Danmarks første parfume udviklet og solgt fra 1836. 
+Det vides ikke, hvem Leuden og Otto-Schoffen var. Fru Rasmussens søsters navn kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2702</t>
+  </si>
+  <si>
+    <t>Dr. Grauer troede, at Christine Mackie allerede havde født. Hun har købt Lindhardts bog med et foto af ham og sender den til Alhed Larsen, men Christine vil have bogen retur. Christine vil besøge Lindhardt, og hun er nervøs med tanken.
+Brevene til Alhed er meget længere end dem, som Leonard Holst og moderen får. Leonard kalder hele tiden sig selv en usling og en stymper i sine breve.
+Christine har lavet navlebind og klippet stof til skjorter. Hun beder Alhed fortælle Julie Brandt om graviditeten for det piner hende, at hun har holdt den hemmelig for sin veninde.
+Hr. Rasmussen er irriterende, men også komisk.
+Christine spørger, hvad Fru Laudrup siger til Alheds natlige udskejelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnLh</t>
+  </si>
+  <si>
+    <t>[Med sort blæk på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+[Med rødt blæk på kuvertens forside:]
+No 4
+[Med blyant på kuvertens forside:]
+Christnes breve om
+(Mornine)
+fødslen lille Nete
+blev adopteret af
+tante Visse
+[I brevet; med blå farveblyant:]
+Aarhus Jan. 1892
+[I brevet; med sort blæk:]
+Kæreste Alhed!
+Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
+Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
+Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
+Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
+  </si>
+  <si>
+    <t>1893-03-02</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>København
+Waldemarsgade 30</t>
+  </si>
+  <si>
+    <t>Sophus Bojesen
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Ove Christensen
+- Clemensen
+- Dotsch
+Peter Hansen
+- Jørgensen, Frøken
+- Klee
+Ingrid Lange
 Alhed Larsen
-Andreas Larsen
-[...2 lines deleted...]
-Johannes Larsen
+Johanne Lund
 Christine  Mackie
-Elisabeth Mackie
-Christian Møller, maler
+- Moths
+- Rørdam, Fru
 Ellen  Sawyer
-Fritz Syberg</t>
-[...171 lines deleted...]
-Berta Brandstrup
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+- Thorup
+Anna Thorup, g. Arndrup
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Søstrene Alhed, Johanne og Christine boede sammen i lejligheden i Waldemarsgade 30, København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2009</t>
+  </si>
+  <si>
+    <t>Johanne takker for de mange ting, som moderen har sendt: Chokolade, en rype, strømper mm. Hun og Christine har haft en læge på besøg, og han sagde, at Johanne ikke må gå til sit kursus de næste 14 dage. Fru Rørdam har så tilbudt at læse tysk og fransk med hende. Christine har sin første klaverelev den følgende dag. 
+Søstrene kan ikke få pengene til at slå til og beder om flere. 
+Alhed Larsen har været hjemme fra Porcelainsfabriken, og hun har tegnet Johanne samt malet en blommegren.
+De tre søstre skal til karneval, og de har lånt kostumer af flere venner.
+Christine har købt et kloset for 10 kr. Fru Rørdam har sagt, at det ikke er sundt for dem at gå i gården ad den kolde køkkentrappe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zHtY</t>
+  </si>
+  <si>
+    <t>Torsd. 2-3-93. Waldemarsgade 30 [ulæseligt]tv
+Det er jo Synd at slide paa dit nydelige sorte Silketørklæde! -
+Kære Mor!
+Jeg gentager, hvad jeg har skrevet t. Elle i Brevbogen: jeg er imponeret i højeste Grad over alle de indholdsrige Sendinger hjemmefra. Tusind Tak for det altsammen, det dejlige Skørt, Klokke, Strømper, Madvarer, Rype, Chokolade ["a'et"i ordet indsat over linjen] og det altsammen. Fru Rørdam siger, at det er jo næsten som om vi havde Juleaften inde hos os. Chokoladen drikker jeg med stort Velbehag. Alt det bøder svært paa den Hjo ["Hjo" overstreget] Jobspost, jeg har faaet i Dag Dr. Klee har neml. været her henne, undersøgt mig og sagt, at jeg ikke maa gaa til Kursus før om en 14 Dags Tid, og det er jo lidt haardt. Han var voldsom flink og rar, sad her længe og snakkede med Chr. og mig om vores kroniske Sygelighed. Jeg fortalte ham, at du mente, det var af Uforsigtighed el. ogsaa at det laa i Lejligheden; han mente det lå i Kjøbenhavnsluften, paalagde os altid at skifte, naar vi havde været ude i vaadt Vejr og anbefalede mig at være meget forsigtig. Jeg maa nok gaa en Tur midt paa Dagen, naar det er kønt Vejr, men kan ikke taale endnu at trave i Skole i al Slags Vejr - Aftenluft kan der ikke være Tale om. Han er mageløs rar og interesserer sig saadan for os. - Da Fru Rørdam hørte, at jeg ikke maa gaa i Skole endnu, tilbød hun at læse Tysk og Fransk med mig, hvilket jeg med Glæde tager imod; hun taler jo Tysk og er vist meget dygtig. Ja, hun er mageløs imod os, Fru Rørdam. - I Morges var Johanne Lund herhenne; endelig bliver det da til noget med Musikelever; i Morgen skal hun have den første Time. Chr. vil nu spørge Ove, hvad han mener, hun skal tage for Timen. Sikken Sjov for Chr. at faa en Indtægt der. Ápropos om Penge! Nu skal jeg nok lade være med at ærgre mig men, det nytter jo i Grunden ikke, vi bruger jo ikke færre for det. Men de 400 Kr. faar jeg vist ikke til at stemme; nu faar I snart Regnskabet og samtidig Begæring om flere af de - kortsagt - Penge. - - Alhed er hjemme i Dag for at tegne og male; hun har tegnet mig lidt og maler nu paa den Gren af det kinesiske Blommetræ, som Bredsdorff kom med. Hun beder mig sige dig, om du ikke skulde vide en Pige til lille Frk. Jørgensen, der skal giftes til Maj; hun skal bo ovre i Svendborg, og vilde gærne have en derfra. Hun vil give 10 à 12 om Mdn., vilde meget gærne have en flink og rar. Husk endelig at svare herpaa. -
+Tænk, Chr. skal ogsaa med paa Karneval, naar hun bliver indtegnet som en af Medlemmernes Dame (det gør mig meget ondt at skulle sige at det bliver som P. Hansens, eftersom det skal være en Overraskelse for Lud; men det er jo kun en Formsag) faar hun Billetter for havlv [det første "v" i ordet overstreget] Pris, 2 1/2 Kr; hun og Alhed splejser til den, og da hun laaner Dragt hos Ingrid Lange - italiensk Bondepige - er Udgiften jo ikke saa farlig. Vi sagde allesammen, at hun vilde fortryde, hvis hun ikke tog med og så ["og så" indsat over linjen] overvandt hun sine mange Betænkeligheder. Det er voldsom morsomt, synes jeg; det bliver jo noget aldeles storartet. - Comtessen var her henne forleden Morgen med Alheds Dragt, som hun jo laaner hos Kammerherre Bøjesens, og samtidig for at visitere mig. Kl. var ikke 10 ["10" indsat over linjen] endnu, da hun kom; Chr &amp;amp; Alh. var gaaede og jeg var knap færdig med at klæde mig paa, heldigvis var der da gjort rent i Stuen. - 
+Skal sige fra Alhed, at Lud synes godt om hendes Blommegren; hun var bedt ud til Anna Thorup eller Arndrup som hun jo nu hedder, i Aften, men har faaet Afbud, da ["da" overstreget] hvilket hun er ret glad ved, da det jo er Aftenen for Karnevallet! Tænk, i Aftes kom Marie Sperling og forærede os en nydelig Skammel, som hun selv har syt; vi blev meget overraskede; den er nydelig og pynter meget foran den store Stol - Chr. kommer nu hjem med Dragterne fra Ingrid; oppe hos den unge Fru Dotsch - Datter af Moths, hende fra Amerika - har ["har" indsat over linjen] hun laant et hvidt Liv, Sommerliv, oven paa hvilket der skal være et lyseblaat Silkelivstykke Alhed har ogsaa laant saadan et hvidt Liv, og til Gengæld skal de op og præsentere sig i Dragterne. - Ved du, hvad Chr. har været ude at købe i Dag - det meget omstridte, stakkels Kloset. Fru R. holdt forleden en Tale for os om, hvor forkert det er af os ikke at have en saadan Genstand; hun troede, at vi fik meget Kulde og Træk ved de Vandringer ned ad den sludfulde Køkkentrappe og Opholdet i det alt andet end Hyggelige Paulun dernede; hun mente ogsaa, at det var aldeles forkert, naar jeg nu skulde til at begynde de Vandringer. Saa nu er det gjort og der er ikke mere at sige til det. Det kostede 10 Kr (!) - - - 
+Ja, nu har jeg ikke mere at skulle have sagt; nu skal jeg hen at skrive til Frk Jensen. - Vi har i Dag f ["f" overstreget] haft 8 Sider fra Tante Mimmi. -
+Endnu en Gang ["Gang" indsat over linjen] Tak for det det tilsendte og for alle de morsomme Breve, jeg har faaet i denne Tid. -
+Chr. gaar og prøver Dragt; hun bliver en aldeles nydelig romersk Bondepige. -
+Nu mange Hilsner til Jer alle sammen ogsaa paa Gjelskov, ogsaa Clemensen, hvis du ser dem. De andre skriver ikke denne Gang, men mange Hilsner fra dem og fra Junge. 
+[Indsat øverst på side 1, på tværs:]
+Vil du hilse Elle, at jeg skriver dygtigt op i Brevbogen hver Dag.</t>
+  </si>
+  <si>
+    <t>1893-03-06</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Cilius Andersen
 Ludvig Brandstrup, billedhugger
-Bernhard Hirschsprung
-[...99 lines deleted...]
-P.S. Jeg har skrevet til Deres Søn om en lille Akvarel som der var paa Udstillingen,- om den findes endnu.</t>
+- Bøjsen
+Alma Christensen
+Ove Christensen
+Robert Henriques
+Ingrid Lange
+Alhed Larsen
+Ludvig Neckelmann
+Anna Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1845</t>
+  </si>
+  <si>
+    <t>Christine ønsker tillykke med fødselsdagen. Ludvig Brandstrup og hun vil fejre den ved at drikke chokolade. Christine har fået en elev og havde derfor råd til at tage med til karneval. Alhed og hun havde lånt italienske kostumer. Onkel Ludvig kunne ikke kende Alhed, og til sidst fortalte Anna Hansen, hvem hun var. Alhed og Christine spiste sammen med Ove, Cilius Andersen m.fl. Fru Ove var klædt som grønlænderinde og skiftede senere til empiredragt. Der var musik og dans. Christine og Alhed var hjemme kl. 7, og dagen efter havde Christine det meget skidt. 
+Christine glæder sig til at komme hjem i påsken, men pga. stenografien kan hun ikke blive længe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UrsJ</t>
+  </si>
+  <si>
+    <t>6/3 - 93.
+Kære Far!
+I Morgen er det jo så din Fødselsdag, og vi skal i den Anledning se at få forfattet nogle Epistler; først vil jeg gratulere dig mange mange Gange; vi vil fejre Dagen ved at drikke Chokolade i Morgen Aften – vist nok sammen med Lud, hvis vi kan få fat på ham Han har for Resten nylig været her, Han kom Aftnen efter Karnevalet for at snakke om dette. I har jo hørt, at jeg kom med, jeg har nu fået min omtalte Elev, så mente jeg nok, jeg kunde tillade mig det, især da Alhed så gærne vilde have mig med og betalte det halve af min Billet; jeg lånte min Dragt hos Ingrid Lange, Alhed sin hos Kammerherre Bøjesen vi var begge Italienerinder, Alhed romer og jeg civitansk. Det var jo en aldeles storartet Fest, glimrende Dekorationer og dejlige Dragter, et broget Mylr af Mennesker og brillant Musik. Lud vidste ikke, at jeg skulde med, og da Alhed skulde om at tage ham på, måtte jeg gå for at være en af Alheds Kammerater fra Fabriken, i Droschen holdt vi en forholdsvis lang Snak med hinanden, og da vi kom til Koncertpalæet, gik vi ind med hinanden under Armen og gik Salen rundt – stadig småsnakkende jeg med forandret Stemme; han kendte mig ikke, før Anna Hansen kom og røbede mig – og så gjorde han endda en Undskyldning, fordi han et Øjeblik havde taget mig for sin Niece. Vi spiste sammen med Lud, Ove med Frue, Maler Cilius Andersen og Robert Henriques – som har skrevet Referatet i Dannebrog – senere kom nogle flere, vi sad ved Bestyrelsesbordet, jeg ved Siden af Ove som var så gnaven og gal, at man ikke kunde sige et Ord til ham; til Gengæld var lille Cilius Andersen så meget mere grinagtig, han sad og holdt et forfærdeligt Sjov; da en af de unge Grever fra Hvedholm gik forbi Bordret, råbte han, så Fyren vendte sig: ”Å – Kellner --- nåh!["] Lille Fru Ove var så henrivende sød, hun havde en Grønlænderindedragt på – den der var afbildet i Politiken; senere havde hun en Empiredragt; Ove var Tyrk og så storartet godt ud. – En Tidlang slog vi Slag med en Grosserer Neckelmanns, han gav Champagne og senere Frokost; den store Sal var tom og mørk da vi tog hjem, men i den lille dansede endnu en hel Del, mest Skuespillerne, som var meget talrigt repræsenterede. Da Kl. slog 7 på Mathæuskirken, var vi hjemme, det var en lang Nat, vi kom der Kl. 10½. Dagen efter var vi gruelig forsvirede og ulykkelige – jeg har aldrig i mit Liv forsviret sådan, at jeg har været ulykkelig af det. - - - I Dag fik vi Pakke hjemmefra hvorfor kvitteres - ! Men Brevbogen er mærkelig nok ikke kommen, ellers får vi nu Breve Dagen efter Afsendelsen. Jeg glæder mig storartet til at komme hjem i Påsken, men jeg kan sikkert ikke blive hjemme en 14 Dages Tid, som Mor skrev, nu får vi se, om jeg får lang Ferie fra Stenografien. Til Fordel for Mor: Min ny Kjole har jeg fået syt, den er så køn, sige de alle sammen. 
+Nu må jeg slutte. Mange kærlige Hilsner til Dig og jer alle fra din Binderup. 
+Vil du takke Tante Mini mange Gange for hendes Brev!</t>
   </si>
   <si>
     <t>Efterår 1894</t>
+  </si>
+  <si>
+    <t>Firenze</t>
   </si>
   <si>
     <t>Christine  Mackie
 Andreas Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen opholdt sig i Italien fra vinteren 1894 til maj 1895.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2179</t>
   </si>
   <si>
     <t>Alhed har skrevet et langt brev til Andreas/Dede og også til Christine. 
 Hun ved endnu ikke noget om turen til Rom. 
 Alhed får det bedre fra dag til dag og er begyndt at male på bjerget igen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NSDc</t>
   </si>
   <si>
     <t>Kæreste Mor! - Dette Brev kan vel nok gælde; jeg har skreven saa langt til Dede, da jeg tænkte det vilde more ham, at det var til ham. Nu er jeg ganske mæt af at skrive, jeg har ogsaa skreven et langt Brev til Chr. i Dag. - Rom? Ja jeg kan skam ikke sige noget derom, endnu, har skreven til lille J men ikke faaet Svar endnu! Foreløbig er der alfor knaldrende varmt dernede og jeg kan ikke rejse alene siger de. Men kommer Tid kommer, bare Taalmodighed. - Lad mig paa denne Lap sige Dig, at jeg helt er kommen mig for min "Daarlighed" hernede, jeg er henrykt derover, det er en stor Lettelse. Det er bleven bedre for hver Dag. - Sidste Dag var det endogsaa en af mine bedste Arbejdsdage med Oplagthed, og jeg var som sædvanlig to Gange op og ned af Bjærget. - Det vil sikkert glæde Dig at høre. Kan Du huske den sidste Gange ["e" sidst i ordet overstreget] hjemme var jeg saa skrækkelig daarlig, lige inden jeg rejste. - Jeg er ked af, at Du ventede saa længe paa Brev sidst og at det saa netop traf i den Uge, hvor Du kunde trænge til lidt Opmuntring. [Det følgende skrevet lodret i venstre margen:] mange kærlig Hilsner Alhed 
 [Tilføjelse slut. På den følgende side er skrevet:] Moder</t>
-  </si>
-[...553 lines deleted...]
-Far og Puf.</t>
   </si>
   <si>
     <t>Tidligt forår 1894</t>
   </si>
   <si>
     <t>Aurelia -
 Nurezia -
 - Blom
 Ludvig Brandstrup, billedhugger
 Frederik Gad Clement
 Ludvig Find
 - Jensen
 Alfred Jørgensen
 - Jørgensen, Frøken
 Christine  Mackie
 - Plangstrup
 Victoria R
 Alfred Rottbøll
 Ellen  Sawyer
 Adelheyde Syberg
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
@@ -1975,54 +611,131 @@
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2211</t>
   </si>
   <si>
     <t>Alhed Larsen gik over på det modsatte fortov, da hun en dag mødte et hold soldater, der så lumske ud. Deres officer kommanderede så hele bataljonen til også at krydse gaden. Sådan noget forekommer vist ikke i Danmark. 
 Til efteråret regner Alhed med at tage til Rom med Lille Jørgensen og hendes mand. 
 Det går dårligt med maleriet. Pga. et engelsk dronningebesøg har Boboli-haven været lukket for almindelige mennesker. Nu har Rottbøll skaffet en passérseddel, og Alhed vil male en blåregn samt de nyudsprungne popler i haven. 
 Alhed beder om at få sendt noget tøj samt fotografier. Hun gider ikke skrive mere og sender mange hilsner. En dame går og fejer stengulvene og giver dem olie. Alhed ville ønske, at de derhjemme kunne se hendes yndige værelse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DUyV</t>
   </si>
   <si>
     <t>[De eller den første side(r) af brevet mangler]
 3 Jeg husker ikke, om jeg har skreven om Soldaterne? Lud har bedt mig endelig at skrive det, da det morer ham kosteligt. Jeg gik en Dag paa Gaden og mødte en lille Bataljon Soldater, der gik inde paa det brede Fortov med en Øfi ["Øfi" overstreget] Officer ved Siden. Da jeg kom omtrent hen til dem, syntes jeg, de saa sig saa lumske og poliske ud, saa jeg ikke havde Lyst at gaa lige forbi dem men drejede rask af og gik over paa den anden Side af Gaden. Men tænk jer min Betuttelse, da Officeren gav et Kommandoord og hele Bataljonen grinende og aabenbart i meget løftet Stemning fulgte mig lige i Hælene over Gaden! - I kan nok se, at Forholdene er noget anderledes hernede end hjemme; denne smukke Forstaaelse mellem Officer og Menig har vi vist ikke Magen til hjemme. Men jeg kom bort fra Romerrejsen. Lille Jørgensen og hendes Mand kommer jo herned til Efteraaret, og det vil vist kunne passe, at vi følges ad til Rom. Hun skrev om det til min Fødselsdag, at vi maatte se at faa det arrangeret. Det kunde være frygtelig morsomt. - Min Maling gaar det daarligt med for Tiden. Jeg har ikke rigtig faaet fat paa noget heroppe paa Aguardo. Den dejlige Babolihave har jeg haft megen Sorg og Skuffelse med. Almindelige Folk har i lange Tider ikke maattet komme derind paa Hverdage, fordi den tykke Dronning England har skullet gaa at spanke om derinde. Endelig i Gaar lykkedes det at faa fat paa et Frikort for hver Dag. Men for at faa det maatte Rottbøll tage Diplomatfrakke paa og gaa til "Direktøren". Denne sagde, at der jo ellers ikke udstedtes saadanne for Tiden, men Folk af vor Stand [et "x" indsat over "Stand"] vilde han dog ikke nægte det.
 [Indsat lodret i venstre margen:]
 Konsulen og Direktøren ere meget agtede hernede [indsættelse slut]
 - Nu skal jeg derind i Eftermiddag og have fat paa mine Motiver, hvis de bare ikke ere rendte deres Vej; det var et med Blaaregn og lige udsprungne Popler, der var dejligt. - - - - Nu faar jeg vel snart en Pakke til. Jeg vilde gærne have et Sæt Linned til, endvidere min blaa Bomuldsmorgenkjole (snøret foran) og min crèmegule Nederdel med det blegrøde linnede Liv, endvidere mine brune Sko og hvis der ellers er noget, Du kan tænke Dig. x 
 [Indsat i venstre margen, lodret:]
 ikke Lærred el. andet [ulæseligt ord og indsættelse slut]
 Min Sølvbrosche blev borte den sidste Dag hjemme, har I set den? Frøken Sperlings Portræt vilde jeg ogsaa gærne have; er der ikke et af Johanne. Elle maa endelig sende mig nogle af sine, det er sandt, hun har jo taget Johanne. Ogsaa det med Erikshaab, det med Agn og mig og hvad hun ellers har. H ["H" overstreget] Rottbølls ["s" i slutningen af ordet overstreget] er interesseret i Elles Fotografering, han er selv voldsom dygtig. - - Tegner Elle noget? Hvordan har Agn det, det lille søde Pus? - - Nu begynder jeg at slutte af. Jeg haaber, at Hilsener og deslige kan fylde Resten af Arket, jeg gider næsten ikke mere. - Har jeg svaret paa, hvad R.V. betyder? Rey Vice. - Vil Du foreløbig takke dem alle for Brevene. Ogsaa Tante Mimi; Plangstrup og Svip. - Ogsaa Frk Jensen for hendes lange, og Frk Aurelia for hendes Hilsen og Ungerne samt Far, fra hvem jeg synes, det er en stor Ære at faa Brev. - Elle kommer jeg til at skrive til en Gang inden saa lang Tid. - - Nej, det fylder ikke en Gang denne Side ned, hvad jeg ["jeg" overstreget] skal jeg dog gøre, Du har forlangt de her Ark fulde, saa der hjælper jo ingen kære Mor. Bare jeg ikke havde skreven saa tæt. Lad mig saa tage en rask Beslutning og fortælle, at her gaar en Kone og fejer, hun hedder Nu Nuscia [navnet overstreget] Nurezia. Hun ["Hun" overstreget] De fejer med en Slags Saugspaan hernede, og deri kommes lidt Olje. Det gør Gulvene smukke, men det er jo ogsaa Stengulve overalt. Heri Huset er de mørkerøde. - Jeg vilde ønske, I kunde se mit Værelse, det er ganske yndigt. Jeg har vist ikke fortalt, at Find og Clement var her forleden Aften! Vi gik først en Tur med dem og presenterede dem en Solnedgang, - det er Konsulens Specialitet at "forevise" Naturen. - - 
 Vil Du nu hilse dem alle mange Gange fra mig. Ogsaa paa Gelskov og Amstrups. Hvordan lever Bloms?, hils ogsaa dem. -
 Din Alhed.</t>
   </si>
   <si>
+    <t>efterår 1894</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Bobolihaven, Piazza Pitti, Firenze
+Acone, Toscana
+viale di colli, Firenze</t>
+  </si>
+  <si>
+    <t>Prins Christian -
+Vittoria Bacci
+Cæsar Bacci ?
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alheds forældre havde sølvbryllup d. 28.5 1894.
+Berta og Ludvig Brandstrup blev gift i Danmark i efteråret 1894. Herefter tog de til Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed vil gerne have familien til at vurdere, hvilket af hendes billeder, Frk. Sperling skal have. Hun er glad for at få sit ophold i Italien forlænget. Hun skal snart flytte hen til Lud og Berta.
+Udlændinge kan gratis tegne efter model på Akademiet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rmsf</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Det var min Mening at svare strax paa Dit Brev, men der er gaaet nogle Dage hen paa Gr. af at Fru B. har ligget af Influenza med Halspine. Nu er hun oppe og i Gaar var jeg igen i Firenze. Jeg vilde førend jeg skrev gaa ned og raadføre mig med Lud og B. angaaende det Billede til Frk. Sp. og vælge ét ud, de ere nemlig dernede. Jeg traf dem desværre ikke, gennemsaa [tilføjet: Billederne] dem selv, men var ikke videre tilfreds med Resultatet. Jeg synes ikke rigtig; der er noget der er godt nok til at forære hende. Imidlertid synes jeg det var morsomt at give hende ét, hvis hun bare vil blive glad ved det. – Jeg tror, jeg sender 5-6, saa kan I selv vælge ud, hvilket I synes bedst om, og saae kan det maaske ogsaa more Eder at se noget af, hvad jeg har lavet. Af dem jeg sender, tror jeg, at det, der er bedst malet, er [overstreget:det] mindste, et ganske lille et med nogle Blomster i stærke Farver, det er næsten det jeg [overstreget: jeg] synes bedst om af alt hvad jeg har malet, ogsaa Lud og B. synes godt om det. – Dernæst sender jeg et Landskab fra Boboli, grønne Plæner med en lille Statue af Pegasus, det kan jeg ogsaa helt godt lide. – Et Blomsterbillede fra Boboli, Senerarier, solidt Arbejde paa 1½ Maaned; et andet lille fra Boboli, Citrontræer, der spejle sig i Vandet. – Endelig to andre Landskaber, et fra Akone og et fra Viale de Collie, Efteraarsmorgen med Springvand. - - Jeg tror nok, de fleste ere bedre malede end det, jeg sendte hjem til Sølvbrylluppet, men det ere [overstreget: det ere] jeg er bange Motiverne ikke ere saa tiltalende, ikke saa ærkeitalienske. – Jeg synes, I skulde sætte dem op paa en Bordfløj eller noget lignende og saa se paa dem et Par Dage først. Det jeg selv næsten synes var det pæneste, var at give hende det lille Blomsterbillede i en ganske smal Ramme, mest som en lille Hilsen, og saa, naar jeg en Gang kommer hjem give hende, det af mine Billeder hun synes bedst om; men hvis I ikke synes det, saa gør det ikke, da det tillige er det, jeg nødigst vil af med, ubetinget. – Mit Viale-billede tænkte jeg én lille Smule paa, men opgav det af mange Grunde. - - Nu vil jeg være meget spændt paa at høre, hvad I synes om dem. - - - Jeg er bange, jeg ikke skrev begejstret nok hjem om det, at jeg maa blive her i Vinter; men det kommer af at jeg ikke de første Dage_ kunde_ lade være at tænke paa, at det nu igen vil vare forfærdelig længe inden jeg kommer hjem. Jeg var næsten begyndt at glæde mig til Jul, det havde jo ogsaa været aldeles storartet at komme hjem lige til Jul, - sikken en Fest! – Jeg kan virkelig ikke lade være med en Gang imellem at længes lidt hjem efter; navnlig naar der gaar mig noget imod eller jeg ikke er rigtig rask, kan jeg føle mig frygtelig ensom en Tid. [overstreget: J] Det er nu ogsaa meget værre for den, der er borte, den maa undvære alle, mens de andre kun undvære den ene. – Naa, men det er dog heldigvis kun til Vinter, at jeg længes lidt, i det hele og store, befinder jeg mig udmærket og er jo forfærdelig lykkelig over at skulle blive her. Jeg haaber, at jeg skal faa rigtig meget ud af Vinteren, jeg staar i Begreb med at foretage mig noget vældig fornuftig; vi har opdaget, at Udlændinge kan komme frit ind paa Akademiet og tegne 4 Timer om Dagen efter Model fra 8-12. Der kommer en Professor en Gang om [overstreget: Dagen] Ugen og hvis man vil have det; ser han paa ens Tegning. Det er storartet, synes jeg, Skade at jeg ikke har vidst det før. – Bare der nu ikke viser sig nogen Hindring.
+[Her stopper brevet brat og resten mangler. De følgende sider kommer fra samme kuvert. De er fra et andet brev i den samme periode. I dette brev mangler de forreste sider.] 
+løbe ned til L og B. der er mere end en halv Mil, saa paa stort under en Time kan jeg ikke gøre det. Og saa synes jeg ogsaa nok, det kan blive morsomt at komme til at bo hos Danskere igen, - Baccis ere brillante men Lud &amp;amp; B. ere dog bedre. Du kan ikke tænke Dig, hvor Berta og jeg blive gode Venner efterhaanden, vi kunne tale sammen i Timevis; hun er rigtignok aldeles mageløs, et rent Pragtexemplar, Lud er ogsaa aldeles henrykt, stille glad, men saa inderlig veltilpas. – Fortiden spise de Frokost paa Atelieret, kold Mad, som B. &amp;amp; jeg gaar ud at købe, jeg fører mit med heroppe fra, og om Aftenen gaar de ud at spise. – Jeg skrev straks til fru Maydahl, nu gad jeg vide, hvornaar de komme, hvis de vente ret længe kan jeg ikke naa at komme til Rom inden Jul, jeg maa absolut være sammen med L. &amp;amp; B. Juleaften. Men ogsaa af andre Grunde, vil det maaske passe bedre efter Jul, mulig at L.&amp;amp;B i Januar rejse et Par Uger Syd paa til Rom og Neapel, mens Lud venter paa noget, han skal hugge i Marmor. - - Ja, Du har ret i, at Julen [overstreget: at Julen] bliver det mørke Punkt, det bliver forfærdelig drøjt ikke at være med til vores sædvanlige hyggelige, dejlige Jul paa Haabet, men det kan nu ikke nytte at sørge for meget over det, [overstreget: de] noget galt skal der jo altid være. – Jeg haaber næsten Du til den Tid sender lidt Pølser og en Julekage?? det var dog altid lidt hjemligt. Jeg gad vide, om vi ikke kunne lave Risengrød Juleaften, at gaa paa Restauration den Aften var altfor skrækkeligt! - - Hvor det er morsomt, at det er Bertas Kusine, der er Skyld i, at jeg kan blive, Berta siger, at I ville nok synes udmærket om hende og hun om Eder. – Den Dr. Beckett cand.mag. har ganske rigtig en Søster paa Stensgaard, om han er forlovet ved jeg ikke, men jeg tror det ikke. Hans Mor er vist Vestindier og hans Far Grønlænder [tilføjet: Islænder?] eller omvendt. Han er rigtig elskværdig men en stor Teoretiker, der er saa slaaet fast paa alle Punkter, at han er lidt besværlig at snakke med. Han er højere end Prins Christian!!! - - - hvordan er Vejret hjemme? Har I haft Sne? Frost? Is? – For et Par Dage siden var der Sne at se paa Bjærgene heromkring, men det er meget sjældent, at den kommer til Firenze selv. – Jeg har købt Tøj til Kjole og Slag, noget kønt og varmt noget, blaat med røde Stænk: 36 Lire. Du skriver 50 Kr til Tøj med Spørgsmaalstegn; ja jeg kan jo ikke nægte at jeg magelig kan bruge 100, Kjolen bliver jo dyr inden jeg faar den Nyt af Fodtøj maa jeg vist have baade tykke Sko og Støvler saa jeg stadig kan skifte og have tørt paa. Jeg er lidt udgaaet der, slider rædsomt. Endvidere maa jeg have en ny lille Kuffert den gamle gik helt i Mas paa Vejen herned, samt et Par Uldbuxer til foruden dem jeg havde, et Par uldne Underliv, Handsker og andre Smaating. Du kan ikke tænke dig hvor jeg er bleven kuldskær efter den Sommer, jeg vil saa nødig forvænne mig, men mærker at jeg er nødt til at gaa meget varmt klædt. Forleden Nat blev jeg pludselig daarlig af Mavepine, Fru B hørte mig og kom herud, vi var begge meget betuttede over mig, jeg besvimede to Gange eller saadan halvbesvimede, som Du ved jeg kunne tidligere; der var ikke mindste anden Grund at opdage end Kulden; næste Dag tog jeg Uldbuxer paa og købte mig et langærmet Underliv af_ Uld_. Tænderne ere ogsaa gaaet over nu, men der er kommen et ækelt Hul i een Tand, dog haaber jeg at kunne holde det hen til jeg kommer hjem, jeg vil nødig under [overstreget: under] en italiensk Tandlæge. – Det var vist i Grunden ubetænksomt af mig at skrive det om Mavepinen, men jeg haaber ikke, Du bryder Dig om det, baade det og Tænderne er nok kommen af Kulde og helt gaaet over nu, og det havde været meget værre, hvis jeg havde faaet Hoste. – Hvordan har Far det ? Jeg haaber bedre, siden du ikke taler om det. – 
+Jeg har Følelsen, at jeg er kommen til at skrive saa forfærdeligt kedelige Breve hernede! Kan Du ikke mærke, at jeg er gaaet meget tilbage i denne Retning; jeg ved ikke hvordan det kan være. - - -
+I Morgen naar jeg gaar ned til Atelieret skal jeg have en lille sød Unge med herfra Huset, som Lud skal modellere efter paa et Relief. Det er en Dreng ved navn Cæsar, 4 Aar, vældig køn som en af Rafaels Engle; han skal saa spise Frokost dernede, det bliver en ren Festdag for ham. – Det er sandt Du skriver, at jeg ikke har skreven om Modtagelsen hernede, det kan jeg ikke forstaa, hvis jeg ikke har skreven om det – at jeg havde lavet en lille festlig Aften til dem med Suppe, Suppekød med Kartoffelmos, Hønsesteg (som Fru B stegte paa Spid sammen med sine egne) med Salat, Ost og Frugt samt Blomster paa Bordet. Jeg havde været fræk nok til at lade Suppen staa og passe sig selv, mens jeg gik paa Banegaarden efter dem; men baade den og Kødet havde klaret sig sig udmærket paa egen Haand, saa vi kunde spise strax. Vi havde en meget hyggelig Aften, men anden Modtagelse var der ikke. Undtagen det, at der var lavet pænt nede paa Atelieret og det lille Værelse, men det har jeg nok skreven om. – De tage vist ikke alligevel en lille Lejlighed, det bliver meget dyrere, og det kan gaa brillant paa denne Maade. - - Nu ikke mere for denne Gang! Kun 1000 kærlige Hilsner til Eder alle! Jeg bliver ganske vemodig slemt, naar jeg tænker paa, at det endnu skal vare næsten et halvt Aar, inden vi ses. – Alhed -</t>
+  </si>
+  <si>
+    <t>1894-02-28</t>
+  </si>
+  <si>
+    <t>- Jensen, Frøken, Erikshaab</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Hanne -  -, kokkepige Erikshaab
+- Rottbøll, Fru
+Maria von Sperling. g. Balslev
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien februar 1894 - maj 1895. 
+"Solleruper": I Sollerup lå Skole for unge Piger, hvor blandt andre Alhed Larsens søster, Christine, en tid var elev.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup Gods.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2218</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ønsker Frk. Jensen tillykke med fødselsdagen. Hendes mor har fortalt, hvordan den skal fejres. 
+Der var koldt de første dage i Firenze, men nu er vejret fint. Konsulen har skaffet Alhed fri adgang til museer. Mens hun skrev på brevet, kom der tre betjente ind og sagde, at der var røvere i huset. Når herren og Fruen kommer hjem, vil de nok opdage, at der mangler sølvtøj. 
+Frk. Jensen skal ikke sende tøj med skib til Alhed. Hun hører nærmere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mUfe</t>
+  </si>
+  <si>
+    <t>28de Febr
+Kære Frøken Jensen
+En rigtig hjærtelig Lykønksning til Deres Fødselsdag d. 3die. Gid De i det nye Aar maa ["maa" indsat over linjen] blive en hel Del mere rask, end De har været i det gamle! - Mor har skreven, hvordan Deres Fødselsdag skal fejres, saa jeg kan tænke paa Dem, der er nok bedt nogle Solleruper. - De kan tro, jeg har det dejligt hernede, jeg begynder rigtig at lære Florenz at kende nu; de første Dage var her rasende koldt, det blæste en stærk Østenvind, vi maatte lægge i Kakkelovnen, men frøs alligevel knagende. Nu er det imidlertid igen bleven det dejligste Vejr, næsten for varmt til Overtøj. - Konsulen har skaffet mig fri Adgang til Museer og alt her i Florenz, det er dejligt for mig. - I Søndags var vi ude en dejlig lang Tur langs Arnoen, Konsulens Lud og jeg. Bagefter spiste vi til Aften paa et Osteri. - Tænk Dem, nu for lidt siden, mens jeg sidder her og skriver, kommer der tre Betjente springende over Havemuren og beder om hurtig at blive lukkede ind, da her er Røvere i Huset. De kom i en Fart ud paa Hovedtrappen og undersøgte Huset, men Asnerne er undslupne. De har været inde nede paa 1ste Sal, hvor Herren Fruen og Pigen var gaaet ud i Morges. Naar de nu om lidt kommer hjem, finde de rimeligvis Huset tomt for Sølvtøj og deslige. - Vi har tilbragt en lang Tid ude paa Trappegangen for at følge Begivenhedernes Gang sammen med Husets øvrige Beboere af hvilke nogle har hørt Skuffer blive lukkede op og i derinde. Det har sinket mig, saa jeg maa slutte snart. Vil De takke Mor mange Gange for hendes Brev, som jeg fik i Lørdags. Jeg er aldeles overvældet over at skulle se Rom og over at skulle blive her saa længe. Jeg har skreven til Frk Sperling. - Nu skriver jeg et langt Brev til Glorup, jeg havde tænkt at lægge lidt herindendeni ["den" sidst i ordet overstreget] til Mor, men naar det ikke nu, hvis De skal have dette d. 3die. - De skulle ikke sende Tøj med Skib, jeg skriver nærmere hvordan. Hils dem allesammen paa det kærligste fra mig! - Endnu en Gang hjærtelig til Lykke kære Frk. Jensen.
+Deres hengivne
+Alhed Warberg
+Hils ogsaa Hanne og Karen, jeg haaber Karens Mor er kommen sig igen.</t>
+  </si>
+  <si>
     <t>1894-03-02</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Nislevgaard</t>
   </si>
   <si>
     <t>Firenze
 Consolato di Danimarca</t>
   </si>
   <si>
     <t>Thorvald Balslev
 Julie Brandt
 Thomas Bredsdorff
 Louise Brønsted
 Jacob Lange
 Johanne Lange
 Christine  Mackie
 Ellen  Sawyer
 - Vester
 Nicoline  von Sperling
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen var med sine to onkler på en rejse til Italien, og hun kom ikke hjem til forældrenes sølvbryllup. 
 Johanne f. Warberg var forlovet med Thorvald Balslev 1893-1898. Han var vokset op i præstegården i Tarup. Søsteren Christine var forlovet med Thomas Bredsdorff fra Thorkildstrup Præstegård på Falster. Ingen af de to forhold førte til ægteskab.</t>
@@ -2038,50 +751,53 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GIiA</t>
   </si>
   <si>
     <t>[Kuvert forside:] 
 No 1 
 Nobil 
 Signorina AlhedWarberg 
 R.V. Consolato di Danimarca 
 Lung – Arno Cellini 17 
 Firenze 
 Italia 
 [Kuvert bagside:] 
 Stemplet ”Firenze” [resten er ulæseligt]
 Nislevgård. Fredag den 2den Marts 94. 
 Kære Be! 
 Vores Tæppe ryger nok i Lyset, lader det til. Det er naturligvis en Mulighed at tænke paa at faa det færdigt, selv om du sendte det nu, hvad jeg slet ikke antager, du i mindste Måde tænker paa, hvilket jeg naturligvis saa godt kan forstaa, at Du ikke har Tanke for i al din Herlighed dernede. - Altsaa det har jeg fuldstændig opgivet, men hvad Katten skal vi saa hitte paa at give dem. Hvad mener Du, om Muk og jeg syede et rigtig kønt Sybordstæppe i samme Stil som Bordtæppet – altsaa og hvis vi saa mener, at det er for lidt kunde vi saa tillige give [”give” overstreget] sy en eller anden Ting ind til Fars Stue, for Sybordstæppet blev saa udelukkende til Mor; f.Ex. nyt Betræk på den Pude, der ligger i Vinduet samt Fenitieres eller hvad man nu kalder det Tæppe, der hænger ned fra Vinduet eller et Tæppe under Bordet eller sådan noget. For jeg synes, vi maa passe, at det ikke bliver til Mor altsammen. Det er vist slet ikke saa tosset med det Sybordstæppe, hvis Du vilde tegne det; nu har vi jo Silken til det, og saa kan vi alle senere sy det store Tæppe og så få dem selv hjemme til at bestride Udgifterne. - Hvordan mon Tegningen saa skal være; en Krans, Strøbuketter eller 4 Hjørner; jeg tror næste Strøb. så at lidt af det kan komme op paa Bordet. Men vil du ikke nok straks svare mig paa dette, om du ikke ogsaa har opgivet det store Tæppe, om du ikke bifalder min Plan med det lille og hvordan du mener, det skal være. Jeg vilde meget gærne have om du vilde gøre det, svare mig, mener jeg, for jeg er hæftig i Vildrede med alting, men det maa være straks Be, for så skal jeg til at træffe Aftale med de andre, når jeg nu har hørt din Mening. Har du en anden bedre Idé fra Muk og mig, saa kom endelig med den, men straks Be, for inden vi faar begyndt paa det, gaar der lang Tid, og der er snart ikke så farlig længe til - - - Jeg lever ellers så temmelig et stille Liv under Tangen, hører næsten ikke fra andre end Thorvald og ved saa lidt Besked om Alting; Turen hjem i Fastelavnen var en henrivende lille Oplevelse, kun var det mig en Sorg, hvorfor jeg skulde holdes udenfor det med Vester og Elle; jeg følte mig som et lille Pattebarn især når Elle i dyb Alvor gik og fortalte mig om, hvor højt Vester elskede dig. Jeg gjorde hende jo den Fornøjelse at sige ja og Amen til det, siden jeg partout skulde holdes udenfor, men helt blind er jeg da ikke endnu. Men I må jo have meget ringe Tiltro til min Diskretion – nå, det er nu lige meget. 
 Det var rigtig sødt af Frk Sperling at give dig de 300, og tænk hvis du kommer til Rom, du lykkelige Menneske, du kan rigtignok sagtens. Så er der vel ikke Tale om, at du kommer hjem til Sølvbrylluppet, men naturligvis, det er jo lige meget, det er nok værd at opgive for at få Rom at se. – Jeg venter Brev fra Mor og håber, at hun vil sende mig dine Breve, de må jo være svært interessante. – Jeg var en morsom Tur til Tarup i Søndags, spasserede dertil Lørdag Eftermiddag og tilbage igjen Mandag Morgen årle. Jakob og Johanne Lange fra Dalum kom der om Lørdagen de er nogle storartede Mennesker, så kloge, musikalske, naturlige, sjove og friske; han er vist en voldsom Radikaler; Samtalen kom en Gang ind på socialistiske Emner; jeg var så dristig at snakke og Svigerfar blev foruroliget over mine kradse Meninger og næste Morgen fortalte Rimse mig, at jeg kan forvente at blive forhørt af Svigerfar, hvordan det egentlig staar til med mig i alle Retninger. Er det dog ikke skrækkeligt, kan du huske den Gang i Sommer, truede han med at tage den ulykkelige Harald i Forhør, jeg beklagede Harald i mit stille Sind, men jeg tror for Resten ikke, Svigerfar udførte sin skumle Plan. Jeg haaber ogsaa, det skal trække over med mig, og jeg skal nok passe på min Mund en anden Gang. – Vi fik en masse deilig Musik, de to Langer synger saa nydeligt. 
 Som sagt, jeg har ikke noget at fortælle dig, som er interessant, jeg oplever ingenting, du maa betragte dette som et Forretningsbrev. Men du hører vel ogsaa jævnligt fra dem hjemme og fra Christine. Frygtelig kedeligt for mig, at hun og Thomas rejser til Falster i Paasken, Bran truede med at tage med ogsaa, men heldigvis har hun dog opgivet det; men en endnu større Sorg er det mig dog, at jeg ikke kan faa den kære gamle Kafé at se mere, de skulde jo flytte først i Marts, og det er mig frygtelig hårdt. –
 Svar mig så endelig straks paa dette og sig mig, hvad din Mening er.
 Hilsen fra J</t>
   </si>
   <si>
     <t>1894-03-03</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Alfred Rottbøll
 - Rottbøll, Fru
 Ellen  Sawyer
 Adelheyde Syberg
 Nicoline  von Sperling
 Albrecht  Warberg
 Conrad Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien fra februar 1894 til april 1895.
 Hendes farbror, Conrad Warberg, var godsforvalter på Glorup.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2142</t>
   </si>
   <si>
     <t>Alhed Larsen ønsker Ellen og faderen tillykke med fødselsdagene. Dejligt, at Alhed har fået 300 kr. af Frk. Sperling. Tænk, hun skal til Rom. 
 Rottbølls er søde. De har blandt andet fundet på, at Alhed skal have blødkogt æg om morgenen. Fru Rottbøll kommer af og til ind til Alhed med morgenmad. De to Rottbølls har vist trængt til selskab. Han er lidt tør i det, og hun er mere frisk, men også uudviklet.
@@ -2134,461 +850,50 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/Ai8c</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:] 
 No. 3 
 Frøken Alhed Warberg 
 R.V. Consolato di Danimarca 
 “Bella scuardo” 
 Firenze 
 Italia 
 Kære Be! 
 Du har min Agtelse i allerhøjeste Grad, baade fordi du har forholdsvis hurtigt sendt Tegninger og for deres Smukhed; jeg synes, det er aldeles nydeligt, men er jo pokkers svært at sy; man må jo egentlig betragte det halvt som Kunstsyning, eftersom Blomsterne er så levende tegnede; det værste er, at det er så aldeles rasende sent, det går nemlig ikke an at sy det med store flotte, dristige Sting, saa kommer det ikke til at ligne efter noget, man må netop sidde og pille med det; jeg tvivler på, det bliver færdigt til Sølvbrylluppet, det gjorde jeg straks, da jeg så Tegningen, men jeg syntes alligevel – hellere ikke få dette færdigt [fortsætter s. 2] 
 [skrevet lodret øverst på siden:] 
 Endnu en Gang min Kompliment for Tæppet – jeg havde ikke tænkt mig det nær så kønt og fordi du overkom at få det lavet. – Hils Onkel Lud - og Emil, når han kommer.
 Og så til Slut en varm Lykønskning fra din S. 
 J. 
 [S. 2:] 
 end at vælge noget ikke nær saa smukt i en eller anden Retning, selv om det blev færdigt; synes du ikke ogsaa. Fru Berthelsen syntes så absolut, at jeg ikke skulde tage de inderste Blomster med, altså slette alt, hvad der skulde paa Bordpladen, både fordi det blev hurtigere og fordi hun mente det andet var for bepakket; jeg var nær ved at lade mig forlede af denne Daarskab af Magelighedshensyn, men heldigvis greb jeg mig selv i Nakken i sidste Øjeblik, så det er kommen på altsammen. Jeg syr al den Tid det er mig muligt og det er ikke saa lidt, men det bli’r ikke noget videre. Jeg fik Sendingen om Torsdagen og gik straks på Timen til Odense med det for at få det tegnet på og lede Farver ud, gik herfra Kl. 1, endte Ærinder derude gik Hjem igen og var her Kl. 7 - flinkt Berthelsen var ved at tabe Næse og Mund over mig Saa fik jeg det om Mandagen og fangede straks an; jeg har syet den ene af Smørblomsterne og er nu ved den højrøde Frugtblomst, Det er jo en Pyrus Japonika? og vi har en her i
 Haven; det er storartet, at jeg har den at se efter. For Resten synes jeg [”jeg” indsat over linjen] ikke, der er Forskel (i Tegningen) på dem og så Æbleblomsterne, er det din Mening, at den ene af Grenene er en rigtig Æblegren S.u , saa er det ikke helt korrekt, da Blomsterne jo egentl. skulde sidde i Klumper, men skit – det var jo også umuligt at sy så. Tak for Forklaringerne i Brevet, dem har jeg stor Nytte af. Dem du kalder Begonier, er det dem, der ligner Tullipaner? S.u [”S.u” indsat over linjen] Sendte du ikke en af dem til Chr. Jeg synes der var sådan en blandt hendes, og de var altså lysehøjrøde, de bliver svære, da jeg ikke har Anelse om dem. Og Farven på deres Blade, er den ikke grågrøn noget lign. Tulipanblade? Mon du svarer på disse Par Ting - du gider vel ikke skrive til mig f[ulæseligt]sene, men kan du ikke til Elle i en af Mors Breve, så kan hun sende mig din Forklaring, når hun skriver til mig. – Anemonerne bliver vist svære, jeg maa se at få nogle i Odense hos en Gartner; jeg behøver ikke at lægge blaa og røde Tråde sammen til lilla (det vilde desuden blive grimt, man kan jo faa lilla Silke. Det var en lang Forklaring om Tæppet, men det er jo også et vigtigt Spørgsmaal. Jeg skal hjem i Morgen, saa tager jeg det med og viser dem det, samt faar Råd om et og andet. Chr. &amp;amp; Thomas kommer jo hjem; de Vrøvlehoveder, først får jeg Brev, de kommer første Søndag, så at Chr havde skrevet fejl, det var først næste – så Atter, at de alligevel kom første Lørdag Nu læser jeg tidligt med Ane og gaar til Odense, så jeg kan nå at komme med Eftermiddagstoget, altså sammen med Th. og Chr. Det glæder jeg mig vældigt til; jeg fik jo set saa lidt til dem derinde de var jo på Falster. Jeg morede mig ellers glimrende derinde i Påsken, Th. var jo fuldstændig frit gående de sidste Dage, jeg var der – Du ved vel, at han havde brækket sit Ben. Han, Bran og jeg dangderede den af sammen, hyggelige Aftener på den nye Kafé o.s.v. - Straks blev jeg lidt skuffet over den, men den kan jo for Resten heller ikke være hyggelig, når man kommer træt hjem Kl. [ulæseligt tal] om Natten og der er koldt, hvad der bidrog til Uhyggen var, at vores Døren [”en” sidst i ordet overstreget] til Lejligheden smækkede nok så lystigt, da vi kom, vi stod angstfulde nede på 4de Sal, men vi måtte jo tilsidst vove os derop; uheldigvis havde vi ingen Svovlstikker, så vi måtte rode Lejligheden igennem, inden de fandtes – først så blev vi klare på, at den var kemisk ren for Tyve og Bøller, det var kun Chr, der tilfældigvis havde glemt at lukke Dören, da hun gik. 
 Fredag Middag, 
 Ah! nu føler jeg tilfulde, at du nok ikke naar at faa dette paa din Fødselsdag, men du faar vel en Del paa selve Dagen, så du er glad nok ved at faa et lidt senere. Ja, maa jeg saa gratulere dig, lille Be – gid du må blive et helt Aar dernede endnu, det er et smukt Ønske, synes jeg. Længes du hjem? Næ, det gør du vel ikke, det er heller ikke noget at spilde Tiden med det; tænk hellere på, at du skal til Rom, det er anderledes Sjov. – Du skælder mig ud fordi jeg ikke skriver noget om Studimse, den Møgtoer; men jeg ved ikke en Kvidder om ham; han går på sit Rødkilde og passer fuldstændig sig selv, der er ikke Spor at bemærke. Men han kommer vel sagtens hjem mellem de to Hold eller Afdelinger – mellem Karle- og Pigeskolen mener jeg – for Pokker. Saa ser jeg ham vel i Tarup, saa skal jeg berette om ham – eller rettere berette Rimses eventuelle Beretninger om ham – jeg har ikke Tid til mere; jeg er saa optaget i denne Tid både af det Sytøj og af min Musik, som jeg hænger godt i med. Jeg staar op om Morgenen tidligt og øver mig, i Gaar var jeg nede Kl 6: stolt. 
 Vær nu ikke gal over at dette baade kommer for sent og er saa kort, naar jeg kommer hjem skal jeg stjæle nogle Frimærker, så skal du faa en Gang Brev til: jeg kan jo nok tænke mig, at du gouterer dem, når du er saa langt væk. ----- 
 Kan du ikke, når [”når” overstreget] hvis du skriver til mig, købe en hel Del Frimærker af lille Værdi og sætte på Brevet, så der kommer flere forskellige Slags, Carl samler på udenlandske Frim. og har næsten ingen italienske. Husk det! Du kan jo også gøre det hjem til så kan de sende mig dem. 
 [Skrevet lodret under selve brevet:] April 1894.</t>
-  </si>
-[...409 lines deleted...]
-Mens jeg var Dreng blev det fortalt mig af en gammel Kone, ”Moster Maren” ved Navn og enarmet, (den anden var kun en lille Stump som hun paa en fascinerende Maade kunde bevæge frem og tilbage) at min Oldemoder en Gang i Harme havde taget Sabelen fra den Spaniolofficer som boede hos dem [”hos dem” overstreget] i Gaarden hos hende og sat den for Knæet og bøjet den i Vinkel. Han havde nemlig efter Tidens Skik og Brug tugtet en eller anden med den flade Klinge, som ikke havde været ham til Behag. Det var samme Spaniol som efter Folkesnakken skulde være Fader til min Bedstefar, min Oldefars Førstefødte og han skulde, ogsaa efter ”Moster Marens” Beretning, have tilbragt en stor Del af sin Tid ved min Bedstefaders Vugge. Hvor længe Spaniolerne laa her ved jeg ikke men det var vist ikke saa faa som blev her for Resten af deres Liv. Min Moder var mørkhaaret men ikke kulsort. Derimod havde jeg to Mostre [”Mostre” overstreget] Mostere som begge var ravnesorte med bølget Haar. Den ene kendte jeg hele min Barndom. Hun var lystig og uligevægtig blev ulykkelig gift og tog sig selv af Dage. Den anden lærte jeg først at kende da jeg selv var 20 Aar. Hun sad da midt i en hel Redefuld Unger, med Haaret flyvende om sig. Ogsaa hun var ildfuld og vekslende i Sindet men hun var solid og stærk nok. Hun dækkede den Gang mine Forestillinger om en rigtig Zigeunerkælling, men jeg har senere faaet dem rettet ved at se den svenske Malers Ernst Josephsons spanske Billeder. Spansk Kunst har jeg desværre kun set meget lidt af. Dog har jeg lagt Mærke til at der mellem mine Kusiner, ofte er [”ofte er” overstreget] og deres Afkom igen, ofte er forekommet Fremtoninger der minder om Murillos Børne- og Kvindeidealer, et Ideal som aldrig er faldet i min Smag. Ovennævnte Tante var gift med en Broder til min Fader og mærkelig nok ogsaa der er de blonde Syberger slaaet igennem og har fuldstændig fortrængt Moderstammen, ja endnu mere end i mine Familie, for her er dog jeg vokset i Maal efter min Moders Slægts Normalhøjde kun min Søster er blevet kolossal. Men alle mine Fættere og deres Afkom igen han [”han” overstreget] har gentaget Sybergernes tre Alens Højde. Rabbe boede hos en af dem som er bosat i Oslo han skulde efter hvad hun sagde være 1½ Tomme højere end Kristian X. Jeg gaar ud fra at Sybergblodet har været det kraftigste. De ”spanske” Typer i de senere Generationer er alle faldet blandt min Moders og Tantes andre Søskende. FS.</t>
   </si>
   <si>
     <t>1894-04-13</t>
   </si>
   <si>
     <t>Emil Brandstrup
 Ludvig Brandstrup, billedhugger
 Sophus Claussen
 Frederik Gad Clement
 August  Eiebakke
 - Ekmann
 Thorvald Erichsen
 Ludvig Find
 Christine  Mackie
 - Rafael
 Alfred Rottbøll
 - Rottbøll, Fru
 Mathias Skeibrok
 - Sukkersten
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien fra februar 1894 til april 1895.
 Det er svært at gennemskue, hvis forlovelse der er blevet deklareret. Christine Mackie, f. Warberg, blev forlovet ved nytårstid, men forlovelsen var allerede ophævet igen, da Alhed skrev brevet.</t>
   </si>
@@ -2607,50 +912,175 @@
   <si>
     <t>Fredag d. 13de April 1894
 Kæreste Mor!
 Tak for alle de dejlig, lange Breve til min Fødselsdag! jeg var forfærdelig henrykt over dem allesammen, men foreløbig maa Du overbringe min Tak til dem alle hver især; det svimler for mig, naar jeg tænker paa at besvare det altsammen. Jeg fik ialt 34 Breve og Kort, c. 150 Sider Tekst (foruden Kortene), det var et helt Arbejde at studere det igennem, men jo forfærdelig morsomt. - Dagen forløb rigtig morsomt, jeg blev "hædret paa alle mulige Maader". Om Morgenen kom de begge ind med The paa Sengen til mig, Rottbøll bærende en stor Krukke med Tulipaner. Dannebrog var hejset hele Dagen til stor Forundring for Bello sguardos Indvaanere. Lud ankom til Frokost (Middag) Kl. 12 og vi bekom kogt Lax, Lammefrikasé og Fromage, Rødvin og Marsala. Om Aftenen fik vi stegte Blæksprutter d.v.s. kogte i Olje. Om Eftermiddagen gik vi en lang, dejlig Tur. - Rottbøll tog et Par Smaafotografier af os staaende herudenfor Gangdøren, jeg glæder mig til at sende dem hjem i næste Brev, men det ["t" sidst i ordet overstreget] er ikke fremkaldte endnu, saa vi ved ikke, hvordan de ere. Fru Rottbøll gav mig 3 dejlige Potteplanter til mit Værelse, en Kala i Blomst, en meget stor Forglemmigej og en - jeg husker ikke, hvad den hedder, liljeagtig med gulrød Blomst. [Tegning] Hr Rottbøll gav mig et lille Likørstel med en dejlig grøn Likør, "Cortosalikør" hedder den og laves paa et Kloster her i Nærheden. - Lud vil give mig et Silketørklæde, som vi skal ud at købe sammen. - I kan ikke tænke Eder, hvor mit Værelse er bleven henrivende nu. - Rottbøll tog ned til Byen Dagen før min ["min" indsat over linjen] Fødselsdag og købte flere nye Møbler til mig: et større Bord, en stor Rørlænestol, lille nydeligt Natbord med Marmorplade og et dejligt Toiletspejl, stort med udskaaren Ramme, smaa Skuffer og til at vippe baade op og ned og til Siden. Det staar paa den smukke Kommode. Rottbøll gik selv herinde og rodede hele Eftermiddagen, hængte Gardiner op og stillede i Orden. Det er bedst, I faar en ordenlig Beskrivelse.
 [Tegning med indsatte tal]
 1 Dør
 2 Puf
 3 Natbord
 4 Sofa
 5 Forhæng med Kjoler
 6 Kakkelovn
 7 Bord med Silketæppe Blomst og Fotografier
 8 Kommode med Toiletspejl
 9 Stol
 10 Vaskeri
 11 Vindu, meget stort.
 12 Puf med to Potteplanter bagved
 13 Bord med kønt Tæppe
 14 stor Stol
 Det er ganske yndigt efter min Mening det hyggeligste i Lejligheden, det samme mener Malerne Find og Clément, der var her forleden. - Og saa er her altid fuldt af afskaarne Blomster, som jeg faar af Folk og Børn heromkring, for Tiden 3 Vaser med gule Roser, Reseda, Levkøjer, Sirener, Kamelier, Blaaregn o.s.v. saa her er den dejligste Blomsterduft; jeg sover for aabne Vinduer om Natten. - Her er ganske henrivende oppe paa Bello sguardo, frisk Bjergluft og ingen Støv; en Nattergal synger lige her i Nærheden, o ["o" overstreget] især om Aftenen er det bedaarende og minder svært om gamle Danmark, jeg kan blive helt underlig stemt, naar jeg ligger henne i Vinduet og hører paa det. Dog er Sydens Nattergal noget kvikkere i Vendingen end den hjemme i Hestehaven. - Det er jo sjov med den Fugl, den har smuglet sig ind uden mit Vidende, jeg gad vide, om en saadan Fyr ellers ikke er toldpligtig? Ønsker I tilsendt et Tusindben? Her er udmærkede Exemplarer saa store og tykke som en lille Finger. Føj. - Nu kommer nok Moskitoerne snart, saa skal vi til at sove under Slør, hvis vi ikke vil ædes levende. - - Jeg er i den sidste Tid kommen noget sammen med Find og Clément og nogle andre Malere. Forleden Aften tog Lud mig med op at spise i et Pensionat, hvor han har spist i den sidste Tid sammen med disse unge Fyre. Det var rigtig morsomt. Foruden de to ovennævnte var der to ["to" overstreget] tre Nordmænd: Ejebakke, Erichsen og Sukkkersten alle Malere og en ung italiensk Musiker, der sagde at jeg lignede Rafaels Madonnaer!! - Efter Bordet gik vi alle hen paa Banegaarden og sagde Farvel til en tysk Maler Ekmann, der talte udmærket dansk. Derefter gik vi ind paa en lille Vinknejpe, hvor Find øvede sig i at springe op paa Bordene med samlede Ben, han er en frygtelig Bajads, vældig livlig. Vi sad der en Timestid og morede os godt. Jeg saa mig pludselig i en Ild af tre tegnende Malere, Find, Clement og Snekkersten, de er saa begejstrede for min store nye ["nye" overstreget; "hvide" indsat over linjen] hvide Filthat. - Den jeg synes bedst om af dem er Nordmanden Erichsen, han er en meget lang og ualmindelig smuk Fyr, han ser aldeles ud som en ung Mand fra Empiretiden, baade i Klædedragt og i sit eget Udseende. Vi har en Del fæles Bekendte, da han har gaaet paa Zahrtmanns Skole. Han kunde huske mig fra Konserterne der. Desværre kender Rottbølls ham ikke, men jeg pønser paa at faa ham introduceret [tre ? indsat over ordet] i Familien, [et overstreget ord] idet jeg pusser den lille Frue paa ham. Hun er ikke blind faa ["faa" overstreget] for mandlig Skønhed; jeg har præsenteret dem for hinanden og jeg tror nok, det gaar. Naar hun bare bliver lidt mere begejstret, end hun er, faar hun den uskyldige Mand til at invitere ham! - Er det ikke forfærdelig snedig? Men jeg savner virkelig noget mere Menneskeselskab, vi ser jo sjældent et Menneske, og naar jeg saa endda sympatiserede noget mere med ["med" indsat over linjen] Rottbølls, eller naar der bare var noget Liv i dem, men navnlig han er med al sin Elskværdighed en forfærdelig Tørpind. Lille Fru Pelle kan vist nok blive til, hun er ganske livlig af Naturen, men var bare bleven noget indskrumpet af at leve et komplet Eneboerliv med Manden. Hun fortæller, at før jeg kom, kunde der somme Tider være 14 Dage - tre Uger, hvor hun aldeles ikke ["ikke" indsat over linjen] kom udenfor sin lille 4 Værelses Lejlighed paa 3die Sal; Manden tør ikke lade hende gaa udenfor en Dør alene, og selv cykler han. - I Begyndelsen talte han ogsaa noget om, at jeg ikke maatte gaa ud alene, men det fik jeg heldigvis forpurret. D.v.s. om Aftenen kan man slet ikke gaa alene; jeg er en eneste Aften kommen til at gaa herop alene i Mørkningen og da blev jeg forfulgt af to Mænd, saa jeg maatte løbe det sidste Stykke herop af Bjærget i fuld Galop, saa det pløver ["pløver" overstreget] prøver jeg ikke paa tiere. - Hvad angaar at rejse til Rom saa kan jeg godt indse, at en ung Pige slet ikke skal gøre den Tur alene, Italienerne er ikke saa fredelige som Danskerne, saa jeg vilde aldeles ikke være hyggelig ved at være saadan helt alene en Maanedstid. Det kunde slet ikke lade sig gøre. I gør jer ikke nogen Forestilling [overstregede bogstaver] om, hvilke Glohoveder Italienerne ere, de æder én med Øjnene, og ikke nok med det, men de tiltaler én og gaar efter én ved højlys Dag paa Gaden. Du spørger om, hvad Konsulens Bestilling er; det er at hjælpe danske, der kommer herned til Rette med forskellige Ting, opbevare deres Penge o.sv. og ligeledes tage sig af danske Haandværksvende. Det er en ulønnet Stilling, nærmest en Ærespost; kun Konsulatet i Rom er lønnet, dette venter Rottbøll at faa om et Aarstid, men han har saa mange Rentepenge, at (han) ["(han)" overstreget] de lige kan leve af det. - Her kommer ikke mange danske paa Besøg her. Her har en Aften været en lille Antydning af en Billedhugger. Hans Navn var Berntsen, hvilket er det mest mærkelige, jeg har at meddele om ham. Digteren Sophus Clausen og Malerne Clément og Find har jeg ogsaa set og talt en Smule med. Men Rottbølls leve meget stille, saa her kommer ikke mange andre end Lud. - Nu skal lille Dis have et Par Ord ogsaa og saa maa jeg slutte for i Dag. - Nu skal jeg nok for Fremtiden begynde i Tide paa mit Brev og skrive paa det et Par Dage. - Det er jo morsomt at Forlovelsen nu er deklareret; jeg havde langt Brev fra Christine i Gaar. Saa Du mener, jeg forlængst har fortalt Onklerne det. Nej ikke et Ord, før Du skrev, at den nu skulde deklareres. Lud blev meget glad ved det.
 Nu kun 1000 Hilsner til Eder alle fra Eders
 Alhed
 I Morgen, Mandag om 14 Dage afsender jeg Brev igen. - -</t>
   </si>
   <si>
+    <t>1894-07-15</t>
+  </si>
+  <si>
+    <t>Bello sguardo
+Firenze</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Thorvald Balslev
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Karen Jørgensen
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+Alfred Rottbøll
+- Rottbøll, Fru
+Michelangelo Simoni
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har i et andet brev fortalt, at Rotbølls embede i Firenze var ulønnet, og at han og konen levede af renterne fra hans formue.
+Viale dei Colli er en snoet vej omgivet af parkanlæg og springvand i Firenze.
+Alhed Larsens forældre fejrede sølvbryllup 28. maj 1894.
+Haabet er gården Erikshaab, hvor familien Warberg boede.
+"den storslaaede Dag i Tarup": Grundlovsdag 1893 fortalte Johanne, Alheds søster, at hun var blevet forlovet med Thorvald Balslev, som var søn af præsten ved Tarup Kirke. Det er ham, som i Alheds brev bliver kaldt Skvade. 
+På Gelskov boede Hempel Syberg (Onkel Syberg = O.S.) og hans kone, Adelheyde. Hun blev syg af en svulst i hjernen og døde på sindssygehospitalet i Middelfart i 1896. Det er muligvis hendes indlæggelse, Alhed er inde på, når hun skriver, om Onkel Syberg ikke kan få det bedre "et Par Aar ovenpaa det, kan det ikke lette paa ham?"</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2149</t>
+  </si>
+  <si>
+    <t>Det er irriterende, at nogle af Alheds breve ikke når frem til Danmark i tide. Hun vil nu bruge en anden postkasse. 
+Rottbølls rejser til Gardasøen. Han kan ikke tåle varmen i Firenze. Alhed vil prøve at tilrettelægge sin tid alene. Hun er spændt på, hvordan hun kan komme til Rom. 
+Lud giver Rottbøll penge til Alhed, og hun får dem i små portioner. Hun sparer godt, men malergrej og tøj er dyre sager.
+Alhed Larsen er tilfreds med sin maleindsats. Hun knokler på trods af varmen. Rosenbilledet har hun i to måneder malet på ved Viale dei Colli. Hun har også malet et par blomsterbilleder og et springvand. Alhed begynder at tro på, at hun kan drive det til noget med maleriet. 
+Rottbølls rejser til Gardasøen, da han ikke kan holde varmen i Firenze ud. Han og konen har i øvrigt pengeproblemer. Alhed mener dog ikke, at de har udgifter af at have hende boende.
+Varmen er meget slem, og man bliver desuden stukket voldsomt af nogle modbydelige myg. 
+Alhed håber, at Hempel Syberg nu kan få et par gode år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XSUd</t>
+  </si>
+  <si>
+    <t>"Bello sguardo" -
+Søndag 15 Juli
+1894
+kaldet "Skvalderup"
+Kæreste Mor!
+Det er noget slemt Smøleri med de Breve; jeg er sikker paa at have lagt baade Kortet og Brevet til Dede i i god Tid. Hvem ved, hvormange Breve, der er blevne forsinkede paa den Maade. Du skrev f. Ex. til mig paa Karen Js. Fødselsdag og jeg forstod paa Dit Brev, at der ikke var kommen noget fra mig. Ogsaa dette var afsendt i god Tid. - Jeg maa nu udvælge mig en anden Kasse, hvilket er meget sørgeligt, da den jeg hidtil har kommen i, hænger herudenpaa Huset. Og tilmed kan ingen Siden ["Siden" overstreget] sige, hvor Forsinkelsen finder Sted, saa Du maa endelig lade være at være urolig om det en Gang imellem gaar over Tiden. Paa den lange Vej kan der jo let tilstøde et lille Brev noget, og det italienske Postvæsen er vist en slem Smøleforretning. Paa den Maade er det egentlig skidt at have en bestemt Skrivedag. Men hvis jeg skal have det, er det vel bedst at tage Søndag, da har jeg bedst Tid og saa kan det være Svar paa Dit Brev fra om Fredagen. - Det var en lang Remse om den Ting, men jeg var meget ked af, at Du havde ventet saalænge, jeg kender Dig jo med de Breve; og den arme Dede blev snydt paa sin Fødselsdag. - - 
+Nu paa Torsdag eller Fredag rejser Rottbølls og Balle til Lago og Garda, og jeg bliver bums alene i Lejligheden. Pigen rejser ogsaa. Nu skal jeg se at indrette mig paa en fornuftig Maade, saa det hverken koster formeget Tid eller Penge. Jeg tænker, jeg selv vil besørge min Morgen og Middagsmad og saa i Reglen spise med Lud nede i Byen om Aftenen. Det bliver saamænd helt morsomt, især saalænge Lud er her, naar han først er rejst, bliver det jo lidt ensomt, jeg maa se at blive lidt flink i I ["I overstreget] italiensk inden den Tid. - Mulig ogsaa Magdahls kommer til den Tid. Jeg er meget spændt paa at høre noget derom, har endnu ikke faaet Brev fra Fru M. Jeg maa jo se at hale den ud, til de kommer, ellers er det mig og de andre en Gaade, hvordan jeg skal komme derned. Men nu skal jeg se at spare godt, mens jeg er alene; sidste Udvej bliver at tage lidt af, Roms Penge og lægge til Florenz, og saa være lidt kortere dernede. - Jeg er glad ved, at jeg hele Tiden har brugt uhyre faa Penge, Rottbøll har faaet hver Maaned af Lud og saa givet mig i smaa Portioner. Han siger, jeg har brugt forbavsende lidt. Men en Del er der jo dog gaaet. Til mit Malervæsen meget, det er noget dyrt Kram og jeg maatte jo begynde fra bar Bund med Staffeli, Blendrammer o.s.v. - endvidere Hat, Parasol, rød Kjole syt, Strømper og Sko; disse sidste Dele slider jeg vældig paa, af Sko har jeg købt to Par og maa snart til det tredje. - Ja, Pengespekulationer og Bekymringer har man jo alle Vegne i denne Verden. Men jeg er glad over at mærke, at jeg hernede virkelig faar noget ind for Pengene. - Jeg kan ikke sige andet end at jeg er tilfreds med som det gaar med mit Malervæsen. Resultaterne skal I nu slet ikke glæde jer saa forfærdelig til, det er mulig, at I ikke kan se nogen videre Fremgang, og navnlig maa I ikke vente Eder en Syndflod af Billeder. Men alligevel er jeg sikker paa, at der i de sidste Maaderer ["Maaderer" overstreget] Maaneder er sket en betydelig Fremgang og jeg har maaske udviklet det mere i denne korte Tid end i de foregaaende 7-8 Aar i hvilke jeg har malet. Navnlig er min Arbejdsevne taget saa umaadelig til, forbausende ligefrem. Jeg gaar paa trods Sol og Varme og mærker det tit ikke af lutter Varme ["Varme" overstreget; "Iver" skrevet over linjen] Iver. Selv de indfødte undrer sig over at jeg kan taale det. Næsten ingen Italienerinde vilde kunne gøre det, siger de. Jeg skrive dette for at rose mig selv og haaber ogsaa, I bliver stolte af mig. - Du spørger, hvor jeg maler mit Rosen"parti". Ja det er ikke saa nemt at forklare for uvedkommende. Det er en god halv Times Gang herfra; først ned ad Bjærget og saa et Stykke op igen ad a ["a" overstreget] en pragtfuld Allé, der løber i Sneglegang op ad et Bjærg og ender [et overstreget bogstav] med en dejlig Plads, hvor Michel Angelos David staar. Saa løber den ned paa den anden Side af Bjærget og munder ud, hvor vi bode før; Denne Allé, der hedder "Viale des Calli" (Højenes Vej) er flere Steder afbrudt af Anlæg og i et af disse staar jeg. - Nu er det store Billede snart færdig, saa har jeg haft det under Arbejde vist omtrent to Maaneder. Det er jeg meget stolt over. Min bedste Arbejdstid paa det begynder først Kl. 8 1/2, derfor maler jeg paa samme Sted, hvor jeg alligevel har mine Sager, et Morgenbillede ikke helt lille, med Petuniablomster i Solskin (disse Blomster, der lugter saa godt og som har bløde Blade, visner hurtigt, vi har dem hjemme.) Om Eftermiddagene har jeg i Boboli malet tre smaa Billeder foruden Senerarierne. Det sidste var noget af et Springvand, Citrontrær, der spejle sig i Vandet, de andre har jeg vist skreven om. I Søndags havde jeg bestemt at drive med Malervæsnet og se at faa lidt syt. Nu fik jeg Øje paa et Motiv, en Buket smukke Blomster, som jeg havde faaet af en Mand ude paa Colle; jeg husker ikke hvad de hedder, prægtige Farver. Jeg malede saa hele Dagen til Kl. 7 om Aftenen og fik et lille Billede færdig. Lud sagde, det var et godt Dagsarbejde og jeg synes selv de er pæne. Jeg skriver saa udførlig om alt mit Malervæsen, da Du altid spørger ud om det. - Ja, det er Guldalder for mig, hvad Mal[er]iet angaar, jeg gaar sommetider og bilder mig ind, at jeg virkelig kan blive til noget, eller at jeg i alle Tilfælde har mere Talent end jeg før har trot. Det med Juleudst. var vist ingen Umulighed men jeg er bange, Du og Far vilde tage Eder det nær, hvis jeg blev kasseret. - Du spørger, hvad R. maler, det er Landskaber, men det vil sige for Tiden gør han ingenting hverken i den ene eller den anden Retning. Varmen tager paa ham, saa han er helt syg. Derfor er de nødt til at rejse, hvad de ellers ikke havde tænkt at gøre før, da de mente ikke at have Raad. Hans Pengesager staar nok ikke godt for Tiden; 1000 Kr., som han havde ventet at faa for i Sommer, faar han ikke, saa han maa stadig tage op af sin Formue, da de ikke kan leve af Renterne. Derfor er der heller ikke tale om at beholde mig frit nogen Tid. Men heldigvis tror jeg dog, jeg betaler saadan for mig, saa de ikke taber det mindste ved mig. - - Vi har en lumrende Hede nu, rent gyselig hver Dag, Du har en Gang spurgt, hvormange Grader celsius. Ved det ikke bestemt, men et Par og tredive. Og det er i Skyggen inde i Stuen. Og Skyggerne er paafaldende i Modsætning til solbeskinnede Steder, der er et glødende Ildhav. Du kan tænke Dig, at Modsætningen der saa stærk, at hver Middag, naar jeg kommer her hjem bliver jeg til de andres store Forbavselse, snydende [det første "n" i ordet indsat over linjen] forkølet af Snue, saa jeg nyser og Øjnene løber i Vand; det varer i Reglen et Par Timer, til jeg gaar ud igen i Varmen. Og dog er her saa hedt, at de andre og jeg, naar jeg har været tilstrækkelig længe herhjemme sidder ganske stille og sveder paa en Rørstol. Bløde Møbler ere skyede. - Saa kan Du selv tænke Dig til Varmen ude. - - Det værste er, at vi har svært ved at sove om Nætterne. Dels for Varme og dels for Myg. Disse sidste ere skrækkelige. Der er en egen Slags her, nogle smaa lodne Fyre, der gaar paa med en knusende Dødsforagt og deres Stik er som en Byld, gør ligefrem ondt. Jeg er for Tiden aldeles forbidt. Paa min ene Haand og Haandled er der over 100 Stik, paa den anden, der ser forholdsvis godt ud 40-50, paa flere Fingre 10, jeg ser skrækkelig ud ogsaa i Ansigtet, og tænk, de har endogsaa stukken under begge mine Knæ, paa Vrangen forstaar Du. Det er en stor Plage. Og det er skønt, vi ligger under store Net om Natten. - I Nat har vi for en Forandrings Skyld ikke sovet for Torden. Det har tordnet fra i Aftes og til Kl. 4, flere Gange har det været meget nær oppe over. Jeg er da for Resten ogsaa sløj i Dag. - Nu synes jeg, jeg skulde have lidt tiere Brev, naar jeg bliver alene. Dit sidste var rigtignok noget kort. Siden Sølvbryllupsbrevene har sløjet den ikke saa lidt af. - Du har vist "forskreven" Dig den Gang. Jeg har alle Dine Breve mærkede med No og Dato, saa jeg kan holde ordenlig Kontrol. - Tak for Billedet, det er morsomt. - Nu er der nok godt med Kærester paa Haabet. Det er vel af og til en blandet Glæde for jer andre? Du faar dette paa Laders Fødselsdag, Aarsdagen efter den storslaaede Dag i Tarup. - Lille Skvades Fødselsdag skal jeg huske, Skade at Thomas dog ikke ogsaa holder Fødselsdag nu snart, at jeg endelig en Gang kan faa skreven til ham.
+Hils dem alle 1000 Gange. Ogsaa paa Gelskov. Kan O. S. nu ikke faa det bedre et Par Aar ovenpaa det, kan det vel ikke lette paa ham? 
+Skriv Snart! For min Skyld skal Du ikke holde Dig saa nøje til den [et overstreget ord] Tirsdag. - Er Far stadig rask? Din Alhed</t>
+  </si>
+  <si>
+    <t>1894-8</t>
+  </si>
+  <si>
+    <t>Hugo -
+Teresina -
+Zio -
+Adolfo Bacci
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1894-1895 i Italien.
+Skvadderup er hendes omskrivelse af en italiensk lokalitet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2119</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været i skoven med Bacci-familien. De har pjattet med at kaste kastanjer og vand i hovedet på hinanden. Især Onkel Zio har Alhed haft det sjovt med. Alhed har redet på æsel på et bjerg.
+Efter en anstrengende tur er Alhed nu tilbage i Firenze, hvilket hun ikke er glad for. Hun tør ikke sove alene i den store lejlighed, så hun vil tage imod Baccis tilbud om at bo hos dem i byen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BdAb</t>
+  </si>
+  <si>
+    <t>Onsdag
+Kæreste Mor!
+Jeg opdager, at det snart er 14 Dage siden, jeg skrev sidst. Tiden løber altfor hurtigt i dette Paradis; i Morgen drager man til Firenze igen, jeg glæder mig ikke til det. - Men det har været en storartet Tid, noget af det bedste, jeg har oplevet i Italien - næsten, ogsaa fordi jeg er bleven saa vældig rask og frisk, hvad jeg ikke var i Forvejen. - Det bliver ikke noget langt Brev; vi ere ude i Skoven, Bacci maler Søsteren hækler og Drengen og "Hugo" ligge i Græsset her og vente paa, at jeg skal blive færdig, saa skal vi paa en lille Opdagelsesrejse ind i Skoven.
+Hugo maa I høre noget nærmere om eller rettere sagt, I skal høre om en Oplevelse, jeg har haft, - jeg har ligefrem mærket, at jeg er i Røvernes og Eventyrenes Land. - Det er en kostelig lille Roman og lyder som følger:
+Næste Morgen. - Ikke Spor af Ro til at skrive, jeg maatte opgive det. - Vi tilbragte hele Dagen ude i Skoven spiste og alting og morede os kongeligt. - De lege som nogle Børn og med en Udholdenhed, som jeg maa beundre, - for Resten er jeg selv ikke den mindst udholdende. - Vore Lege bestaa nærmeste ["e" i slutningen af ordet overstreget] i at kaste ægte Kastanjer, - der ligne smaa Pindsvin og stikke som disse - i Hovederne paa hinanden, eller Vand, navnlig naar den gamle Zio ["Onkel" indsat over linjen] Onkel har lagt sig godt til Ro for at sove lidt kan man være sikker paa at faa et ["et" indsat over linjen] Glas Vand i Hovedet! - Denne Zio Onkel ["Onkel" indsat over linjen] elsker jeg, vi ere blevne vældig fine Venner; han har lovet at tage mig med i Theatret til en Opera, naar der en Aften gaar en god; han har af og til et Par Fripladser. - Han er 60 Aar og et Par til, men er aldeles som en af os andre, trættes aldrig. - Det er en yndet Sport at lægge Kastanjer i hans Seng om Aftenen. - Altsaa vi havde det storartet i Gaar, hvad vi for Resten har det hver Dag. - Blyant gaar raskere. - Jeg er efterhaanden bleven som hørende til Familjen, vi passe udmærket sammen. I Begyndelsen vidste de jo ikke rigtig hvad de kunde byde mig i Retning af Kastanjer og Vand og var lidt tilbageholdende overfor denne Signorina, der ikke altid kunde forstaa deres Spøg. - Men saa en Dag, vi var ude paa en Tur, dyppede jeg dem allesammen ordenlig igennem - tonede paa den Maade Flag og nu som sagt. - De kalde mig "Miss Be" eller "Miss Maria". Maria kaldes jeg af alle Italienere, det er dem umuligt at sige andre af mine Navne. - Da vi kom hjem i Aftes laa der Brev til mig, I har rigtignok været forfærdelig flinke til at skrive til mig i denne Tid. - I Gaar ["Gaar" overstreget] Forgaars var vi paa ["paa" indsat over linjen] Bjærget, en storartet Tur jeg paa Æsel! - Det var vældig sjov. - Jeg havde et Æsel med en Dreng hele Dagen for en Krone, - den eneste Udgift det har været muligt at opdrive her i Skoven. - Naa, men Ro-
+[der må mangle en side af brevet] 
+ved at bukke under af Latter ved at se mig selv ["selv" indsat over linjen] hele Tiden med en Drabant ved hver Side. Hugo og jeg talte tysk og fransk sammen til den andens store Ærgrelse.
+Næste Dag - Firenze
+Sørgeligt. - Jeg er i et rasende sort Humør ved at være kommen tilbage efter disse herlige Dage. - I Morges Kl. 2 1/2 stod vi op og gik i Stjerneskin den sørgelige Gang til Rufina, kørte i ["i" overstreget] de 3 Timer i den væmmelige Deligence og kom hertil ødelagte af Varme Støv og Gnavenhed. Jeg er nede i Florenz hos Søsteren sammen med de andre, om lidt gaa vi til Skvadderup. - De er forfærdelig elskværdige, vil have, at jeg skal komme ind og ligge hos dem om Natten i et Værelse, der staar tomt, og jeg tror ogsaa nok, jeg gør det. Jeg har ikke meget Mod paa nu at gaa paa det andet. - Jeg sover dog ikke helt trygt, men ligger og vogter og farer hvert Øjeblik op og tror, der er nogen; min Seng har jeg flyttet helt hen til Vinduet for bedre at høre, naar "Røverne" komme!! - Lejligheden staar ikke i Forbindelse med nogen anden, og der er 7-8 store Værelser at se igennem hver Aften, hvis jeg vil være helt tryg. Det er jo ikke saa hyggeligt, saa jeg tror ikke, jeg modstaar Baccis Tilbud. - -
+Nu skal jeg vel skrive til Københavnerne en Gang? Morsomt hvis Du kommer med til Luds Bryllup. -
+- Jeg har malet et lille Stykke og tegnet 3-4 Tegninger i Acone. Bacci har givet mig et lille Maleri derfra til Erindring, rigtig kønt.
+- Nu kun 1000 Hilsner.
+Eders Alhed.
+Dette Brev er trukken længe ud, der var hverken Rist eller Ro i Acone til at skrive.
+Skriv snart igen</t>
+  </si>
+  <si>
+    <t>1894-10</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+- Maltesen
+Niels Mollerup
+Alvilde Prydz
+Alfred Rottbøll
+- Rottbøll, Fru</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2118</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup og Rottbøll siger, at Alhed Larsen ikke kan opholde sig alene i Rom. I Firenze kan en ung pige dårligt færdes alene på gaden, og det er værre i Rom. Maltesen og Mollerup kunne måske følge Alhed, men dels vil hun ikke bede dem om at være barndepiger, dels er Mollerup efter sigende syg og i Siena.
+Alhed Larsen har gjort regnskab op, og hun har ikke brugt ret mange penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DD8K</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Mange Tak for Dit Extrabrev, som jeg fik nu for lidt siden; det var selvfølgelig en Overraskelse og der til en megen kærkommen Overraskelse. Breve vil blive en uhyre kærkommen Ting for mig i min Ensomhed, kan jeg nok mærke. - Jeg maa strax have fat paa det om Magdahls; det er dog forbistret kedeligt, at de ikke kommer før. Jeg kan næsten ikke tænke mig nogen anden Udvej til at komme til Rom. Baade Lud og Konsulens sige paa det bestemteste, at jeg ikke paa nogen Maade kan være der alene. Lud har af og til sagt, at jeg kom til at opgive den Rejse og saa i Stedet blive længere i Florenz, men det er jo en Umulighed. - Mollerup og Maltesen var jo en stor Hjælp, hvis det skulde være, men jeg vilde endog meget nødig gaa paa den, og hvis I kendte Forholdene rigtig, vilde I sikkert paa ingen Maade have det. Selv her er det vanskeligt for en ung Pige at gaa alene paa Gaden; naar man gaar hurtig og hverken ser til højre eller venstre kan man nogenlunde gaa i Fred men ikke, hvis man staar stille og ser paa Kirker og Bygninger. Og i Rom skal der være meget værre. Bo alene der i et Værelse turde jeg jo ["jo" overstreget, "vist" indsat over linjen] vist ligefrem ikke, gaa alene ud at spise nogen Steder kan jeg ikke. Og de to stakkels Mennesker kunde da ikke gaa som Barnepiger over mig, tilmed er Mollerup rejst derfra til Siena, han er vist desværre ikke rask, har Saar i Maven. Den norske Forfatterinde Alvilda Prytz har truffen ham i Siena og fortalte det her en Aften. - Nej det er noget sørgeligt noget. - Men endnu er der dog vist lidt Haab om at gøre det med Magdahls. Forleden gjorde vi mit Regnskab op, og det kan ikke siges andet end at det var tilfredsstillende. De var alle forbavsede over saa lidt jeg havde ["havde" indsat over linjen] brugt brugt ["brugt" overstreget]. C. 68 Kr om Maaneden med alt = 100 Lire. Jeg har til Rest 495 Lire. Naar jeg saa lægger hen 145 Lire til Rejsen hjem 100 Lire til Rom, saa er der til Rest 250 Lire. - Der er jo dog en Mulighed for at de kan strække til midt i November, hvis de saa bare kommer. Nu skal jeg spare alt det jeg kan i disse to Maaneder, jeg er alene. - Jeg [mange linjers tekst herefter er overstreget kraftigt. I højre margen skrevet lodret udfor overstregningerne:] skreven paa et paabegyndt Brev [indsættelse slut] synes for Resten nok, det er ganske net leveret c. 10 Maaneder i Italien med den dyre Rejse for 850 Kr. Det falder vist ikke i manges Lod. - Det slipper Far dejlig
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
     <t>1894-10-09</t>
   </si>
   <si>
     <t>Erikshaab Højrup Station</t>
   </si>
   <si>
     <t>Adolfo Bacci
 Vittoria Bacci
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Christine  Mackie
 Anna Magdahl Nielsen
 Johannes Magdahl Nielsen
 - Maltesen
 Alfred Rottbøll
 - Rottbøll, Fru
 Nicoline  von Sperling
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen opholdt sig et år i Italien fra februar 1894 til foråret 1895.
 Ludvig Brandstrup var i sensommeren 1894 i Danmark for at blive gift med Berta, og de kom begge derefter til Firenze.
 Viale-billedet var et maleri med motiv fra en snoet sti med rosenbede omkring.
 Akone fik bugt med det: Mens Alhed var syg, boede hun hos familien Bacci på deres landsted i Acone.</t>
   </si>
@@ -2660,408 +1090,672 @@
   <si>
     <t>Alhed Larsen maler nu på et nyt motiv fra Viale dei Colli - et springvand. Og hun maler et portræt af Berta Brandstrup. Ludvig Brandstrup roser hendes store billede fra Viale, og det er opmuntrende. Alhed har opdaget, at det er gavnligt at arbejde længe på et billede. Tidligere troede hun, at noget sådant ville ødelægge billedet. Alhed kunne ikke arbejde, da hun var syg. Maltesen blev ligefrem indlagt, og det var dyrt for ham.
 Alhed er glad for at bo hos Baccis. En ung pige fra Danmark skal bo hos Rottbølls. 
 En familie fra udlandet skrev om at blive indlogeret hos Baccis, og Fru Bacci måtte købe nye senge og gardiner. Familien meldte afbud, og dette betyder, at Alhed alligevel ikke kan bo gratis hos dem en tid - de mangler penge. Alhed er ulykkelig over at skrive, at hun ikke har råd til rejsen til Rom, hvis hun ikke får sendt midler. Alfonso Baccis bror har tilbudt hende et gratis værelse i Rom, men Alhed kan ikke være i byen alene. Hun har klaret sig for Frk. Sperlings pengegave længe, og Alheds far har sparet ved ikke at have hende hjemme. Man bliver sensibel i varmen, så hvis man skal undgå, at Alhed også kommer på hospitalet, må forældrene straks svare på, om de kan sende hende penge. 
 Den unge mand rejser med sit regiment nu, så Alhed ser ham nok aldrig igen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1tGg</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Alla stimma
 Signora Laura Warberg
 Erikshaab Højrup St
 Fyen
 Danimarca
 [I brevet:]
 Torsdag d. 9ende
 Kæreste Mor! -
 Endelig er jeg kommen godt i Ro efter al den Rejsen, Syen, Laven i Stand, tagen imod Folk o.sv. og ikke alene kommen i Ro men ogsaa kommen i Gang med mit Arbejde, det er netop de sidste Dage falden i med et straalende Efteraarsvejr, og jeg har sat to temmelig store Billeder i gang, et nyt paa "Viale de Collie", Morgensol paa et Springvand og nogle Popler, samt et Portræt af Berta i hendes lille Værelse. Et ganske dejligt Motiv, navnlig hvad Farver angaar, hun har sit gule Brudeliv paa og til Baggrund et vissengrønt Silkestof, der sidder paa Muren. Hendes Hoved med Krøllerne og de friske røde Kinder er ligefrem smukt i de Omgivelser. Det er dejligt rigtig at komme i Gang med Malingen igen, jeg føler mig rasende oplagt. Jeg er ogsaa bleven meget opmuntret ved, at Lud syntes saa godt om mit store Viale Billede, jeg har malet en Del paa det, siden han saa det sidst. Berta, han og jeg var derude at se det sammen i Gaar Morges. Han roste det meget og var navnlig glad ved, at jeg rigtig har arbejdet med det og at det under dette Arbejde stadig er bleven bedre; dette er jeg ogsaa selv glad ved, da jeg jo før har troet at jeg ødelagde mine Billeder ved at arbejde paa dem. Ogsaa Berta syntes det var et smukt Billede. Det er mit Hovedværk hernedefra, hvis ikke Portrætet her bliver det. Jeg har arbejdet paa det i over tre Maaneder stadig med Lyst, lige indtil jeg blev daarlig. Dette at jeg blev daarlig sinkede mig jo vældig jeg kunde ikke arbejde mere i den Varme, jeg er saamænd endda sluppen naadig; Maltesen maatte paa Hospitalet en Maaned, - 20 Lire om Dagen og derefter til Tirol, har brugt en Masse Penge og er endda ikke rask endnu, det var Mavekatarrh, mit rimeligvis ogsaa, men Akone fik Bugt med det. Efter den lille Rejse føler jeg mig stadig som et nyt Menneske, saa forfærdelig frisk og kraftig og veltilpas. Baccis ere ogsaa mageløse at være sammen med, de ere saa forfærdelig gode ved mig, jeg kommer til at holde mere og mere af dem og de ogsaa af mig; og saa ere de tillige livlige, dygtige og energiske, altid i Virksomhed, aldrig trætte. - Konsulens er kommen hjem nu, men vi have faaet det ordnet saadan, at jeg bliver her den Tid jeg har tilbage; Det er efter alle Parters Ønske, Konsulens havde netop faaet Brev fra en Familie i Danmark, om de ikke havde Plads til deres Datter, der saa gærne vilde herned en Tur! Baccis vilde saa gærne beholde mig og jeg heller end gærne blive, og saa blev det saadan. - - Tilmed bor jeg jo her 75 Cent. billigere om Dagen, og det er jo, - - - ja nu nærmer jeg mig et skrækkeligt Punkt, som jeg er nødt til at skrive om, men som jeg er rasende ulykkelig over. - Det trykker mig meget i disse Dage. Jeg har haft en slem Skuffelse; Fru Bacci fik for nogen Tid siden Brev fra nogle Udlændinge med Forespørgsel om de kunde komme i Pension hos hende i Vinter, hun blev forfærdelig glad over det, da de har svært ved at komme ud af det, naar de ikke har andre Ma ["Ma" overstreget] Indtægter end Mandens Maling. Hun sagde at hvis de kom, vilde hun invitere mig til at være hos dem en Maaned; der blev skreven frem og tilbage om det, og tilsidst blev det fuldstændig bestemt, saa Fru B. købte to nye Senge, Gardiner o.sv. - Samme Dag som de ventedes hertil, kom der imidlertid Brev, at de ikke kom alligevel. Forfærdelig uforskammet imod Baccis, der ogsaa var meget ulykkelige, da de havde gjort de store Indkøb. Og min Maaned røg i Lyset, det var et haardt Slag for mig, jeg havde glædet mig meget til at skrive det hjem. Nu er det mig umuligt at holde ud til Magdahls komme midt i Nov. altsaa en Maaned endnu. Jeg har sparet saa meget, som det paa nogen Maade var mig mig ["mig" overstreget] muligt. - Jeg havde jo tænkt, at jeg kunde spare vældigt i de to Maaneder jeg var alene, ved min Kost, men da [jeg] blev daarlig var det jo umuligt. - - - Uh ha, hvis I vidste, hvor jeg er ulykkelig, over at skulde skrive dette, de forbistrede Penge. Jeg ser tydelig Far ryste paa Hovedet og sige, "ja jeg tænkte det nok, de lod mig ikke slippe med det". Men én Ting, Far, maa Du nu ogsaa tænke paa, at I ["I" overstreget] i de fire Maaneder, jeg har været her for Frk. Sperlings Penge der kun var lige til Opholdet, har Du helt været fri for ["for" indsat over linjen] mig, jeg har udelukkende holdt mig oppe med de Penge, der var d ["d" overstreget] tilovers fra Dine Maaneder. Var jeg kommen hjem, var der dog altid gaaet baade til Klædedragt og Malerværk. - Men jeg har sandelig sparet hele Tiden alt det jeg kunde, og jeg synes da i Grunden ogsaa at jeg har holdt længe ud med de Penge. - - Det, det kniber med er Romerrejsen, hvis jeg ikke skulde til Rom, kunde jeg blot blive her lidt længere og saa rejse hjem. Men jeg maa jo til Rom ?? - Og der viser sig stadig ikke nogen anden Udvej end Magdahls. Alle sige, at jeg kan ikke rejse alene til den store By ganske ukendt; man kan knap gaa alene paa Gaden; Maltesen fortalte om en ung norsk Dame, der blev ilde omtalt dernede, fordi hun altid gik alene. - - - Bacci har en Bror og Svigerinde dernede og de har tilbudt mig et lille Værelse ganske gratis, det er jo et storartet Tilbud, næsten altfor galt, da jeg aldrig har set dem; og alt er meget dyrt dernede, jeg vilde ikke kunde faa et Værelse under 2-3 Lire om Dagen alene for et Værelse med en opredt Seng! - Men dette kan jeg ikke benytte uden Magdahls, der kan følge mig til Døren om Aftenen. Broderen og hans Kone ere nemlig borte hele Dagen fra 7 Morgen til 11-12-1 om Aftenen. De have en stor Pelsforretning og arbejde kun 3-4 Maaneder om Vinteren, i den Tid tjene de til hele Aaret. - Men det er jo storartet, at de ville give mig Værelset, jeg kan ogsaa lave mig min Morgenmad i deres Køkken. - - - - Nu ved jeg ikke mere at skrive om dette sørgelige Emne, men I maa endelig svare strax paa dette og lade mig vide rigtig, hvad Indtryk dette Brev har gjort, navnlig paa Far; det er mig en Gru at tænke paa at jeg skal gøre volde ["gøre" overstreget; "volde" indsat over linjen] ham den Tort, jeg var dog saa forfærdelig rørt over, at han i det hele taget lod mig rejse. - Men jeg tror, at jeg ["jeg" overstreget] naar jeg kommer hjem, vil I ikke fortryde paa det, Rejsens Virkninger har overtruffen i alt Fald mine dristigste Forventninger, navnlig ved det at jeg er bleven saa længe borte tror jeg, at den har gjort godt. De første Maaneder vare jo temmelig triste. Og at jeg er gaaet meget frem i Malervæsen er der ingen Tvivl om. - Jeg har malet alt i alt 13 Billeder tillige med det, jeg sendte hjem, altsaa 15 med dem, jeg har begyndt paa; Tallet er jo ikke svimlende, men det ene er stort og har kostet mig meget Arbejde. - Desuden har jeg gaaet meget paa Museer, og den Tid har ikke været spildt. - Dette Brev handler nok udelukkende om mig selv; Hovedmeningen er jo, at jeg i Grunden har det storartet men at der er dette sorte Punkt. Indtil jeg faar Svar, vil jeg gaa med Feber og Mavepine, - skriv derfor strax og helst beroligende, man er meget sensibel i dette Klima, og tænkt ["t" i slutningen af ordet overstreget] hvad det vilde koste om jeg maatte paa Hospitalet for 20 Lire om Dagen!!! - 
 Apropos, det er jo storartet, at Christine er kommen saa godt i gang i Odense! - - 
 Naar jeg har hørt fra Eder skriver jeg strax igen og skal saa skrive om alt f Ex Lud og Berta, der er storartet. de har Værelse her hos B's. - - Jeg haaber Dit Ben er helt kommen sig nu. - Nu skal jeg ned at male paa Berta. - - 1000 Hilsner fra Eders - trods alt - trofast hengivne datter Alhed.
 Jeg kommer pludselig i Tanker om, Du, Mor, har da ikke endnu Betænkeligheder med den unge Mand, navnlig fordi jeg nu stadig bor her. - - Vær ikke bange, han rejser en af dagene herfra til sit Regiment i Turin, og jeg ser ham rimeligvis aldrig mere, - men er meget fattet alligevel. -</t>
   </si>
   <si>
-    <t>16. feb. 1928</t>
+    <t>1894-11-02</t>
+  </si>
+  <si>
+    <t>Hugo -
+Baccino Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Melini
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til foråret 1895.
+Romerspørgsmålet: Alhed Larsen ville meget gerne besøge Rom, men hun var nødt til at have rejsefæller, da det var vanskeligt for en ung kvinde at rejse og opholde sig alene i Italien. 
+Alhed maler et portræt af Berta Brandstrup. Viale-billedet: Et motiv fra en snoet sti omkranset af rosenbede. Alhed Larsen har omtalt billedet i flere breve.
+Berta og Ludvig Brandstrup blev gift i sensommeren 1894, og hendes forældre var i november på besøg hos det unge par i Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2155</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er glad for, at hendes far fortsat vil betale for hendes ophold i Italien. Spørgsmålet om rejsen til Rom er dog endnu uafklaret. Alhed arbejder på portrættet af Berta Brandstrup, på Viale-billedet og et motiv i Baboli. Bernhard og Emma Hirschsprung er i Firenze, og de har inviteret Ludvig og Berta Brandstrup samt Alhed på frokost og overdådig aftensmad. De bruger voldsomt mange penge. 
+Alhed er glad for, at forældrene overvejer at få en pige i huset, så hun kan blive i Italien. Efter tre-fire måneder fik hun rigtigt fat i sit maleri, og hun vil helst ikke afbryde nu. Ludvig og Berta har tilbudt, at hun kan bo i Ludvigs atelier og dermed nedbringe udgifterne. 
+Vittoria Bacci og Alhed er ligefrem blevet veninder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GAwd</t>
+  </si>
+  <si>
+    <t>2den Nov. 1894.
+2den Nov. 1894 ["4" skrevet på hovedet]
+Kæreste Mor!
+Jeg blev vældig glad ved Dit Brev i Gaar, som jeg slet ikke havde ventet. Ja det var kedeligt, det trak saa længe ud, inden jeg fik skreven sidst, og saa var Du sikkert ikke tilfreds med mit Brev, men jeg haaber, at Du paa Grund af Omstændighederne tilgav mig. - Det indeholdt jo intet som helst nyt i Romerspørgsmaalet, jeg undgik helt at omtale det, da der ikke har vist sig det mindste i Retning af Rejseselskab. Der er nok ikke andet at gøre end rolig at afvente Magdahls, det er jo dejligt, at Far er gaaet ind paa at betale for mig her, indtil de komme, jeg gik og følte mig saa uhyggelig levende paa Kredit. - Nu haaber jeg at faa mine to paabegyndte Billeder færdige, Portrættet gaar det langsomt med, da det er første Gang, jeg forsøger mig med et saadant, men Lud siger, jeg har faaet noget kønt i det og arbejder godt med det, det morer mig meget. - det nye paa Vialen er færdig naar jeg kan faa en eller to heldige Dage til, jeg skal have en egen fugtig Morgentaage, som man ikke ser hver Dag. Jeg ved slet ikke hvordan det er, da ingen har set det endnu. - Saa har jeg et dejlig Eftermiddagsmotiv gaaende nede i Baboli, som jeg skal have fat paa hvis bare Vejret vil holde sig. I disse Dage er det komplet Sommer. I Gaar led vi ligefrem af Varme, da vi gik og spadserede nede i Baboli, naturligvis uden Overtøj. Jeg var sammen med "Bernhard og Emma" og Luds hele Dagen. Fik Brevkort om jeg kunde møde hos "Melini", en fin Restaurant, Kl. 12 1/2 til Frokost. Vi spiste Fisk, Kotelet og "Sabajone", en italiensk Ret der spises af Galas [det første "a" i ordet overstreget], en Mellemting mellem Citronfromage og Æggesnaps dejlig - Gorgonesolaost og Kaffe, hvid Chianti at drikke til. - Saa gik vi i Domkirken, derefter i Baboli, hvor der er ["er" overstreget] var aldeles dejlig. Der gik vi et Par Timer og snakkede, de ere rigtignok forfærdelig flinke og ligefremme; han snakker mest, men hun er nok den klogeste. Om Aftenen spiste vi ved ved Table d'hôte paa Hotellet en skrækkelig Masse Mad som I maa høre, da det inspirerede mig meget: 1 Suppe, 2 Fiske ["e" overstreget] 3 Oxesteg med Tomater og Kartofler 4 Kyllingeragout med Oliven og Æggestand udenom 5 Grønærter med Smør, 6 Andesteg med Salat, 7 Hindbæris, 8 Frugt og en ["en" indsat over linjen] Slags tør Kage. - Kaffe!! - Hm! det er rigtignok noget fin Familie vi har faaet der. Dagen før var vi med dem i en Antikvarbutik, hvor han købte nogle "Smaating" til 600 Lire! - - Han bruger nok paa to-tre Dage hvad jeg kan leve flot for hernede i et Aar. 
+- - Det gjorde et dybt Indtryk paa mig, hvad Du skrev om, at I tænkte paa at faa en ung Pige i Huset, og at jeg saa skulde blive hernede noget længere. - Jeg skal ikke nægte, at jeg forfærdelig gærne vilde, og at jeg tror, det vilde have meget at sige for mig med min Maling. - Jeg synes, at jeg endelig en Gang efter adskillige Aars Kludren er kommen rigtig i Gang med det, saadan at jeg arbejder og jævnt og og roligt gaar g ["g" overstreget] fremad. Og saa har jeg hernede ["hernede" indsat over linjen] faaet meget meget mere Tro til, at jeg kan føre det til ["til" indsat over linjen] noget; hjemme var jeg kommen de ["de" overstreget] til det Resultat, at jeg maaske nok havde Eeve ["Eeve" overstreget] Evner af Naturen, men at jeg af en eller anden mærkelig Grund strax var gaaet i Staa i min Udvikling. Og temmelig sikker er jeg ogsaa paa, at var jeg bleven hjemme, var jeg ikke kommen et Skridt videre. Jeg kunde gøre et en ["en" overstreget] enkelt Tilløb, men det var mig umulig at koncentrere mig om mit Arbejde, dertil havde jeg mine Interesser og Kræfter altfor meget henvendt paa andre Punkter. - Saa blev jeg reven ud af det hele og kom herned. Og da jeg havde været her en tre fire Maaneder, opdagede jeg, at jeg begyndte at faa mere ordnede Tilstande bragt til Veje. Jeg blev ligesom sigtet igennem et Sold i den Tid ["i den Tid" indsat over linjen], saa alt det overflødige blev blæst bort. - Det var en noget pinlig Proces saadan at blive rusket op og kørt omkring, men en gavnlig Kur var det, og en skønne Dag opdagede jeg, at jeg nu stod parat til at tage fat paa en frisk, ganske vist lidt flad og afblanket, men med frisk Mod og en dejlig fri Fornemmelse. - Siden den Tid har jeg arbejdet og er gaaet langsomt og jævnt fremad. Der var jo en Stansning paa Gr. af Heden, min Daarlighed og den deraf følgende Ferie i Akone, men det har ikke sat mig tilbage, som sagt, to nye Billeder ere ved at løbe af Stablen. - - Men Rom blev ikke bygget paa en Dag, og nu maa I ikke undre Eder over, at jeg gruer lidt ved Tanken om, at jeg nu ["nu" indsat over linjen] skal rives ud af det hele, bedst som jeg er kommen i Gang, bort fra dette Sted, hvor jeg mærker jeg kan arbejde, hvor jeg er kommen til at holde af Naturen, hvor jeg kan se masser af dejlige Motiver, og hvor jeg intet andet har at gøre end at nyde Kunst og Natur og arbejde, intet der kan sprede mig og faa mig til at tænke paa andre Ting. - Naa, nu har I rigtignok faaet en ordentlig Forklaring over det hele; jeg har maaske ikke sagt andet, end hvad I vidste i Forvejen eller selv kunde tænke Eder til, men jeg har ikke kunnet lade være at skrive om det, da det løber mig meget rundt i Hovedet i denne Tid. Jeg havde ["havde" overstreget] har, med Respekt at melde været lige ved at skrive til Far og bede om at maatte tage 2-300 Kr. af mine egne Penge til at fær ["fær" overstreget] være her for i Vinter, da jeg syntes, det vilde være af saa stor Betydning for mig, men da det jo er et meget ømt Sted, har jeg betænkt mig paa det. Men fristende var det. Lud og Berta har nemlig gjort mig et storartet Tilbud. De har sagt, at kan jeg se Udvej til at blive her i Vinter, maa jeg ligge paa hans Atelier, der er Sofa, Sengeklæder o.sv. som han selv har brugt, og deres Værelse er lige ved Siden af i et Hus saa de kan lige ["lige" overstreget] kige ned i Atelieret. Paa den Maade kunde jeg være her umaadelig billig! Vi har regnet ud, at jeg godt kan være her for 55 Kr om Maaneden, til Nøds ogsaa 50. - Lud og Berta sige, at de gærne ville have mig, og jeg tror, det er deres Mening, vi har det forfærdelig hyggelig sammen og Berta og jeg er umaadelig gode Venner. -
+- Nu maa jeg snart slutte, vi skal paa Banegaarden at sige Farvel til Hr Hugo, der nu er færdig med sin Ferie. - - Fru B. har i Form foræret mig et gammelt italiensk Bondesmykke; en bred Kæde med en Slags Medallion i; det er vist af Nikel og Messing eller jeg ved ikke hvad, Arbejdet er nydeligt og det har kostet 50 Lire. X [indsat i venstre margen, lodret:] hun har faaet det af en anden [indsættelse slut] - De ere stadig aldeles mageløse imod mig; Fruen og jeg er ligefrem Veninder Manden siger, at jeg er den første Veninde, hun har haft i de 7-8 Aar, hu ["hu" overstreget] de har været gifte. De bede mig tit om at hilse Eder, naar jeg skriver. - - - Skriv nu endelig snart igen. Du skriver, at I havde jo glædet Eder til at faa mig hjem til Jul; og jeg skal jo ikke nægte, at det paa nogen Maader er en drøj én at tænke paa, at jeg ["jeg" overstreget] at det endelig kan vare endnu adskillige Maaneder, inden jeg skal se Eder men - - det kan ikke nytte noget, det andet maa gaa forud og jeg ønsker derfor paa det varmeste, at det maa lykkes med den unge Pige i Huset. - Skriv snart. 1000 Kæ ["Kæ" overstreget] kærlige Hilsner til Eder alle hver især. Eders Alhed.
+Tanti salute da il vostro amico Baccino -
+= mange Hilsner fra Eders Ven den lille Baccio. - (Han har selv funden paa det, bad om at laane Brevet her - Tanti saluti da nou, siger Fru Bacci, d.v.s. mange Hilsner fra os. -</t>
+  </si>
+  <si>
+    <t>1894-11-21</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Lars Christian Balslev
+Berta Brandstrup
+Johannes Magdahl Nielsen
+- Vester
+Natalie Zahle</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien 12. feb. 1894 til april 1895.
+Moderens vrede skyldes formodentlig indholdet i Alheds udaterede brev fra o. 12.-19. november 1894, BB 2213. Forældrene har muligvis oplevet, at hun ikke udtrykte stor nok taknemmelighed for, at hun kunne blive i Italien frem til foråret 1895.
+En havelock er en frakke med overstykke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2212</t>
+  </si>
+  <si>
+    <t>Alhed er meget ked af, at hun med sit sidste brev har gjort moderen vred. Hun kan hverken huske tonen i det eller indholdet, men det var ikke hendes mening at skrive noget, der gjorde moderen ondt, og det er slemt at få en overhaling, når man er langt væk fra forældrene. 
+Pigen har influenza, så Fru B. og Alhed står for alt husarbejdet.
+Har Laura Warberg hørt fra Magdahl? Der er jo ikke lang tid til jul, og Alhed skal også til Rom. 
+Alhed takker for de varme strømper. Hun skriver derefter en del om varmt tøj. En uldklokke koster fx 6-7 Lire. 
+Berta kender ikke til nogen ung pige. Dem, der vil lære noget, går til Frk. Zahle. 
+Alhed har en slem tandpine og er nok nødt til at gå til en tandlæge.
+Hun har været meget ked af det pga. af moderens brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/exGo</t>
+  </si>
+  <si>
+    <t>Onsdag 21
+Kæreste Mor!
+Tak for Dit Brev, som jeg jo ikke just blev glad ved. Det gør mig meget ondt, at jeg har apaadraget ["a" først i ordet overstreget] mig Eders Vrede ved mit sidste Brev. Jeg kan ikke mere huske, hvad jeg skrev og navnlig Tonen i det kan jeg ikke huske, men det er jo ogsaa ligegyldig, Hovedsagen er, at det ikke har været pænt skreven og det er ["er" indsat over linjen] jeg forfærdelig ked over. Men det har sandelig ikke været min Mening at skrive noget, der kunde gøre Eder ondt, naar man er saa langt borte, er man alt andet end oplagt til at være genstridig mod sine Forældre. Mit Brev bliver meget kort i Dag, Pigen ligger af Influenza i disse Dage, saa Fru B og jeg gør alt alene. Det er ikke saa morsomt, men jeg er uhyre glad ved at kunne være lidt til Nytte, da de ere saa mageløs mod mig. - Har Du hørt noget fra Magdahls? Bare de dog nu snart vilde komme, nu er der kun en Maaned til Jul, saa der er meget knap Tid, naar jeg skal til Rom og saa paa til Tilbagerejsen være her et Par Dage for at pakke mit Tøj ind. Og hvis jeg skal hjem i Vinter, vil jeg jo for enhver Pris være hjemme til Jul. Jeg kan ikke skrive til dem, da jeg ikke ved, hvor de ere. - - Det er dejligt, Du sender mig varme Strømper og det andet; mine Støvler nævner Du ikke vil Du ikke skrive, om Du sender dem, hvis ikke, maa jeg strax have mig bestilt et Par. - Hvad Dine Spørgsmaal angaar, saa er ["er" overstreget] kan man nok faa en varm Kjole hernede; saa køber jeg saa meget Tøj, at jeg kan lade mig sy et halvlangt ["halvlangt" indsat over linjen] Slag, det gaar de meget med, og til at have under dette, vil jeg meget gærne have Din Vest. Under min Havelocke kan jeg intet have, men har jo mit Skindslag, som der ikke er gaaet Møl i, heller ikke i det store. Min H. har ikke været god, den er [ulæseligt ord] ud og slidt, men er god til Rejsebrug og Regnvejr. - Uldklokke kan man faa, men jeg ["jeg" overstreget] det er dog strax 6-7 Lire siger Fru B. saa jeg ["jeg" indsat over linjen] vil gærne have én [det] gør intet, at den er tynd mit Skørt er varmt. - Nu har jeg vist svaret paa alle Spørgsmaalene; der er vel ikke et Par Vadskeskindshandsker? - - Berta ved ingen ung Pige, men har lovet at skrive det hjem, sagde det ["det" indsat over linjen] ogsaa til sin Mor, da hun var der; men hun er bange, at I hendes Kredse er der ingen, hvis de vil lære lidt, gaa de hos Frk Zahle. - - Men jeg kan for Resten ikke tænke mig, at det ikke skulde kunne lykkes ogsaa for os, naar [ulæseligt ord] og Brandts har saa mange. - - Det er et kedeligt lille Brev, men for det første har jeg meget knap Tid, og for det andet har jeg en dundrende Tandpine; jeg bliver vist desværre nødt til at gaa til en Tandlæge, det plager mig meget, jeg kan ikke sove om Natten. - - Vil Du hilse Vester og Laders mange Gange, jeg fik i Gaar et storartet Brev fra Vester; det oplivede mig meget; jeg var ikke fri for at være gnaven, vadske op, Tandpine og Dit Brev i Baggrunden. Du kan tro, det er slemt at faa en Overhaling, naar man er saa langt borte, det er jo aldrig morsomt, men her ["her" indsat over linjen] er det 10 Gange værre. - Men nu haaber jeg, at det er forbi, jeg har været meget ked af det.
+De kærligste Hilsner!
+Alhed</t>
+  </si>
+  <si>
+    <t>1894-11-29</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til foråret 1895.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2158</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er meget glad for, at hun kan blive i Italien. Usikkerheden har været hård for hende. Hun har kasseret det portræt af Berta Brandstrup, som hun var begyndt på, og har sat et nyt i gang. Desuden maler hun et billede af vinterasters og et landskab i morgentåge. 
+Det er koldt i husene nu, for husene er ikke indrettet på vinter. Alhed har frosset om natten, men nu har hun fået en scaladine - en art varmedunk. Mange i Firenze går med en sådan under sjalet eller forklædet, og man kan sætte dem på et stativ i sengen, en time før man skal sove. I atelieret er der dejligt, for Ludvig Brandstrup fyrer i kakkelovnen. 
+Italienerne kender ikke til hygge. De går tidligt i seng for ikke at fryse, og vinteren skal bare overstås. 
+Alhed vil gerne have sendt støvler og varme strømper. Hendes vintergarderobe er elendig. Hun har fået vendt en kjole og sat fløjsstrimler på den, men den er for fin til hverdagsbrug. Hendes anden kjole er sjasket og kan kun bruges hjemme. Kan moderen få syet en kjole til Alhed i Odense? Alhed vil helst ikke købe en i Firenze, men hun må have en rejsekjole.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RgBc</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Nu tager jeg fat paa et frisk Brev og jeg haaber, det skal blive langt og med "Indhold". Jeg begyndte paa et i Gaar nede paa Atelieret, men mens jeg skrev, begyndte det at regne; saa kunde Lud og Berta ikke følge mig hjem som de pleje, naar det er bleven mørkt, saa Lud ikke kan se at arbejde længere. Saa maatte jeg skynde mig af Sted for at være hjemme inden det blev mørkt. - Jeg er rigtignok forfærdelig glad over at jeg maa blive her, der er falden saadan en dejlig Ro over min indre Tilstand, siden det blev bestemt; jeg var ligeved at blive nervøs ved dette slet ingenting at vide bestemt, ikke en Gang angaaende Romerrejsen og Magdahls, ved alt hvad jeg vilde tænke blot nogle faa Dage ud i Fremtiden, maatte jeg stadig tænke "hvis" - - Nu skal jeg ordentlig slaa mig mig ["mig" overstreget] til Ro med mit Arbejde og det hele, jeg har begyndt paa et nyt Portræt af Berta, det andet maatte jeg desværre holde op med; jeg havde valgt mig en saa daarlig Plads, at jeg slet ikke kunde se Detaillerne, da jeg skulde til at have fat paa dem. Forresten er det slet ikke mislykket men en Skitse, som jeg har haft meget Nytte af og som ligner. - Siden jeg skrev sidst hjem har jeg malet et lille Billede med Vinterasters, røde og hvide samt et lille Landskab med Morgentaage, men dette sidste er ikke helt færdig, da jeg har meget svært ved at faa den rigtige Belysning. - Jeg haaber at kunne staa ude at male hele Vinteren, hvis det ikke bliver koldere end det er nu, kan jeg sagtens. Ude kan man magelig holde Varmen, i Dag har jeg for første Gang haft Overtøj paa, d. 29 Nov! og det var ikke paa Gr. af Va ["Va" overstreget] Kulde men paa Gr. af Regn. Men inde kniber det, Husene ere jo aldeles ikke indrettede paa Kulde, disse Stengulve ere skrækkelige, jeg er næsten aldrig varm her hjemme, Hænder og Fødder som Is og selv i Sengen kan jeg ikke blive varm. Jo forResten de sidste Par Nætter har jeg været det, da jeg ["jeg" overstreget] har nemlig haft "Scaldine" i Senge; jeg har længe let af de andre og modsat mig det paa det bestemteste, men den anden Aften havde de lagt den der uden videre og jeg skal ikke nægte, at det er behageligt. "Scaldine" det vil sige, ["," overstreget] en lille Indretning med Haandtag [tegning] deri lægges Gløder med Aske over, saa de kunne holde sig friske hele Dagen; nede i Firenze ser man gamle Koner og for Resten alle mulige Mennesker gaa med saadanne under deres Forklæder, Sjawler o.sv. om Aftenen bliver der stillet et Træapparat [tegning] i Sengen og deri hænges Skaldinen en Timestid før man gaar i Seng! - - Huset heroppe er gammelt og utæt -, saa ["saa" overstreget; "og" indsat over linjen] og Baccis Lejlighed er ligemod Nord, saa her er vist nok ualmindelig koldt, nede paa Atelieret er altid meget lunere og Lud lægger i Kakkelovnen hver Dag. - Jeg ligger for Tiden i Garibaldis gamle Værelse. - Du siger, at det var hyggeligere for mig, om jeg kunde blive heroppe, men det kan jeg ikke, det har hele Tiden været Bestemmelsen indtil jeg skulde til Rom, og paa den forfærdelig billige Maade jeg er her paa, vil jeg ogsaa paa ingen Maade bede Dem om at have mig længere. Og for Resten vil det ogsaa blive meget hyggeligere for mig at være hos Luds i Vinter; Italienerne kender ikke til det, vi kalde Hygge, de betragter Vinteren som et mørkt Punkt, som det gælder om at komme over hurtigst muligt. Naar vi have spist til Aften og røget en Cigaret gaa vi i Seng i Stedet for at sidde og fryse; nede paa Atelieret have de derimod Ild i Kakkelovnen og læse højt. Desuden gaar der en vældig Tid med at 
+[Der mangler en eller flere sider af brevet]
+2.
+Du kan tro, det er bleven koldt de sidste Dage, jeg kan næsten ikke holde paa Pennen, saadan fryser jeg i Dag. - Min Kaabe vil jeg ikke have sendt, naar man gaar kan man sagtens holde Varmen; ["," overstreget] Derimod mine tykke Støvler og nogle varme Strømper vilde jeg meget gærne have. Min Forkølelse er gaaet helt over nu, den efterlod desværre noget Tandpine, Gigt i Hovedet eller hvad det nu var, men de sidste to tre Dage har jeg intet mærket. Men jeg mærker, at jeg maa klæde mig varmt paa, da jeg vist er bleven lidt sensibel efter den vældige Sommervarme. - Hvad min Garderobe angaar, saa skal jeg ikke nægte, at den nu ved Vintersaisonens Begyndelse var meget derangeret. Den nye Kjole er syt nydelig, men er jo altfor lys til at gaa med. Saa har jeg kun den rustrøde og og den grønne. Denne sidste er temmelig umulig, jeg har faaet den meget billig vendt, men er dog meget skjollet og jasket saa den er kun til Morgenbrug og Malerkjole herhjemme samt Regnvejr. - Den rustrøde saa ud til at være redningsløs fortabt, men som ved et Mirakel, er den bleven som ny, ja meget kønnere end den nogen Sinde har været. - Jeg sprættede den op, lod den rense, købte for 8 Lire engelsk Fløjl og lod den sy. Den er aldeles nydelig, jeg kunde bruge den til fin Selskabskjole hele Vinteren hjemme, men den er jo altfor pæn til at gaa med hver Dag, og ["og" overstreget] ikke videre varm og jeg kan ikke bruge Overstykke til den da Fløjlet paa Pufærmerne knækker. - Paa den Maade trænger jeg jo i Grunden ikke saa lidt til en Dagligkjole. Kunde det ikke lade sig gøre at købe en saadan i Odense? en varm mørk hyggelig Kjole i blaat eller grønt eller hvad Du mener og saa sende mig den med alt Tilbehør, meget Foder til Nederdelen, Stiver o.sv. - Ogsaa til Rejsebrug kan jeg næsten ikke undvære én, min røde er jo den eneste jeg har, og det har dog været en meget dyr Kjole og er meget smuk nu. - - Købe den hernede vil jeg meget nødig, jeg har brugt over 50 Lire extra til de to Kjoler, nyt Vinterskørt og Hat, og jeg bliver nødt til ogsaa at købe mig et Par Sko; uh, de nederdrægtige Penge, men er Du ikke enig med mig i, at jeg maa udstyres en lille Smule til Vinterbrug?? - Hvis Du nu sender noget, saa vil 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Italien</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Johannes Magdahl Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen holdt jul i Firenze 1894 - ikke i Rom.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2117</t>
+  </si>
+  <si>
+    <t>Bacci råder Alhed til at tage fat på tegning, og han vil komme på skolen og se, hvordan det går.
+Det er endnu uklart, om Alhed skal holde jul i Rom. 
+Det er koldt inde i husene og faktisk varmere udendørs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cePP</t>
+  </si>
+  <si>
+    <t>[Brevets første side eller sider mangler]
+er. Bacci har jeg talt meget med mig ["mig" overstreget] om min Tegning i den senere Tid, han raader mig vældig til at tage kraftig fat med noget rationel Tegning, jeg tror, han vil tage sig af det, vil komme der paa Skolen og tilse det, han er selv en udmærket Tegner. - - Rom staar uafgjort hen endnu, venter Magdahls en af Dagene, har haft Brev fra hende; hvis de blive i Rom i Januar venter jeg med at rejse derned til den Tid, kan ikke faa min Kjole før i næste Uge, saa hvis jeg ikke skal være i Rom i Julen, bliver det for sent at rejse. Nu faa vi se. - - - -
+Jeg har det udmærket nu, vi har begyndt at lægge lidt i Kakkelovnen om Aftenen, det er dejligt. - Ude kan man sagtens holde Varmen, jeg kan ikke have Overtøj paa, naar jeg gaar. Her er det virkelig saadan, at man burde tage Overtøj paa, naar man kom ind og tage det af, naar man gik ud.
+- - Osten skal jeg sende, men det er lidt for tidlig endnu. - - - -
+Nu kun 1000 kærlige Hilsner til Alle. -
+Alhed.
+Tanti salisti da nostre "parte" siger Fru B.</t>
+  </si>
+  <si>
+    <t>1895-02-01</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johannes Magdahl Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til april 1895.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2140</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Rom med Magdahls. De farer rundt for at se mest muligt. Nu skal de til Forum Romanum. De bor tæt på Piazza del Popolo og Den Spanske Trappe, hvor der er italienskklædte modeller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/knH1</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+lla Signorina Elle Warberg
+Erikshaab - Højstrup St.
+Fühnen
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+Rom d. 1ste. Vi have det storartet i Rom, fare rundt for at faa alt at se, hvilket forresten vilde være umuligt, selv om vi blev her et Par Maaneder hvilket vi ikke gøre, da her desværre er meget dyrt. Men vi more os glimrende og nyde al den dejlige Kunst. - Magdahls ere meget elskværdige. Det er dejligt Solskin udenfor, og nu skulle vi ned paa Forum Romanum, disse imponerende gamle Ruiner af Triumfbuer og Kajserborge. Vi bo lige ved Siden af "Piazza del Popolo" og den "spanske Trappe" hvor der er mange smukke og italienskklædte Modeller. Mange Tak for Elles Brev modtaget i Dag. Hvornaar vente I mig hjem? Det bliver storartet først at faa Foraaret her og saa hjemme. 1000 Hilsner [skrevet øverst på kortet og ned langs højre margen:] Hilsen fra Berta til Elle og min egen Elletrunte.</t>
+  </si>
+  <si>
+    <t>1895-02-03</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Italien
+Rom</t>
+  </si>
+  <si>
+    <t>Ponte Milvio, 00196 Roma RM, Italien
+Viale dell'Obelisco, 00187 Roma RM, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2120</t>
+  </si>
+  <si>
+    <t>Alhed har ikke set sin familie i et år. Hun og Berta har været ved Ponte Molle og på Monte Pincio.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/49Ze</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets adresseside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets adresseside:]
+lla Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kun to Ord for at minde Eder om, at den Dag I faa dette Kort, Onsdag d. 6te, er det et Aar siden, jeg rejste hjemmefra! Det er næsten et stift Stykke, at jeg saa i et Aar ikke har set nogen af Eder! – Her er desværre Regn og kedeligt Vejr men vi have det brillant alligevel. Berta og jeg spise i en nydelig lille engelsk Restauration, alt rent, Blomster, lyst Træ, kort sagt nydeligt og Maden udmærket. – I Gaar Eftermiddags en Tur udenfor Ponte [udstreget:Ponte] Byen ved ”Ponte Molle”, hvor salig Thorvaldsen tit tog ud at spise Frokost. Nu skulle vi op paa Monte Pincio i en lille Kirke at høre Nonnerne synge ”Ave Maria” smukt hører det for 3die Gang. Mange Hilsner ogsaa fra Berta.
+Søndag Eftermiddag</t>
+  </si>
+  <si>
+    <t>1895-02-11</t>
+  </si>
+  <si>
+    <t>Rom
+Napoli
+Fiesole</t>
+  </si>
+  <si>
+    <t>Onklen -
+Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+Laurits Ring
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Det er usikkert hvem Jensen er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2000/75</t>
+  </si>
+  <si>
+    <t>Alhed er vendt tilbage til Firenze efter nogle ugers ophold i Rom. Hun skal begynde på Akademiet igen i morgen. Synes ikke, at de andre elever var venlige overfor hende, inden hun rejste. Nu har hun været i Italien i et år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aYO2</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Nu ere vi atter komme tilbage til det rolige Florens og det er i Grunden rart alligevel, man bliver dog noget træt og ør af den idelige Styrten om; Vi havde kun 14 Dage og vi maatte ordentlig bruge os for at faa det hele set paa den Tid, men længere vilde Pengene desværre ikke slaa til, alt er skrækkelig dyrt der, og vi maatte stadig betale hver en Lire paa Museerne og køre i Droske og Sporvogne da Afstandene ere enorme. Tænk, jeg brugte over 100 Kr i den Tid, Rejsen er nu ogsaa alene næsten 50 Lire. Men det var en storartet Tid, og vi fik Byen forholdsvis godt set, tror jeg nok. – Magdahls var meget elskværdige, de bad mig flere Gange om at hilse Dig; nu ere de rejste til Neapel. – Jeg ved i Grunden ikke rigtig, hvad jeg skal fortælle fra Rom, der er altfor meget og det bliver for vidtløftigt, da I jo slet ikke kender noget af det. Billedhuggerkunsten har jeg faaet meget mere Smag for dernede, der er aldeles dejlige Ting, de allerbedste Antikker findes der. Den største Samling er inde i Vatikanet. Der har Paven sig skam et flot Bygningskomplex, for det første Peterskirken, som man skal gaa uden om for at komme til Skulptursamlingen, og det er en vældig Rejse, og foruden denne vældige Samling er der et ægyptisk Museum, et etruskisk dito, en Malerisamling, det sixtinske og andre Kapeller, hans vældige Beboelseslejlighed til sig selv og hele sit Hof, og meget andet, f. Ex. store Gaarde og Buegange ind imellem Bygningerne. Ja det er aldeles imponerende. Det smukkeste derude synes jeg er Rafaels Fresker, der er et Par Stuer fulde, de ere ganske dejlige. Men for Resten staar Malerkunsten langt højere her i Florenz, det var mig en stor Fryd at komme op paa disse Samlinger igen og hilse paa mine gamle Venner. Her er mange Billeder, som det ligefrem bliver mig en Sorg at skulle skildes fra. – Disse første Dage har jeg jo ikke været paa Skolen, kun gaaet om og sagt Goddag til Byen. Den anden Dag gik jeg alene en lang Tur op omtrent til Fiesole, men i øsende Regn desværre, jeg havde Akvarelkasse med og sad ogsaae en Timestid paa en Stenmur og prøvede, men Papiret blev for vådt. – Den anden [indsat: anden] Aften begyndte jeg paa et Selvportræt! Jeg havde faaet saadan en Lyst til at male et Portræt og kunde ikke faa andre til at sidde for mig, men det er jo nok lidt sært at sidde og glo paa sig selv. – Og saa er det frygtelig svært at male ved Lampelys, men vældig interessant, den [overstreget: den] i Forgaars Aftes opdagede jeg pludselig at Kl. var bleven 3, og jeg var endda ikke Spor af søvnig. I Gaar viste jeg Lud det og han sagde, ”Kil bare paa, det er ikke saa galt,” Endnu er det nu frygtelig, men det kan jo maaske blive bedre! – I Morgen begynder jeg paa Skolen; jeg havde gruet lidt for det, da jeg synes de der henne ikke var saa ordenlige mod mig som de skulde være lige de sidste Dage. Navnlig en Dag var der en underlig Uro i Lejren, og jeg fandt ud af, at en af dem havde tegnet en Karrikatur af mig. Nu har jeg imidlertid faaet at vide, at det ikke var saa galt. En Dag, mens jeg var i Rom kom Bacci og min ven ”Zioen”(Majoren) ind paa en ung Malers Atelier for at se paa et Maleri, han havde lavet. Der finder de til deres store Forbavselse en Tegning af mig slaaet op, og den lignede saa godt, at de fik Øje paa den strax da de kom ind og studsede ved det. Og Maleren blev jo ligesaa forbavset ved at de kendte mig og fortalte at den havde han tegnet paa Skolen. Saa holdt Bacci og Onklen en lang Rosetale over mig og bad ham og de andre endelig at være rigtig flinke imod mig derhenne. - - Han forsikrede at det gjorde ham meget ondt, hvis det havde mishaget mig, han havde ikke troet, jeg havde mærket det; han bad dem tillige spørge mig om jeg ikke sammen med dem og Fru Bacci ville komme en Visit hen paa hans Atelier og se paa hans Malerier, saa vilde han forære mig Tegningen! – Er det ikke en komisk lille Tildragelse? Men jeg tror nok de blive flinke efter den Anbefaling Bacci har givet mig, han taler med Fynd og Klem og er en almindelig anset og agtet Mand. - - - Nu har jeg altsaa været borte over et Aar, paa min Jubilæumsdag om Aftenen [indsat: om Aftenen] d.7ende var vi inde paa en Kaffé og drikke et Mundbæger Kaffe [indsat: Kaffe] sammen med Ring og Jensen. Denne sidste og Lud og Berta spillede Billard og Ring og jeg sad i en Krog og saa til med vore Glas, Ring med Toddy eller Punch [indsat: eller Punch] og jeg med Kaffe. – Jensen var [overstreget: var] fik j [overstreget: j] ogsaa en Toddy men var saa ivrig i Spillet, at han ikke mærkede, at jeg drak den; ved andet Spils Begyndelse bestilte han sig én til, den drak jeg ogsaa! Og tænk han opdagede ikke det mindste skønt alle de andre vidste det. Ring og jeg morede os kosteligt, ”en Punschebal” kaldte vi en ”Bal” der var saadan at Jensen maatte samle hele sin Opmærksomhed ved den. Ved en saadan kunde vi end ogsaa drikke Glas med L.&amp;amp; B. – Ring er en brillant en, vi elske ham alle sammen, han er lidt ”ældre” men ligesaa ungdommelig som vi andre. - - - Næ, hvor kedeligt, lige i dette Øjeblik kommer jeg i Tanker om, at jeg i Dag skulde have afsendt Brev til Ta Mimis Fødselsdag d. 14de jeg har dog saa længe tænkt at jeg skulde huske den. Det var rigtignok kedeligt. – Nu maa jeg i den Anledning skynde mig at slutte dette og i Stedet for vende mig til Ta Mimi. - - Har I Kulde endnu? Køre I i Kane? Mange kærlige Hilsner! Eders Be,
+Firenze d. 11te Febr. 95</t>
+  </si>
+  <si>
+    <t>1895-02-25</t>
+  </si>
+  <si>
+    <t>Fiesole, Firenze
+Piazza Donatello, Firenze</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Laurits Ring
+Alfred Rottbøll
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Marie Madsen er og hvor hun havde en lejlighed. Det er uvist, hvem fru Blom er.
+Gravitetisk betyder værdig, højtidelig i flg. Den Store Danske</t>
+  </si>
+  <si>
+    <t>Det er karnevalstid i Firenze. Alhed har set på de mange optog. Hun rejser hjem til Danmark om ca. 1½ måned. Selvom hun er sparsommelig, er der gået en del penge til tøj og turen til Rom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4DgT</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Tak for Dit Brev, som jeg fik i Gaar. Jeg tænkte lidt paa at besvare det strax, men da jeg skulde til Skvardo, hvor jeg jo er næsten hver Søndag fra Lørdag til Mandag, kunde jeg ikke faa Tid til det. Nu er det Søndag Aften, jeg gik ned til Byen i Eftermiddag for at mødes med de andre, vi skulde ud at se om der var nogen Karnevalslystigheder. Og det kan I stole paa, der var. Vi har [overstreget: h] moret os aldeles glimrende og set Folkeliv og Humør i Gaderne, som vi aldrig har set Magen til før. Folk gaar eller kører omkring i Gaderne i Maskeradedragter og alle aldeles bortseende fra Rang og Stand bombardere hinanden med Konfekt, Brystsukker i Papir, Buketter og smaa kulørte Papirstumper, det saakaldte ”Konfetti”. Folk staa opstillede i Gaderne (aldeles som vi i sin Tid stod i Østergade og ventede paa Kejseren) og bombarderer dels hinanden indbyrdes og dels Ekvipagerne, der køre forbi ganske langsomt paa Gr. af den stærke Trængsel. Vi saa storartede smaa Optrin; naar f.Ex. et rigtig gravitetisk og aristokratisk Par kom forbi i en flot opslaaet Landauer og blev rigtig overhældt med alle Slags, saa var det kosteligt at se en flok snavsede Gadedrenge klatre som vildkatte op i Vognen og pille Konfekten af dem. Vi stod en lang Tid udenfor en Konfekthandel og den blev en Gang formelig stormet af en Flok halvvoxne Gadedrenge der med vilde Hyl trængte ind for at faa noget. Vi baade kastede og fik en hel Del og morede os som sagt kongeligt. Berta og jeg uddannede os særlig til at snuppe Knaphulsbuketter fra de omstaaende, og saa solgte vi Blomster til andre mod Konfekt samt til at ramme Politibetjente i Hovedet. – Det varer endnu i Morgen og i Overmorgen og vi glæde os vældig. – Her er almindelig Karnevalsstemning over det hele. I Torsdags var vi oppe hos Konsulens til et meget animeret lille Selskab og vi havde selv et lignende et Par Dage før. Foruden os og Konsulens kun Beckett og Maleren Ring, vi danne et lille Komplot, der holde sammen, særlig i disse Dage. - - - Du skriver, at det da maa blive svært at sige Farvel til Firenze og Italien. Ja, det er sandelig ogsaa med meget blandede Følelser, at jeg forlader det, jeg gruer frygtelig for at sige Farvel til dette og glæder mig forfærdelig til at komme hjem. Jeg maa jo se et Sted midt i Tyskland at faa Sorgen overvunden og hengive mig til Glæden. Hvornaar det bliver, ved jeg ikke bestemt, det bliver nu nok ikke før hen i April, da fru Rottbøll har inviteret mig derop en 14 Dages Tid; er det [indsat: ikke] brillant? Og det bliver vist ogsaa umuligt at rejse før for Is og Sne, det varer vel længe, inden den bryder op og saa siger de[udstreget: t], at det den første Tid er farligt at rejse, da Vandet, der kommer ned fra Bjærgene ødelægger Jernbanebroerne. – Efter min Beregning har jeg endnu [indsat: c] 100 Lire foruden 150 at rejse hjem for altsaa til en Maanedstid og lidt til Afrejsen f. Ex. Kuffert og andre Nødvendighedsgenstande. – Du skrev i Dit forrige Brev noget om 250 Kr. som gjorde [tilføjet: mig] meget betænkelig; jeg har rigtignok beregnet noget mere. Du skrev i Efteraaret ”Nu faar Du 300 Kr foruden vel c. 50 til Klæder?” og saa skrev jeg i mit næste Brev, at det var jo brillant, men jeg vilde rigtignok vældig gærne have 100 til Klæder, da det var[indsat: det] mindste jeg kom til at bruge; og jeg har ogsaa brugt meget mere nemlig over 150 siden i Efteraaret; det er meget, men tænk paa 1 helt ny[udstreget: e] Kjole, Slag, to andre Kjoler syet med Fløjl og Tillæg, Hat, Fodtøj, Uldtøj Handsker o.s.v. - - Hvis der nu skulde være en Misforstaaelse, saa det bliver galt, vilde jeg rigtignok være_ forfærdelig_ ked af det baade for Far og fordi jeg virkelig har sparet saa vældig hele Tiden, og jeg fører sammen med Berta et nøjagtigt Regnskab over hver Øre, vi give ud. – Brevet har jeg vist ikke, men Berta læste det ogsaa og er aldeles sikker paa det. Men hvis Du havde ment 200 foruden Klær, havde det jo ikke en Gang været til Romer- og Hjemrejse endsige til længere Ophold, saa det er vel rigtig. --- Du skriver til sidst noget om mulig at faa en ung Pige igen, saa jeg kunde blive længere. Ja, paa én Maade, vilde jeg naturligvis vældig gærne, jeg kommer jo rimeligvis aldrig mere herned og L &amp;amp; B ville vist nok [overstreget: gærne] have et længere og flytte hen i April op til Fiesole for et Par Maaneder. Det var jo storartet at kunne male her en Maaned Tid endnu netop i det dejlige Foraar. F. Ex. til første Maj, men det er jo for Resten kun en 14 Dages Tid mere end jeg tænker – Ja Du_ kan_ tro, jeg skal male til Sommer! Er Marie Madsens Lejlighed ledig? - - jeg har faaet Brev fra Fru Blom og ogsaa skreven til hende igen. - - Næste Dag. Det er desværre ækelt Regnvejr i Dag, saa jeg er bange, de sidste Karnevalsdage ryge i Lyset. Sørgeligt.
+Nu skal jeg op paa Galleriet og male; det er et nydeligt lille Portræt jeg kopierer, det er svært at ramme de gamle Farver, men jeg haaber, det skal lykkes mig at faa Bugt med det. - - Tænk, der har staaet i de ital. Aviser om al den Sne hjemme; alt om Hjørring har staaet der, kun stod det om København i Stedet. - - Nu ikke mere for denne Gang. Tak lille Dis for hendes lange Brev. - - Saa skriver Du altsaa Dagen efter, at Du har faaet dette. Mange kærlige Hilsner til Alle. Din Alhed
+10 Piazza Donatello 25/2 95
+ikke som [ulæseligt bogstav] H. skrev Dona Tello – tak for brevet og alle Hilsener – skriver snart, haaber jeg.</t>
+  </si>
+  <si>
+    <t>1895 sidst i marts</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Francis Beckett
+Vilhelm Bissen
+- Bondesen
+Berta Brandstrup
+Thomas Bredsdorff
+Magnus Enckell
+- Hiellén
+Emma Hirschsprung
+Fru Emma Hirschsprung
+Eero Järnefelt
+Johanne  Larsen
+Christine  Mackie
+Johannes Magdahl Nielsen
+- Melini
+Alfred Rottbøll
+- Rottbøll, Fru
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2143</t>
+  </si>
+  <si>
+    <t>Alhed har sendt violer hjem. Hun har længtes efter brev.
+Det er trist, at Christine og Thomas har brudt forlovelsen, men det ville dog være værre, hvis de fik et ulykkeligt ægteskab. Og Johanne og Thorvald bliver jo gift, hvis de andre søskende ikke gør.
+Alhed Larsen har været til Emma Hirschsprungs fødselsdag. Og hun har været på skovtur med madkurv. De fangede et stort firben, som Alhed vil tage med hjem til Bissen. Alhed, konsulens og Beckett har også besøgt et kloster, og de skal derop at spise en torsdag. 
+På en restaurant traf Alhed m.fl. nogle finske kunstnere, som inviterede dem til skøjteløb på en marmorbane. Man løb på ruller. 
+Alheds kopi er ikke færdig, og den ser ikke ud af meget. 
+Alhed skriver om sine pengeforhold/rejsepenge mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EUrJ</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Jeg afsendte end ["end" overstreget] i Gaar en Æske Blomster til Eder, skrev udenpaa til Elle, da det forekom mig, at jeg lovede hende det i sit Fødslsdagsbrev. Bare de nu komme godt hjem, jeg plukkede dem her i vores egen Have, er det ikke nogle henrivende Violer, saa store og langstilkede. - I maa endelig sende mig et Par Ord, om de er komne friske hjem, hvis I først ville skrive til min Fødselsdag, kunne I jo sende mig et Par ["Par" overstreget] Brevkort. Ja, Du kan rigtignok tro, jeg ventede med Længsel paa Brev denne Gang, fra den 4de og til den 21nde hørte jeg ikke et Ord. Vore Breve krydsedes nok baade denne og forrige Gang, men ["men" overstreget] og maaske det gaar ligesaadan denne Gang. - Dit Brev var jo temmelig trist, men alligevel kan jeg for Resten ikke sige andet, end at det lettede en Sten fra mit Hjærte, jeg havde troet, at det vilde vilde ["vilde" overstreget] blive et haardt Slag for Dig og Far og at I begge holdt forfærdelig meget af Th. Kedel ["l" sidst i ordet overstreget] af det ere I nu naturligvis ogsaa, fordi det nu er den anden Forlovelse og saadan, men i Realiteten ere I det d ["d" overstreget] jo ikke. Og jeg synes nu ogsaa, det bliver en Lettelse, naar det er forbi, og foruden alt, hvad der kan være med at de ikke passe sammen, er der jo ogsaa det, at Thomas er svag, saa det var vist aldrig bleven til noget rigtig lykkeligt. Ja Du har Ret i, at det er kedeligt, at ingen af os ere lykkelig gifte, men det var dog værre, hvis vi var ulykkelig gifte; og for Resten Joh. og Thorvald faa vi vel nok Glæde af. - Stakkels Christine, hun gennemgaar sandelig meget, og bare hendes Helbred ikke faar et Knæk i denne Vinter, hun gaar jo med stadig Hoste og tillige er hendes Hoved jo daarligt. Jeg haaber, hun faar en ordentlig Ferie at hvile sig ud i. - - Her er stadig straalende Foraarsvejr, jeg gaar i stadig Angst for, at det ikke skal vare ved men komme i Regnehjørnet den sidste Tid jeg er her. Der falder jo gærne en Del Regn hvert Foraar. - I Fredags var det Fru Hirschsprungs Fødselsdag og vi gav i den Anledning hinanden Gaver (en Skik i deres Familie) jeg fik et Par Handsker af Berta og Emma. Om Aftenen gav Emma Middag hos Melini. Hun er vældig sød den lille Emma, og forfærdelig begejstret over Florenz. I Søndags var vi en ganske dejlig Tur sammen med Konsulens, Beckett og Billedhugger Bondesen. Vi gik ud Kl. 10 med Madkurv og gik i det mest straalende Vejr højt til Vejrs op igennem Cypres og Pinjeskove forbi gamle Slotte o.sv. Vi holdt Frokost ved Siden af et gammelt ubeboet Slot og mens Konsulen og Beckett gik ned i en Bondegaard at hente Vin, tilbragte vi andre Tiden med at fange et dejligt, grønt Firben over en halv Alen lang, som vi tog med hjem i en Kurv. - Det gaar i en Kasse her paa Værkstedet og skal føres med hjem til Danmark og foræres til Bissen, der har flere gaaende paa sit Atelier. - - Vi gik om ad Fiesole hjem. - Det er sandt, jeg har nok ikke skreven at jeg forrige Søndag, da de andre var i Genua var inviteret med Konsulens og Beckett paa en Tur. Vi morede os udmærket, skønt det var noget blæsende. Vi var ogsaa den Dag i Fiesole og oppe at besøge Munkene. Damer maa der kun komme i et bestemt Værelse, derinde blev vi beværtede med Vin og saa blev vi alle ogsaa Fru Pelle og jeg inviteret derop til Middag en Dag. Det skal være en Torsdag, den Dag spiser de bedst. Det kan blive morsomt. I Mandags var det Helligdag, der var en ganske dejlig Kirkekoncert henne i Annunziatakirken, den smukkeste Musik, jeg har hørt i Italien. Bagefter var vi til Frokost hos Melini i Anledning af Becketts Mors Fødselsdag. Derinde traf vi nogle Finner, jeg ved ikke om jeg før har omtalt dem. En gammel Frøken Hiellén, en Maler Jærnfeldt med Frue og en Maler Enckell, som er den, vi kender bedst. Han inviterede os ned til sig om Eftermiddagen til Kaffe og - Skøjteløbning! Denne sidste foregik paa Ruller og et ["et" overstreget] en stor Marmorbane, der hører til Varietéen "Alhambra". Det var ude i en Have og vi morede os aldeles glimrende og kunde næsten strax, ingen af os Damer faldt. Det var forfærdelig grinagtigt at løbe paa Skøjter under grønne Trær og uden Overtøj. - - 
+Min Copi er jeg ikke færdig med endnu, ["endnu" indsat over linjen] det er et stort Arbejde og saa syner det desværre saa lidt, - det lille Billede, men jeg har vist lært umaadelig meget af det. - Hvordan mon Anna Hansen har det? ved I ikke noget om det? hun har jo faaet en lille Dreng. Jeg har skreven til hende men ikke hørt noget fra hende. - - - Nu vil jeg slutte med et lille Overslag over mine Pengesager. Sidst i Sept skrev jeg hjem, at jeg ikke havde flere Penge undtagen Romer og Hjemrejsen, som jeg for Resten havde lagt noget knapt til Side til, saa i de to Maaneder til Magdahls kom, og det blev bestemt, jeg maatte blive her, blev det næsten brugt; jeg brugte ogsaa meget til Tøj i den Tid. - Fra 1ste December har jeg brugt 50 Kr om Maaneden altsaa 250 Kr, 100 Kr til Romerr. 150 til Hjemrejsen og - dette er jeg ["jeg" indsat over linjen] mest betænkelig ved c. 150 Kr til Tøj. Det er jo vældig meget, men jeg var bleven saa derangeret, saa der maatte meget til at faa det i Orden igen. Og saa tænk paa Malersager og Frimærker. - Men jeg faar nu ogsaa lidt til overs kan jeg se nu ved at jeg kommer op til Konsulens lidt, men det er bedre at sige lidt for meget, og saa tage det med tilbage saa jeg har lidt rigeligt til Hjemrejsen for alle Tilfældes Skyld, for hvis jeg kommer til at rejse alene hjem. - - I det hele og store kan det vist ikke siges, at jeg har brugt for meget? Jeg synes da, jeg har sparet altid. - - Nu faar jeg vel et Brev til inden min Fødselsdag, hvis der ikke er et, der krydses med dette.
+1000 kærlige Hilsner
+Alhed.
+Har I faaet en Puddel?</t>
+  </si>
+  <si>
+    <t>1896-11-25</t>
+  </si>
+  <si>
+    <t>Vestergade 11B, 5540 Ullerslev, Danmark
+Romsø, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Peter Hansen
+Vilhelm Larsen
+Karl Schou
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Intet nyt fra Peter Hansen om tulipanerne.
+Marie og Karl Schou har fået en søn.
+Johs. Larsen skal til Romsø med Christian Andersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1hUR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25 Novemr. 1896.
+Kæreste Alhed!
+[noget af papiret mangler] det jo er Dem der skal [noget af papiret mangler] denne Gang, vil jeg [noget af papiret mangler] skynde mig at takke [noget af papiret mangler] rare Dage vi har haft [noget af papiret mangler] Tusind Tak. I Odense [noget af papiret mangler] Christine ogsaa og fik Kaffe og var nær ved at komme for sent til Toget, hvad der vilde have været temmelig frygteligt, da Uglen klagede sig over at hun var kommen til at ryste i Knæene enten af Forkølelse eller fordi hun maatte løbe saa rask til Faaborg ligesom os, eller af begge Dele. [noget af papiret mangler] var slet ikke glad ved at vi skulde gaa fra Ullerslev. Vi blev imidlertid overraskede ved at møde Agraren da vi kom gennem Ullerslev By, jeg [noget af papiret mangler] lade være at give [noget af papiret mangler] til hende ved at [noget af papiret mangler] men Uglen bemær [noget af papiret mangler] dende at hun saa g[noget af papiret mangler] var ham der kørte [noget af papiret mangler] det kunde da aldrig falde hende ind at raabe efter ham. 
+Her er endnu ikke noget fra Peter om Tulipanerne derimod var der Brev fra Schou med den ikke længere ny Meddelelse at han havde faaet en Søn i Tirsdags, der stod dog den Nyhed at naar han skrev at baade Marie og drengen havde det udmærket var det med den Modification at Drengen var blevet hæs [noget af papiret mangler] Her i Kjerteminde [noget af papiret mangler] ved det gamle [noget af papiret mangler] Andersen havde [noget af papiret mangler] om at sige til [noget af papiret mangler] var en umaade- [noget af papiret mangler] Havlitter ovre ved Romsø og jeg var saa nede for at tale med ham, men han var sejlet derover i Morges, jeg tror dog ikke han faar videre Glæde af Turen i Dag da det er aldeles Havblik, men jeg skal alligevel ned at se til ham naar han kommer hjem hen under Aften og tale med ham om en Tur derover i Morgen. 
+Jeg skal nu til at skrive til Baronen og til Schou saa gaar jo det meste af Dagen med det saa jeg fa [noget af papiret mangler] bestilt noget i Dag m [noget af papiret mangler] Vejret skulde være [noget af papiret mangler] værdig til at blive [noget af papiret mangler] Aften saa jeg [noget af papiret mangler] til at male ude p [noget af papiret mangler] ren i Aften. Apropos: Schou skriver at hvis hans Dreng ligner nogen han kender er det Agraren, hvorimod Marie siger at han ligner Schou. Nu vil jeg slutte med mange Hilsner til min kæreste Alhed, undskyld jeg laaner deres gamle Brander. Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-01-18</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Albert Gottschalk
+Peter Hansen
+Viggo Johansen
+C V Kjær
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+- Philip
+Ruben
+Karl Schou
+Marie Schou
+- Skov
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Café Bernina lå på hjørnet Vimmelskaftet 47/Badstuestræde 2 i København i bygningen kaldet Tuteins Gård, som stadig findes. En schweizisk konditor og vinhandler, D.B. Schucari, åbnede cafeen i 1881. Navnet hentyder til Bernina-alperne i Schweiz. Stedet var i de to sidste årtier af 1900tallet mødested for kunstnere, litterater og bohèmer som August Strindberg, Knuth Hamsun, Holger Drachmann, Christian Krohg m.fl. 
+Wikipedia
+En alkekonge er en gammel betegnelse for en søkonge.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har været til generalforsamling i København og været sammen med en masse venner. Han har besøgt Lørups, Peter Hansen på Malersalen, Johansen, Schou m.fl. Johs. Larsen har flere fugle liggende, som skal tegnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bv6j</t>
+  </si>
+  <si>
+    <t>Kjerteminde Mandag 18 Jan. 97.
+Kæreste Alhed!
+Det var da et dejligt langt Brev, som laa her til mig, da jeg kom hjem i Gaar Eftermiddags, og det trøstede mig meget at læse om at jeg ikke skulde have daarlig Samvittighed, for det havde jeg naturligvis og lidt af det har jeg endnu, men nu maa du jo have faaet mit lille Brev fra Kjøbenhavn og saa haaber jeg at Du har tilgivet mig. Jeg kom temmelig hovedkulds af Sted herfra da det først blev bestemt, at jeg skulde rejse, om Tirsdagen, det er noget Sludder, jeg mener at jeg rejste Natten mellem Tirsdag og Onsdag og det blev først bestemt om Tirsdagen. Jeg ved ikke om Du nu kan forstaa det. Kl. 9 ½ Onsdag kom jeg til Kjøbenhavn og gik først ud til Schous men kunde ikke komme ind, jeg gik saa ud til Peters Onkel, hvor jeg lagde mit Rejsetøj og derfra til Lørups, til Eckardt, til min Fætter, til en Boghandler for at købe Fortegning til teknisk Skole og derfra til et møde i Bernina som Slott-Møller havde indbudt til og hvor jeg traf Peter, der var ikke mødt videre mange og der blev ikke vedtaget noget og Kl 9 gik Peter og jeg for at træffe Fru Neckelmann som vi spiste til Aften sammen med i en Kafé ved Stranden. Derefter fulgte vi Fru N. hjem og Peter fulgte mig saa op i sit Atelier i Helgolandsgade i ”Wieds Hotel”. Peter boede i den Til jeg var der ogsaa og overlod mig Værelset med Kaffe om Morgenen. Det bliver vist et udmærket Billede Peter maler med Jægeren, det er lidt over 2 Al højt og lidt mindre i Bredden, Portrættet af Fru N. syntes jeg ogsaa godt om, det er kun et lille Billede, vistnok kun en halv Al højt. Dagen efter hentede Peter mig og jeg var med oppe paa Theatrets Malersal, og se dem arbejde paa Dekorationerne til Borkman, hvad der var meget morsomt derefter gik vi ned og spiste Frokost og derfra gik jeg hen til Franziska og fik et romersk Bad, nu traf jeg Klaks paa Østergade og fulgte med ham hjem og spiste Middag og om Aftenen havde vi saa Generalforsamling i den frie Udstilling. Det bliver vist et frygtelig jasket Brev baade med Hensyn til Indhold og Skrift men jeg har saa travlt at det er lige ved at løbe rundt for mig. Du ved at da jeg var paa Erikshaab havde jeg en Ugle og en Maage og en Musvaage liggende og aldrig saa snart var jeg kommet hjem før jeg fik en Alkekonge en lille temmelig sjælden Svømmefugl, som havde ligget og ventet paa mig en 14 Dages Tid, saa maatte jeg jo lægge Musvaagen væk igen og allerede Dagen efter fik jeg Brev fra Peter at jeg nødvendigvis maatte rejse, saa laa det hele der igen. Nu da jeg kommer hjem igen har de fanget en meget smuk og sjælden lille Art hvid Skallesluger til mig, og da jeg jo skal have ”Lopperne” færdig til Kataloget inden den første og mine Tegninger heftet ind og sendt bort inden den 24 i denne Maaned kan Du nok indse at jeg har nok at gøre. Jeg har 4 Fugle liggende og har ikke rørt de 2 endnu. Paa Generalforsamlingen blev der ikke bestemt stort andet end at vi skal have en til i Løbet af en Maaned, da vi nemlig ikke har Vished for at vi kan faa den Byggegrund der er tale om. Til Spisningen hvor Gæsterne i Aar var indbudte, altsaa bl.a. Schou og Skov fik vi noget kedeligt Fiskefilet i Stedet for Østers og blev derfor ogsaa snydt for Rihnskvin. Bag efter holdt vi ud godt 4 og fik tilsidst Champagne som vist har været noget Skidt da jeg blev temmelig fuld, og var ret blød Dagen efter. Jeg stod op Kl. 12 og traf Skov paa Gaden, vi gik op paa Malersalen til Peter og derfra til Bernina hvor vi fik hver 2 Bayere og gik saa op i Kunstforeningen men ikke videre oplagte til at se paa Kunst. Vi traf Oppermann deroppe, som inviterede mig til Frokost. Jeg fulgte saa med Skov ud af Vesterbro for at faa lidt Appetit da jeg skulde til Middag hos Fru Lørup. Paa Vejen traf vi Gottschalk som fulgte med Resten af Vejen. Til Middagen var vi kun 4, Henry, Fru Lørup og Fru Philip, som nu er skilt fra Manden, men før vi spiste var der en Frk. Ruben yngre Søster til Fru P. som bestilte en Aquarel af mig. Glaskjær tror jeg ikke der er videre at tjene ved. Han kunde kun oftre 50 Kr paa Tegningen da det var et Forsøg, men ellers fortalte han at han ikke var videre karrig, saa hvis det gik godt kunde der maaske blive Tale om mere. Saa var jeg hos Schous. Barnet har det udmærket nu og Marie gaar i Rigsdagen og Schou har Timer, de har en Eftermiddagspige til 8 Kr om Maaneden hvad Fransiska siger er dyrt. Jeg var ogsaa hos Johansens og Oppermanns og Lørdag aften var vi hos Lützhøfft og Mutter, sammen med Schous, Franziska, Peter og Fru N. Skov og hans Søster skulde ogsaa have været der men kunde ikke komme. Min allerkæreste Alhed, jeg maa nu til at holde op denne Gang for at faa noget bestilt. Jeg har tænkt meget paa at Du skulde have den blegrøde Silkekjole paa, for du maa vist have set nydelig ud med den, Gud ved hvornaar jeg faar det at se. Jeg længes meget efter Dig min Kæreste og sender mine kærligste Hilsner.
+Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-05-15</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler fra sit billede med udsigten fra vinduet på sit værelse. Han har spændt et lærred op til et billede af pæretræet. Guldregnen, som han maler, har ikke mange blomster. Han tegner også en død rotteunge. Og Larsen har købt to kaniner, som hunden Tjalfe skal stå for, mens han tegner den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Onr5</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 M[noget af papiret mangler]
+Kæreste Alhed!
+Jeg havde bestemt at skrive til Dig, og som Du ser gør jeg det ogsaa, skønt jeg er kommen i Tanker om at det er Lørdag, og du har jo gjort mig opmærksom paa at der ikke gaar Landpost om Søndagen [noget af papiret mangler] I nu faar Bud til [noget af papiret mangler] Morgen saa faar D[noget af papiret mangler] og hvis ikke, saa faa[noget af papiret mangler] paa Mandag. D[noget af papiret mangler] en urimelig lan[noget af papiret mangler] jeg fik Brev fra Dig, og jeg har i den sidste Tid kigget flittigt efter Posten om [noget af papiret mangler]n, men forgæves. Jeg fik 2 Overraskelser i Gaar, lidt efter Middag fik jeg at vide at det var Helligdag og længere henne paa Eftermiddagen fik jeg at vide at Fader og Moder skulde rejse til Sverige i Nat, nu er de væk og kommer først paa Onsdag, saa jeg er alene [noget af papiret mangler] Storm og Agraren [noget af papiret mangler]dig en væmmelig [noget af papiret mangler] i Aftes havde vi [noget af papiret mangler] an et dejligt [noget af papiret mangler] klart Vejr med [noget af papiret mangler]rometer. Til Morgen fik jeg dog malet paa mit Billede herfra Vinduet, det Solskin og nogenlunde Vejr men nu blæser det med en kold Nordenvind. Jeg har spændt et stort Stykke Lærred ud, som jeg skal male Pæretræet paa, der kommer en Mængde Blomster paa i Aar, men det staar jo og kan ikke springe ud i denne Kulde. Guldregnen [noget af papiret mangler] derimod bange [noget af papiret mangler] den narrer m[noget af papiret mangler] ikke ud til at [noget af papiret mangler] ret mange Blo[noget af papiret mangler] Aar. Naar jeg er færdig med dette Brev skal jeg til at tegne en død Rotteunge, som jeg har [noget af papiret mangler] her, og i eftermiddag vilde jeg gerne ned i Haven og tegne Tjalfe. Jeg har købt et Par Kaninunger, som han skal staa for mens jeg tegner ham, og jeg haaber at jeg faar Fornøjelse af det arrangement. De tidlige Tulipaner begynder at se noget medtagne [noget af papiret mangler] de andre ere end-[noget af papiret mangler] begyndte at springe[noget af papiret mangler] vil sige Dig inden [noget af papiret mangler] at jeg længes forfærdelig efter at faa Brev fra Dig og jeg haaber paa i Morgen. Mange Hilsner til min egen elskede Kæreste fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-01-11</t>
+  </si>
+  <si>
+    <t>Christian Andersen</t>
+  </si>
+  <si>
+    <t>Alhed boede januar til marts 1898 hos sin morbror Brandstrup i København og tog sangtimer hos Hedevig Lützhøft.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen skal mødes i København. 
+Johannes Larsen kan ikke male på Christian Andersen-billedet, da modellen er i Odense og tage romerske bade.
+Johannes Larsen er træt af at undervise på Teknisk Skole.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZdsM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Januar 1898
+Kæreste Alhed!
+Jeg har nu bestemt mig til at køre til Nyborg paa Fredag, for at kunde komme med Exprestoget, saa at jeg kan komme i ordentlig Tid. Det foresvæver mig at det kommer til Kjøbenhavn Kl. 8 ½ eller deromkring, men hvis Du ikke ved bedre Besked maa Du hellere forhøre Dig derom. Jeg antager for Resten at det er det Tog Du plejer at rejse derover med. Jeg har ikke faaet malet noget siden jeg kom hjem. Chr. Andersen er nemlig i Odense og tager romerske Bade for sin Gigt og kommer først hjem sidst i Ugen, saa jeg kan ikke faa begyndt paa ham før efter at jeg har været i Kjøbenhavn. Jeg længes meget efter Dig og glæder mig til paa Fredag. Nu om en halv Time skal jeg i teknisk Skole, jeg synes værre og værre om at gaa derned, men i Aften er det da kun en Time og naar den er overstaaet er der kun 2 i Morgen og saa kommer Torsdag og paa Fredag skal jeg over og kysse Dig mange Gange. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Svanninge
+Arreskov
+Odense</t>
+  </si>
+  <si>
+    <t>Maren -
+Asta Blom
+Jeppe Andreas Larsen
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>De gamle "Naader": Anna og Erik Schaffalitzky de Muckadell, grevskabet Muckadell, Alheds fars arbejdsgivere.
+"Dit Træ": Johannes Larsen maler et billede af en guldregn.
+Fattigattest: Man kunne kun få lov at blive gift, hvis man fremviste anmærkningsfri fattigattest.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på besøg på Arreskov (hos Erik og Anna Schaffalitzky de Muckadell).
+Præsten skal ud at rejse, så Alhed og Johannes Larsen må skynde sig at blive gift tirsdag. Larsen må rejse til Erikshaab og hjem igen for at male på sin guldregn. Hans far skal skrive under på en attest, og Larsen må skaffe fattigattest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rwb1</t>
+  </si>
+  <si>
+    <t>Elskede Ladersen!
+Nu ere vi komne hjem fra Præstens og Arreskov. Turen har været rigtig vellykket. De gamle ”Naader” var saa flinke imod os og kyssede os til Afsked og ønskede os alt godt i Fremtiden. De var meget interesserede i min ”romantiske Madlavning”, som de kaldte det, da de hørte, at jeg skulde lave Mad paa en Primus. – Bagefter var vi altsaa i Præstegaarden og nu skal Du bare høre; Præsten skal rejse allerede paa Onsdag, saa vi maa altsaa gifte os paa Tirsdag og Du maa altsaa komme paa Mandag. Det er der meget kort til. – Men nu skal jeg sige Dig noget, Du er den allerbedste sødeste godeste Dreng og jeg holder saa uendelig meget af Dig, hvis Du vil gøre, hvad jeg nu beder Dig om. At Du vil rejse igen med Iltoget og lade mig blive her. Saa vil jeg Dagen efter køre ned til Svanninge og lave lidt i Stand til Du kommer, saa kan Du komme et Par Dage efter, naar Du er færdig med Dit Træ. Jeg er saa ked af, at jeg ikke kan tale med Dig i Stedet for at skrive, for hvis Du gør Vrøvl er jeg der jo ikke til at modbevise Dig. – Men jeg tror nu, Du vil synes, at det er rigtig godt saadan, ikke sandt? Jeg vil glæde mig 1000 Gange mere til Mandag og Tirsdag, naar det kan blive saadan. Jeg glæder mig umaadelig meget til at se Dig. – Naar det nu klart ikke skal forstyrre Dig med Din Guldregn, men der er jo da kun to Dage, og Du sagde jo, at jeg kunde skrive efter Dig. – Hermed følger Din Attest, der hvor de smaa Kors staa, skal din Fader altsaa skrive under. Og saa skal Du altsaa have den Fattigattest hos Borgmesteren. Skal Maren derop? Du maa endelig møde med begge Attesterne, ellers kan der jo ikke blive noget af. – Kan Du se, jeg hedder Maria, det vidste Du vist ikke? Du vidste maaske ikke en Gang, at jeg hedder Marie? (hvad jeg altsaa ikke hedder.) – Det er dog et bedaarende Vejr i disse Dage, bare det maa vare ved. Der sidder en Nattergal og synger saa dejlig ovre ved Aaen, jeg gad vide, om der er Nattergale i Svanninge? – Jeg har i Dag set en meget flot Hund ved Navn ”Spækmand”, storartet Navn! – 
+- Nu vil jeg slutte! – Kl. er 12 ½ og jeg skal tidlig op i Morgen, Asta og jeg skal nemlig til Odense med ½-11 Toget. – Kan Du nu skrive ligestrax til mig! Jeg holder rigtignok umaadelig meget af Dig. 1000 Millioner Hilsner fra Din Alhed
+9ende Juni – 1898 –</t>
+  </si>
+  <si>
+    <t>1899-07-16</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Andreas Larsen
+Elena Larsen
+Vilhelm Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Fritz Syberg
+Jørgen Violin</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lejet sig ind på et værelse med fuld forplejning i Svanninge for at male på et billede i skoven.
+Peter og Elise Hansens fælles datter Elena Italia Hansen blev født under deres rejse i Italien. I voksenlivet blev Elena (kaldet Bimse) gift med Alhed og Johannes Larsens søn Johan (Lysse). 
+Alhed og Johannes Larsens førstefødte skulle tilsyneladende en tid have heddet Jeppe. Han kom til at bære navnet Andreas.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg (Baronen) har fået brev fra Peter Hansen, som fortæller, at han har fået en datter. Barnet er blevet indskrevet af myndighederne i Italien som Elena Italia Ansen. Det lykkedes ikke Peter Hansen at slippe for navnet Italia, og myndighedspersonerne forstod ikke navnet Hansen. - Hansen-familien tager nu i bjergene, og de planlægger at bo i Faaborg, når de kommer hjem.
+Fritz Syberg laver illustrationer til Pontoppidans Vildt. Jørgen Violin står model.
+Larsen står op kl. 6 og spiser senere god frokost, så han har kræfter til at male i skoven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NncU</t>
+  </si>
+  <si>
+    <t>[Sva]nninge 16 Juli [noget af papiret mangler]
+Min egen Kæreste!
+Skønt jeg antager at Du faar dette Brev samtidig med det jeg skrev i Gaar vil jeg dog ikke undlade at skrive i Dag alligevel. Baronens fik i Gaar Brev fra Peter, han har faaet en Datter, som er tanto grasso og hans Kone siger hun er køn, hun er bleven indskreven et eller an[det] Sted og hedder, ja kan [jeg ik]ke huske det første, men [noget af papiret mangler] ikke mærkeligt, men [saa] hedder hun desuden Italia Ansen, det var ham ikke muligt at overtale Folkene der skrev til at lade være at kalde hende Italia, og vist heller ikke til at sætt[e et] H foran ansen. De ere meget glade ved at være dernede og flytter nu ud i Bjærgene hvor der efter Peters Beskrivelse maa være storartet, de vil bo i Faaborg i Vinter hvis de kan faa en Lejlighed der og opgive Theatermaleriet, bare de vilde. Jeg har haft storartet Vejr i dag og faaet godt fat paa det store og i Efte[mid]dag har jeg været oppe [og] lagt et lille Billede [op] et ”pænt lille Motiv”, [noget af papiret mangler] ved Siden af det andet. Lützhøfft og Baronen kom i Nat. Klaks er vist her men [jeg h]ar ikke set noget til ham. Om en Times Tid skal vi vist alle sammen til Faaborg og hente Franziska. Baronen har vist travlt i denne Tid han illustrerer Pontoppidans ”Vildt” han skal lave 36 Tegninger og have 500 Kr. for det. Han tegner hver dag ude i sit Skur, iført Uldtrøje og Lærredsbukser efter Jørgen Violin som er Model paa Dagleje, 3 Kr [om] Dagen. I Dag fik vi til [Mid]dag Suppe og Peberrods[noget af papiret mangler] og Rombudding. Jeg [har v]æret oppe Kl. 6. og vil det herefter Vejr Dag, saa faar jeg Kaffe strax og kan sidde og drive og saa gøre mere ved Frokosten, sa[a jeg] kan gaa styrket op i [Sko]ven, jeg befinder kig udmærket ved de lange Ture og har god Appetit til alle Maaltider, bliver Du gal fordi Brevene handler saa meget om Mad? Jeg sidder og pønser paa for at snuppe Lützhøfft og Mutter de ere inde hos Præstens saa jeg før. Det er kedeligt at de bor henne hos Baronens ellers kun[de de] være komne med til [Eriks]haab en Dag g[erne] Mutter har foreslaaet at [noget af papiret mangler]de ligge oppe i Bankerne [nogle] Nætter. Mange kærlige Hilsner til Dig og lille Jeppe.
+Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-08-16</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>Dora -
+Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Christian Mogensen
+Otto Emil  Paludan
+Forpagter Petersen
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Globus var navnet på et hotel. 
+Munter var Warberg-familiens hund. 
+Tanmis er formodentlig Tante Mis = Wilhelmine Berg, som havde et pensionat i Gothersgade, København. 
+Det vides ikke, hvem B.P. var. 
+Det vides ikke, om Pastor Hansen er præsten fra Langeland eller en lokal præst fra egnen omkring Erikshaab. 
+Fru Vittrups veninde Astrid kendes ikke. 
+På Ølstedgaard boede Amstrup-parret, som adopterede Alheds storesøsters barn født udenfor ægteskabet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A157, lb. 1.9
+2412</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg har haft 2-3 børn ad gangen under uddannelse, og han er nu ved at være blanket af. Han frygter ikke at kunne betale for deres færdiggørelse af studierne. Louise/Muk har tilbudt at lægge sine sparepenge ind i det samlede budget. Astrid må derfor fortælle, hvor meget et ophold på Askov vil koste. 
+Hempel Sybergs hest har det godt.
+Der er tørke, og mange høster.
+Albrecht har besøgt Vittrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nQAw</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg. Globus
+Carlsbad.
+[I brevet:]
+Erikshaab d 16 Aug 1899
+Kære lille Dis!
+Tak for Dit lange og nænsomme Brev. Den forretningsmæssige Del af Brevet, har givet mig en Del at tænke over. Sagen er lille Dis, at mine Indtægter knap slaa til til at holde en af Jer ude og da jeg nu i en længere Aarrække har havt 2, sommetider 3 at holde, har jeg dertil maattet optage af de Penge jeg har havt. Nu er jeg paa 3000 Kr. nær paa bar Bund og jeg har ventet, at disse kunne strække til, indtil jeg bliver færdig med Muk. Paa samme Tid skulde Dede være blevet Student, og end han fik Lov at puste et Aarstid, beskæftiget her hjemme med lidt Skriveri eller lignende, kunde det vel gaa. Tager jeg nu andre op af de 3000, som ved dette Aars Udgang ere reduceret til højst 2000 Kr., er jeg bange for, at jeg maa slippe de to Børn, inden de komme til til noget Resultat, og det kan jeg jo dog ikke. Under disse Omstændigheder vil du skønne, at jeg har ondt ved at holde Dig paa Askov for Tiden. Dog vil jeg bede Dig lade mig vide, hvor langt Opholdet der skulde være, og hvad Du tror, at det vil koste; det kan jo være, at der kan skaffes Udvej, om end ikke paa anden Maade end ved Hjælp af Muk, som har stillet sin Sparekassebog til Disposition. Der vilde jo forsaavidt være nogen Rimelighed deri, som hun baade har kostet og vil koste mere end nogen af de andre Børn hidtil har kostet. Lad mig nu det vide til København – Gothersgade 129 – 1 - inden ret længe. – Vil Du hilse Onkel Syberg, at hans Hest har det vel og synes at trives. Slagteriet har havt Bud efter den, hvad vistnok Petersen har foranlediget, ved, inden jeg fik talt med ham, at telefonere derind. Vi lod selvfølgelig Posten [det forrige ord svært læseligt] afgaa uden Hest. Han talte om, at Syberg ønskede Hesten derud en halv Snes Dage, før han kom hjem. Det vil jeg dog fraraade, den har det bedst her, hvor den staar i Ro, og bliver den ikke fed, faar den dog ved Siden af Græsset saa meget Majs, at den nok kan trives. Idag rejser jeg til København; Tanmis gjorde mig lidt Vrøvl med Værelset, men rettede det igen. Paa Torsdag rejser Be med Jeppe og tager Muk med, og paa Søndag Dede, saa er her kun B.P., Pal og Moder tilbage, og hun rejser som Du ved senere til Veirup. Idag truer det med at ville regne. Folk har omtrent overalt ophøstet, og Mogensen har kørt al sin Roebyg ind. Hvis Vejret vilde holde sig, venter han at have indhøstet paa Mandag, men saa stor har Tørken været, at næsten alle trods Høsten ønsker Regn. Selv paa Engen kan Græsset ikke gro, og den bedste Del af min store Eng er ganske gul og vissen, endda der ikke har været Kreaturer paa den, siden den blev slaaet. Jeg besøgte i forrige Uge Vittrups i Følge med Pastor Hansen. Fru V. spurgte flittigt til Dig og bad mig hilse Dig. Jeg var ikke fri for at prostituere baade Dig og mig, da hun begyndte at tale om sin Veninde Astrid, ved at spørge hende, hvorfra hun egentlig kendte dig; jeg tænkte i Øjeblikket slet ikke paa Ølstedgaard. Hun gjorde naturligvis store Øjne og fortalte, at Du ofte havde bragt Hilsener hjemme fra. Forleden Aften var vi alle – Dora og Munter samt Jeppe indbefattede – i Egelund og nøde der Middagsmaden, bestaaende af Suppe, haardkogte Æg og Smørrebrød samt Solbærsaft og Rom, hvilke 2 sidste Stoffer blev blandede sammen. Ladersen gjorde en uendelig Række af Forsøg, inden han fandt det rette Forhold.
+Med mange Hilsener til Jer alle 3.
+Din F.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>"Marie Tuk" nævnes også, der er flere muligheder for, hvem det kan være. Muligvis Marie Syberg (på dette tidspunkt Marie Schou).</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Hvis vejret er godt den følgende dag sejler Fritz hjem. Han har være på Romsø på en storartet tur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9vwC</t>
+  </si>
+  <si>
+    <t>[påskrevet med blyant:] 1901-2?
+Kjerteminde Mandag
+Kære Høns!
+Hvis Vejret er godt i Morgen (Tirsdag) sejler jeg hjem. Vi var på Romsø i Dag – Uglen Marie Tuk og jeg. En storartet Tur det var en Skam Du ikke var med. Vi var ude på Nordsiden af Øen der er meget kønnere end de andre Sider
+Det er Aften og Brevet må afsted. Det var en Skam Du ikke var med på den Tur
+Kys Børnene Mange Hilsener fra Din Fritz</t>
+  </si>
+  <si>
+    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...352 lines deleted...]
-    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
@@ -3160,1282 +1854,205 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>19. feb. 1928</t>
-[...11 lines deleted...]
-    <t>Elise Hansen
+    <t>1901-03-24</t>
+  </si>
+  <si>
+    <t>Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Firenze
+Rom, Italien</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
 Peter Hansen
-Ellen Hørup
-[...824 lines deleted...]
-9ende Juni – 1898 –</t>
+Gudmund Hentze
+Michelangelo Simoni
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Theodor Philipsen er på rundrejse i Italien</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/412R</t>
+  </si>
+  <si>
+    <t>1901 Roma 24 Mar
+Kjære Las og Hustru da jeg ikke ahner om jeg kan træffe Eder i denne eller i den anden Verden der har nemlig gaaet Rygter om at I vilde foretage saadan en større Udflugt saa beder jeg Peter om at sende Eder denne Hilsen fra mig. Som den evige Jøde har jeg faret Italien rundt i nogle faae Uger og nu er jeg kommen hertilbage hvor mine Reisekammerater have forladt mig de gik hjem medens jeg har Frankrig tilbage paa Billetten men er man først i Rom saa er det ikke saa let at komme herfra især da jeg har truffet Slægtninge her. I Florents traf jeg Brandstrup og var en deilig Tour sammen med ham over alle Bjerge vi tilbragte en herlig Dag sammen. Her er jo nok lidt nogenlunde god Kunst at see men naar man hjemme har Genier som Mickel Angeline Slot Møller og Mand og Hentze saa bliver man noget kræsen. Lev nu vel kjære Venner og Tak fordi I tænke af og til venligt paa Eders troe Ven Th Philipsen
+[Tilføjet mellem linjerne øverst på kortet, drejet 180 grader:]
+Lykkelig Reise paa hvilken Klode I end fare til.</t>
+  </si>
+  <si>
+    <t>1901-06-08</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz fortæller, at Hans (Tuk) har det godt, og at han betragtes som en mådelig lydig og artig dreng. Det stormer, så det er ikke sikkert, de kommer til Romsø den næste dag som planlagt. På mandag havde han tænkt at sejle hjem, men vil gerne til Romsø først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oqbd</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8/6 1901
+Kære Høns!
+Tak for Dit Brev. Det var jo rart at Sagen nu ser ud til at kunne gå i Orden.
+Tuk har det godt. Det enstemmige Udsagn om ham her i Kjerteminde er at han er en umådelig lydig og artig Dreng. Det er jo rart at han ikke blamerer os. Godt var det Du kom hjem. I Dag stormer og regner det. I Morgen skulde vi til Romsø men Vejret lover jo ikke godt. På Mandag havde jeg tænkt at sejle hjem, men kommer vi ikke til Romsø om Søndagen trækker jeg den ud til vi får denne Tur gjort, hvis det da ikke skulde blive altfor langvarig. Men de glæder sig sådan til den Sejltur. De har jo ikke Evnen hernede til at gøre sig Livet behageligt, men er så til Gengæld umådelig taknemlige når én vil tage sig lidt af dem. Vi skal af Sted fra Morgenstunden og der skal koges Kaffe på Primus. Hils og kys Børnene fra mig.
+Tusinde Hilsener og Kys
+fra Din Fritz.</t>
   </si>
   <si>
     <t>1901-12-19</t>
   </si>
   <si>
     <t>Nordskov</t>
   </si>
   <si>
     <t>Camilla Bertram
 Franziska  Erichsen
 Christine Swane</t>
   </si>
   <si>
     <t>Fritz Syberg udtrykker sin begejstring for kysten omkring Nordskov på Fynshoved, hvor han og Johannes Larsen opholder sig. Det er kedeligt, at Bertram er så ked af det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4uI3</t>
   </si>
   <si>
     <t>Nordskov 19/12 1901
 Kære Høns!
 I Morgen rejser vi herfra. Dersom det ikke var at jeg længtes efter Dig og vore søde Unger vilde jeg være ked over at skulle væk. Jeg har aldrig nogensinde været på et fremmed Sted, hvor Landskaberne, og Naturen i det hele taget, i den Grad er gået ind i Skallen på mig øjebliklig, som her.
 Jeg havde en lille Fornemmelse af det i Sommer da jeg var med Marie og Uglen på Romsø, men dette her er noget ganske andet. Jeg forsikrer Dig at jeg disse to sidste Dage har gået rundt med en Fornemmelse, som jeg nu endelig havde fundet noget jeg hele min Levetid havde gået og ledt efter. Bakkeformationerne ligner lidt Svanningeegnen, men der er nogle store flade Strækninger bevokset med Lyng og Marehalm som slet ikke ligner Svanninge. Kysten kan somme Steder minde om Knold, men alting er meget større. Klinterne er meget højere, Linjerne i Kysten meget længere og Afstandene meget større. Vi marscherer i Timer for at komme fra Sted til Sted.
 Somme Steder er Klinterne rene Afgrunde. Her er store Fladstrande inddæmmet af Sandbarrer (fra Naturens Hånd) med en Mængde Fugle. Nu da alt er bedækket med Sne og al det lave Vand er tilfrossen ser her umådelig øde og Menneskeforladt ud. Den sidste halve Mil af Sandet, der hvor Las og jeg til daglig bevæger os er da heller ikke beboet af et eneste Menneske. Det eneste her findes som minder En om sine Medskabninger er en tom Fiskerhytte som Fiskerne fra Kjerteminde logerer i når de ikke kan komme hjem for Storm.
 Den store Kyst ud til Kattegattet er fuld af Sten. Ja her er så dejlig så det slet ikke er til at beskrive. Alle Farver er så rene og dejlige, ja det er slet ikke til at finde Ord for hvor smukt her er. Man resignerer og ræsonnerer slet ikke, som så mange andre Steder, og fortæller sig selv, at der er kønt her som alle Steder men tvertimod synes man (det gør jeg da) atnu har man endelig fundet noget der er kønnere end alt hvad man hidtil har set. Jeg har lavet en halv Snes Skitser, men det meste er noget Nonsens da jeg har givet mig for lidt Tid. Las har lavet et Par Skitser af mig stående ved Strandbredden tegnende i min Skitsebog. Han vil gærne lave et Billede deraf og da jeg også gærne vil lave et Billede af ham liggende på Lur efter Fuglene har vi aftalt en ny Tur herop længere hen på Vinteren. Jeg glæder mig meget dertil. Blot jeg bliver rask så skal Du bare se. Og det bliver jeg nok. Nu kender jeg Kuren, man skal bare byde sig selv alt mulig. Stå og gå i Kulde hele Dagen, så får man Appetit og æder og drikker til den store Medalje.
 Vi bor i et Værelse hvor Væggene gnistrer af Rimfrost og Lagenerne er så isnende kolde så jeg har en Fornemmelse af at vi pakker os ind i en Snedrive. Las siger at vi kan danne os en Forestilling om hvordan Harerne har det. Gå i Seng Kl. 8 og stå op Kl. 6½.
 Det er kedelig at Bertram er så ked af - - ja at hun ikke er så lykkelig som jeg kunde unde hende det. Hils hende mange Gange og sig jeg tænker meget på hende. Det er rart at Du kommer så meget sammen med hende, for hun har en god Indflydelse på En dermed mener jeg ikke at Du trænger særlig til at influeres i god Retning, men blot at jeg føler hun har en god Indflydelse på mig. Kys Børnene mange Gange hils Franziska og Marie og Matilde. Mange hilsener fra Din
 Fritz.
 Hilsen fra Las.</t>
   </si>
   <si>
-    <t>marts 1909 </t>
-[...15 lines deleted...]
-Jeppe Andreas Larsen
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
 Johanne Christine Larsen
-Vilhelm Larsen, Georgs søn
-[...341 lines deleted...]
-Hils ogsaa Hanne og Karen, jeg haaber Karens Mor er kommen sig igen.</t>
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
   </si>
   <si>
     <t>1902-09-09</t>
   </si>
   <si>
     <t>Thora  Branner</t>
   </si>
   <si>
     <t>Kirstine -, pige i huset hos Hempel Syberg
 Hempel Syberg</t>
   </si>
   <si>
     <t>Sommeren 1902 var søstrene Astrid, Johanne og Thora (alle født Warberg) med Hempel Syberg på en rejse til Hamburg. Thora, Johanne og Hempel Syberg fortsatte derfra til Italien (Astrid Warberg: Mit Livs Bog s. 47). Både Astrid og Thora boede i 1902 hos Hempel Syberg i Odense. 
 Det vides ikke, hvem Gjet og Baccio var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2633</t>
   </si>
   <si>
     <t>Der er så varmt i Firenze, at Thora vil rejse hjem. Hun beder Astrid skrive til Gjet, at hun har noget vigtigt at tale med ham om. Og at bede Kirstine gøre Thoras værelse i stand.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LobZ</t>
   </si>
   <si>
@@ -4479,498 +2096,50 @@
     <t>Besøget i Sverige skal muligvis ses som en del af afviklingen af familien Larsens ejendomme/forretninger p.gr.a. økonomiske problemer.</t>
   </si>
   <si>
     <t>Christine Swanes forældre skal muligvis til Sverige inden jul. Farbror er ved at købe og sælge ejendom. Han skal flytte og har holdt auktion over inventar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OacK</t>
   </si>
   <si>
     <t>Kjærbyhus Lørdagaften
 Kjære Dine!
 Du kan vel tænke at jeg venter fordi jeg ikke har kunnet skrive den Dag kommer vi! For førent Brevet er afsendt til Sverig giver jeg ingen Besked det staar for mig som umuligt, at vi kan komme afsted inden Juul vi faar se, det kunde saamen ogsaa behøves at jeg blev hjemme for at faa noget bestilt. Tiden løber fra mig lille Ugle jeg er ikke den jeg har været før, Vinteren trykker mig grumme meget. Nu Du har god Fortjeneste glem saa ikke at skaffe dig et Par Galosker og et Par af de Benklæder med uldent Foder at jeg dog kan tænke paa dig med den Glæde at du ikke fryser
 Dit sidste Brev satte rigtignok Liv i Faer den Ytring at du maaske paa den Maade kunde lægge lidt Penge op, den gottede ham svært, hvor det er herligt at se den gode Faer lidt oplivet ja det var fuldkommen i sin Orden at du tog imod det Tilbud, men skal du saa ogsaa lave Mad kjære Barn saa gaar dog meget af din Arbejdstid bort hos Frøken From saa den Plads at du kan flytte helt med alt dit Tøj og Blomster fortæl mig dog udførlig om det alt sammen, hvor Tiden løber nu har vi jo snart Fars Fødselsdag og saa kommer Julen hvor vi skal samles medens vi nu er i Julesnak lad mig saa sige dig hvordan det ønskes ordnet her; da Fru Warberg var hernede sagde hun saa bestemt at hun ikke kunde tænke sig at holde Juul paa Haabet, hun og de ugifte Børn samles hos Syberg’s – Junge kommer herned saa Johannes og Alhed vilde saa gjerne samle os Alle der Juleaften og se Børnene glade; jeg hørte fru Warberg sige alt hvad der er hjemme til at pynte med skal jeg sende herned og da vi jo altid har lidt trangt ved at faa saa let sammen saa er det jo godt, saa kan vi jo samles hos os en anden Dag i Julen naar vi blot maa blive raske saa gaar det nok at vi dog i nogen Maade maa faa lidt at smage af den rette Juleglæde – 
 (Skrevet på tværs i venstre side: Mohr &amp;amp; Kjær Kjøbenhavn D. 24 Jan 1829)
 Agraren er i Odense i dag med et Læs Hø det kom lidt hastigt han havde været hos Barberen i aftes og da han var inde hos Georgs efter Avisen fik han at vide at der var telefoneret efter Hø vi skulde have havt det at vide om Morgenen men glemt det som sædvanlig her blev Travlhed Rasmus Petersen laante os en Mand der hjalp Adolph at bundte Faer vejede Marie rakte op A læssede Kl 1 kjørte han nu sidder vi venter ham i dette Mørke er det ikke behageligt at kjøre vor Herre føre ham vel hjem
 I morgen vil han en Tour ned til Junge saa giver jeg ham dine Breve med, jeg havde gjemt hans det sidste for at sende dig nu kan jeg ikke finde det, vi er omsider havnet inde i den gamle Stue her var igaar en Svend der fik sat et Kakkelovnsrør op og her er lunt og godt der blev saa koldt inde i den store Stue i denne forfærdelige Storm det har varet mange Dage – Farbroder var den der sørgede for at faa en Svend herop; han rejste torsdag der kom Telefon efter ham; der var en køber til ”Kristianshøj” en rig Amerikaner. Farbroder vil saa have Steensgaard om det nu bliver til Handel. Alfred er ikke Smed mere nu er han Landmand med Liv og Lyst. Farbroder var helt tilfreds med Udfaldet af Aktionen han forærede os adskilligt vi fik 10 Pund Ris en flaske Livsbitter, Rom, Rødvin, [ulæseligt ord], Svovlstikker 1 Gros sennep i Pakker
 Johannes kjøbte [ulæseligt ord], Bord, den lille Sofa i Kontoret et Skab nogle Flasker – til Brændevin
 Marie Kone har i dag vasket dit tøj og lagt det ud i Frostvejret saa det skal nok blive kjønt og kan vi naa det skal vi nok sende det inden den 12 – 
 Marie Søster sprætter i Aften sin blaa Kjole op saa vil vi se at faa Fru Hansen til at sy den sammen
 Sophie har endnu ikke naaet at komme herop men nu igaar har jrg begyndt at sy mine Hvergarns sammen saa bliver den vel færdig engang
 Du kom [ulæseligt ord] saa god Nat og Lev Vel min kjære Pige Gud være med dig og skriv endelig en forfærdelig Mængde
 Hils Alle 
 Hilsen fra Faer og Marie</t>
   </si>
   <si>
-    <t>Georg Brandes
-[...446 lines deleted...]
-  <si>
     <t>1903-06-21</t>
   </si>
   <si>
     <t>Höljeryd</t>
   </si>
   <si>
     <t>Landeryd 
 Fynshovedvej 748, 5390 Martofte
 Møllebakken 14, 5300 Kerteminde</t>
   </si>
   <si>
     <t>Anna 2 -
 Niels  Dorph
 - Eckmann
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Marie Lassen
 Christine Swane</t>
   </si>
   <si>
@@ -4980,151 +2149,1422 @@
 Saagmester = formand på savværket</t>
   </si>
   <si>
     <t>Vilhelmine Larsen, Johannes Larsens mor, er på Høljeryd i Sverige. Hun savner at høre noget om, hvad Johannes og Christine maler for tiden. Der har været problemer med en tjenestepige.
 Området er utrolig smukt og hun synes, at Johannes skal male det. Hun vil tale med sin mand om, at Eckman skal have en kombineret stilling på Høljeryd som skytte, fisker og formand på savværket. Der er en epidemi af mæslinger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gTFF</t>
   </si>
   <si>
     <t>Høljeryd den 21/6 1903
 Kjære Johannes!
 Du ved ikke hvor glad jeg blev for dit Brev, det kom lige Dagen efter at Fader var rejst hjem, saa det kom paa en heldig Tid, godt var det du havde tegnet Haven, nu seer jeg det alt sammen saa tydelig for mig baade Børn og Gamle, det er godt at have en levende Fantasi; det har hjulpen mig over meget – du maa skrive igjen ved Lejlighed kjære Johannes og fortælle mig lidt om hvad du maler det savner jeg saameget at see Eders Arbejder, sig mig ogsaa hvad Uglen maler og hvad du synes om det, er hun nogenlunde tilfreds, du kjender min Sorg i den Henseende; men jeg har lagt Alt i den kjærligste Faders Haand og Han vil hjælpe – det troer jeg saa vist.
 Naar det er en flink Pige I har saa faar vel Alhed ogsaa Tid at male, fik hun saa nogle Elever? I maa endelig lade mig følge med derhjemme ellers bliver der en tomt Sted for mig. Faer fortalte mig lidt om Børnene; men jeg vil jo vide meget meget mere. Jeg fik Brev fra Vilhelm han skrev det var saadan søde artige Børn da han var hjemme, I maa jo have det livligt med 4 malere samlede paa saa nært Hold og musikalske Mennesker – omgaaes I Dorph? Naar skal du til Fynshoved hvad er Skyld i at Uglen ikke tog til Romsø jeg synes ikke det er hyggelig at bo ene i saadant stort Huus paa Landet, jeg venter stadig Brev fra hende nu kommer det vel, naar hun er kommen i Ro. Her er saa smukt ved Midsommer – mange Gange ønsker jeg at nogen af Eder var her for at fæstne det paa Lærredet, Du gjør dig ingen Ide om hvor det gjorde en Forskjel da Smedens Ladegaard kom i Ramme, der er en saadan Friskhed og Stemning over den [ulæseligt ord] at jeg har stor Glæde, naar jeg vender mig fra de store Figurer i [Stenhegnene?] og snavsede Farver i Skovens Træer; men Faer er jo saa glad og der er jo ogsaa meget kjønt – gamle [ulæseligt ord] staar godt i Hjørnet
 Nu er det jo bare den forgyldte Ramme der staar ham i Hovedet gav han dig Maalet da han var hjemme; maler du aldrig med Kazoin mere, det gik dog saa hurtig jeg kan se de 2 ænder saa tydelig eller Gaasen hos Georg, men bryd dig ikke om min Snak kjære Barn det kan komme ved Lejlighed – Vi har det saa godt kjære og dette at leve saameget i Fred og Ro i Naturen har lært mig saameget, i al Fald har jeg Tid at tænke, og at takke Gud Fader for Helbred og dagligt Brød saa troer jeg paa at han nok vil give den kjære gode Fader Lykke og Velsignelse til at faa ordnet herovre som han ønsker
 Efter denne gode Regn staar Korn og Græs godt, vi har jo 2 Køer og 1 Gris - 3 Høns hvoraf de 2 ligger og 1 gaar med 6 Kyllinger – den brogede skal kælve nu i denne Maaned og jeg visper Smør 2 Gange ugentlig saa jeg klarer mig undtagen naar vi skal bage.
 Jeg er glad ved at Dumpe er her, nu Pigen er syg, vi har faaet en der malker, det var en Pige der er fuld af Løgn og saa var hun luset. Jeg er saameget veltilfreds at hun ikke kommer mere 
 Jeg havde straks Mistanke og lod hende kun gaa i Haven og enkelte andre Arbejder – som jeg vidste hun kunde udrette fast Laag til Mælkespanden jeg bar det alene indtil hun var borte ellers havde Far vel jaget hende bort straks – nu gik det sin stille Gang
 Igaar blev vi bedt paa Brandaasen til Kaffe Midsommer, Datteren er hjemkommen fra Amerika og hun er fiks og seer godt ud saa Faer gaar nok med derop, her blev igaar fisket en Gjedde paa 14 [pund] i Aaen, der gaar hver Søndag nogle Stykker sammen, men de gaar saa frit de mener vel de Alle har ret naar nu Eckman kommer hjem saa siger jeg til Faer lad ham blive baade vor Fisker og vor Skytte samtidig med Saagmester
 Saa kan vi jo dele Udbyttet og saa forbyde Uvedkommende at gaa og trampe Græsset ned, Aalen kommer først i August Maaned men her er en rigdom af Skovbær saa jeg ikke har tænkt mig Halvdelen – Nu skal du vide vi ere raske her; paa Strømhult ligger de 2 ældste Børn af Mæslinger. Skolerne er lukkede saa det er en Epidemi. Saa vil jeg ønske I maa have det godt inden Døre og er glad ved du er saa nær ved, om Marie og Adolph behøver et Raad, Tak for Eders Kjærlighed imod dem 
 Kys dine smaa Drenge fra Farmor og glem ikke at fortælle jeg lever, og hvor jeg beder for Eder alle 4 om Velsignelse for Eders Hjem, det ved du nok kjære kjære Johannes – jeg omfatter Eders Børn med Kjærlighed i fuldt Maal, der bliver nok en Tid jeg kan vise Eder det i Virkeligheden
 Faer er Ladegaarden; men sender sin bedste Hilsen til Villaen – 
 Eders trofaste Moder.</t>
   </si>
   <si>
+    <t>1908-01-29</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Paris, Frankrig
+Haag, Holland
+Delft, Holland
+Amsterdam, Holland
+Rome, Italy</t>
+  </si>
+  <si>
+    <t>Karl Madsen
+Anna Syberg
+Troels Trier</t>
+  </si>
+  <si>
+    <t>Transskriberet efter maskinskrevet tekst. Det er uvist, hvem der har skrevet dette. Det er også uvist, hvor originalbrevet befinder sig.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker Ernst Goldschmidt for de mange, interessante oplysninger forud for rejsen via Tyskland til Frankrig og Italien. Han har nu bestemt sig for også at besøge Delft, Haag og Amsterdam i Holland. Syberg har travlt med maleriet forud for afrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TW34</t>
+  </si>
+  <si>
+    <t>Kerteminde 29-1-08
+Kære Goldschmidt!
+min Hermed Tak for Deres betænksomme Oplysninger, Kort ect. De har vakt min Kones Rejselyst, hun har fået Paris-Længsel ved at studere dem. Desværre lader det sig ikke gøre at vi begge to rejser. Min Fodtur gennem Sønderjylland tror jeg nok jeg holder fast ved. Når jeg siger "tror" da er det fordi jeg næppe kommer af Sted før sidst, (eller tidligst Midten) af Februar, og det så, selv om jeg opgiver Fodturen, ikke lader sig gøre at rejse sammen med Deres ven Troels Trier. Men det vil være mig en Glæde at træffe sammen med ham i Paris, dersom han er der når jeg kommer.
+Det bliver sandsynligvis den første Halvdel af Marts. Jeg har nemlig tænkt at gøre et 8 Dages Ophold i Haag. Karl Madsen har sendt mig nogle Oplysninger om Haag, Delft og Amsterdam, så jeg er nu foreløbig rustet. Jeg glæder mig meget til at gøre brug af Deres Kortskitser. Det er en storartet Fornemmelse første Gang man betræder en stor eller berømt By (her er det begge Dele). Det der holder mig tilbage på ubestemt Tid er (naturligvis) nogle Billeder jeg gerne vil have færdige. Det er jo min Småbørn, og de går jo ellers hen og bliver store. Desuden har jeg fået en Bestilling - ja nu må De ikke straks tro det er Millionen der kommer - på 30 Kr. tredive. Motivet: en Skitse af min Søn. Det er jo ikke meget, men Bestillinger er så sjældne, at denne ikke vil kunne ruinere mig, og så bør man jo opmuntre Initiativet hos det kunstinteresserede Publikum, og i dette Tilfælde er det en Mand der købte meget hvis han blot havde Midlerne dertil. Endnu en Gang Tak for Deres Oplysninger og de bedste Hilsner fra min Kone og Deres hengivne
+Fritz Syberg. 
+På Gensyn i Paris.
+For en Sikkerheds Skyld tilføjer jeg at det ikke er udelukket at jeg efter en Måneds Ophold i Paris rejser til Rom.</t>
+  </si>
+  <si>
+    <t>1908-09-06</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 København</t>
+  </si>
+  <si>
+    <t>Lille Maren kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kortet ejes af en efterkommer af Elise og Peter Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen har været på en lille tur. Bærrene er modne og faldt ned i hatten på ham. Peter Hansen mødte lille Maren. Nu er Elena/Bimse vel i skole igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zt6r</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREV-KORT
+Til
+[Skrevet i hånden på adressesiden:]
+Frk Elena Hansen Adr. Kunstmaler P Hansen
+Enghavevej 40. I Havehuset
+København V.
+[Håndskrevet på kortets tekstside:]
+Søndag
+Kære Bimse. 
+Du kan tro her er godt nu. Jeg har lige været ude paa en af de bekendte Rom ["Rom" overstreget] smaa Udflugter, Du ved nok, der om ad Stien og op langs Gærdet, Du kan tro, de er modne nu og falder lige ned i Hatten paa mig. Jeg savnede Dig, for jeg fik saa mange, at jeg nær havde spist mig en Mavepine til. Lille Maren mødte jeg inde i Faaborg i Aftes og jeg skulde hilse fra hende. Nu gaar Du vel i Skole igen og laver en rigtig Halløj og binder Lærerindernes Hale Bliktøj.
+Din Pap.
+[Tegning]</t>
+  </si>
+  <si>
+    <t>marts 1909 </t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Benedictsgade 3, Odense</t>
+  </si>
+  <si>
+    <t>- Andersen
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Vilhelm Larsen, Georgs søn
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen mangler brev fra sine børn og savner besøg. Jeppe Andreas Larsen er indlagt og har ingen appetit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xVjb</t>
+  </si>
+  <si>
+    <t>Benedictsgade N= 3
+Kjære Børn!
+Igaar blev jeg narret for Brev og tilmorgen heller ingen hvordan skal det gaa mig naar jeg kommer op til Faer der kan maaske komme et inden jeg gaar paa Sygehuset, dette skriver jeg nu og tager med mig, saa faar I det med 6,20 maaske med 2 Toget. Jeg ventede at see Agrarens igaar. Fru Andersen havde Kalvekoteletter og Rombudding det kan dog være der kommer nogen af deres Børn, saa sad jeg paa Sygehuset og kigede ud af Vinduet ved Tretiden, jeg kan tænkte om Junge og Agraren var gaaede til Hunderup; men der kom ingen til os, Folk var her nok af der var en halv Snes Stykker hos vor lille Nabo, der nu plages baade af ondt i Halsen og en Byld ved Oparationsstedet, der var saadan en Summen og Snakken at Faer faldt i Søvn. Varmen gjør jo ogsaa noget han er meget mat, og kjed af han ingen Madlyst har, Overlægen er ikke hjemme ellers har jeg snart Lyst til at tale med ham
+Lad mig nu se at I fortæller mig om alle mine smaa Venner ogsaa den lille Putte – den der kan skrive Breve maa rigtignok glæde Farmor; der er Ville han maa give et godt Eksempel, jeg har den glæde saa jevnlig at møde en Dreng der ligner Puf saameget, jeg maa tale til ham en Gang, for at se om Ligheden holder sig; nu maa jeg til at gaa Kjærlig Hilsen til Alle fra Moer</t>
+  </si>
+  <si>
+    <t>1909-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg
+Larsbjørnsstræde
+Studiestræde
+Vestergade, København
+Axelhus, København</t>
+  </si>
+  <si>
+    <t>Thorvald Bindesbøll
+Johan Larsen
+- Petersen Bøgebjerg
+- Sønniksen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København. Hendes mor boede der frem til 1913. 
+Det er uklart, hvem "Th.", som skulle give Alhed 30 kr., er.
+Eftersom Thorvald Bindesbøll døde i 1908, må den omtalte visning være en mindeudstilling.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ikke hørt fra Akademiet. Han og sønnen har luget i haven, og det går godt. Larsen beder Alhed købe et lugeapparat og nogle guldfisk med hjem fra København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FR2K</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juni 1909.
+Kæreste Alhed!
+Det gaar helt godt. Blomsterne har det udmærket, ligeledes Hønsene og Kyllinger m.v. Øllet er ordnet. Der er stadig intet fra Akademiet men nu har Du vel faaet 30 Kr. hos Th. Lysse hjalp mig i Gaar at luge det ny Græs, saa spurgte han: ”hvor skulde Dr. Petersen hen?” – til Kjøbenhavn – ”Skal han saa ud og ligge hos min Moer”? Vi spiste til aften i Kærbyhus i Gaar. Glem ikke at se Bindesbøls Udstilling. Husk et Lugeapperat hos Rom Axelhus og 4-5 Guldfisk hos Søneksen Larsbjørnsstræde (fra Frederiksberg til Studiestr. paa venstre Haand fra Studiestr vistnok mellem dette og Vestergade.) Nu kan jeg ikke finde paa mere. Hils alle! Vi glæder os til Du kommer. Jeg skal nok skrive i Morgen igen
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1909-06-08</t>
+  </si>
+  <si>
+    <t>Ludvig Dahlerup
+- Holm
+Karl Isakson
+Andreas Larsen
+Johan Larsen
+Viggo Madsen
+Karl Schou
+Marie Schou
+R J Steen
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem der skal "pirke til Ministeriet", og hvad sagen drejer sig om.</t>
+  </si>
+  <si>
+    <t>Karl Isakson er syg med feber og hovedpine.
+Johannes Larsen sender fuldmagt og kvittering og beder Alhed betale Schou og Viggo Madsen, som han skylder for Isaksons lotteri. Larsen beder også Alhed få Lunn (eller Lum?) til at "pirke ved Ministeriet".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CKVS</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Juni 1909.
+Kæreste Alhed!
+Tak for Brevet. Vi har det godt allesammen, undtagen Isakson der lagde sig til Sengs i Gaar Eftermdg af Forkølelse og Hovedpine. Han havde nogen Feber i Gaar Aftes 38,5 Gr, jeg gav ham nogle Kininpiller. Gamle Holm var her til Aften, senere fik vi Romtoddy og gik op til Isakson og gav ham en med, i Dag har han det bedre ingen Feber men lidt Hovedpine jeg tænker han kan komme op i Mrg. Hermed Fuldmagt og Kvittering) x. Jeg tror Schous skal have 110 Kr. giv dem med det samme 20 Kr. til Viggo Madsen, som jeg skylder til Isaksons Lotteri. Spørg hvornaar det trækkes. Jeg har talt med Steen om Kommoden han lovede at hente den. Hils Christine og Din Moder. Hilsen og Kys fra Børnene og
+Din
+x En af dem er vel nok.
+P.S. Jeg er nede hos Dahlerup. Kan Du faa fat i Lunn [Lum?] og faa ham til at pirke ved Ministeriet, der er endnu ikke kommet noget.
+JL.</t>
+  </si>
+  <si>
+    <t>1909-12-26</t>
+  </si>
+  <si>
+    <t>Skagen
+Rom Italien</t>
+  </si>
+  <si>
+    <t>Anne Marie Carl Nielsen
+Erik Henrichsen
+Kaare Klint
+Jens Lund
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Lille Erik er muligvis Erik Henrichsen.
+Årsagen til kontroversen på generalforsamlingen var, at AMCN, imod Den Fries reglement, også udstillede på Charlottenborg. (Bente Scavenius: Den frie Udstilling i 100 år, Borgen 1991)</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen. Der har været kontroverser ved generalforsamlingen på Den Frie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ReYi</t>
+  </si>
+  <si>
+    <t>Kære Las. 26/12 09.
+Tak for de 75. Til Lykke med Fødselsdagen i Morgen og godt Nytaar til hele Familjen fra os alle her. Philipsen er i Rom, vi havde en rar Tur sammen til Skagen forleden, hvor vi blot savnede Dig. I Lördag var der Generalforsamling i den Frie, hvor Bestyrelsen fik af Fru Carl N. og hendes Ridder Hr Klint. Lille Erik gik. Jeg benytter Lejligheden til at opfordre Dig til at stemme paa Jens Lund. Hvorledes stiller Du Dig til de unges Udstilling, som Du vel ogsaa har faaet Opfordring til at gaa med til. Din hengivne P.H.</t>
+  </si>
+  <si>
+    <t>1910-11-29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Peder Severin Krøyer
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen fortæller Peter Hansen, at han har truffet professor Tuxen på en udstilling. Tuxen fortalte, at P.H. kunde ønske at få "Høstbilledet" på udstilling i Rom samtidig med Sybergs akvarel "April". M.R. er ikke så glad for udlånet og vi høre, om det er et meget varmt ønske.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WTE0</t>
+  </si>
+  <si>
+    <t>29' November 1910.
+Herr
+Kunstmaler Peter Hansen,
+Faaborg.
+Da jeg i Lørdags var oppe at se paa Krøyers Billeder,som skal paa Auktions, traf jeg Professor Tuxen,som bl.a. fortalte mig, at Du kunne ønske at faa "Høstbilledet" paa Udstillingen i Rom, og samtidig bad han om at faa Sybergs akvarel "April" med derned. Jeg er nu slet ikke saa meget glad ved at komme af med det Billede et Lille Aarstid,og jeg vil derfor gerne høre ,om det er et meget varmt Ønske hos Dem . Jeg har hørt af andre,som har laant Billeder ud til slige Udstillinger, at de har faaet dem tilbge i mere eller mindre ramponeret Tilstand, særlig hvad Rammerne angaar.Hvis det skal af Sted ,kunde man saa ikke sætte en gammel Ramme om :
+J Dag har jeg modtaget Brevkort fra Deres Frue, som skriver, at "en Foraarsdag paa Enghaveplads" med de to sjovere paa Bænken er til disposition,som vi jo saa faa i Stedet for Pløjemanden,Hvis Høstbilledet skal af Sted,vil det jo ogsaa der blive en stor Plads tom. Vilde De i Saa Fald ikke have en Billede at hænge der saa længe , f Exp Deres "Legende Børn" eller et andet:
+Hvorledes har de det elleres ? Jeg haaber,at De seer "Riget" .selvfølgelig med Kritik,men med Jnteresse ,ikke mindst med Hensyn til, hvor Hurtig en Højremand kan blive Venstremand . Men det er nu aligevel den rigtige Vej!
+Jeg forbliver med venlig Hilsen</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver, at det glæder ham, at Peter Hansen morede sig til middagen. Er indforstået med at "Høstbilledet" bliver udlånt til udstilling i Rom. Omtaler bl.a. ansættelsen af Marie Stage i museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6ZNp</t>
+  </si>
+  <si>
+    <t>1'December 1910.
+Kære Herr Kunstmaler Peter Hansen:
+Tak for Deres venlige Brev.Det glæder mig meget, at De morede Dem godt til Middagen forleden og at De fandt den Rejsen værd.
+Naar De gerne vil have "Høstbilledet" paa Udstillingen i Rom, vil jeg ikke sætte mig derimod , men skal nu give Professor Tuxen Besked derom. Jeg haaber saa , at vi faar det andet lovede Billede i Stedet for og det kan vel nok fylde Pladsen ud ?
+Jeg bemærker hvad De skriver om Marie Stage,og jeg synes ikke, at der er nogen Grund til at tage nogen anden,naar Moderen snart bliver tjenestedygtig igen.Jeg har nu bedt Forretningesfører Larsen om at se hendes Datter lidt paa Fingrene.
+Med venlig Hilsen forbliver jeg
+Deres hengivne
+De bedes sige til Fr Andersen, at han bør lade Riget blive i Restaurationen. Det koster kun 2 Kr Kvartalet,saa han maa nok kunne faa Raad til baade at holde et Exemplar i Restaurationen og et i sin Lejlighed. Selvfølgelig maa det være rart for ham at have et Exemplar begge Steder.</t>
+  </si>
+  <si>
     <t>1911-05-14</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
   </si>
   <si>
     <t>Henrik Cavling
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og et par år frem.
 Området nær Fyns Hoved, som Fritz Syberg kalder "Øvet", må være højdedraget Jøvet.
 "8 År til England": Fritz Syberg delte en tid - i hvert fald i tankerne - sit liv op i otteårs perioder. Så vidt vides kom Syberg og Jensen ikke afsted på en tur til Den Engelske Kanal sammen.
 Franz Syberg (Trylle) led livet igennem alvorligt af astma og bronkitis. 
 Det vides ikke, hvad Lammefælledsjovere præcist er. Lammefælleden kaldtes tidligere den del af Nørrefælled i København, som begrænses af Nørre Allé, Tagensvej og Jagtvej (kbhbilleder.dk/kbh-museum lokaliseret juni 2019), så der er formodentlig tale om proletardrenge.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg forstår efter at have læst Johannes V Jensens artikler bedre, hvad han er inde på. Han vil gerne med til Den Engelske Kanal.
 Trylle (Franz) er syg af bronchitis. Fritz Syberg maler på fire store akvareller fra Arnoen. Om formiddagen er der kun fiskere og børn ved floden, men om eftermiddagen kommer der nogle irriterende latinskoleelever og lømler. Da Syberg hverken taler fransk eller italiensk, troede de, at han var døv.
 Den italienske arkitektur er smuk, men i øvrigt har italienerne en billig smag. Zahrtmann er vist uenig i dette.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/doA7</t>
   </si>
   <si>
     <t>Pisa 14 Maj 1911
 Via San Lorenzo 16
 Kære Johannes V. og Else.
 I Dag snyder jeg Publikum og giver ingen Forestilling nede ved Arnoen, men vil i Stedet for skrive til Jer. Tak for Brevet og Bogen. Det muntrer op at høre Dit Kampsignal lyde. Der er gået en Prås op for mig ved på ny at læse Dine Artikler, jeg synes jeg bedre forstår hvor Du vil hen. Egentlig er jeg her inde på et Emne hvor jeg har en Del på Hjærte som jeg vilde føle et vist Behag ved at komme frem med men jeg anser det for sundere at lade Tiden tale. (Selvbeherskelse er en af de Dyder jeg desværre ellers ikke tør prale med.). Det er smukt hvad Du skriver om Cavling jeg kom ved at læse det til at tænke på en Dag i Sommer ude på Fynshoved da vi alle fire gik hen langs ”Øvet” og så ud over det modne Korn ud mod Kattegat. Da omtalte Du netop Cavling. 
 Selvom jeg ikke har 8 År til England (jeg er 48) så vil jeg gærne en Tur med til Kanalens Kyster. Det vilde være Sjov at opholde sig der nogle Måneder og ”dybbe” ) [Nederst på arket er tilføjet: ( hedder det at ”dyppe”?] Aquarelpenslerne i Kanalens Vand. Gud ved om det forresten ikke er for saltholdigt til at male Aquarel i, Østersøens går det helt godt med, det har jeg brugt meget af.
 Jeg sidder ved Trylles Sygeseng. Hans Bronchitis, som han var sluppet så let fra i denne Vinter hernede har [nogle bogstaver overstreget] nu lagt ham på Sygelejet. Det er et meget hårdt Anfald denne Gang lige så slemt som noget han har havt hjemme i Danmark. Jeg skylder den begyndende Varme for det. Den er ikke helt pålidelig men kan pludselig afløses af en Times Blæst og Kulde, hvor Støvet flyver i store Skyer gennem Pisas Gader, hvorpå det bliver stille og varmt igen.
 Selv er jeg nogenlunde i Kondition og flittig. Jeg maler på 4 store Aquareller nede fra Arno, og skøndt det er noget af en Tortur at arbejde der, vil jeg dog vedblive dermed foreløbig. Formiddagene er ganske hyggelige, da består mit Publikum af Fiskere og Proletarbørn, som er meget beskedne i deres Livsyttringer men om [ordet ”om” er tilføjet over linjen] Eftermiddagene er jeg, uden at jeg kan begribe Årsagen til denne Forskel, belemret med en [ordet ”en” tilføjet over linjen] Skare af 12-16 Års Lømler, mest Latinskoleelever og desuden nogle Eksistenser der kan svare vore egne Lammefælledsjovere. De sidste er de grinagtigste. De pretenderer at kunne tale Fransk. I øvrigt er jeg jo godt beskyttet mod nærgående Bemærkninger på Grund af min mangelfulde Kundskab i italiensk.
 Helt undgå Anfægtelser kan jeg ikke. I en Diskurs om hvorvidt jeg [ordet ”jeg” indsat over linjen] var Spagniolo eller Francese var der en der, da de ingen Svar fik hos mig, fremkom med den Formodning at jeg simpelthen var – døv - - Skøndt de som I vil kunne forstå generer mig en Del i mit Arbejde kan jeg alligevel ikke lade være at blive rørt over så mange elskværdige Sider hos dem. Denne Elskværdighed er imidlertid så barnagtig og svarer så lidt som mulig til hvad man Forhånd skulde tænke sig om Romernes Efterkommere at man meget snarere tror sig hensat i en Eskimolejr Forfald og Barberi har mange Berøringspunkter. Imidlertid sikken Arkitektur her er. Og den præger lige [ordet ”lige” overstreget] alt lige fra selve det skæve Tårn til Indretningen af en Kloak eller Rendesten. Jeg håber det vil være en god Dressur at tegne en hel Del af dette.
 Det forbavsende er at i disse Italienere hvis Smag er i den Grad vanartet så de ikke interesserer sig for anden Kunst end Glansbilleder og Glasdiamanter, sidder endnu så megen god Tradition fra forrige Tider i Blodet og så megen Dressur i Hånden så det er dem lige så svært at bygge grimt som det er os nord for Alperne kun umulig at bygge kønt. Selv Malerne, de simple Bygningssmørere, har ikke endnu lært at dekorere Huse [ordet ”Huse” overstreget] og male Stuerne grimme. Og der vil vist gå Menneskealdre endnu inden Forfaldet får undergravet det [ordet ”det” overstreget] de sidste Rester af en så solid kunstnerisk Dannelse. Ja jeg ser det nu på den Måde – jeg tænker på Zahrtmann, som er meget uenig med mig, eller vilde være – for jeg taler jo ikke ud til ham derom, - det vilde gøre ham så ondt – også for mig [det følgende skrevet op langs arkets højre side] at jeg kunde være sådan på ”Vildspor. 
 [Det følgende skrevet øverst på ark nr. 3 og på hovedet]: Lev vel og på Gensyn. To År går glemt os? Eders hengivne Ven [Det følgende skrevet på ark nr. 2 og på hovedet]: Fritz Syberg</t>
   </si>
   <si>
+    <t>1911-05-29</t>
+  </si>
+  <si>
+    <t>Joachim Andersen
+Poul S. Christiansen
+Holger Drachmann
+Guiseppe Garibaldi
+Bernt Grønvold</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
+"Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
+  </si>
+  <si>
+    <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
+Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WmBB</t>
+  </si>
+  <si>
+    <t>Pisa 29 Maj 1911
+Via San Lorenzo 16
+Kære Johannes V. og Else!
+Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
+Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
+Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
+En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
+Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
+Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-07-05</t>
+  </si>
+  <si>
+    <t>Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 28</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Johannes Larsen, at han har bedt banken ordne sagen sådan som JL ønsker. Omtaler forskellige portrætter, Kr. Zahrtmann har malet af sin far og sin mor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ohBU</t>
+  </si>
+  <si>
+    <t>5' Juli 1911.
+Kære Herr Johs Larsen:
+Deres venlige Brev af 4' ds.har jeg modtaget som Svar paa mit Brev af 28' f.M. og jeg har nu i Dag givet Banken Besked om at ordne Sagen saaledes som De ønsker,og De vil saa faa Pengene sendt fra den.i Henhold til vort Brev af 28' f.M.
+Adam og Eva ,som har staaet nogle Dage i Skjoldsgade inden Afsendelsen til Faaborg, er ganske dejligt. Vi haabe at kunne erhverve ogsaa Zahrtmanns Billeder af hans Fader og Moder, førstnævnte har Moderen og sidstnævnte vil han gærne have, at Galleriet skal have , mender er et Par mindre Billeder,hvoraf vi saa Faderen paa Atelieret ,som er ganske dejligt, og Moderen er paa Udstillingen i Rom .
+Min Familie rejser til Faaborg i Dag og jeg kommer derned hveranden Uge og saa kunde vi maaske træffes en Gang dernede.
+Med venlig Hilsen forbliver jeg 
+Deres hengivne
+Herr Kunstmaler Johs Larsen,
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1911-07-10</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Italien
+Ferrovia</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 København</t>
+  </si>
+  <si>
+    <t>Wilhelm Dinesen
+Anna Syberg
+René Vidart
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Kristian Zahrtmann havde et hus i bjergbyen Civita d'Antino, Italien, og han opholdt sig der i vinterhalvåret.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek. Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Cikaderne larmer dag og nat. 
+Anna og Fritz Syberg har set René Vidart lette i sin lille flyvemaskine med kurs mod Rom. Han forsvandt som et stjerneskud hen over pinjeskoven. 
+Zahrtmann m.fl. er rejst. Fritz Syberg vil skildre Pisa grundigt, men han længes efter Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VMMP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet]:
+CARTOLINA POSTALE ITALIANA
+(Carte POSTALE D’ITALIE)
+Hr. Johannes V. Jensen og Frue.
+Jacobys Allé 2.
+Kjøbenhavn
+Danimarca.
+[Håndskrevet på den tomme side af kortet]:
+Kære Joh. V. og Else! Vi længes efter at høre lidt fra Jer. I den sidste Måned har vi havt det med Varme Cicaderne, - som sammen med Flagermus, Ildfluer og Firben repræsenterer Fugleverdenen i Italien – holder en ren Helvedes Konsert. Anna protesterer mod at jeg regner Firben med til Fugle, jeg synes ikke den ene har noget at lade den anden høre. Der kunde måske siges noget ligeså smukt om Cicaderne og Solskinnet som om Svalerne og bølgende Rug når den rette Mand var her – det jeg mest føler ved Cicadesangen er at den borer sig ind i Øregangene og sætter sig fast et Sted i Baghovedet og der hører jeg den, ikke [et overstreget ord] alene om Dagen men om Aftenen og Natten med. For Resten er her for at være retfærdig – virkelige Fugle nemlig Mursvaler. ”Boganis” har beskrevet dem storartet i et af sine Jagtbreve men jeg synes alligevel ikke Emnet er udtømt. For at blive ved Flyverne – Anna fik sin Drøm opfyldt at se et Aeroplan. Under den store Rundflyvning var vi ude i San Rocco og så Vidart starte på sin Videreflyvning til Rom. Hans Maskine – i Hvepsefacon – var meget lille – han selv var meget ung og smuk. Anna var rørt til Tårer da han som et Stjerneskud forsvandt hen over Pinjeskoven.
+[(Håndskrevet i tekstfeltet ved siden af adressefeltet]:
+Zahrtmann og de andre danske Malere er rejst her fra Egnen, så nu er vi ene Herrer på Pladsen. Jeg har en Masse Arbejde at skal have gjort og glæder mig så til at komme herfra. Pisa skal gøres grundig, den øvrige Del vil vi køre lettere hen over.
+Zahrtmann og Italia – hm. det er et rigt Emne, men egner sig bedst til mundtlig Passiar. Jeg længes efter Fyn (undertiden rent bansat – unter uns gesagt) og vi har det ug. Eders hengivne Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-10-10</t>
+  </si>
+  <si>
+    <t>Laurits Tuxen</t>
+  </si>
+  <si>
+    <t>Som svar på en henvendelse fra professor L. Tuxen, der tilsyneladende har anmodet om forlængelse af lån af nogle billeder fra Faaborg Museum, skriver MR at billederne vanskeligt kan undværes længere på museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A9nE</t>
+  </si>
+  <si>
+    <t>10' Oktober 1911.
+Herr Professor L. Tuxen
+R af D, D M
+Att: Herr Inspektør V Jastrau, Holmens Kanal 5 4
+I Anledning af Deres Cirkulære vedrørende "Den internationale Kunstudstilling i Rom 1911" undlader jeg ikke at meddele, at da Malerierne savnes stærkt paa Museet og det ikke er heldigt for et Museum at undvære Kunstværkerne saa længe, er jeg ikke tilbøjelig til at udstrække Udlånet ud over den oprindelig fastsatte Tid.
+Ærbødigst
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-12-08</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin
+Sigurd  Swane
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anne og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Det vides ikke, hvilken udstilling Fritz Syberg skriver om.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Fritz Syberg malede akvareller efter freskoer og sarkofagrelieffer i bygningen. 
+Det vides ikke, hvilket julehæfte Fritz Syberg er inde på. Muligvis er der tale om en tekst af Johannes V. Jensen med illustration af Fritz Syberg, som da Johs. V. Jensens Moderens Sang i 1926 blev trykt i Juleroser med en tuschtegning af Fritz Syberg. I det følgende brev, 13. december 1911, skriver Fritz Syberg og takker for Rigets Julehæfte, som blev til i et samarbejde mellem Johannes V. Jensen og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Fritz (og Anna?) Syberg vil gerne være med til at udstille. De bliver i Italien i to år, indtil deres kapital er opbrugt, og Hans er udlært billedhugger. Italienske billedhuggere kan få arbejde overalt. 
+Fritz Syberg skriver på en bog om sin mors slægt. Om den skal udgives, ved han ikke.
+Syberg vil bede Johannes V. Jensen sammen med Sigurd Swane om at lave billedudvalg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zH5s</t>
+  </si>
+  <si>
+    <t>Pisa 8 Deb 1911 
+Via San Lorenzo 44
+Kære Ven.
+Selvfølgelig vil det være mig en stor Glæde at være med. Nu skal jeg holde Krigsråd med Anna og vi skal så udarbejde en Liste over Billeder som vi skal sende Dig. Men jeg venter med at foretage mig noget – skrive til Billedejere e.c.tr – indtil jeg har hørt fra Hr. Martin. Vi er næppe i Danmark til [”til” overstreget] i de Måneder Du nævner. Vil Du høre Grundene hvorfor. De er med et Ord Hans. Han er som Du ved i Billedhuggerlære og er først udlært om to År og da det går ham godt i enhver Henseende i Faget vil vi blive her i Pisa og Omegn til han er færdig. Så står Florens – Rom – Paris og Amerika ham åben. Italienske Sten- og Billedhuggere er anset i hele Verden og ingen kan [”kan” overstreget] indlader sig i Konkuranse med dem. Anna og Børnene ønsker ikke at forlade Italien for det første. Selv har jeg nok at gøre Jeg er i Gang med mange Billeder som jeg ikke kan tænke mig at nå Afslutning på i lange Tider. Desuden har jeg – unter uns gesagt – begyndt på et Arbejde som i mange År har stået for mig som noget jeg en Gang måtte se at få fra Hånden og som Fraværet hjemmefra egner sig udmærket for, nemlig at skrive en Bog. Den skal handle om min Slægt. Jeg begynder med min Bedstefar på Mødrene Side og ender ved min Moders Død. Bogen skal hedde ”Jakob Hendriksen og hans Slægt” Om den skal udgives ved jeg ikke, det vil i første Instans afhænge af om den egner sig til det. Arbejdet med den morer mig meget. Jeg skriver en Side eller to hver Dag når jeg kommer hjem fra mit Arbejde i campo santo. Det lader altså til at vi ikke skal ses. For Julehæftets Skyld spiller dette kun en ringe Rolle. Dersom jeg kunde få Dig i Samråd med – Sigurd Swane til at foretage det [”Det” overstreget] den endelige Revision af mit Billedvalg vilde jeg føle mig fuldstændig beroliget Når jeg vælger ham er det fordi han er en [”fordi han er en” overstreget] rent pr. Instinkt, fordi jeg bed [”bed” overstreget] vilde have Fidus til ham i denne Sag. Kedeligere er det at der altså skal gå lang Tid inden jeg skal se Dig og Else. Om to År må jeg imidlertid hjem da er vore Hjælpekilder udtømt og jeg må se at lave en italiensk Udstilling.
+M [”M” overstreget] Anna kalder med Morgenkaffe 1000 Hilsener til Jer alle fra os her
+Din hengivne Ven
+Fritz Syberg.
+Jeg glemte at spørge, om H. til Du og Swane som [ulæseligt]komité, om Du kunde tænke Dig at gøre mig den Tjeneste?</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Gabriel D'Annunzio
+Dankvart Dreyer
+Else Jensen
+Johannes Jørgensen
+Rudyard Kipling
+Vilhelm Kyhn
+Christen Købke
+Sven Lange
+Fillippo Palizzi
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
+Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
+Fritz Syberg kom aldrig til Grønland.
+Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
+Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
+Syberg har skrevet en artikel om Filippo Palizzi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/piAk</t>
+  </si>
+  <si>
+    <t>Pisa 
+Via Santa Lucia 1
+Kære Ven
+1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
+Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
+Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
+Hans og jeg tegner græske Sarkofager i campo santo.
+Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
+Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
+Mange Hilsener til Else Børnene og Dig selv fra os alle her.
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-01-14</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Acqua purgativa betyder rensende vand.
+"Skibet" er en del af Johannes V. Jensens romanrække "Den Lange Rejse". "Skibet" udkom i 1912.
+Fynshoved-myten: Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens de opholdt sig på Fyns Hoved, hvor de boede primitivt i et par træhytter. Syberg og Johannes V. Jensen har i tidligere breve diskuteret, om det er fortællingen om denne tur, som Johannes V. skal bruge til et julehæfte med Sybergs illustrationer. 
+Bionda: Blonde. Grassa: Fedtet. 
+Det er uklart, hvad Fritz Syberg mener med "secca". Mager er på italiensk magro. 
+Nera: Sort.
+Brutta: Dårlig (ikke grim, som Syberg oversætter det til).</t>
+  </si>
+  <si>
+    <t>Fritz Sybergs fordøjelse har det godt takket være Acqua purgativa.
+Familien har besøg af en del skandinaviske malere.
+Det er ved at blive forår i Pisa. 
+Syberg vil gerne være med til at vælge billeder (til et hæfte med tekst af Johannes V. Jensen).
+Italienerne kan lide at betragte sig selv som blonde og finder dette smukt, men der er meget negerblod i deres race.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x9Mp</t>
+  </si>
+  <si>
+    <t>Pisa 14-1-12
+Via san lorenzo 44.
+Kære Venner!
+Jeg har længe tiltænkt Jer et Brev med Nytårshilsen. Glædeligt Nytår! I Dag er Humøret ug. uden særlige Grunde men, hvad der er bedre, af den reelle Grund at Arbejdet går godt, - Fordøjelsen og Stolegangen er mønsterværdig, den sidste takket være ”aqua purgativa”. Hvis det kan fås i Danmark vil jeg anbefale Dig det, jeg har en Erindring om at Du, ligesom jeg selv, har en noget for stærk Mave. Det er et østrigsk Fabrikat det hedder Saxlehner Bitterquelle. Vi har turet Jul efter dansk Skik og havt det dejlig. Her har været Besøg af en Del norske og svenske Malere, som vi havde til Aften Goldschmidt bor i vort Nabolag. Jeg kan godt lide ham, han er en reel Fyr trods sit springende Væsen.
+16-1-12
+Vi savner Jer. I Dag regner det. Hvor vilde en Whist eller Bridge sammen med Jer gøre godt. Ude bag Pisas Mure er det Forår når Solen skinner. Det er helt hjemlig at færdes mellem Bønderne. De trækker Roer op og beskærer deres Vin og har det fredeligt og godt. Undertiden forbavser det mig at de ikke taler fynsk.
+[Tegning i venstre side af papiret]
+Det vi nu venter på og imødeser med Længsel er Din nye Bog ”Skibet”. Det er rart at Din Fynshoved myte ikke skal ud over Hals og Hoved. Jeg vilde gærne være hjemme når der skal vælges Billeder til den bl.a. for at lave et Par direkte dertil. Send os et Fotografi af Jer alle sammen. Du har jo Apparat.
+Apropos Bønderne og Befolkningen hernede, dersom Du var her tror jeg Du skrev en Bog om Longobarderne. Italienerne har altid opfattet sig selv som en blond Race: De gør det i den Grad i deres Billeder så de gør sig endnu lysere end Germanerne. På de gamle Fresker er Kvinderne så gyldenblonde som norske Jenter. At kalde en Italiener sort – nero – er et Skældsord. En Kvinde [”En Kvinde” overstreget] Alle Italienerinder drømmer om at se ud som Else. Else er ”bionda” og ”grassa” hvad der er ensbetydende med ”bella” og ”bellissima”. Mager og sort (”secca” og ”nera”) er ”brutta” (grimt). Imidlertid er der så meget Negerblod i Racen hernede så helt gl [”gl” overstreget] guldlokkede er de nu ikke. Vi længes, som sagt, efter Jer, men vi længes ikke hjem. Goldschmidt bringer lidt af den hjemlige Duft med som altid hænger ved en Kollega og den gø [”gø” overstreget] virker således på mig så jeg siger: Hvor det er rart at være borte! Stik i et Svip herned!! Eders hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-03-13</t>
+  </si>
+  <si>
+    <t>Emmerik Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
+Gevn og Germund er den kvindelige og mandlige person i den kærlighedshistorie, som udspiller sig i Johannes V. Jensens bog Skibet. Skibet er bind 2 i romanserien Den Lange Rejse, og den udkom i 1912. 
+Fritz Syberg kom ikke til at udstille i Brighton. 19. maj 1912 skrev han i et brev til Johannes V. Jensen, at det var "Svindleren Willumsen" og "de Stakler der kryber på fire for ham", der var skyld i, at han ikke selv kom med på udstillingen. 
+Syberg-familien tilbragte sommeren 1912 på et hotel i Marina di Pisa. Det lykkedes ikke at få Else og Johannes V. Jensen til at komme dertil. Else og Johannes V. Jensen fik tre drenge, men den yngste, Emmerik, blev først født i 1922.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Eventyret (Johannes V. Jensens bog Skibet). 
+Han er nødt til at have en paraply over sig, når han maler. Syberg vil ikke længere udstille på Den Frie. Han vil udstille i 1914, male et år derefter og så holde op med at male for i stedet at skrive sin bog færdig og fiske. 
+Hvis Else og Johannes V. Jensen vil komme til Marina di Pisa, vil de hvidhårede børn udgøre majoriteten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tV0K</t>
+  </si>
+  <si>
+    <t>Pisa-13-3-12.
+Via San Lorenzo 44
+Kære Gevn og Germund!
+Tak for Eventyret om Johannes V og Else. Du bliver den sidste Digter jeg oplever. – ”Tror jag säckert” – vil jeg tilføje med Svensken, ikke så meget [”så meget” overstreget] fordi jeg nærer Tvivl herom, men af en overtroisk Følelse. Et lille Bank under Bordet.
+Nu står Aprikos og Fersken i Blomst jeg kan ikke længer tåle at sidde i Solen og male uden under Paraply. Foråret begynder så nu st [”st” overstreget] snart at melde sig hjemme. Om en Ugestid åbner den Frie. Jeg kommer der ikke i År, måske slet ikke mere. Jorden har længe brændt under mig der, og i År har jeg i Anledning af Brighton-Udstillingen mærket at Tiden til at træde ud er kommen. Min Plan er i øvrigt lagt, en Udstilling i Foråret 1914 – derpå 4 Års Arbejde og en sidste Udstilling 1918 og så vil jeg ikke male mer. Så skal jeg skrive min Bog færdig og sejle. Jeg håber at dø som Fisker.
+Kunde vi blot få Jer at se i Marina di Pisa til Sommer. Med Jeres to Drenge vilde det [”det” overstreget] de lyshårede næsten blive i Majoritet blandt [et overstreget, ulæseligt ord] badende Børn på Pladsen der. Men det vilde jo så kun være Tradition at Dansken erobrer Kysten på ny.
+Hilsen fra os alle
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-06-04</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Giovanni Pisano
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-06-14</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Marina di Pisa, Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Puccio Capanna
+Johanne Giersing
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Familien Syberg bor to steder på Via S. Lorenzo i Pisa i årene nov. 1910 til forsommeren 1913.
+Besse: Johanne Giersing
+Campo Santo er begravelseskapellet i Pisa. I dette findes et stort antal sarkofager, relieffer mm. 
+Campo Santo betyder hellig mark eller ager, i Italien et almindeligt navn på kirkegårde, særligt på dem der er omgiver af mure med indvendige buegange.
+Camposanto Monumentale i Pisa er den mest berømte campo santo. Dens buegange stammer fra den sene middelalder og er smykket med berømte fresker blandt andet "Dødens Triumf" og med skulpturer. Anlægget blev svært beskadiget ved et bombardement under 2. verdenskrig. 
+Scirocco: er en vind, der blæser fra Nordafrika mod Sydeuropa og er især kendt i det sydlige Italien. VInden er desuden kendt for at bringe sandskorn fra Sahara til Sydeuropa. 
+"Baedeker" er betegnelsen på en rejseguide - efter den tyske forlægger Karl Baedeker 1801-1859.
+Campanula: latinsk betegnelse for klokkeblomstslægten. 
+Kilde:
+Wikipidia.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har travlt med at male på flere billeder på Campo Santo i Pisa.
+Derefter tager hele familien på en lang sommerferie - helt undlade at male kan Syberg nok ikke, skriver han.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LRbZ</t>
+  </si>
+  <si>
+    <t>Pisa 14 - Juni 1912.
+Via S. Lorenzo 44
+Kære Goldschmidt
+Nu har vi endelig faaet Sommer. For et Par Dage siden Scirocco og Torden - i Dag Sol. 
+Jeg maler i Camposanto: et Motiv med Besse-Anna et gammelt græsk Relief en "Baedeker" og en Campanula. 
+Farven i Motivet er gulgrå. Campanula'en er violet Hattebåndene er, det ene rødt det andet grønt. Puccio's Freske har jeg afsluttet, ikke definitivt jeg vil se på den til Efteråret, men efter at have arbejdet med den i 1 1/2 Måned hver Dag må jeg stoppe lidt.
+Den første Juli drager vi til Marina di Pisa. Jeg glæder mig til Flyvesandsklitterne, Marehalmen, Enebærtræerne og de vilde Evighedsblomster. Børnene glæder sig til at bade og læse Romaner i tre Måneder - Jeg selvfølgelig også, men rigtig lykkelig er man jo kun når man træller i Arbejdet og det kommer jeg jo nok til. Sådan er man jo*)
+Ha'et godt. Din hengivne
+Fritz Syberg.
+*) Jeg ved ikke om dette er Sandhed eller Løgn eller lidt af begge Dele.</t>
+  </si>
+  <si>
+    <t>1912-06-17</t>
+  </si>
+  <si>
+    <t>Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Romanzina -
+Frank Thomas Bullen
+Kunst Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
+Cresima: konfirmation.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Ernst Goldschmidt og takker for den tilsendte artikel.
+Syberg finder, at Goldschmidt er dygtig og besidder et stort talent både som maler og som skribent.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xKzv</t>
+  </si>
+  <si>
+    <t>Pisa 17-6-12.
+Kære Goldschmidt.
+Din Artikel er lige kommet ind af Døren og den kunde ikke komme på nogen bedre Dag. Anna ligger i Sengen, Romanzina er med sine Børn til Messe (cresima) hvis Du ved hvad det er er Du klogere end jeg. Du skriver smukt - Du maler også smukt jeg mindes Farven i nogle af Dine Billeder - og endelig Du spiller - behandler Klaveret så man synes en Musiker sidder forpuppet i Dig og burde frem for Dagen. 
+Det bliver imidlertid nok Maleren og Skribenten der kommer til at handikappe hinanden. Det bliver spændende at se hvem Du lader få overtaget eller om Du virkelig skulde evne at holde de to Magter jævnsides og dog ude fra hinanden hele Livet. Reglen er jo at man for at nå i Højden må være ensidig, men Du er - for at anvende Franck Bullens Ord - måske "netop den Undtagelse der bekræfter Reglen". Du skriver så man har Dig mistænkt for at der i din Skuffe ligger et Bind Digte eller en lyrisk Rejsebeskrivelse, men Du ejer nu det man mest af alt savner i dansk Kritik - Varme (Kunstpetersen som Du ikke kan lide er også positiv). De fleste andre danske Kritikere er der ikke mere Liv i end i viane [visse] Træpinde! Hilsen Syberg.</t>
+  </si>
+  <si>
+    <t>1912-09-14</t>
+  </si>
+  <si>
+    <t>Marina di Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det omtalte brev fra H.P. Lunde ligger ikke sammen med Fritz Sybergs brev på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>H.P. Lunde beder om en anbefaling, da han søger et legat. Syberg har sendt ham en og beder Johannes V. Jensen gøre det samme.
+Lunde bor i Syberg-familiens hus, mens de er i Italien.
+Syberg-familien har været til vinhøst og spist mange druer. I dag skal de på fisketur, og dagen efter til et sted, som de kalder Danmark, da det ligner det hjemlige. Om 14 dage rejser Hans og Fritz til Rom, og de øvrige følger efter. Fra november er familien igen i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tEey</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+14-9-12
+Kære Ven!
+Indlagte Brev har jeg fået fra H.P. Lunde. Jeg er sikker på at jeg ingen Indiskretion begår ved at vise Dig det. Som Du ser ønsker han min Anbefaling til et lille Legat. Jeg har selvfølgelig sendt ham den, da han ønsker det [de sidste fire ord indsat over linjen] men synes egentlig, at der er noget anmassende i, at jeg giver mig af med at anbefale en Digter til et Legat. Under alle Omstændigheder vilde det betyde meget mere for H.P. Lunde, hvis Du vilde skrive ham en Anbefaling. Jeg ved ikke om Du kender noget videre til hans Produktion. Jeg kender bedst hans Digte og synes han er så god som Lyriker så han tidt når op på Siden af Jeppe Aakjær. Han er en ensom Mand og har som Forfatter vist nydt meget lidt Solskin. Han bor i vort Hus under vor Fraværelse og vi har vekslet en Del Breve sammen.
+Jeg har intet skrevet til H.P. Lunde om min Henvendelse til Dig.
+Vi har det alle godt, men længes snart efter at høre fra Jer. Jeg begynder at tænke mig at mit sidste Brev til Jer er gået tabt. Vi var til Vinhøst i går hos en Bondefamilie og åd os syge i Druer. Børnene sad langs Grøftekanten, hver med et Kilo Druer i Hånden. I Dag skal vi ned til Arnoen på en Fisketur. Vi lejer et Næt og fanger nogle elendige små Hundestejler (Garnet er så mægtigt så det godt kan rumme en Stime Delfiner) men det smager dog af – Fisk.
+Imorgen skal vi på [”på” overstreget] en Spaseretur til ”Danmark” Et Sted vi har fundet, hvor vi har [”hvor vi har” og to ord mere overstreget] hvor vi tilbringer vore Søndage, En Vej med Piletræer og Asketræer, en stor Eng og en Skovmose, og ingen Italienere.
+Somren her har været kold og urolig
+Om 14 Dage rejser Hans og jeg til Rom. Midt i Oktober kommer Anna og Pigebørnene der ned.
+Efter Bestemmelsen tager vi igen Ophold i Pisa til Vinter fra Nvbr. af. 
+Mange Hilsner fra os alle sammen til Dig Else og Børnene
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-09-22</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver om sine planer for det næste års tid og påtænker at tage til Danmark i juni 1913 og regner med et ophold i Paris forinden. Fritz og Annas ældste søn Hans har arbejdet som italiensk billedhugger et års tid. og Fritz synes, han klarer sig godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZO93</t>
+  </si>
+  <si>
+    <t>Mar [papiret er afrevet på brevets øverste kant] Pisa
+22-9-12
+Kære Her Etatsraad Mads Rasmussen!
+Tak for Deres Brev Musæumsplanerne er endnu ikke komme og jeg får dem neppe før i Morgen da det er Søndag i Dag og ingen Post omdeles. Jeg glæder mig til at kikke på dem.
+Det er mulig at jeg tager hjem til Danmark til Juni næste År. Mine Pisaarbejder afslutter jeg med [papiret afrevet] Vinters Udgang, omkring 1ste Marts. I Stedet for så at gøre Ophold et Halvt År i Paris korter jeg dette af til et Par Maaneder.
+Jeg kan altid en anden Gang gøre en længere Pariserrejse hvis jeg skulde finde det nødvendigt.
+Desuden længes jeg efter et dansk Landskab. Om 8 Dage rejser jeg til Rom på en Måned. Hans, min ældste Søn, tager med. Han har nu arbejdet [papiret afrevet] År som italiensk Billedhugger og såvidt jeg selv kan se og savidt hans italienske Mester siger, klaret sig ug. Fra November tager han Arbejde i Florenz Jeg tror at Billedhuggerkunsten ligesåvel som Malerkunsten bør læres praktisk. Og Italienerne forstå at behandle Marmor som ingen i Verden. Kai Nielsen forstår at hugge i Marmoren men ellers er det en slem Fejl ved danske Billedhuggere at ingen af dem har Begreb om at hugge deres egne Statuer.
+Mange Hilsener fra os alle her, og ønsker om stadig fremadskridende Bedring.
+Deres hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-09-24</t>
+  </si>
+  <si>
+    <t>Rembrandt
+Jens Jensen
+Villum Jensen
+Hans P. Lunde
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
+Johannes V. Jensen rejste fra november 1912 til april 1913 til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm. (johannesvjensen.dk/tidslinje lokaliseret aug. 2019).
+Fritz og Hans Sybergs rejse til Rom samt familien rejse til Paris er også omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen.
+H.P. Lundes bøn om en anbefaling skrev Fritz Syberg også til Johs. V. Jensen om 14. september 1912. 
+Johannes V. Jensens Myter 1908-1912, 4. samling udkom i 1912, og det er omtalt i et tidligere brev, at Jensen har sendt Syberg bogen. 
+Else og Johannes V. Jensen lejede i 1912 et hus i Tibirke. Siden byggede de et hus i Tibirke Bakker.
+Franz/Trylle Syberg led hele livet af astma og bronkitis.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
+  </si>
+  <si>
+    <t>Brev 1: Fritz Syberg foreslår, at Jensen-familien rejser til Firenze, hvor Anna og han kan tage imod Else og børnene og følges med dem til Pisa. Derefter kan de tage sammen til Marina di Pisa og Paris.
+Syberg beder Jensen gemme brevet fra H.P. Lunde. Han drømmer om i alderdommen at lave en afbrænding af sine breve.
+Syberg finder det ærgerligt, at Jensen har slettet afsnittet om Rembrandt i Johannes Larsen-myten.
+Trylle/Franz vokser og trives, så han kommer nok over sin sygdom.
+Brev 2: Anna Syberg skriver, at Jensens børn ikke kan komme noget til i Marina di Pisa. Der er mere farligt i Tibirke, hvor de fx kan omkomme i en sandstorm. Hun synes således, at Else og børnene skal komme til Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/10ov</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri 24-9-12
+Kære Else og Johannes V.
+Hans og jeg står på Nippet til at rejse til Rom. Anna og Pigebørnene kommer derned senere. I Oktober er vor Adr. poste restante Roma. Dine Lokketoner, kære Else er meget fristende. Men tror Du ikke Jert Hus vilde have godt af - - . nej jeg mener, at I vilde have godt af, at jert Hus stod og tørrede i Sommertiden? Dersom Du og Børnene tog med J.V. til Italiens Grænse når han drager ud og han der satte Jer i Ekspressen til Florens, så vilde [”vilde” indsat over linjen] Anna og jeg tage imod Jer der og i Triumf føre Jer til Pisa. Der bliver vi til henimod Juni. Derpå tager vi til Marinaen og bader og dersom Du så ikke har Lyst at rejse med os til Paris (via Liorno og Marseille), så kan Du [overstregede bogstaver] tage hjem og være i Jert Hus og modtage den hjemvendende ”Globetrotter”!! ikke? 
+Jeg forstod ikke på Dit Efterskrift i Elses Brev om Du havde taget Standpunkt til Spørgsmålet om en Anbefaling til H. P Lunde? Jeg vil bede Dig gemme hans Brev til mig. Jeg samler nemlig på en Del af de Breve jeg modtager uden nogen bestemt Hensigt – der foresvæver mig noget ubestemt om en Gang om mange År at finde mig selv siddende foran Kakkelovnen i Ensomhed foranstaltende en sidste Autodafé. Jeg ser at Du i Din ”Myte” om Johs. L. har slettet Stedet om Rhembrandt. Jeg har måttet høre adskilligt for dette Sted, så jeg må sige jeg savner det. Det er ganske vist en Overdrivelse at sige om en pragtfuld sort Kat at den er Panther. Men det peger dog i den rigtige Retning. At Overdrivelsen er positiv (begejstret) turde vel nærmest være en Anbefaling.
+Trylle går det op og ned med men han vokser dog og trives så vi nærer ingen Tvivl om at han overvinder sin Sygdom.
+Mange Hilsener Eders hengivne
+Fritz Syberg. 
+Kære Bægge to
+Pisa og Marinaen her er de ufarligste Steder paa Jorden, Else og Børnene kan ikke komme noget til her, derimod i Tibirke kan de drukne, omkomme ved Sandstorm eller dø af Fugtighed i det nye Hus. Joh V vil ikke kunne anbringe Jer noget bedre Sted end her, mens han rejser – det eneste farefulde derved er, at Else vil tænde Italienernes Hjerter i Brand, men tænk hvor Du saa bagefter vil kunne skrive Romaner om Italien og dermed ”udfylde” Joh. V. Tusind Hilsner Jeres Anna.</t>
+  </si>
+  <si>
+    <t>1912-10-27</t>
+  </si>
+  <si>
+    <t>Pisa
+Roma</t>
+  </si>
+  <si>
+    <t>Kybele eller Cybele, på latin kendt som Magna Mater, den store moder. Hun var den frygiske modergudinde, fejret med orgiastiske riter i bjergene i det centrale og vestlige Anatolien.</t>
+  </si>
+  <si>
+    <t>Familien Syberg har været i Rom en månedstid. De rejser hjem til Pisa om en uge. Syberg har samlet frø fra berømte steder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/myk9</t>
+  </si>
+  <si>
+    <t>Kære Las og Be!
+Tak for Dit Brev, som jeg nok skal svare på. Vi har været i Rom en Månedstid og rejser hjem (til Pisa) om en 8 Dage. Dette brevkort er meget fælt men Reliefferne hvoraf I her ser en Gengivelse af det ene, er det smukkeste jeg endnu har set. Vi har det alle ug. Jeg har samlet Frø til Dig fra forskellige berømte Steder, Cybeles Tempel etc.
+[Tilføjet langs siden: Hilsen. Syberg.]</t>
+  </si>
+  <si>
+    <t>1912-11-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen nævner "Lunde", som øjensynligt er forfatter. Det drejer sig muligvis om forfatteren Hans P. Lunde (1859-1948).</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Johannes v. Jensen beklager, at han har haft Lundes brev liggende i en bunke og mener ikke, han kan gøre noget for ham. Det er så småt ved at blive vinter, og han og Else går til koncerter for at more sig. Han regner med at tage af sted på sin rejse til januar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BMiP</t>
+  </si>
+  <si>
+    <t>4 Nov 12
+Kære Ven
+Til min Forfærdelse finder jeg Lundes Brev som jeg har haft liggende i en Bunke Breve mens jeg havde travlt. Du maa meget have mig undskyldt. Jeg lagde det hen uden Haab om at kunne gøre noget for ham iøvrigt., da jeg nemlig ikke har læst en eneste Linje af ham; jeg er heller ikke sikker paa en Anbefaling fra mig vilde have den tilsigtede Virkning.
+Her sker ingenting, det bliver saa smaat Vinter med Sne paa Tagene om Morgenen. Af Fynboer ser jeg faa. Else og jeg maa gaa til Koncerter for at more os, alle Mennesker har nok i deres egne Næringssorger. De dobbelte Vinduer er sat op, en Kulvogn ruller paa Gaden. Rom? Jeg rejser tænker jeg i Januar. Else og Børnene har det godt, jeg skal hilse fra dem.
+Din hengivne
+Johannes V.</t>
+  </si>
+  <si>
+    <t>21. dec. 1912</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Q5cfw0vn</t>
+  </si>
+  <si>
+    <t>1913-01-20</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Sprogø</t>
+  </si>
+  <si>
+    <t>Sprogø, 4220 Korsør
+Romsø, 5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver brev fra Sprogø til sønnen Lysse, der ligger syg hjemme i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LiEP</t>
+  </si>
+  <si>
+    <t>Sprogø 20 Jan. 1913.
+Kære lille Lysse!
+Jeg er nu lige kommen herover. Det var et ækelt Vejr, men vi havde Vinden lige agter ind saa det var en rigtig behagelig Sejltur, kan Du nu se at komme dig i en Fart, og holde op med den Feber. Kan Du hilse Din Moder og Puf mange Gange fra mig. Jeg naaede ikke at faa mine Sager fra Romsø Posten, vil Du bede Din Moder om at sende mig dem. Vil Du fortælle hende at jeg skrev til Marie Schou paa Færgen. 
+Mange kærlige Hilsner og Ønsker om en god og hurtig Bedring fra 
+Din
+Fader.</t>
+  </si>
+  <si>
+    <t>1913-02-06</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Familien Syberg sender mange hilsner til Mads Rasmussen og familien. Sybergs har været i Rom og Fritz vil gerne tilbage ved lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmpP</t>
+  </si>
+  <si>
+    <t>Hr Etatsraad
+Mads Rasmussen
+Skjoldsgade 10
+Kjøbenhavn
+Danimarca
+Poststemplet: 6 feb.
+Mange Hilsener fra Familien Syberg. 
+Rom er et dejligt Sted men dyrt. Dog tror jeg hvis alt går vel, at jeg må herned en Gang igen Dette Besøg har kun sat Appetitten op. Om nogle Dage rejser vi hjem til Idyllen i Pisa og til Arbejdet. 
+Mange Hilsener til Dem alle. Deres hengivne Fritz Syberg - fra 1st Nobr Via Santa Lucia N1. Pisa</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
     <t>1913-05-21</t>
   </si>
   <si>
     <t>Niels Hansen
 Peter Hansen
 Nicolaus Lützhøft
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Fritz Syberg skriver til Mads Rasmussen, at nu er han tilbage i Danmark. Han har modtaget et brev fra Nicolaus Lützhøft angående nogle af Niels Hansens billeder, som påtænkes erhvervet til museet, men kender ikke billederne. Han mener dog, at det er vigtigt, at Niels Hansen bliver repræsenteret på museet. Han har ved besøg på museet glædet sig over samlingen, men bryder sig ikke om Zahrtmanns "Adam og Eva". Peter Hansens store billede hænger ikke godt. Han er ked af, at samlingen i den nye bygning kommer til at være adskilt af Kuppelsalen men glæder sig til at deltage i arbejde med det nye museum Zahrtmanns buste af Leonora Christine betragter han som en af de bedste værker, museet har.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5rfy</t>
   </si>
   <si>
     <t>Pilegården 21-5-13
 Kære Hr Etatsråd Rasmussen.
 Ja nu er vi kommen til lands igen. Foreløbig må jeg se at finde mig tilrette i disse, "ny Forhold" for de forekommer mig unægtelig meget forandrede fra vort Liv i Italien. Jeg fik straks ved min Hjemkomst et Brev fra Lützhøft angående nogle Billeder af Niels Hansen, som Fåborg Musæet tænker på at erhverve. Da jeg ikke kender Billederne kan jeg ikke sige andet til den Sag end hvad jeg tidligere har skrevet, at F.M. bør eje et Par Billeder af Niels Hansen. Jeg har været en Tur på Fåborg-Egnen og aflagt et Besøg på Museet, det var mig en Glæde at se at de Billeder man i sin Tid startede F. Museet med virkelig er en fornøjelig og morsom Samling Malerier. Derimod synes jeg stadig at Zahrtmanns Adam og Eva er et kedeligt Billede som aldrig burde have været erhvervet til Samlingen Peter Hansens store Billede tager sig ikke ud hvor det hænger og det skader tillige de andre Billeder, så den Sal hvori det hænger nu nærmest synes mig at være Museets kedeligste Sal. Måske der i det ny Musæum bliver bedre Plads til det. Jeg fastholder imidlertid min Indvending; det er kedeligt at Maleri[overstreget: salene]samlingen skilles i to Afdelinger af Kuppelsalen i det ny Musæum.
 Alt i alt var det dog morsomt at hilse på Fåborg Musæet igen og jeg glæder mig til at være med ved Ordningen af det nye.
 Lad mig tilføje at den Buste Zahrtmann har skænket Musæet af Leonora Christine synes jeg er glimrende, noget nær det bedste Stykke Kunst [overstreget: på] i hele Samlingen. Den minder om antik romersk Skulptur.
 Jeg håber at De og Deres Familie har det godt og sender mine bedste Hilsener til Dem alle.
 Deres hengivne 
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1914-1</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+- Gjerulff
+Bodild Holstein
+Grethe Jungstedt
+Alhed Larsen
+Leo Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sjamsk: Utilpas. På jysk dialekt bruges ordet jamsk. På Sjælland forekommer sjamsk (Den Danske Ordbog). 
+Sic transit gloria mundi: Således forgår alverdens herlighed. 
+Biografen: Ellen Sawyer gav fra ca. 1913 til 1930 klaverakkompagnement til stumfilm i biografen i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>Det er måske gammeldags at skrive tak for sidst. At mene at skulle gøre det, som man ikke gør, minder om et skriftsted hos Paulus.
+Det var en skøn uge med ture, gilder mm. Skidt med at få for lidt søvn. Ellen Sawyers hjemrejse var god. I Odense mødte hun Alhed/Be Larsen, som havde været søsyg. Og i Bullerup Grethe Bichel, som var ærgerlig over, at hun ikke var med til Bodilds fest. 
+Nu er Ellen hjemme igen til kulde, klaverelever og akkompagnement i biografen. Hun øver til musik til et rovmord i en film. 
+Grethe Jungstedt skriver tak for bogen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/egcw</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
+[Skrevet med blyant:] 1913?
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikke filisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Paulus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man ellers, - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor det var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. Det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Skrevet med blyant øverst på arket:] 1913
+[Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
+Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
+Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
+Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mine sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the American Journals. -
+Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
+[Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
+Elle
+[Indsat øverst s. 1; anden skrift end Ellens:]
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
+  </si>
+  <si>
+    <t>17. jan. 1914</t>
+  </si>
+  <si>
+    <t>Hans Andersen
+Axel Muus</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PNHCqKEo</t>
+  </si>
+  <si>
+    <t>1914-01-31</t>
+  </si>
+  <si>
+    <t>Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Kai Nielsen skriver fra Rom og takker Mads Rasmussen, for at han har gjort det muligt for ham at komme til Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ILpr</t>
+  </si>
+  <si>
+    <t>Kære kære Hr Mads Rasmussen. Jeg kommer til at bruge mange Aar for at sige Dem den Tak jeg skylder Dem, men maaske ikke saa mange til at vise andre Mennesker det.
+Dette her er at se Vorherre i Øjnene. Det er saa storslaaet alt det der staar igen her. Paa Søndag tager jeg hen til Peter. Paa Tirsdag til Floretnz. Mangw Mange hilsner Deres hengivne Kai</t>
+  </si>
+  <si>
+    <t>1914-2</t>
+  </si>
+  <si>
+    <t>NB - Der mangler en scanning af anden side af brevet, den kommer senere.</t>
+  </si>
+  <si>
+    <t>Kai Nielsen skriver med stor begejstring til Mads Rasmussen og fortæller om sin rejse til Italien. Desuden kommer han med forskellige betragtninger om indretningen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hj2u</t>
+  </si>
+  <si>
+    <t>[tilføjet med blyant: 9 Febr 1914]
+Kære Hr. Mads Rasmussen
+Lige "Hjemkommen".
+Det har været en aldeles henrivende Tur. Jeg blev naturligvis snydt af Droskekuske og alt det andet Skab der lever af Turistdumheder, men jeg har set saa forfærdelig meget. Jeg har været i Rom, Neapel - Pompei, var en vældig morsom Tur med Peter Hansen i Udgravningerne og paa Vesuv og jeg har været i Florentz og set alle de dejlige Ting af Michel Angelo og Donatello der staar der. Naar jeg kommer hjem skal der slides som aldrig før. Jeg har allerede aftalt med Scheller om Anskaffelsen af en 5.6 mægtige Kalkstensblokke at gaa lige løs paa. Jeg har forøvrigt ogsaa aftalt med ham hvornaar Statuen maa være i Faaborg at vi kan naa at faa den fint færdig til Indvielsen. Nu slider jeg i mine Figurer til Bl. Pl. og i Skitsen til Frescoerne. Hvor er de pompeianske Vægmalerier dog vidunderlige. Jeg fik næsten Peter med til at indrømme, at det er meget meget smukkere end Olie vi blev ogsaa enige om at Fresco skal males som de gamle med Dækfarve ikke som i Viborg Domkirke i Lasurfarve det giver ingen Virkning. Den store Hoveddetaille er det min Mening at gøre i en Frescoplade ovre paa Stedet i Faaborg samtidig med at jeg gør Statuen færdig.
+Hr Rasmussen jeg fik noget at vide om at der var kørt noget i Stykker paa Ymerbrønden. Er det rigtig? I saa Tilfælde maa det jo repareres. Gibsfigurerne paa Musæet skal allesammen have raa Linolie saa bliver de ligesom gammel Marmor. Jeg tror det skal blive en flot lille Apendix til det øvrige - Kælderen med Figurerne til Blaagaards plads. Saa skal de jo vaskes omhyggeligt af og ogsaa gennemvaskes med Linolie. Jeg har hørt noget om at Karl Madsen skulde komme her til Paris om en lille Tid. Bare han gjorde. Han ved jo alle Steder her i Paris hvor der er noget at lære af.
+Jeg er bleven saa væmmelig afholdende og har tabt 20 ℔ og faaet langt Haar igen saa jeg kommer jo hjem som en ren Pryd for Landet baade hvad det Ydre og Indre angaar. Jeg skal til at forsøge at lave nogle Mosaik naar jeg nu kommer hjem igen jeg gaar og lærer det her samtidig med at jeg lærer alle de Raderemetoder der er. Saa jeg faar jo herefter dags Brug for min Tid.
+Vil De hilse Fru Rasmussen og hvis Deres Broder ikke har faaet Skitsen til Brønden, saa staar der nu Afstøbninger ude hos Ferdinandsen. Han har ogsaa Originalen. Vil De ogsaa hilse Deres Broder.
+Var der noget ved Raderingerne?
+Deres Taknemlige og hengivne'
+Kai Nielsen
+6 Rue Huyghens</t>
+  </si>
+  <si>
+    <t>1914-02-02</t>
+  </si>
+  <si>
+    <t>Janna  Nielsen</t>
+  </si>
+  <si>
+    <t>Yanna Kielland Holm sender på Kai Nielsens foranledning et par af Kais første raderinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tUc7</t>
+  </si>
+  <si>
+    <t>Paris 2-2-14
+Hr Etatsraad Rasmussen
+Kjære Hr Etatsraad
+Kai Nielsen har bedt mig mens han nu er vække i Rom at sende gjennem Dem Hr Etatsraad en radering til Deres Frue (den liggende Leda) og den anden radering til Deres hr Søns Samling. Den til Deres Hr Søn er Kais første radering og den sendes som forskud paa " den lovede sculptur, som vistnok med tiden faar plads paa etatsraadens skrivebord" - Av denne plade blir der kun taget nogen ganske faa tryk, da det er min eiendom.
+Med venlig hilsen
+Deres
+Yanna Kielland Holm
+Hotel d'Odessa
+Rue d'Odessa
+Paris</t>
+  </si>
+  <si>
+    <t>1914-02-25</t>
+  </si>
+  <si>
+    <t>Harald Holm
+Grete Jensen, f. Hansen
+Kai Nielsen
+Theodor Philipsen
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Peter Hansen er i Italien, og hører ikke meget til, hvad der foregår i Danmark, men er også selv doven til at skrive. Han fortæller om Kai Nielsens besøg i Italien. Vinteren er slut og foråret er kommet. Snart er artiskokkerne spiselige - som MR kender dem fra Fritz Sybergs billeder. Familien har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KnCk</t>
+  </si>
+  <si>
+    <t>Valle de Pompei d 25 Februar 14.
+Kære Etatsraad.
+Jeg troede, De var taget Syd paa, men nu hører jeg af Philipsen, at han har været hos Dem sammen med Syberg. Det er morsomt, at Syberg har en saa udmærket Udstilling. Ellers hører jeg ikke meget om hvad der foregaar hjemme, men jeg er ogsaa selv doven til at skrive, og saa kan man jo ikke forlange for meget. I italienske Blade staar der ikke meget om Danmark, det eneste jeg hidtil har fundet er om Prins Aages Bryllup, men det var jo ogsaa med en Italienerinde. Sverrig er de derimod optagne af for Tiden og vil fortælle at de er ved at afsætte Kongen og gøre sig til Republik, det er dog altid noget. Kaj Nielsen har været her og besøgte os et Par Dage. Selv om han ikke kunde lide Italienerne, var han meget optaget af Michel Angelo og Freskerne hernede. Han var forresten morsom at være sammen med. Kun havde han faaet et løjerligt Anfald af Økonomi. Jeg tror det var paa Grund af nogle Penge som De havde sendt ham til Rom, og nu skulde han vise, hvor storartet han kunde faa dem til at slaa til. Derfor havde han kun taget 60 Lire med hertil. Da han kom havde han ganske vist brugt 30 til Billet og Spisning i Toget, og han skulde jo baade paa Vesuv, i Udgravningerne og paa Musæet. Da de to Dage var gaaet havde han naturligvis ikke flere Penge, og da jeg altsaa var Herre over hans Økonomi, var det mig naturligvis en Svir at sende ham hjem til Rom paa 3dje Klasse som den mest økonomiske. Han var naturligvis meget optaget af Freskerne til Musæet og bliver jo nok en haard Konkurrent, men det er jo godt.
+Nu er Vinteren forbi her, og vi har det dejligste Foraar. Vesuv har ellers været bedækket af Sne halvt ned, mens de hernede i Dalen gaar og sætter Ris ved Ærterne, og om 8te Dage er Artiskokkerne spiselige. de kender dem fra Sybergs Billeder (Planten) men Knoppen er en anden end dem Harald Holm har malt. Naar de bliver til at faa fat i, skal jeg sende dem nogle, de faar her for at være Lækkerbidskner, og ventes med Spænding.-
+Jeg maler i en Bondegaard paa den anden Side af Sarnofloden, hvor jeg færges over i et Dejgtrug for 1 Soldo. Jeg staar mig godtmed Familjerne derovre og de er flinke til at være Modeller. Jeg har malet en Del, men jeg haaber stadig paa, at et større Nummer skal indfinde sig. Jeg er altfor ærgerrig.
+Familjen har det udmærket her, og Grethes Mave, som var noget vanskelig, klarer sig helt godt nu. Tak fordi De tænkte paa at sende hende Konserves. Hun drømte straks om, at det var Napoleonskager og Chokolader, saa der kan ikke være mere i Vejen med Maven.
+Fra min Kone skal jeg hilse Dem og Frue mange Gange og Tak for Julebrevet som Deres Frue sendte. Mange Hilsener til Dem Frue og Børn fra 
+Deres hengivne
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1914-03-29</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Romsø, Kerteminde
+Nørre Nebel
+Oksbøl</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Andreas Larsen
+Johan Larsen
+Rasmus Petersen, Gartner
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Lysse må købe 2 tumlere (marsvin).
+Forhøjningen i haven: Larsen-familien fik 1913-1914 bygget et hus til Alheds mor på Strandvejen i Kerteminde. Også i senere breve fra Johannes Larsen til Alhed skriver han om højen i haven.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet et billede af vejen ned til søen.
+Om aftenen skal JL i Nørre Nebel teater og se Jeppe Åkjærs "Når bønder elsker"
+JL har ansøgt byrådet om tilladelse til at flytte forhøjning i haven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GCQp</t>
+  </si>
+  <si>
+    <t>Kirkeby 29 Marts 1914.
+Kæreste Alhed!
+I Dag er det dejligt Vejr. Jeg har siddet udenfor Huset i Læ og Sol og malet et Billede af Vejen til Søen. I Aften skal vi i Theatret. Her har hele Ugen hængt en Plakat i Skænkestuen som har reklameret med ”Naar Bønder elsker” af Jeppe Aakjær spillet af Oxbøl Dillitanter paa Nørre Nebel Theater, det er da stilfuldt, og det bliver nok godt. Du kan sige til Lysse at han maa nok købe de to sorte Tumlere han skrev om hvis de er gode. Jeg har lige ansøgt Byraadet om tilladelse til at flytte Forhøjningen i Haven, Apropos Have, jeg glemte at sige i Telefonen at jeg fik Kort fra Romsø i Gaar at han havde afsendt 3 Kurve og en Pakke Planter. Vil Du ikke bede Laurentius om at pakke dem ud og faa dem i Jorden, eller hvis han ikke kan saa lade Rasmus Petersen gøre det. Nu kommer jeg jo til Nebel i Aften saa Brevene kan komme i Toget saa faar Du dit en Dag før. Dette er for Resten et Jubilæumsbrev. Jeg ser i min Opskrift at det er det halvtresindstyvende jeg har skrevet her. 
+Kjærlige Hilsner til Jer alle 3.
+Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-04-27</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Schous brev, som omtales, findes ikke sammen med Larsens brev på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået brev fra Karl Schou om udstilling. Larsen anmelder irisk-billedet til udstillingen, og Alhed kan føje flere til. Han er begyndt på et billede af hjejler. Der er 300-400 af disse fugle lige udenfor haven. Alhed og børnene skal komme til Henne Kirkeby en af de næste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YdQK</t>
+  </si>
+  <si>
+    <t>Kirkeby 27 April 1914
+Kæreste Alhed!
+Her kan Du se Schous Brev. Jeg er helt glad ved det. Men de 3 smaa Billeder de har levnet vil jeg ikke sende til den frie Udstilling. De vil ikke se ud af noget der og de kan daarligt undværes senere naar jeg vil udstille Billederne herfra. Jeg synes det har svækket Samlingen her at de er borte, saa jeg er meget glad ved at faa dem igen. Jeg sender Anmeldelsen, som Du ser har jeg føjet Irisken til, den er jo ikke ældre eller jeg mener yngre end Paafuglene. Hvis Du vil kan Du jo føje et Par til Snavebilledet eller Romanerne eller Stenen ved Stranden eller hvad Du nu kan finde paa, eller lade være. Jeg er meget spændt på Vejret i Morgen, jeg har i Dag begyndt paa et større Billede af en Pløjemark med Hjejler som jeg venter mig meget af, men Marken skal tromles i Mrg Eftmdg. Her har været 300-400 i de sidste Dage lige uden for Haven. I Gaar bestilte jeg ikke andet end ligge og se paa dem og lavede en hel Del Tegninger. De er pragtfulde nu, næsten alle helt affældede. 
+Jeg glæder mig vanvittigt til I kommer, kom endelig Onsdag, det er noget Skidt at I allerede skal af Sted Mandag. 
+Mange kærlige Hilsner
+Din
+Johannes Larsen.
+Lad Puf maale Billederne i Cm. og føj dem til paa Blanketten.
+JL.</t>
+  </si>
+  <si>
+    <t>1914-10-20</t>
+  </si>
+  <si>
+    <t>Hverringe Gods
+Romsø
+Kerteminde
+Bøgebjerg, 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Christian Valdemar Krarup
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1 tønde hartkorn = 139 l = ca. 100 kg. 
+Hverringe Gods ligger nord for Kerteminde i Viby Sogn. Hovedbygningen er opført i 1790. Hverringe Gods er på 1655 hektar med gårdene Brolykke og Bøgebjerg. Oprindelig var Hverringe en skovgård beliggende ved de store skove, der lå ud til kysten. I 1607 opkøbte Hverringes ejer øen Romsø og et stort stykke kystskovbælte af kongen og derved blev godsets jordlod et meget langstrakt kystvendt område. Ud over landbrug og skovbrug er godsets forretningsområder i dag boligudlejning og jagt. Desuden driver godset Romsøbåden, der hele sommeren sejler turister fra Kerteminde til Romsø. Overnatning på øen er ikke tilladt. Desuden er en 5-stjernet campingplads i godsets regi.
+Ejer er Alexander Iuel, greve.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har indløst et pantebrev, som Hverringe Gods har haft i faderens virksomhed</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0lv</t>
+  </si>
+  <si>
+    <t>Af Stamhuset Hverringes Godskontor har underskrevne Kunstmaler Johannes Larsen i Dag erholdt udlånt den af Købmand I.A. Larsen i Kerteminde under 15. Juni 1895 til det med Stamhuset Hverringe forbundne Juelske Fideicommis udstedte og den 26. Juni 1895 tinglyste Panteobligation, lydende paa 8000 Kr., til foranstaltende Udslettelse af Afdrag 3500 Kr. og Tinglæsning af Relaxation af Panteretten i Matr. No 6 (Haven ved Stranden) med Hartkorn 1 3/4 Td.
+Kerteminde den 1. September 1914.
+Johannes Larsen. 
+vend
+Den foran nævnte Panteobligation er den 14de dennes modtaget tilbage fra By- og Herredfoged[ulæselig] i Kjerteminde.
+Hverringe Godskontor
+pr. Kerteminde 
+den 20 - October 1914.
+Krarup.</t>
+  </si>
+  <si>
+    <t>1915-11-19</t>
+  </si>
+  <si>
+    <t>Roma
+Pisa Italy</t>
+  </si>
+  <si>
+    <t>Fritz Syberg venter på at få papir fra papirhandleren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Frd</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Papirhandleren har snydt mig det Asen. Da jeg kom hen til ham for at hente Papiret var der intet. Nu har han lovet [indsat: mig ] det om to-tre Dage, men det kan godt være det trækker længere ud, for Italienere siger principmæssig ikke Sandheden. Det skal imidlertid nok komme en af Dagene. Dette Kort er fra Roms Campagne – Hilsen Baron</t>
+  </si>
+  <si>
     <t>1916-05-26</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen
 Elena Larsen
 Kai Nielsen
 Carl Petersen, arkitekt</t>
   </si>
   <si>
     <t>Faaborg Museums, Peter Hansens arkiv.</t>
   </si>
   <si>
     <t>Elise fortæller, at Grete har mæslinger. Hun fremfører forskellige overvejelser om familiens besøg i Faaborg . Hun og Grete har været i Holte. Kaj og Calle har travlt med gravstedet og Kaj har så mange bestillinger, at han først kan begynde på det til efteråret. Tanterne har været på besøg med fætteren fra Rusland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cDzL</t>
   </si>
   <si>
     <t>Kære Per!
 Vi er ikke videre dygtige til at skrive, men det er heller ikke morsomt i Længden. Engang imellem maa man to til det, naar der er noget paa Færde. Gete ligger med Hoste og stærk Feber, der er Mæslinger i Anmarsch. Hun har ikke haft den Sygdom, som for Tiden raser her i Byen, og Secher mente, det var den. Det var mig en stor Lettelse, da de smaa røde Prikker begyndte at vise sig i Middags, the jeg ængstede mig for Bronchitis. Bams laa jo i sin Hals før Store Bededag, blev saa nogenlunde rask og tog til Raageleje, men saa kom hun hjem med end vældig Snue og er først nu kommen over det. Bams faar allerede Pinseferie paa Onsdag, Gete I Morgen Lørdag 8 Dage altsaa en hel uge før Pinse, men Skolen begynder til Gengæld 3dje Pinsedag. Nu ved jeg ikke, naar Gete kan rejse, Mæslingerne vil jo nok holde hende en halv Snes Dage i Sengen, den Hoste, som følger med, skal man være forsigtig med. Men er der saa vidt færdig i Huset, saa vi kan bo der? der er vel ikke Madrasser i Sengene. Kan du lade os vide, hvordan vi h[ar - står der formentlig, men der er hul i papiret] at forholde os. Gete og jeg var i Holte Torsdag, Fredag og Lørdag, der var dejligt derude, Gete muntrede sig rigtig, spillede Kroket og roede, ja sejlede med Kaj. Sophus bandt sin Hunde op. Christen Jensen plantede Tomater fra Mistbænken ud i Haven. Jeg maatte i Gaar betale 90 Kr. paa Daar- og Romhuset til Søllerød, og de skal have een Gang til. Jeg fik gjort Visit hos Fru Mads, det har længe hvilet paa mig. Kaj og Calle har jo travlt med Gravstedet. Kaj har saa mange Bestillinger, saa han først kan tage fat til Efteraaret. Det er Haralds Fødselsdag i Dag, saa vi venter "Drengene" og Poul Winther samt Ausa til Middag. Den staar paa Asparges suppe, fransk Bøf og Hofdessert. Tanterne kom bilende herud i Forgaars med Fætteren fra Rusland og hans Moder; det var morsomt at se ham igen, tyk og elskværdig og med Penge paa Lommen,; jo han er slet ikke saa tosset, som vi saa ham an for. Naa nu kalder de paa mig. Mange Hilsener fra os alle.
 Din hengivne 
 26 Maj 16. Elisa</t>
   </si>
   <si>
     <t>1917-06-22</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Grete Heckscher
 Benthe Hermann
 Else Jensen
 Johannes V. Jensen
 Grete Jensen, f. Hansen
 Elena Larsen
 Vibeke Mackeprang
 Elisabeth Neckelmann
 Niels Erik Schoubye
 Fritz Syberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Graa og Sis var.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Elise har spist frokost med Johannes V. Jensens og Fritz og Marie Syberg. Fortæller ellers om børnenes aktiviteter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mNUU</t>
   </si>
   <si>
     <t>d. 22-6-17
 Kære Per
 Tak for Roserne, de var temmelig friske til Trods for Varmen; den store var flot, men Knopperne har det som kunstige Blomster, der ikke springer ud.
 I Dag til Morgen har vi haft et mindre Tordenvejr som har frisket godt op, men der kom ikke saa megen Regn, men maaske de har faaet det andre Steder.
 Jeg spiste Frokost sammen med Joh V's ude hos Tante Mis og Baronen; jeg skal hilse dig fra dem alle. Joh V's havde haft en dejlig Tur og fortalte, at du havde givet flot Middag paa Hotellet o.s.v. Sis har jeg ikke hørt fra, ved derfor heller ikke, om hun er fornærmet, Graa er i al Fald ikke skyld deri dertil er hun alt for elskværdig og forsigtig; hun er sær, men ikke noget ubetydeligt Menneske, og absolut kemisk renset for Sladder. 
 Bimse var oppe i Fysik og i Fysiologi fik 2 Sekser. Hun var oppe i det Kopernikanske System, hun havde nær givet sig til at forfægte din Anskuelse, men saa vilde hun dog hellere have et 6, tilmed da Tycho Brahe selv troede, at Jorden bevægede sig, men maatte paa Grund af sine dengang udmærkede Instrumenter regne med, at det var Solen. Saa var hun med N.E. i Tivoli paa Rutschebane og i Sommerteater. Grete og hendes Hjærteveninde Benthe Hermann sidder paa en Gren i Frederiksberg Have og læser Romaner. Grethe faar fri fra Skolen d 3. og saa rejser vi maaske d. 4; det er Onsdag 8 dage. Bams faar først fri 1 Dag senere; hun og Vibeke Mackeprang og Grethe Heckscher har tænkt paa at cykle, dersom Vejret er dertil. De begynder i Ringsted, overnatter i Nyborg.
 Mange kærlige hilsner
 Din Elisa</t>
   </si>
   <si>
     <t>1917-09-27</t>
   </si>
   <si>
     <t>Camilla Bertram
 Thora  Branner
 Wilhelm Branner
 Johannes Nicolaus Brønsted
@@ -5139,507 +3579,2446 @@
 Arvid Rørdam
 Christine Swane
 Maria von Sperling. g. Balslev
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Alhed Larsen er i Københavnsområdet og besøger diverse mennesker.</t>
   </si>
   <si>
     <t>Alhed Larsen har været til sin søster Tuttes fødselsdagsmiddag og til frokost med Tante og Max. Sidstnævnte var skuffede over ikke at have set Johannes Larsen i Kerteminde, men begejstrede for drivhuset og haven. 
 Alheds sangtimer hos Betram går fint.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tvZc</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Jeg sidder ude hos Marie og skriver. Jeg har ligget her i Nat. Vi var jo hos Tuttes i Aftes eller rettere til Middag Kl. 6 for at fejre hendes Fødselsdag. Det var fint og nydeligt og rigtig hyggeligt men gik lidt trøvt, der var et Par Vanløsefamilier, som var rigtig flinke men jo ganske ukendte for os. Det var ellers en meget anstrængende Dag og jeg var ked af at jeg maatte tage fra Birkerød i det bedaarende Vejr. Men Christine og jeg havde lovet os til Tante og Max til Frokost, saa vi maatte ind med det første Tog. Tante og Max var nu skuffede over slet ikke at have set Dig i Kerteminde, men de var vildt begejstrede over Haven, Drivhuset og det hele. Karl Madsen kommer her til Frokost Kl. 12 ½, vi skal have Agerhøns. Bertram kommer ogsaa. Min Time i Gaar gik saa udmærket, Bertram roste mig saa meget! Hun er en aldeles glimrende Lærerinde og det er en forfærdelig stor Fornøjelse at synge hos hende. Jeg sang endogsaa en lille Sang i Gaar, en af Wejses Romancer. I Aften skal vi til Gegge til Middag, Magisterens, Christine, Arvid Rørdam og jeg. I Moren kommer Marie Sperling og besøger mig, der er meget de sidste Dage. – Jeg kommer altsaa med 2 [tallet overstreget] 3 Toget paa Søndag og glæder mig meget til at se Jer. Jeg er meget spændt paa at se alle Blomsterne og det hele og glæder mig i det hele taget til at komme hjem igen. Nu er Kl. ligeved 12 ½ saa jeg maa slutte. Tak Gelsted for Brevet, jeg har bedt Hr. Nissen om at skaffe mig det sidste. 1000 Hilsner til Jer alle 3 og paa Gensyn. Din Alhed.
 Marie Hilser mange Gange
 Torsdag 27ende</t>
   </si>
   <si>
     <t>1918-03-09</t>
   </si>
   <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
     <t>HC  Andersen
 Otto Gelsted
 Peter Hansen
 Else Jensen
 Jens Jensen
 Villum Jensen
 Johannes Larsen
 Ernest Poole
 - Würtz</t>
   </si>
   <si>
     <t>Det vides ikke, hvem kommunelærer Larsen var.</t>
   </si>
   <si>
     <t>Fritz Syberg har besøgt Peter Hansen i Faaborg. Hansen har 40 skovarbejdere til at stå model til sit billede. 
 Johannes Larsen er rejst til Fiilsø med 30 meter lærred.
 Fritz Syberg har solgt billeder for 30.000 kr. siden nytår. 
 Peter Hansen og Fritz Syberg har spist på hotellet, og tilstede var også tre mænd, som var irriterende at høre på.
 Syberg har læst Ernest Pooles Havnen og er begejstret for den. Gelsted vil anmelde bogen. 
 Syberg tænker på at male et billede med et H.C. Andersen-motiv, men han synes ikke selv, at han maler så godt som i ungdommen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Cinc</t>
   </si>
   <si>
     <t>Pilegaarden 9-3-18
 Kære Ven!
 Jeg har lige været en Tur i Faaborg og hilst paa Peter. Han maler paa sin Bondekrig – der jo i Øjeblikket er aktuel – (Peter kalder sig selv for Bolchevik) Han har 40 Skovarbejdere til sin Disposition som Modeller, er iøvrigt rask spiser drikker og ryger og sælger Billeder saa det gaar glimrende. Selve hans Billeder er efter min Mening og unter uns gesagt ”hæderligt Gammelmands”arbejde. Las er rejst til Fiilsø med 30 Meter Lærred han skal have lavet til Malerier selv laver jeg nogle Studier til et stort Billede det bliver ikke til saa meget da jeg stadig lider af Søvnløshed, men jeg har siden Nytaar solgt for over 30,000 Kr. Billeder saa ”Forretningen” gaar upaaklageligt. ”Summa sumarum” Fynboerne er ved at blive gamle. Peter og jeg havde en meget hyggelig Aften sammen paa Hotellet, men jeg maa behandle ham baade som et Barn, der ”der” overstreget og som en gammel Mand, snakke ham efter Munden. Jeg hældte Spiritus paa ham, Snaps Porter tre Toddyer og Masser af Cigarer saa det gik storartet. Kan Du taale at drikke spurgte jeg ham: ”Jeg” ! ”ja jeg var nylig til en Middag med tre Flasker Vin pr. Kuvert og jeg tømte dem alle” – kan Du taale at ryge? – ”ligesaameget det skal være - - Der var paa Hotellet et Trekløver en Bankdirektør en Overretssagfører en Grosserer Würtz (Badensen) som jeg blev præsenteret for. Overretssagføreren havde hele Aftenen iriteret mig med sin Tale eller rettere sin Stemmeklang der mindede mig om en Mand jeg kender, en Kommunelærer Vilh Larsen han talte med en højrøstet selvbehagelig belærende Stemme. Da jo jeg blev præsenteret for ham (det var Bankdirektøren der besørgede det) fortalte Overretssagføreren mig at han jo godt kendte mig – ogsaa af personlig Omtale fra sin Ven – Kommunelærer Larsen - ! derfra Stemmeklangen. Det var iøvrigt underholdende at høre de to danske Herrer udber[”udber” overstreget] udbrede sig i al deres Visdom om Franskmænd, Englændere Amerikanere, Japanere, Russere og de forskællige Afstamninger inden for [”inden for” overstreget] af Tyskere indenfor Kejserriget, komme med ”morsomme” Hentydninger til Tysklands Udsultning ved hvert Øjeblik at foreholde Tyskeren hans ”Graadighed”. Han lo talte afdæmpet upaaklageligt Dansk og til de to Herrers Visdom kom Gang paa Gang dette ”meget rigtig” som vi kender fra de tyske Rigsdagsreferater. Hans Sortie var ægte tysk han kaldte alle Tjenerne (1_ste_, 2den og Piccoloen) frem og gav dem Drikkepenge hver især. Selv lod jeg mig belære at en Tysker kan optræde med fuldendt Verdensmandsmæssig Dannelse, selv om det er en Grosserer hvis Veje har ført ham til et lille dansk Provinshotel i Pærekøbing.
 Jeg har nylig læst en Bog af en Amerikaner der hedder Ernest Poole (Havnen) som efter min Mening er den bedste moderne Roman jeg har læst Det er virkelig en Standardbog over vor Klodes Kultur i det sidste Aarti før Krigen. Jeg gjorde Gælsted opmærksom paa den, han læser den, og vil skrive en Anmeldelse af den i Fyns Venstreblad. Du sagde en Gang da vi talte om Malerkunst at Du kunde duellere for den, jeg kan sige det samme om det skrevne Ords Kunst. Gudskelov jeg ikke er Skribent, men ”Publikummer” Glæden ved at læse vil kunne følge mig til min Død. – Ja selvfølgelig maler jeg og det er mig ligesaa umulig at lade være, som det er for Jagthunden at undlade at ”tage Fært” (Jeg vilde gærne lave et stort monumentalt Billede af [”af” overstreget] Landskab med Figurer, bygget over Emnet: ”Skyd frem Skovmærke frisk og prud, hæng Pil din uldne Vante ud [”] osv. (H.C.A. Snemanden)) men spurte op paa Højde med mig selv i Dødsbilledet f. Eks. det naar jeg ikke mere Men berører jeg det Emne til Las saa smiler han grumt [”grumt” indsat over linjen] som – ja som en Angelsakser, Peter bliver iøvrig hidsig uforstaaelig fornærmet som – ja som en Dansker. Jeg kender faa Danskere som tør se Sandheden i Øjnene, - ja Sandheden er saa meget sagt – saa lad mig sige den eventuelle Sandhed – Else tør – hun tør tie stille og lytte – Anna turde, hun havde den guddommelige Frækhed til altid at turde bekende Kulør – Du, kære Ven, har det saaledes at Du har det moralske Mod til Gang paa Gang at turde revidere Dig selv, om jeg saa maa sige (jeg bilder mig ind selv at turde det samme) men det er vist ellers en germansk Egenskab og ikke en dansk.
 Mange Hilsener til Dig og Else og Børnene
 fra Din hengivne Fritz Syberg.</t>
   </si>
   <si>
+    <t>1920-01-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Ausa -
+Elise Hansen
+Peter Hansen
+Betty Nansen
+Marie Neckelmann
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Grete Hansen, g. Jensen, var omkring 14 år, da hun skrev brevet. 
+Bimme/Bams: Elena Larsen. 
+Elise Hansen: Mosser.
+Peter Hansen: Fasser.
+Kylle: Marie Neckelmann.
+N.E.: Niels Erik Schoubye.
+Det vides ikke, hvem Bente og Haiser var. 
+Perugia er hovedstad i regionen Umbria, der er en af de få regioner i Italien, der ikke grænser op til havet. (Wikipedia, okt. 2025).
+Piazza del Campidoglio er en plads med Roms rådhus og museer. Pladsen er udtænkt af Michelangelo.
+Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
+  </si>
+  <si>
+    <t>Brevet ejes af en efterkommer af Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen/Mosser har fået stjålet sin pung. 
+Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
+Både Elise og Peter Hansen er sløje. 
+Elise og Grete har været på Campidoglio og se illuminationer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5qwN</t>
+  </si>
+  <si>
+    <t>Rom d 10/1 - 20
+[Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
+Kære Bimme!.
+Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
+Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
+Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
+Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
+[Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
+Mos.
+Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
+  </si>
+  <si>
+    <t>1920-09-18</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Birgit Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Grethe Jungstedt
+Adolph Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede ind hos datteren Ellen i kirkemøllehuset på Møllebakken i Kerteminde i 1920.
+De fire børn, som Laura Warberg havde omkring sig må være Christine Mackie, Alhed Larsen, Ellen Sawyer og Johanne C. Larsen, som alle boede i eller nær Kerteminde i 1920. 
+Berta Brandstrup døde 18. sept. 1918. 
+Laura Warberg kendte flere personer ved navn Caspersen, så det kan ikke afgøres, hvem hun i 1920 var i selskab med.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, BB2650</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup var glad for Lauras brev. Han har også hørt fra Mogens Brandstrup, som er i Firenze, hvor han har været "biskoppens tjener" ved en procession. Mogens maler flittigt.
+Ludvig glæder sig over Lauras flytning og over, at hun er omgivet af fire af sine børn. Han kan ikke forstå, at det netop den dag, hvor han modtog Lauras brev, er to år siden, at han mistede Berta. 
+Ludvigs stuepige fra Båxhult har aldrig været udenfor Smålands skove. Hun er kvik, men meget uvidende om alt.
+Det er dejligt, at Grethe skal til Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O1lf</t>
+  </si>
+  <si>
+    <t>18/9 1920, Valby
+Kære Laura!
+Tak for Dit Brev som jeg lige har læst, og som jeg var meget glad ved.
+Jeg fik samtidig et Brev fra Mogens der antagelig i Dag er i Firenze igjen, Via degli artisti E. Jeg er bange at vore Breve, som ere sendte til det Sted Argenia, hvor han har boet, ikke naa ham. Der har været stor Kirkefest for en undergørende Madonna med Biskop i Laterancapellet fra Rom og Pragt og Processioner. Mogens var hædret med at Bønderne i Byen havde valgt ham til "camerione del vescovo" Biskoppens Tjener, en stor Ære ved Festen. Jeg gad vide i hvilke præstelige Ærinder han har forrettet denne Tjeneste.
+Han har nu i lange Tider kun set Italienere og taler Sproget godt. Jeg haaber at han gaar frem som Maler, i hvert Fald arbejder han flittigt tror jeg at kunne mærke.
+Det er store Nyheder du fortæller om Dig selv og Din Flytning. Jeg synes det er udmærket. Hils Elle og Las og P[ulæseligt] og Agrarens fra mig. Morsomt at Du har fire Børn og Caspersen om Dig. Ja Du kan tænke Dig hvor vemodig Dagen er for mig og sagtens ogsaa for Mogens. Jeg kan ikke forstaa at det er to Aar siden jeg mistede min elskede Berta og hver Krog i Huset hver Plante i Haven vinker til mig om hende. [Der mangler formodentlig en eller flere sider af brevet her]
+vi have alligevel ikke faaet Pigen. To havde jeg antaget og lovede mig meget af men de sagde fra den ene efter den anden. Naa der lader ikke til at være saa knap Tid paa dem og jeg faar nok en. Den lille Stuepige paa 17 Aar fra Båxhult er vældig flink og hurtig og flittig og meget sød. Hun har aldrig været uden for Skoven i Småland, og er utrolig uvidende om Verden og alt, men et godt Hoved. Det er morsomt at lære hende noget.
+Det er jo morsomt at Grethe skal til Italien i Vinter, saa træffe de nok Mogens, og han har godt af at faa en nordisk Kunstkammerat til Sammenligning.
+Birgit og Ebbe hilser Hils ogsaa Caspersen fra mig
+Din Lut.</t>
+  </si>
+  <si>
+    <t>28. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yle0CtTL</t>
+  </si>
+  <si>
+    <t>31. maj. 1921</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PIjU3jVN</t>
+  </si>
+  <si>
+    <t> 2. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
+  </si>
+  <si>
+    <t>29. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Vtw1Vx4G</t>
+  </si>
+  <si>
+    <t>30. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JZO9tphY</t>
+  </si>
+  <si>
+    <t>17. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mlVKfENB</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t> 7. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QwM4D5cO</t>
+  </si>
+  <si>
+    <t> 1. sep. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xgN68ydL</t>
+  </si>
+  <si>
+    <t> 2. sep. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4hizQl0S</t>
+  </si>
+  <si>
     <t>1922-12-04</t>
   </si>
   <si>
     <t>HC  Andersen
 Holger Drachmann
 Bernhard Ingemann
 Henning Kehler
 Peter Rostrup Bøyesen
 Anna Louise Syberg</t>
   </si>
   <si>
     <t>Det omtalte "Tids- og Stridsskrift" er formodentlig Johannes V. Jensens eget blad, Forum, som udkom 1922 og et halvt år frem. 
 Det er vanskeligt at læse ordene i anførselstegnene: "den store ..." Muligvis skriver Syberg Bojzen, og eventuelt henviser han hermed til Rostrup Bøyesen. Det er uklart, hvad Syberg mener med "Land Danmark". 
 Negative anmeldelser af Den lange Rejse af Henning Kehler i Politiken antændte en af Johannes V. Jensens mange litterære polemikker og førte 1922 til et brud med bladet der varede lige til 1926.
 Bibelcitatet: "Heraf skal, så længe Jorden står, sæd og høst, kulde og hede, sommer og vinter, dag og nat ikke ophøre!" 1. Mosebog 8.22. 
 Holger Drachmanns bog "Forskrevet" udkom på Gyldendal 1908.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensen Museet</t>
   </si>
   <si>
     <t>Syberg takker for tidsskriftet og ønsker Jensen en god kamp.
 Rabbe/Anna Louise og Fritz Syberg har det godt. Han forsøger at læse Drachmann, men kan ikke komme igennem bogen, så han begynder i stedet på H.C. Andersen.
 Syberg giver ikke meget for Henning Kehler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q1aW</t>
   </si>
   <si>
     <t>Pilegaarden 4-12-22
 Kære Ven.
 Tak for Dit Tids- og Stridsskrift. Jeg har den største Sympati for Din Maade at reagere mod Fænomenerne paa, og et vil jeg oprigtig ønske, at Du maa faa Din Krig frem, j.m. at der virkelig maa finde en Kamp Sted. Blot Du ikke skal rage Dig ind i en Kamp med ”den store Bojzen” Jeg frygter ”Land Danmark”. Men som sagt, Du har min Beundrimg og min varmeste Sympati. Herovre har vi det godt, Rabbe og jeg; Vort Selskab er det gammeltestamentelige: ”Sæd Høst, Kulde Hede, Sommer Vinter, Dag og Nat.”. Hvad Menneskene angaar, da er der visse Punkter hvor jeg stadig har bevaret min Tro paa dem: vi fødes og vi dør – det er menneskelige Vilkaar som Svindelen endnu ikke har angrebet!
 Hils Else mange Gange og hav det godt alle sammen.
 Din hengivne
 Fritz Syberg
 N.B.
 Jeg prøver for Tiden at læse H. Drachmanns ”Forskrevet” men jeg kan ikke tæve mig til at læse den igennem; jeg tror jeg vil prøve paa at læse H.C. Andersens Romaner. I Fjor Vinter læste jeg Ingemanns. 
 N.B. Henning Kehler er ikke, som Du skrev, ”clean” synes jeg, han er en almindelig rent forloren Dannelsesfilister, men han er jo ung.</t>
   </si>
   <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t>1923-05-09</t>
+  </si>
+  <si>
+    <t>Omø</t>
+  </si>
+  <si>
+    <t>Omø, Skælskør
+Drejø, Tåsinge
+Lyø
+Agersø, Skælskør
+Romsø
+Lolland
+Sprogø
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Ernst Josephson
+Knud Kyhn
+Andreas Larsen
+Johan Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danskes Øer.
+Rylen - en Kerteminde fiskerbåd - er i 1921-24 ekspeditionsskib for JL og AF og sejler i dag som museumsskib for Kerteminde Museum. 
+Omø er omtalt i Achton Friis: De Danskes Øer bd. 3 s 34. Gyldendal, 1928.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har fået et bestillingsarbejde, men JL er bekymret for, om hun har kræfterne til dette. Rylen er kommet til Omø, og JL glæder sig over det rige fugleliv på øen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LJ0I</t>
+  </si>
+  <si>
+    <t>Omø 9 Maj. 1923
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Dag. Det var dejligt at høre fra Dig og det var vel godt at Du fik det Arbejde, altsaa for Pengenes og for den Tilfredsstillelse det er Dig at kunde tjene dem, bare det nu ikke maa tage for meget paa Dig. Desværre kan jeg jo ikke give Dig en Haandsrækning naar jeg kommer hjem, du [og] jeg jo maa have fuld Kraft paa for at faa lavet saa meget som muligt til Udstillingen. Vi har haft en rar Tur hidtil og jeg har faaet lavet 19 Tegninger deraf 8 her, hvortil vi kom i Forgaars. Det er den bedste Ø vi har været paa i Aar og den kan omtrent staa paa Siden af Drejø og Lyø, men her er et meget rigere Fugleliv, nogle store Moser med Skeænder Spidsænder Allinger og Graaænder og Blishøns og Lappedykkere Viber og Brushøns og Rødben og Strandskader. Kyhn der kom om Bord sammen med Friis rejser i Dag, han har været hyggelig at have med. Vi sejler vist til Agersø i Morgen. En Del af Øen her er meget høj, i Gaar da det var klart kunde vi fra det højeste Sted se Lolland og Romsø paa en Gang. Der er samme Afstand herfra til Sprogø som fra Sprogø til Kjerteminde. Efter Dit Brev rejser Du jo hjem i dag, saa faar Du vel dette i Morgen. Du saa vel Josephsons Udstilling? Hils Puf og Lysse og de andre. Mange kærlige Hilsner til Dig selv fra
+Din hengivne 
+Johannes Larsen.
+Hilsen fra Friis og Petersen</t>
+  </si>
+  <si>
+    <t>1923-07-09</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Hr.  Hvidsten
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Christian Møller, maler
+Ellen  Sawyer
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Hvapperne er hundene.
+Fritz Syberg omtales i familien Larsen som "Maleren". Der kan også være tale om maler Møller, hvis leveår man ikke kender. Det er således usikkert, hvem "Maleren" er.</t>
+  </si>
+  <si>
+    <t>Kopierne findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Familien Larsen tager deres mange feriegæster med på en tur til Romsø.
+Der er problemer med, at feriegæsters medbragte hunde skaber en del uro blandt de andre dyr på Møllebakken.
+Der bades og sejles meget, hvorimod det kniber med at samle interesse omkring at spille tennis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hSH8</t>
+  </si>
+  <si>
+    <t>Tirsdag d 9 Juli 1923.
+Kære Muk og Bes!
+Tak for jeres Kort og Brev i Gaar. I kan sagtens, men det kan vi ogsaa. Om Aftenerne sejler vi med Puf. Ligger i Bunden af Baaden og hører Vandet skvulpe og se Solen gaa ned og Stjernerne komme frem. I Søndags var vi paa Romsø (Las, Be, Agraren, Junge, Puf, Lysse, Fætter Lauritz, Basse, Putte, Peder, Mudi og jeg med Madkurv og det hele. (Tante Elle bemærkede ved Middagsbordet om 13 om Bord ikke var lige saa slemt som 13 til Bords; men hendes Vittighed gik ubemærket hen.) Vi plukkede Hjertegræs og Fo[ulæseligt]lejere og saa en masse Harer. Vi var ogsaa i Vandet, som var blikstille. 
+Hvad Hvapperne angaard (a propos: det forekommer mig at jeg i det forrige Brev stavede ” i Gaard” med d. Er det gjorde jeg det?) saa tænker vi paa at sætte dem i Pleje hos en Hr. Hvidsteen. Vi var oppe for at snakke med ham i Aftes, men han var ikke hjemme. Jeg ved ikke om jeg har fortalt at vi ikke kan (maa) have dem her og at de har boet hos Las’s. Men da de gøer om natten vil de ikke have dem længere. Hos Hr. Hvidsteen kan de maaske faa en Indhegning at gaa i. Det er da altid bedre end at de staar bundne. Derfra kunde vi saa hente dem og gaa Ture med dem. 
+Maa vi evt. sælge eller forære Gnomen bort? Saa vilde vi ogsaa kunde tage os mere af Miko, da een Hund er hundred Gange lettere at have end to. Og desuden virker Gnomen demoraliserende paa Miko. Bl.a. lærer han ham at fange Kyllinger. Gnomen bed en stor Kylling halv ihjæl forleden. Jeg haaber vi faar Lov til det, saa vil vi se at finde et riktigt godt Sted og I kan jo altid besøge den der. 
+Vi glæder os til I kommer. Desværre gaar det smaat med Tennissen. Peder og Putte gider ikke riktig.
+I Morges Kl. 4½ stod Mudi og Peder op og forsvandt. Jeg tror de vilde hjælpe Puf i Haven og gaa i Vandet med Putte. Jeg vil ogsaa gaa tidligt i Vandet, da her er Masser af Badegæster. Har jeg fortalt at vi forleden Aften var ovre hos Tante Junge og fik Kaffe og Lagkage til Afsked for ”Maleren”. Tante Junge har forandret sig, synes jeg, hun ligner heller ikke dig saa meget mere. 
+P.S Hvis Nu tror jeg at jeg har vrøvlet nok op om ligegyldige Ting. I Eftermiddag sætter jeg de smaa til at skrive. 
+Hiilsen fra Lomme
+Hvis I faar brug for de til Aftryk jeg tog af Bes’ Pasfotografi kan jeg sende dem.</t>
+  </si>
+  <si>
+    <t>1923-10-08</t>
+  </si>
+  <si>
+    <t>Thurø
+Ærø
+Nyborg
+Tommerup
+Fredericia
+Odense Domkirke</t>
+  </si>
+  <si>
+    <t>Erik -
+Palle -
+Harald Balslev
+Christian Bonnesen
+- Egede
+Laurids Finnich
+Frederik Hendriksen
+Drude Jørgensen
+Adolph Larsen
+Johan Larsen
+- Randil
+Christine Rasmussen
+Ingeborg Rasmussen
+- Sildor
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Der optræder en række ukendte personer i brevet: Palle, Sildorf, Egede, Randil, Ingeborg, Minna, Erik og Finich. Det har ikke været muligt at identificere disse nærmere. 
+Chacon [Aqurum] menes at være en slags rom.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen rejser til Odense til stor middag, hvor en del af hans bekendte er blandt de deltagende gæster.
+Han skal på jagt et par dage og skal senere til middag hos restauratør Drude Jørgensen i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wRRh</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Octbr 1923.
+Kæreste Alhed!
+Jeg drog saa til Odense i Gaar Eftrmdgs, kørte i Kupé sammen med Dommerens "Naar jeg rejser med min Kone kører jeg paa III Kl." , og i Anledning af at Bilerne har forhøjet Taxten med 1 Kr. det bleven nogle Øre billigere at rejse om ad Odense, har ellers altid taget med Bilen til Nyborg. Der var taget paa Forsamlingshuset 2 store Middage havde lagt Beslag paa alle Rum til Omklædning, men Palle var hjemme paa Rekreation blev holdt ud og jeg fik hans Værelse og en Gadedørsnøgle. Chr. Bonnesen og jeg var hos Drude, han skal have en Udstilling der. Til Middagen var Sildorfs og Egedes, jeg havde Fru Sildorf til Bords og Christine, det er Niels Rasmussens Kone ved den anden Side, Resten var Direktøren fra Tommerup med Frue, Etatsraadsinden, som jeg talte noget med fru Rondit og Ingeborgs Familie, desuden en Toldforvalter fra Fredericia, forhenværende og Finichs Forgænger, der var gift med en Moster til Ingeborg, en sjov Kone, de var Venner af [ulæselig]ede og Minna, havde kendt Minna fra hun var en lille Pige. Vi fik en hel Masse god Mad, men allerede anden Ret tog Pippet fra mig, Torsk med Mayonaise og Hummer og dertil Chacon [Aqurum], begge Dele noget af det værste jeg kan faa! men jeg aad af det for jeg var meget sulten, havde saa Kvalme Resten af Aftenen, holdt til Klokken 1. Sov til 6 1/2 og tog hjem med Morgen[toget]. Jeg lovede Erik et Træsnit. Drude inviterede os til en fynsk Aften i næste Uge tror Anledning af at Harald Balslev kommer, han har ikke været der. Det er den 17 og 18 jeg skal paa Jagt. Her er et Brev fra Xylografen, som Du vel saa gaar op og hilser paa. I Stedet for [ulæseligt] kom der et Brev, karakteristisk nok ufrankeret saa det kostede 40 Øre. Hun skriver at hun desværre ikke kan staa Model i denne Uge og at hun ikke kan begribe hvorfor hun er bleven daarlig 14 Dage for tidlig, men at hun kommer næste Mandag. Gamle siger han ikke skal til Thurø og heller ikke til Ærø. Mange kærlige
+Hilsner fra
+Din JL.</t>
+  </si>
+  <si>
+    <t>1923-11-14</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Larssen</t>
+  </si>
+  <si>
+    <t>Det er vanskeligt at læse, om brevets datering er 14. eller 19. november.
+Johannes V. Jensens Madame d'Ora udkom første gang i 1904. Som teaterforestilling blev den vist på Odense Teater i 1923.</t>
+  </si>
+  <si>
+    <t>Syberg kom ikke til premieren på Madame d'Ora, men han, datteren og svigersønnen m.fl. så stykket søndag, og de har nydt det. Romeo og Julie med Anna Larssen var i sin tid en skuffelse, men Madame d'Ora var som igen at læse Shakespeares skuespil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tdQb</t>
+  </si>
+  <si>
+    <t>Pilegaarden 14-11-23
+Kære Ven.
+Vi har her paa Pilegaarden i to Dage levet i godt Selskab, nemlig med Madame D’Ora. Desværre kom jeg ikke til Din Premiere, men derimod var jeg sammen med Besse og Giersing – og andre fra Kbhvn – til anden Opførelse i Søndags. Kære Ven jeg føler Trang til at sige Dig at det har været et Par festlige Dage for os. Manglerne ved Fremstillingen bryder jeg mig ikke om. Jeg erindrer hvilken Skuffelse det var for mig at [”at” overstreget] i sin Tid at se Romeo og Julie (med Anna Larsen) Muligvis er jeg blevet vant til ved gode Skuespil at skulle se bort fra den mangelfulde Fremstilling af dem. - - Hvor er de to Figurer Madame D’Ora og Edmund dog et Par knusende gode Figurer, hvor gaar de mig til Hjertet, hvor er de typiske og uforglemmelige. Hvor gammel var Du da Du skrev det Skuespil?
+Det har for mig virkelig været paany at opleve en Glans fra de Dage da jeg som ung læste Romeo og Julie og Kong Lear.
+Hils Else og Børn Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t> 6. dec. 1923</t>
+  </si>
+  <si>
+    <t>Dagbogen "Korshavn" beskriver hovedsagelig iagttagelser af natur og fugle, fra turen med Rylen til Korshavn ved Fyns Hoved, fra 6. december til 15. december 1923.
+Dagbogen indeholder desuden optegnelser fra 22. december 1923 til 3. februar 1924.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/97IRXewR</t>
+  </si>
+  <si>
+    <t>1924-03-28</t>
+  </si>
+  <si>
+    <t>George Byron
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Hans  Syberg
+Kirsten Syberg
+Ulla Syberg
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Det omtalte digt er Johannes V. Jensens "Dyrlægens Minde". Digtet om Johs. V. Jensens far, Hans Jensen, blev trykt i Thøger Larsens tidsskrift "Atlantis" (med billeder fra et herbarium over jyske planter tegnet af dyrlægen) i marts 1924, s. 97-110. 
+Else og Johannes V. Jensen fik en efternøler, Emmerik Ulrik Jensen, 15. maj 1922. 
+Bertel Thorvaldsen fik i 1817 et brev om, at Lord Byron ville opholde sig et par uger i Rom og ønskede, at kunstneren skulle lave en buste af ham. Da Byron ankom og skulle sidde model, antog han en tragisk attitude, og Thorvaldsen bad ham se mere naturlig ud. Dette ville Byron ikke. Da busten var færdig, sagde Thorvaldsen, at han havde skildret Byron, som denne ønskede det, og alle sagde, at busten lignede fint. 
+Byrons satiriske digt, Don Juan, udkom første gang 1819. I Danmark kom bogen i Holger Drachmanns oversættelse på Schubotes 
+Forlag i 1891. De i brevet citerede ord findes i denne udgave på s. 85: 
+"Hvad er da Ærens Maal? At fylde op
+en Del Makulatur af alt det meget,
+hvad eller klatre op til Bjærgets Top,
+som halvvejs alt bag Skyens Dunst er veget;
+man slaas og riv's og plager Sjæl og Krop,
+og Skjaldens «Lampe brænder«, for — naar bleget
+vi ligger dér og kan ej mere dyste,
+at faa et slet Portræt — en værre Buste."</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glemte under sit sidste besøg at takke for digtet om dyrlægen. Han blev distraheret af at se Else med den lille dreng på armen. 
+Syberg lovede at slå op i Byrons digt, "Don Juan", og finde passagen, der mindede ham om Thorvaldsens buste af Byron, og han citerer.
+Hans og Ulla har fået en datter.
+Foråret lader vente på sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZJav</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28 – 3 – 24
+Kære Joh. V. og Else
+Da jeg sidst var hos Jer glemte jeg rent, at en af de Ting jeg vilde sige Dig var Tak for Dit smukke Digt om Dyrlægen altsaa Tak derfor – hvor er det morsomt at se Tegninger af En som ikke er professionel. Nu bagefter ved jeg godt Grunden hvorfor jeg glemte det. Jeg har al Tid været slem til at lade mig distrahere. Det var Synet af Else med Drengen paa Armen og derefter Synet af Dig da Du kom ind og rakte ham Haanden – 
+Ja I har paany oplevet Jer selv og det er den største Lykke der kan times os Mennesker, Livet er saa kort saa det ikke kan lade sig gøre alt for ofte, der er jo som bekendt sørget for at Træerne ikke skal vokse ind i Himlen. Jeg lovede Dig at se efter i Byrons Don Juan hvilken Vers Strofe [”Vers” overstreget. Ordet ”Strofe” indsat over linjen og ”t” i ”hvilket” ændret til ”n”] det var der fik mig til at tænke paa Thorvaldens Buste af B. der jo som bekendt var meget utilfreds med Ths Opfattelse af hans Person. Det er det femtesidste i 1ste Sang: ”hvad er da Ærens Maal” begynder Stroferne og efter en Klage over Kampen for at naa en Drøm der al Tid viger tilbage slutter den med at alle dine Anstrengelser gør ”vi os for, naar blege vi ligger der, og kan ej mere dyste, at faa et slet Portræt, en værre Byste.” 
+Hilsen til Jer alle fra Eders hengivne
+Fritz Syberg
+Hans og Ulla har faaet en Datter. 
+Landet ser mærkeligt ud, omtrent som efter en Oversvømmelse der er ved at synke igen og hvor kun alle Bakkedrag stikker Næsen op. Ikke en Knop ikke en Gækkelilje er at se, men der er dog Foraarstegn, i Gaar saa jeg en Vibe og i Aftes hørte jeg Vildgæssene højt tilvejrs.</t>
+  </si>
+  <si>
+    <t>1924-05-02</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark
+Stige Ø, 5000 Odense, Danmark
+Filsøvej 31-21, 6854 Henne, Danmark
+Romsø, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Lars Hedelund
+Matilde Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine Swane
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Forberedelserne til Andreas Larsens 25 års fødselsdag er i gang. Der har været megen travlhed i forbindelse med begravelsen af Georg Larsen. Det bliver ordnet således, at datteren Anna og hendes mand Thomsen kan fortsætte med at drive butikken.
+Marie Larsen har svært ved at skabe et overskud på driften af hønseriet. Der er store problemer med sygdom hos Adolph Larsen og hans familie. Især Adolph Larsen har det skidt, og man er bekymret for, han vil begynde at drikke igen. Andreas Larsen og Laura Warberg hjælper til.
+Johannes Larsen rejser til Fiilsø for at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X4Kb</t>
+  </si>
+  <si>
+    <t>[2-5-1924]
+Kære Muk!
+Tak for dit Brev. Vi har haft en travl Tid, og jeg synes der er saa meget at fortælle, at jeg ikke ved, hvor jeg skal begynde. 
+Jeg vil være meget glad, hvis I vil købe et Par ”flotte” Sokker og saa de Cigaretter. Puf er hjemme Dagen før sin Fødselsdag, som den skal nok holdes den Dag. Puf har planlagt en Romsøtur, hvis Vejret bliver til det. Men I kan jo lige saa godt sende Breve ud til ham. Adressen er: Handelsgartner Lars Hedelund. Stige. Tante Be omgaas med Planer om at forære ham en Motorcykel. Tænk hvor sjov hvis det bliver til noget!
+Vi har haft en Masse Begravelsesgæster. 27 til Middag en Dag, Tre Retter Mad. Vi har ogsaa haft liggende Gæster. Uglen er rejst i Dag som den sidste. Anna Gros. synes det var ”helt pænt” af Tante Alhed at tage dem her op. De sørger vidst ikke viddere over Gros, Anna mere over alle sine nye Kjoler hun nu ikke kan gaa med ⃰ ). Annas Mand Thomsen kom til at staa alene med Forretningen og Gælden, men Tante Be har hjulpet ham, saa han vedgaard Gæld og Arv og derfor slipper for Skifteretten, som vilde tage det hele, og saa han gaar paa Akkort med Kreditorerne, saa de kun faar 45%, og dermed kan fortsætte Forretningen – 
+Denne Forklaring blev nok (grin nu ikke for meget af mig) lidt uklar; men det var Onkel Las og Mareje, der kom her ud og gav sig til at slaads om Komfuret og Las tegnede mig. Onkel Las skal lave Spartelfarve og Mareje Æggekage til sine Kyllinger. 
+Det er nogle dyre Kyllinger Mareje frembringer. Af en Rugemaskine paa 300 Æg kommer 40 levende Kyllinger, og af disse dør der endda nogle. De faa resterende Kyllinger skal saa, før de kan give Indtægt
+⃰ ) Den Dag Gros var død havde Anna sendt Bud til Byen efter nogle Buxer til sit Toiletbord det kunde hun ikke undvære”. 
+først betale Rugemaskinen, al Petroliumen der er gaaet til (og det er ikke saa lidt), alle de Lampeglas, der er gaaet i Stykker, dyre Termometre til Maskinen, al det Fodder Kyllingerne skal have til de bliver store, Medicinen de skal have da de er lidt defekte, den Elektricitet til 100 Lyspæren i Værkstedet brænder for ikke at tale om Rugeæggene selv, der er købt i dyre Domme. 
+Men jeg skal ikke udbrede mig mere om det idiotiske Hønseri. Det var Thomsens Forretning jeg kom væk fra. Tante Be har taget sig af det med Liv og Sjæl og været til Møder 3-4 Gange om Dagen. Hun havde ogsaa ladet Kirken pynte med Planter fra Drivhuset. Udsprungne Guldregne f. Ex. 
+Har jeg fortalt dig om Tante Junges Flytning? Tante Be var og jeg var ovre og hjælpe en Dag. Stakkels Tante Junge! Hun har ikke været helt rask og sine Elever har hun jo haft under det hele. Der har ogsaa været en Masse for hende at ordne med Tinges Tøj inden hans Afrejse i Gaar. Og hendes Pige ligger syg nu. Baser, Bibbe og Manse har ogsaa været syge. Vi mener der er noget i Vejen Gære med Baser; han har været lidt underlig i de sidste Dage. Der er jo heller ikke noget usandsynlig i at han, nu efter en Sygdom, vil begynde at drikke Jeg har slet ikke set ham i Eftermiddag. Bedstemoder klager over at han ikke hjælper Tante Junge og Bedstemoder hun vil gøre hans Arbejde. Bedstemoder har det jo saa meget med moralske Straffe. De er sikkert spildte paa Agraren. 
+Da han var syg hentede jeg selv mit Brændsel og pindede Brænde. Den Dag Puf var hjemme havde han gjort det. Da jeg kom ned om Morgenen var der fyret paa Komfuret og Ild Varme i Dagligstuen. Han fik et lille Brød til Belønning. Naar der skal vadskes op møder han trofast for at ”svinge et Vidskestykke” d.v.s. tøre af.
+Bedstemoder spiser herovre for Tiden. Tante Junge kan ikke have hende.
+Lille er sød. Uglen klippede hende i Dag, medens jeg holdt hende og oprette hendes Hoved. Det foregik under høje Hyl og Skrig. 
+Onkel Las rejser en af Dagene til Fiilsø. Saa haaber jeg, at Vejret ogsaa bliver godt, at vi ogsaa kan komme ud at male. 
+Nu er der vist ikke mere at fortælle – jo, at Tinge, for sine egne Penge, har købt sig et Sæt Tøj, Skjorter og Strømber (og Sko tror jeg) Jeg er en daarlig Økonom. Jeg burde naturligvis forsyne mig selv med Tøj, men det er det jeg daarligst gider bruge mine Penge til. 
+Hilsen til jer alle fra Lomme.</t>
+  </si>
+  <si>
     <t>1925-06-22</t>
   </si>
   <si>
     <t>Godhåb</t>
   </si>
   <si>
     <t>Godhåb, Grønland
 Orkney Øerne
 Shetlands Øerne
 Kap Farvel, Grønland</t>
   </si>
   <si>
     <t>Andreas Larsen
 Gudrun Larsen
 Johan Larsen
 Vilhelm Larsen
 Eiler Lehn Schiøler
 John Møller
 Knud Oldendow
 Finn Salomonsen
 Henning Scheel</t>
   </si>
   <si>
     <t>Kraplak hører til de mest stabile røde naturfarvelakker.
 En alen: I 1835 blev den officielle danske alen fastlagt til 62,77 cm lig med en sjællandsk alen. Men andre landsdele foretrak stadig deres egne mål, og det er vanskeligt at afgøre, hvor meget de forskellige mål afveg fra hinanden,
 Prospektkortet og planterne, som Johannes Larsen i brevet skriver, at han vedlægger, findes ikke sammen med brevet på Det Kongelige Bibliotek.</t>
   </si>
   <si>
     <t>Johannes Larsen er på ekspedition til Grønland i sommeren 1925. Han ankommer til Godthåb i slutningen af juni og beskriver i brevet detaljeret sejlturen og modtagelsen af ekspeditionens deltagere. De besøger bl.a. en grønlandsk konservator og køber en del udstoppede fugle. Nu skiftes der skib, og ekspeditionen begiver sig ind i fjorden.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5zTA</t>
   </si>
   <si>
     <t>SS "Hans Egede" i Godthaab 22 Juni 25
 Kæreste Alhed!
 Mens de andre er i Land vil jeg benytte Lejligheden til at skrive et Par Ord. Rimeligvis faar Du dem ikke før Hans Egede kommer hjem igen da der vist ikke er nogen Skibe der kommer hjem før. Vi har haft en hel god Rejse herop. Til at begynde med var det helt stille over Nordsøen og først efter at vi om Torsdagen havde passeret Fairhill mellem Orkney Øerne og Shetlands Øerne kom der lidt Dønning. Om Onsdagen fik vi Modvind der varede lige til vi havde rundet Kap Farvel, de første Par Dage med Solskin og Resten af Tiden afvexlende graat, Regntykning og Taage hvad der sinkede os en Del. Natten efter vi havde passeret Kap Farvel fik vi SØ Blæst og Regn, altsaa Medvind og Dagen efter, det var i Lørdags, stille og Taage, saa vi maatte gaa langsomt. Vi passerede den Dag flere pragtfulde Isbjærge. Om Aftenen klarede det op, saa Kaptajnen var i vældigt godt Humør til sin "Kroaften." Det er noget med Masser af Druk, Romtoddyer, Whisky o.s.v. som forekommer hver Gang Skibet paa Udrejsen har passeret Kap Farvel og paa Hjemrejsen Fairhill. I Gaar Søndag begyndte med stille og tæt Taage og Isbjærge til Kl. 9.15 da der pludselig kom lidt Brise fra N. og Taagen lettede og det blev klart Solskin. Lidt efter dukkede de snedækkede Toppe af Fjældene ved Godthaab op over Taagen og da vi henad 11 1/2 efter Frokosten kom op paa Dækket var vi inde ved Skærgaarden (Kokøerne) herudenfor Fjorden. Kl. lidt over 1 1/2 ankrede vi her i Havnen en lille Vig mellem Klipperne bag ved Byen, saa vi har en 20 Min. Gang over Fjældet til Kolonien. Der ankom strax 2 større Motorbaade med alle Honoratiores ombord. De gik rundt og sagde deres Navn og trykkede os alle i Haanden og hele Expeditionen blev inviteret til Aften hos Inspektøren eller Landfogeden som han vist hedder nu og som er den øverste Myndighed i Grønland. Han er meget Fugle interesseret og selv Skribent paa Bogen. Vi sejlede om til Byen i hans Motorbaad, og paa Vejen saa vi en Kajakmand nær ved, vi havde set en ude mellem Skærene da vi sejlede ind men kun paa Afstand. Hele Byen flagede og da vi kom hen til Broen stod der vist omtrent et Par Hundrede Koner og Piger og Børn, i de mest fantastiske Kulører jeg nogensinde har set. Naar undtages deres Sælskindsbukser var der ikke 2 der lignede hinanden, de straalede i Zinober, Kraplak, Tændstikrødt, Orange gult Blaat og grønt. Nedenfor Broen stod der nogle Koner i deres fineste Stads og flænsede 5-6 Sælhunde, der lige var bragt i Land af Jon Møller (om ham senere). De var omtrent færdige og Skindene laa i en Bunke paa Klipperne der svømmede med Blod som Hundene gik og slikkede i sig. Vi gik op til førnævnte Jon Møller, en Grønlænder, der er Fanger, Fotograf og Bogtrykker, som i mange Aar har staaet i Korrespondance med Schiøler og sendt ham Fugle heroppe fra han er nemlig ogsaa Konservator og stopper Fugle ud. Vi var først inde i hans Hus hvor han bor sammen med sine gamle Forældre og et Par Broderbørn, og maaske flere. En underlig Blanding af et civiliseret Hus, d.v.s. noget i Retning af et smaalandsk Bondehjem og en grønlænder Hytte. Der var adskillige Stuer hvormange kan jeg ikke huske og i en af dem var der en Platform, omtrent en Alen over Gulvet, der indtog det Halve af Stuens Areal og var belagt med Skind. I et af Vinduerne stod der i en Blomsterkumme en Melde og groede. Der lugtede ikke godt. Vi var der kun et Øjeblik, saa gik vi med ham hen i Trykkeriet, hvor der ogsaa var fotografisk Atelier, og hvor han havde sine udstoppede Fugle, hvor af Schiøler købte en Due og nogle Æg. Jeg købte vedlagte Prospektkort. Derfra gik vi over Fjældet til Skibet da Schiøler vilde have en ren Flip paa, d.v.s. da vi passerede et Seminarium, deponerede vi Scheel der, Forstanderens Kone var hans Skolekammerat, hun spurgte til Gudrun (Klaks) da hun som lille pige havde haft hende til Lærerinde. Vi gik saa videre og saa paa Vejen flere Snespurve, de sorte og hvide Hanner saa pragtfulde ud. Vegetationen var meget sparsom paa Klipperne lidt Revling Dværgpil og Ulvefod og nogle Saxifraga hvoraf enkelte var begyndt at springe ud, og nogle smaabitte røde Blomster, her er en Prøve. Ovenfor Byen var der en sur Eng med Vandhuller og et Par Smaabække der løber ned gennem Byen, og brunt vissent Græs her ligger endnu gammel Sne i Driver, ogsaa i Folks Haver i Byen, men de siger at det er usædvanligt og stammer fra at det har været en ualmindelig haard Vinter og sent Foraar. Da vi naaede Skibet kunde vi se at vi ikke kunde naa at gaa om Bord uden at komme for sent og vendte saa om og gik tilbage til Inspektøren hvor vi fik stegte Ryper med Grønærter Rødvin, Bajer og Snaps, og Kaffe og Whisky, og blev sejlet hjem i Motorbaaden. I Dag har jeg malet en lille Aquarel Blokbogsblad, mens Schiøler og Fin var med en Grønlænder ude at ro. De kom hjem med en Tejste en sortgrå Ryle og et Par Snespurve, de sidste 2 havde de ogsaa funden Rede og Æg af. Schiøler var henrykt. Imens var "Angut" sat i Vandet og Møller har været i travl VIrksomhed med at gøre den i Orden og rigge den. I Eftermiddag har jeg lavet en Aquarel [i] Skibets Fremmedbog og sidder nu her i Kaptajnens Kahyt og skriver mens omtrent alle de andre er i Land. Naa nu kom Kaptajnen og vi skal vist snart til at spise. I Aften flytter vi ombord i "Angut" Hans Egede skal sejle i Morgen. Vi har haft det forfærdeligt godt her ombord. Men jeg glæder mig nu alligevel til den Tur op omkring i Fjorden her, her ser storartet pragtfuldt ud, og der skal være Masser af Strømænder inde i Fjorden, det er en af de allersmukkeste og mærkeligste Dykænder, som jeg er vældig spændt paa at se i levende Tilstand. Mange kærlige Hilsener til Dig og Drengene. Hils ogsaa de andre. Hilsen fra Expeditionen 
 Din
 JL.</t>
   </si>
   <si>
+    <t>10. jul. 1925</t>
+  </si>
+  <si>
+    <t>John Møller
+- Sinnerup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MavKRPKj</t>
+  </si>
+  <si>
+    <t>10. aug. 1925</t>
+  </si>
+  <si>
+    <t>Karl Fencker
+Axel Laurent-Christensen
+John Møller
+Jes Svane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nCdwAHOt</t>
+  </si>
+  <si>
+    <t>12. aug. 1925</t>
+  </si>
+  <si>
+    <t>Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/o3uP0rTX</t>
+  </si>
+  <si>
+    <t>22. aug. 1925</t>
+  </si>
+  <si>
+    <t>Andreas Kornerup
+Axel Laurent-Christensen
+John Møller
+Erling Porsild
+Morten Porsild</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Bw2wKyB3</t>
+  </si>
+  <si>
+    <t>23. aug. 1925</t>
+  </si>
+  <si>
+    <t>Jens Daugaard-Jensen
+Christen Hauge
+Axel Laurent-Christensen
+John Møller
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RXvysJNZ</t>
+  </si>
+  <si>
+    <t>24. aug. 1925</t>
+  </si>
+  <si>
+    <t>Louise -
+Karl Fencker
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller
+Finn Salomonsen
+- Staun</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/24RF37Rq</t>
+  </si>
+  <si>
+    <t>26. aug. 1925</t>
+  </si>
+  <si>
+    <t>Alfred Bertelsen
+Julius Galster
+Eiler Lehn Schiøler
+Gustav Ljungdal
+Hugo Møller
+John Møller
+Morten Porsild
+Philip Rosendahl
+Finn Salomonsen
+Henning Scheel
+- Staun</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/HpCV8zLO</t>
+  </si>
+  <si>
+    <t> 4. sep. 1925</t>
+  </si>
+  <si>
+    <t>Peter Dalager
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller
+Morten Porsild
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XHwRrmXJ</t>
+  </si>
+  <si>
+    <t>1926-11-01</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Peter Fenger Just
+Else Jensen
+Jakob Knudsen
+Tom Kristensen
+Marie Schou
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens "Jørgine" blev udgivet som selvstændig bog i 1926. I 1932 blev den trykt som en del af "Himmerlandshistorier". 
+Jakob Knudsens "Jyder. Sytten Fortællinger" udkom i 1915. I 1917 kom hans bog "Jyder. Elleve Fortællinger". 
+Tom Kristensen anmeldte digtsamlingen Verdens Lys i Politiken 27.10.1926.
+Clara/Nolle Syberg og hendes mand, der udvandrede til Argentina, var nødsaget til at komme hjem til Danmark efter få år, da Clara blev alvorligt syg.</t>
+  </si>
+  <si>
+    <t>Syberg har haft glæde af Jensens Jørgine, som familien har læst højt. Nu har Marie købt Jakob Knudsens Jyder, men det er Jensen, der kan give et portræt af danskerne. Syberg er vred over Tom Kristensens anmeldelse af Jensens digte.
+Clara/Nolle er nu blevet opereret i både venstre og højre side og har fået lagt dræn ind. Hun har ikke tuberkler i knoglerne. Lægen er for første gang lidt optimistisk hvad angår helbredelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/En6N</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-11-26
+Kære Ven.
+Vi har havt stor Glæde af Din Saga om ”Jørgine”, som vi læste højt om Aftenen. Desværre kunde den ikke strække til uden til to Aftener. Marie anskaffede derefter Jakob Knudsens ”Jyder” og den tjente da til ydermere at understrege hvor menneskelig og smuk Din ”Jørgine” er. Det bliver alligevel Dig der skriver Bogen og [”og” overstreget] om Danskeren i vor Tid, selv om Du gør det, ikke i en Roman, men i samme Format som H.C. Andersens [et overstreget, ulæseligt ord] ”Eventyr og Historier”. Jeg er fornærmet paa Tom Kristensens Anmeldelse af Din Digtsamling. Hvorfor behandler Kritiken aldrig et Digt (eller en Fortælling) som et afsluttet Kunstværk - ? Hvorfor skal man al Tid plages med Kritikernes mageløse Belæsthed?
+Altsaa Tak for Bogen fra os begge.
+Ellers alt vel. Arbejde, Humør og Fordøjelse er i Orden. Vejret er – ug. Jeg er gode Venner med Vejret hvordan det saa er.
+Det der trykker mig mest for Tiden er Nolles haarde Skæbne. Nu har Sygdommen imidlertid taget en Vending, om til det værre eller bedre vil Tiden vise. Hun har været paa Operationsbordet og er blevet skaaret i højre Side, (Hun var allerede skaaret i venstre) der er blevet sat Dræn ind i Saaret. Det glædelige er imidlertid at, Fenger-Just nu har konstateret at der ikke er Tuberkler i Knoglerne, som han frygtede for, og han har, siger han, for første Gang i den Tid han har havt hende, fattet Haab om hendes fuldstændige Helbredelse, selv om det muligvis vil tage lang Tid.
+Til Slut de hjerteligste Hilsener til Jer begge to fra Eders hengivne Marie og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1927-12-22</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Christoffer Columbus
+Emmerik Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Ordene om at tiden sætter sine spor for siden at udslette dem refererer muligvis til, at Fritz Syberg mistede sin datter, Clara/Nolle, i oktober 1927. Samme år døde Johannes Larsens kone, Alhed, og fynbomaleren Peter Hansen. 
+Johannes V. Jensens "Bræen" er en del af romanserien "Den Lange Rejse", og den udkom 1908. "Norne-Gæst" fra samme serie kom 1919, og "Christofer Columbus" fra serien 1921. 
+Gæst er i romanserien søn af en stenalderstammes kvindelige overhoved, Gro. Han stikker sammen med vennen, Pil, af fra stammen.
+Nornegæst optræder oprindeligt i det islandske håndskrift Olav Tryggvasons Saga fra slutningen af 1300tallet. Ved fødslen spår tre norner ham til at få et lykkeligt liv, men en af dem siger, at han vil dø, når det lys, der er tændt ved hans vugge, brænder ned.</t>
+  </si>
+  <si>
+    <t>Syberg ønsker god jul. Tiden sætter sine spor for derefter at udslette dem.
+På Pilegården har man i efteråret læst Den Lange rejse. Hidtil har Syberg været mest glad for Bræen, men nu tager Norne-Gæst nok dens plads.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4WOO</t>
+  </si>
+  <si>
+    <t>Pilegaarden 22-12-27
+Kære Joh. V. og Else.
+Hermed de bedste Ønsker for det nye Aar. Alt gaar her ved det gamle, Tiden sætter sine Spor, for bag efter at udslette dem, - saadan kan det undertiden synes.
+Vi har i dette Efteraar læst Din ”Den lange Rejse” og er naaet til ”Christoffer Columbus” som maa vente til efter Jul. Jeg havde hidtil troet at ”Bræen” var den af [”af” overstreget] jeg holdt mest af især for det lille Slutningskapitel der hedder Lærken, men nu ved jeg ikke om Norne Gæst ikke er ved at tage dens Plads, Gæst og Pil i Skoven, Gæst og Skur, Gæst paa Middelhavsøerne Gæsts Slutningskvad, hvor er det dog et smukt Digterværk
+Ja kære Venner, saa Glædelig Jul til Jer og hele Familien fra
+Eders hengivne
+Marie og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1927-12-24</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter og Elise Hansen ønsker godt nytår og sender nytårshilsner fra Rom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pMUu</t>
+  </si>
+  <si>
+    <t>Via Sediari 24. Rom d 24/12 27.
+Kære Holger M.R. og Fru Gerda
+Nu sidder vi lunt i Rom ved Hjælp af en Petroleumskakkelovn der krasser mig i Halsen, saa jeg er evig forkølet. Men naar det blæser en varm Scirocco saa töer jeg op, mens min Kone faar gigt i Nakken. Ikke desto mindre er her dejligt, man føler sig som Hertug imellem alle disse Paladser, der kun er Facader. Vi sender Dem begge og Kirsten, som forhaabentlig klarer sig godt i Kulden der hjemme, mange venlige Hilsner og Ønsket om en godt Nyaar. Deres
+Peter og Elise Hansen</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
+  </si>
+  <si>
+    <t>1928-02-05</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Nice</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Vagn Jacobsen
+Xenia Jacobsen
+Else Jensen
+Johannes V. Jensen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas/Puf Larsen rejste i 1928 sammen med Else og Johannes V. Jensen med krydstogtskibet Stella Polaris til Sydeuropa. 
+De to breve har formodentlig ligget i samme kuvert. Kuverten findes ikke mere. 
+En Bass Stout er en stærk, engelsk porter.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Brev fra Andreas Larsen til Johan Larsen:
+Johannes Larsen og Andreas Larsen har spist frokost i Monaco og taget bussen til Nice, hvor de nu sidder på en bar. Peter Hansen har skrevet, at når de kommer til Middelhavet, ligger Rom "ligefor, maaske lidt til højre". Johannes V. Jensen er rejst til Berlin for at hente Else og penge. 
+Brev fra Johannes Larsen til Johan Larsen: 
+Johannes Larsen drikker dry Martini, mens Andreas får en øl med oliven, smørrebrød og bagt kartoffel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1CD1</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+M.Y. ”Stella Polaris” [”Stella Polaris” overstreget] …….192
+[Håndskrevet:]
+I Nice Søndag 5/2 … 8
+[Håndskrevet:]
+Far og jeg er alene her i Nizza i Eftermiddag. Vi spiste til Frokost [overstregede bogstaver] paa Bryggerens Hotel idag i Monaco, (vi selv bor paa et andet og mindre dyrt) men traf dem ikke (sie waren ausgegangen). Saa tog vi med en Rutebil hertil for at høre efter Post, som Meme vilde sende til et Hotel her; men foreløbig er vi altsaa kun naaet til denne Bar hvor Far nyder dry Martinis og jeg fransk Vermouth og Barens Pal [”Pal” overstreget] Porter. De er ved at pynte Byen til Karnevalsfesterne den 10. ds. – Hvis I vil sende os Brev, saa addresser det til Peter Hansen, Rom. Han har skrevet til Far, at naar vi kom ind i Middelhavet, ”saa ligger Rom ligefor, maaske lidt til højre” og det har vi ”indset Rigtigheden af”, siger Far. Johs.V. er rejst til Berlin
+II 
+[Fortrykt:]
+M.Y.”Stella Polaris”…………192
+[Håndskrevet:]
+for at hente Else og rejse Penge hos sin Forlægger der. Far og jeg are still going strong. Hvor længe vi bliver i Monte Carlo ved jeg ikke, vi er ikke begyndt at spille d?x [over linjen er indsat ”d?x”] endnu – men I skal ikke sende Breve hertil, derfor ingen Adresse.
+Mange Hilsner fra os begge.
+× d er vist det mest passende. 
+Kjære Lysse!
+Som det formodentlig fremgaar af Pufs, se ovenfor! sidder vi her i Nice og nyder en dry Martini, d.v.s. jeg Puf drikker Bass Stout det serveres med en Tallerken Smørrebrød en Underkop med Oliven og en do med bagte Kartofler og koster et Utal af Francs. Det er godt Vejr. Mange Hilsner Din Far.
+Hils de andre!</t>
+  </si>
+  <si>
+    <t>11. feb. 1928</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
+Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
+Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jIOtZjfa</t>
+  </si>
+  <si>
+    <t>12. feb. 1928</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Else Jensen
+Johannes V. Jensen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/pZjw65g0</t>
+  </si>
+  <si>
+    <t>16. feb. 1928</t>
+  </si>
+  <si>
+    <t>Hartvig Frisch
+Elise Hansen
+Peter Hansen
+Johannes V. Jensen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/rETfkRhp</t>
+  </si>
+  <si>
+    <t>17. feb. 1928</t>
+  </si>
+  <si>
+    <t>Anders Botved
+Hartvig Frisch
+Ellen Hørup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/B0CjgTjw</t>
+  </si>
+  <si>
+    <t>18. feb. 1928</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Ellen Hørup
+Else Jensen
+Johannes V. Jensen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hTjU0m9t</t>
+  </si>
+  <si>
+    <t>19. feb. 1928</t>
+  </si>
+  <si>
+    <t>Ellen Hørup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZzXmhCIy</t>
+  </si>
+  <si>
+    <t>21. feb. 1928</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/85iIficq</t>
+  </si>
+  <si>
+    <t>22. feb. 1928</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GCAZZgQj</t>
+  </si>
+  <si>
+    <t>1928-3</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Agrigento Italien</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Johannes Larsen
+Benito Mussolini</t>
+  </si>
+  <si>
+    <t>Andreas og Johannes Larsen rejste sammen med Else og Johannes V. Jensen i 1928 med et krydstogtskib til blandet andet Madeira og Rom. De mødtes i Rom med Elise og Peter Hansen. 
+Agrigento er en italiensk by nær Siciliens sydkyst. Fra perioden, hvor lokaliteten var under græsk herredømme, findes nogle af antikkens bedst bevarede doriske templer, bygget i lokale kalksten, heriblandt Concordiatemplet. Fra 210 f.v.t. blev byen romersk og fik navnet Agrigentum. Senere blev navnet Grigent eller Girgenti, men i 1927 ændrede italienerne navnet officielt til Agrigento. (Lex.dk).</t>
+  </si>
+  <si>
+    <t>Peter Hansen er i Argigento, hvor han/de skal være i 40 dage. I Rom havde han dejlige dage sammen med Else og Johs. V. Jensen, Johannes og Andreas Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tjga</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Fotosam
+[Fortrykt under tekstfeltet:]
+ROMA - Foro Romano - Casa della Vestali
+4514/36
+[Fortrykt til venstre for tekstfeltet:]
+PROP. RISERVATA
+[Fortrykt til højre for tekstfeltet:]
+Made in Italy
+[Håndskrevet i brevkortets adressefelt:]
+Signorina
+Grethe Hansen
+Enghavevej 40 B.I Villaen
+Copenhagen
+Danimarca.
+[Håndskrevet i tekstfeltet:]
+Agrigente[ulæseligt] 3 28.
+Kære Grethe
+Her har Du Forum med det lille Tempel, hvor Du blev saa fint fotograferet. Vi er nu i Girgenti eller Agrigente som Musolini har døbt den om til. Her er ikke saa rart som i Rom, og her skal vi tilbringe 40 Dage af sit kostbare Liv. I Rom havde vi nogle dejlige Dage sammen med Johs. V. Jensen og Else og Las og Puf. Hils dem, naar Du ser dem. Jeg haaber, at Du og Jens har det godt, og at I maa holde en bedre Fødselsdag, hvortil jeg sender mine bedste Lykønskninger.
+Din Pap[ulæseligt].</t>
+  </si>
+  <si>
+    <t>1928-05-03</t>
+  </si>
+  <si>
+    <t>Gerda Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johan Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Bimse Hansen skriver til Gerda Rasmussen, at Peter Hansen vil blive i Rom, og end ikke den virak, der venter ham kan få ham til at skifte mening. I øvrigt har han det godt og kan gå lange ture, hvad han ellers ikke har kunnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S8fl</t>
+  </si>
+  <si>
+    <t>København 3/5 28
+Kære Fru Holger!
+Tak for Deres Brev, jeg havde morsomt nok samme Aften som jeg fik det talt med Skrive-Svane, der fortalte om Deres og altsaa Staden Faaborgs "skumle" Hensigter med min Far. Desværre kan det ikke blive til noget da Fødselaren er en stædig Mand, der paa det bestemteste nægter at forlade Rom, end ikke den Virak der venter ham kan faa ham til at skifte Mening. Forøvigt har han det ogsaa ualmindeligt godt, taaler at gaa lange Ture, hvad der jo ellers plejer at volde ham Besvær; han har været noget forkølet og af den Grund er hans Arbejde i Rom blevet forsinket, saa han først kommer hjem saa sent, men nu er han atter rask. Det er selvfølgelig en stor Skuffelse for hele Familien ikke alene fordi vi gaar Glip af Festlighederne men ogsaa fordi vi synes at det snart er paa Tiden at se dem igen.
+Hvordan gaar det i Faaborg? Er Deres lille Pige rask? Jeg længes vældig efter at komme derover nu i dette vidunderlige Foraarsvejr og skal forresten i Dag paa en 3 Dages Biltur til Kerteminde og med Johannes Larsen og Lysse Joh.L. til Filsø og skyde en Buk.
+Mange Hilsner til Holger og Dem selv fra Deres hengivne
+Bimse Hansen
+[tilføjet nederst med blyant]:
+(Datter af Maleren P.H.)</t>
+  </si>
+  <si>
+    <t>1928-05-14</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>København
+Enghavevej 40</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen fejrede sin 50-års fødselsdag i Rom. 
+Elise Hansen/Mossers gamle onkel kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kortet er udlånt til Østfyns Museer 2025</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lk8o</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Imprime in Italia
+Produzione Italiana
+Printed in Italy
+[Fortrykt i tekstfeltet:]
+Roma - Dintorna - Via Appia - Tomba di Cecilia - Metello.
+4375-37
+[Fortrykt imellem tekst- og adressefeltet:]
+A. Ferocchi - Milano -Roma 
+[Håndskrevet i brevkortets adressefelt:]
+Hr. stud med Jens Jensen &amp;amp;
+Keramikkeren Grethe Hansen
+Enghavevej 40 B.1 Villaen 1 Sal
+Copenhagen 
+Danimarca.
+[I tekstfeltet:]
+Rom 14/5-28.
+Kære Jens &amp;amp; Grethe
+Tak for Billedet og Lykønskning paa Fødselsdagen. Det er et pænt Billede af jer begge to og den eneste reelle Present jeg modtog sammen med 2 Slips af Mosser og saa Lysse [”og saa Lysse” indsat over liljen] Jeg siger som Mossers gamle Onkel: Hvad bryder jeg mig om alle disse Lykønskninger, naar der ikke følger en Present med. I var ogsaa med til Festmiddagen og dannede Baggrunden for Æresborgeren. Nu kommer vi snart hjem. Jeg kan ikke blive ved at ved at vente paa Solskin. Det har været Graavejr nu i 4 Uger med en enkelt Solskinsdag. 
+Mange kærlige Hilsener Pap.</t>
+  </si>
+  <si>
+    <t>1928-06-05</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson</t>
+  </si>
+  <si>
+    <t>Grethe Ásgeirsson
+Ragnar Ásgeirsson
+Elise Hansen
+Peter Hansen
+Vagn Jacobsen
+Xenia Jacobsen
+Else Jensen
+Johannes V. Jensen
+Jóhannes Kjarval
+Thorvald  Krabbe
+Margrethe Krabbe af Damsgaard
+Thyra Larsen
+Thøger  Larsen
+Jón Stefánsson</t>
+  </si>
+  <si>
+    <t>Den islandske kunstudstilling blev i december 1927 vist på Charlottenborg i København. Man udstillede 243 tegninger og malerier af 12 kunstnere: Ásgrímur Jónsson, Finnur Jónsson (1892–1993), Guðmundur Einarsson af Miðdalur (1895–1963), Guðmundur Thorsteinsson (Muggur), Gunnlaugur Blöndal (1893–1962), Jóhannes S. Kjarval (1885–1972), Jón Stefánsson, Jón Þorleifsson (1891–1961), Júlíana Sveinsdóttir (1889–1966), Kristín Jónsdóttir, Sigurður Guðmundsson (1833–1874) og Þórarinn B. Þorláksson. Efterfølgende fortsatte udstillingen til Tyskland. (Listasavn Islands hjemmeside jan. 2025). 
+Laxdæla Saga er skrevet mellem 1230 og 1260. Den handler om fætrene Kjartan og Bolle, som elskede den samme kvinde (Wikipedia).
+Eyrbyggja Saga handler om beboerne på Øre. Fragmenter af håndskrifter fra det 13. og 14. århundrede er bevaret (Wikipedia). 
+St. Hof i Öræfi er en gård i Sveitarfélagið Hornafjörður i det sydøstlige Island, tæt på Vatnajökull.
+Fljótshlid er en lokalitet på Island nær Múlakot, som var Olafur Tubals hjem. 
+Det vides ikke, hvem Mathias og Kaales var.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har efter Alhed Larsens død været på et krydstogt med skibet Stella Maris. De fulgtes med brygger Jacobsen og hans kone samt Else og Johannes V. Jensen, og de mødtes med Elise og Peter Hansen i Rom. 
+Larsen takker for Kjarvals maleri, som han har fået indrammet. 
+Johannes Larsen så desværre ikke den islandske udstilling i København. 
+Julen har Larsen og sønnerne tilbragt hos Thyra og Thøger Larsen i Lemvig. I foråret kom dette ægtepar til Kerteminde. De tog ud for at høre nattergale, og da der ingen var, aftalte de et nyt træf. Kort efter fik Larsen besked om, at Thøger Larsen var død. 
+Johannes Larsen skal have retrospektiv udstilling på Charlottenborg 1929. 
+De stære, som Ásgeirsson har haft besøg af, var formodentlig færøske stære. 
+Larsen sender et par træsnit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ym4L</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Juni 1928.
+Kære Ragnar Ásgeirsson!
+Det er en Skam, at det har varet saa længe inden jeg har faaet taget mig sammen til at skrive til Dem. Min ældste Søn og jeg var paa en lang Rejse i Foraaret med det norske Motorskib, "Stella Polaris," sammen med Johannes V Jensens og Brygger Jacobsens. Lissabon, Madeira de canariske Øer, Casa blanca, Tanger, Algier, Barcelona og Monaco. Der gik vi i Land og var en halv Snes Dage sammen med Bryggerens mens Johannes V hentede sin Kone i Berlin, saa rejste vi til Rom og var sammen med dem og Peter Hansens som var der nede, i Forvejen. Vi var der en halv Snes Dage og rejste saa over Genua, Marseille til Paris hvor vi blev nogle Dage og saa over Køln til Kjøbenhavn. Da vi kom her hjem fandt jeg deres Brev og det smukke lille Billede af Kjarval som jeg straks fik indrammet og er meget glad ved. Tusind Tak! Desværre saa jeg ikke den islandske Udstilling, det var mig umuligt at komme til Kjøbenhavn paa det
+2.
+Tidspunkt. Jeg læste nogle Anmeldelser og forbausedes over saa lidt Kjarval blev omtalt. Efter det jeg har set af islandsk Malerkunst, vilde jeg tro at han som Kunstner ragede et Hoved over alle de andre. Jeg fyldte 60 Aar mellem Jul og Nytaar og da jeg ikke havde Lyst til at være hjemme i Julen eller til min Fødselsdag, nu min Kone ikke var her mere, rejste jeg med mine 2 Sønner omkring i Jylland og endte i Lemvig hos Thøger Larsen hvor vi havde det hyggeligt nogle Dage, med Bilture omkring i Omegnen i tindrende Sol og haard Frost over tilsneede Landskaber og den islagte Fjord. Thøger Larsen og hans Kone var her for en Tid siden en Uges Tid. Thøger rask og fornøjet og hyggelig. Den sidste Aften det var vist den 15 Maj kørte vi en Tur hen til en lille Skov her i Nærheden hvor det plejer at vrimle med Nattergale. Thøger havde aldrig hørt en Nattergal og vilde gerne opleve det, men det lykkedes desværre ikke. Vi har haft et meget koldt Foraar og det var den Aften særlig koldt. Vi traf Sønnen fra Gaarden som Skoven hører til, og han fortalte at han havde hørt
+3.
+den første Gang samme Morgen og saa kørte vi hjem og aftalte at vi skulde forsøge næste Aar paa et bedre Tidspunkt. Men det skulde altsaa aldrig komme. Forleden da min ældste Søn og jeg havde været paa Pintsebesøg paa en Herregaard i Nordvestsjælland, kom der Telegram samme Aften vi kom hjem at Thøger Larsen var død. Vi var i Forgaars oppe til hans Begravelse, kørte herfra om Mrg. og kom hjem om Aftenen ved 12 Tiden, en lang Køretur 210-15 km, 2 Gange paa en Dag. Da vi var der i Vinter talte Thøger om at vi absolut maatte komme og se Lemvig ved Sommertid, den Gang tænkte vi ikke det skulde ske saa snart og i den Anledning. Jeg har mistet mange af mine gode Venner i de senere Aar. Verden bliver fattigere, især savner jeg min Kone mange Gange hver Dag. Thøger Larsen og jeg talte en hel Del om Sagaerne, da han var her forleden, ogsaa om Muligheden af at komme til Island sammen til næste Aar. Han har oversat Laxdæla og Eyrbyggja, elle hvordan det nu staves, og havde været til Møde i Selskabet for Udgivelsen af de nye Sagaoversættelser. Jeg 
+4.
+ikke komme i Aar. Da jeg har lejet Charlottenborgudstillingen til en stor retrospektiv Udstilling til Februar 1929. Jeg faar derfor meget at gøre inden den Tid. Jeg har ogsaa haft Brev fra Olafur Tubals og fik skrevet et Par Ord til ham forleden og bad ham bl.a. hilse Naboerne i Fljotshlid, men jeg kunde ønske at sende en officiel Hilsen til Familien paa St. Hof, et af de Steder, hvor jeg befandt mig bedst, og ofte tænker paa. Skulde De komme i Berøring med dem vil jeg bede Dem overbringe dem min Hilsen.
+Det var morsomt med de Stære der besøgte Dem i Vinter, jeg tænkte paa at foreslaa Dem at sætte nogle Kasser op til dem, saa de maaske kunde fristes til at slaa sig ned for stedse. Det har vel nok været færøiske Stære. Den færøiske Stær er en Race for sig den trækker ikke bort men opholder sig paa Øerne hele Vinteren. Her trækker de fleste Stære bort, men især i de senere Aar ses her af og til Stære som overvintrer. Jeg kan ogsaa tænke mig at De har haft megen Fornøjelse af Rødkælkene, de kommer her 
+5.
+undertiden ind i Drivhusene om Vinteren og kan blive meget tamme naar man fodrer dem. Kommer De og Deres Kone ikke en Gang til Danmark. De skal være meget velkomne her. Mange venlige Hilsner til Dem alle fra Deres hengivne
+Johannes Larsen
+P.S.
+Vil De hilse Krabbes, Stefánssons, Mathias [ulæseligt], Fontenays, Kaales og andre som var venlige mod mig under mit Ophold i Reykjavik
+JL.
+P.P.S.
+Jeg vedlægger et Par smaa Træsnit, de hører til St.St. Blichers "Trækfuglene" som jeg en Gang illustrerede med Træsnit til Radeerforeningen
+JL.</t>
+  </si>
+  <si>
+    <t>Sommer 1929</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Elena Larsen
+Johannes Larsen
+Peter Larsen</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsens tomatdrivhus var opvarmet. Varmeanlægget gav i 1932 en del problemer. 
+Det vides ikke, hvem Tykke og Dul var. 
+Køberne af Johannes Larsens store billede fra Romsø kendes ikke.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Johannes Larsen kan ikke komme på besøg hos Elena og Johan/Lysse lige nu. Andreas er ved at få opført et tomatdrivhus, og Johannes Larsen får købere af et stort billede på besøg samt også andre gæster. 
+Andreas spørger, om han må låne 400 kr. 
+Johannes Larsen nyder at være på Romsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lc4Z</t>
+  </si>
+  <si>
+    <t>Vend!
+Vend!
+Vend!
+Kære Lysse!
+Vi kommer desværre ikke over til dig denne Søndag heller. Der er meget i Vejen, nu skal du høre: For det første: hvad der optager mig den ganske Dag, og ligger mig paa Sinde om Natten: jeg er ved at faa bygget et Tomathus. Fabrikanten som byggede Drivhusene 1918 har lavet det, og han kommer og stiller det op Fredag eller Lørdag og saa kan jeg jo ikke tage herfra om Søndagen, da jeg ikke ved hvordan han vil indrette sig. For det andet venter Far i denne Uge de Mennesker som har bestilt det store Billede fra Romsø og for det 3die og 4de venter vi G[ulæseligt ord], Tykke og muligvis Dul hertil Lørdag og muligvis Magisterens Lørdag eller Søndag, saa du kan se der er nok at gøre! Men som vi har tænkt os at gøre Turen frem og tilbage paa en Dag, kan det jo være en hvilkensomhelst Søndag ellers. maaske den næste, hvis vi er færdige med at lægge Glas i Drivhuset til den Tid. Du skrev ["Du skrev" overstreget] da du skrev sidst, havde din Vigtighed bredt sig til, foruden din Søn, ogsaa at omfatte din Bankbog. Du kan vel ikke tænke dig at laane mig 400 Kr til November altsaa fra nu - November? S. u. s. (Svar udb. snarest) Far har det aabenbart godt paa Romsø, jeg taler med ham i Telefonen næsten hver Dag. -
+Nu fik jeg Brev fra din Kone, hun skriver, at det vilde passe bedre om vi kommer næste Søndag istedet, saa vil vi blive modtaget paa Jeres "Landsted". Det lyder lovende og passer altsaa ogsaa os godt.
+Mange Hilsner
+Puf.</t>
+  </si>
+  <si>
+    <t>1929-04-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Julius Hviid
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede på Henne Kirkeby Kro under sine jagt- og maleophold ved Fiilsø.
+Ellen, f. Lehn Schiøler, og Christian Treschow boede på Orelund. 
+Det vides ikke, hvem Th var. 
+Thomsen var formodentlig en butiksindehaver i Kerteminde. Primrose tobak var fra C.W. Obel i Ålborg.
+Det er formodentlig verandaen på skovgården Båxhult i Småland, som er på banen i brevet. At Andreas/Puf har tilføjet en kommentar på brevet tyder på, at han har videresendt dette til sin bror, Johan/Lysse, på Båxhult.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde overset Vincents brev. Han er inviteret til Orelund i pinsen. 
+Der er koldt i Kirkeby. Larsen maler to små billeder hver dag. Når Thomsen har solgt sin butik, har han vel ikke haft tid til at sende tobak til Larsen, som er nødt til at ryge Brugsens. Puf må sende noget. 
+Lysse bør opsætte verandaprojektet, til Andreas og Johannes Larsen kommer "derop" og ser på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8uu</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 16 April 1929.
+Kære Puf!
+Vincents Brev var godt nok i Konvoluten men da det er tyndt og har samme Farve, havde jeg overset det i første Omgang. Indlagt er Invitation til Orelund i Pintsen, som jeg har sagt Tak til, og haaber det passer Dig ogsaa. Til den Tid skulde jeg jo gerne være godt i Gang paa Romsø, men da der naturligvis ikke er til at være for Folk i Pintsen er det jo rart at komme derfra. Klip bare Hækken ned. Her er Th’s Brev saa vidt jeg kan se er det hans Mening at jeg skal læse det for Bøttern og Dr Hviid, men saa kan Du jo ligesaa godt laane dem det hvis Du synes. Her er ogsaa Solskin og Frost, men med Undtagelse af i Søndags da det var mildt og ret stille, har her blæst temmeligt forbandet hver Dag, saa jeg gaar omkring hvor der er Læ og maler smaa Billeder. Naa Thomsen har solgt, ja saa er det vel derfor at han ikke har haft Tid til at sende mig Tobak, kan Du ikke faa sendt mig noget, jeg er nu begyndt at ryge Brugsens her. Den hedder Prim Rose. Kan Du ikke skrive til Lysse om Verandaen. X Naar Du mener at Taget skal paa igen synes jeg egentlig der var mer Mening i at opsætte Foretagendet til vi kommer der op sammen Ja nu faar Du ikke mere denne Gang, der er en Del at svare paa og jeg skal jo ogsaa passe Maleriet, jeg holder paa at jeg maa male mindst 2 Billeder om Dagen, naar de er smaa. Mange Hilsner
+Din Far.
+X Jeg mener at det er rart at kunde se begge Dele, saa kan vi bedre bestemme os.
+Puf.</t>
+  </si>
+  <si>
+    <t>1929-06-03</t>
+  </si>
+  <si>
+    <t>Olav Vang Lauridsen</t>
+  </si>
+  <si>
+    <t>Vejen</t>
+  </si>
+  <si>
+    <t>Vejen
+Romsø</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Olav Vang Lauridsen</t>
+  </si>
+  <si>
+    <t>Margarinefabrikant Vang Lauridsen og hans hustru har to Larsen malerier i udvalg, men da de ikke kan blive enige om, hvilken de begge kan lide, spørger de, om Larsen i stedet har et maleri fra Romsø, som de lettere kan blive enige om?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0bsg</t>
+  </si>
+  <si>
+    <t>Fortrykt: 
+O. Vang Lauridsen Vejen, den .......... 192
+Cand. Polyt., Fabriksingeniør
+-------------
+Telefon Nr. 74
+Herefter i maskinskrift:
+3. Juni 9
+Herr Kunstmaler Johannes Larsen,
+Kerteminde.
+--------------------
+Vi ser hver Dag paa de 2 Billeder, men har Vanskelighed ved at
+komme til Enighed. - jeg synes bedst om det Billede med Gæssene paa, og
+min Kone synes bedst om det med Svanerne paa.- 
+Kan De ikke afgøre Sagen ved at sige, hvilket Billede der er
+bedst?
+De har vel ikke et Billede fra Romsø, hvor De nu maler, som vi
+eventuelt lettere kunde blive enige om, i Stedet for.
+Med Højagtelse [i håndskrift: og venlig Hilsen
+O. Vang Lauridsen]</t>
+  </si>
+  <si>
+    <t>1929-06-18</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+lille Larsen
+Bendt Rom
+Jørgen Schou
+Nalle Schou
+Fritz Syberg
+- Thygesen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere med navnet Thygesen.
+Romsø er en 1 km2 stor ø i Storebælt nordøst for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på tur til Romsø. Mærkeligt med den spætte, som sønnen har.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OqhH</t>
+  </si>
+  <si>
+    <t>Romsø 18 Juni 1929.
+Kære Lysse!
+Tak for Brevet som jeg fik i Gaar af Puf der var her ovre med et større Selskab. Buf Nalle Grethe Lille Marie Syberg og Bent Rom og Frue. Frokost ved Jagtpavillonen og Øen rundt; Kun et Par Ord da Thygesen i Dag sejler med det samme og sidder her og venter. Det var mærkeligt med den Spætte, du har; vel ikke Rede længere inde i Hullet? Mange Hilsner
+Din hengivne 
+JL.</t>
+  </si>
+  <si>
+    <t>1929-06-19</t>
+  </si>
+  <si>
+    <t>Vesterbrogade 5, 1602 København V.
+Romsø</t>
+  </si>
+  <si>
+    <t>DDL blev grundlagt i 1918 og indgik i 1946 som den danske del af et nordisk konsortium, hvorved SAS blev dannet.</t>
+  </si>
+  <si>
+    <t>Det Danske Luftfartselskab ønsker at få Johannes Larsen til at male en plakat med et dansk motiv til brug i reklameøjemed. Afsenderen takker for en dejlig dag på Romsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kOta</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+DDL 
+Det Danske Luftfartsselskab A/S Member of the International Air Traffic Association Hovedkontor: Statens Lufthavn, Kastrup - Telefon: Kastrup 440 -------------------------------------------------------------- Generalrepræsentanter for: Vesterbrogade 5, København V. ....................
+A.-B. Aerotransport. Passage- &amp;amp; Propagandaafd.
+Det Kgl. Hollandske Luftfartselskab Telefoner: Central 904, 88 00 &amp;amp; 38 48 Deutsche Lufthansa A.-G. Telegr.-Adr.: " 
+[Herefter med håndskrift:] 19.6.29.
+Kære Herr Johannes Larsen Hermed sender jeg Dem et Eksemplar af Nygaards Brochure som jeg omtalte for Dem sidst; - synes De ikke den er morsom, og smuk.
+Jeg har haft megen Glæde af den lille Tryksag, som i 20.000 Exemplarer nu gaar over hele Europa , og De vil forstaa at jeg herefter særlig gerne vil forfølge Heldet med en rigtig "dansk" og smuk plakat. Send mig blot et Par Ord naar De er klar til at tage Studier - over Marken. - jeg har spurgt Deres Søn om han ikke ogsaa gerne vil med paa en Tur.
+- Baade min Kone og jeg takker for den dejlige Dag paa Romsø, det var et helt Eventyr for os som vi sent vil glemme.
+Med mange venlige Hilsner fra os begge forbliver jeg Deres B[ulæselig] 
+P.S. Jeg har skrevet til Deres Søn om en lille Akvarel som der var paa Udstillingen,- om den findes endnu.</t>
+  </si>
+  <si>
+    <t>1932-2</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Johanne Giersing
+Sven Havsteen-Mikkelsen
+Jens Villads Valdemar Hermansen
+Thomas Jensen
+Adolph Larsen
+Elena Larsen
+Jens Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Bendt Rom
+Kirsten Rom
+Jørgen Schou
+Marie Schou
+Leo Swane
+Fritz Syberg
+Lars Syberg
+Odette Syberg
+Mark Twain</t>
+  </si>
+  <si>
+    <t>På Kærbyhus boede Johanne og Adolph/Beser Larsen. Sybergfamilien boede på Pilegården. 
+Det vides ikke, hvem frk. Jørgensen var. 
+Hermansens system er et meldesystem i bridge publiceret af oberstløjtmant Hermansen under titlen "Lynsystemet" i 1931, 2 udgave i 1933. Det var ikke ret fleksibelt og bruges ikke længere.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen har sendt Vilhelm/Klaks Larsens saddel og seletøj til Johan/Lysse Larsen. 
+Lørdag kommer Fritz Syberg/Baronen med familie på besøg for i radioen at høre en koncert med Thomas Jensen, som er Johanne/Besse Syberg/Giersings mand. Besse har stået model for sin far en tid. Andreas har været på besøg på Pilegården og spillet bridge.
+Kirsten og Bendt Rom har været hos Larsen nogle dage, og man har haft gode middage, overværet Bendt Roms lysbilledforedrag, hørt musik og i det hele taget holdt fest. De følgende dage kommer Bøtterns på besøg, og Andreas skal til Kærbyhus og spille bridge.
+Andreas og Johannes Larsen har været til boksekamp, og Andreas har været på køreture.
+Mark Twain-bogen bliver sendt til Elena/Bimse, når Johannes Larsen har læst den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v5EC</t>
+  </si>
+  <si>
+    <t>Kære Lysse, Tillykke. 
+Som du ser af medfølgende Fragtbrevsduplikat har vi sendt en Sæk Seletøj (d.v.s. Klakses Saddel og Trense) til dig. Nu haaber jeg det maa Båxhult hurtigere og med mindre Besvær for dig end det islandske Ridetøj. Fragtbrevsduplikatet kan maaske gøre Nytte, som Bevis. De to Læderlapper, som dækker det øverste af Stigbøjleremmene gør du vel i at smøre med Tran paa Undersiden, saa vil de hurtigt blive bløde, saa de ikke gnaver Jeres Ben under Ridningen. Paa Lørdag Aften kommer Baronens herop forat høre en Koncert som Thomas Jensen, Besses Mand, skal
+2.)
+udsende i Radioen, vi vil saa fejre din Fødselsdag med Chokoladedrikning. Besse har været paa Pilegaarden nogen Tid forat staa Model for Baronen, jeg har saa været dernede et Par Gange til Bridge, Kontraktbr. efter Hermansen. (Ofdette, Sakker, Besse og undertegnede). Kirsten Rom har været her nogle Dage, mens Bendt Rom var paa Foredragsrejse i Jylland. Da han kom tilbage holdt han x) Lysbilledforedrag for os ovre i Værkstedet efter et vellykket Aftensbord: Baronen, Marie, Besse, Odette, Sakker, Kirsten og Bendt Rom og Mikkelsen, som kom uventet fra Korsør, 
+3.
+hvor han bor nu. Efter Lysbillederne spillede vi paa Grammofon og drak Øl m.m. ovre i Mors Stue; hele Huset var pyntet med Blomster af Kirsten Rom og der var Ild i Kaminen. Festen sluttede med at Far uddelte til Damerne af de Callaplanter, som stod i Trappestuen.
+Samme Dag bryggede vi, saa vi havde nok at gøre.
+Imorgen skal vi have Bøtterns til Muslinger og i Overmorgen skal Frk Sørensen og jeg til Bridge i Kærbyhus, Baser er begyndt at spille Bridge. (Vi skal over at indføre Hermansen). Naar du saa hører at Far ikke 
+4)
+havde tid ["tid" overstreget] Tid til at tage til England med Skriveswane, fordi vi skulde til Boksekamp i Kæmpehallen, og at vi har været til Middag i Faaborg og en Tur til Svanninge forleden og at jeg har været paa Ford-tur (!!!!) til Korsør-Roskilde ["Korsør-" indsat over linjen] med Buf og at dette kun er hvad jeg tilfældigvis husker i Øjeblikket, saa kan du forstaa at vi har det livligt for Tiden. - Du kan sige til Bimse at jeg har faaet den Mark Twain til hende, men Far vil læse den først, og M.T. skriver i Forordet, at kun en Idiot vil give sig til at læse saadan en Samling Smaahistorier paa 
+5.
+een Gang, man skal læse en en Gang imellem, hvis man vil kunne more sig over dem og da Far er en klog og forsigtig Mand, kan det vist vare længe endnu. Vi har en Ederfugl, men den har Far vel skrevet om, det sorterer jo nærmest under Ornithologien. - Den Grammofon jeg omtalte før, er vores gamle fra 1912, men der er kommet nyt Værk i den og en ny Lyddaase og nu samler vi paa Plads.
+Naa nu vil jeg ønske dig en god Fødselsdag.
+Hilsner til Jer alle 4 fra Puf.
+Tak for sidst. 
+[Indsat øverst s. 2:] x) Luftrejse: København - Holland - hollandsk Indien, Bali.</t>
+  </si>
+  <si>
+    <t>1933-06-30</t>
+  </si>
+  <si>
+    <t>Franz Syberg
+Gudrun Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Kronikken er Johannes V. Jensen: "Fynsrejsen". Den blev trykt i Politiken 30. juni 1933. . 
+Den omtalte kvinde hed Gudrun Rasmussen. Efter at have arbejdet som model, chauffør og husassistent hos Fritz Syberg, blev hun gift med sønnen, Franz. 
+Jensen-familien havde et fritidshus i Tibirke.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikken. Han vil snart komme på besøg. 
+Odensebillederne har voldt problemer, da Syberg har manglet en model til moderen. Nu har han hyret en af Franz/Trylles skolekammerater, som uden at være direkte smuk har det rigtige udseende. Den unge kvinde kan stå model frem til sensommeren, hvor hun skal til Rom for at arbejde. Syberg kan først komme til at arbejde på Tibirke-billederne om et år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7VPw</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+30 – 6 – 33
+Kære Johannes V. og Else.
+Tak for Kroniken om Fyn, den faar Hjertet til at hoppe i Livet paa En. Ganske vist tør jeg ikke helt kalde mig Fynbo, men jeg føler intet Savn derved, jeg elsker Fyn og attraar intet der ud over. Jeg kommer en eller anden Dag og besøger Jer, faar Rille til at køre mig i Bilen en Sjællandstur. Desværre maa jeg betro Jer følgende: Odensebillederne tynger en Del paa mig, jeg har ikke kunnet føre dem igennem fordi jeg har manglet en Model til Moderskikkelsen. I Fjor søgte jeg at forsere [forcere] dem frem uden Model, men det førte kun til at [jeg] sled i dem i ca 9 Maaneder i Træk uden at faa noget ud af det udover maaske det rent landskabelige. Nu er der hændt mig dette at jeg for ca 14 Dage siden traf sammen med en ung (eller yngre) Dame en Skolekammerat af Trylle altsaa ca 29 Aar, som har næsten alle Betingelser for Moderskikkelsen. Bl.a. det at hun har langt (mørkebrunt) Haar. Endvidere er hun uden at være hvad man kalder smuk i Besiddelse af saa mange Skønhedstræk der taaler en indgaaende Undersøgelse saa jeg er blevet mere og mere glad ved at male efter hende. Smukke graa Øjne i stort formede Øjenhuler og [et overstreget tegn] sjælden smukt formede Læber. Hun er noget alvorlig, beskeden og uberørt ha [”ha” overstreget] hvad alt sammen er i Favør af mit Arbejde Jeg kan faa hende som Model fr [”fr” overstreget] indtil Slutningen af August da hun skal overtage en Plads (Husassistent) hos en dansk Familie der er bosat i Rom. Hun vil gærne nogle Dage en Tur til Sønderjylland og besøge noget Familie og i den Tid vil jeg foretage min Sjællandstur. Det trækker altsaa højst sandsynlig ud et Aar endnu inden jeg kan tage mine Tibirkebilleder op igen. Jeg haaber I har det godt.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1934-03-25</t>
   </si>
   <si>
     <t>Kirkeby</t>
   </si>
   <si>
     <t>Grethe Bichel
 Peter Bichel
 - Birch, Kirkeby
 Else Birgitte Brønsted
 Andreas Larsen
 Elena Larsen
 Peter Andreas Larsen
 Ólafur Tubals
 Julius Wedell</t>
   </si>
   <si>
     <t>Salswedell er formodentlig Larsens kælenavn til Julius Wedell, som ejede Wedellsborg.
 Hareren: En jagthund skal, når den får færten af en hare, lære at lægge sig ned og ikke løbe efter haren. 
 Remma og Strömhult er nabogårde til Höljeryd i Småland, hvor Johan og Elena Larsen med deres børn boede.</t>
   </si>
   <si>
     <t>Johannes Larsen bliver hentet tirsdag eller onsdag, for han skal være hjemme, til Tubals kommer i påsken. Han træner med hunden Scott, som tegner til at blive en virkelig god jagthund. Larsen har kun måttet straffe hunden en enkelt gang. Han spørger, hvordan det går med fuglejagten i Småland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0wqH</t>
   </si>
   <si>
     <t>Kirkeby 25 Marts 1934.
 Kære Lysse!
 Tak for Brevet, ja det har jeg vist for Resten takket for. Jeg har været heroppe siden d. 16 og Puf kommer og henter mig Tirsdag eller Onsdag saa jeg kan være hjemme til Paaske da vi blandt andre faar Besøg af Tubals der har meldt sin Ankomst. Desuden kommer Mudi og eventuelt Peter og Grethe som Puf har inviteret men som ikke til Dato har ladet høre fra sig. Jeg har ikke bestilt andet her end gaa omkring med Scott, der tegner til at blive en fremragende Brugshund. Han søger flot og vender paa Fløjt og har en fænomenal Næse. Den første Dag var jeg ude med ham sammen med Birch og hans gamle Korthaar og da løb han lige ind i Hønsene, men da jeg næste Dag var ude med ham alene stod han fast for et Par Høns og Dagen efterfulgte han Færten af et Par Høns over en Græsmark og en Rugmark og stod fast for dem da de havde trykket sig i noget langt Græs ved en Grøft. Jeg gik saa videre med ham i den Retning de var fløjet, ned mod Vadestedet noget efter trak han om og stod igen, gik han stiv og rolig ca 100 Al lige op i Vinden og stod fast, jeg troede naturligvis det var Hønsene igen og gik frem foran ham for at rejse dem, da der til min Forbavselse sprang en Hare ca 50 Al foran ham, og der var absolut ingen Ting i mellem. Han staar nu for baade Agerhøns Urhøns Fasaner Bekkasiner og Harer, men de sidste er han tilbøjelig til at følge et Stykke paa Vej. I Gaar fik han Klø for det et Par Gange. Naa det ordner sig nok, Salswedell har lovet at gøre ham Hareren og det er jo nemt gjort, et Sted hvor der vrimler med Harer som paa Wedellsborg. Hvordan gaar det med Fågeljakten paa Romma og Strømhult? Du maa endelig se at faa det i Orden selv om det maaske skal koste lidt mere end de 30 Kr. Mange Hilsner til Jer alle 3
 Din Far.</t>
   </si>
   <si>
-    <t>efterår 1894</t>
-[...46 lines deleted...]
-Alhed Larsen
+    <t>1934-06-04</t>
+  </si>
+  <si>
+    <t>København
+Blegdamsvej 19</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Gunnar Helweg-Larsen
+Hatla Helweg-Larsen
+Else Jensen
+Johannes V. Jensen
+Marie Larsen
+Albert Naur
+Bendt Rom
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Brønsted og Charlotte Louise, f. Warberg, samt deres børn boede i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+Selsø er en herregård på Hornsherred.
+Det vides ikke, hvem Kristiansen er. Johannes Larsen kendte mange af dette navn. 
+I juni 1934 rejste Johannes Larsen sammen med Johannes V. Jensen og Else Jensen til Amsterdam og England.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen besøger en masse mennesker i København. Han skal med lufthavnsbussen til Kastrup og mødes med Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qsdl</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19. 4 juni 1934.
+Kære Puf!
+Jeg kom godt her ind i Gaar. Mag. havde været paa Fugleexkursion ved Selsø; men kom hjem til Middag. Jeg var ude hos Joh V´s om Aftnen. I Formiddags var jeg i Byen og rende Ærinder og endte hos Bendt Rom som laante mig en lettere Kuffert til Turen. Derfra tog jeg til Gunner og Hadla og spiste Frokost og saa til Uglen og Marie og derfra her hjem. Hvor jeg rekvirerede 6 pale Ale og 6 Strong do og sendte Bud efter Kristiansen som nu kom ind ad Døren. Jeg skal møde i Meldahlsgade 5. Kl. 8.10 og køre med Luftfartens Bus til Kastrup hvor jeg træffer Johs og Else som Naur kører derud. Mudi staar og venter paa dette. Mange Hilsen til Jer. begge
+Din Far.</t>
+  </si>
+  <si>
+    <t>Sensommer 1935</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Dot -
+Christian  Ernlund
+Jens Peter Jensen
+Elena Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Didrik Overgaard Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane og Marie Larsens nye hus i Birkerød stod færdigbygget i 1935. 
+Odinstrnet blev opført på Bolbro Bakke i Odense 1935. Det blev sprængt i luften i 1944. 
+Harald Jensen, der blev født i 1837, var kunstmaler og brændevinsbrænder, og i 1863 udviklede han den akvavit, som stadig (2025) bærer hans navn.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen ved endnu ikke, hvornår Johannes Larsen kommer til Båxhult for at gå på jagt. Johannes Larsen vil ikke tage stilling til, hvilken pige eller kvinde der tager med for at stå for husholdningen, men Andreas foreslår enten Dot eller Marie/Ia Larsen. Dot vil forinden øve sig i at stege vildt.
+Peter Larsen har været på Lindøgaard et par dage. Derefter var han med på en tur til Odinstårnet samt på restaurant og få omelet. Peter spiser sig ikke mæt ved aftensmåltidet, så nu har Andreas Larsen sagt, at han skal blive siddende, til alle er færdige.
+Johannes Larsen har haft Peter med på en tur til Romsø, hvor Larsen skulle tegne et egetræ. De spiste frokost hos fyrmesteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7nsT</t>
+  </si>
+  <si>
+    <t>Onsdag
+Kære Bimse og Lysse.
+Tak for Jeres Brev forleden, det var rart beroligende. Om Fars Besøg ved jeg endnu ikke noget nærmere; han maler sikkert det Billede færdigt, som han nu har malet ca 1/3 snart Halvdelen af. ["ca 1/3" overstreget; "snart Halvdelen" indsat efter linjen med en streg hen til foran ordet "af"]
+Jeg spurge ham imorges om han havde tænkt nærmere over en Pige, som han kunde faa med derop, men jeg fik i en afgørende Tone at vide, at det kunde han ikke beskæftige sig med nu. Hvis han først vil tænke over Sagen naar han skal skynde sig afsted, kan det jo let være forsent, derfor vil jeg gerne have Jer til at meddele mig snarest om Bimse bliver deroppe under Jagten eller hun rejser inden den. Hvis Bimse er hjemme og kan lave Maden, kan I faa Dot med derop som Skruppepige. Hun er meget opsat paa at komme med og taler endogsaa om at lære at stege Vildt i Kerteminde (Hun vil øve sig paa vores mange Haner) men det har jeg nu sat mig imod, Vildtet skal behandles ordentligt!
+Hvis Bimse ikke er hjemme maa vi jo se at faa Ia med derop, synes jeg. Hun vil jo altid meget gerne til Båxhult, men det kommer jo an paa om hun kan nu de nylig er flyttet ind i deres nye Hus. Hvis Far er klar til at rejse om ca 8 Dage, er der jo ikke for meget Tid, saa lad mig vide hvordan I stiller Jer til disse Forslag eller om I selv har andre. - Peter har været paa Lindøgaard i 2 Dage sidste Uge ["sidste Uge" indsat over linjen], men da han skulde sættes af ved Munkebo Kro i Forgaars, vilde han hellere med til Odense, saa han maa jo ikke være saa utilfreds med os mere. Han var saa i Odinstaarnet, hvad der ikke syntes at more ham særligt, senere fik han Omelet i Bryggergaarden, men da han fik den erklærede han, at han ikke spiste Nymælspandekager! Saa det var tilsyneladende ikke nogen vellykket Udflugt for ham. heldigvis befinder han sig helt godt i Kerteminde, saa godt, at han [et overstreget bogstav] i nogle Dage
+2)
+ikke havde Tid til at spise sig mæt, men da det jo førte til at han skulde ind og have Mad naar han skulde i Seng (jeg kender jo kun Aftensmaaltiderne) saa har jeg nu sagt at han skal blive siddende til vi andre er færdige. Det gør han jo ikke uden Protest, men han faar vel saa Vane til at spise, saa han igen kan faa Lov at gaa lidt før. -
+I Søndags var han med Far paa Romsø. Far skulde tegne et Egetræ til Billedet. Fyrmesterens skulde netop rejse til Svaneke, saa de fik sig en bedre Frokost med Harald Jensen af Æggebægre. Iaften har Far inviteret Ernlund og Elses Far til Torsk i Kerteminde. 
+Peter fik Bimses Brev iaftes, skal se at faa skrevet.
+Skrevet udi gamle Odenses
+Raadhus
+med Hilsen fra Ernlund,
+Far og Puf.</t>
+  </si>
+  <si>
+    <t>1935-01-31</t>
+  </si>
+  <si>
+    <t>Drude Jørgensen
 Andreas Larsen
-Christian Mogensen
-[...33 lines deleted...]
-Carlsbad.
+Elena Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Larsen, kunsthandler
+Bendt Rom</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere, der hed Palle, så det kan ikke afgøres, hvem den omtalte var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender penge og håber, at det kan redde kvierne. 
+Salget af et billede er mislykkedes, da køberen ikke har penge til det. I stedet har Larsen solgt til Drude.
+Der er sne og frost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tWkN</t>
+  </si>
+  <si>
+    <t>Kjerteminde 31 Jan. 1935.
+Kære Lysse!
+Tak for Brevene! Det er nu lykkedes mig at tilvejebringe 700 danske Kr. som jeg skal sende Jer naar jeg faar dem. D.v.s. lige i Dag sender jeg 200 Kr. og saa 500 naar jeg faar de 700. Da Duerne befinder sig hos Kunsthandler Larsen i Kjøbenhavn, fik jeg Fasanhannen hjem fra Palle og forsøgte at afsætte dem til Bendt Rom, som var Liebhaver paa de Vilkaar at jeg vilde tage et Billede han har i Bytte og lade han afdrage Resten. Jeg bød ham det før omtalte Billede og 700 Kr contant. Men fik Brev fra ham der gik ud paa, at da hans lille Dreng var kommen paa Børnehospitalet pa Refsnæs og han ikke i Øjeblikket havde 700 Kr kunde han ikke. Jeg solgte det saa i Gaar til Drude for 700 contant og Resten paa Afbetaling i alt 1200 d.v.s. halv Pris. Vi har det godt. I Nat og i Dag har vi faaet en Del Sne fra SØ. i Eftermidg tøer det, men nu klarer det op til Frost fra N.V. Mange Hilsner ogsaa fra Else og Puf og ogsaa til Bimse og Peter. Jeres JL.
+[Skrevet på hovedet øverst på arket:]
+P.S. Jeg haaber Pengene maa komme tidsnok til at redde Kvierne</t>
+  </si>
+  <si>
+    <t>1935-02-08</t>
+  </si>
+  <si>
+    <t>Ib Andersen
+Marie Bregendahl
+Christian Engelstoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Jette Polle
+Helene Sachs
+Gustav Wied
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
+"om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
+Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
+Grete Jensen kan ikke finde ud af, om han er gift.
+Jens Jensen er igen på Frederiksberg Hospital. Han kører nu motorcykel.
+Elisa Hansen har dyrket meget selskabelighed. 
+Elisabeth Neckelmann hænger op på Charlottenborg.
+Elisa sender Peter en brandbil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ARYY</t>
+  </si>
+  <si>
+    <t>Kære Bams.
+Nu kunde det være godt med at faa et Brev fra jer og høre lidt om hvordan det staar til; det kan jo udtrykkes i faa Ord; hvis Travlhed og deraf følgende Søvnighed ikke kan præstere mere, er jeg dermed indforstaaet og glad for det. Jeg vilde jo gærne vide hvordan Kviens Barselaffære forløb; Kaninerne bryder jeg mig ikke om, men det gør Peterm. naturlivis og det bøjer jeg mig for. H[ulæseligt] har jo endnu ikke været paa Båxhult, jeg skrev vel sidst, at Pelsen rimeligvis var taget med Bilen til Kerteminde. Gete kan ikke finde ud af, om han er gift eller hur. Sidst hun ringede til ham, var der en Dame, som sagde, at Fruen kom først hjem Kl 12. Han har vist noget at bestille for Tiden. Jens var her forleden for at hente nogle af sine Sager. Ib Andersen er bleven gift, og saa maatte Jens jo trække sig tilbage. Heldigvis er han jo nu igen paa Frederiksberg Hospital paa Dr Polacks Afdeling, hvor han kan godt lide at være, og han er færdig med sin Turnus og har et mere komfortabelt Værelse. Han syntes ogsaa, at det var udmærket for jer at bruge Levertran, han vilde tage noget med op til jer, men det er for længe at vente paa det, saa køb noget naar I faar Lejlighed til at komme til Unnaryd. Ib Andersen har nu overtaget Bilen, og Jens vil atter vende tilbage til sin gamle Kærlighed Motorcyklen. Jeg har i den sidste Tid levet efter mine Begreber meget selskabeligt. Hr og Fru Polles var her til Middag igaar. Det var morsomt at se dem igen. De bor i 2 Værelser ude paa Østerbro Adgang til Køkken og Fru Jette har altsaa den Adspredelse at gaa ud og gøre Indkøb og lave Mad - og spise den. Han, som er Pessimist, Æstetiker og Raakostæder har kun sin Pessimisme at dyrke. Jeg havde raa Hvidkaalssalat, og Kartofler, og hun spiste dygtigt af Flæskestegen saa begge Parter var tilfredse. Men hvor har de sidste Aar præget dem. Hun synger ikke mere, og hendes naive Glæde over god Mad og gamle Venner er saa afdampet. Vi har været en Aften hos Fru Brunsager. Jeg spillede Bridge med Fru Bregendahl (Jeppe Aakjær) hvor hun morede sig over Peters kraftige Bemærkninger som "jeg gir Fan'en i Julen" og andre Klassikere, det var lige noget for Gustav Wied sagde hun ["sagde hun" indsat over linjen]. Hun er desværre stokdøv, men spille Kort, det kan hun, som den drevne Jyde hun er, og knalder Kortene i Bordet, naar hun sidder med de sidste Stik. Her traf jeg to af Familierne nemlig Fru Spa[ulæseligt], en værdig Dame, der ser interessant ud og Helene Sachs begge to Døtre af to af mine Kusiner fra Aarhus. Sisse er i Aktivitet med Ophængning paa Charlottenborg, "men det smider jo lidt af sig" for at bruge et af [ulæseligt ord] Udtryk", jeg antager hun faar 200 Kr for sit Arbejde. På Søndag skal jeg have Aftenparty nemlig Nille som var i Skandinavisk i Rom, Fru Brunsager, ikke Chr med Fru ["ikke Chr men Fru" indsat over linjen] Engelstoft Carla Rasmussen og saa siden og jeg omtaler, for jeg vil ikke tale om det, at jeg har været hos Egebjergs, Gudrun N. m.m saa maa du da indrømme, at jeg har ført et broget Liv. 
+Jeg har en lille Brandbil til Petermand, den kommer til Lysses Fødselsdag. Sæt dig nu paa din Hale og skriv.
+Masser af Hilsener til jer alle 3
+fra
+Mos.
+8-2-35</t>
+  </si>
+  <si>
+    <t>1935-02-12</t>
+  </si>
+  <si>
+    <t>Maren
+Franziska  Erichsen
+Ernst Josephson
+Bartolomé Murillo
+Christian Rex
+Anna Louise Syberg
+Caroline Syberg
+Heinrich Syberg
+Johanne Syberg
+Franz Syberg, Freiherr
+Poul Uttenreitter
+Christian von Syberg
+Johanna von Syberg</t>
+  </si>
+  <si>
+    <t>De omtalte oldeforældre er på Fritz Sybergs fars side. At Fritz Syberg senere i brevet skriver om de mørkhårede mennesker i hans mors gren af familien, kan således ikke have sammenhæng med historien om, at den spanske officer muligvis var far til Sybergs bedstefar. 
+"min Søster er blevet kolosal": Fritz Sybergs søster, Franziska, var ret overvægtig. 
+"alle mine Fættere og deres Afkom" samt personen i Oslo: Disse personer kendes ikke nu.
+"Moders og Tantes andre Søskende": Se Johanne Jacobsen, f. Andersdatters biografi. 
+Kong Christian X var 2,01 m høj.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har mødt flere, der har kendt hans oldeforældre. Hans oldemor var så distræt, så hun sommetider glemte sit navn. Hun blev engang så vred på en spansk officer, så hun bøjede hans sabel. Folk sagde, at denne officer var far til Sybergs bedstefar. Sybergs mor var mørkhåret, og hendes to søstre havde sort hår. Den ene moster tog livet af sig. Den anden fik en masse børn, og de lignede romaer. De fleste fra Sybergs mors slægt har normal højde, mens de i faderens familie er høje - således en fætter i Oslo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1pus</t>
+  </si>
+  <si>
+    <t>12-2-35
+Kære Ven
+Efter at have læst din Anmeldelse af Uttenreitters Bog igennem et Par Gange til faar jeg Lyst til at sende Dig følgende Erindringer: Det er jo ikke længer siden mine Oldeforældre levede end at jeg har talt med flere som har kendt dem – paa begge Sider. Den ene Gang var med en gammel Pensionist i Svendborg som havde været Omgangsfælle med ”den gamle Postmester” og mindedes ham som det Svenskerne kalder ”en rolig Gubbe”. Min Oldemoder var berømt for sin Distraktion, det var ofte hændt at hun paa en Køretur naar hun skulde gennem Akcisen og skulde nævne sit Navn havde glemt det og maatte forhøre sig hos Kusken. Det er hvad Pensionisten i Svendborg fortalte mig, jeg var den Gang 18 Aar.
+Mens jeg var Dreng blev det fortalt mig af en gammel Kone, ”Moster Maren” ved Navn og enarmet, (den anden var kun en lille Stump som hun paa en fascinerende Maade kunde bevæge frem og tilbage) at min Oldemoder en Gang i Harme havde taget Sabelen fra den Spaniolofficer som boede hos dem [”hos dem” overstreget] i Gaarden hos hende og sat den for Knæet og bøjet den i Vinkel. Han havde nemlig efter Tidens Skik og Brug tugtet en eller anden med den flade Klinge, som ikke havde været ham til Behag. Det var samme Spaniol som efter Folkesnakken skulde være Fader til min Bedstefar, min Oldefars Førstefødte og han skulde, ogsaa efter ”Moster Marens” Beretning, have tilbragt en stor Del af sin Tid ved min Bedstefaders Vugge. Hvor længe Spaniolerne laa her ved jeg ikke men det var vist ikke saa faa som blev her for Resten af deres Liv. Min Moder var mørkhaaret men ikke kulsort. Derimod havde jeg to Mostre [”Mostre” overstreget] Mostere som begge var ravnesorte med bølget Haar. Den ene kendte jeg hele min Barndom. Hun var lystig og uligevægtig blev ulykkelig gift og tog sig selv af Dage. Den anden lærte jeg først at kende da jeg selv var 20 Aar. Hun sad da midt i en hel Redefuld Unger, med Haaret flyvende om sig. Ogsaa hun var ildfuld og vekslende i Sindet men hun var solid og stærk nok. Hun dækkede den Gang mine Forestillinger om en rigtig Zigeunerkælling, men jeg har senere faaet dem rettet ved at se den svenske Malers Ernst Josephsons spanske Billeder. Spansk Kunst har jeg desværre kun set meget lidt af. Dog har jeg lagt Mærke til at der mellem mine Kusiner, ofte er [”ofte er” overstreget] og deres Afkom igen, ofte er forekommet Fremtoninger der minder om Murillos Børne- og Kvindeidealer, et Ideal som aldrig er faldet i min Smag. Ovennævnte Tante var gift med en Broder til min Fader og mærkelig nok ogsaa der er de blonde Syberger slaaet igennem og har fuldstændig fortrængt Moderstammen, ja endnu mere end i mine Familie, for her er dog jeg vokset i Maal efter min Moders Slægts Normalhøjde kun min Søster er blevet kolossal. Men alle mine Fættere og deres Afkom igen han [”han” overstreget] har gentaget Sybergernes tre Alens Højde. Rabbe boede hos en af dem som er bosat i Oslo han skulde efter hvad hun sagde være 1½ Tomme højere end Kristian X. Jeg gaar ud fra at Sybergblodet har været det kraftigste. De ”spanske” Typer i de senere Generationer er alle faldet blandt min Moders og Tantes andre Søskende. FS.</t>
+  </si>
+  <si>
+    <t>1935-02-18</t>
+  </si>
+  <si>
+    <t>Jacob Estrup
+Bent Holstein
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg foreslår Johs. V. Jensen at skrive en roman om den anonyme danskers liv gennem de sidste 75 år frem til, at Socialdemokratiet mistede idealerne. Hvis Syberg ved valget kunne stemme på Bent Holstein, ville han gøre det.
+Det eneste område, hvor folk i Norden er frie, er i kunsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FTmS</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+18-2-35
+Kære Ven
+Husker Du at jeg en Gang i ”gamle Dage” faldt med Døren ind i Huset til Dig og foreslog Dig at skrive Romanen om den virkelige Dansker? Nu kommer jeg med et Forslag igen Lav en ”Kavalkade” om den anonyme Mands (Danskers) Liv og Bedrift i Danmark i de sidste 75 Aar: Udvandrertiden, de danske Søfolk, det danske Haandværk (deres Fagdygtighed, de rejsende Geseller osv.) og fremforalt den danske Bonde, Agerbrugets Opgang og Omlægning, Andelsbevægelsen, Munterheden og Livsmodet i Estrupiatets Dage og slut med Socialdemokratiets Fremstød til de fik Magten [”fik Magten og” indsat over linjen] og mistede Idealerne. 
+Nagl derefter vore [et s i slutningen af ”vores” overstreget] nutidige politiske Levebrødsmænd og vore ”Aandsfriskheds”kæmper og hele Visdommen fra Raadhuspladsen til Gabestokken. 
+Der snakkes om at vi skal have Valg snart og en Gang kommer det jo ogsaa. Dersom vi virkelig havde Valgfrihed i dette Land er jeg ikke i Tvivl om hvem jeg vil stemme paa, jeg synes nemlig at den eneste morsomme Mand i vort politiske Liv er Bent Holstein, men hvis jeg stemmer paa ham her hvor jeg bor bliver min Stemmeseddel erklæret for ugyldig. 
+I øvrigt er alt vel, jeg er jo gammel og kan sagtens skyde Arbejdet fra mig selv og over paa andre, men Du er den eneste jeg kender som kan tænke den Tanke jeg her har antydet og forstaa den selv om Du i øvrigt vil være nok saa uenig med mig [”mig” indsat over linjen] – det ved jeg jo intet om – Det eneste Felt hvor Danmark ja hele Norden endnu er frie Lande og Folk, det er i Kunsten I alt andet [”I alt andet” indsat over linjen. Herefter et overstreget, ulæseligt tegn] er vi bunden paa Hænder og Fødder i alle vore Foretagender, har kun en eneste Tanke. Skele til England; naar vi da ikke, af modsat Grund skeler til Tyskland. I Kunsten er der dog en Del der finder det naturlig at være danske. Nok om det. Hils Else mange Gange
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1936-01-07</t>
+  </si>
+  <si>
+    <t>Valby
+Azaleavej 5</t>
+  </si>
+  <si>
+    <t>Olga Petersen
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Poul Uttenreitters bog, "Fritz Syberg", blev udgivet af Kunstforeningen, København 1935.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1285</t>
+  </si>
+  <si>
+    <t>Fritz Syberg beder Hans om at skaffe et eksemplar af Poul Uttenreitters bog, Fritz Syberg, og sende den til Olga Petersen i Rumænien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I22m</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Billedhugger
+Hans Syberg
+Azaleavej 5
+Kjøbenhavn Valby
+[På kuvertens bagside:]
+Syberg - Kjerteminde
 [I brevet:]
-Erikshaab d 16 Aug 1899
-[...187 lines deleted...]
-Fritz Syberg</t>
+Pilegaarden Kjerteminde
+7-1-36
+Kære Hans.
+Jeg har lige skrevet et Brev til Olga hvis Adresse saavidt jeg har kunnet tyde den er:
+Fru Olga Petersen
+Sofia Rämiciana ["Rämiciana" overstreget] Ränniciana
+Bukaresti
+Romänia
+Med det samme erindrer jeg Dig om Dit Løfte at søge at fremskaffe nogle Eksemplarer af Uttenreitters Bog og hvis det lykkes sende hende et Eksemplar med en Hilsen fra "Jer Børn" hvad vistnok vil være hende en stor Glæde i det fremmede Land. 
+Alt vel her, jeg haaber det samme hos Jer. Hils Ulla og Børnene og Hilsen til Dig selv fra Far</t>
+  </si>
+  <si>
+    <t>1936-01-24</t>
+  </si>
+  <si>
+    <t>Johan Sebastian Bach
+Ida -, Elise Hansens veninde
+Amelita Galli-Curci
+Beniamino Gigli
+Grete Jensen, f. Hansen
+Jens Larsen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Christian Ottesen
+Kaj Schoubye
+Louise Schoubye
+Monna Schoubye
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Grete Jensen havde sammen med Ottesen/O.T. en butik, hvorfra de blandt andet solgte keramik og stålmøbler. Hun døde 12. november 1935, og man måtte afhænde butikken. 
+Papøjseren var Elisa Hansen Peogeot. 
+Louise Schoubye var mor til Pie/Pil og Gerda. Hvem hendes søn var er uklart. Det vides ikke, om Seipa var en person eller mulivis et musikalsk værk.</t>
+  </si>
+  <si>
+    <t>Det er godt, at lille Jens' mave fungerer, som den skal. Pies dreng har vrøvl med maven.
+Elisa Hansen skal holde familiemiddag.
+Marie/Kylle Neckelmann tør ikke skyde kanonen af.
+Elisabeth/Lis Neckelmann tømmer Gretes butik, som hun lukker permanent 1. februar. Der er solgt en del og taget noget fra til gaver og til eget brug. Ottesen burde have hjulpet til, men han er en underligt svævende mand. Elisabeth har brugt tid på projektet, og hun skal nu koncentrere sig om sin udstilling.
+Elisa Hansen og døtrene har købt en støvsuger.
+I radioen har der været dejlig musik. Elisa spørger, om Johan/Lysse mon kommer med hendes bil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8fxw</t>
+  </si>
+  <si>
+    <t>Kæreste Bams
+Det var saadan et fornøjeligt Brev, jeg sidst fik fra dig, og det er en stor Skam, jeg har ventet saa længe med at skrive Jeg var saa glad for at høre lidt om lille Jensen. Nu begynder han rigtig at udfolde sig, det var mig en stor Beroligelse at høre, at hans Mave fungerer tilfredsstillende. Pie har saa meget Vrøvl med sin lille Dreng, hun maa skiftevis give ham Parafin og amerikansk Olie, hans Afføring er ikke saa køn, som den skulde være og han græder meget. Nogle Dage har hun rigelig Mælk til ham og andre alt for lidt, der gaar mange Telefonsamtaler til Niels E. Louise er [ulæseligt ord] hertil paa Søndag, saa skal hun en Omgang først til Pie, saa til Gerda, hvor N.E. henter hende og tager hende med til Næstved. Jeg vil se og samle mig sammen til at faa hende bedt paa Torsdag sammen med nogle andre Familiemedlemmer som Ida, Kai Monna og nogle flere saa vi bliver 12. Vi kan saa spise i Kylles Stue. Jeg er skam glad for, at Peter tænker paa at faa Huset færdigt, men jeg skal sige fra Kylle, at han faar hende ikke til at skyde Kanonen af, det tør hun ikke. 
+Lis har travlt i denne Tid, nu er det jo snart Slut med Gretes Butik, den 1ste holder de op. Det er gaaet helt godt med Salget, der er næsten ikke mere Keramik tilbage. Vi har søgt ud til en Gave til Knud og saa er der nogle af Gretes Venner, som skal have en lille Erindring. Staalmøblerne er der ikke solgt noget videre af. Lis vil tømme sin lille forreste Stue og huse dem. Maaske der efterhaanden kan sælges noget sætter man dem paa Auktion faar man intet for dem og det kan ikke nytte at lade OT sælge dem saa faar man aldrig Afregning paa dem. Han er jo saa underlig svævende og uforstaaelig. Han kunde jo godt have hjulpet Lis lidt, men "med den Mand kan man ikke have Forretning." Engang om Ugen kommer han her og spiller Bridge og taler om sociale Problemer og er rigtig hyggelig, men ud over det er der ingen Tlknytning, men jeg tror han er glad for at komme her, han gaar vist saa løjerlig og dingler rundt. Det er nu godt at Lis snart kan blive færdig, det tager meget af hendes Tid at passe det, og nu skulde hun jo tænke paa sine Billeder til Udstillingen. Kylle vil have et Toiletbord, Staalmøbel - og se at sælge det franske, som hun har. Det nye ser nemlig ikke saa meget ud som Sovekammermøbel, og jeg har tænkt, du skulde have det andet Toiletbord, det vilde se pænt ud i jeres Soveværelse.
+Vi har idag anskaffet os en Støvsuger en Elektrolux. Der kom igaar en Mand og demonstrerede den, og da vi saa al det Støv, der kom ud af vore nybankede Tæpper, kunde vi ikke modstaa.
+Vi har dejlig mildt Vejr, en Del Regn men ogsaa Solskin af og til, og saa har vi Stuerne varmet gratis op.
+I hører vel Radio engang imellem. For nogen Tid siden hørte vi Bachs Fuga, jeres gamle Plade - og saa har vi hørt Gigli i Rom og Seipa i Milano, det var pragtfuldt navnlig en Sopran med en Stemme, som mindede stærkt om Gallicurci. Kylle har faaet dine Foto; jeg har flere Ting at sende ved Lejlighed. Hvordan har vores Pagøjser det; er der Haab om at se Lysse komme jollende med den, han skal være velkommen baade med og uden.
+Nu skal I være hilset alle 4.
+Eders hengivne
+Mos.
+24-1-36</t>
+  </si>
+  <si>
+    <t>1937-2</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Jens  Nielsen
+Ane Talbot
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Gnav eller gnavspil: Regler og foto af brikkerne kan ses ved opslag på Wikipedia 
+Martin/Manse Warberg Larsen opholdt sig 1936-1937 på Farmoor Farm nær London for at dygtiggøre sig indenfor landbrug. 
+Målarens Torp er også nævnt i Vilhelm Larsens brev til Johan Larsen 1930-06-23. 
+Carlslund må have været en af bygningerne, der hørte under gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen har fået drejet 42 træbrikker til et gnavspil til Johan Larsen. Andreas venter nu på, at Johannes Larsen laver tegninger til påsætning på brikkernes underside. 
+Johannes Larsen vil male på Båxhult en stor del af sommeren. Andreas og Else Larsen overvejer i samme periode at lukke huset i Kerteminde ned og opholde sig i Småland. Herved kan de spare en del penge, som måske kan bruges på at sætte Carlslund istand.
+Andreas sender fotografier og bøger. 
+Isen er næsten væk.
+Rasmus Petersen er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PV9y</t>
+  </si>
+  <si>
+    <t>Kære Lysse Tillykke!
+Tak for Jeres Breve igaar. Det er da godt du er rask igen. Jeres Plan med Tinge tror jeg desværre ikke der er megen Chance for at faa realiseret, Manse er jo i England, det har I vist ikke tænkt paa. Jeg skal imidlertid nok spørge Tinge om hans Mening herom, naar jeg ser ham en Dag. - Vi har i længere Tid forberedt en Fødselsdagsgave til dig, som du alligevel ikke naar at faa til Tiden. Det er et Gnav-Spil. Det bestaar af 42 Brikker af denne størrelse og Form: [Tegning]
+Ovenfra saadan: [Tegning]
+Nedenfra saadan: [Tegning]
+Op i den lidt hævede Bund klistres en Papirskive med et Romertal eller billede Altsaa saadan: [Tegning]
+Brikkerne puttes i en Læderpose, Gnavposen, hvor de rystes inden Spillet begynder.
+Jens Nielsen har drejet Brikkerne og de er nu ude
+2.)
+paa Kerteminde Bil-Duso-Lakereri for at blive sorte. Det det kniber mest med er at faa Far til at tegne Figurerne; han er begyndt at male, saa det maa vi jo tage som gyldig Undskyldning. Men ikke nok med disse to Jobsposter! Herfra maa meldes om noget af større Dimensioner som truer Jer. Far vil saavidt vi kan forstaa op til Jer for at male til Sommer. Else og jeg har saa talt om, hvis Far tager afsted først paa Sommeren, at lukke Huset her og flytte op i Målarens Torpshus med Børn og Hund et Par Maaneder. Men det bliver kun hvis Far rejser allerede i Juni, saa vi kan slippe herfra inden der kommer Sommergæster. Vi vil nemlig kun gøre det hvis vi kan spare saa meget ved at lukke Huset H ["H" overstreget] her, at vi kan tjene til at faa Carlslund gjort istand. Kan det reddes endnu -? Hvis du mener det kan, saa lad os vide hvad det vil koste, hvis du vil sætte nogen igang med Reparationerne. Maaske strander det hele paa, at vi ikke kan faa at vide af Far hvornaar han vil derop. Hvis vi ikke ved sikkert at vi kommer afsted i Juni, kan vi ikke skaffe Penge til Reparationen af Huset;
+3.)
+men det vilde være vældig sjov at være deroppe saa længe engang. - Naa det var jo en Række tvivlsomme Gaver; forat bøde lidt herpaa sender jeg nogle Fotografier, som velnok er dine i Forvejen, men som alligevel passende kan komme til Fødselsdagen. Endvidere et Par Bøger fra Far. Else har talt om noget Chokolade, jeg ved ikke om det bliver til noget, jeg skal spørge hende til Middag, hun vasker idag. Naa det bliver ikke til noget med Chokoladen, Far mener det bliver liggende i Tolden. - Nu er det forbi med Isen, der ligger kun et Par sammenskruede Bunker ved Kysten og noget endnu i Fjorden. Vi har dog stadig Kulde og iaftes sneede det saa her er lidt hvidt idag. Rasmus Petersen er død, vi var til hans Begravelse i Søndags. Han var ellers kommet sig nogenlunde efter sin Sygdom i Efteraaret, men for 14 Dage siden blev han syg igen og kom paa Kerteminde Sygehus, hvor han døde efter et Par Dages Forløb. - Det lyder godt med den Is i Ensilage-Beholderen. Saa kan man maaske blive bedt hen til en kold Snaps en Gang imellem! Nu maa jeg vist hellere slutte og se at faa de Bøger [det følgende indsat øverst på næstsidste side:] pakket ind, at jeg kan komme paa Posthuset. Mange Hilsner til Jer alle sammen fra Puf.</t>
+  </si>
+  <si>
+    <t>1938-11-18</t>
+  </si>
+  <si>
+    <t>- Gedde
+Adolph Larsen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Holger Rasmussen
+Ove Smed
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem den omtalte var.
+Jokum var en odder, som Johannes Larsen tidligere havde haft i fangenskab.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til museumsmøde med Holger Rasmussen og Leo Swane. 
+Han har sejler Romsø rundt med et par venner.
+Den følgende dag kører Andreas Larsen sin far til Fiilsø. 
+Odderne har det godt og er store.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yQnT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Nov. 1938
+Kære Lysse og Bimse!
+Tusind Tak for sidst! Det har trukket noget længe ud inden jeg faar skrevet. Jeg havde tænkt at skrive saa I kunde have det til Jens´s Fødselsdag, men Datoerne blev væk for mig indtil jeg kom i Tanker Dagen ved Middagsbordet hos Holger Rasmussens hvor vi saa drak hans Skaal. Vi var der til Museumsmøde; tog Leo Swane paa ved en Formiddagsfærge og kørte til Faaborg til Frokost, saa Møde i Museet og derefter Middg. Satte Swane af ved Grand i Odense og kørte hjem. Næste Dag gav Swane Frokost paa Grand og kørte med her hjem efter et Museumsbesøg. Han rejste næste Mrg. I Gaar var jeg en Tur ude paa Bugten med Christiansen og Ove Smed ved Roret. Det var et henrivende Vejr, Stille og mildt, vi spiste Frokost i Baaden ved Stenkastet og sejlede Romsø rund og skød et Par Sortænder og 6 Ederfugle. Puf og jeg kører til Fiilsø i Mrg. men vi bliver der kun et Par Dage, jeg vil gerne en Tur ud til Tipperne og se paa Fuglelivet. Odderne trives godt og er saa vidt jeg kan se større end baade Jokum og den sidste var paa denne Aarstid. I Forgaars kom Gedde med en Ederfugl gl. ♂. Jeg har faaet et Par Graaænder af Agraren da alle mine er bleven skudt i Sommer. Vi har det godt alle sammen. Hilsen fra os alle.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1938-12-27</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Elise Hansen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Elena og Johan Larsen kaldte Johannes Larsen for Chefen. Det er uklart, hvad "røget Bukse" er for noget. 
+Barnet, som i brevet bliver kaldt Abelone kom til at hedde Alhed Maria. Elena Larsen fødte hende i København og fik derefter brystbetændelse, hvorefter hun var indlagt i juledagene. Den ældste søn, Peter, kom til Købehavn få dage før jul. Johan var på gården i Småland. 
+Den Lange Rejse er en romancyklus af Johannes V. Jensen. Sjette og afsluttende bind i denne cyklus hedder Christoffer Colombus.</t>
+  </si>
+  <si>
+    <t>Det er Johannes Larsens fødselsdag. Elena Larsen vil, når hun kommer hjem, sende ham blandt andet elgkød.
+Den lille har nu suttet af det dårlige bryst, for det er nu ved at være rask. Det er drøjt at ligge i sengen. Elena læser Johannes V. Jensen. 
+Alhed/Lomme Brønsted vil have Peter Larsen med til Birkerød. 
+Det sner, og Elena håber ikke, at det vil give problemer med hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yVIN</t>
+  </si>
+  <si>
+    <t>27/12 38
+Kære Gamle!
+I Dag er det saa Chefens Fødselsdag til Lykke med ham, jeg fik ikke skrevet men naar jeg kommer op og hjem vil jeg sende det Stk Elgkød og desuden en røget Bukse af den Slags vi delikaterede os med i Fjor, jeg tror ikke Las kender den og det kan jo være det er noget han vil lægge sig efter. - I Dag er der sket gode Fremskridt her paa Pladsen idet Abelone er blevet lagt til det daarlige Bryst som altsaa nu er saa godt som raskt og virkelig fik sig en Taar. Og i Morgen skal jeg op, det er heller ikke et Øjeblik for tidligt for nu var jeg lige ved at tabe Taalmodigheden, det er drøjt i Længden at ligge her, naar man føler sig saa frisk som en Fisk og ogsaa er det. - Jeg har læst den lange Rejse paanær Christoffer Colombus, som Mor har med i Dag; det er en herlig Samling Bøger, vi maa til at dyrke Johs. V. noget mere, man staar jo sig selv i Lyset, ved ikke at læse ham.
+Lomme var her i Gaar, hun vilde have Peter til Birkerød nogle Dage, jeg sagde at det maatte hun snakke med Mor om, men jeg tænker han er derude nu. - Her har det sneet meget i Nat, jeg haaber ikke Sneen skal lægge Hindringer i Vejen for vores Hjemrejse for nu har der ved Gud været Hindringer nok.
+Nu er der vist ikke mer at berette i Dag saa du maa have saa mange kærlige Hilsner
+fra din
+Hømikke.</t>
+  </si>
+  <si>
+    <t>1939-01-05</t>
+  </si>
+  <si>
+    <t>Erna -
+Else Jensen
+Marie Larsen
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Elena Larsen fødte sit tredje barn i København i december 1939. Hun fik derefter brystbetændelse og var indlagt julen over. Imens var Johan Larsen, hendes mand, hjemme på gården Båxhult i Småland. 
+Det vides ikke, hvem Ellen Haunstrup var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen og børnene kommer hjem tirsdag. Hun regner med, at Johan Larsen henter dem ved toget i Landeryd.
+Elena har en del selskabelighed i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IEcI</t>
+  </si>
+  <si>
+    <t>Tors. 5-1-39
+Kæreste!
+Dette er saa det uigenkaldeligt sidste Brev inden Hjemkomsten som altsaa er fastsat til Tirsdag. - Det gaar ikke saa gelassent med Skriveriet nu paa det sidste, her er meget at bedrive. Tandlæge, Indkøb og Besøg og saa er der jo ogsaa Søster som skal passes engang imellem. Igaar var Erna og Ellen Haunstrup (ogsaa Skolekammerat) her til Middag. I Eftermiddag var Fru Johs. V. her til The og i Aften skal vi til [ulæseligt ord]. I Morgen skal jeg til Middag hos Erna og i Overmorgen kommer Uglen Marie og Lasse her til Middag, saa du kan se at jeg fører en selskabelig Tilværelse. Men det er nu slet ikke noget imod en Invitation jeg har faaet til Tirsdag, til en lille intim Middag paa et Gods i det øde Småland med een jeg kan lide; det er baade romantisk og spændende, og jeg glæder mig vanvittigt. - Du kommer og henter os i Landeryd Kl 1/2 12 og skulde vi mod Forventning ikke være med, maa du vente til 1/2 1 el 1, saa er det fordi Toget i Halmstad er kørt fra os.
+Nu bliver der ikke mere Skriverage i Dag eller Overhovedet mere denne Gang. Men Masser af Hilsner og Kys fra din Nissepige.</t>
   </si>
   <si>
     <t>1940-01-24</t>
   </si>
   <si>
     <t>Andreas Larsen
 Erik Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Peter Magnussen
 Alhed  Møhl, Lysses datter
 Ane Talbot
 Grete Warberg Larsen
 Viggo Winkel</t>
   </si>
   <si>
     <t>Svenskirisk er en ældre betegnelse for grønirisk. 
 Bel Ami er en tysk film fra 1939 instrueret af Willi Forst . Den er løst baseret på Guy de Maupassants roman Bel Ami fra 1885 - med betydelige ændringer til det originale plot (Kilde: Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Det er frostvejr og koldt.
 Larsen har sendt billeder til både Winkel &amp;amp; Magnussen og Den Frie. 
 Han fodrer en masse fugle i haven. 
 Børnene har kighoste, men det er et mildt angreb.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/r4bH</t>
   </si>
   <si>
     <t>Kjerteminde 24 Jan. 1940.
 Kære Lysse &amp;amp; Bimse
 Tak for Brevet. Ja her har vi det ogsaa med Sne og Frost og Bæltet fuld af Is. Jeg tror ikke vi har faaet saa meget Sne siden det Aar 1901. Vi har haft Sne og Frost siden første Juledag, kun afbrudt af 2 dages Tø for en halv Snes Dage siden. Jeg sendte forleden mine Billeder over til Winkel &amp;amp; Magnussen til Auktion der skal holdes omkring Midten af Februar. Og i Dag har jeg anmeldt 12-13 Aquareller til den frie Udstilling. Jeg fodrer en Masse Smaafugle for Tiden mest Kvækere og Svenskirisker og Musvitter en enkelt Gulspurv og nogle Bogfinker foruden vore Spurve og Skovspurve. Ja i Gaar var her et Par Dompapper og nogle Skovduer, men ingen af dem har vist sig i Dag. Jeg skal hilse fra Puf og Else der er ved at gaa i Byen, og saa skal de med Erik og Grethe i Biograf i Odense i i Aften. Bel Ami. Ellers er her ikke stort at melde. Ja Børnene har Kighoste, men tilsyneladende i mild Grad. Ane har hostet nu omtrent siden Jul og de to andre. ja det kan for resten ogsaa har faaet hver 3 Indsprøjtninger for det. 
 Det var rart at høre lidt fra Jer, saa jeg har jo heller ikke været videre skrivende i den senere Tid. 
 Mange Hilsner fra os allesammen 
 Jeres JL.</t>
+  </si>
+  <si>
+    <t>1942-06-26</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Henne</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Jonas Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Marie/Rie Larsen fyldte 70 i 1942.
+Det vides ikke, hvem direktør Petersen og hans familie var.</t>
+  </si>
+  <si>
+    <t>Det stormer og er koldt i Henne, men man hygger sig inden døre.
+Marie/Rie Larsens fødselsdagsfest var vellykket. 
+Børnene graver huler i klitterne.
+Andreas/Puf Larsen og Johannes Larsen læser knaldromaner. Det blæser for meget til, at Johannes Larsen kan male. 
+Andreas og Else glemte Peters fødselsdag, og brevet til Elena/Bimse er forsinket. 
+De voksne har gået en lang tur i lyng og klitter.
+En direktørfamilie med et par små hunde er de eneste andre gæster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YMUH</t>
+  </si>
+  <si>
+    <t>Afs: Brygger Andreas Larsen
+Møllebakken, Kerteminde
+Henne 26/6 1942
+Kære Bimse!
+Ja, saa sidder vi altsaa heroppe i en forrygende Vestenstorm og Hundekulde, det er med største Overvindelse vi gaar ud for at faa lidt Appetit til næste Maaltid, man bliver gennemblæst med Sand; Swane er her ogsaa og vi hygger os ret godt inden Døre med Snaps og Romtoddyer. I Travlheden inden Afrejsen har vi forsømt at skrive dit Fødselsdagsbrev rettidigt, saa nu beder vi dig modtage denne forsinkede Lykønskning samt et Billede af Deltagerne i Ries Fødselsdagsfest, den forløb udmærket bortset fra at I savnedes. Iøvrigt er vi meget utilfreds med Sommeren, den eneste varme Dag hidtil var den Dag vi rejste herop, der var stegende hedt i Toget og overfyldt med Tyskere. Ungerne befinder sig godt heroppe, de graver sig ned i Huller i Klitten for at sidde i Læ, for et Øjeblik siden har de 3 Gæster, der er her udover os forsøgt at bane sig Vej til Stranden uden Held, nu vil Puf og jeg forsøge om lidt. Las vilde male heroppe, men i denne Blæst lader det sig ikke gøre, han fordriver Tiden med Knaldromaner; (Puf ["Puf" indsat over linjen efterfulgt af en pil, der peger ned mod den fortsatte tekst. Teksten herfra skrevet med Andreas/Pufs håndskrift] det gør jeg ogsaa. Det er ganske vist ikke velset, at jeg sover til Middag indtil 5 eller 1/2 6 hver Dag, men jeg er nu ingen Tilhænger af at ligge ude i en Klit og fryse, samt blive forstyrret af Fluer og andre Insekter, naar man ligesaagodt kan lægge sig paa sin Seng, som ovenikøbet er betydelig nærmere Spisesalen. Og saa falder jeg jo i Søvn! Det er ikke en Maade at ligge ved Badested paa siger Else. Men jeg har da været i Vandet 3 Gange, hun kun 1 Gang, er der saa noget for hende at prale af? Jeg har faaet et Barberkrus hvorpaa der staar: "Drikke og æde er Menneskets Glæde" og det udtrykke meget godt hvad jeg mener om Ferieliv; og hvis man saa har en Knaldroman til de Pavser som man ikke kan sove sig igennem, ja saa kan man jo ikke forlange mere. - Din Revision af vores Fødselsdagsalbum var nok ikke til megen Nytte. Foreløbig har vi glemt Peters Fødselsdag og Din skriver vi jo ogsaa forsent til, det er flovt og vi bliver maaske aldrig bedre. 
+[Det følgende skrevet med Else Larsens håndskrift:] 
+30/6
+Nu har Vejret bedret sig lidt, i Dag har Børnene været i Badedragter og Solen skinner, men det er væmmelig koldt. Igaar var Swane, Puf og jeg paa en lang Tur gennem Lyng og Klitter, saa jeg er næsten ikke kommen til Kræfter endnu, og idag er Las og Swane gaaet til Fiilsø, Swane er en vældig Fodsportsmand. Puf gaar i Vandet hver Morgen og Ane har et Par Gange været med, men er vendt om, naar hun saa Bølgerne, de ser ogsaa truende ud og er meget kolde. Nu er de ved at komme hjem fra Turen og vi skal spise saa vi maa hellere faa Brevet sluttet og sendt afsted i Aften.
+[Det følgende skrevet med Andreas Larsens skrift:]
+Nu er Else ved at børste Negle til Middagen saa jeg maa slutte Brevet. Nu er hun allerede færdig, men det drejer sig jo ogsaa kun om rent Sand; herude ved Havet, hvor vi jo bor dennegang, bliver man jo ikke rigtig beskidt, men Fagterne skal jo gøres. - Her er en Direktør Petersen fra København med Frue og Datter; sidstnævnte har to smaa Malteser-Terrier, som har samme Naturel som alle for smaa Hunde. De er egensindige og naar de faar Smæk af deres Herskerinde, vrisser de af hende, æv, siger de for hvert Smæk, det er ganske fornøjeligt.
+Nu kom Swane og Far hjem fra Tur, saa skal vi spise.
+Vi haaber Du har haft en god Fødselsdag og sender alle mange Hilsner Else, Puf, JL &amp;amp; Swane. Børnene hilser Fættre og Kusine [ordet "Kusine" er skrevet nederst på side 5]</t>
+  </si>
+  <si>
+    <t>1944-02-18</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Thora Cohn
+Antonin Dvorak
+Karl Isakson
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Gerda Rasmussen
+Holger Rasmussen
+Bendt Rom
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Når Andreas Larsen staver ordet "af" som "av" hænger det sammen med hans venskab med kunstneren Sven Havsteen-Mikkelsen. Denne begrundede denne stavemåde, som han holdt hårdt fast i med nogle uklare ideer om det oprindeligt nordiske. 
+I 1944 købte Ny Carlsbergfondet en del af Johannes Larsens kunstsamling og deriblandt fem ud af seks malerier udført af Karl Isakson.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver nye træsnit til Lille Mis.
+Andreas/Puf Larsen har lappet huller i væggene i dagligstuen, og herefter skal der smøres zinoberrød kalkfarve på, så det danner en slags lasering.
+Tirsdag skal Andreas Larsen m.fl. til Faaborg. Børnene bliver passet hos deres mormor og morfar. Johannes Larsen skal til museumsmøde.
+Klaveret er blevet stillet ind i dagligstuen. Isaksons billeder er blevet deponeret. 
+Bendt Rom har givet familien nogle Dvorsk-plader.
+Andreas Larsen læser Mother Goose for børnene. Det har ikke været skiføre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EFiY</t>
+  </si>
+  <si>
+    <t>18 Februar 44.
+Kære Lysse.
+Nu er det nok tiden at gratulere Dig til den 27. Tillykke! Jeg håber dette finder Jer alle raske og ved godt mod. Det går måske lidt småt for tiden med Europas rekreation, men det går da og farten tager vel til en skønne dag. Her har vi det alle godt. Far er ved at skære nogle nye træstokke til en ny udgave av den lille mis. Vi sidder i disse dage inde i Havestuen, vi er ved at få væggene ordnet lidt i Dagligstuen. Det har været lidt vanskeligt at finde en farve som passede til zinoberen på væggene, men nu er det lykkedes helt godt. Jeg har i nogle dage gået og lappet de huller, som billederne havde slidt og når lapperne er tørret, skal den nye farve smøres på i kalk, så det nærmest bliver en slags lazering, så den underliggende farve gør sig gældende gennem det nye tynde lag.
+På tirsdag skal vi til Fåborg til Holger Rasmussens; Skriveswane kommer også. Vi glæder os til at se dem, det er jo ikke så tit vi kommer nogen steder nu. Der skal være museumsmøde; det er jo sådan en anledning der skal til, ellers vover man sig jo nødig ud på sådan en jernbanerejse, som vare en hel dag i disse tider. Børnene skal med til Odense, hvor de skal være hos deres bedsteforældre mens vi er i Fåborg. Vi har fået klaveret ind i dagligstuen det skal stå på den væg hvor den lille sofa stod med Isaksons billeder over (de er deponerede). Ved siden av klaveret inde i hjørnet har vi fået en stikkontakt anbragt, så vi kan stille grammofonen (elektrisk) og radioen der, så vi får al "støjen" samlet på et sted. Bendt Rom har sendt os et langt musikstykke 
+2.
+av Dvorak på 5 store plader; det glæder vi os til at høre; det tager vist ca 50 min. at spille det igennem, så det er jo en hel koncert. 
+Jeg er begyndt at læse børnene nogle remser fra den gamle "Mother Goose", vi havde som børn. Det morer dem og de lærer jo lidt Engelsk ved det. Jeg skal hilse Dig mange gange fra Eric Bøttern, han kom nu og sad lidt og fik en Hof sammen med Far. Det har været dårligt med skiføret her på pladsen iår. Børnene gik lidt på græsset i et par dage da der lå et tyndt lag. De sled vallan (eller hvad det er I kalder det) av hurtigere end jeg kunde lægge den på, men det er jo en god morskab for dem.
+Nu vil jeg slutte med at ønske Dig en god fødselsdag
+fra Else og Puf.
+Far skriver imorgen.
+Afs: Andreas Larsen
+Brygger
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1944-12-30</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Elsebeth Hostrup-Schultz
+Jørgen Hostrup-Schultz
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Bendt Rom</t>
+  </si>
+  <si>
+    <t>A. Olsens boghandel, Langegade 26, samt apoteket, Kerteminde, blev ramt af Schalburtage december 1944 (Arkiv.dk). Sabotagen mod fiskebådene/kvaserne nævnte Johannes Larsen i et tidligere brev til Christa Knuth. 
+Schalburgtage var det folkelige navn for den terror, som tyskerne og deres danske hjælpere indledte i den sidste del af besættelsen i Danmark. Terroren blev rettet mod den danske modstandsbevægelse og det danske samfund i almindelighed som en hævn for modstandsaktioner. Ligeledes indførtes hævndrab på vellidte danskere, når en tysk soldat eller stikker blev dræbt (såkaldte clearingmord). Besættelsesmagten kaldte begrebet 'kontrasabotage', men danskerne fandt hurtigt på navnet schalburgtage efter Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps Danmark (Wikipedia april 2024). 
+Kongsø Plantage findes i Horsens Kommune.
+20. dec. 1944 sprængte SS FJEH-S og hans families hus på Chr. Winthers Vej 4, København, i luften, fordi både FJEH-S og hans søn var modstandsfolk. (https://kbhbilleder.dk/frb-arkiv/28127). Johannes Larsen skrev 10 dage senere til Christa Knuth, at tyskerne havde gennet konen og de tre små piger ud på gaden, sprænt huset i luften og taget FJEH-S med sig (1944-12-30, Johannes Larsen til Christa Knuth). 
+Tiras var en hund, som Johannes Larsen fik i efteråret 1944 og var meget glad for.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for dyret. Han fik en masse flasker til sin fødselsdag.
+Der har været udført Schalburtage mod et par forretninger i Kerteminde.
+Larsen slap for at indkvartere tyske soldater mm.
+Hostrup-Schultzs huser blevet sprængt i luften, og tyskerne tog ham med sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zs2P</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[I brevet:]
+Kjerteminde 30 Decbr. 1944.
+Kære Grevinde!
+Glædeligt Nytaar og Tak for det Aar der er gaaet. Og Tak for det dejlige Dyr. Jeg blev paa min Fødselsdag begavet med 10 Flasker stærke Drikke deriblandt saa fine Ting som Vodka Hulstkamp Genever, gl. St. Croix Rom Rø[ulæseligt)bitter o.s.v. Det er nu godt at være kendt som fordrukken. I Nat vågnede vi ved et Par store Drøn. Det var Byen der havde Besøg af Schalburgtører, der havde anbragt et Par Bomber i Byens største Manufakturforretning og en Boghandel overfor, der begge blev raserede mens mange Huse til begge Sider deriblandt Apotheket fik alle Ruderne sprængt. Formodentlig til Tak for de Kvaser der blev sænket forleden af fremmede Sabotører. Ellers har vi haft en god fredelig Juletid, det blev heldigvis ikke til noget med Indkvarteringen og nu regner vi med at slippe helt. Nu skal jeg til at skrive til alle de Mennesker der har skrevet og telegraferet til min Fødselsdag, bl.a Dr Bartholdy Møller. Jeg læste for et Par Dage siden at det Hus i Kjøbenhavn hvor mine Venner Hostrup Schultz boede var sprængt i Luften af Tyskerne. Det var dem jeg besøgte i Sommer i Kongsø Plantage. Jeg skrev til Bendt Rom der er Mandens Fætter og fik i Gaar Svar fra ham. Tyskerne havde taget Manden og sendt Konen og deres 3 Smaapiger paa Gaden som de gik og stod og sprængt Huset i Luften med det samme og ingen ved nu hvor Manden er eller hvad han har gjort. Jeg skal hilse mange Gange Fra Puf og Else, og nu faar Du ikke mere for jeg skal ud at gaa med Tiras.
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1945-05-04</t>
+  </si>
+  <si>
+    <t>Alfred Benzon
+Bøje Benzon
+Joseph Goebbels
+Adolph Hitler
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Tørring</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sammen med fabrikant Tørring fejret Berlins fald med et glas rom, rigtig kaffe og wienerbrød. Han ville ønske, at Hitlerog Goebbels ikke var døde, men skulle ende deres dage i konzentrationslejr. 
+Larsen regner med snart at få ællinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SP5f</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[I brevet:]
+Kjerteminde 4 Maj. 1945.
+Kære Grevinde.
+Tak for Brevet i Dag og for Kortet fra Kjøbenhavn forleden. Ja nu er der da endelig kommen Gang i Foretagendet. I Gaar havde jeg Fabrikant Tørring fra Odense, der for Tiden ferierer her nede, til Kaffe og Wienerbrød i Anledning af Berlins Fald. Den sidste Rest af rigtig Kaffe og dertil en gl. St Croix Rom, som jeg har faaet af Bøje Benzon, det er en hans Farfar gamle Alfred Benzon har importeret i 1849 og den holder 65,9 %, saa det er jo ingen Svagdrik. Det er kedeligt at Hitler og Goebbels er døde, jeg kunde have undt dem at tilbringe Resten af deres Levetid i Koncentrationslejr, sammen med de øvrige af Bundtet. Det er ret tidligt med Graaællingerne, men ikke usædvanligt. Jeg venter i disse Dage at faa 13 Ællinger og 6 Gæslinger. Jeg glæder mig til at se Stauderne. Jeg skal hilse fra Puf og Else. Mange Hilsener fra
+Din hengivne
+Johannes Larsen.
+P.S.
+Nu tuder Sirenerne Luftallarm, men det plejer jo ikke at betyde noget her
+JL.</t>
+  </si>
+  <si>
+    <t>1945-05-14</t>
+  </si>
+  <si>
+    <t>Alfred Benzon
+Bøje Benzon
+Marius Christiansen
+Thora Cohn
+Gudmundur Kamban
+Andreas Larsen
+Elena Larsen
+Jeppe Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Det vides fra et andet brev, at den svigerinde, der deltog i fejringen af befrielsen var Ellen Sawyer.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for stauderne. Han har delt dem med Marius Christiansen. Christiansen vil sende Christa Knuth nogle rugeæg. 
+Da Larsen hørte om kapitulationen, lavede han romtoddyer til Else, Ellen og sig selv. 
+Han spørger, om det er rigtigt, at Kamban er blevet skudt.
+Johan/Lysse og Elena Larsen ringede til Pufs fødselsdag. De vil komme på besøg, og Johannes Larsen vil tage med dem hjem til Båxhult, som han ikke har set i seks år. 
+Der er kommet både ællinger og gæslinger. Børnene fik en ælling, men Ane kom til at ligge den ihjel, da hun tog den med i seng.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yXSz</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[I brevet:]
+Kjerteminde 14 Maj 1945.
+Kære Grevinde!
+Tak for Dit Brev. Stauderne kom i Dag fra en Planteskole i Holmstrup og da jeg ikke kunde begribe hvordan det hang sammen ringede jeg op og fik at vide at det var en Gave fra Lensgrevinde Knuth. Det maa vel komme af at der ikke kan ske Forsendelser over Vandet, saa Gartneren har rekvireret dem derfra. Jeg ringede til Christiansen og vi delte saa Byttet og jeg har ny faaet min Andel plantet og takker for den. Jeg lovede Christiansen samtidig overbringe Dig hans Tak. Jeg fortalte ham om den mislykkede Rugning, og da han mente at det maatte være Hunnen der var mindre god som Avlsdyr, sagde han at han vilde sende et Kuld Rugeæg naar det kan lade sig gøre. Vi har jo ellers været højt oppe her, siden den Aften vi hørte om Kapitulationen. Ikke mindst fordi Puf var taget til Odense Dagen før for at melde sig som Frihedskæmper og bidrage til at jage Tyskerne ud af Landet, hvilket der altsaa ikke blev Brug for. Jeg hentede min Svigerinde og Else hun og jeg tog Hul paa en Flaske gl. St Croix Rom som jeg havde faet foræret af Bøje Benzon, og som hans Farfar gl. Alfred Benzon havde taget hjem fra St Croix i 1849. den holder 65,9 % og vi lavede os 3 Toddyer. Det er jo næsten umuligt at følge med og høre og læse alt det der staar i Bladene nu. Er det sandt at Kamban blev skudt den Dag der var saa megen Skydning i Kjøbenhavn? Jeg har naturligvis ikke faaet bestilt noget i al den Tid, men nu skal jeg i Gang igen i Mrg. I Forgaars var det Pufs Fødselsdag og vi blev ringet op fra Båxhult, det var helt underligt at høre deres Stemmer igen. Gæssene har 5 Gæslinger. De kom med 6 i Regnvejr paa Frihedsdagen og den ene var død næste Mrg. Anden fik kun 7 Ællinger og den ene der ikke kunde følge med fik Børnene og der var stor Glæde over den et Par Dage, men i Gaar Morges vaagnede jeg ved Graad, det var Ane der om Natten havde taget den op i Sengen og var falden i Søvn og havde ligget den ihjel. Lysse bebudede at de vilde komme herned i Løbet af en fjorten Dags Tid og dersom det til den Tid kan blive nogenlunde fremkommeligt tænker jeg paa at tage med dem hjem et Par Dage. Nu er det jo snart 6 Aars siden jeg sidst var deroppe, saa jeg glæder mig til at se hvordan Skoven har forandret sig og hvad de har lavet ved Haven og Markerne siden da! Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1945-06-27</t>
+  </si>
+  <si>
+    <t>Alfred Benzon
+Bøje Benzon
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Hverken Johannes Larsen eller Johan Larsen med familie kan få rejsetilladelse før til efteråret. Larsen har fået et brev, som var blevet konfiskeret i 1942.
+Da Else og Johannes Larsen hørte i radioen om kapitulationen, hentede Larsen en meget gammel flaske St. Croix-rom og lavede romtoddyer. Næste dag drak de champagne i huset. De har gravet sølvtøj m.v. op og hentet evakuerede ting. Tyskerne ville have lavet maskingeværstillinger i Larsen-familiens have, men det slap man heldigvis for.
+Odderen er stukket af. Pointeren, Tiras, er et år og meget smuk, og nu skal Larsen til at træne den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9o4T</t>
+  </si>
+  <si>
+    <t>Kjerteminde 27 Juni 1945.
+Kære Lysse!
+Det var jo en stor Skuffelse at I ikke kan faa Rejsetilladelse. Her ser det heller ikke ud til at vi kan komme ud af Landet før en Gang til Efteraaret. Forleden kom her et Brev fra Dig, som jeg aabnede i Spænding da jeg troede det drejede sig om Besøget. Det viste sig imidlertid at det var et Du havde skrevet d. 12/12 1942 og som det svenske Postvæsen paa Opfordring af det danske do havde tilbageholdt af Hensyn til Adressaten, hvilket meddeltes paa en lille trykt Seddel. Her har vi det ellers godt og nyder daglig, at vi er sluppet af med Barbarerne. Om Aftenen den 4 Maj sad Else og jeg her og hørte Radio, Puf var taget til Odense for at melde sig til Frihedskæmperne. Da vi hørte om Kapitulationen gik jeg ned og hentede Elle og vi lavede os 3 Romtoddyer af en Flaske jeg havde faaet foræret af Bøje Benzon Gl. St. Croix Rom som han Bedstefar gamle Alfred Benzon havde importeret i 1849. den holder 65,9%. Næste Morgen trak jeg 3 Fl. Champagne op, som jeg havde haft liggende til den Anledning, og vi fik en Del mere i Løbet af [”Løbet af” indsat over linjen] Dagen. Vi har nu faaet gravet vores Sølvtøj og Spiritus op og hentet de Ting vi havde evakueret i Anledning af at Tyskerne havde plantet 30 Pæle omkring i Haven, hvor der skulde have været Løbegrave og Maskingevær Stillinger, men det slap vi da for. Odderen er brudt ud for ca. 14 Dage siden vi har opgivet at faa den igen. Vi har haft en broget Fluesnapperfamilie i en Mejsekasse i Kathrineblommetræet uden for Spisestuevinduet de fik 7 Unger der fløj ud i Gaar. Vi har det ellers godt og jeg skal hilse fra Else og Puf. Min nye Pointer ”Tiras” bliver et Aar d. 9 Juli og saa skal jeg til at dressere ham. Jeg tror nok det bliver den kønneste Pointer jeg har set og han er meget medgørlig, saa jeg venter mig en hel Del af ham.
+Mange Hilsner til Jer allesammen
+fra Din Far.</t>
+  </si>
+  <si>
+    <t>1948-09-22</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Dams Hotel
+Kai Grunth
+Sven Havsteen-Mikkelsen
+Hedvig Høst
+Oluf Høst
+Ville Jais Nielsen
+Johannes Jais-Nielsen
+Arne Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Bendt Rom
+Olaf Rude
+Finn Salomonsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Biæderen er ej sjælden træk- og ynglefugl i Danmark.
+Jordsvaler: Digesvaler
+Det vides ikke, hvad fyrmesteren på Christiansø og amtmanden i Rønne hed. 
+Oluf Høsts "større Gaard inde i Landet" hedder Bognemark, og han malede den utallige gange. 
+Mesinebryggeren kendes ikke, og det vides heller ikke, hvem der var pige i huset hos Larsen-familien i sept. 1948.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på Bornholm. På flyveturen dertil kunne han intet se pga. regn. Han tog ind på et hotel i Rønne, og her kom Arne Larsen og viste ham fotos af nogle biædere, som havde haft reder nord for Hasle. Dagen efter blev Larsen hentet af Olaf Rude, og de kørte ud og så biæderredehullerne. De næste dage besøgte de Hammershus og rundkirker samt flere byer og de var til middag med Oluf og Hedvig Høst samt Jais-Nielsen.
+Larsen var også en tur til Christiansø i dårligt vejr. Dagen efter spiste Larsen, Rude og Jais hos Høst i dennes dejlige hus, og Høst og Larsen var ved dennes gård (Bognemark). 
+I Rønne igen besøgte Larsen Amtmanden. Da Larsen kom frem til flyet, viste det sig, at der var overvægt, men en passager tilbød at vente til næste dag med at tage til København, og problemet blev derved løst. Udsigten fra flyet var denne dag fin.
+Larsen med familie har været i Odense og se et guldfund fra Midskov. De har også været på besøg hos Sven Havsteen-Mikkelsen på Taasinge, og han gav dem en skotsk hyrdehund fra et kuld hvalpe, som Johan/Puf tidligere havde set.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TrRn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Septbr 1948.
+Kære Lysse!
+Tak for Dit Brev. Skønt jeg havde glædet mig til den Tur gennem Jylland til Göteborg og videre til Båxhult, passer det mig i Grunden helt godt at den ikke bliver til noget til Aar. Jeg kan trøste Dig med at vi ikke var samtidig i Kjøbenhavn, da Du var der var jeg allerede hjemme. Vi havde Besøg af Bent Rom da jeg bestemte mig til Turen og han tilbød at jeg kunde overnatte i hans Lejlighed, hvad jeg saa gjorde og fløj Dagen efter til Bornholm. Flyveturen var en Skuffelse da det var saa Regntykt at jeg ikke en Gang kunde se Saltholm og overhovedet ingen Ting saa før vi kom til Bornholm, hvor jeg tog ind paa Dams Hotel i Rønne og ringede til Olaf Rude der sagde at han vilde hente mig næste Formiddag. Jeg gik saa ind og satte mig for at spise og saa kom der en Lektor Arne Larsen, som Rude havde sendt hen for at han kunde fortælle mig om Biæderne. Der er jo sket det mærkelige at 2 Par Biædere, en sydeuropæisk Fugl der tidligere er skudt nogle Gange her i Landet, men ikke vides at have ynglet N for Alperne i de sidste 100 Aar, havde ynglet i en Grusgrav paa en Mark ved Kysten lidt N for Hasle. Lektor Larsen viste mig nogle Billeder af dem. Der var baade Flugtfotografier og Fotografier af de gamle i Hullerne og af en Unge som en Kat havde haft fat i, og som senere døde. Redehullerne var anbragt i en Jordsvalekoloni. Dagen efter kørte jeg saa med Rude til Allinge hvor han bor, og paa Vejen stod vi af og var henne at se paa den omtalte Grusgrav, hvor Biæderne havde lavet 8 Redehuller. De var rejst om Fredagen før jeg om Tirsdagen kom derover. Om Eftermiddagen kørte vi op til Hammershus og næste Dag var vi igen deroppe og se paa Ruinerne og om Eftermiddagen til en af de 4 Rundkirker Olsker. Forøvrigt kørte Rude mig 2 Ture hver Dag og jeg fik 2 Festmaaltider daglig. Næste Dag var jeg med Rude og hans Kone paa en lang Tur gennem alle Byerne paa Ø Kysten til Dueodde og over Aakirkeby hjem gennem Ekkodalen. Vi var til stor Middag hos Grunther der har bygget sig et Hus ved Gudhjem, sammen med Jais Nielsen og hans Kone og Høst og hans Kone; Saa var jeg alene en Tur til Christiansø, men uheldig med Vejret. Jeg havde Mad med og fik en Pilsner en Bitter og en Kop Kaffe paa en Beværtning og gik saa ud
+2
+for at se paa Øen, men saa var det blevet Regnvejr og regnede mens jeg var der. Da jeg havde gaaet den store Ø rundt gik jeg ind til Fyrmesteren er den øverste Toldmyndighed og hilste ham fra Finn Salomonsen Vi sad saa og snakkede ved en Cigar og et Par Glas Portvin og saa gik jeg den lille Ø rundt i Regnvejr og satte mig ned i Kahytten. Det var blæst op og Vinden lige imod saa der var en hel Del søsyge. Rude og Høst stod og tog imod mig i Gudhjem og Rude kørte mig saa hjem. Næste Dag var Rudes og Jais, hans Kone var rejst til en fin Middag hos Høsts der har et dejligt Hus i Gudhjem, med Have op ad Klippen Bokul hvor der er en lille Lystskov med en stor Dam og paa den anden Side ligger den Gaard som Høst altid maler og hvor han har Atelier for uden et i haven og et i Huset. Jeg var med Høst oppe i Bondegaarden. Desuden ejer han en større Gaard inde i Landet og har bygget en stor fin Biograf til sin Søn. Saa var jeg nogle flere Ture med Rude, bl.a. paa Rytterknægten og i Bastemosen, og i den største Rundkirke Øster Larsker. Onsdag 1 Septbr kørte Rude og jeg til Rønne og besøgte Amtmanden hvor vi fik The og Kager og senere en Cocktail. Rude og Amtmanden skulde med Damperen om Aftenen, mens jeg havde faaet Billet til Flyvemaskinen. Amtmandens Chaufør kørte mig ud til Flyvepladsen. Der var 6 Passagerer som der var Plads til, men da vi blev vejede viste det sig at der var Overvægt, og vi fik den Besked at enten skulde en af Passagererne trække sig tilbage eller ogsaa skulde al Bagagen sendes med Damperen. Det saa jo ikke godt ud. Min Rejsetaske var ulaaset, og jeg kunde jo ikke komme til Kjøbenhavn uden Hotelplads og uden Nattøj, saa jeg var forberedt paa at returnere til Rønne, da heldigvis en af Passagererne erklærede at hans Hjem Rejse godt kunde vente til Dagen efter. Saa kom vi da af Sted og skønt det var lidt diset kunde jeg dog se Vandet hele Tiden og det var morsomt at flyve over Skaane, der laa i Soldis med nogle gulranede Skyer forude og en vældig Tordenbyge med Nedbør til højre for os og Skanør og Falsterbo til venstre. Vi fløj fra Bornholm Kl 6,15 en Time efter i Kastrup og jeg naaede at faa 3 Stk Mad og en Fadøl paa Banegaarden. Traf Mesingebryggeren paa Færgen 
+3
+og kørte med ham hjem og var her Kl. godt 12. I Forgaars var vi allesammen i Odense for at se et Guldfund fra Midskov. En Gaardmand derude ryddede en Busk og fandt 7 Guldkar af samme Slags som dem fra Lavindsgaard og dem fra Boeslunde, Du ved dem med Hankene. Disse havde 3 haft [Tegning] Hanke der var brækkede af, men der 2-3 smaa Guldplader der havde været nittede paa og en del af en Guldtraad. Hankene havde været [hul i papiret]viklet med. I Gaar var vi alle sammen )x nede hos Svend Mikkelsen der har købt et Hus paa Taasinge i Troense. Vi fik en sort og en hvid skotsk Hyrdehund med hjem som Puf havde været med til at udvælge af et Kuld Hvalpe da de var derovre i Fjor, det er en Hanhund der hedder ”Glen” Vi har haft meget uroligt Vejr i den sidste Tid og en Mængde Frugt er blæst ned og i Dag trækker der nogle store Byger med Regn og Hagl. 
+Mange Hilsner Jeres JL.
+)x Else var ikke med da hun er forkølet og i Dag ligger vores Pige med et daarligt Ben.
+P.S.
+I faar en af Dagene en Invitation til Anes Konfirmation i October, som jeg haaber at I kan komme til
+JL.</t>
+  </si>
+  <si>
+    <t>1950-06-21</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Wisie Brandt
+Frits Branner
+- Faksø
+Adam Goldschmidt
+Brita Goldschmidt
+Hans Iuel
+Thyra Iuel
+Grethe Jungstedt
+Kurt Jungstedt
+- Kruuse
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie
+Pernille Marryat
+Ib Marryat Johansen
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+- Thomsen, Kerteminde
+Andreas Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Astrid Warbergs svigermor hed. Heller ikke vides det, hvem "Englænderne" og Jørgen var. 
+Familien kendte flere ved navn Kruuse, men den her omtalte var formodentlig i familie med Eline Brandstrup. 
+Christian Brandstrups erindringer kan findes på internettet (maj 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0131</t>
+  </si>
+  <si>
+    <t>Johanne takker for det dejlige tøj og for "Mord-Romanerne", som hun straks har læst. Adolf vil læse dem til vinter. Hun spørger, hvordan det går med Adams ægteskab, og hun håber, at hans kone har skjulte talenter. Johanne spørger også, om det kan passe, at Ib Marryat tjener 1500 kr. om måneden?
+Johannes knæ har det bedre, men hun går ikke ud i haven, som er et vildnis.
+Man tager kartofler op på gården, og det er spændende, hvad de vil indbringe. Ruth tabte sit ur i marken, men en dygtig schæferhund fandt det.
+Frederik Andreas/Dede har været på hospitalet.
+Kornet hos Laurits og Laura har lagt sig ned. De har været på besøg med deres lille dreng.
+Thyra Iuel har også været på besøg med en bog og et servilt brev. Hun inviterede Larsen-familien på besøg. 
+Kurt og Grete Jungstedt kommer 14 dage til Danmark.
+Else og Andreas/Puf venter barn, og Johanne synes, det er en dårlig idé. 
+Johanne har solgt 12 servietter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y5jP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside: Dis’ adresse er skrevet af afsender, andre bemærkninger af ukendt/BWP]
+Modt. ”Midsommardagen”
+24’ Juni 1950.
+besv. 1’ Juli 1950. 
+Fru A. Warberg Müller
+Puttabygget
+Majenfors
+Småland
+21-6-2000 BWP.
+Sverige
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard 21 Juni 1950
+Kære lille Dis!
+Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
+Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
+Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
+Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
+Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
+Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
+Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
+Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
+Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
+Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
+Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
+[S. 2 øv., skrevet på hovedet:]
+En myrdet Flue. Undskyld 
+[S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
   </si>
   <si>
     <t>1950-07-05</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Dres -
 Holger -
 Ellen Agnete Amstrup
 Adolph Hitler
 Thyra Iuel
 Adolph Larsen
 Marie Larsen
 Rasmus Larsen
 Christine  Mackie
 Axel  Müller
 Lauritz Pedersen
 Christine Swane
 Lars Swane
 Sigurd  Swane
 Harry Truman
 Ursula Uttenreitter
 Fritz Warberg
@@ -5680,343 +6059,120 @@
 Småland
 Sverige
 [Skrevet af ukendt/Laura Warberg Petersen?]
 23-7-2000
 BWP.
 [Skrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen Danmark
 [I brevet:]
 Lindøgaard Onsd. 5-7-1950
 Kære lille Dis!
 Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
 I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
 2.
 om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
 X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
 3.
 op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
 Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
 Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
 Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
 [Skrevet på hovedet øverst på sidste side:]
 underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
 God Bedring m. Astmaen!</t>
   </si>
   <si>
-    <t>1892-05-02</t>
-[...113 lines deleted...]
-    <t>George Byron
+    <t>1951-05-18</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
 Else Jensen
 Emmerik Jensen
-Jens Jensen
-[...148 lines deleted...]
-Johannes V. Jensen
+Hjalmar Johansen
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Poul Lorentsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen var død, da Johannes Larsen skrev brevet</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har blandt andet været i Zoologisk Have i København. Nu er han hjemme og skal til Romsø med Christiansen. Gåsen ligger stadig på æg. Han vedlægger et brev fra Poul Lorentsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5W9d</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1951
+Kære Lysse og Bimse.
+Jeg fik snakket med en Del Mennesker i Kjøbenhavn og Fredagen før Pintse kørte Else og Emmerik mig til zoologisk Have og derfra til Banegaarden hvor jeg i et overfyldt Tog kom til Korsør og videre til Nyborg, hvor Puf hentede mig. Vi har haft det koldt her siden men i Dag er det mildere og jeg har været nede hos Christiansen og aftalt med ham at tage til Romsø i Morgen. Vores Gaas ligger stadig skønt den skulde have haft Gæslinger for en Uge siden. I Dag fik jeg vedlagte Brev fra Statsskovrider Poul Lorentzen, som Du nok vil høre nærmere fra. Hvordan gaar det med Kalkunerne? og med de smaa Æg? Tak for sidst! Mange Hilsner fra Puf, Else, Børnene og 
+Jeres JL.
+[På side 2 er der tegnet et kort. På dette er der skrevet:]
+Tyllesand 5
+114 Per Larson
+Lasse!
+100 Godsågere
+Skogsvakten
+Hjalmar Johansen</t>
+  </si>
+  <si>
+    <t>1930-1934</t>
+  </si>
+  <si>
+    <t>Elena Larsen
 Johannes Larsen
-Peter Andreas Larsen
-[...23 lines deleted...]
-Hømikke.</t>
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Romsø er en ø i Storebælt nær Kerteminde, og Stengårds Stænge er en strand på Hindsholm nord for Kerteminde.
+Det vides ikke, hvem den omtalte dumrian er.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Romsø, men han vil sejle til Stengårds Stænge, hvor Andreas/Puf Larsen møder ham for at få en underskrift på en check.
+Andreas er ked af, at han glemte sin eneste nevøs fødselsdag. Han undskylder skriften. Johannes Larsen har taget Andreas' fyldepen med til Romsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E7Wf</t>
+  </si>
+  <si>
+    <t>Kære Bimse og Lysse!
+Far har idag skrevet til Gyldendal efter en Check og saasnart den kommer, kører jeg til Stengaards-Stænge x), hvor Far vil løbe ind med en Motorbaad fra Romsø, hvortil han idag er rejst. Jeg skal saa se hvordan jeg kan faa Pengene sendt til Jer uden at krambulere med vor Valutacentral. Det lyder maaske lidt indviklet det med Stengaards-Stænge, men Brevet til Gyldendal var allerede
+[Indsat nederst på s. 1:]
+x) forat faa Checken paategnet.
+2) 
+skrevet, da vi kom til at tale om at Pengene vilde komme paa en Check og ikke paa en Anvisning, som jeg uden videre kunde videreexpedere. -
+Tak for Jeres lange Fødselsdagsbrev forleden! Meget bedre sent (sendt) end aldrig! Jeg gik selv og var flov over at vi havde glemt Peters Fødselsdag den 28. Maj, eller 27. som I jo tror det er. Jeg huskede den i Dagene forud og huskede ogsaa Far paa det, men ikke desto mindre
+3)
+gik det jo, som det ["som det" overstreget] som det gik. Jeg var virkelig ked af det, for saadan en "fiks lille en" maa man da huske at gratulere, især naar det er ens eneste Nevø og man er saa stolt af ham, som hans undertegnede Onkel. - Det var idetheletaget et fornøjeligt Brev, og jeg er lige ved at tro, jeg vil kunne nøjes med et (eller to, for ikke at gøre Jer Uret) om Aaret, hvis det (de) er saa fornøjelig(e) og livsglad(e).
+Vend!
+Undskyld Skriften er lidt underlig, men Far har min Fyldepen med paa Romsø, og det er desuden ved at blive mørkt. Desværre kan ingen af os tage op til Jer netop nu, vi maa haabe paa en senere Tur.
+Jeg skal hilse fra Far, han bad mig skrive dette til Jer, da han tog til Romsø.
+Mange Hilsner til Jer alle 3 ogsaa fra Puf.
+Jeg saa nok hvad der stod om den Dumrian!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6093,59 +6249,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WTE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ZNp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1CD1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4hizQl0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MavKRPKj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCdwAHOt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24RF37Rq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9nE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ohBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r4bH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WTE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ZNp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ohBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9nE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4hizQl0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MavKRPKj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCdwAHOt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24RF37Rq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1CD1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r4bH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M171"/>
+  <dimension ref="A1:M173"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6180,7686 +6336,7774 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="H4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E5" s="5" t="s">
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>46</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>47</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E9" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="J9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="C10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="D10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>93</v>
+        <v>86</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="L12" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>99</v>
-      </c>
-[...18 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="B13" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="E13" s="5" t="s">
-[...16 lines deleted...]
-      <c r="J13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
         <v>112</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>113</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>114</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="E15" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="5" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="5" t="s">
+      <c r="F16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="D16" s="5" t="s">
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="E16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="K16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D17" s="5" t="s">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="F17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="G17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="H17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="I17" s="5"/>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="E18" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="J18" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="F18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>148</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="F20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>163</v>
-      </c>
-[...14 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>170</v>
-      </c>
-[...24 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>179</v>
+        <v>51</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>181</v>
+        <v>93</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>93</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>178</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>80</v>
-[...7 lines deleted...]
-        <v>194</v>
+        <v>51</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>202</v>
+        <v>51</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" s="5"/>
+      <c r="H25" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>194</v>
+      </c>
       <c r="J25" s="5" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>209</v>
+        <v>51</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>210</v>
+        <v>52</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>211</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="D27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>207</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>39</v>
+        <v>210</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>225</v>
+        <v>51</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>135</v>
-[...14 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>227</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-        </is>
+        <v>108</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>234</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I30" s="5"/>
+        <v>235</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>236</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>39</v>
+        <v>237</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C31" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>180</v>
-[...4 lines deleted...]
-        </is>
+        <v>93</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>108</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>52</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>135</v>
+        <v>51</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G33" s="5" t="s">
+        <v>256</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="5" t="n">
-        <v>1928</v>
+      <c r="A34" s="5" t="s">
+        <v>261</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>267</v>
+        <v>51</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>270</v>
+        <v>22</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>275</v>
+        <v>51</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="s">
-        <v>281</v>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>273</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>274</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>183</v>
+        <v>22</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="n">
-        <v>1901</v>
+      <c r="A37" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G37" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>289</v>
+        <v>22</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>294</v>
+        <v>51</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>287</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>288</v>
+      </c>
       <c r="J38" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>135</v>
-[...9 lines deleted...]
-        </is>
+        <v>293</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>294</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="5" t="s">
-        <v>308</v>
+      <c r="A40" s="5" t="n">
+        <v>1901</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>105</v>
+        <v>301</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>126</v>
-[...7 lines deleted...]
-        <v>309</v>
+        <v>302</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="I40" s="5"/>
+        <v>303</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>304</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>293</v>
+      </c>
+      <c r="D41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H41" s="5" t="s">
+        <v>311</v>
       </c>
       <c r="I41" s="5"/>
-      <c r="J41" s="5" t="s">
-        <v>311</v>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K41" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>91</v>
+        <v>310</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>320</v>
-[...8 lines deleted...]
-        <v>323</v>
+        <v>293</v>
+      </c>
+      <c r="D42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>324</v>
-[...8 lines deleted...]
-        <v>327</v>
+        <v>315</v>
+      </c>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L42" s="6" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>15</v>
+        <v>318</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>331</v>
+        <v>16</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>51</v>
-[...9 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>319</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
-        <v>39</v>
+        <v>112</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>65</v>
+        <v>302</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
-        <v>39</v>
+        <v>305</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>80</v>
+        <v>302</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>51</v>
+        <v>330</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>183</v>
+        <v>305</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>347</v>
+        <v>333</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>348</v>
+        <v>334</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>349</v>
+        <v>335</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>286</v>
+        <v>52</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>51</v>
+        <v>336</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="I46" s="5"/>
+        <v>337</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>338</v>
+      </c>
       <c r="J46" s="5" t="s">
-        <v>289</v>
+        <v>339</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>25</v>
+        <v>344</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>295</v>
+        <v>93</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>297</v>
+        <v>347</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>154</v>
-[...9 lines deleted...]
-        </is>
+        <v>303</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>39</v>
+        <v>112</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>145</v>
-[...9 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>359</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>369</v>
+        <v>22</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>374</v>
+        <v>301</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>80</v>
-[...10 lines deleted...]
-        </is>
+        <v>366</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>367</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>379</v>
+        <v>112</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>80</v>
+        <v>374</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>81</v>
-[...9 lines deleted...]
-        </is>
+        <v>375</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="s">
-        <v>384</v>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I51" s="5" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>374</v>
+        <v>27</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-        </is>
+        <v>384</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>385</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>391</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>386</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>394</v>
+        <v>112</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>135</v>
+        <v>51</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>399</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>402</v>
+        <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>135</v>
+        <v>51</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>18</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>25</v>
+        <v>374</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>294</v>
+        <v>16</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>414</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>297</v>
+        <v>112</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>25</v>
+        <v>412</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>321</v>
-[...7 lines deleted...]
-        </is>
+        <v>374</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>376</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
-        <v>297</v>
+        <v>414</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>25</v>
+        <v>412</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>374</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>297</v>
+        <v>414</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>431</v>
+        <v>419</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>432</v>
+        <v>420</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>434</v>
+        <v>422</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>249</v>
+        <v>301</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>437</v>
+        <v>426</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>20</v>
+        <v>427</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>25</v>
+        <v>301</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>321</v>
+        <v>423</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>295</v>
+        <v>424</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>15</v>
+        <v>412</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E60" s="5" t="s">
-        <v>51</v>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>20</v>
+        <v>439</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="M61" s="5" t="s">
         <v>452</v>
-      </c>
-[...38 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>25</v>
+        <v>412</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>454</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>297</v>
+        <v>439</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>80</v>
+        <v>301</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-        </is>
+        <v>459</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>470</v>
+        <v>427</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>80</v>
+        <v>301</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>135</v>
+        <v>423</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="F64" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="5" t="n">
+        <v>1912</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="G64" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>476</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="M65" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...57 lines deleted...]
-      <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>488</v>
-[...10 lines deleted...]
-        </is>
+        <v>366</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="M66" s="5"/>
+        <v>481</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>482</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>491</v>
-[...5 lines deleted...]
-        </is>
+        <v>484</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="M67" s="5"/>
+        <v>487</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>488</v>
+      </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="L68" s="6" t="s">
         <v>494</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="I68" s="5"/>
-[...11 lines deleted...]
-      <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="H69" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="B69" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="I69" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J69" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>500</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>501</v>
       </c>
-      <c r="M69" s="5"/>
+      <c r="M69" s="5" t="s">
+        <v>502</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G70" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="M70" s="5"/>
+        <v>508</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>509</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>506</v>
-[...10 lines deleted...]
-        </is>
+        <v>512</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>514</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="M71" s="5"/>
+        <v>515</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>516</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>325</v>
       </c>
       <c r="I72" s="5"/>
-      <c r="J72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J72" s="5" t="s">
+        <v>519</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>485</v>
+        <v>520</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>521</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>522</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>444</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        </is>
+        <v>524</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>500</v>
+        <v>527</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="M73" s="5"/>
+        <v>528</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>512</v>
+        <v>530</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>483</v>
+        <v>225</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>15</v>
-[...28 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>485</v>
+        <v>533</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>534</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>535</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>515</v>
+        <v>536</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>459</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>538</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>485</v>
+        <v>539</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="M75" s="5"/>
+        <v>540</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>541</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>518</v>
+        <v>542</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>483</v>
+        <v>310</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>519</v>
+        <v>543</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>520</v>
+        <v>544</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>521</v>
+        <v>545</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>547</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G77" s="5" t="s">
+        <v>548</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>36</v>
+        <v>549</v>
       </c>
       <c r="I77" s="5"/>
-      <c r="J77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J77" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>500</v>
+        <v>550</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="M77" s="5"/>
+        <v>551</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>552</v>
+      </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>523</v>
+        <v>553</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>483</v>
+        <v>225</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G78" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I78" s="5"/>
-      <c r="J78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J78" s="5" t="s">
+        <v>554</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>500</v>
+        <v>555</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="M78" s="5"/>
+        <v>556</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>557</v>
+      </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>525</v>
+        <v>558</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>483</v>
+        <v>215</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>559</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>562</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>564</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>500</v>
+        <v>565</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>527</v>
-[...1 lines deleted...]
-      <c r="M79" s="5"/>
+        <v>566</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>567</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>528</v>
+        <v>568</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>412</v>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="I80" s="5"/>
-      <c r="J80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J80" s="5" t="s">
+        <v>554</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>529</v>
+        <v>570</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="M80" s="5"/>
+        <v>571</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>572</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>531</v>
+        <v>573</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>574</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H81" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>578</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>532</v>
+        <v>579</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="M81" s="5"/>
+        <v>580</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>581</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>534</v>
+        <v>582</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>483</v>
+        <v>310</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>535</v>
+        <v>583</v>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="6" t="s">
-        <v>536</v>
+        <v>584</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>537</v>
+        <v>585</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>483</v>
+        <v>225</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>586</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="s">
-        <v>538</v>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I83" s="5"/>
-      <c r="J83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J83" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>588</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="M83" s="5"/>
+        <v>589</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>590</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>540</v>
+        <v>591</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>586</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H84" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>593</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="M84" s="5"/>
+        <v>594</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>595</v>
+      </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>543</v>
+        <v>596</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>597</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>513</v>
+        <v>586</v>
       </c>
       <c r="I85" s="5"/>
-      <c r="J85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J85" s="5" t="s">
+        <v>587</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>485</v>
+        <v>598</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="M85" s="5"/>
+        <v>599</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>600</v>
+      </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>545</v>
+        <v>601</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>374</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>412</v>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>546</v>
+        <v>602</v>
       </c>
       <c r="I86" s="5"/>
-      <c r="J86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J86" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>603</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="M86" s="5"/>
+        <v>604</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>605</v>
+      </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>548</v>
+        <v>606</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>15</v>
-[...19 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>608</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>549</v>
-[...10 lines deleted...]
-        </is>
+        <v>609</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="M87" s="5"/>
+        <v>612</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>613</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>551</v>
+        <v>614</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>607</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G88" s="5" t="s">
+        <v>615</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>552</v>
-[...5 lines deleted...]
-        </is>
+        <v>616</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>485</v>
+        <v>618</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="M88" s="5"/>
+        <v>619</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>620</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>554</v>
+        <v>621</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="E89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E89" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G89" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>526</v>
-[...5 lines deleted...]
-        </is>
+        <v>623</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>625</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>496</v>
+        <v>626</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>555</v>
-[...1 lines deleted...]
-      <c r="M89" s="5"/>
+        <v>627</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>628</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>556</v>
+        <v>629</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>483</v>
+        <v>225</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>15</v>
-[...22 lines deleted...]
-        <v>557</v>
+        <v>301</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I90" s="5"/>
-      <c r="J90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J90" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>631</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="M90" s="5"/>
+        <v>632</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>633</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>559</v>
+        <v>634</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>635</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>560</v>
+        <v>636</v>
       </c>
       <c r="I91" s="5"/>
-      <c r="J91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J91" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>638</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="M91" s="5"/>
+        <v>639</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>640</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>562</v>
+        <v>641</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>563</v>
+        <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>564</v>
-[...4 lines deleted...]
-        </is>
+        <v>635</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>565</v>
-[...5 lines deleted...]
-        </is>
+        <v>642</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>644</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>566</v>
+        <v>645</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="M92" s="5"/>
+        <v>646</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>647</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>562</v>
+        <v>648</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>563</v>
+        <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>568</v>
-[...4 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>569</v>
-[...5 lines deleted...]
-        </is>
+        <v>649</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>570</v>
+        <v>651</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="M93" s="5"/>
+        <v>652</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>653</v>
+      </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>572</v>
+        <v>654</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>226</v>
-[...9 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>573</v>
-[...5 lines deleted...]
-        </is>
+        <v>656</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>574</v>
+        <v>658</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="M94" s="5"/>
+        <v>659</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>660</v>
+      </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>576</v>
+        <v>661</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>226</v>
-[...9 lines deleted...]
-        </is>
+        <v>662</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>577</v>
-[...10 lines deleted...]
-        </is>
+        <v>663</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>666</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>667</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>668</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>579</v>
+        <v>669</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>483</v>
+        <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>670</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>671</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-        </is>
+        <v>672</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>674</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>485</v>
+        <v>675</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="M96" s="5"/>
+        <v>676</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>677</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>582</v>
+        <v>678</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>483</v>
+        <v>310</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>583</v>
+        <v>679</v>
       </c>
       <c r="I97" s="5"/>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K97" s="5" t="s">
-        <v>485</v>
+        <v>680</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>584</v>
+        <v>681</v>
       </c>
       <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>585</v>
+        <v>682</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>483</v>
+        <v>310</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H98" s="5" t="s">
+        <v>683</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K98" s="5" t="s">
-        <v>586</v>
+        <v>680</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>587</v>
+        <v>684</v>
       </c>
       <c r="M98" s="5"/>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>588</v>
+        <v>685</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>179</v>
-[...20 lines deleted...]
-        <v>183</v>
+        <v>16</v>
+      </c>
+      <c r="D99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I99" s="5"/>
+      <c r="J99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K99" s="5" t="s">
-        <v>591</v>
+        <v>680</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>594</v>
+        <v>687</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>596</v>
+        <v>16</v>
+      </c>
+      <c r="D100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>597</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>683</v>
+      </c>
+      <c r="I100" s="5"/>
+      <c r="J100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>599</v>
+        <v>680</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>688</v>
+      </c>
+      <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>602</v>
+        <v>689</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>91</v>
+        <v>310</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>25</v>
-[...16 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>690</v>
       </c>
       <c r="I101" s="5"/>
-      <c r="J101" s="5" t="s">
-        <v>31</v>
+      <c r="J101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>604</v>
+        <v>680</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>607</v>
+        <v>692</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>91</v>
+        <v>310</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>126</v>
-[...11 lines deleted...]
-        <v>608</v>
+        <v>16</v>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>609</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>546</v>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K102" s="5" t="s">
-        <v>611</v>
+        <v>693</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+      <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>614</v>
+        <v>695</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D103" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E103" s="5" t="s">
-        <v>615</v>
+      <c r="D103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-        <v>616</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>617</v>
+        <v>696</v>
       </c>
       <c r="I103" s="5"/>
-      <c r="J103" s="5" t="s">
-        <v>31</v>
+      <c r="J103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K103" s="5" t="s">
-        <v>618</v>
+        <v>697</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>621</v>
+        <v>699</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>320</v>
-[...5 lines deleted...]
-        <v>428</v>
+        <v>16</v>
+      </c>
+      <c r="D104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>622</v>
-[...5 lines deleted...]
-        <v>624</v>
+        <v>690</v>
+      </c>
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K104" s="5" t="s">
-        <v>625</v>
+        <v>700</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>626</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>628</v>
+        <v>702</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>629</v>
-[...5 lines deleted...]
-        <v>630</v>
+        <v>16</v>
+      </c>
+      <c r="D105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>111</v>
+        <v>703</v>
       </c>
       <c r="I105" s="5"/>
-      <c r="J105" s="5" t="s">
-        <v>112</v>
+      <c r="J105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K105" s="5" t="s">
-        <v>631</v>
+        <v>700</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>634</v>
+        <v>705</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>595</v>
+        <v>16</v>
+      </c>
+      <c r="D106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G106" s="5" t="s">
-[...9 lines deleted...]
-        <v>183</v>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I106" s="5"/>
+      <c r="J106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K106" s="5" t="s">
-        <v>638</v>
+        <v>706</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="M106" s="5"/>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>641</v>
+        <v>708</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>25</v>
+        <v>301</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>459</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="s">
-        <v>642</v>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>643</v>
+        <v>709</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>644</v>
+        <v>710</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>31</v>
+        <v>711</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>645</v>
+        <v>712</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>646</v>
+        <v>713</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>647</v>
+        <v>714</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>648</v>
+        <v>715</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>649</v>
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I108" s="5"/>
-      <c r="J108" s="5" t="s">
-        <v>650</v>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>651</v>
+        <v>716</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>654</v>
+        <v>718</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>105</v>
+        <v>51</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>630</v>
+        <v>719</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G109" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>721</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>655</v>
+        <v>722</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>656</v>
+        <v>723</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>657</v>
+        <v>724</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>658</v>
+        <v>725</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>659</v>
+        <v>726</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>15</v>
+        <v>727</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>80</v>
+        <v>728</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>660</v>
+        <v>17</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="s">
-        <v>661</v>
+        <v>729</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>662</v>
+        <v>730</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>663</v>
+        <v>731</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>183</v>
+        <v>732</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>664</v>
+        <v>733</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>665</v>
+        <v>734</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>666</v>
+        <v>735</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>667</v>
+        <v>736</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>209</v>
+        <v>16</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>668</v>
+        <v>51</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="s">
-        <v>669</v>
+        <v>737</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>670</v>
-[...1 lines deleted...]
-      <c r="I111" s="5"/>
+        <v>738</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>739</v>
+      </c>
       <c r="J111" s="5" t="s">
-        <v>671</v>
+        <v>22</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>672</v>
+        <v>740</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>673</v>
+        <v>741</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>674</v>
+        <v>742</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>675</v>
+        <v>743</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>25</v>
+        <v>301</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>350</v>
+        <v>459</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>655</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>677</v>
+        <v>744</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>678</v>
+        <v>745</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>679</v>
+        <v>427</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>680</v>
+        <v>746</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>681</v>
+        <v>747</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>682</v>
+        <v>748</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>683</v>
+        <v>749</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-        <v>145</v>
+        <v>16</v>
+      </c>
+      <c r="D113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H113" s="5" t="s">
-[...6 lines deleted...]
-        <v>686</v>
+      <c r="H113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I113" s="5"/>
+      <c r="J113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K113" s="5" t="s">
-        <v>687</v>
+        <v>750</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="M113" s="5"/>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>690</v>
+        <v>752</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>126</v>
+        <v>301</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>118</v>
+        <v>459</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>655</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H114" s="5" t="s">
+        <v>753</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>691</v>
+        <v>754</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>174</v>
+        <v>427</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>692</v>
+        <v>755</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>693</v>
+        <v>756</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>694</v>
+        <v>757</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>695</v>
+        <v>758</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>15</v>
+        <v>727</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>80</v>
+        <v>759</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>17</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G115" s="5" t="s">
-        <v>696</v>
+        <v>760</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>183</v>
+        <v>762</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>699</v>
+        <v>763</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>700</v>
+        <v>764</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>701</v>
+        <v>765</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>702</v>
+        <v>766</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>767</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G116" s="5" t="s">
+        <v>768</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="I116" s="5"/>
+        <v>769</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>770</v>
+      </c>
       <c r="J116" s="5" t="s">
-        <v>650</v>
+        <v>22</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>704</v>
+        <v>771</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>705</v>
+        <v>772</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>706</v>
+        <v>773</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>707</v>
+        <v>774</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>414</v>
+        <v>16</v>
+      </c>
+      <c r="D117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>708</v>
-[...8 lines deleted...]
-        <v>710</v>
+        <v>775</v>
+      </c>
+      <c r="I117" s="5"/>
+      <c r="J117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L117" s="6" t="s">
-        <v>711</v>
-[...3 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="M117" s="5"/>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>713</v>
+        <v>777</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>16</v>
+      </c>
+      <c r="D118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="s">
-        <v>630</v>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>350</v>
+        <v>778</v>
       </c>
       <c r="I118" s="5"/>
-      <c r="J118" s="5" t="s">
-[...3 lines deleted...]
-        <v>715</v>
+      <c r="J118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L118" s="6" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="M118" s="5"/>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>718</v>
+        <v>780</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H119" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>721</v>
+      <c r="H119" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="I119" s="5"/>
+      <c r="J119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L119" s="6" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>782</v>
+      </c>
+      <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>724</v>
+        <v>783</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>725</v>
-[...5 lines deleted...]
-        <v>726</v>
+        <v>16</v>
+      </c>
+      <c r="D120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>727</v>
-[...8 lines deleted...]
-        <v>730</v>
+        <v>784</v>
+      </c>
+      <c r="I120" s="5"/>
+      <c r="J120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L120" s="6" t="s">
-        <v>731</v>
-[...3 lines deleted...]
-      </c>
+        <v>785</v>
+      </c>
+      <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>733</v>
+        <v>786</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>734</v>
+        <v>16</v>
+      </c>
+      <c r="D121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>735</v>
+        <v>787</v>
       </c>
       <c r="I121" s="5"/>
-      <c r="J121" s="5" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="J121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L121" s="6" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>788</v>
+      </c>
+      <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>740</v>
+        <v>789</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="D122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="s">
-        <v>741</v>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>742</v>
-[...8 lines deleted...]
-        <v>744</v>
+        <v>790</v>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L122" s="6" t="s">
-        <v>745</v>
-[...3 lines deleted...]
-      </c>
+        <v>791</v>
+      </c>
+      <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>747</v>
+        <v>792</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>748</v>
+        <v>16</v>
+      </c>
+      <c r="D123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>749</v>
+        <v>793</v>
       </c>
       <c r="I123" s="5"/>
-      <c r="J123" s="5" t="s">
-[...3 lines deleted...]
-        <v>750</v>
+      <c r="J123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L123" s="6" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>753</v>
+        <v>795</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>179</v>
-[...11 lines deleted...]
-        <v>756</v>
+        <v>16</v>
+      </c>
+      <c r="D124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>757</v>
+        <v>796</v>
       </c>
       <c r="I124" s="5"/>
-      <c r="J124" s="5" t="s">
-[...3 lines deleted...]
-        <v>758</v>
+      <c r="J124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L124" s="6" t="s">
-        <v>759</v>
-[...3 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>761</v>
+        <v>798</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>80</v>
+        <v>459</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>655</v>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>762</v>
+        <v>799</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>763</v>
+        <v>800</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>183</v>
+        <v>427</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>764</v>
+        <v>801</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>765</v>
+        <v>802</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>766</v>
+        <v>803</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>767</v>
+        <v>804</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>25</v>
+        <v>805</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>26</v>
+        <v>423</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>27</v>
+        <v>655</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="s">
-        <v>768</v>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>769</v>
+        <v>806</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>770</v>
+        <v>807</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>31</v>
+        <v>427</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>771</v>
+        <v>808</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>772</v>
+        <v>809</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>773</v>
+        <v>810</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>774</v>
+        <v>811</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>81</v>
+        <v>812</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>775</v>
+        <v>813</v>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
-        <v>776</v>
-[...4 lines deleted...]
-        </is>
+        <v>644</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>814</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>777</v>
+        <v>815</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>778</v>
+        <v>816</v>
       </c>
     </row>
     <row r="128">
-      <c r="A128" s="5" t="s">
-        <v>779</v>
+      <c r="A128" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>25</v>
+        <v>683</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>294</v>
-[...7 lines deleted...]
-        </is>
+        <v>546</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>817</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>780</v>
+        <v>818</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>781</v>
+        <v>819</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>297</v>
+        <v>820</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>782</v>
+        <v>821</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>783</v>
+        <v>822</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>784</v>
+        <v>823</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>785</v>
+        <v>824</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>15</v>
+        <v>825</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>36</v>
+        <v>546</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>595</v>
+        <v>826</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>786</v>
+        <v>827</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>787</v>
+        <v>828</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>20</v>
+        <v>829</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>788</v>
+        <v>830</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>789</v>
+        <v>831</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>790</v>
+        <v>832</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>791</v>
+        <v>833</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D130" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>792</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>834</v>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>794</v>
+        <v>835</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>795</v>
-[...3 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>797</v>
+        <v>837</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D131" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>798</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>838</v>
+      </c>
+      <c r="I131" s="5"/>
+      <c r="J131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K131" s="5" t="s">
-        <v>800</v>
+        <v>835</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>839</v>
+      </c>
+      <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>803</v>
+        <v>840</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>804</v>
-[...5 lines deleted...]
-        <v>805</v>
+        <v>16</v>
+      </c>
+      <c r="D132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>806</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>841</v>
+      </c>
+      <c r="I132" s="5"/>
+      <c r="J132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K132" s="5" t="s">
-        <v>808</v>
+        <v>835</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>842</v>
+      </c>
+      <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>811</v>
+        <v>843</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>16</v>
+      </c>
+      <c r="D133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>813</v>
-[...5 lines deleted...]
-        <v>815</v>
+        <v>844</v>
+      </c>
+      <c r="I133" s="5"/>
+      <c r="J133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K133" s="5" t="s">
-        <v>816</v>
+        <v>835</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>817</v>
-[...3 lines deleted...]
-      </c>
+        <v>845</v>
+      </c>
+      <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>819</v>
+        <v>846</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>820</v>
-[...5 lines deleted...]
-        <v>145</v>
+        <v>16</v>
+      </c>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>821</v>
-[...5 lines deleted...]
-        <v>823</v>
+        <v>847</v>
+      </c>
+      <c r="I134" s="5"/>
+      <c r="J134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K134" s="5" t="s">
-        <v>824</v>
+        <v>835</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>179</v>
-[...8 lines deleted...]
-        <v>180</v>
+        <v>16</v>
+      </c>
+      <c r="D135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>828</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>850</v>
+      </c>
+      <c r="I135" s="5"/>
+      <c r="J135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>831</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="M135" s="5"/>
     </row>
     <row r="136">
-      <c r="A136" s="5" t="n">
-        <v>1912</v>
+      <c r="A136" s="5" t="s">
+        <v>852</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>14</v>
+        <v>310</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>16</v>
+      </c>
+      <c r="D136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>833</v>
-[...4 lines deleted...]
-      <c r="J136" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="I136" s="5"/>
+      <c r="J136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K136" s="5" t="s">
         <v>835</v>
       </c>
-      <c r="K136" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L136" s="6" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>853</v>
+      </c>
+      <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>79</v>
+        <v>310</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>840</v>
-[...8 lines deleted...]
-        <v>843</v>
+        <v>16</v>
+      </c>
+      <c r="D137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I137" s="5" t="s">
-[...3 lines deleted...]
-        <v>845</v>
+      <c r="I137" s="5"/>
+      <c r="J137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>126</v>
+        <v>374</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>105</v>
-[...9 lines deleted...]
-        </is>
+        <v>857</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="I138" s="5"/>
+        <v>859</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>860</v>
+      </c>
       <c r="J138" s="5" t="s">
-        <v>112</v>
+        <v>379</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>855</v>
+        <v>375</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>118</v>
-[...4 lines deleted...]
-        </is>
+        <v>865</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
-        <v>39</v>
+        <v>644</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>855</v>
+        <v>374</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>118</v>
-[...9 lines deleted...]
-        </is>
+        <v>871</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>872</v>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>862</v>
+        <v>873</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>863</v>
+        <v>874</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>875</v>
+      </c>
+      <c r="K140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L140" s="6" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>868</v>
+        <v>16</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>15</v>
+        <v>879</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>869</v>
+        <v>17</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>183</v>
+        <v>882</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>80</v>
+        <v>683</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>135</v>
+        <v>546</v>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="s">
-        <v>876</v>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-        </is>
+        <v>683</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>607</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>886</v>
+        <v>829</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>15</v>
+        <v>899</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>51</v>
+        <v>900</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G144" s="5" t="s">
+        <v>901</v>
       </c>
       <c r="H144" s="5" t="s">
-        <v>891</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>183</v>
+        <v>112</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>80</v>
+        <v>546</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="I145" s="5"/>
+        <v>907</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>908</v>
+      </c>
       <c r="J145" s="5" t="s">
-        <v>183</v>
+        <v>829</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>898</v>
+        <v>909</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>900</v>
+        <v>911</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C146" s="5" t="s">
-        <v>15</v>
+      <c r="C146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D146" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>902</v>
+        <v>18</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G146" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G146" s="5" t="s">
+        <v>913</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>903</v>
+        <v>825</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>183</v>
+        <v>112</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>179</v>
+        <v>683</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>910</v>
+        <v>546</v>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>183</v>
+        <v>882</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>25</v>
+        <v>301</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>321</v>
+        <v>423</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>27</v>
+        <v>655</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>297</v>
+        <v>427</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>105</v>
-[...4 lines deleted...]
-        </is>
+        <v>546</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>931</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>923</v>
-[...1 lines deleted...]
-      <c r="I149" s="5"/>
+        <v>932</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>933</v>
+      </c>
       <c r="J149" s="5" t="s">
-        <v>106</v>
+        <v>829</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>855</v>
+        <v>16</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-        </is>
+        <v>683</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>938</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I150" s="5"/>
+        <v>939</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>940</v>
+      </c>
       <c r="J150" s="5" t="s">
-        <v>929</v>
+        <v>829</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>931</v>
+        <v>942</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>933</v>
+        <v>944</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>855</v>
+        <v>683</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>126</v>
+        <v>945</v>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>934</v>
+        <v>946</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>935</v>
+        <v>947</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>204</v>
+        <v>882</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>936</v>
+        <v>948</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>937</v>
+        <v>949</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>939</v>
+        <v>951</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>546</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>940</v>
+        <v>952</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>941</v>
+        <v>953</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>183</v>
+        <v>829</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>942</v>
+        <v>954</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>943</v>
+        <v>955</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>945</v>
+        <v>957</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>25</v>
+        <v>635</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>375</v>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>946</v>
+        <v>958</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>947</v>
+        <v>959</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>297</v>
+        <v>882</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>948</v>
+        <v>960</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>950</v>
+        <v>962</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>25</v>
+        <v>301</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>294</v>
+        <v>459</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>295</v>
+        <v>655</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>953</v>
+        <v>965</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>954</v>
+        <v>427</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>955</v>
+        <v>966</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>956</v>
+        <v>967</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>80</v>
+        <v>459</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>959</v>
+        <v>655</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="s">
-        <v>960</v>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>961</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>183</v>
+        <v>427</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>16</v>
+        <v>325</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>967</v>
-[...4 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>975</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>20</v>
+        <v>978</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>80</v>
+        <v>635</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>135</v>
-[...8 lines deleted...]
-        <v>974</v>
+        <v>375</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>31</v>
+        <v>882</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>734</v>
+        <v>683</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>981</v>
+        <v>546</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>984</v>
+        <v>882</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>374</v>
+        <v>16</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>135</v>
+        <v>546</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>989</v>
+        <v>17</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>992</v>
+        <v>829</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>80</v>
+        <v>375</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>135</v>
+        <v>546</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>999</v>
+        <v>882</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>51</v>
+        <v>375</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G161" s="5" t="s">
-        <v>1004</v>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1007</v>
+        <v>882</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>321</v>
+        <v>945</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>414</v>
+        <v>17</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>26</v>
+        <v>1013</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>297</v>
+        <v>829</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>15</v>
+        <v>1019</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>154</v>
+        <v>375</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>51</v>
+        <v>1020</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>20</v>
+        <v>882</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>225</v>
+        <v>683</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>226</v>
+        <v>1027</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>1023</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>17</v>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1026</v>
+        <v>882</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>453</v>
+        <v>16</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-        </is>
+        <v>1034</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F165" s="5" t="s">
-        <v>454</v>
+        <v>1035</v>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1033</v>
+        <v>882</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>80</v>
+        <v>1034</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-        <v>1038</v>
+        <v>17</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="I166" s="5"/>
       <c r="J166" s="5" t="s">
-        <v>183</v>
+        <v>882</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>294</v>
+        <v>1034</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>297</v>
+        <v>882</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>321</v>
+        <v>546</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1051</v>
-[...3 lines deleted...]
-      </c>
+        <v>1053</v>
+      </c>
+      <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>183</v>
+        <v>829</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>321</v>
+        <v>546</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>414</v>
+        <v>17</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>183</v>
+        <v>829</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>321</v>
+        <v>293</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-        </is>
+        <v>1065</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1066</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>297</v>
+        <v>1069</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>118</v>
+        <v>1064</v>
       </c>
       <c r="D171" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>1066</v>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="K171" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="L171" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E171" s="5" t="inlineStr">
-[...30 lines deleted...]
-        <v>1074</v>
+      <c r="D172" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="K172" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="J173" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>1092</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13991,44 +14235,46 @@
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
     <hyperlink ref="M168" r:id="rId173"/>
     <hyperlink ref="M169" r:id="rId174"/>
     <hyperlink ref="M170" r:id="rId175"/>
     <hyperlink ref="M171" r:id="rId176"/>
+    <hyperlink ref="M172" r:id="rId177"/>
+    <hyperlink ref="M173" r:id="rId178"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>