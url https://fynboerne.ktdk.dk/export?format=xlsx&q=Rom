--- v1 (2026-01-08)
+++ v2 (2026-02-26)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1705" uniqueCount="1093" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1747" uniqueCount="1125" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1530,50 +1530,97 @@
 Kæreste Alhed!
 Det var da et dejligt langt Brev, som laa her til mig, da jeg kom hjem i Gaar Eftermiddags, og det trøstede mig meget at læse om at jeg ikke skulde have daarlig Samvittighed, for det havde jeg naturligvis og lidt af det har jeg endnu, men nu maa du jo have faaet mit lille Brev fra Kjøbenhavn og saa haaber jeg at Du har tilgivet mig. Jeg kom temmelig hovedkulds af Sted herfra da det først blev bestemt, at jeg skulde rejse, om Tirsdagen, det er noget Sludder, jeg mener at jeg rejste Natten mellem Tirsdag og Onsdag og det blev først bestemt om Tirsdagen. Jeg ved ikke om Du nu kan forstaa det. Kl. 9 ½ Onsdag kom jeg til Kjøbenhavn og gik først ud til Schous men kunde ikke komme ind, jeg gik saa ud til Peters Onkel, hvor jeg lagde mit Rejsetøj og derfra til Lørups, til Eckardt, til min Fætter, til en Boghandler for at købe Fortegning til teknisk Skole og derfra til et møde i Bernina som Slott-Møller havde indbudt til og hvor jeg traf Peter, der var ikke mødt videre mange og der blev ikke vedtaget noget og Kl 9 gik Peter og jeg for at træffe Fru Neckelmann som vi spiste til Aften sammen med i en Kafé ved Stranden. Derefter fulgte vi Fru N. hjem og Peter fulgte mig saa op i sit Atelier i Helgolandsgade i ”Wieds Hotel”. Peter boede i den Til jeg var der ogsaa og overlod mig Værelset med Kaffe om Morgenen. Det bliver vist et udmærket Billede Peter maler med Jægeren, det er lidt over 2 Al højt og lidt mindre i Bredden, Portrættet af Fru N. syntes jeg ogsaa godt om, det er kun et lille Billede, vistnok kun en halv Al højt. Dagen efter hentede Peter mig og jeg var med oppe paa Theatrets Malersal, og se dem arbejde paa Dekorationerne til Borkman, hvad der var meget morsomt derefter gik vi ned og spiste Frokost og derfra gik jeg hen til Franziska og fik et romersk Bad, nu traf jeg Klaks paa Østergade og fulgte med ham hjem og spiste Middag og om Aftenen havde vi saa Generalforsamling i den frie Udstilling. Det bliver vist et frygtelig jasket Brev baade med Hensyn til Indhold og Skrift men jeg har saa travlt at det er lige ved at løbe rundt for mig. Du ved at da jeg var paa Erikshaab havde jeg en Ugle og en Maage og en Musvaage liggende og aldrig saa snart var jeg kommet hjem før jeg fik en Alkekonge en lille temmelig sjælden Svømmefugl, som havde ligget og ventet paa mig en 14 Dages Tid, saa maatte jeg jo lægge Musvaagen væk igen og allerede Dagen efter fik jeg Brev fra Peter at jeg nødvendigvis maatte rejse, saa laa det hele der igen. Nu da jeg kommer hjem igen har de fanget en meget smuk og sjælden lille Art hvid Skallesluger til mig, og da jeg jo skal have ”Lopperne” færdig til Kataloget inden den første og mine Tegninger heftet ind og sendt bort inden den 24 i denne Maaned kan Du nok indse at jeg har nok at gøre. Jeg har 4 Fugle liggende og har ikke rørt de 2 endnu. Paa Generalforsamlingen blev der ikke bestemt stort andet end at vi skal have en til i Løbet af en Maaned, da vi nemlig ikke har Vished for at vi kan faa den Byggegrund der er tale om. Til Spisningen hvor Gæsterne i Aar var indbudte, altsaa bl.a. Schou og Skov fik vi noget kedeligt Fiskefilet i Stedet for Østers og blev derfor ogsaa snydt for Rihnskvin. Bag efter holdt vi ud godt 4 og fik tilsidst Champagne som vist har været noget Skidt da jeg blev temmelig fuld, og var ret blød Dagen efter. Jeg stod op Kl. 12 og traf Skov paa Gaden, vi gik op paa Malersalen til Peter og derfra til Bernina hvor vi fik hver 2 Bayere og gik saa op i Kunstforeningen men ikke videre oplagte til at se paa Kunst. Vi traf Oppermann deroppe, som inviterede mig til Frokost. Jeg fulgte saa med Skov ud af Vesterbro for at faa lidt Appetit da jeg skulde til Middag hos Fru Lørup. Paa Vejen traf vi Gottschalk som fulgte med Resten af Vejen. Til Middagen var vi kun 4, Henry, Fru Lørup og Fru Philip, som nu er skilt fra Manden, men før vi spiste var der en Frk. Ruben yngre Søster til Fru P. som bestilte en Aquarel af mig. Glaskjær tror jeg ikke der er videre at tjene ved. Han kunde kun oftre 50 Kr paa Tegningen da det var et Forsøg, men ellers fortalte han at han ikke var videre karrig, saa hvis det gik godt kunde der maaske blive Tale om mere. Saa var jeg hos Schous. Barnet har det udmærket nu og Marie gaar i Rigsdagen og Schou har Timer, de har en Eftermiddagspige til 8 Kr om Maaneden hvad Fransiska siger er dyrt. Jeg var ogsaa hos Johansens og Oppermanns og Lørdag aften var vi hos Lützhøfft og Mutter, sammen med Schous, Franziska, Peter og Fru N. Skov og hans Søster skulde ogsaa have været der men kunde ikke komme. Min allerkæreste Alhed, jeg maa nu til at holde op denne Gang for at faa noget bestilt. Jeg har tænkt meget paa at Du skulde have den blegrøde Silkekjole paa, for du maa vist have set nydelig ud med den, Gud ved hvornaar jeg faar det at se. Jeg længes meget efter Dig min Kæreste og sender mine kærligste Hilsner.
 Din hengivne Johannes Larsen.</t>
   </si>
   <si>
     <t>1897-05-15</t>
   </si>
   <si>
     <t>Adolph Larsen
 Jeppe Andreas Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen maler fra sit billede med udsigten fra vinduet på sit værelse. Han har spændt et lærred op til et billede af pæretræet. Guldregnen, som han maler, har ikke mange blomster. Han tegner også en død rotteunge. Og Larsen har købt to kaniner, som hunden Tjalfe skal stå for, mens han tegner den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Onr5</t>
   </si>
   <si>
     <t>Kjerteminde 15 M[noget af papiret mangler]
 Kæreste Alhed!
 Jeg havde bestemt at skrive til Dig, og som Du ser gør jeg det ogsaa, skønt jeg er kommen i Tanker om at det er Lørdag, og du har jo gjort mig opmærksom paa at der ikke gaar Landpost om Søndagen [noget af papiret mangler] I nu faar Bud til [noget af papiret mangler] Morgen saa faar D[noget af papiret mangler] og hvis ikke, saa faa[noget af papiret mangler] paa Mandag. D[noget af papiret mangler] en urimelig lan[noget af papiret mangler] jeg fik Brev fra Dig, og jeg har i den sidste Tid kigget flittigt efter Posten om [noget af papiret mangler]n, men forgæves. Jeg fik 2 Overraskelser i Gaar, lidt efter Middag fik jeg at vide at det var Helligdag og længere henne paa Eftermiddagen fik jeg at vide at Fader og Moder skulde rejse til Sverige i Nat, nu er de væk og kommer først paa Onsdag, saa jeg er alene [noget af papiret mangler] Storm og Agraren [noget af papiret mangler]dig en væmmelig [noget af papiret mangler] i Aftes havde vi [noget af papiret mangler] an et dejligt [noget af papiret mangler] klart Vejr med [noget af papiret mangler]rometer. Til Morgen fik jeg dog malet paa mit Billede herfra Vinduet, det Solskin og nogenlunde Vejr men nu blæser det med en kold Nordenvind. Jeg har spændt et stort Stykke Lærred ud, som jeg skal male Pæretræet paa, der kommer en Mængde Blomster paa i Aar, men det staar jo og kan ikke springe ud i denne Kulde. Guldregnen [noget af papiret mangler] derimod bange [noget af papiret mangler] den narrer m[noget af papiret mangler] ikke ud til at [noget af papiret mangler] ret mange Blo[noget af papiret mangler] Aar. Naar jeg er færdig med dette Brev skal jeg til at tegne en død Rotteunge, som jeg har [noget af papiret mangler] her, og i eftermiddag vilde jeg gerne ned i Haven og tegne Tjalfe. Jeg har købt et Par Kaninunger, som han skal staa for mens jeg tegner ham, og jeg haaber at jeg faar Fornøjelse af det arrangement. De tidlige Tulipaner begynder at se noget medtagne [noget af papiret mangler] de andre ere end-[noget af papiret mangler] begyndte at springe[noget af papiret mangler] vil sige Dig inden [noget af papiret mangler] at jeg længes forfærdelig efter at faa Brev fra Dig og jeg haaber paa i Morgen. Mange Hilsner til min egen elskede Kæreste fra Din
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
+Din trofaste Moder</t>
+  </si>
+  <si>
     <t>1898-01-11</t>
   </si>
   <si>
     <t>Christian Andersen</t>
   </si>
   <si>
     <t>Alhed boede januar til marts 1898 hos sin morbror Brandstrup i København og tog sangtimer hos Hedevig Lützhøft.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen skal mødes i København. 
 Johannes Larsen kan ikke male på Christian Andersen-billedet, da modellen er i Odense og tage romerske bade.
 Johannes Larsen er træt af at undervise på Teknisk Skole.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZdsM</t>
   </si>
   <si>
     <t>Kjerteminde 11 Januar 1898
 Kæreste Alhed!
 Jeg har nu bestemt mig til at køre til Nyborg paa Fredag, for at kunde komme med Exprestoget, saa at jeg kan komme i ordentlig Tid. Det foresvæver mig at det kommer til Kjøbenhavn Kl. 8 ½ eller deromkring, men hvis Du ikke ved bedre Besked maa Du hellere forhøre Dig derom. Jeg antager for Resten at det er det Tog Du plejer at rejse derover med. Jeg har ikke faaet malet noget siden jeg kom hjem. Chr. Andersen er nemlig i Odense og tager romerske Bade for sin Gigt og kommer først hjem sidst i Ugen, saa jeg kan ikke faa begyndt paa ham før efter at jeg har været i Kjøbenhavn. Jeg længes meget efter Dig og glæder mig til paa Fredag. Nu om en halv Time skal jeg i teknisk Skole, jeg synes værre og værre om at gaa derned, men i Aften er det da kun en Time og naar den er overstaaet er der kun 2 i Morgen og saa kommer Torsdag og paa Fredag skal jeg over og kysse Dig mange Gange. Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1898-06-09</t>
   </si>
@@ -1683,53 +1730,50 @@
     <t>Albrecht Warberg har haft 2-3 børn ad gangen under uddannelse, og han er nu ved at være blanket af. Han frygter ikke at kunne betale for deres færdiggørelse af studierne. Louise/Muk har tilbudt at lægge sine sparepenge ind i det samlede budget. Astrid må derfor fortælle, hvor meget et ophold på Askov vil koste. 
 Hempel Sybergs hest har det godt.
 Der er tørke, og mange høster.
 Albrecht har besøgt Vittrup.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nQAw</t>
   </si>
   <si>
     <t>[Håndskreven på kuvertens forside:]
 Frøken Astrid Warberg
 Adr: Hempel Syberg. Globus
 Carlsbad.
 [I brevet:]
 Erikshaab d 16 Aug 1899
 Kære lille Dis!
 Tak for Dit lange og nænsomme Brev. Den forretningsmæssige Del af Brevet, har givet mig en Del at tænke over. Sagen er lille Dis, at mine Indtægter knap slaa til til at holde en af Jer ude og da jeg nu i en længere Aarrække har havt 2, sommetider 3 at holde, har jeg dertil maattet optage af de Penge jeg har havt. Nu er jeg paa 3000 Kr. nær paa bar Bund og jeg har ventet, at disse kunne strække til, indtil jeg bliver færdig med Muk. Paa samme Tid skulde Dede være blevet Student, og end han fik Lov at puste et Aarstid, beskæftiget her hjemme med lidt Skriveri eller lignende, kunde det vel gaa. Tager jeg nu andre op af de 3000, som ved dette Aars Udgang ere reduceret til højst 2000 Kr., er jeg bange for, at jeg maa slippe de to Børn, inden de komme til til noget Resultat, og det kan jeg jo dog ikke. Under disse Omstændigheder vil du skønne, at jeg har ondt ved at holde Dig paa Askov for Tiden. Dog vil jeg bede Dig lade mig vide, hvor langt Opholdet der skulde være, og hvad Du tror, at det vil koste; det kan jo være, at der kan skaffes Udvej, om end ikke paa anden Maade end ved Hjælp af Muk, som har stillet sin Sparekassebog til Disposition. Der vilde jo forsaavidt være nogen Rimelighed deri, som hun baade har kostet og vil koste mere end nogen af de andre Børn hidtil har kostet. Lad mig nu det vide til København – Gothersgade 129 – 1 - inden ret længe. – Vil Du hilse Onkel Syberg, at hans Hest har det vel og synes at trives. Slagteriet har havt Bud efter den, hvad vistnok Petersen har foranlediget, ved, inden jeg fik talt med ham, at telefonere derind. Vi lod selvfølgelig Posten [det forrige ord svært læseligt] afgaa uden Hest. Han talte om, at Syberg ønskede Hesten derud en halv Snes Dage, før han kom hjem. Det vil jeg dog fraraade, den har det bedst her, hvor den staar i Ro, og bliver den ikke fed, faar den dog ved Siden af Græsset saa meget Majs, at den nok kan trives. Idag rejser jeg til København; Tanmis gjorde mig lidt Vrøvl med Værelset, men rettede det igen. Paa Torsdag rejser Be med Jeppe og tager Muk med, og paa Søndag Dede, saa er her kun B.P., Pal og Moder tilbage, og hun rejser som Du ved senere til Veirup. Idag truer det med at ville regne. Folk har omtrent overalt ophøstet, og Mogensen har kørt al sin Roebyg ind. Hvis Vejret vilde holde sig, venter han at have indhøstet paa Mandag, men saa stor har Tørken været, at næsten alle trods Høsten ønsker Regn. Selv paa Engen kan Græsset ikke gro, og den bedste Del af min store Eng er ganske gul og vissen, endda der ikke har været Kreaturer paa den, siden den blev slaaet. Jeg besøgte i forrige Uge Vittrups i Følge med Pastor Hansen. Fru V. spurgte flittigt til Dig og bad mig hilse Dig. Jeg var ikke fri for at prostituere baade Dig og mig, da hun begyndte at tale om sin Veninde Astrid, ved at spørge hende, hvorfra hun egentlig kendte dig; jeg tænkte i Øjeblikket slet ikke paa Ølstedgaard. Hun gjorde naturligvis store Øjne og fortalte, at Du ofte havde bragt Hilsener hjemme fra. Forleden Aften var vi alle – Dora og Munter samt Jeppe indbefattede – i Egelund og nøde der Middagsmaden, bestaaende af Suppe, haardkogte Æg og Smørrebrød samt Solbærsaft og Rom, hvilke 2 sidste Stoffer blev blandede sammen. Ladersen gjorde en uendelig Række af Forsøg, inden han fandt det rette Forhold.
 Med mange Hilsener til Jer alle 3.
 Din F.</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>"Marie Tuk" nævnes også, der er flere muligheder for, hvem det kan være. Muligvis Marie Syberg (på dette tidspunkt Marie Schou).</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
   </si>
   <si>
     <t>Hvis vejret er godt den følgende dag sejler Fritz hjem. Han har være på Romsø på en storartet tur.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9vwC</t>
   </si>
   <si>
     <t>[påskrevet med blyant:] 1901-2?
 Kjerteminde Mandag
 Kære Høns!
 Hvis Vejret er godt i Morgen (Tirsdag) sejler jeg hjem. Vi var på Romsø i Dag – Uglen Marie Tuk og jeg. En storartet Tur det var en Skam Du ikke var med. Vi var ude på Nordsiden af Øen der er meget kønnere end de andre Sider
 Det er Aften og Brevet må afsted. Det var en Skam Du ikke var med på den Tur
 Kys Børnene Mange Hilsener fra Din Fritz</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
@@ -1854,50 +1898,94 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>1901-02-25</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Hempel Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fritz Lerche og Ed. N kendes ikke. 
+De Gamle var johannes Larsens forældre.
+Adis var Astrid Warberg-Goldschmidt. Hun var i 1901 ung pige i huset hos Alhed/Be og Johannes/Las Larsen, der på dette tidspunkt boede i Lille Kærbyhus, Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1497</t>
+  </si>
+  <si>
+    <t>Andreas Warberg har været inviteret til kortaften med god mad og cigarer. Dagen efter tog han toget til Kerteminde for at besøge Alhed/Be og Johannes/Las Larsen. De lå endnu i sengen, da han kom. Astrid/Adis Warberg var netop stået op. Andreas og Johannes Larsen fangede en irisk, som Larsen ville male. Om aftenen var de til kaffe hos Johannes Larsens forældre. Der blev serveret meget stærk rom. 
+Astrids cykel er til reparation. Hun beder forældrene sende frimærker.
+Andreas har besøgt Hempel Syberg, som lå syg af forkølelse. Andreas beder sin far få lavet en lægeattest, så han (Andreas) kan slippe for gymnastiktimerne, som er det rene slaveri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0yk</t>
+  </si>
+  <si>
+    <t>Odense d: 25 Febr. 1901.
+Kære Mor!
+Jeg vil benytte Lejligheden i Aften, da jeg sidder hyggeligt heroppe med en Cigar og en Bajer, til at skrive. Jeg har ført et meget muntert Liv de sidste to Dage: I Lørdags var jeg til Selskab hos Fritz Lerche, og i Gaar i Kerteminde. Allerede forrige Lørdag fik jeg Invitation til at komme ud til ham og spille L’hombre, og da jeg ikke anede ondt, men troede, at det skulde være et ganske almindeligt Parti, sagde jeg Ja. Men saa om Mandagen fik jeg at vide, at det skulde være større Selskab, spise til Aften med osv, men saa var det allerede for sent. Jeg har derfor været gnaven hele Ugen, noget jeg altid bliver, naar jeg bliver inviteret ud. Naa - Selskabet indskrænkede sig imidlertid til at vi blev 12 fra Latinskolen, 2 Partier L’hombre og 1 Whist. Vi fik vældig flot Aften: Fiskerand (?) og Oliven, Is; dertil Rødvin og Sherry. Saa L’hombre (10 Øre) med Cigarer; jeg for min Part røg 5, og de andre har vel ogsaa nok hængt godt i, for tilsidst kunde vi næsten ikke se hinanden. * - Endelig Kaffe og Musik; jeg kom fint hjem henad Kl 1 og var næsten ved at komme for sent til Toget om Morgenen. Jeg havde nær aldrig fundet deres Hus, men endelig lykkedes det dog, og jeg traf saa Be og Las paa Sengen og Adis nylig opstaaet. Det var desværre ikke Vejr til at komme noget ud, Las og jeg var kun lige uden for Huset for at fange Fugle i Net; vi fangede en Irisk, som Las skulde male. Om Aftenen vare vi ovre hos de Gamle til Kaffe;. [semikolon overstreget og erstattet med et punktum] Til den blev der budt noget om, som jeg troede var Scherry og jeg tog jo saa trøstig et Glas; men ved nærmere Undersøgelse viste det sig at være forfærdelig stærk Rom, som nær havde slaaet mig ihjel, skønt jeg dog nok synes, jeg kender lidt til den Slags Varer; derimod tømte Marie et helt Glas uden at blinke. – Adis’s Cycle har jeg leveret ud til Ed N., men den kunde ikke naa at blive færdig; som jeg kunde faa den med. Jeg skulde fra hende bede dig om at sende nogle Frimærker, da I ellers ingen Breve kan faa.- Jeg var ude hos Onkel S. i Eftermiddag og fandt ham liggende i Sengen af en [”en” indsat over linjen] Forkølelse, som havde varet nogle Dage. Tante Visse havde meldt sig derude og ventedes i Dag. Paa Skolen gaar det godt; jeg har endnu fri for Gymnastik, og da ingen har talt noget om det, er jeg naturligvis ikke saa dum frivillig at gaa til det Slaveri. Tror du ikke, at det kunde lade sig gøre at faa en Lægeattest for, at jeg ikke kan taale Gymnastik; der er jo kun godt 2 Maaneder tilbage nu? Kan du ikke snakke med Far om det.?
+Mange Hilsner til alle,
+Jeg kommer saa hjem paa Lørd, maaske cyclende. 
+*Jeg morede mig udmærket.</t>
+  </si>
+  <si>
     <t>1901-03-24</t>
   </si>
   <si>
     <t>Theodor Philipsen</t>
   </si>
   <si>
     <t>Firenze
 Rom, Italien</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Peter Hansen
 Gudmund Hentze
 Michelangelo Simoni
 Agnes Slott-Møller
 Harald Slott-Møller</t>
   </si>
   <si>
     <t>Theodor Philipsen er på rundrejse i Italien</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/412R</t>
   </si>
   <si>
     <t>1901 Roma 24 Mar
@@ -2149,50 +2237,103 @@
 Saagmester = formand på savværket</t>
   </si>
   <si>
     <t>Vilhelmine Larsen, Johannes Larsens mor, er på Høljeryd i Sverige. Hun savner at høre noget om, hvad Johannes og Christine maler for tiden. Der har været problemer med en tjenestepige.
 Området er utrolig smukt og hun synes, at Johannes skal male det. Hun vil tale med sin mand om, at Eckman skal have en kombineret stilling på Høljeryd som skytte, fisker og formand på savværket. Der er en epidemi af mæslinger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gTFF</t>
   </si>
   <si>
     <t>Høljeryd den 21/6 1903
 Kjære Johannes!
 Du ved ikke hvor glad jeg blev for dit Brev, det kom lige Dagen efter at Fader var rejst hjem, saa det kom paa en heldig Tid, godt var det du havde tegnet Haven, nu seer jeg det alt sammen saa tydelig for mig baade Børn og Gamle, det er godt at have en levende Fantasi; det har hjulpen mig over meget – du maa skrive igjen ved Lejlighed kjære Johannes og fortælle mig lidt om hvad du maler det savner jeg saameget at see Eders Arbejder, sig mig ogsaa hvad Uglen maler og hvad du synes om det, er hun nogenlunde tilfreds, du kjender min Sorg i den Henseende; men jeg har lagt Alt i den kjærligste Faders Haand og Han vil hjælpe – det troer jeg saa vist.
 Naar det er en flink Pige I har saa faar vel Alhed ogsaa Tid at male, fik hun saa nogle Elever? I maa endelig lade mig følge med derhjemme ellers bliver der en tomt Sted for mig. Faer fortalte mig lidt om Børnene; men jeg vil jo vide meget meget mere. Jeg fik Brev fra Vilhelm han skrev det var saadan søde artige Børn da han var hjemme, I maa jo have det livligt med 4 malere samlede paa saa nært Hold og musikalske Mennesker – omgaaes I Dorph? Naar skal du til Fynshoved hvad er Skyld i at Uglen ikke tog til Romsø jeg synes ikke det er hyggelig at bo ene i saadant stort Huus paa Landet, jeg venter stadig Brev fra hende nu kommer det vel, naar hun er kommen i Ro. Her er saa smukt ved Midsommer – mange Gange ønsker jeg at nogen af Eder var her for at fæstne det paa Lærredet, Du gjør dig ingen Ide om hvor det gjorde en Forskjel da Smedens Ladegaard kom i Ramme, der er en saadan Friskhed og Stemning over den [ulæseligt ord] at jeg har stor Glæde, naar jeg vender mig fra de store Figurer i [Stenhegnene?] og snavsede Farver i Skovens Træer; men Faer er jo saa glad og der er jo ogsaa meget kjønt – gamle [ulæseligt ord] staar godt i Hjørnet
 Nu er det jo bare den forgyldte Ramme der staar ham i Hovedet gav han dig Maalet da han var hjemme; maler du aldrig med Kazoin mere, det gik dog saa hurtig jeg kan se de 2 ænder saa tydelig eller Gaasen hos Georg, men bryd dig ikke om min Snak kjære Barn det kan komme ved Lejlighed – Vi har det saa godt kjære og dette at leve saameget i Fred og Ro i Naturen har lært mig saameget, i al Fald har jeg Tid at tænke, og at takke Gud Fader for Helbred og dagligt Brød saa troer jeg paa at han nok vil give den kjære gode Fader Lykke og Velsignelse til at faa ordnet herovre som han ønsker
 Efter denne gode Regn staar Korn og Græs godt, vi har jo 2 Køer og 1 Gris - 3 Høns hvoraf de 2 ligger og 1 gaar med 6 Kyllinger – den brogede skal kælve nu i denne Maaned og jeg visper Smør 2 Gange ugentlig saa jeg klarer mig undtagen naar vi skal bage.
 Jeg er glad ved at Dumpe er her, nu Pigen er syg, vi har faaet en der malker, det var en Pige der er fuld af Løgn og saa var hun luset. Jeg er saameget veltilfreds at hun ikke kommer mere 
 Jeg havde straks Mistanke og lod hende kun gaa i Haven og enkelte andre Arbejder – som jeg vidste hun kunde udrette fast Laag til Mælkespanden jeg bar det alene indtil hun var borte ellers havde Far vel jaget hende bort straks – nu gik det sin stille Gang
 Igaar blev vi bedt paa Brandaasen til Kaffe Midsommer, Datteren er hjemkommen fra Amerika og hun er fiks og seer godt ud saa Faer gaar nok med derop, her blev igaar fisket en Gjedde paa 14 [pund] i Aaen, der gaar hver Søndag nogle Stykker sammen, men de gaar saa frit de mener vel de Alle har ret naar nu Eckman kommer hjem saa siger jeg til Faer lad ham blive baade vor Fisker og vor Skytte samtidig med Saagmester
 Saa kan vi jo dele Udbyttet og saa forbyde Uvedkommende at gaa og trampe Græsset ned, Aalen kommer først i August Maaned men her er en rigdom af Skovbær saa jeg ikke har tænkt mig Halvdelen – Nu skal du vide vi ere raske her; paa Strømhult ligger de 2 ældste Børn af Mæslinger. Skolerne er lukkede saa det er en Epidemi. Saa vil jeg ønske I maa have det godt inden Døre og er glad ved du er saa nær ved, om Marie og Adolph behøver et Raad, Tak for Eders Kjærlighed imod dem 
 Kys dine smaa Drenge fra Farmor og glem ikke at fortælle jeg lever, og hvor jeg beder for Eder alle 4 om Velsignelse for Eders Hjem, det ved du nok kjære kjære Johannes – jeg omfatter Eders Børn med Kjærlighed i fuldt Maal, der bliver nok en Tid jeg kan vise Eder det i Virkeligheden
 Faer er Ladegaarden; men sender sin bedste Hilsen til Villaen – 
 Eders trofaste Moder.</t>
   </si>
   <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
+  </si>
+  <si>
     <t>1908-01-29</t>
   </si>
   <si>
     <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Paris, Frankrig
 Haag, Holland
 Delft, Holland
 Amsterdam, Holland
 Rome, Italy</t>
   </si>
   <si>
     <t>Karl Madsen
 Anna Syberg
 Troels Trier</t>
   </si>
   <si>
     <t>Transskriberet efter maskinskrevet tekst. Det er uvist, hvem der har skrevet dette. Det er også uvist, hvor originalbrevet befinder sig.</t>
   </si>
   <si>
     <t>Fritz Syberg takker Ernst Goldschmidt for de mange, interessante oplysninger forud for rejsen via Tyskland til Frankrig og Italien. Han har nu bestemt sig for også at besøge Delft, Haag og Amsterdam i Holland. Syberg har travlt med maleriet forud for afrejsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TW34</t>
@@ -2232,53 +2373,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zt6r</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREV-KORT
 Til
 [Skrevet i hånden på adressesiden:]
 Frk Elena Hansen Adr. Kunstmaler P Hansen
 Enghavevej 40. I Havehuset
 København V.
 [Håndskrevet på kortets tekstside:]
 Søndag
 Kære Bimse. 
 Du kan tro her er godt nu. Jeg har lige været ude paa en af de bekendte Rom ["Rom" overstreget] smaa Udflugter, Du ved nok, der om ad Stien og op langs Gærdet, Du kan tro, de er modne nu og falder lige ned i Hatten paa mig. Jeg savnede Dig, for jeg fik saa mange, at jeg nær havde spist mig en Mavepine til. Lille Maren mødte jeg inde i Faaborg i Aftes og jeg skulde hilse fra hende. Nu gaar Du vel i Skole igen og laver en rigtig Halløj og binder Lærerindernes Hale Bliktøj.
 Din Pap.
 [Tegning]</t>
   </si>
   <si>
     <t>marts 1909 </t>
   </si>
   <si>
     <t>Marie Larsen
 Christine Swane</t>
-  </si>
-[...1 lines deleted...]
-    <t>Odense</t>
   </si>
   <si>
     <t>Benedictsgade 3, Odense</t>
   </si>
   <si>
     <t>- Andersen
 Adolph Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johanne Christine Larsen
 Vilhelm Larsen, Georgs søn
 Elisabeth Mackie</t>
   </si>
   <si>
     <t>Vilhelmine Larsen mangler brev fra sine børn og savner besøg. Jeppe Andreas Larsen er indlagt og har ingen appetit.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xVjb</t>
   </si>
   <si>
     <t>Benedictsgade N= 3
 Kjære Børn!
 Igaar blev jeg narret for Brev og tilmorgen heller ingen hvordan skal det gaa mig naar jeg kommer op til Faer der kan maaske komme et inden jeg gaar paa Sygehuset, dette skriver jeg nu og tager med mig, saa faar I det med 6,20 maaske med 2 Toget. Jeg ventede at see Agrarens igaar. Fru Andersen havde Kalvekoteletter og Rombudding det kan dog være der kommer nogen af deres Børn, saa sad jeg paa Sygehuset og kigede ud af Vinduet ved Tretiden, jeg kan tænkte om Junge og Agraren var gaaede til Hunderup; men der kom ingen til os, Folk var her nok af der var en halv Snes Stykker hos vor lille Nabo, der nu plages baade af ondt i Halsen og en Byld ved Oparationsstedet, der var saadan en Summen og Snakken at Faer faldt i Søvn. Varmen gjør jo ogsaa noget han er meget mat, og kjed af han ingen Madlyst har, Overlægen er ikke hjemme ellers har jeg snart Lyst til at tale med ham
 Lad mig nu se at I fortæller mig om alle mine smaa Venner ogsaa den lille Putte – den der kan skrive Breve maa rigtignok glæde Farmor; der er Ville han maa give et godt Eksempel, jeg har den glæde saa jevnlig at møde en Dreng der ligner Puf saameget, jeg maa tale til ham en Gang, for at se om Ligheden holder sig; nu maa jeg til at gaa Kjærlig Hilsen til Alle fra Moer</t>
   </si>
@@ -3664,50 +3802,87 @@
 Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
   </si>
   <si>
     <t>Brevet ejes af en efterkommer af Elena Larsen</t>
   </si>
   <si>
     <t>Elise Hansen/Mosser har fået stjålet sin pung. 
 Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
 Både Elise og Peter Hansen er sløje. 
 Elise og Grete har været på Campidoglio og se illuminationer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5qwN</t>
   </si>
   <si>
     <t>Rom d 10/1 - 20
 [Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
 Kære Bimme!.
 Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
 Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
 Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
 Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
 [Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
 Mos.
 Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
+  </si>
+  <si>
+    <t>1920-01-19</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Jens Theodor Berg
+Leif Berg
+Hans Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg fyldte 75 år i 1920. Jørgen og hans barn kendes ikke. Ej heller Kristian.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3851</t>
+  </si>
+  <si>
+    <t>Wilhelmine/Tante Mis ønsker tillykke med de 75 år. Laura Warberg får sikkert en dejlig dag hos Alhed og Johannes Larsen, som er så gode til at holde fest. Wilhelmine og Laura ses heldigvis snart i København. 
+Wilhelmine skal holde fest med 24 deltagere for sønnen Leif, og hun gruer for det. Efter at have serveret aftensmad for pensionærerne, skal hun stå for en stor middag for Leifs gæster, og der skal være dans mm.
+Wilhelmine sender Laura et sjal. Hun har besøgt Hanne/Johanne Caspersen.
+Kristian er syg af ischias.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fHKI</t>
+  </si>
+  <si>
+    <t>Sønd. 19-1-20
+Kæe Laura.
+Modtag de kjærligste ønsker fra Theo og mig i Dagens anl. Du får nok en yndig Dag hos din kære søde Alhed. Er der nogen, der forstår at lave fest, så er det da Alhed og Las. Hvor jeg husker den sommer, jeg var paying guest hos dem. En middag med stegt flæsk med ny kartofler og salade romaine pyntet med de små blå blomster. En vase med roser på bordet. Festivitas over det hele. Som sagt 75 år båret med oprejst pande og rank ryg i medg. og modg. som Du bærer dem. Det er sandelig godt gjort. Hanne og jeg var i dag enige i, at var du ikke nu kommen herover så snart, var vi begge to kommen til Kerteminde trods vintertid og dyrtid; men nu ses vi jo som sagt meget snart her. På Lørdag 24 skal Lejf have en Dans. Han er bedt så umådelig meget ud, og jeg kan ikke lide ikke at gøre gengæld; men ærlig talt gruer jeg nok. Først pensionærmiddag. 5 1/2 45 men. så opvask til side, stuerne pyntet bordet dækket til 24 unge gæster souper. Tunger i oliven med fiskerand. salater, sandwiches, cakes med roquefort og parfait med nougat, rødvin og madeira, ud på aftnen "A.b.c. vand" og appelsinsalat og 1 1/2 kaffe med kager Kl. 2 Afhentning. Gid det var vel overstået. Jeg sender dig hermed et lille hvidt sjal. De er trods finheden meget varme. Skulde du gå til at få ét til eller lign. kan det byttes i Mag. du N. Jeg var hos Hanne i formiddags. Max var i Valby til frok. Jeg blev hos Hanne vi havde så meget at tale om. Jeg havde ikke været der så længe. Det var meget hyggeligt. Bagefter gik vi på visit hos Jørgens, som jo bor i Blågårdsgade. Traf dem ikke. Barnet så vi. Den var sød, lign Jørgen som 2 dråber vand. Stakkels Kristian er stadig dårlig af Ichias. Det er meget drøjt og smertefuldt. Nætterne er rædsomme trods sovemidler. Under sådanne forhold savnes telefonen meget. Nå nu farvel for denne gang. Daisy har det godt men desværre endnu intet arbejde. Det er vist håbløst i England for tiden. Der er en syndflod af massøser. Hils nu alle, Junge, Elle, Alhed tusinde gange fra Tante Mis.</t>
   </si>
   <si>
     <t>1920-09-18</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Valby</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Birgit Brandstrup
 Ebbe Brandstrup
 Mogens Brandstrup
 Grethe Jungstedt
 Adolph Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Ellen  Sawyer
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -6249,59 +6424,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WTE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ZNp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ohBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9nE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4hizQl0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MavKRPKj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCdwAHOt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24RF37Rq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1CD1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r4bH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0yk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WTE0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ZNp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ohBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9nE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4hizQl0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MavKRPKj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCdwAHOt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24RF37Rq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1CD1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tWkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r4bH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M173"/>
+  <dimension ref="A1:M177"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7832,6278 +8007,6462 @@
       <c r="H35" s="5" t="s">
         <v>268</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>269</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>270</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>272</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>273</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>22</v>
+        <v>276</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="s">
-        <v>279</v>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...3 lines deleted...]
-        <v>286</v>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G38" s="5" t="s">
+        <v>287</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>293</v>
+        <v>51</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="F39" s="5" t="s">
         <v>294</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>295</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>296</v>
       </c>
       <c r="J39" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K39" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="K39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="M39" s="5" t="s">
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
         <v>300</v>
-      </c>
-[...3 lines deleted...]
-        <v>1901</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="D40" s="5" t="s">
+      <c r="E40" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F40" s="5" t="s">
         <v>302</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>303</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>304</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>305</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>306</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>307</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="s">
+      <c r="A41" s="5" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="B41" s="5" t="s">
+      <c r="D41" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="C41" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E41" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I41" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="I41" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J41" s="5" t="s">
+        <v>312</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>314</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K42" s="5" t="s">
+        <v>319</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="B43" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="B43" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="5" t="s">
-        <v>318</v>
-[...11 lines deleted...]
-        <v>319</v>
+        <v>301</v>
+      </c>
+      <c r="D43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="I43" s="5"/>
-      <c r="J43" s="5" t="s">
-[...3 lines deleted...]
-        <v>321</v>
+      <c r="J43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L43" s="6" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="M43" s="5" t="s">
         <v>323</v>
       </c>
+      <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>324</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>301</v>
+        <v>325</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>302</v>
+        <v>52</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>17</v>
+        <v>326</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>327</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>328</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>305</v>
+        <v>329</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>301</v>
+        <v>334</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>302</v>
+        <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>330</v>
-[...9 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>335</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>305</v>
+        <v>112</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>134</v>
+        <v>309</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>52</v>
+        <v>310</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>336</v>
+        <v>17</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
-        <v>339</v>
+        <v>312</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>344</v>
+        <v>309</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>293</v>
+        <v>310</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>93</v>
+        <v>346</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
-        <v>347</v>
+        <v>312</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>348</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>349</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>351</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>27</v>
+        <v>134</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>303</v>
+        <v>52</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>352</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>112</v>
+        <v>355</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>27</v>
+        <v>360</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>16</v>
+        <v>301</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>358</v>
-[...5 lines deleted...]
-        <v>359</v>
+        <v>93</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>22</v>
+        <v>363</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>301</v>
+        <v>27</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>366</v>
-[...12 lines deleted...]
-        <v>367</v>
+        <v>273</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>368</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>369</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>112</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>370</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>371</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>373</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E51" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="F51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="E51" s="5" t="s">
+      <c r="H51" s="5" t="s">
         <v>376</v>
       </c>
-      <c r="F51" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="G51" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I51" s="5" t="s">
+      <c r="J51" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K51" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="J51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>379</v>
       </c>
-      <c r="K51" s="5" t="s">
+      <c r="M51" s="5" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>27</v>
+        <v>382</v>
       </c>
       <c r="D52" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="E52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="F52" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="5" t="s">
+      <c r="J52" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="H52" s="5" t="s">
+      <c r="K52" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="I52" s="5"/>
-[...3 lines deleted...]
-      <c r="K52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>388</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>309</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>391</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="s">
         <v>392</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>393</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>394</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>395</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>396</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>398</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>16</v>
+        <v>399</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>51</v>
+        <v>400</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>17</v>
+        <v>401</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>18</v>
+        <v>402</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-        <v>399</v>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I54" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>22</v>
+        <v>404</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>374</v>
+        <v>27</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>16</v>
+        <v>409</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>18</v>
+        <v>326</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
         <v>112</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>412</v>
+        <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>374</v>
-[...4 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>376</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>416</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="I56" s="5"/>
+        <v>417</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>418</v>
+      </c>
       <c r="J56" s="5" t="s">
-        <v>414</v>
+        <v>22</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>412</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>374</v>
-[...9 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I57" s="5"/>
+      <c r="H57" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>424</v>
+      </c>
       <c r="J57" s="5" t="s">
-        <v>414</v>
+        <v>22</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>301</v>
+        <v>399</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>423</v>
+        <v>16</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>424</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>427</v>
+        <v>112</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>301</v>
+        <v>436</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>423</v>
-[...7 lines deleted...]
-        </is>
+        <v>399</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>401</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>22</v>
+        <v>438</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>412</v>
+        <v>436</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
+        <v>399</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="s">
-        <v>438</v>
+      <c r="H60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>444</v>
+        <v>309</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>423</v>
+        <v>447</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>448</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>412</v>
+        <v>309</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>454</v>
-[...4 lines deleted...]
-        </is>
+        <v>447</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I62" s="5"/>
+      <c r="H62" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>457</v>
+      </c>
       <c r="J62" s="5" t="s">
-        <v>439</v>
+        <v>22</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>301</v>
+        <v>436</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>16</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>461</v>
-[...1 lines deleted...]
-      <c r="I63" s="5" t="s">
         <v>462</v>
       </c>
+      <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>427</v>
+        <v>463</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>301</v>
+        <v>468</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>423</v>
+        <v>447</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>460</v>
-[...4 lines deleted...]
-        </is>
+        <v>469</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>22</v>
+        <v>473</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="5" t="n">
-        <v>1912</v>
+      <c r="A65" s="5" t="s">
+        <v>477</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>301</v>
+        <v>436</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>478</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H65" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>423</v>
+        <v>483</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>460</v>
+        <v>484</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>366</v>
+        <v>485</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>427</v>
+        <v>451</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>423</v>
+        <v>447</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>460</v>
+        <v>484</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="5" t="s">
-        <v>489</v>
+      <c r="A68" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>423</v>
+        <v>483</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>490</v>
+        <v>448</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>427</v>
+        <v>498</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>366</v>
+        <v>447</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>424</v>
+        <v>484</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="s">
-        <v>497</v>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>498</v>
+        <v>391</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>366</v>
+        <v>447</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>424</v>
+        <v>484</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G70" s="5" t="s">
-        <v>504</v>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>427</v>
+        <v>451</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>412</v>
+        <v>391</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>424</v>
+        <v>448</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="I72" s="5"/>
+        <v>522</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>523</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>519</v>
+        <v>112</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>444</v>
+        <v>309</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>423</v>
+        <v>391</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>511</v>
+        <v>448</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G73" s="5" t="s">
+        <v>528</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>526</v>
+        <v>112</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>16</v>
+        <v>483</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>216</v>
-[...10 lines deleted...]
-        </is>
+        <v>535</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>536</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>459</v>
+        <v>309</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>301</v>
-[...4 lines deleted...]
-        </is>
+        <v>436</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G75" s="5" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="G75" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>468</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>535</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H76" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>550</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="M76" s="5"/>
+        <v>552</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>553</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C77" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D77" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="5" t="s">
-        <v>547</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>548</v>
-[...4 lines deleted...]
-      <c r="I77" s="5"/>
+        <v>555</v>
+      </c>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>556</v>
+      </c>
       <c r="J77" s="5" t="s">
         <v>112</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>301</v>
+        <v>483</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>309</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="s">
-        <v>216</v>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I78" s="5"/>
+      <c r="I78" s="5" t="s">
+        <v>561</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>215</v>
+        <v>317</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>559</v>
-[...8 lines deleted...]
-        <v>562</v>
+        <v>16</v>
+      </c>
+      <c r="D79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I79" s="5" t="s">
-[...3 lines deleted...]
-        <v>564</v>
+      <c r="I79" s="5"/>
+      <c r="J79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K79" s="5" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>301</v>
+        <v>16</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>412</v>
-[...4 lines deleted...]
-        </is>
+        <v>570</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>571</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G80" s="5" t="s">
+        <v>572</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>554</v>
+        <v>112</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>574</v>
+        <v>309</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>575</v>
-[...4 lines deleted...]
-        </is>
+        <v>436</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G81" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="H81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
         <v>578</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>579</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>580</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>582</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>583</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>586</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>589</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="M82" s="5"/>
+        <v>590</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>591</v>
+      </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>586</v>
+        <v>309</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>436</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H83" s="5" t="s">
+        <v>593</v>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>599</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H84" s="5" t="s">
+        <v>600</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>597</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>16</v>
+      </c>
+      <c r="D85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>586</v>
+        <v>607</v>
       </c>
       <c r="I85" s="5"/>
-      <c r="J85" s="5" t="s">
-[...3 lines deleted...]
-        <v>598</v>
+      <c r="J85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L85" s="6" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>374</v>
+        <v>610</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>412</v>
-[...4 lines deleted...]
-        </is>
+        <v>436</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="s">
-        <v>602</v>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>587</v>
+        <v>611</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>610</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>51</v>
+        <v>436</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>607</v>
-[...8 lines deleted...]
-        <v>609</v>
+        <v>542</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I87" s="5" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>22</v>
+        <v>611</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>16</v>
+        <v>621</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>51</v>
+        <v>436</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>607</v>
+        <v>542</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-        <v>615</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>610</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>22</v>
+        <v>611</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>399</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="s">
-        <v>622</v>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>301</v>
+        <v>16</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>424</v>
+        <v>631</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>630</v>
-[...6 lines deleted...]
-      <c r="I90" s="5"/>
+        <v>632</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>634</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>635</v>
+        <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>374</v>
-[...4 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>631</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G91" s="5" t="s">
+        <v>639</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="I91" s="5"/>
+        <v>640</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>641</v>
+      </c>
       <c r="J91" s="5" t="s">
-        <v>637</v>
+        <v>22</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>635</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G92" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>51</v>
+        <v>309</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E93" s="5" t="inlineStr">
-[...19 lines deleted...]
-      </c>
+      <c r="E93" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>301</v>
+        <v>659</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>399</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>427</v>
+        <v>661</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>399</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>670</v>
+        <v>51</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>16</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>674</v>
+        <v>22</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>675</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>676</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>678</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>309</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>679</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>679</v>
-[...5 lines deleted...]
-        </is>
+        <v>680</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="M97" s="5"/>
+        <v>683</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>684</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>686</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        </is>
+        <v>687</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>689</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="M98" s="5"/>
+        <v>691</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>692</v>
+      </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>694</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H99" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H99" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>697</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>680</v>
+        <v>698</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="M99" s="5"/>
+        <v>699</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>700</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>687</v>
+        <v>701</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>703</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        </is>
+        <v>704</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>706</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>680</v>
+        <v>707</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="M100" s="5"/>
+        <v>708</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>709</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>689</v>
+        <v>710</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>690</v>
+        <v>711</v>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>691</v>
+        <v>713</v>
       </c>
       <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>692</v>
+        <v>714</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>546</v>
+        <v>715</v>
       </c>
       <c r="I102" s="5"/>
       <c r="J102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K102" s="5" t="s">
-        <v>693</v>
+        <v>712</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>694</v>
+        <v>716</v>
       </c>
       <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>695</v>
+        <v>717</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H103" s="5" t="s">
-        <v>696</v>
+      <c r="H103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K103" s="5" t="s">
-        <v>697</v>
+        <v>712</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>698</v>
+        <v>718</v>
       </c>
       <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>699</v>
+        <v>719</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>690</v>
+        <v>715</v>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K104" s="5" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>701</v>
+        <v>720</v>
       </c>
       <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>702</v>
+        <v>721</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>703</v>
+        <v>722</v>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K105" s="5" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>704</v>
+        <v>723</v>
       </c>
       <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>705</v>
+        <v>724</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H106" s="5" t="s">
+        <v>570</v>
       </c>
       <c r="I106" s="5"/>
       <c r="J106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K106" s="5" t="s">
-        <v>706</v>
+        <v>725</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>707</v>
+        <v>726</v>
       </c>
       <c r="M106" s="5"/>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>708</v>
+        <v>727</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>301</v>
-[...5 lines deleted...]
-        <v>655</v>
+        <v>16</v>
+      </c>
+      <c r="D107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>709</v>
-[...5 lines deleted...]
-        <v>711</v>
+        <v>728</v>
+      </c>
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K107" s="5" t="s">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>715</v>
+        <v>731</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H108" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>716</v>
+        <v>732</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>717</v>
+        <v>733</v>
       </c>
       <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>718</v>
+        <v>734</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D109" s="5" t="s">
-[...3 lines deleted...]
-        <v>719</v>
+      <c r="D109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="s">
-        <v>720</v>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>721</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>735</v>
+      </c>
+      <c r="I109" s="5"/>
+      <c r="J109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K109" s="5" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>724</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="M109" s="5"/>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>727</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-[...9 lines deleted...]
-        <v>732</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I110" s="5"/>
+      <c r="J110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K110" s="5" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="M110" s="5"/>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>16</v>
+        <v>309</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>51</v>
+        <v>483</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>17</v>
+        <v>679</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="s">
-        <v>737</v>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>22</v>
+        <v>743</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>301</v>
-[...5 lines deleted...]
-        <v>655</v>
+        <v>16</v>
+      </c>
+      <c r="D112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="s">
-[...6 lines deleted...]
-        <v>427</v>
+      <c r="H112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I112" s="5"/>
+      <c r="J112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K112" s="5" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>747</v>
-[...3 lines deleted...]
-      </c>
+        <v>749</v>
+      </c>
+      <c r="M112" s="5"/>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D113" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>751</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G113" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="M113" s="5"/>
+        <v>756</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>757</v>
+      </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>301</v>
+        <v>759</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>459</v>
+        <v>760</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>655</v>
+        <v>17</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G114" s="5" t="s">
+        <v>761</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>427</v>
+        <v>764</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>727</v>
+        <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>759</v>
+        <v>51</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="I115" s="5"/>
+        <v>770</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>771</v>
+      </c>
       <c r="J115" s="5" t="s">
-        <v>762</v>
+        <v>22</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>16</v>
+        <v>309</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>51</v>
+        <v>483</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>767</v>
+        <v>679</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="s">
-        <v>768</v>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>22</v>
+        <v>451</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H117" s="5" t="s">
-        <v>775</v>
+      <c r="H117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K117" s="5" t="s">
+        <v>782</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="M117" s="5"/>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>309</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>679</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>778</v>
-[...10 lines deleted...]
-        </is>
+        <v>785</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>787</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>779</v>
-[...1 lines deleted...]
-      <c r="M118" s="5"/>
+        <v>788</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>789</v>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>759</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G119" s="5" t="s">
+        <v>792</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="I119" s="5"/>
-      <c r="J119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J119" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>795</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="M119" s="5"/>
+        <v>796</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>797</v>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>783</v>
+        <v>798</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D120" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>799</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G120" s="5" t="s">
+        <v>800</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>784</v>
-[...10 lines deleted...]
-        </is>
+        <v>801</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>803</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="M120" s="5"/>
+        <v>804</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>805</v>
+      </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>786</v>
+        <v>806</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L121" s="6" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
       <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="I122" s="5"/>
       <c r="J122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L122" s="6" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
       <c r="I123" s="5"/>
       <c r="J123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L123" s="6" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>796</v>
+        <v>816</v>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L124" s="6" t="s">
-        <v>797</v>
+        <v>817</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>798</v>
+        <v>818</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>301</v>
-[...5 lines deleted...]
-        <v>655</v>
+        <v>16</v>
+      </c>
+      <c r="D125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>799</v>
-[...8 lines deleted...]
-        <v>801</v>
+        <v>819</v>
+      </c>
+      <c r="I125" s="5"/>
+      <c r="J125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L125" s="6" t="s">
-        <v>802</v>
-[...3 lines deleted...]
-      </c>
+        <v>820</v>
+      </c>
+      <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>804</v>
+        <v>821</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>805</v>
-[...5 lines deleted...]
-        <v>655</v>
+        <v>16</v>
+      </c>
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>806</v>
-[...8 lines deleted...]
-        <v>808</v>
+        <v>822</v>
+      </c>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L126" s="6" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>811</v>
+        <v>824</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>225</v>
+        <v>317</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>16</v>
+      </c>
+      <c r="D127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H127" s="5" t="s">
+        <v>825</v>
       </c>
       <c r="I127" s="5"/>
-      <c r="J127" s="5" t="s">
-[...3 lines deleted...]
-        <v>814</v>
+      <c r="J127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L127" s="6" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>826</v>
+      </c>
+      <c r="M127" s="5"/>
     </row>
     <row r="128">
-      <c r="A128" s="5" t="n">
-        <v>1928</v>
+      <c r="A128" s="5" t="s">
+        <v>827</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>16</v>
+      </c>
+      <c r="D128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F128" s="5" t="s">
-        <v>817</v>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>818</v>
-[...8 lines deleted...]
-        <v>821</v>
+        <v>828</v>
+      </c>
+      <c r="I128" s="5"/>
+      <c r="J128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L128" s="6" t="s">
-        <v>822</v>
-[...3 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>825</v>
+        <v>309</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>546</v>
+        <v>483</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>826</v>
+        <v>679</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>829</v>
+        <v>451</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>837</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>679</v>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>834</v>
-[...5 lines deleted...]
-        </is>
+        <v>838</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="M130" s="5"/>
+        <v>841</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>842</v>
+      </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>310</v>
+        <v>225</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>844</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>845</v>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H131" s="5" t="s">
-        <v>838</v>
+      <c r="H131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I131" s="5"/>
-      <c r="J131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J131" s="5" t="s">
+        <v>668</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>839</v>
-[...1 lines deleted...]
-      <c r="M131" s="5"/>
+        <v>847</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>848</v>
+      </c>
     </row>
     <row r="132">
-      <c r="A132" s="5" t="s">
-        <v>840</v>
+      <c r="A132" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>715</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>570</v>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F132" s="5" t="s">
+        <v>849</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>841</v>
-[...5 lines deleted...]
-        </is>
+        <v>850</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>852</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>835</v>
+        <v>853</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="M132" s="5"/>
+        <v>854</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>855</v>
+      </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>843</v>
+        <v>856</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>857</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>844</v>
-[...5 lines deleted...]
-        </is>
+        <v>859</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>861</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="M133" s="5"/>
+        <v>863</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>864</v>
+      </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>846</v>
+        <v>865</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>847</v>
+        <v>866</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K134" s="5" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>848</v>
+        <v>868</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>849</v>
+        <v>869</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>851</v>
+        <v>871</v>
       </c>
       <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>852</v>
+        <v>872</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>838</v>
+        <v>873</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>853</v>
+        <v>874</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>854</v>
+        <v>875</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H137" s="5" t="s">
+        <v>876</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>855</v>
+        <v>877</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>856</v>
+        <v>878</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>215</v>
+        <v>317</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>374</v>
-[...8 lines deleted...]
-        <v>377</v>
+        <v>16</v>
+      </c>
+      <c r="D138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>859</v>
-[...5 lines deleted...]
-        <v>379</v>
+        <v>879</v>
+      </c>
+      <c r="I138" s="5"/>
+      <c r="J138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K138" s="5" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>862</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>375</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>866</v>
+        <v>882</v>
       </c>
       <c r="I139" s="5"/>
-      <c r="J139" s="5" t="s">
-        <v>644</v>
+      <c r="J139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K139" s="5" t="s">
         <v>867</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="s">
         <v>870</v>
       </c>
-      <c r="B140" s="5" t="s">
-[...31 lines deleted...]
-        </is>
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K140" s="5" t="s">
+        <v>867</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>876</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D141" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H141" s="5" t="s">
-[...6 lines deleted...]
-        <v>882</v>
+      <c r="H141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I141" s="5"/>
+      <c r="J141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K141" s="5" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>884</v>
-[...3 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>683</v>
+        <v>399</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>546</v>
-[...9 lines deleted...]
-        </is>
+        <v>889</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>402</v>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>882</v>
+        <v>404</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>683</v>
+        <v>897</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>607</v>
+        <v>18</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>893</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="I143" s="5"/>
       <c r="J143" s="5" t="s">
-        <v>829</v>
+        <v>668</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>899</v>
+        <v>399</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>16</v>
+        <v>903</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>900</v>
-[...7 lines deleted...]
-        <v>901</v>
+        <v>216</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="I144" s="5"/>
+        <v>905</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>906</v>
+      </c>
       <c r="J144" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>903</v>
+        <v>907</v>
+      </c>
+      <c r="K144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L144" s="6" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>546</v>
+        <v>911</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>829</v>
+        <v>914</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C146" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C146" s="5" t="s">
+        <v>715</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>570</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G146" s="5" t="s">
-        <v>913</v>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>825</v>
+        <v>919</v>
       </c>
       <c r="I146" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="J146" s="5" t="s">
         <v>914</v>
       </c>
-      <c r="J146" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K146" s="5" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>683</v>
+        <v>16</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>546</v>
-[...4 lines deleted...]
-        </is>
+        <v>715</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>631</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>301</v>
+        <v>931</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>423</v>
+        <v>16</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>655</v>
+        <v>932</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G148" s="5" t="s">
+        <v>933</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>925</v>
-[...3 lines deleted...]
-      </c>
+        <v>934</v>
+      </c>
+      <c r="I148" s="5"/>
       <c r="J148" s="5" t="s">
-        <v>427</v>
+        <v>112</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>931</v>
+        <v>34</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>829</v>
+        <v>861</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C150" s="5" t="s">
+      <c r="C150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D150" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D150" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E150" s="5" t="s">
-        <v>938</v>
+        <v>18</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G150" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G150" s="5" t="s">
+        <v>945</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>939</v>
+        <v>857</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>829</v>
+        <v>112</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>683</v>
+        <v>715</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>945</v>
+        <v>570</v>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>16</v>
+        <v>309</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>546</v>
+        <v>447</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>17</v>
+        <v>679</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>829</v>
+        <v>451</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>635</v>
+        <v>16</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-        </is>
+        <v>570</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>963</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>301</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>459</v>
+        <v>715</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>655</v>
+        <v>970</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>427</v>
+        <v>861</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>301</v>
+        <v>715</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>977</v>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="I155" s="5"/>
+        <v>978</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>979</v>
+      </c>
       <c r="J155" s="5" t="s">
-        <v>427</v>
+        <v>914</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>301</v>
+        <v>16</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>325</v>
+        <v>570</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>17</v>
+      </c>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>978</v>
+        <v>861</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>981</v>
+        <v>988</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>375</v>
+        <v>400</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>683</v>
+        <v>309</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>546</v>
-[...4 lines deleted...]
-        </is>
+        <v>483</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>679</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>882</v>
+        <v>451</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>16</v>
+        <v>309</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>546</v>
+        <v>483</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>17</v>
+        <v>679</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
-        <v>829</v>
+        <v>451</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>375</v>
+        <v>309</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>546</v>
-[...9 lines deleted...]
-        </is>
+        <v>341</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="F160" s="5" t="s">
+        <v>1007</v>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>882</v>
+        <v>1010</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>375</v>
+        <v>659</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>546</v>
+        <v>400</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>16</v>
+        <v>715</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>945</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>570</v>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>829</v>
+        <v>914</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1016</v>
+        <v>1024</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1019</v>
+        <v>16</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>375</v>
+        <v>570</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>1020</v>
+        <v>17</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>683</v>
+        <v>400</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>1027</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>570</v>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>1034</v>
-[...5 lines deleted...]
-        <v>1035</v>
+        <v>570</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>1034</v>
+        <v>977</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F166" s="5" t="s">
-        <v>1035</v>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1042</v>
-[...1 lines deleted...]
-      <c r="I166" s="5"/>
+        <v>1045</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1046</v>
+      </c>
       <c r="J166" s="5" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>16</v>
+        <v>1051</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>1034</v>
+        <v>400</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1035</v>
+        <v>1052</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>16</v>
+        <v>715</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>546</v>
+        <v>1059</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1053</v>
-[...1 lines deleted...]
-      <c r="I168" s="5"/>
+        <v>1060</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>1061</v>
+      </c>
       <c r="J168" s="5" t="s">
-        <v>829</v>
+        <v>914</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>546</v>
+        <v>1066</v>
       </c>
       <c r="E169" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F169" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F169" s="5" t="s">
+        <v>1067</v>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>829</v>
+        <v>914</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>1064</v>
+        <v>16</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>293</v>
+        <v>1066</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1065</v>
+        <v>17</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="I170" s="5"/>
       <c r="J170" s="5" t="s">
-        <v>1069</v>
+        <v>914</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>1064</v>
+        <v>16</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>293</v>
+        <v>1066</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1074</v>
+        <v>17</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>1077</v>
+        <v>914</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>945</v>
+        <v>570</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>1085</v>
+      </c>
+      <c r="I172" s="5"/>
       <c r="J172" s="5" t="s">
-        <v>829</v>
+        <v>861</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>683</v>
+        <v>16</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>945</v>
-[...4 lines deleted...]
-        </is>
+        <v>570</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1092</v>
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="5" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="J174" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K174" s="5" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="J175" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="K175" s="5" t="s">
+        <v>1110</v>
+      </c>
+      <c r="L175" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="5" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="K176" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="L176" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="5" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J177" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="K177" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L177" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>1124</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -14237,44 +14596,48 @@
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
     <hyperlink ref="M168" r:id="rId173"/>
     <hyperlink ref="M169" r:id="rId174"/>
     <hyperlink ref="M170" r:id="rId175"/>
     <hyperlink ref="M171" r:id="rId176"/>
     <hyperlink ref="M172" r:id="rId177"/>
     <hyperlink ref="M173" r:id="rId178"/>
+    <hyperlink ref="M174" r:id="rId179"/>
+    <hyperlink ref="M175" r:id="rId180"/>
+    <hyperlink ref="M176" r:id="rId181"/>
+    <hyperlink ref="M177" r:id="rId182"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>