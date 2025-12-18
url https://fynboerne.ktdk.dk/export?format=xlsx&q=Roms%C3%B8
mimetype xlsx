--- v0 (2025-11-04)
+++ v1 (2025-12-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="240" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="367" uniqueCount="250" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -590,50 +590,107 @@
 den 20 - October 1914.
 Krarup.</t>
   </si>
   <si>
     <t>1915-11-19</t>
   </si>
   <si>
     <t>Postkort</t>
   </si>
   <si>
     <t>Pisa</t>
   </si>
   <si>
     <t>Roma
 Pisa Italy</t>
   </si>
   <si>
     <t>Fritz Syberg venter på at få papir fra papirhandleren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7Frd</t>
   </si>
   <si>
     <t>Kære Las!
 Papirhandleren har snydt mig det Asen. Da jeg kom hen til ham for at hente Papiret var der intet. Nu har han lovet [indsat: mig ] det om to-tre Dage, men det kan godt være det trækker længere ud, for Italienere siger principmæssig ikke Sandheden. Det skal imidlertid nok komme en af Dagene. Dette Kort er fra Roms Campagne – Hilsen Baron</t>
+  </si>
+  <si>
+    <t>1920-01-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Ausa -
+Elise Hansen
+Peter Hansen
+Betty Nansen
+Marie Neckelmann
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Grete Hansen, g. Jensen, var omkring 14 år, da hun skrev brevet. 
+Bimme/Bams: Elena Larsen. 
+Elise Hansen: Mosser.
+Peter Hansen: Fasser.
+Kylle: Marie Neckelmann.
+N.E.: Niels Erik Schoubye.
+Det vides ikke, hvem Bente og Haiser var. 
+Perugia er hovedstad i regionen Umbria, der er en af de få regioner i Italien, der ikke grænser op til havet. (Wikipedia, okt. 2025).
+Piazza del Campidoglio er en plads med Roms rådhus og museer. Pladsen er udtænkt af Michelangelo.
+Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
+  </si>
+  <si>
+    <t>Brevet ejes af en efterkommer af Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen/Mosser har fået stjålet sin pung. 
+Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
+Både Elise og Peter Hansen er sløje. 
+Elise og Grete har været på Campidoglio og se illuminationer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5qwN</t>
+  </si>
+  <si>
+    <t>Rom d 10/1 - 20
+[Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
+Kære Bimme!.
+Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
+Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
+Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
+Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
+[Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
+Mos.
+Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
   </si>
   <si>
     <t>28. maj. 1921</t>
   </si>
   <si>
     <t>Christian Andersen
 Achton Friis
 Andreas Larsen</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/yle0CtTL</t>
   </si>
   <si>
     <t>31. maj. 1921</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/PIjU3jVN</t>
   </si>
@@ -1361,59 +1418,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M37"/>
+  <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2082,1043 +2139,1089 @@
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
         <v>92</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>119</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        </is>
+        <v>126</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="M17" s="5"/>
+        <v>130</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>137</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
-        <v>88</v>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>135</v>
+        <v>88</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>159</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>165</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>167</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-[...3 lines deleted...]
-        <v>165</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I26" s="5"/>
-      <c r="J26" s="5" t="s">
-        <v>166</v>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K26" s="5" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="C27" s="5" t="s">
+      <c r="C28" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D27" s="5" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A28" s="5" t="n">
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="M28" s="5"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="n">
         <v>1928</v>
-      </c>
-[...43 lines deleted...]
-        <v>180</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F29" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F29" s="5" t="s">
+        <v>183</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>16</v>
+        <v>137</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>88</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>195</v>
+        <v>16</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>16</v>
+        <v>137</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>196</v>
+        <v>100</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-        <v>197</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="I31" s="5"/>
+      <c r="I31" s="5" t="s">
+        <v>199</v>
+      </c>
       <c r="J31" s="5" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="5" t="s">
-        <v>34</v>
+        <v>206</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G32" s="5" t="s">
+        <v>207</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
-        <v>190</v>
+        <v>92</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C33" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-        <v>209</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="5" t="s">
-        <v>127</v>
+      <c r="C34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D34" s="5" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G34" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>183</v>
+        <v>92</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>222</v>
+        <v>88</v>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>137</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>232</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>127</v>
+        <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>222</v>
-[...4 lines deleted...]
-        </is>
+        <v>88</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
+    <hyperlink ref="M38" r:id="rId43"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>