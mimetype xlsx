--- v1 (2025-12-18)
+++ v2 (2026-03-24)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="367" uniqueCount="250" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="388" uniqueCount="263" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -304,57 +304,101 @@
   <si>
     <t>Christian Andersen
 Peter Hansen
 Vilhelm Larsen
 Karl Schou
 Christine Swane
 Fritz Syberg</t>
   </si>
   <si>
     <t>Intet nyt fra Peter Hansen om tulipanerne.
 Marie og Karl Schou har fået en søn.
 Johs. Larsen skal til Romsø med Christian Andersen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1hUR</t>
   </si>
   <si>
     <t>Kjerteminde 25 Novemr. 1896.
 Kæreste Alhed!
 [noget af papiret mangler] det jo er Dem der skal [noget af papiret mangler] denne Gang, vil jeg [noget af papiret mangler] skynde mig at takke [noget af papiret mangler] rare Dage vi har haft [noget af papiret mangler] Tusind Tak. I Odense [noget af papiret mangler] Christine ogsaa og fik Kaffe og var nær ved at komme for sent til Toget, hvad der vilde have været temmelig frygteligt, da Uglen klagede sig over at hun var kommen til at ryste i Knæene enten af Forkølelse eller fordi hun maatte løbe saa rask til Faaborg ligesom os, eller af begge Dele. [noget af papiret mangler] var slet ikke glad ved at vi skulde gaa fra Ullerslev. Vi blev imidlertid overraskede ved at møde Agraren da vi kom gennem Ullerslev By, jeg [noget af papiret mangler] lade være at give [noget af papiret mangler] til hende ved at [noget af papiret mangler] men Uglen bemær [noget af papiret mangler] dende at hun saa g[noget af papiret mangler] var ham der kørte [noget af papiret mangler] det kunde da aldrig falde hende ind at raabe efter ham. 
 Her er endnu ikke noget fra Peter om Tulipanerne derimod var der Brev fra Schou med den ikke længere ny Meddelelse at han havde faaet en Søn i Tirsdags, der stod dog den Nyhed at naar han skrev at baade Marie og drengen havde det udmærket var det med den Modification at Drengen var blevet hæs [noget af papiret mangler] Her i Kjerteminde [noget af papiret mangler] ved det gamle [noget af papiret mangler] Andersen havde [noget af papiret mangler] om at sige til [noget af papiret mangler] var en umaade- [noget af papiret mangler] Havlitter ovre ved Romsø og jeg var saa nede for at tale med ham, men han var sejlet derover i Morges, jeg tror dog ikke han faar videre Glæde af Turen i Dag da det er aldeles Havblik, men jeg skal alligevel ned at se til ham naar han kommer hjem hen under Aften og tale med ham om en Tur derover i Morgen. 
 Jeg skal nu til at skrive til Baronen og til Schou saa gaar jo det meste af Dagen med det saa jeg fa [noget af papiret mangler] bestilt noget i Dag m [noget af papiret mangler] Vejret skulde være [noget af papiret mangler] værdig til at blive [noget af papiret mangler] Aften saa jeg [noget af papiret mangler] til at male ude p [noget af papiret mangler] ren i Aften. Apropos: Schou skriver at hvis hans Dreng ligner nogen han kender er det Agraren, hvorimod Marie siger at han ligner Schou. Nu vil jeg slutte med mange Hilsner til min kæreste Alhed, undskyld jeg laaner deres gamle Brander. Deres hengivne
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
+Din trofaste Moder</t>
+  </si>
+  <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>"Marie Tuk" nævnes også, der er flere muligheder for, hvem det kan være. Muligvis Marie Syberg (på dette tidspunkt Marie Schou).</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
   </si>
   <si>
     <t>Hvis vejret er godt den følgende dag sejler Fritz hjem. Han har være på Romsø på en storartet tur.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9vwC</t>
   </si>
   <si>
     <t>[påskrevet med blyant:] 1901-2?
 Kjerteminde Mandag
 Kære Høns!
 Hvis Vejret er godt i Morgen (Tirsdag) sejler jeg hjem. Vi var på Romsø i Dag – Uglen Marie Tuk og jeg. En storartet Tur det var en Skam Du ikke var med. Vi var ude på Nordsiden af Øen der er meget kønnere end de andre Sider
 Det er Aften og Brevet må afsted. Det var en Skam Du ikke var med på den Tur
 Kys Børnene Mange Hilsener fra Din Fritz</t>
   </si>
   <si>
     <t>1901-06-08</t>
   </si>
   <si>
@@ -1263,50 +1307,87 @@
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Holger Rasmussen
 Ove Smed
 Leo Swane
 Ane Talbot</t>
   </si>
   <si>
     <t>Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem den omtalte var.
 Jokum var en odder, som Johannes Larsen tidligere havde haft i fangenskab.</t>
   </si>
   <si>
     <t>Johannes Larsen har været til museumsmøde med Holger Rasmussen og Leo Swane. 
 Han har sejler Romsø rundt med et par venner.
 Den følgende dag kører Andreas Larsen sin far til Fiilsø. 
 Odderne har det godt og er store.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yQnT</t>
   </si>
   <si>
     <t>Kjerteminde 18 Nov. 1938
 Kære Lysse og Bimse!
 Tusind Tak for sidst! Det har trukket noget længe ud inden jeg faar skrevet. Jeg havde tænkt at skrive saa I kunde have det til Jens´s Fødselsdag, men Datoerne blev væk for mig indtil jeg kom i Tanker Dagen ved Middagsbordet hos Holger Rasmussens hvor vi saa drak hans Skaal. Vi var der til Museumsmøde; tog Leo Swane paa ved en Formiddagsfærge og kørte til Faaborg til Frokost, saa Møde i Museet og derefter Middg. Satte Swane af ved Grand i Odense og kørte hjem. Næste Dag gav Swane Frokost paa Grand og kørte med her hjem efter et Museumsbesøg. Han rejste næste Mrg. I Gaar var jeg en Tur ude paa Bugten med Christiansen og Ove Smed ved Roret. Det var et henrivende Vejr, Stille og mildt, vi spiste Frokost i Baaden ved Stenkastet og sejlede Romsø rund og skød et Par Sortænder og 6 Ederfugle. Puf og jeg kører til Fiilsø i Mrg. men vi bliver der kun et Par Dage, jeg vil gerne en Tur ud til Tipperne og se paa Fuglelivet. Odderne trives godt og er saa vidt jeg kan se større end baade Jokum og den sidste var paa denne Aarstid. I Forgaars kom Gedde med en Ederfugl gl. ♂. Jeg har faaet et Par Graaænder af Agraren da alle mine er bleven skudt i Sommer. Vi har det godt alle sammen. Hilsen fra os alle.
 Jeres JL.</t>
+  </si>
+  <si>
+    <t>1951-05-18</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
+Else Jensen
+Emmerik Jensen
+Hjalmar Johansen
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Poul Lorentsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen var død, da Johannes Larsen skrev brevet</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har blandt andet været i Zoologisk Have i København. Nu er han hjemme og skal til Romsø med Christiansen. Gåsen ligger stadig på æg. Han vedlægger et brev fra Poul Lorentsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5W9d</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1951
+Kære Lysse og Bimse.
+Jeg fik snakket med en Del Mennesker i Kjøbenhavn og Fredagen før Pintse kørte Else og Emmerik mig til zoologisk Have og derfra til Banegaarden hvor jeg i et overfyldt Tog kom til Korsør og videre til Nyborg, hvor Puf hentede mig. Vi har haft det koldt her siden men i Dag er det mildere og jeg har været nede hos Christiansen og aftalt med ham at tage til Romsø i Morgen. Vores Gaas ligger stadig skønt den skulde have haft Gæslinger for en Uge siden. I Dag fik jeg vedlagte Brev fra Statsskovrider Poul Lorentzen, som Du nok vil høre nærmere fra. Hvordan gaar det med Kalkunerne? og med de smaa Æg? Tak for sidst! Mange Hilsner fra Puf, Else, Børnene og 
+Jeres JL.
+[På side 2 er der tegnet et kort. På dette er der skrevet:]
+Tyllesand 5
+114 Per Larson
+Lasse!
+100 Godsågere
+Skogsvakten
+Hjalmar Johansen</t>
   </si>
   <si>
     <t>1930-1934</t>
   </si>
   <si>
     <t>Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Romsø er en ø i Storebælt nær Kerteminde, og Stengårds Stænge er en strand på Hindsholm nord for Kerteminde.
 Det vides ikke, hvem den omtalte dumrian er.</t>
   </si>
   <si>
     <t>Johannes Larsen er på Romsø, men han vil sejle til Stengårds Stænge, hvor Andreas/Puf Larsen møder ham for at få en underskrift på en check.
 Andreas er ked af, at han glemte sin eneste nevøs fødselsdag. Han undskylder skriften. Johannes Larsen har taget Andreas' fyldepen med til Romsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/E7Wf</t>
   </si>
   <si>
     <t>Kære Bimse og Lysse!
 Far har idag skrevet til Gyldendal efter en Check og saasnart den kommer, kører jeg til Stengaards-Stænge x), hvor Far vil løbe ind med en Motorbaad fra Romsø, hvortil han idag er rejst. Jeg skal saa se hvordan jeg kan faa Pengene sendt til Jer uden at krambulere med vor Valutacentral. Det lyder maaske lidt indviklet det med Stengaards-Stænge, men Brevet til Gyldendal var allerede
 [Indsat nederst på s. 1:]
 x) forat faa Checken paategnet.
@@ -1418,59 +1499,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kOta" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1697,1531 +1778,1625 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="5" t="n">
-        <v>1901</v>
+      <c r="A7" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="E7" s="5" t="s">
-        <v>17</v>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="5" t="s">
-        <v>64</v>
+      <c r="A8" s="5" t="n">
+        <v>1901</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="I8" s="5"/>
+        <v>57</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>66</v>
+      </c>
       <c r="J8" s="5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="G10" s="5" t="s">
         <v>77</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="J10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="F11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...31 lines deleted...]
-        </is>
+      <c r="H11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="M11" s="5"/>
+        <v>88</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="s">
-[...3 lines deleted...]
-        <v>91</v>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I12" s="5"/>
-      <c r="J12" s="5" t="s">
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="L12" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D13" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>96</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I13" s="5"/>
-      <c r="J13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J13" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>101</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...9 lines deleted...]
-        <v>101</v>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="K14" s="5" t="s">
         <v>104</v>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L14" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="M14" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D15" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="E15" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F15" s="5" t="s">
         <v>17</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G15" s="5" t="s">
         <v>108</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>109</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>110</v>
       </c>
       <c r="J15" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K15" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="5" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="B16" s="5" t="s">
+      <c r="H16" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="C16" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="F16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>119</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="F17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="F17" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" s="5" t="s">
         <v>132</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="I18" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>137</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H20" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="s">
-        <v>88</v>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>145</v>
+        <v>95</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H23" s="5" t="s">
+        <v>152</v>
       </c>
       <c r="I23" s="5"/>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D24" s="5" t="s">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="M24" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="D25" s="5" t="s">
+      <c r="H25" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="E25" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="H25" s="5" t="s">
+      <c r="J25" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="J25" s="5" t="s">
+      <c r="M25" s="5" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="H26" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="M26" s="5"/>
+        <v>174</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>175</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I27" s="5"/>
-      <c r="J27" s="5" t="s">
-        <v>176</v>
+      <c r="J27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K27" s="5" t="s">
         <v>177</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="M27" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="E28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D28" s="5" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A29" s="5" t="n">
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="M29" s="5"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="n">
         <v>1928</v>
-      </c>
-[...43 lines deleted...]
-        <v>190</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F30" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F30" s="5" t="s">
+        <v>190</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>191</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>192</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>193</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>194</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>195</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>16</v>
+        <v>144</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>95</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>198</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>199</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>200</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>201</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>202</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>204</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="F32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="H32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="I32" s="5"/>
-[...3 lines deleted...]
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="5" t="s">
-        <v>34</v>
+        <v>213</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G33" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>200</v>
+        <v>99</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C34" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="s">
-        <v>219</v>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>220</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>221</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>92</v>
+        <v>207</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>222</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>223</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>225</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C35" s="5" t="s">
-        <v>137</v>
+      <c r="C35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D35" s="5" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G35" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>193</v>
+        <v>99</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>232</v>
+        <v>95</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
         <v>233</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>234</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>235</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>236</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>238</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>16</v>
+        <v>144</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>239</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>200</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>137</v>
+        <v>16</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>232</v>
-[...4 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
+    <hyperlink ref="M39" r:id="rId44"/>
+    <hyperlink ref="M40" r:id="rId45"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>