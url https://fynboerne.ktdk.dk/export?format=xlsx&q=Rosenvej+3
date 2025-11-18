--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -44,126 +44,150 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1904-09-25</t>
+    <t>1904-11-14</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>Johanne Christine Larsen</t>
-[...10 lines deleted...]
-Holger Drachmann
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>København Ø
+3.</t>
+  </si>
+  <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Skovagervej 5, c/o Allan Kern, 2920 Charlottenlund, Danmark
+Ellensvej 8, 2920 Charlottenlund, Danmark</t>
+  </si>
+  <si>
+    <t>Lise Abrahams
+Grethe Bichel
+Julie Brandt
+Ingeborg Caspersen
+Ingeborg  Eckardt
 Alfred Goldschmidt
-Jean Jensen
+Bodild Holstein
 Christine  Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Christine Swane
+Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
-    <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
-[...20 lines deleted...]
-54 Coolidge Str.
+    <t>Laura Warberg, Astrids mor, flyttede til København efter sin mands død.
+Astrids søstre Christine/Mornine og Ellen/Elle var begge gift og bosiddende i Boston, hvor en tredje søster, Johanne/Junge i 1904 besøgte dem. 
+Ingeborg er muligvis Ingeborg Eckardt eller Ingeborg Caspersen. Grethe kan være Grethe Bichel. 
+Det vides ikke, hvem det gamle gartnerpar var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0406</t>
+  </si>
+  <si>
+    <t>Astrids mor vil altid gerne høre vigtige nyheder oplæst fra breve, og Astrid er kommet til at læse noget højt, som moderen netop ikke måtte vide. Christine/Mornine er syg af astma, og desuden har hun det ikke godt i sit ægteskab. Hun og søsteren Ellen/Elle er også på kant med hinanden. Ellens ægteskab er i øvrigt heller ikke godt. 
+Junge har skrevet, at det lyder til, at Astrid er glad. Det er hun også. Den lykke, som hun har drømt om i barndommen, er kommet til hende nu. 
+Astrid og Alfred har haft en dejlig aften med gæster - blandt andet Christine Swane/Uglen. De spillede en masse musik; det dejlige flygel var i brug. 
+Forleden tog Alfred og Astrid på en lang tur til Klampenborg mm. På hjemturen besøgte de et gartnerpar. Manden var meget alvorligt syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IrsN</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk Johanne Warberg
+54 Coalidge Street
 Brookline (Boston)
 Mass.
 U.S.A.
-[Skrevet på kuvertens bagside:]
+[med anden skrift og pen:]
+læst 1964.
+dateret nov 1904
+[På kuvertens bagside:]
 A Goldschmidt
-Kastanievej 13
-[...1 lines deleted...]
-Dette brev er altså 101 år glt.
+Rosenvej II, III
+Copenhagen Ø
+Denmark.
+[Med anden pen og skrift:]
+læst 11-2-07. 
 [I brevet:]
-Kastanievej 13
-[...13 lines deleted...]
-Mange gode Hilsener fra Alfred.</t>
+Rosenvej II, III Mandag den 14 Nov 1904.
+Kære lille Junge! Ja, nu er der kommen Fornuft i Brevgangen – jo, jeg har ganske rigtig fået et hver Uge fra Dig i lange Tider – sidst i Dag – hvorfor kvitteres. Det var jo ærgerligt, at Du snød Dig selv for den gode Koncert, når det nu er Ugens bedste Fornøjelse; Mor var herude i Morges for at invitere mig på Sjov i Morgen i Tjenestepigeforeningen, der holder stor Fest i Wittmarks Lokaler; hvis Alfred tager til Malmø har jeg også lovet at give Møde – Kl 3 hos Mor, hvor vi spiser til Middag og derpå drager af; som sagt (nok) Dit Brev kom altså, mens NMor var her, og Mor vilde naturligvis høre ”de vigtigste Nyheder”; jeg er aldrig ret stemt for det – for jeg kan ikke i en Fart overse, hvad der med Held kan foredrages; og Uheldet vilde da også, at jeg netop kom til at læse et Stykke om Billys Kølighed overfor M.s Sygdom – og det sluttede med – disse Udtalelser var private – i det mindste ikke for Moderens Øren! Så det var jo en net Historie; men Gudvéd hvorfor man aldrig lærer at sætte sådanne Advarsler foran det kriminelle Stykke, man kunde jo føje det til bagefter – foran (!)
+Mor sagde for Resten, at hun agiterede stærkt for at få Mornine herover til Foråret – at gå i Luftklokken.
+- Tænk om Mornine hvert År – ligesom Far i sin Tid – kunde tage 6 Uger i Luftklokken! Jeg sagde rigtignok, at Mornine var da ikke gal at rejse bort i den Tid, hun havde Dig – det var da altfor meningsløst. Og Mor sagde så – med et lille bekymret Smil – ”næhe – og så kom hun vel aldrig derover igen; ”Og hvad så - ?” meget bekymret.
+Jeg for min Part kan nu aldeles ikke begribe de Forhold; dersom Mornine ikke holder mere af Billy, end hendes Udtalelser tyder på, så forekommer det mig vanvittigt – næsten umoralsk – at blive hos ham; og når hun alligevel bliver, så skulde man dog tro, at hun er fastere knyttet til ham, end udenforst. Kan se. Og jeg kan ikke for Alvor tro på, at Forsørgelsessiden spiller nogen Hovedrolle; Mornine er dog mere ideelt anlagt end som så. – Hvad angår Forholdet mellem Elle og Mornine, da er det jo uhyre sørgeligt – men ganske menneskeligt. Det kan jo ikke være anderledes; og jeg kan i Grunden langt bedre forstå – og sympatisere med – at Mornine taber for Elle – bliver ligegyldig og fjendtlig – end jeg kan forstå og billige, hvis Elle ikke får imod Mornine. 
+Mornine må dog gå ud fra, at Elle sympatiserer med alt det hos Eastman, som Morn. Absolut ikke fordrager – osv. men det er jo så sørgeligt – hvilket Lyspunkt vilde det ikke være for M. hvis Elle havde en bedre Mand – så hun kunde forliges med dem begge. Apropos – hvad er da Din Mening om Eastman. Er det da muligt, at Elle kom på at forgude én, som er så ganske umulig?
+Eller - ? Jeg har så ofte tænkt mig den Mulighed – og min Tro er ikke helt ubegrundet, men blev i sin Tid [ulæseligt ord] af en lille – tilfældig – Udtalelse af Elle selv, da hun var her på Besøg. Jeg tror – men kan jo slet ingenting vide – at det blev en stor Skuffelse, da Elle dengang rejste til Amerika og genså Eastm. Efter flere Års Adskillelse. Men Skridtet var gjort, og hun har med sin vældige Energi – aldrig villet tilstå engang for sig selv – at det var en Skuffelse. Og nu har måske Årenes Løb Vanen jevnet ud på det, der sikkert har været svært nok i Begyndelsen.
+Ilussioner altsammen, Junge. Jeg tror, at de allerfleste Mennesker lever deres Liv helt på Overfladen – uden nogen Sinde at kunde se Virkeligheden lige i Øjnene; og så kalder de med så pæne Navne: de er ”rolige” – ”beherskede” – de er ”Ligevægtsmennesker”
+Og de andre (de ærligste?) – de er ”letsindige” – ”eksalterede” – måske endog ”hysteriske”.
+Nu kan det vist være nok med alt dette – slet ikke morsomme.
+Du skriver så ofte, at mine Breve tyder på, at jeg er glad; ja, Junge, det er jeg også – ganske forfærdelig glad – og nydende Glæden; somme Tider har jeg en Følelse af, at der vil hænde én eller anden rædselsfuld Ulykke – og at det er derfor, man overgør mig sådan med Glæde; kender Du ikke godt den Angst – den kan komme over én netop, som man føler sig allermest lykkelig – en Angst for at man ikke skal kunne fastholde sin egen Lykke; men det er jo dumme Tanker – og de viser sig da også kun glimtvis; lille Junge – det er dejligt at være til – og at føle Livet suse og bruse omkring sig – at føle sig selv midt i det levende Liv – der er så overdådigt rigt – strækker sig så vidt ud til alle Sider at man aldrig øjner Grænser; jeg tror virkelig, at det er denne Tilværelse, jeg har drømt om så ofte i gamle Dage, når jeg bestandig gik og rodede ude på Landet – og længtes efter dette sære – store – ubestemte i Livet. Jeg vidste jo altid, at det var der, men jeg syntes blot aldrig, at jeg kunde komme det rigtig nær; jeg syntes altid, at jeg så en høj og mægtig Mur . og bagved den kunde jeg høre det summe og brumme – det var alle de levende Mennesker – der virkelig levede Livet.
+Nå – og så fandt man endelig engang Vej over Muren – er nu midt i det Hele og er lykkelig.
+Senere. Nu er Alfred kommen – han skal ikke til Malmø før senere hen i Ugen – så jeg må nok gå til Mor i Morgen og melde Forfald; for det vilde da være både Synd og Skam om jeg gik min, jeg kender. Jeg bad hende da Vej én af de få Dage, vi endnu kan ”bo” her sammen. Vi har nu spist til Middag – og Alfred sidder og spiller Ingeborgs noder, som hun har glemt hernede forleden Aften; det er Brudeoptoget på Troldkongen af Grieg; er det Dig, der i sin Tid har spillet den – jeg kender den så godt; og er meget begejstret; Ingeborg spiller den nu også helt vidunderligt.
+Vi havde en lille vellykket Aften Forleden; Uglen er nemlig i Byen – det Skind – hendes Lunger er angrebne og hun skal absolut på Sanatorium i Vinter; hun var heroppe at besøge mig en Eftermiddag – og jeg var som sædvanlig meget glad over engang igen at se hende; hun er et af de yndigste Mennesker, jeg kender. Jeg bad hende da, om hun ikke vilde komme her en Aften – at hun kunde se Alfred. Vi bestemte en Dag – og jeg bad desuden Pan Grethe og Frk Holstein - samt Abrahamerne. De sidste af en art Diplomati – jeg vil så gerne have, at de skal kende lidt til ”mine”, siden de nu er dem vi har mest med at gøre – de står Alfred så nær. Det gik da også godt – og blev en særdeles hyggelig Aften; både Ingeborg og Alfred spillede – og til sidst spillede de sammen – Violin og Klaver. For Resten spillede Ingeborg og jeg da også vore 4 hændige (Schuberts Maiche) – Flygelet er bedårende – herligt! Skade at Du ikke får det at høre nu – desværre taber det nok en hel Del, når det skal transporteres til Malmø; jeg passer det forøvrigt som om det var et lille Barn – der kommer aldrig kold Luft ind til det – aldrig åbne Vinduer, hvor det står – og aldrig i Kakkelovnen. Frisk Luft får det kun på 2den Hånd – fra den store Stue. Hovedsagen er, at Temperaturen altid er nogenlunde éns – og at [”at” indsat over linjen] aldrig fugtig Luft slipper ind til Filtet, det slører Klangen. Og så er Mornines jo endda meget bedre – det er næsten ubrugt.
+- Jeg misunder Jer næsten det klare Solskinsvejr, I har derovre; nu er vi begyndt på det tunge – grå Tågevejr – med ækle slimede Gader og ofte Regn. 
+Vi trodsede dog alt i Går, da det var Søndag – tog med Sporvognen til Klampenborg – stod udenpå foran hele Vejen – det er så frisk og dejligt; det var ellers stille, mildt Gråvejr – og meget smukt; vi spadserede så op gennem Skoven – der var helt vidunderligt – ganske stille og fredeligt – og så alt det herlige brune Løv på Jorden – der var ganske vådt af den fugtige Luft – og Farvernes Pragt var næsten ikke til at udholde – det var nu så evige Tider siden vi sidst var på Landet – så vi nød det jo intensivt. På Fortunen drak vi Kaffe – gik så videre – gennem Ordrup Krat til Charlottenlund, hvor vi vilde tilsé de gamle Gartnerfolk på Kastanievej; vi traf dem i den største Elendighed; den gamle Mand lå til Sengs – lignede mest en Død – Skægget var bleven kridhvidt og han var så mager som et Skelet. Han var lige kommen hjem fra Hospitalet efter en stor Operation; han får nu al Føden ind gennem en Kanyle i Maven; De har fjernet en stor Kræftsvulst i Spiserøret; men den vil komme igen – og han kan højst leve ½ År – har e sagt til Konen; og hun er ganske fortvivlet ved Tanken om at skulle miste ham; det hele var så rørende. Men tænk alligevel at de kan operere sådan en gammel Mand – han er fyldt 69 År! Jeg skal derud en af de første Dage med en Flaske Vin til ham – det skal han bestandig have i Suppe og Æg.
+- Nu får Du ikke mere i Aften – vi var sent oppe i Aftes og skal tidlige i Seng. Hils nu Mornine så mange Tusinde Gange – det er så skrækkeligt at tænke på med den Astma!
+Og ligeså mange Hilsner til Dig selv
+fra Alfred og Dis</t>
   </si>
   <si>
     <t>1904-10-25</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>København
 Rosenvej 2</t>
   </si>
   <si>
     <t>USA
 Mass.
 54 Coolidge Str.</t>
   </si>
   <si>
     <t>Drucker &amp; Søn
 Alfred Goldschmidt
 Henriette Goldschmidt
 Herman Levin
 William Mackie
 Carl Salomonsen
 Ellen  Sawyer
 Laura Warberg
 Mary Ward</t>
   </si>
   <si>
     <t>Det kan ikke med sikkerhed afgøres, hvem Gustav Philipsen, Pontoppidan, Dr. Ussing og Jens Bush var. Det vides ikke, hvorfor der står "Coppel" i en af tilføjelserne. 
 BISSEN lampen er en danskdesignet og -produceret lampe, der er håndlavet efter gamle, klassiske, danske håndværkstraditioner. Lampen er fra 1970erne designet af Asger Bay Christiansen – kendt som asger bc – og er et produkt af høj kvalitet (Kilde: Danskligthning.dk).</t>
   </si>
@@ -197,140 +221,50 @@
 (Denmark.)
 [Poststempler]
 [I brevet:]
 Rosenvej 2 III Ø.
 Tirsd. d 25 Okt – Nat.
 Kære lille Junge! I Dag er jeg nok kommen en Dag bagefter med at skrive; jeg var ellers bleven sat til Rette i Aftes med Pen og Papir og det hele – i en dejlig varm og hyggelig Stue – men så faldt jeg i Søvn og sov i hele 2 Timer – og da jeg så vågnede – gik jeg i Seng. Det var også bleven et kedeligt Brev – jeg var i trist Humør, fordi Alfred var rejst til Malmø om Morgenen for at blive hele denne Uge. Det sker jo ofte i denne Tid, men jeg er gerne lidt trist ved det, før jeg får mig vænnet til Ensomheden. Det er en ganske egen Sag, når man er gift, Junge, da at skulle undvære den, man er gift med; det er ligesom et Stykke af en selv, der var er [”var” overstreget; ”er” indsat over linjen] borte; Livets mange små oplivende Dagligheder taber så meget i Værdi, når man skal gå og nyde dem helt alene.
 Men lad mig dog fortælle Dig det sidste nye i vor lille (lidt for lille) Familie – hvis ikke Mors Breve allerede har fortalt Jer det, så det ikke er nyt længere; Alfred har fået en meget betroet Stilling i Druckers Forretning ovre i Malmø; nemlig som Direktør på deres store Pelsvarefabrik – eller Bestyrer, som Alfred helst siger. (Direktør lyder så pretenciøst (hvordan mon det staves?)) 
 Dette er selvfølgelig en stor Forandring i mange Måder. 
 Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
 Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
 Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
 Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
 --------------- Men det kan ikke længere more Dig at høre på. 
 Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
 Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
 [Skrevet på hovedet øverst side 1:]
 Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
 [Skrevet på hovedet øverst på side 4:]
 ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
 [Skrevet på hovedet nederst på s2-s3:]
 Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
 [Skrevet på hovedet øverst på s2-s3:]
 P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
   </si>
   <si>
-    <t>1904-11-14</t>
-[...88 lines deleted...]
-  <si>
     <t>1904-12-06</t>
   </si>
   <si>
     <t>København Ø
 Rosenvej 2</t>
   </si>
   <si>
     <t>Mass.
 Brookline</t>
   </si>
   <si>
     <t>Ellen Beck
 Jørgen -, Erikshaab
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Johannes V. Jensen
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
@@ -382,50 +316,53 @@
 Rosenvej 2, 3 Kbh Ø.
 Tirsdag Aften 6te Dec 1904. 
 Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
 Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
 Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
 Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
 Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
 Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
 Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
 Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
 2)
 Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
 Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
 Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
 Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
 Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
 Tusind kærlige Hilsner til Eder begge to - og allesammen
 Dis.</t>
   </si>
   <si>
     <t>1905-02-16</t>
   </si>
   <si>
     <t>Malmø
 Rosenvej 2 og St Paulli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Peter Bichel
 Alfred Goldschmidt
 Malin   Holmström-Ingers
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid og Alfred Goldschmidt flyttede i 1905 fra København til Malmø, da Alfred af sit firma fik tilbudt et bedre job i Malmø, end det han havde i København. 
 På adressen i Boston, hvortil brevet er stilet, boede Astrid og Johannes storesøster, Christine, med sin amerikanske mand. 
 Astrid og Peter Bichel var kærester, da hun mødte Alfred Goldschmidt og afsluttede forholdet til Peter. 
 Malin/Molle Ingers havde ifølge svensk Wikipedia en dreng og en pige. Astrid skriver, at hun havde tvillingedøtre, hvilket også fremgår af andre breve i KTDK.
 Thora/Tutte Branner fik datteren Bodild i 1905, og Astrid og Alfred Goldschmidts datter Ina blev født 17. sept. 1905.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0409</t>
   </si>
   <si>
     <t>Peter Bichel har skrevet, at når han ikke kan få Astrid, vil han ikke giftes. 
 Det er ærgerligt med koncerten, som Christine havde arbejdet på. 
 Johanne/Junge må sørge for at få set andet af USA end kun Boston. 
 Astrid er træt af at bo på Rosenvej, og hun glæder sig til at komme til Malmø. Hun har været syg, og Ingeborg samt moderen har hjulpet. 
@@ -454,50 +391,113 @@
 Sverige
 [Poststempel]
 [I brevet:]
 Rosenvej 2, III
 Torsd. 16 Febr 1905
 Kære lille Junge! Nu er det nok mig, der sløjer af med Brevene. Jeg sendte Dig forrige Uge et utålsomt Kort – skrevet oppe i Kv. Læseforening – og da jeg kom hjem, så lå der Brev fra Alfred – med Dit lange ”indiskrete” indeni. Hvad Du deri fortalte mig, kunde jeg iøvrigt ikke rime sammen med Peters egne Ord til mig, der rent ud gik ud på, at han aldrig nogen Sinde kunde tænke sig at gifte sig, når det ikke var bleven med mig; og han var stadig af den Mening, at vi kunde være bleven såre lykkelige med hinanden (hvorpå kan intet Menneske svare) der var ingen Misforståelse mulig. 
 Nu har jeg måske også været indiskret. – Så fik jeg atter i Går et langt Brev – gennem Alfred; Du glæder mig uhyre med Din nye Opfattelse af Tiden – selvfølgelig den ene rigtige. Jeg har altid hadet den dovne og tilfredse [”og tilfredse” indsat over linjen] Talemåde – ”så går den Tid med det!” Den Tilfredshed er dog en stor Falliterklæring – og nærmest et Farvel til Livet.
 Med Din nye Metode vil Tiden jo styrte fra Dig – så bagvendt laver Vorherre det for os: vil vi holde fast i Tiden, så render den fra os – og vil vi sende Tiden ad Helvede til – så hager den sig fast i èn – og man slipper den aldrig 
 Det er da ellers knusende ærgerligt med den Koncert når nu Mormine har haft alt det Slid – og vel sagtens også glædet sig. Sch[ulæseligt] er da også en Lort. – Du skriver i den senere Tid slet ikke mere om Planer; se dog for Guds Skyld at komme til Californien – kommer du engang hjem og har kun set Boston af hele Amerika, så vil Du dog ofte ærgre Dig. 
 Ang. Bestikkelser – her og der. Det forekommer mig, at man her i Landet køber sig Kors og Titler – 
 Råddenskab er der vist desværre allevegne i Jordklodens degenererede Befolkning. –
 Som Du ser ovenfor befinder jeg mig stedse på Rosenvej – og sandelig ikke med min gode Villie. Det er nærmest en uudholdelig Tilværelse; tilmed har jeg været syg og ligget flere Dage af en slem Brystforkølelse. Det er højst ubehageligt, når man er muttersalene; Ingeborg har nok været flink til at hjælpe mig, men de har jo selv så meget om Ørene altid. I Morges var Mor herude og gav mig Morgenmad etc – en Kone kommer og gør Ild hver Dag. Mor er jo enestående til at møde altid, når der er noget i Vejen. Hos Tutte er hun jo hver Dag i Eftermiddagstimerne – hun (Tutte) venter sig hver Dag og Time. Alle lever i Spænding - jeg selv mindst, for jeg skal jo have den ene, hvis der er 3 – sådan ser Tutte jo ud – og jeg er barnløs. –
 Du kan ellers tro, at jeg er utålmodig af at sidde indespærret (siden Mandag) – for der er jo stærk Sandsynlighed for, at vi kommer til at flytte på Mandag (Du ser, jeg er evig sangvinsk) og jeg har jo Masser at forberede. Du godeste Gud, hvor jeg dog glæder mig! Vi får det nok langt smukkere dér – Adressen: Sankt Paulli Kirkegade 19 ⁴ - Stuerne er større og hyggeligere – og der er fri Udsigt fra Vinduerne – dette er et uendeligt Plus – jeg er ved at se mig tosset på de Satans Genboere. Dernæst gider man selvfølgelig først derovre være over at lave alt helt i Orden, når man véd, at man [”man” indsat over linjen] bliver der foreløbig. Og endelig: Pigen! 
 Gud Junge, som jeg hver Dag fryder mig ved Tanken om hende. Hun skal læres til at besørge alt – højst vil jeg gøre Indkøb, når jeg alligevel følger Alfred ind til Byen om Morgenen. 
 Ellers: spille – læse – skrive! Hvor knusende sjov, når Du skal besøge os herovre! Vi skal føre highlife, kan Du tro. Vi vil også tage til Lund, der er så meget at se – og til Falsterbo, hvor der vist er pragtfuldt – spørg Elle. Og da også til Åkorp – Molle har et meget smukt og gæstfrit Hjem og de yndigste Børn – Du skulde blot set to små lyshårede – rødkindede og blåøjede Tvillingepiger! de var så lækre og bløde og rene. 
 II) I denne Sammenhæng vil jeg gerne fortælle Dig mit Livs store Hemmelighed, hvis Du vil love mig at bevare den absolut – Du er naturligvis den eneste forude Ægteparret A &amp;amp; A Goldschmidt, der erfarer det kolosalt betydningsfulde og uhyre højtidelige, som jeg for Resten selv neppe tør tro af lutter Glæde - men som forskellige Omstændigheder alligevel nøder mig til at tro på. 
 Inden jeg røber det, som Du selvfølgelig på ingen Måde kan gætte – så vil jeg blot endnu engang bede Dig bevare en ubrydelig Tavshed overfor det, jeg i Fortrolighed meddeler Dig.
 Altså: der er en ganske lille bitte Alfred – eller en ganske ubetydelig lille bitte Dis, hvad det nu kan være, der ligger og gror et Sted dybt inde i mig; den har foreløbig besluttet at se Dagens Lys den 20de September; men sådanne små Beslutninger er jo aldrig helt at stole på; hvis jeg må råde, så skal min lille Unge naturligvis pænt holde sig indenfor mine Grænser indtil den 29 Sept – så opnår Du og jeg på en Måde at holde Fødselsdag på samme Dag. – 
 Nå, nu har Du hørt det hele; og jeg håber da, at Du på det grundigste er imponeret. Junge – smil ikke overbærende – sig ikke, at dette er en Hverdagsbegivenhed – 
 Du skal nemlig vide, Junge, at når dette engang overgår èn selv – så forandrer alt sig; og det, man hos andre finder såre naturligt og ikke videre mærkværdigt – det bliver – Tilfældet overført på en selv – til noget ganske overordentlig besynderligt; noget man i Grunden aldrig rigtig havde tænkt sig Muligheden af for sit eget Vedkommende. 
 Det bliver til et helt lille Vidunder, Junge, dèt, der skal ske; det er en vidunderlig Følelse, at man hver eneste Dag går omkring og nærer med sit Legeme – sin Sjæl – en lille Menneskeskabning i sit eget Indre. 
 Åh Junge – lad mig dog ikke blive ved med at snakke – men vent blot, til Du engang kan sige de stolte Ord, at Du bærer på et lille Barn, så skal Du se, hvor det er underligt, og hvor det kan gøre èn sært lykkelig.
 Altså Junge, når Du engang vender hjem, så er det sandsynligt, at der vrimler med små ubekendte Søskendebørn alle Vegne -.
 Jeg får nu kun èn, for jeg er rask som en Fisk (undt. Forkølelser, som dog ikke vedkommer Ungen) har så at sige ingen Kvalme – og er dog på 3die Måned!!
 Nå, det bliver nok dog ikke andet end Ungesnak – Jungesnak – lad mig så slutte med Tusinde Hilsener fra Din Dis</t>
+  </si>
+  <si>
+    <t>1904-09-25</t>
+  </si>
+  <si>
+    <t>Charlottenlund
+Kastanievej 13</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Holger Drachmann
+Alfred Goldschmidt
+Jean Jensen
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
+Den helligste højtid i jødedommen er yom kippur. Højtiden fejres hvert efterår og kaldes også forsoningsdagen, for det er forsoning, bøn og bod, der er helt centralt denne dag (Kilde: Internettet sept. 2023). 
+Apoteker Johannes Rink (1848-1925) overtog i 1902 Svane Apotek i Helsingør - Apoteket blev nu kaldt "Det gamle Apotek”. Det blev i Johannes Rinks tid et helt særligt sted, en slags kulturcenter i byen. Han var noget af en personlighed og afholdt talrige fester og sammenkomster, hvor adskillige kendte mennesker samledes. Nævnes kan eksempelvis kulturpersonligheder som Viggo Hørup og Edvard Brandes. Holger Drachmann var forfatter og kunstmaler (især motiver med havet) og nok den kendteste og mest populære i kredsen. Som en god ven af huset kom han ofte og overnattede ind imellem. Apoteket blev overtaget af sønnen Gustav efter faderens død i 1925 (Kilde: Helsingorleksikon.dk, sept. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0413</t>
+  </si>
+  <si>
+    <t>Astrid vil forsøge at skrive til Johanne en gang ugentligt. 
+Alfred og Astrid Goldschmidt har været på udflugt. De tog til Snekkersten for at besøge Gamle Jean (Signe Jensen) på klosteret/damehjemmet, men hun var død to måneder tidligere. De øvrige beboere forstod ikke, at der blev ved med at komme breve, når de havde annonceret dødsfaldet. Astrid fandt det meget trist, at man kan dø så ensom. 
+Efter klostret gik Alfred og Astrid til Helsingør, hvor man holdt børnehjælpsdag. De tog til Kronborg og Helsingborg og tilbage for at spise i Espergærde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yitM</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside]
+1904. [pil mod poststemplet]
+søn: 13-2-2000. Langegade 81, Kerteminde. Bibbe
+21-8-2005. ” ” ”
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A.
+[Skrevet på kuvertens bagside:]
+A Goldschmidt
+Kastanievej 13
+Charlottenlund
+Dette brev er altså 101 år glt.
+[I brevet:]
+Kastanievej 13
+25 Sept Søndag 1904
+Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
+Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
+Ja, det var da min Mor.
+”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
+Pakken var nok Strømperne fra Mornine.
+Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
+Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
+Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
+Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
+I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
+Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
+[Skrevet på hovedet øverst på side 1:]
+Mange gode Hilsener fra Alfred.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -574,51 +574,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -664,138 +664,138 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G4" s="5" t="s">
         <v>38</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>41</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>42</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>43</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="5" t="s">
@@ -826,57 +826,57 @@
       </c>
       <c r="J5" s="5" t="s">
         <v>50</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>51</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>61</v>
       </c>
     </row>