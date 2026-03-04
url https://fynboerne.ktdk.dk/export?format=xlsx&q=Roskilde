--- v0 (2025-11-12)
+++ v1 (2026-03-04)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="181" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="201" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -382,50 +382,103 @@
 Hempel Syberg får opium for sin søvnløshed, men det virker ikke.
 Laura træner sit ben ved at gå ture, og hun har plukket perikon.
 Amstrup-familien skal på besøg hos Else og Conrad Warberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gZPT</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Hotel Tre Hjorte
 Vestergade 
 Kjøbenhavn
 [Håndskrevet på kuvertens bagside:]
 Hilsen Skruppehænderne
 [Poststempel]
 [I brevet:]
 Erikshaab – Torsdag – 
 Kjæreste Abba!
 Tak for Brevet! Det var jo kjedeligt, at Du ikke fik ret Glæde af Gurreturen for al den Asthma, det var ogsaa altfor tidligt at tegne Dig paa den, naar Du har været der i Klokken [”i Klokken” indsat over linjen] en Tid bliver Du dog gerne bedre og gaaende. Du maa helst give et Par Sæt Manchettøj i Vask derovre strax, paa Grund af Smaaregn og Graavejr her kan jeg ikke faae sendt Tøj til Dig før tidligst Tirsdag; vi vaskede igaar. Christine var her til Morgen, hun cyclede 7½ i Tirsdags, har helt fri om Onsdagen. Hun er meget tilfreds med nu at have noget mere at Bestille. Dede kjørte for hende Junge og mig en lille Visit paa Ølstedgaard igaar Eftermiddags, han kjører meget forsigtigt og passer nøje paa at undgaa ”hvad Far ikke vilde synes om ”. - Igaar fik jeg Brev fra Emil; han er saa rask nu, ingen kan see at han er syg, skriver han, men Du hører jo nu mere direkte om ham, d: 1_ste_ kommer Lud til Byen, bliver hentet i Roskilde af Berta, Lud var et Par Dage hos Emil, skrev med ham, men bare en Hilsen ”hans sidste Ungkarle-Hilsen til vort rare Hjem, hvor han har tilbragt nogle af sine behageligste Timer i hans Ungdom”. Fra Molle fik jeg et langt Brev fra igaar, hun melder sig herover, hvis hun kan paa sin Rundrejse=Billet til Askov Møde i næste Uge. Det var et langt rart Brev, og vi glæder os til at se hende. De bygger i Sommer paa den store nye Bygning til Skolen. Hilde paa Dalen har været syg og sengeliggende i 3 Maaneder af Nervøsitet. – 
 Syberg kan stadig ikke sove, har saa igaar faaet Opiumspulver, men alligevel ikke sovet i Nat. Mimi ligger nu igjen i Gjæstekamret. Vi er jævnlig deromme. Imorgen skal vi saa af med vor Junge, det bliver trist. Igaar var hun saa rask igjen, iaftes var vi alle i saa godt Humør, lille M[ulæseligt] var her til Ære for Junge og Christine. Jeg var forleden Aften ”Omgangen rundt” og plukkede en stor Haandfuld Perikum. Amstrups rejser til Glorup paa Lørdag med Nete, Pige og Kusk. Else havde skrevet, at de skulde være de Søndag over, saa vilde hun invitere fremmede paa dem. Wisse havde nemlig skrevet derned, at dersom de (Else og Conne) var bedt ud nogen Steder, saa maatte de endelig ikke sige Nej, hvis de (Amstrups) kunde komme med, da det vilde more hende meget at see Egnens Folk. Meget snildt af Visse, som jo undertiden kjeder sig lidt dernede. – Nu gaaer jeg selv til Højrup med en Del Breve, jeg øver mig i lange Ture nu, trænerer mig til de 4 Dage i Kjøbenhavn. Børnene og Dit Es hilser.
 [Skrevet langs sidste sides højre kant:]
 Han har ogsaa vældig godt af at friskes op om Aftenen
 [Skrevet langs første sides venstre kant:]
 Mange Hilsener til Thorvald det er herligt Du har ham</t>
+  </si>
+  <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1908-09-14</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Sagasvej</t>
   </si>
   <si>
     <t>Louise Brønsted
 - C
 Alfred Goldschmidt
 Ina  Goldschmidt
 Adolph Larsen
 Karl Madsen
 Otto Schroll
 Viggo Schroll
 Andreas Warberg
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Laura Warberg må have haft meget husgeråd, linned mv. tilovers efter at være flyttet fra Erikshåb med mange børn og ansatte til en lejlighed i København. Hendes yngste, Frederik/Dede, er nu også flyttet hjemmefra. 
 Det vides ikke, hvem Karen var. Warberg-familien kendte mange af det navn. Hvem principalen var vides heller ikke. 
@@ -876,50 +929,152 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/s0LM</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 18-4-37
 Kære Hans.
 Trylle talte i Gaar da han kom hjem noget om Dit Husbyggeri. Jeg har i den Anledning tænkt paa at kan Du sælge et af de Billeder der hænger ovre hos Dig saa gør det. Jeg kunde i Øjeblikket sagtens give Jer et Par Tusind Kr. til Hjælp men kan Du skaffe dem (eller helst en Del flere) ved at sælge et af Billederne saa maa Du helst det, for naar Salget skal gaa gennem mig vil det bare sige at jeg skal smide Pengene i Skattevæsenet. Jeg lader mig ikke forbyde at forære mine Børn nogle Billeder, og endnu har Du ingen solgt paa egen Haand saa gør det nu hvis Du kan. Det kan være at et af dem jeg har herovre er lettere at komme af med, f. Eks. det med Pigen der plukker Violer langs Hækken, det kunde jeg i saa Fald godt sende Dig. Jeg har ogsaa et Par Landskaber fra Oles Mark (Plantagen - (uden Trylle)). Men der hæfter en Klausul paa Salget: Sælger Du [et overstreget, ulæseligt ord] til en Kunsthandler maa det ikke være andre end Gustav Petersen. (Han har givet mig 4000 Kr. for de sidste pr. Stk. og det faar jeg ingen andre til at betale. Og de er betalt)
 Men kan Du selv finde en Køber der vil give mere saa er det jo saameget bedre. Det mest sælgelige foruden de to jeg eventuelt kan sende Dig bliver vel:
 Søndermarken 8000 Kr. (4500)
 Børnene ved Stranden 12.000 - (6.000)
 desuden Violer bag Hækken 8000 - (4.500)
 Plantagen 8000 x) - (4.500)
 [Til venstre for priserne er lodret skrevet:] Minimum
 [Til højre for priserne er lodret skrevet:]
 eventuelle Salgspr. Det siger sig selv at hvis G.Per køber maa Prisen ["Prisen" indsat over linjen] en Del lavere]
 [nederst på arket er skrevet:] x) Nævnte Priser er Minimumspriser, hvilket vil sige, at det er den laveste Pris de maa udbydes til. [Indsættelser slut]
 Det er deres "Katalogpriser". Kommer der en virkelig køber og byder 4,500 eller 6,000 og vil staa ved det Bud saa er der et Forhandlingsgrundlag saa er der et Forhandlingsgrundlag ["saa er der et Forhandlingsgrundlag" overstreget], men den officielle Pris er stadig den førstnævnte og Du slaar ikke selv den Pris ned. Men vil Køberen byde en Underpris og staa ved den, at det ikke er en Stikkerpris ["at det ikke er en Stikkerpris" indsat over linjen] saa er det en anden Sag. 
 Jeg har løselig gaaet min Indtægt og Udgiftskonto igennem for næste Skatteaar (1938-39) og den stiller sig saaledes at jeg af mine Indtægter i Aar maa sætte ca. 16 à 20,000 Kr hen til Skattevæsenet naar alle Skatter i Kommune- Stats- Ekstra- og Merskat skal udredes. 
 Jeg kan næppe faa min Indtægt sat lavere end til 50,000 Kr. naar alle Udgifter er draget fra. Udgifter til Udstillingerne er ogsaa en artig Post, heldigvis har jeg alle Regninger og Bilag. Alene Transport- og Udstillings_forsikring_ udgør ca 1500 Kr. (Det er meget dyrt at faa forsikret naar det gælder Biltransport)
 Sen ["Sen" overstreget] Se nu om I kan faa noget ud af det, det gælder jo ikke Livet om I skal faa lidt mindre ind ved et Salg end I gærne vilde have, naar I har Brug for Pengene i Øjeblikket, og saa den officielle Prisstandard bliver opretholdt tilsyneladende. Send et Par Ord om jeg skal sende de to nævnte Billeder over. Det er muligt jeg kommer en lille Tur til Kjøbenhavn. Dels er der et Billede jeg skal se paa, det slaar Folder. Det er nok den gamle Historie at Madsen snyder for at sætte ordentlige Søm i. Dels vil jeg tale med en Specialist i Hudsygdomme. Jeg har nu i 4 Aar gaaet med Eksem paa Hænderne. Kan I skaffe mig Adressen paa en saadan, den bedste uanset Prisen.
 Men først maa jeg være rask, jeg har i den sidste Maaned været temmelig skidt af Influensa eller Roskildesygen eller den Weilske Syge eller noget andet. Altsaa paa Sengen.
 Mange Hilsener til Jer alle fra
 Far.
 Skulde Du være saa heldig at kunne vælge to Billeder af de fire ["af de fire" indsat over linjen] skal Du ikke vige tilbage derfor. Det ene kan i saa Fald være Trylles, til Hjælp til hans nye Orgel.</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1943-06-20</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Jens Jensen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Ane Talbot
 Andreas Warberg</t>
   </si>
   <si>
     <t>Johannes Larsens gode ven, Christa Knuth, boede på Knuthenborg, hvor han ofte besøgte hende. 
 Andreas/Puf Larsens gode ven, maleren Sven Havsteen-Mikkelsen, fik på et tidspunkt den idé, at det var mere "nordisk" at stave ordet "af" som "av". Formodentlig derfor begyndte Andreas Larsen at gøre det samme.</t>
   </si>
   <si>
     <t>Andreas/Dede Warberg fylder 60 år, og Johannes Larsen er inviteret til fest. 
 Jens Jensen har været på besøg. Han medbragte skyr, som Andreas/Puf Larsen nu får sendt fra et mejeri. Da det blev serveret for Johannes Larsen, vidste han ikke, hvad det var. 
@@ -1075,59 +1230,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lUjR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PC1t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aNMSO31y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czmz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lUjR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PC1t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aNMSO31y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czmz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M23"/>
+  <dimension ref="A1:M25"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1420,783 +1575,873 @@
       </c>
       <c r="I7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>71</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>72</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>74</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="D9" s="5" t="s">
+      <c r="E9" s="5" t="s">
         <v>78</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>79</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>80</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>81</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>82</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>83</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>87</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="s">
-        <v>87</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>88</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>89</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D12" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>103</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>108</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D13" s="5" t="s">
-[...3 lines deleted...]
-        <v>106</v>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>115</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G14" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>119</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>120</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...21 lines deleted...]
-        <v>121</v>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="M15" s="5" t="s">
         <v>123</v>
       </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D16" s="5" t="inlineStr">
-[...33 lines deleted...]
-        </is>
+      <c r="D16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="M16" s="5"/>
+        <v>131</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="D17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G17" s="5" t="s">
-[...12 lines deleted...]
-        <v>131</v>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G19" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>145</v>
+        <v>22</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>150</v>
+        <v>87</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>86</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="I20" s="5"/>
+      <c r="I20" s="5" t="s">
+        <v>153</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>159</v>
+        <v>86</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>160</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>78</v>
+        <v>167</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E22" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>145</v>
+        <v>172</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="5" t="s">
+      <c r="D25" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F23" s="5" t="s">
-[...21 lines deleted...]
-        <v>180</v>
+      <c r="F25" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
+    <hyperlink ref="M24" r:id="rId29"/>
+    <hyperlink ref="M25" r:id="rId30"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>