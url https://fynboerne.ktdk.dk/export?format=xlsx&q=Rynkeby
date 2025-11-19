--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="170" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="182" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -305,50 +305,84 @@
 Vincent van Gogh</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
 Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
 K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
 Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
 Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
 Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zpYD</t>
   </si>
   <si>
     <t>Pisa 24-4-12
 Via San Lorenzo 44
 Kære Ven!
 Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
 [Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
+  </si>
+  <si>
+    <t>1914-1</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/egcw</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
+[Skrevet med blyant:] 1913?
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikkefilisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Palus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man .., - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor detr var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Skrevet med blyant øverst på arket:] 1913
+[Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
+Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
+Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
+Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mive sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the Amercan Journals. -
+Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
+[Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
+Elle
+[Indsat øverst s. 1; anden skrift end Ellens:]
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Je er 14 Aar nu. Er det ikke meget</t>
   </si>
   <si>
     <t> 1. mar. 1914</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/J3evjCE7</t>
   </si>
   <si>
     <t>1914-09-09</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Sophie Breum
 Johannes Nicolaus Brønsted
 Alfred Goldschmidt
 Poul Henningsen
 Christian  Houmark
 Grethe Jungstedt
@@ -711,53 +745,50 @@
 Det omtalte, medfølgende brev findes ikke blandt Larsen-familiens breve på Det Kongelige Bibliotek. 
 Det er uvist, hvem Friip er.
 Hvilken Peter, der tales om, er uklart.</t>
   </si>
   <si>
     <t>Alhed Larsen har travlt med rengøring og håndværkere i huset, for Magisterens (Brønsted-familien) kommer lørdag. Hun har solgt to af Larsens billeder.
 Alhed Larsen har lyst til at købe et stueorgel. Hun kan møblere om, så der bliver plads til det. 
 Kan Johannes Larsen og Achton Friis ikke mødes med Thøger Larsen på Jenle?
 Er Larsen glad for Svendsel?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lc6q</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Tak for Brevet i dag. Alt staar godt til her, men jeg har morderlig travlt med at lægge sidste Haand paa Hovedrengøring. Thaaning har kalket i Køkkenet og Leo Møller gaar og maler, der bliver nydeligt, men det er et farligt Rod og alt skal være færdig til Lørdag Aften, naar Magisterens kommer, de har ringet sig ind her, jeg har sagt, jeg kan ikke have dem gratis. Direktør Hartvig har været her i Dag. Han tog Rørspurven og Gøgen 800 Kr. han sender mig 125 Kr. og jeg slog ligesaa meget af, det var da meget pænt. Medfølgende Brev kom i dag. Jeg har egentlig mægtig Lyst til det Orgel, Elle og Chr. siger, at det kan jeg meget godt spille paa, det skal jo gaa saa langsomt og der er meget smuk Musik – Bach, Händel o.s.v, der egner sig dertil. Jeg har tænkt mig det kunde staa i min Stue hvor Divanen staar og saa kunde den – Divanen – komme paa Lysses Værelse ind til Elle flytter, saa kunde den staa i det. Skulde jeg ikke faa Chr. til at gaa op og prøve det og se paa det, og bliver vi kede af det kunde vi jo altid sælge det. Tal med Friis og ["og" overstreget] om det, han forstaar sig jo paa Instrumenter, og lad mig vide hvad Du mener om det. Gamle var et lille Svip hjemme i Aftes. Ellen Muus der er paa Besøg i Rynkeby kom om Efterm. Peter og Grethe hentede hende om Aftenen. – Naar I er saa tidlig paa Tur, træffer i Vel ikke Thøger Larsen, det bliver ham en Skuffelse, han var meget optaget af at skulle træffe jer, siger Elle. Kan I ikke arrangere med ham at han møder jer i Jenle, der kommer han meget! Harald var her et Svip i Gaar, jeg skulde hilse fra ham, ligesaa fra Ellen Muus og Direktør Hartvig. Chr. og jeg var til Aften hos Julibuses i Forgaars. Hvormange Gange skal jeg spørge for Fanden om I er glade ved Svendsel??
 Hils dem begge.
 Masser af Hilsner
 Din A.
 Torsdag</t>
   </si>
   <si>
     <t>1924-12-03</t>
   </si>
   <si>
-    <t>Ellen  Sawyer</t>
-[...1 lines deleted...]
-  <si>
     <t>Rynkeby</t>
   </si>
   <si>
     <t>Hareskov?</t>
   </si>
   <si>
     <t>Anders, havemand -
 Lille -
 Fru Balslev
 Grethe Bichel
 Peter Bichel
 Peter Hansen
 Julius Hviid
 Grethe Jungstedt
 M Knipschildt
 Alhed Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Madsen
 Ellen  Sawyer
 Vilhelm Tryde</t>
   </si>
   <si>
     <t>Peter er muligvis en Larsen-hund, ofte kaldet Peter Hund.
 Tornøes Hotel ligger i Kerteminde. Det er ikke klart, hvad der skal foregå den 20.1 1925. Laura Warberg, som er mor til Alhed Larsen og Ellen Sawyer, fylder år den dag. I 1925 blev hun 79 år.</t>
@@ -837,50 +868,113 @@
 Andreas Larsen
 Elisabeth Mackie</t>
   </si>
   <si>
     <t>Båxhult er Johannes Larsens skovejendom nær Landeryd i Småland. 
 Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018). 
 Arrende var en form for husleje, som statare ("fæstebønder") i Sverige betalte for at dyrke jorden, når de boede på ufri grund/arrendetomt. 
 Skaffe Borgen = skaffe kaution.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Srkiv</t>
   </si>
   <si>
     <t>Johannes Larsen har fået brev fra en Ebbe (muligvis Brandstrup), der gerne vil låne Larsen-familiens gård Båxhult i Sverige til en uges ferie.
 Larsen vil gerne have sønnen Andreas med på en køretur til Båxhult, da der er en del arbejde at ordne. Sønnen Andreas trænger desuden til at komme lidt hjemmefra efter moderens sygdom og død, mener JL.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/glJH</t>
   </si>
   <si>
     <t>Kjerteminde 17 Octbr 1927.
 Kære Lysse!
 I Forgaars fik jeg brev fra Lud med Invitation til Langgaarden, men jeg kan ikke tage hjemme fra før jeg har lavet nogle Ting færdig som jeg er i Gang med, samtidig fik jeg Brev fra Ebbe der spørger om jeg har noget imod at han og Konen og eventuelt en Ven tager til Båxhult en Uges Tid i Slutningen af Maaneden, da han har faaet en uventet Ferie. Jeg har svaret at det har jeg ikke, men bedt ham om ikke at benytte Værelset i Frontespicien og henvende sig til Dig om Nøglerne og Oplysning om hvor de forskellige Ting befinder sig, samt meddelt ham at det ikke er udelukket at jeg kommer derop mens han selv er der, selv om der ikke er stor Sandsynlighed for det. Jeg maa jo derop i Anledning af den Flytning af Torpet. Desuden har jeg faaet Brev fra Kjellberg om at han gerne vil arrendere Bommen og kan skaffe Borgen fra flere Bønder paa at han vil betale sit Arrende og at Gustav Carlsson ikke har noget imod det. Endvidere er der kommet Brev fra Josua i Aker, at de har noget Tøj, Din Moder har bestilt, liggende, og at det koster 36 Kr. og hvad de skal gøre med det. Jeg har begyndt at virke med Puf for at faa ham til at køre mig derop. Baade fordi jeg gerne vil have ham med og fordi jeg er overbevist om at han trænger haardt til at blive luftet lidt. Han lader ikke til at være videre varm paa det men jeg har endnu ikke opgiver Haabet. Jeg solgte forleden et Billede, det fra i Foraaret med en flyvende Tjur, til Dyrlægen i Rynkeby for 900 Kr. Vi har haft Besøg af Putte fra Lørdag Aften til i Dag Frmdg. Mange Hilsner ogsaa fra Puf og Chr. Hils Magisterens og sig Tak for sidst, hvad jeg jo burde have gjort skriftlig for længst.
 Din
 Fader.</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1948-01-21</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Johannes V. Jensen
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Didrik Overgaard Nielsen
 Emma Overgaard Nielsen
 Eric Struckmann
 Leo Swane</t>
   </si>
   <si>
     <t>Torbenfeldt var i 1948 ejet af Christian Frederik Treschow (se denne i personregisteret). Han og Ellen, f. Lehn Schiøler blev gift i 1923. Hun var datter af Ejler Lehn Schiøler, som arrangerede fugleekspeditionen til Grønland 1925, hvor Larsen deltog. Frederik Treschows far, Christian Rosenkilde Treschow, ejede Orelund. 
 Udover en hyldestudstilling i Odense i forbindelse med Larsens 80årsdagblev der i 1948 afholdt endnu en i København. Eftersom Johannes Larsen holdt møde med Leo Swane og Eric Struckmann på Kunstmuseet (Statens Museum for Kunst), må man antage, at udstillingen fandt sted dér.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
@@ -1092,59 +1186,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VblHkYJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J3evjCE7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BLy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VblHkYJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J3evjCE7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BLy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M23"/>
+  <dimension ref="A1:M25"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1536,676 +1630,774 @@
       </c>
       <c r="H9" s="5" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>68</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="5"/>
-      <c r="J10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J10" s="5" t="s">
+        <v>70</v>
       </c>
       <c r="K10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>71</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-        <v>71</v>
+        <v>15</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J11" s="5" t="s">
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="K11" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="J12" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>86</v>
+        <v>26</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F13" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="5" t="n">
-        <v>1924</v>
+      <c r="A14" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="I14" s="5"/>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="n">
         <v>1924</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>101</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-        </is>
+        <v>102</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>103</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="5" t="s">
-        <v>104</v>
+      <c r="A16" s="5" t="n">
+        <v>1924</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>102</v>
+      </c>
+      <c r="K16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L16" s="6" t="s">
         <v>108</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="H17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="I17" s="5"/>
       <c r="J17" s="5" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>113</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>114</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>16</v>
+        <v>99</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>76</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="s">
         <v>117</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="I18" s="5"/>
+      <c r="J18" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="J18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="F19" s="5" t="s">
+      <c r="J19" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="G19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="E20" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="J20" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>137</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I21" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G21" s="5" t="s">
+      <c r="J21" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="H21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>145</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>154</v>
-      </c>
-[...10 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="E23" s="5" t="s">
+    </row>
+    <row r="24">
+      <c r="A24" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="E24" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="I23" s="5" t="s">
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="K24" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="M23" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>169</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
+    <hyperlink ref="M24" r:id="rId29"/>
+    <hyperlink ref="M25" r:id="rId30"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>