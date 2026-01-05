--- v1 (2025-11-19)
+++ v2 (2026-01-05)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="182" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="202" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -310,79 +310,107 @@
 K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
 Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
 Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
 Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zpYD</t>
   </si>
   <si>
     <t>Pisa 24-4-12
 Via San Lorenzo 44
 Kære Ven!
 Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
 [Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
   </si>
   <si>
     <t>1914-1</t>
   </si>
   <si>
-    <t>Ellen  Sawyer</t>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted</t>
   </si>
   <si>
+    <t>Laurentius Allerup
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+- Gjerulff
+Bodild Holstein
+Grethe Jungstedt
+Alhed Larsen
+Leo Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sjamsk: Utilpas. På jysk dialekt bruges ordet jamsk. På Sjælland forekommer sjamsk (Den Danske Ordbog). 
+Sic transit gloria mundi: Således forgår alverdens herlighed. 
+Biografen: Ellen Sawyer gav fra ca. 1913 til 1930 klaverakkompagnement til stumfilm i biografen i Kerteminde.</t>
+  </si>
+  <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>Det er måske gammeldags at skrive tak for sidst. At mene at skulle gøre det, som man ikke gør, minder om et skriftsted hos Paulus.
+Det var en skøn uge med ture, gilder mm. Skidt med at få for lidt søvn. Ellen Sawyers hjemrejse var god. I Odense mødte hun Alhed/Be Larsen, som havde været søsyg. Og i Bullerup Grethe Bichel, som var ærgerlig over, at hun ikke var med til Bodilds fest. 
+Nu er Ellen hjemme igen til kulde, klaverelever og akkompagnement i biografen. Hun øver til musik til et rovmord i en film. 
+Grethe Jungstedt skriver tak for bogen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/egcw</t>
   </si>
   <si>
     <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
 [Skrevet med blyant:] 1913?
-[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikkefilisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
-Palus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man .., - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor detr var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikke filisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Paulus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man ellers, - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor det var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. Det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
 [Skrevet med blyant øverst på arket:] 1913
 [Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
 Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
 Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
 Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
-Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mive sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
-Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the Amercan Journals. -
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mine sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the American Journals. -
 Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
 [Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
 Elle
 [Indsat øverst s. 1; anden skrift end Ellens:]
-Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Je er 14 Aar nu. Er det ikke meget</t>
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
   </si>
   <si>
     <t> 1. mar. 1914</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/J3evjCE7</t>
   </si>
   <si>
     <t>1914-09-09</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Sophie Breum
 Johannes Nicolaus Brønsted
 Alfred Goldschmidt
 Poul Henningsen
 Christian  Houmark
 Grethe Jungstedt
@@ -745,50 +773,53 @@
 Det omtalte, medfølgende brev findes ikke blandt Larsen-familiens breve på Det Kongelige Bibliotek. 
 Det er uvist, hvem Friip er.
 Hvilken Peter, der tales om, er uklart.</t>
   </si>
   <si>
     <t>Alhed Larsen har travlt med rengøring og håndværkere i huset, for Magisterens (Brønsted-familien) kommer lørdag. Hun har solgt to af Larsens billeder.
 Alhed Larsen har lyst til at købe et stueorgel. Hun kan møblere om, så der bliver plads til det. 
 Kan Johannes Larsen og Achton Friis ikke mødes med Thøger Larsen på Jenle?
 Er Larsen glad for Svendsel?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lc6q</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Tak for Brevet i dag. Alt staar godt til her, men jeg har morderlig travlt med at lægge sidste Haand paa Hovedrengøring. Thaaning har kalket i Køkkenet og Leo Møller gaar og maler, der bliver nydeligt, men det er et farligt Rod og alt skal være færdig til Lørdag Aften, naar Magisterens kommer, de har ringet sig ind her, jeg har sagt, jeg kan ikke have dem gratis. Direktør Hartvig har været her i Dag. Han tog Rørspurven og Gøgen 800 Kr. han sender mig 125 Kr. og jeg slog ligesaa meget af, det var da meget pænt. Medfølgende Brev kom i dag. Jeg har egentlig mægtig Lyst til det Orgel, Elle og Chr. siger, at det kan jeg meget godt spille paa, det skal jo gaa saa langsomt og der er meget smuk Musik – Bach, Händel o.s.v, der egner sig dertil. Jeg har tænkt mig det kunde staa i min Stue hvor Divanen staar og saa kunde den – Divanen – komme paa Lysses Værelse ind til Elle flytter, saa kunde den staa i det. Skulde jeg ikke faa Chr. til at gaa op og prøve det og se paa det, og bliver vi kede af det kunde vi jo altid sælge det. Tal med Friis og ["og" overstreget] om det, han forstaar sig jo paa Instrumenter, og lad mig vide hvad Du mener om det. Gamle var et lille Svip hjemme i Aftes. Ellen Muus der er paa Besøg i Rynkeby kom om Efterm. Peter og Grethe hentede hende om Aftenen. – Naar I er saa tidlig paa Tur, træffer i Vel ikke Thøger Larsen, det bliver ham en Skuffelse, han var meget optaget af at skulle træffe jer, siger Elle. Kan I ikke arrangere med ham at han møder jer i Jenle, der kommer han meget! Harald var her et Svip i Gaar, jeg skulde hilse fra ham, ligesaa fra Ellen Muus og Direktør Hartvig. Chr. og jeg var til Aften hos Julibuses i Forgaars. Hvormange Gange skal jeg spørge for Fanden om I er glade ved Svendsel??
 Hils dem begge.
 Masser af Hilsner
 Din A.
 Torsdag</t>
   </si>
   <si>
     <t>1924-12-03</t>
   </si>
   <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
     <t>Rynkeby</t>
   </si>
   <si>
     <t>Hareskov?</t>
   </si>
   <si>
     <t>Anders, havemand -
 Lille -
 Fru Balslev
 Grethe Bichel
 Peter Bichel
 Peter Hansen
 Julius Hviid
 Grethe Jungstedt
 M Knipschildt
 Alhed Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Madsen
 Ellen  Sawyer
 Vilhelm Tryde</t>
   </si>
   <si>
     <t>Peter er muligvis en Larsen-hund, ofte kaldet Peter Hund.
 Tornøes Hotel ligger i Kerteminde. Det er ikke klart, hvad der skal foregå den 20.1 1925. Laura Warberg, som er mor til Alhed Larsen og Ellen Sawyer, fylder år den dag. I 1925 blev hun 79 år.</t>
@@ -868,50 +899,139 @@
 Andreas Larsen
 Elisabeth Mackie</t>
   </si>
   <si>
     <t>Båxhult er Johannes Larsens skovejendom nær Landeryd i Småland. 
 Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018). 
 Arrende var en form for husleje, som statare ("fæstebønder") i Sverige betalte for at dyrke jorden, når de boede på ufri grund/arrendetomt. 
 Skaffe Borgen = skaffe kaution.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Srkiv</t>
   </si>
   <si>
     <t>Johannes Larsen har fået brev fra en Ebbe (muligvis Brandstrup), der gerne vil låne Larsen-familiens gård Båxhult i Sverige til en uges ferie.
 Larsen vil gerne have sønnen Andreas med på en køretur til Båxhult, da der er en del arbejde at ordne. Sønnen Andreas trænger desuden til at komme lidt hjemmefra efter moderens sygdom og død, mener JL.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/glJH</t>
   </si>
   <si>
     <t>Kjerteminde 17 Octbr 1927.
 Kære Lysse!
 I Forgaars fik jeg brev fra Lud med Invitation til Langgaarden, men jeg kan ikke tage hjemme fra før jeg har lavet nogle Ting færdig som jeg er i Gang med, samtidig fik jeg Brev fra Ebbe der spørger om jeg har noget imod at han og Konen og eventuelt en Ven tager til Båxhult en Uges Tid i Slutningen af Maaneden, da han har faaet en uventet Ferie. Jeg har svaret at det har jeg ikke, men bedt ham om ikke at benytte Værelset i Frontespicien og henvende sig til Dig om Nøglerne og Oplysning om hvor de forskellige Ting befinder sig, samt meddelt ham at det ikke er udelukket at jeg kommer derop mens han selv er der, selv om der ikke er stor Sandsynlighed for det. Jeg maa jo derop i Anledning af den Flytning af Torpet. Desuden har jeg faaet Brev fra Kjellberg om at han gerne vil arrendere Bommen og kan skaffe Borgen fra flere Bønder paa at han vil betale sit Arrende og at Gustav Carlsson ikke har noget imod det. Endvidere er der kommet Brev fra Josua i Aker, at de har noget Tøj, Din Moder har bestilt, liggende, og at det koster 36 Kr. og hvad de skal gøre med det. Jeg har begyndt at virke med Puf for at faa ham til at køre mig derop. Baade fordi jeg gerne vil have ham med og fordi jeg er overbevist om at han trænger haardt til at blive luftet lidt. Han lader ikke til at være videre varm paa det men jeg har endnu ikke opgiver Haabet. Jeg solgte forleden et Billede, det fra i Foraaret med en flyvende Tjur, til Dyrlægen i Rynkeby for 900 Kr. Vi har haft Besøg af Putte fra Lørdag Aften til i Dag Frmdg. Mange Hilsner ogsaa fra Puf og Chr. Hils Magisterens og sig Tak for sidst, hvad jeg jo burde have gjort skriftlig for længst.
 Din
 Fader.</t>
+  </si>
+  <si>
+    <t>1928-04-16</t>
+  </si>
+  <si>
+    <t>Bodild Holstein</t>
+  </si>
+  <si>
+    <t>Gl. Kongevej 154</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Grethe Bichel
+Johannes Nicolaus Brønsted
+Esben Hansen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Otto  Meyer
+Anna Meyer 
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor Louise Brønsted var indlagt.
+Louise og hendes familie boede i 1928 i Willemoesgade i København. Johan/Lysse Larsen var under en del af sin studietid på Landbohøjskolen indlogeret hos Brønsted. 
+I Rynkeby boede Grethe og Peter Bichel, som var venner af både Warberg- og Larsen-familien.
+Instituttet var Det Fysisk-Kemiske Institut, som Johannes Nicolaus Brønsted tog initiativ til at oprette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3840</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted bør blive på Montebello og være ærlig overfor lægen, så hun kan blive rask. 
+Johan/Lysse Larsen har det bedre, men han misser fire eksamener, som han må tage efter soldatertiden.
+Der er gode omtaler af Instituttet i avisen. 
+Bodild Holstein har været i Rynkeby og Kerteminde. Johannes Larsen så helt godt ud, men det var vemodigt at være i huset uden Alhed Larsen. 
+Christine/Mornine Mackie virkede anspændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JBhd</t>
+  </si>
+  <si>
+    <t>16/4 28 Gl. Kongevej 154 S
+Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1930-10-08</t>
   </si>
   <si>
     <t>Louise Amstrup
 Erna Andersen
 Peter Eilschov
 Grethe Jungstedt
 Kurt Jungstedt
 Matilda Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Thøger  Larsen
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 Hannah -, pige i huset hos Louise Brønsted
 Mogens Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -1186,59 +1306,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VblHkYJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J3evjCE7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BLy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VblHkYJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J3evjCE7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BLy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0NxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1653,751 +1773,843 @@
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>68</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I10" s="5"/>
+      <c r="H10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="J10" s="5" t="s">
-        <v>70</v>
-[...4 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="n">
         <v>1924</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="n">
         <v>1924</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L16" s="6" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>68</v>
+        <v>133</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>68</v>
+        <v>160</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>163</v>
-[...5 lines deleted...]
-        <v>164</v>
+        <v>79</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>172</v>
+        <v>133</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>175</v>
+        <v>79</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>176</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>177</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>178</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>179</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>180</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>181</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
+    <hyperlink ref="M26" r:id="rId31"/>
+    <hyperlink ref="M27" r:id="rId32"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>