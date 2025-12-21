--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="314" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="345" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -899,50 +899,112 @@
   </si>
   <si>
     <t>Brevet lå i samme kuvert som 1911-08-20, Laura Warberg til Astrid Warberg-Goldschmidt. 
 Louise Brønsteds søster, Ellen Sawyer, og Ellens datter, Grethe, var på vej hjem fra Boston, hvor de havde boet nogle år. Ellens mand og barnets far, Harris Eastman Sawyer, var død, og enken og barnet tog derefter til Danmark. Laura Warberg rejste over Odense til Esbjerg for at tage imod de to. 
 Det vides ikke, hvem Fru Gj. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2632</t>
   </si>
   <si>
     <t>Louise Brønsted håber for Ellen/Elles skyld på rolige forhold i England. Det er dejligt at have fået Anna hjem igen.
 Laura Warberg må selv afgøre, om hun vil komme til Louise og hjælpe med at sy. Alhed/Lomme har været i Rørvig og i Zoo. Rejsen hjem fra Rørvig var besværlig. Alhed/Lomme forærer ting, som hun har fundet på stranden væk. Nu regner det, og børnene leger livligt i huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eXBg</t>
   </si>
   <si>
     <t>21 - 8 – 11
 Kære Mor! Tak for Dit Brev og for Elles. Bare der nu bliver rolige Forhold i England inden hun naar saa langt. – Jeg har nu Anna hjemme igen; hun kom i Gaar; det er en Salighed; jeg vil ikke sige andet end at det var nu meget afhængig og hun den Tilværelse de næsten 5 Uger, jeg har været alene; det er henrivende at kaste noget af Anna og Bestillinger fra sig og tænke lidt paa andre Ting. Hvad angaar Dit Tilbud om at komme her før Elle, saa er det lidt vanskeligt for mig at svare paa. Jeg synes Du maa have det saa rart roligt hos Onkel Syberg, og maaske det heller ikke er saa overvældende, hvad der er af Sytøj; Foreløbig er jeg i Gang med de forhaanden værende Børns Udstyr; bla. skal Lomme have Buxer og Kjolen til sin Skolegang, af Hensyn til Gymnastikken – og der er jo altid noget. Saa jeg har endnu ikke haft Tid til at tænke paa den fremtidige; jeg har en Del, vel det meste, men tænker jeg ganske vist med nogen Rædsel paa de endnu ukøbte og usyede 40 Bleer. Hvis det altsaa absolut passer Dig, saa var det vist overordentlig heldigt for Roen under Elles Besøg, om Du kom her, bare nogle Dage før; saa tror jeg vi kunde faa meget til Side; Maskinen er i god Kondition, en Vask overstaas i denne Uge, Børnene i Gang med Skolen, saa der er nogenlunde Ro. Her er pænt i Haven, meget Frugt og mange Blomster, saa her kan vist være meget rart, hvis Vejret bliver godt. Jeg sidder og venter paa Lomme og hendes Fader; de skal komme med 10 Toget fra Rørvig, hvorhen Fru Gj. flyttede med Børnene, da hun ikke var tilfreds i Liseleje. Den Rejse dertil var mere indviklet, saa vi opgav den paatænkte store Tur med begge Børn – Bes erklærede sig mere end tilfreds med en zoologisk–Have–Tur i Stedet – og Moderen drog af Sted alene i Gaar. Lomme skal have længtes meget og blev vild af Glæde over sin elskede Far. Jeg skal nu ud at møde dem. 
 F [”F” overstreget] Tirsdag Fm. De kom saa først med næste Tog – 11 Toget – i Aftes! havde haft Rejsegenvordigheder med en Motorfærge, som var ophørt at gaa, saa de maatte tage privat Baad fra Rørvig til Frederiksværk; det havde været temmelig stærk Søgang, men Lomme havde klaret det uden Søsyge, og mødte straalende fornøjet over at være hjemme igen, brun og rask og belæsset med Gaver, opsamlede ved Stranden. Hun har nu ustandselig været optaget af Uddelinger; ogsaa en lille Spade og Skovl, hun havde faaet deroppe, blev foræret væk. Der var et rørende Gensyn mellem hende og de andre Børn i Aftes, og nu er der en livlig Legen gennem hele Huset i Dag – Regnvejr – som ikke virker særlig stimulerende paa Brevskrivning, men er fornøjelig og livlig efter den sidste ”stille Uge” med Hrpeter og Bes alene. – Ja som sagt, hvis Du synes, Du nok vil, saa er Du jo meget velkommen til Selskab og Nytte. Regnen i Dag er dejlig, men forhaabentlig bliver den ikke konstant, saa vi kan færdes og sidde meget ude. Mange Hilsner til Onkel Syberg og Dig fra os alle.
 Din Muk
 [Skrevet øverst på s1:]
 Jeg sender alligevel Elle Brev, at det ikke skal komme til noget her.</t>
   </si>
   <si>
+    <t>1914-1</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+- Gjerulff
+Bodild Holstein
+Grethe Jungstedt
+Alhed Larsen
+Leo Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sjamsk: Utilpas. På jysk dialekt bruges ordet jamsk. På Sjælland forekommer sjamsk (Den Danske Ordbog). 
+Sic transit gloria mundi: Således forgår alverdens herlighed. 
+Biografen: Ellen Sawyer gav fra ca. 1913 til 1930 klaverakkompagnement til stumfilm i biografen i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>Det er måske gammeldags at skrive tak for sidst. At mene at skulle gøre det, som man ikke gør, minder om et skriftsted hos Paulus.
+Det var en skøn uge med ture, gilder mm. Skidt med at få for lidt søvn. Ellen Sawyers hjemrejse var god. I Odense mødte hun Alhed/Be Larsen, som havde været søsyg. Og i Bullerup Grethe Bichel, som var ærgerlig over, at hun ikke var med til Bodilds fest. 
+Nu er Ellen hjemme igen til kulde, klaverelever og akkompagnement i biografen. Hun øver til musik til et rovmord i en film. 
+Grethe Jungstedt skriver tak for bogen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/egcw</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
+[Skrevet med blyant:] 1913?
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikke filisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Paulus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man ellers, - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor det var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. Det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Skrevet med blyant øverst på arket:] 1913
+[Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
+Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
+Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
+Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mine sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the American Journals. -
+Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
+[Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
+Elle
+[Indsat øverst s. 1; anden skrift end Ellens:]
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
+  </si>
+  <si>
     <t>1921-07-20</t>
   </si>
   <si>
     <t>Faaborg</t>
   </si>
   <si>
     <t>Dyreborg
 Faaborg</t>
   </si>
   <si>
     <t>Achton Friis
 Harald Giersing
 Johanne Giersing
 Christine Rasmussen
 Fritz Syberg
 - Søberg</t>
   </si>
   <si>
     <t>Johannes og Andreas (Puf) Larsen sejler med skibet Rylen i forbindelse med forberedelserne til Achton Friis' og Larsens fælles bogværk De Danskes Øer. Puf deltog som kok. 
 Musset og Museumsgården: Faaborg Museum. 
 Skanninger af brevet er ikke fundet i det materiale fra Det Kongelige Bibliotek, som Østfyns Museer modtog 2017. Brevet er transskriberet efter en fotokopi af ældre dato (også fra Det Kongelige Bibliotek), og de indsatte scans er lavet på basis af denne fotokopi.</t>
   </si>
   <si>
     <t>Johannes Larsen og Fritz Syberg har besøgt Fru Rasmussen. Nu sejler Puf (Andreas Larsen) og Johannes Larsen til Dyreborg. Larsen har truffet Besse og Harald Giersing.</t>
   </si>
@@ -1209,50 +1271,95 @@
 Lysse hilser, han er her ikke i Øjeblikket, men han skulde skrive.</t>
   </si>
   <si>
     <t>25. aug. 1925</t>
   </si>
   <si>
     <t>Staffan -
 Helge Bojsen-Møller
 Ossian Elgström
 Dan la Cour
 Axel Laurent-Christensen
 Eiler Lehn Schiøler
 Gustav Ljungdal
 John Møller
 - Nielsen
 Erling Porsild
 Morten Porsild
 Philip Rosendahl
 Finn Salomonsen
 Henning Scheel
 - Staun
 P Vedsted</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/3rU2TbmY</t>
+  </si>
+  <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
   </si>
   <si>
     <t>1927-05-29</t>
   </si>
   <si>
     <t>Lars Swane</t>
   </si>
   <si>
     <t>Hjørring</t>
   </si>
   <si>
     <t>Holger Drachmann
 Marie Krøyer
 Peder Severin Krøyer
 Christine Swane</t>
   </si>
   <si>
     <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
   </si>
   <si>
     <t>Lasse er på ferie ved Skagen.</t>
   </si>
@@ -1339,50 +1446,163 @@
 Johannes Larsen har for første gang nogensinde set guldirisker.
 Johannes V. Jensen er meget vidende om jordbundsforhold. Ved Madeira udpegede han nogle planter som vin, men det var sukkerrør.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jUix</t>
   </si>
   <si>
     <t>[Fortrykt:]
 [M.Y.”Stella Polaris”…………192 Håndskrevet efter 192: ]8 
 [Håndskrevet:]
 Kære Lysse.
 Jeg haaber du fik mit Brev fra Harwich. Jeg maatte give det til en Drager og lade ham besørge det, vi blev nemlig snydt for Landgang. I detheletaget lader det til at Vorherre og hans Underordnede her på Skibet har en [”har en” overstreget] bestræber sig for at hindre os i at se saa meget som muligt. Afrejsen fra Harwich altsaa tværs over Thamesmundingen og rundt langs Englandskysten foregik om Natten; om Morgenen var vi midt ude i Kanalen, hvor vi ikke kunde se land til nogen af Siderne. Saa saa vi Spidsen af Cherbourgh, men da vi skulle runde Bretagne tror jeg nok det var mørkt, da var jeg imidlertid blevet søsyg og har holdt Sengen lige siden, med Undtagelse af Landturene. Som værende af Interesse for Passagererne var opslaaet en Notice om, at vi vilde passere ”Cap Finisterre 10 Miles off Kl 5 om Morgenen! Sikken et Syn at læse om! Næste Seværdighed var Indsejlingen til Lissabon: om Aftenen mellem 9 og 11. Næste Morgen tog Vorherre selv fat med Taage, saa vi blev 2 Timer forsinket med Landgangen. Afsejlingen fra Lissabon: Taage (Vorherre) Ankomst til Madeira 6 a.m. altsaa i Mørke. Hvad om det kære B.D.S. havde ladet os sejle et Par Timer senere fra Lissabon, vi skulde saamænd nok have faaet Tiden til at gaa. Naa men igaar var Vorherre os naadig; det blev os fortalt at de plejede at have saa høj Sø at Landgang paa Madeira var umulig (her er nemlig ingen Havn) Igaar havde vi det dejligste Vejr man kan tænke sig. Naa m Naa men du maa vel hellere høre om Lissabon først. Tajofloden har en Munding som jeg nærmest vil kalde en Fjord. Du kan tænke dig en Størrelse som Lillebælt. Fjorden gaar i Øst – Vest og paa
 2
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192] 
 [Håndskrevet:]
 begge Sider, navnlig mod Syd er højt Land. Byen ligger på Nordsiden med en Kajplads, der er en dansk Mil lang. Midt i Byen har der engang været en Arm af Fjorden, som nu er hævet. Her er bygget en regelmæssig Bydel, som begynder nede ved Havnen med ”Praça da Commercio” (se et eller 2 af de Kort jeg sendte Jer), som er aaben ud mod Vandet. ovenfor denne Plads, altsaa bag Porten (Triumfbuen) ligger den regelmæssige Del af Byen (saa stor som Kjerteminde i Areal) øverst oppe i den ligger Theatrene og Hovedbanegaarden og saa kommer vi ud i ”Avinida da Liberdade”, som fylder den sidste (øverste) Del af den udtørrede Flod [”Flod” overstreget] Fjordarm. Den har Kørebane i Midten med Palmetræer ved Siderne umiddelbart udenfor Palmerne Plataner, (2 Rækker paa hver Side) og under dem er der Blomsterrabatter, paa en Strækning er der Vandløb, med [”med” overstreget] eller Bassiner med Vandfald indimellem, med Philodendron og Cyperus og lignende. Her ted [”ted” overstreget] udenfor er der Spadserepromenade og yderst Sporvogne, som altså har Boulevardkørsel. Vi kørte med en af dem; den drejede imidlertid om til Siden inden vi var kommet helt frem, hvorfor jeg trak i Klokkestrengen og Vognen øjeblikkelig standsede. Vi havde her svært ved at komme af, fordi Vognen blev stormet af Folk, som vilde med; sikken et Held for dem, at jeg netop havde standset den ved det Stoppested! – Undskyld Afbrydelsen, jeg skulde ned at have ”Morgenkaffe” Grapefruit, Havregrød, blødkogte Æg, Brød og Marmelade og ”one Hansa”, det hedder vores Pilsnerøl. – Naa vi naaede til den øverste Ende af Avenidaen hvor de er ved at rejse et stort Marmor-
 3
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192]
 [Håndskrevet:]
 monument. herovenfor gaar Dalen over i en mægtig Gryde, vel en god Fjerdingvej bred og en halv Mil lang, som de er ved at lave til en Park. Heroppe saa vi Guldirisker, det er første Gang Far har set dem. Johs. V. er fænomenal til at se paa enhver Slags Jord hvordan den er opstaaet, hvor længe den har ligget der og ”den har været omlejret mere end en gang”! o.s.v. Og alt er den Mand inde i; vi stod i Brunnsbüttel og saa ned i den aabne Last paa en stor Kuldamper og han sagde: ”det er nok et Tankskkib” eller igen, da vi stod og saa paa Madeira fortalte han mig at alt det grønne vi saa det var Vin. Da vi kom derind var det nu Sukkerrør, men jeg siger alligevel at det er godt set. Naa han er nu et ordentlig sødt Menneske, naar han er i godt Humør. – Det var Lissabon vi var ved: paa begge Sider af det jeg har beskrevet ligger den øvrige By paa Høje. Gaderne er meget stejle og nogle Steder krydser de hinanden i forskellig Højde, saa man ser Husene ligesaa meget fra neden og fra oven, som fra Siden. De er malet i stærke Farver, røde, gule, blaa og grønne. Sporvognene skal du høre lidt om. 
 Chez l´amiral
 Nice
 Nu er det saa længe siden jeg skrev dette, at jeg ikke gider fortsætte det. Jeg ser det slutter om med (”om” overstreget; over ordet er skrevet ”med”] Løfte om Beretning om Sporvognene i Lisboa, den kan du faa mundtlig.</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1936-10-26</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Else Jensen
 Emmerik Jensen
 Jens Jensen
 Johannes V. Jensen
 Andreas Larsen
 Jens Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Elisabeth Neckelmann</t>
   </si>
   <si>
     <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
 Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
 Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
@@ -1898,59 +2118,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZTPx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZTPx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M45"/>
+  <dimension ref="A1:M49"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2740,1298 +2960,1490 @@
       </c>
       <c r="I18" s="5" t="s">
         <v>148</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>149</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>150</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>155</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-        <v>155</v>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>156</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>63</v>
+        <v>158</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D20" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>168</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D22" s="5" t="s">
-[...3 lines deleted...]
-        <v>168</v>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-[...9 lines deleted...]
-        <v>63</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D23" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>177</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>178</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        </is>
+        <v>179</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>182</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D24" s="5" t="s">
-        <v>38</v>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
-        <v>179</v>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>185</v>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="E25" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="s">
         <v>188</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>189</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>190</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>191</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E26" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>199</v>
+        <v>63</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>200</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>201</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>203</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>208</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>210</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D28" s="5" t="s">
         <v>58</v>
       </c>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F28" s="5" t="s">
-[...12 lines deleted...]
-        <v>63</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K28" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="M28" s="5" t="s">
         <v>214</v>
       </c>
+      <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="D29" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D29" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F29" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>218</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>216</v>
-[...10 lines deleted...]
-        </is>
+        <v>219</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="M29" s="5"/>
+        <v>222</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>219</v>
-[...8 lines deleted...]
-        <v>83</v>
+        <v>58</v>
+      </c>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>221</v>
-[...8 lines deleted...]
-        <v>224</v>
+        <v>225</v>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="M30" s="5" t="s">
         <v>226</v>
       </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>227</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>228</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>228</v>
-[...5 lines deleted...]
-        </is>
+        <v>229</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>231</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="M31" s="5"/>
+        <v>233</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>234</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>228</v>
-[...14 lines deleted...]
-        </is>
+        <v>236</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>228</v>
-[...5 lines deleted...]
-        </is>
+        <v>238</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="M32" s="5"/>
+        <v>242</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>228</v>
+        <v>58</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
-      <c r="A34" s="5" t="n">
-        <v>1928</v>
+      <c r="A34" s="5" t="s">
+        <v>248</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>195</v>
-[...5 lines deleted...]
-        <v>238</v>
+        <v>245</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>241</v>
+        <v>245</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C35" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...6 lines deleted...]
-        <v>237</v>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>247</v>
-[...4 lines deleted...]
-      <c r="J35" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="K35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L35" s="6" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
-      <c r="A36" s="5" t="s">
-        <v>253</v>
+      <c r="A36" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>16</v>
+        <v>254</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>17</v>
+        <v>255</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>256</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>257</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>58</v>
+        <v>228</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>146</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>58</v>
+        <v>228</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>146</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>58</v>
+        <v>277</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>254</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>249</v>
+        <v>280</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>58</v>
+        <v>204</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>260</v>
+        <v>16</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="5" t="s">
-        <v>261</v>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>280</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
-        <v>249</v>
+        <v>286</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>261</v>
+        <v>292</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>249</v>
+        <v>280</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>237</v>
+        <v>291</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F42" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>237</v>
+        <v>291</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F43" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>261</v>
+        <v>292</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>249</v>
+        <v>280</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>237</v>
+        <v>291</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F45" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>313</v>
+        <v>321</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>344</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
+    <hyperlink ref="M46" r:id="rId51"/>
+    <hyperlink ref="M47" r:id="rId52"/>
+    <hyperlink ref="M48" r:id="rId53"/>
+    <hyperlink ref="M49" r:id="rId54"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>