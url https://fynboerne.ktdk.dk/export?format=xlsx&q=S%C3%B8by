--- v1 (2025-12-21)
+++ v2 (2026-02-08)
@@ -3,582 +3,180 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="345" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="354" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1889-08-16</t>
+    <t>1921-08-22</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Marie Larsen
-[...151 lines deleted...]
-    <t>Brevkort</t>
+    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Frankfurt am Main</t>
-[...126 lines deleted...]
-"Pallam" er Fuldmægtig Paludan.</t>
+    <t>Søby</t>
+  </si>
+  <si>
+    <t>Søby
+Ærøskøbing</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler rundt i landet på skibet Rylen og laver forberedelser til bogværket De Danskes Øer. 
+Victor Bøttern forpagtede Larsen-familiens købmandsgård tilbage i 1899. Frem til 1924 havde Johannes Larsens bror, Georg Larsen, fortsat viktualieforretning der. Bøtterns brev findes ikke sammen med Larsens i samlingen på Det Kongelige Bibliotek, og det vides ikke, hvad Larsens og Bøtterns uoverensstemmelse gik ud på.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
-    <t>Johannes Larsen har sendt Alhed bøger.
-[...133 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
+    <t>Johannes Larsen er i Søby og vil næste dag sejle videre til Ærøskøbing med Rylen.
+Han vedlægger et vredt brev fra købmand Victor Bøttern i Kerteminde og skriver, hvad han har svaret Bøttern. Johannes Larsen er uenig med Victor Bøttern om betingelserne omkring noget betaling og truer med at afbryde deres venskab, hvis Bøttern ikke bøjer sig og undskylder en fornærmelse mod Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VbcX</t>
   </si>
   <si>
     <t>[Fortrykt:]
-Postvæsenets logo 
-[...48 lines deleted...]
-Din Smaa.</t>
+Søby Hotel Søby, den..........19
+Telef. Nr. 6
+22 Aug .. 21
+Kæreste Alhed!
+Tak for sidst. Jeg kom godt herover, men foruden Rygsækken glemte jeg nogle Lommetørklæder som jeg havde lagt frem. Vi er nu taget her til Søby hvor vi bliver i Nat, men i Mrg Aften tager vi tilbage til Ærøskøbing. Jeg fik vedlagte Brev fra Victor som jeg har svaret saaledes paa:
+"Dit Brev af 18 forrige Md. fik jeg i Gaar og ser deraf at Du stadig ikke begriber et Suk af det Hele. Jeg skal derfor, da baade mine Breve og vor Samtale har været spildt endnu en Gang forsøge at gøre mig forstaaelig. De 2 Breve Du skrev til mig havde været allright, dersom Du selv havde skrevet dem, jeg skulde da nok have ordnet Sagen i Mindelighed. Det kunde ogsaa have gaaet hvis Dit Personale havde skrevet dem og undertegnet dem, i saa Fald vilde jeg have sendt Brevene til Dig, med Anmodning om at give Vedkommende et Par flade, men, naar Dit Personale skriver den Slags Skrivelser til mig og Du vedkender Dig dem med Din Underskrift, saa kan Sagen kun ordnes på en Maade, nemlig saaledes at det bebrejdes Dig i Dine Folks Paahør. 
+Det er dette der er sket og det er ganske ligegyldigt om det er Alhed eller mig der har gjort det, vi er selvfølgelig solidariske. Paa dette Tidspunkt vilde det have været korrekt, om Du havde taget det elskværdigt og sagt et Par Ord om at Du beklagede at Du ikke havde holdt Dine Folk udenfor. Sagen vilde dermed have været i Orden og vi havde været kvit. I Stedet for blev du grov, og det er det, Du skylder Alhed en Undskyldning for. Du kan jo da ikke være saa barnagtig at mene, at Du har Privilegium paa at fornærme andre uden at det er tilladt at svare igen. 
+Eller hvad synes Du?
+Jeg synes Du skulde tage Dig sammen og gaa over og snakke med Alhed om det, kan Du ikke det, maa vi hellere holde os hver for sig indtil videre. Jeg er ked af at Puf ser saadan paa Sagen, men jeg synes ikke Du er den rette Mand til at bebrejde ham det, da Du jo ikke stiller Dig synderlig mere forstaaende over for Alhed og mig. Som Du bemærker er det uheldigt at der ikke var Vidner til vor sidste Samtale. Naturligvis lovede jeg at betale Dig saa vidt muligt hver tredje Md., men Du maa ikke fortælle mig at jeg har været saa sindssyg at aftale mere end jeg kunde staa ved. 
+Til Slut vil jeg kun sige, at jeg ikke forstaar hvad Du sigter til med "Forhold som Du staar magtesløs overfor" Naar det gør Dig saa ondt at se vort Venskab ødelagt, skulde det vel ikke være uoverkommeligt for Dig, at forsøge paa at bringe det i Lave igen?
+Din hengivne JL
+Puf kunde vel ikke have Lyst til at komme herover et Par Dage, her er mange morsomme Møller. 
+Hils Puf, Lysse og mange kærlige Hilsner til Dig selv.
+Din JL.</t>
+  </si>
+  <si>
+    <t>22. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sacWzjWR</t>
+  </si>
+  <si>
+    <t>20. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3sWAs20P</t>
+  </si>
+  <si>
+    <t>26. jul. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vYqpD6Vn</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
@@ -629,85 +227,660 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>1921-08-27</t>
+  </si>
+  <si>
+    <t>Strynø
+Marstal
+Ærøskøbing
+Rudkøbing</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen
+Johan Larsen
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen m.fl. sejlede med skibet Rylen rundt til mange øer som forberedelse til bogværket De Danskes Øer.
+For korte senge: Johannes Larsen var en høj mand. 
+Haven på Møllebakken blev udvidet flere gange og forsynet med mange damme. Johannes Larsen havde mange forskellige dyr såsom ænder, gæs, svaner, oddere og omkring 1920 også en sæl. På side 183 i Erland Porsmoses bog Johannes Larsen ses et foto af denne sæl. 
+Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger på Strynø, hvor han bor hos en kone, hvis mand er ude at sejle.
+Han returnerer til Ærø og ser nu frem til at komme hjem til Kerteminde.
+Det er dejligt, at det går godt med sælen. Larsen og co har besøgt Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hGE8</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Søby Hotel
+Telef. Nr. 6 SØBY, den 19
+[Alt undtagen "19" er overstreget]
+[Håndskrevet:]
+Strynø 27 Aug 21
+Kæreste Alhed!
+Tak for Brevet som jeg fik ligefør vi i Forgaars cyklede fra Ærøskjøbing til Marstal. Fra Marstal tog vi med Damper herover. Vi havde faaet at vide at vi kunde bo paa et Afholdshotel her, men det viste sig at være nedlagt, og det saa ud til at vi maatte leje en Motorbaad til Rudkjøbing for at overnatte. Vi fik dog indlogeret os hos en Kone hvis Mand sejlede som Hovmester, og har det helt godt, med god Mad men for korte Senge. Jeg fik tegnet 3 Tegninger i Gaar, men i Dag er Vejret ikke til at arbejde ude i. Friis sidder og tegner Sønnen her i Huset og i Eftermiddag tager vi tilbage til Marstal, vi har dog stadig vore Værelser i Ærøskjøbing, og hvis Vejret er nogenlunde til den Tid cykler vi maaske dertil i Aften der er kun en 5 Fjerdingsvej mellem de 2 Byer. Jeg har ikke faaet lavet særligt meget siden jeg kom herover da vi har beskæftiget os med den Del af Øen nord for Byerne, hvor Afstandene er saa store at der er gaaet uforholdsmæssig lang Tid til Cykling. Det glædede mig at høre at det gaar godt med Sælhunden, det er en god Ide at fodre den i en Balje. Vi var hos Toms i Mandags eller Tirsdags Aften, jeg skal hilse fra dem. Mange kærlige Hilsner. Jeg glæder mig til at komme hjem, nu er der jo ikke mange Dage til. Hils Puf og Lysse. Det er morsomt at høre at det gaar Dig saa godt med dit Maleri.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1895-11-18</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Odense
+Søbysøgaard</t>
+  </si>
+  <si>
+    <t>Adis -
+Swanza -
+Trine Johans
+Johanne Christine Larsen
+Karl Madsen
+Otto Emil  Paludan
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
+Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
+Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
+"Pallam" er Fuldmægtig Paludan.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alhed bøger.
+Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
+Alhed ligger syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P7PO</t>
+  </si>
+  <si>
+    <t>Erikshaab – 18/11 – 95
+Kære Las! Vil De hilse ”Swanza”
+Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
+- Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
+Alhed Warberg
+Adis sender Hilsen
+Mange Hilsner fra Johanne</t>
+  </si>
+  <si>
+    <t>1896-09-16</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Johanne Caspersen
+Niels Elgaard Amstrup
+Hanne Langkilde
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rottbøll, Fru
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Wilhelmine Berg/Tante Mis, drev et pensionat i Gothersgade 129, København. 
+"Klokken tager paa at hjælpe": Albrecht Warberg var jævnligt i behandling for sin astma i en såkaldt luftklokke på en klinik i København. 
+Søholm ved Glamsbjerg har siden slutningen af 1700-tallet tilhørt slægten Rantzau. Kilde: Lex.dk.
+Fru Brand(t) var formodentlig gift med præsten Martin Brandt.
+Det vides ikke, hvem Heinrich og Anna var. Warberg-familien kendte flere, der hed sådan. 
+Familien kendte også mange, der hed Caspersen, og det er uklart hvem af dem, der skulle tilbydes Wilhelmine Berg/Tante Mis' pensionat. 
+Hvem, der er blevet forlovet, kan ikke afgøres. 
+Det er vanskeligt at læse navnet på den person, som Albrecht Warberg skal hilse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0223</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7ySA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. 
+Godsforvalter cand jur. Warberg
+Gothersgade 129-4.
+København K.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag d:16de
+Kæreste Abba!
+Jeg har været gaaende med Alhed i Højrup og nu har jeg kun 3 Kuverter at skrive i; Elle havde jeg tiltænkt Brev ogsaa, men hun maa saa vente til Alhed kommer paa Fredag Aften Kl. 8. Som den Unge glæder sig! Jeg misunder Eder den Fornøjelse det vil blive at vise hende København første Gang. Brandt skrev i Gaar, at hun glæder sig til at have hende, hun faar saa lidt Proviant og Lagner med derind. I Aftes havde vi Gjelskovs til The vi fik dejlige Rødspætter fra Faaborg og da en Kylling med daarligt Ben havde maattet lade Livet, havde vi Mad, som Syberg maatte spise. Paa 2½ Time fik Alhed alt lavet og stegt og saa kom Doktoren, som vilde besøge Syberg, herned ogsaa. De var i meget godt Humør alle sammen, gl. ”Der” rejser paa Fredag til Søholm. I Dag er Syberg og Thora kørt lige til Faaborg med Vogn alene to, han skulde i Retten om den Lærling. Nu har Syberg det meget bedre og ser ogsaa raskere ud, end de første Dage, siger ogsaa selv, at han befinder sig bedre her, spiser og sover bedre end i Karlsbad. Han lader høre fra sig, naar han har faaet Hestene. Frøken Sperling kom hjem i Mandags for at lægge sig til Sengs for en Forkølelse, men vil rejse igen paa Lørdag om mulig. Paludan var der i Gaar. Skovhegnet har han endnu ikke hørt om, mener det bliver først sidst i Maaneden. Gid du kunde blive lidt længere dernede nu da Klokken rigtig tager paa at hjælpe. Greven er i Dag rejst til Holsten at begrave en Broder til Grevinden, der er død uden nogen Sygdom, at de vidste noget om ial Fald. I Lørdags blev Fru Brand begravet i Søby. Bedstemor og jeg kørte derover i Landaueren, der var meget faa Mennesker, Fru Langkilde Oluffa Brandt fra Odense og nogle Niecer af gamle Præst samt et ungt Par, der fulgte med Heinrich og Anna og en ung Kone, en halv Snes Gaardmænd med Koner, - det var alt, jo Amstrups naturligvis. Marie havde Krands og jeg Blomster med til Mimmis Grav paa Tilbagevejen. Pastor Wittrup holdt en lille men ganske net Tale, hans Kone og Datter var der ogsaa. Jeg havde faaet Brev fra Anna om Dødsfaldet, hun var meget bedrøvet. Fru B. var kun syg 2 Dage af Lungebetændelse, gamle Præst kan ikke rigtig fatte, at hun er borte. – Det er dog rigtig elendigt med den Forlovelse derinde hos Eder! Jeg vil da haabe, at Mis først tilbyder Caspersen Pensionatet, hvis hun vil afhænde det. C. havde jo sagt til Hanne da Mis fik det at det kunde de have brugt. Du skal ellers se, at Forlovelsen gaar overstyr igen. – I Søndags var vi alle paa Gjelskov til Chokolade Kl. 3 og til Aften. Vi manglede kun lille Pelle i de 8, der sad sammen ved Bordet. Syberg var uhyre snaksom, fortalte en Del om sin Rejse. Vi har alle faaet Brocher, Elle skal ogsaa have en sendt, han var saa glad ved hendes Brev og Portræt; Dede skal have en Naal. Christine var saa rask denne Gang Muk og Dede blev af Syberg kørt til Højrup Kl. 9, de skulde have gaaet ellers; Chr. cyklede næste Morgen til Sollerup og Alhed fulgte hende for med det samme at høre hos Skovfogeden, om vi maa plukke Brombær. Jeg haaber snart at høre fra Moder, hun var noget ængstelig tilmode over den Forlovelse, bliver vel heller ikke glad ved at faa den paa nært Hold. Du er vel fornøjet med mine Breve. Du forbauser mig ved at skrive ”pluselig” – og ”Brennenelle” – er det maaske moderne Skrivemaade? Vil Du hilse gamle Soldris, det er da morsomt, at Du er gode Venner med Pensionær. Ja, men Farvel søde Ven! Hils min Pelle og ellers hvem Du vil.
+Kærlig Hilsen fra Din 
+Smaa.</t>
+  </si>
+  <si>
+    <t>1924-03-05</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>5792 Aarslev</t>
+  </si>
+  <si>
+    <t>- Bisgaard
+Alhed Marie Brønsted
+Johan Larsen
+Johanne  Larsen
+Johannes Larsen
+Vilhelm Larsen
+Harald Meyer
+Jørgen Müller
+Fru Nielsen
+Ellen  Sawyer
+Vilhelm Woll</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige ved Odense.
+Harald Meyer (se denne) blev arresteret i forbindelse med Sparekassens krak.
+Det har ikke været muligt at finde ud af, hvem der blev begravet. Hvem hhv. Hanne og Axel er, kan heller ikke afgøres, da Larsen-familien kendte mange af de navne.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Man har fejret Ellen Sawyers fødselsdag (Tante Elle). 
+Alhed Larsen har besøgt Harald Meyer i arresten i Kerteminde med en gymnastikbog. Det var meget ubehageligt, og Meyer så nervøs og elendig ud. Han blev glad for bogen.
+Alhed og Johannes larsen har været til en stor begravelse, hvor en Hanne var meget ulykkelig. Toget var forsinket, så de tog en lillebil hjem. Chaufføren hed Bisgaard, men de kaldte ham hele dagen Andersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RsnD</t>
+  </si>
+  <si>
+    <t>Min go’e gamle Ven!
+Jeg tænker saa meget paa Dig, hvordan det gaar Dig i din nye Stilling, og jeg savner Dig saa ganske forfærdeligt. Jeg tænker Du gerne vil høre lidt om, hvordan det gaar her. Her er ikke sket noget særlig, alt gaar i sin vante Gænge. Baser er saa flink og gaar aabenbart og hygger sig. Han er meget hjælpsom med alt var misfornøjet over at jeg selv rendte ned i Aftes til 9 Toget med et Brev til Din Far. I Dag har vi fejret Tante Elles Fødselsdag, der først er i Morgen. Fru Nielsen var her til Middag, Oxefilet med Rødvin og Appelsiner. Senere kom Nielsens og alle Agrarens var her til Chokolade. – I Søndags kom Lysse og Forvalteren til [ordet ”til” overstreget] med 2 ½ Toget. Jeg inviterede dem til en Sjus paa Hotellet, da jeg gærne vilde ned og sige Farvel til Harald, der jo skulde begynde at sidde om Mandagen. Han vilde have været op at sige Farvel til mig. Han syntes udmærket om Forslaget med Gymnastikbog og vilde gaa op næste Dag og hente I P Müller. Jeg sagde samme Besked om den, men desværre havde hun ikke kunnet finde den. Dagen efter, altsaa i Gaar gik jeg ned med dem paa Politikontoret, Voll lovede at give ham den, men jeg bad om jeg ikke nok maatte give ham den selv, jeg vilde saa gærne hilse paa ham. Jeg havde spurgt Harald om jeg maatte besøge ham, og han havde svaret, at jeg kunde vist nok faa Lov af Voll. Efter nogen Nølen fik jeg det ogsaa. Men det var nu pinligt. Han sidder højt oppe, først ad Trappen og tilsidst ad en Slags Stige, og saa det at Døren er laaset udefra, det virkede meget mere uhyggeligt end jeg havde forestillet mig det. 2 [Sidetal] Det er en lille, bitte Celle med en Træstol og et lille Bord, Sovebrixen er krampet op paa Væggen om Dagen. Jeg var lige ved at græde, da jeg saa ham sidde der, og jeg syntes han selv saa meget nervøs og elendig ud. Men han var glad ved Bogen og det er jo godt at I.P. har skreven saa meget udenoms Sludder, det er da en Slags Lekture. Desværre skulde G[ulæseligt] staa og glo i Døren, jeg maa se at fedte lidt for ham, at det mulig kan blive bedre næste Gang. Jeg fortalte ham at Voll havde givet mig Lov at besøge ham igen om 10 Dage. Jeg hilste ham fra Dig. - - Vores Begravelsestur om Mandagen gik godt. Det viste sig at Toget (8 ½) var forsinket 1 Time. Vi bestemte os saa for at tage en Lillebil og jeg forhandlede i Telefonen med en Mand ved Navn Andersen, der lovede at møde ved Stationen hvor vi var kommen ned, Baser gik op og hentede Rejsetøj. Vi kom godt ud af det med ”Andersen”, der var en pæn ung Mand, men forbavsende ukendt med Vejene, skønt han han [det sidste ”han” overstreget] havde sagt i Telefonen, at han havde været i Nørre Søby. Da vi om Aftenen kørte ind her i Byen, spurgte han hvor han skulde køre hen. ”Naa De ved ikke hvor Kunstmaler Larsens bor?” ”Jo”. ”Naa men saa ved De maaske ikke, hvem De har kørt for? ”Næ, jeg hedder for resten ikke Andersen”!! – Naa, hvad hedder De da? ”Bisgaard” Det var Bisgaards Søn, men han havde pænt lydt Navnet Andersen hele Dagen! – Turen gik ellers godt, men Føret var grufuldt. Hanne var meget glad ved os – Elle, Johanne og mig – men ellers meget ulykkelig og forgrædt. Der var stor Begravelse, 34 til Middag efter Begravelsen. Suppe, Hønsekød, Fromage, Kransekage og Axel ved en Bridge med Lomme, Axel er en nydelig Fyr. Det var jo Fastelavnsmandag, saa de havde fri fra Middag. – Nu skal dette til Toget. 
+[Skrevet på side 1, øverst og på hovedet:]
+Hvordan har Du??
+1000 Hilsner min egen Dreng
+Din Mor
+5te Marts - 24</t>
+  </si>
+  <si>
+    <t>1893-08-17</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
     <t>1903-04-16</t>
   </si>
   <si>
     <t>Valby</t>
   </si>
   <si>
     <t>Svend Hammershøi
 Karl Schou
 Marie Schou
 Fritz Syberg
 - Søborg</t>
   </si>
   <si>
     <t>Haven = Zoologisk Have. Larsen maler tilsyneladende et udendørs motiv her og muligvis også indendørs hos påfuglene.
 Artiklen: Fritz Syberg (Baronen) har bedt Larsen aflevere en anmeldelse af den frie Udstilling i Politikens Hus (se Larsens forrige brev til Alhed).</t>
   </si>
   <si>
     <t>Johannes Larsen maler i Zoologisk Have og spiser sin frokost inde hos påfuglene. Han har lagt Fritz Sybergs artikel i postkassen hos Politiken. 
 Johannes Larsen sover meget om natten, for han opholder sig længe i frisk luft hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FhmC</t>
   </si>
   <si>
     <t>Valby 16 April 1903.
 Min egen Kæreste!
 I Dag havde jeg det nogenlunde i Haven, jeg frøs ikke, men blev slemt afbrudt af Byger, men efter at jeg er gaaet derfra ved 3 Tiden har det været et dejligt Solskin saa jeg haaber paa det bedste for i Morgen. Det gaar godt fremad med Billedet synes jeg. Lille Slav var i Haven i dag og bød mig ud paa en Kop Kaffe. Jeg har lagt Baronens Artikel i, Politikens Brevkasse, da der ikke var aabent i Morges da jeg gik i Haven jeg skrev til dem om at sende mig den hvis den ikke kom i Bladet og hvis den gjorde det et Korrekturark. Nu er jeg spændt paa hvad de gør med den, det Bæst Søborg skal vel bestemme det. De to sidste Nætter har jeg sovet mine 10 Timer i Træk og kan næsten ikke vaagne om Morgenen men jeg er jo ogsaa i Luften næsten hele Dagen. Jeg spiste 2 blødkogte Æg til Kaffen og faar Smørrebrød med som jeg spiser inde hos Paafuglene. Jeg skal hilse fra Schous. Mange Hilsner
 Din
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1921-07-20</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Dyreborg
+Faaborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Harald Giersing
+Johanne Giersing
+Christine Rasmussen
+Fritz Syberg
+- Søberg</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas (Puf) Larsen sejler med skibet Rylen i forbindelse med forberedelserne til Achton Friis' og Larsens fælles bogværk De Danskes Øer. Puf deltog som kok. 
+Musset og Museumsgården: Faaborg Museum. 
+Skanninger af brevet er ikke fundet i det materiale fra Det Kongelige Bibliotek, som Østfyns Museer modtog 2017. Brevet er transskriberet efter en fotokopi af ældre dato (også fra Det Kongelige Bibliotek), og de indsatte scans er lavet på basis af denne fotokopi.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg har besøgt Fru Rasmussen. Nu sejler Puf (Andreas Larsen) og Johannes Larsen til Dyreborg. Larsen har truffet Besse og Harald Giersing.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnrN</t>
+  </si>
+  <si>
+    <t>Faaborg 20 Juli 1921
+Kæreste Alhed!
+Jeg hørte saa daarlig i den Telefon og kunde ikke raabe saa højt. Vi sad inde hos Politimesteren der bor i Museumsgaarden og er i Familie [med] Friis. Vi har været paa Museet i Dag og været sammen med Etatsraadinden og Baronen, men jeg kunde jo ikke komme til snakke alene med hende. Jeg synes I skulde komme snarest muligt. Jeg glæder mig til at se jer. I Hast da Puf er ved at fyre op og vi skal sejle til Dyreborg. I kan altsaa faa at vide hvor vi er ved at telefonere til Fru Friis Adr. Frk Søberg Søbergs Sommerhotel Dyreborg. 
+Jeg skal hilse fra Besse og Giersing som jeg traf paa Vejen herned. Mange Kærlige
+Hilsner
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
+  </si>
+  <si>
+    <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
+Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Postvæsenets logo 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrift:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne  Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
+  </si>
+  <si>
+    <t>Laura Warberg kom frem uden søsyge. 
+Louise skal til eksamen i kemi.
+Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
+Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P2tE</t>
+  </si>
+  <si>
+    <t>[Fortrykt: Postvæsenets logo] 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrevet:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1943-08-19</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Henrik Lund</t>
+  </si>
+  <si>
+    <t>De 3000 kr. er formodentlig betaling for et oliemaleri med hejrer, fasankokke, en vibe mm. Billedet er omtalt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen håber, at Christa Knuths bror bliver glad for akvarellen. Han kan ikke huske, hvad det var, han lovede Christa i telefonen. 
+Larsen maler på sit store søbillede og fire mindre bestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5T3V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 19 Aug 1943.
+Kære Grevinde!
+De 3000 Kr. kom i Dag. Tak! Det glædede mig at høre at Du var tilfreds med den lille Akvarel bare nu Din Broder maa blive det samme. Det forekommer mig at jeg i Gaar i Telefonen lovede at give Dig Oplysning om et eller andet men det er mig umuligt at komme i Tanker om hvad det var. Jeg er en Idiot til at telefonere. Hvis jeg kommer i Tanker om det skal jeg skrive igen. Det var vel ikke noget om hvornaar jeg kommer til Knuthenborg. Jeg har jo nu mit store Søbillede som jeg skal have færdigt i Aar, og saa har jeg 4 mindre Bestillinger, som skal afleveres inden October, saa før hen i Maaneden bliver det næppe. Mange Hilsner 
+Fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-08-01</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Sven Havsteen-Mikkelsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Alhed  Møhl, Lysses datter
+Didrik Overgaard Nielsen</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen fik opført et bryggeri på Møllebakken og drev det en tid professionelt. 
+Bass Bryggeri blev grundlagt i 1777 af William Bass i Burton-upon-Trent , Staffordshire , England. I 1877 var Bass blevet det største bryggeri i verden med en årlig produktion på en million tønder. Dets pale ale blev eksporteret til hele det britiske imperium , og virksomhedens ikoniske røde trekant blev Storbritanniens første registrerede varemærke (Wikipedia marts 2022).
+Barley Wine stammer fra Napoleonstiden, hvor englænderne måtte finde et alternativ til fransk vin, som de af patriotiske grunde ikke kunne drikke og derfor bryggede en øl med navnet Barley Wine (Internettet marts 2022). 
+Johannes Larsen omdannede efter Alheds død vinterhaven til volière. 
+Det vides ikke, hvilken Peter der er omtalt. 
+Trap Danmark er standardværket, når det drejer sig om en topografisk beskrivelse af det danske rige. Værket blev grundlagt af Jens Peter Trap, kabinetssekretær og topografisk forfatter og udgivet første gang udgivet 1858-60 i fem bind på Gads Forlag af J.P. Trap. med titlen Statistisk-topographisk Beskrivelse af Kongeriget Danmark. Værket blev genudsendt i reviderede udgaver 1872-79, 1898-1906, 1920-32 og 1953-72 (31 bind). En 6. udgave, der også skal være tilgængelig på de digitale platforme, blev iværksat i 2014 (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf er i England for at besøge bryggerier. 
+Johannes Larsen har både glæder og skuffelser med fuglene i sin volière.
+Larsen er færdig med bestillingsarbejder og maler nu på et søbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aqpt</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 August 1947.
+Kære Lysse
+Tak for Dit Brev. Her gaar vi og venter paa Else og Puf. I ved vel at de rejste til England d 13 Juni og ventede at blive borte 14 Dage á 3 Uger. De var først 8 Dage i London og saa en Uges Tid i Sydengland. Saa blev de inviterede til at besøge Sven Mikkelsen i Skotland og fik Deres Returbillet godtgjort, men saa viste det sig at det tidligste de kunde komme hjem, var med Flyvemaskine d. 19 August, men nu har Elses Fader skaffet dem en Billetter over Harwich – Esbjerg til d. 10 Aug. Puf har besøgt Guinness Bryggeriet i London og Bass’s i Burton, sidstnævnte Sted blev han trakteret med Barley Wine brygget i 1868 og aftappet i 1870. De bor nu ensomt i Højlandet, 14 Miles til nærmeste Landsby, men har været i Dundee hvor han havde faaet Lov til at overvære en Brygning. Mornine rejste i Morges efter at have været her i 14 Dage. Jeg har meget Fornøjelse af min Voliere men ogsaa en Del Skuffelser. Vagtlernes Kyllinger døde første Kuld, men nu er der 2 godt halvvoksne af andet Kuld og Hønen har begyndt at lægge Æg igen. Dompappens Rede faldt ned da den havde ruget et Par Dage, saa byggede den selv en i den østlige Hyld og fik Unger, men de forsvandt da de var en Uges Tid gamle, men efter et Par Dage begyndte den at lægge Æg i samme Rede og har ruget siden. Stillitserne byggede ogsaa en fin Rede i Toppen af samme Hyld og fik Unger, men de regnede ihjel da de var en Uges Tid gamle. Kanariefuglen byggede Reden dobbelt da Ungerne af Andet Kuld var halvvoksne og laa og rugede paa 3 Æg ved Siden af Ungerne men da de fløj af Reden gjorde den ligesaa nu har den vist udruget for 4 Gang i en ny Rede. Jeg har faaet 5 Guldfisk ind i Bassinet. Jeg har nu faaet mine Bestillingsarbejder fra Haanden og været i Gang med Søbilledet. Vi har haft en utroligt Masse stille Uger men de 2 sidste Dage har det blæst igen. Tak for Trap som Peter var her med i Lørdags eller i Søndags. de skulde høste Byg Mandag. Jeg var den Dag i Odense og der høstedes alle Vegne. Mange Hilsner til Jer allesammen fra
+Din Far.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1910-06-15</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg, at maleret "Nadveren" og det store søbillede er afsendt med vogn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZTPx</t>
+  </si>
+  <si>
+    <t>15 Juni 1910
+Herr Kunstmaler Fritz Syberg,
+Tak for Deres venlige Brev. Med Vognene i Dag er "Nadveren" gaaet og det store Søbillede.
+Med venlig Hilsen og paa Gensyn i Faaborg forbliver jeg
+Deres forbundne
+M Rasmussen</t>
+  </si>
+  <si>
     <t>1903-04-20</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Brockdorff, som Fritz nævner i brevet, er en lille hovedgård, som er dannet i 1785 af Wilhelm Theophilus von Stieglitz-Brockdorff til Scheelenborg. Brockdorff var en avlsgård under Scheelenborg Gods til 1980. Gården ligger på halvøen Hindsholm i Stubberup Sogn, Bjerge Herred, Kerteminde Kommune.</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
   </si>
   <si>
     <t>Fritz er ude at sejle omkring halvøen Hindsholm ved Kerteminde. Det har været blæsevejr, og han nåede at blive lidt søsyg undervejs. Han ved ikke, hvornår han kommer hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/09Vc</t>
   </si>
   <si>
     <t>[Anført i blyant]: 20-4-1903
 Kære lille Høns!
 Du skal slet ikke ængste Dig. Du ved at jeg er forsigtig. Jeg har ellers havt nogle slemme "Wiederværdigheder". Først havde Kjertemindetoget med den Expedithed som udmarker alt fra denne By, ladet mit Tøj blive i Kjerteminde, så jeg først fik det næste Dag. Båden fik jeg også først ud næste Dag (Lørdag) og om Aftenen blev det Storm. Og fra Lørdag Aften til Mandag Middag har jeg havt det som en Flue i en Flaske.
 Jeg er blevet kastet rundt så det er noget umanerligt. I halvandet Døgn holdt jeg mig frisk men d jeg var nået Mandag Kl. ca 8 om Morgenen følte jeg Søsygens Kvaler og kastede så meget som en Tekop Væske op der nærmest lignede rent Vand. Fiskerne havde en Båd som var dreven ned til Brockdorff. Den var de ude at hente hjem i Dag. De spaserede over Land ned til den og på Tilbagevejen Kl. 12. kom de over til mig, jeg lå ovre under Mejlø, og tog mig med i Land. At gå i Prammen var det samme som at gå tilbunds så det begyndte jeg slet ikke på. Desuden sprang Fangelinen på Prammen i Aftes og den gled til Mejlø medførende min Vanddunk. Prammen var fuld af Vand men både den og Dunken "hvalflød" Såsnart Vejret bedager sig skal jeg ud at lede mine Sager op. Jeg kunde jo måske nok komme hjem i Aften men vil hellere vente til næste Søndag (eller en anden Dag) da det passer bedre. Jeg har været lidt ængstelig for at min Fangeline skulde briste for når Båden kom op med Snuden i Vejret og der så kom en Sø sættende ind på Bunden af den, fik den jo nogle Stød så det rystede i hele Kassen. Men Linen holdt for den er ny og jeg har surret den forsvarligt fast og Ankeret bider sig så fast i Bunden så den ikke er drevet en Tomme. Det Anker vækker alle Fiskernes Beundring herude. Farvel, kys de søde Unger og vent mig når Du mindst venter det. "Her er inte farligt men bara roligt"
 Et Kys fra Din Fritz.</t>
   </si>
   <si>
     <t>1905-04-12</t>
@@ -769,777 +942,1052 @@
 Poststempel. 
 [I brevet:]
 St Pauli Kyrkogata 19, Malmø 12te April 1905
 Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
 I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
 Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
 Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
 Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
 Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
 – Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
 II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
 Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
 Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
 II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
 Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
 -. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
 Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
 Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
 --- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
 Selv hilses Du kraftigt fra Alfred og hans Kone.
 p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
 [Skrevet på hovedet øverst side 1:]
 Det er Onkel Sybergs Fødselsdag i Dag.</t>
   </si>
   <si>
-    <t>1910-06-15</t>
-[...627 lines deleted...]
-  <si>
     <t>Nice</t>
   </si>
   <si>
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Stella Polaris var et meget luksuriøst krydstogsskib, der blev færdiggjort med tidens højeste standarder, da det fine krydstogtskib skulle være rettet mod et velhavende marked. Hun blev søsat den 11. september 1926. Johannes Larsen, sønnen Andreas og Else og Johannes V. Jensen tog på krydstogt med Stella Polaris til bl.a. Italien og Madeira efter Alhed Larsens død 31. aug. 1927. Se også brev 1960-12-04 JL til Johan/Lysse og Elena/Bimse.
 Thames er det engelske navn for floden Themsen. 
 En dansk mil er 7.532,48 m.
 Nord for London ved Nordsøen ligger den store havneby Harwich, som i mange år frem til 2014 havde fast færgeforbindelse til Esbjerg. 
 Cherbourg har en havn og er beliggende i den nordlige ende af Cotentin-halvøen på den engelske kanal - kystlinje i Normandiet i det nordvestlige Frankrig. 
 Cape Finisterre er en klippebundet halvø på vestkysten af Galicien, Spanien (Kilde: Wikipedia, juli 2022).
 Cyperus er græsser udbredt overalt i troperne (tropica.com). 
 Omlejre: at flytte et materiale til et andet sted (ordnet.dk). 
 Brunsbüttel er en industri- og havneby i det nordlige Tyskland beliggende ved Elbens munding 70 km. nordvest for Hamburg (Wikipedia juli 2022). 
 Chez l´amiral: Hos admiralen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Det var mørkt, da selskabet sejlede over Themsen og Kanalen samt rundede Bretagne. Også ved Cap Finisterre. Senere tåge og mørkt igen ved Madeira. Andreas/Puf har været søsyg.
 Andreas beskriver Lissabon. Her kørte de i sporvogn. Beretningen om dette må Johan/Lysse få mundtligt. 
 Johannes Larsen har for første gang nogensinde set guldirisker.
 Johannes V. Jensen er meget vidende om jordbundsforhold. Ved Madeira udpegede han nogle planter som vin, men det var sukkerrør.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jUix</t>
   </si>
   <si>
     <t>[Fortrykt:]
 [M.Y.”Stella Polaris”…………192 Håndskrevet efter 192: ]8 
 [Håndskrevet:]
 Kære Lysse.
 Jeg haaber du fik mit Brev fra Harwich. Jeg maatte give det til en Drager og lade ham besørge det, vi blev nemlig snydt for Landgang. I detheletaget lader det til at Vorherre og hans Underordnede her på Skibet har en [”har en” overstreget] bestræber sig for at hindre os i at se saa meget som muligt. Afrejsen fra Harwich altsaa tværs over Thamesmundingen og rundt langs Englandskysten foregik om Natten; om Morgenen var vi midt ude i Kanalen, hvor vi ikke kunde se land til nogen af Siderne. Saa saa vi Spidsen af Cherbourgh, men da vi skulle runde Bretagne tror jeg nok det var mørkt, da var jeg imidlertid blevet søsyg og har holdt Sengen lige siden, med Undtagelse af Landturene. Som værende af Interesse for Passagererne var opslaaet en Notice om, at vi vilde passere ”Cap Finisterre 10 Miles off Kl 5 om Morgenen! Sikken et Syn at læse om! Næste Seværdighed var Indsejlingen til Lissabon: om Aftenen mellem 9 og 11. Næste Morgen tog Vorherre selv fat med Taage, saa vi blev 2 Timer forsinket med Landgangen. Afsejlingen fra Lissabon: Taage (Vorherre) Ankomst til Madeira 6 a.m. altsaa i Mørke. Hvad om det kære B.D.S. havde ladet os sejle et Par Timer senere fra Lissabon, vi skulde saamænd nok have faaet Tiden til at gaa. Naa men igaar var Vorherre os naadig; det blev os fortalt at de plejede at have saa høj Sø at Landgang paa Madeira var umulig (her er nemlig ingen Havn) Igaar havde vi det dejligste Vejr man kan tænke sig. Naa m Naa men du maa vel hellere høre om Lissabon først. Tajofloden har en Munding som jeg nærmest vil kalde en Fjord. Du kan tænke dig en Størrelse som Lillebælt. Fjorden gaar i Øst – Vest og paa
 2
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192] 
 [Håndskrevet:]
 begge Sider, navnlig mod Syd er højt Land. Byen ligger på Nordsiden med en Kajplads, der er en dansk Mil lang. Midt i Byen har der engang været en Arm af Fjorden, som nu er hævet. Her er bygget en regelmæssig Bydel, som begynder nede ved Havnen med ”Praça da Commercio” (se et eller 2 af de Kort jeg sendte Jer), som er aaben ud mod Vandet. ovenfor denne Plads, altsaa bag Porten (Triumfbuen) ligger den regelmæssige Del af Byen (saa stor som Kjerteminde i Areal) øverst oppe i den ligger Theatrene og Hovedbanegaarden og saa kommer vi ud i ”Avinida da Liberdade”, som fylder den sidste (øverste) Del af den udtørrede Flod [”Flod” overstreget] Fjordarm. Den har Kørebane i Midten med Palmetræer ved Siderne umiddelbart udenfor Palmerne Plataner, (2 Rækker paa hver Side) og under dem er der Blomsterrabatter, paa en Strækning er der Vandløb, med [”med” overstreget] eller Bassiner med Vandfald indimellem, med Philodendron og Cyperus og lignende. Her ted [”ted” overstreget] udenfor er der Spadserepromenade og yderst Sporvogne, som altså har Boulevardkørsel. Vi kørte med en af dem; den drejede imidlertid om til Siden inden vi var kommet helt frem, hvorfor jeg trak i Klokkestrengen og Vognen øjeblikkelig standsede. Vi havde her svært ved at komme af, fordi Vognen blev stormet af Folk, som vilde med; sikken et Held for dem, at jeg netop havde standset den ved det Stoppested! – Undskyld Afbrydelsen, jeg skulde ned at have ”Morgenkaffe” Grapefruit, Havregrød, blødkogte Æg, Brød og Marmelade og ”one Hansa”, det hedder vores Pilsnerøl. – Naa vi naaede til den øverste Ende af Avenidaen hvor de er ved at rejse et stort Marmor-
 3
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192]
 [Håndskrevet:]
 monument. herovenfor gaar Dalen over i en mægtig Gryde, vel en god Fjerdingvej bred og en halv Mil lang, som de er ved at lave til en Park. Heroppe saa vi Guldirisker, det er første Gang Far har set dem. Johs. V. er fænomenal til at se paa enhver Slags Jord hvordan den er opstaaet, hvor længe den har ligget der og ”den har været omlejret mere end en gang”! o.s.v. Og alt er den Mand inde i; vi stod i Brunnsbüttel og saa ned i den aabne Last paa en stor Kuldamper og han sagde: ”det er nok et Tankskkib” eller igen, da vi stod og saa paa Madeira fortalte han mig at alt det grønne vi saa det var Vin. Da vi kom derind var det nu Sukkerrør, men jeg siger alligevel at det er godt set. Naa han er nu et ordentlig sødt Menneske, naar han er i godt Humør. – Det var Lissabon vi var ved: paa begge Sider af det jeg har beskrevet ligger den øvrige By paa Høje. Gaderne er meget stejle og nogle Steder krydser de hinanden i forskellig Højde, saa man ser Husene ligesaa meget fra neden og fra oven, som fra Siden. De er malet i stærke Farver, røde, gule, blaa og grønne. Sporvognene skal du høre lidt om. 
 Chez l´amiral
 Nice
 Nu er det saa længe siden jeg skrev dette, at jeg ikke gider fortsætte det. Jeg ser det slutter om med (”om” overstreget; over ordet er skrevet ”med”] Løfte om Beretning om Sporvognene i Lisboa, den kan du faa mundtlig.</t>
   </si>
   <si>
-    <t>1928-11-12</t>
-[...8 lines deleted...]
-Adolph Larsen
+    <t>1947-01-22</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Hans Hvass
 Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Hans Hvass: Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustrationer af Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt selvportrættet og en tegning til Doktoren. Han er spændt på, hvad Christa Knuth synes om selvportrættet. 
+Larsen må stoppe med at male på det store søbillede, da han ikke kan få brændsel. 
+Else og Ane og syge, og Andreas/Puf laver mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MEut</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 22 Jan 1947.
+Kære Grevinde!
+I Dag har jeg sendt Selvportrættet og en lille Tegning til Doktorens Fødselsdag; det er en af dem til Hans Hvass’s Bog. Nu er jeg jo meget spændt paa at høre hvad Du mener om Selvportrættet. Som sagt man aner jo ikke hvordan andre mennesker synes man ser ud. Det gaar stadig smaat frem med det store Søbillede. Desværre maa jeg holde op med det en af de første Dage, da Brændslet hører op og det er umuligt at faa mere. Saa det bliver nok Løgn med at faa det paa Udstillingen i Aar. Else og Ane ligger stadig. Puf laver Mad, men det har jeg nok fortalt før. Mange Hilsner
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1947-07-29</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Hans Hvass
+Johannes V. Jensen
+Tage la Cour
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Aage Marcus</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T var. Billederne til Aarhus var muligvis til en tidligere omtalt Hr. Kjær, som heller ikke kendes. 
+Hans Hvass; Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustreret af Johannes Larsen.
+En Hilsen til Johannes Larsen paa 80-Aars Dagen. Gyldendalske Boghandel 1947. Tage la Cour og Aage Marcus (red.)
+Johannes V. Jensen: Aarstiderne. Gyldendal 1924 og 1947. Digte af Johannes V. Jensen, tegninger af Johannes Larsen
+Peter Larsen, Johannes Larsens barnebarn, voksede op på gården Båxhult i Småland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har afsendt billeder og lavet tegninger til Johannes V. Jensens Aarstiderne. Han har også tegnet til Hans Hvass' bog. Nu vil han arbejde på søbilledet. 
+Tage la Cour og aage Marcus arbejder på et festskrift i anledning af Larsens 80års dag. De vil gerne trykke et selvportræt, og Larsen beder Christa Knuth sende hendes ind til Gyldendal til reproduktion.
+Peter har været på besøg. Han havde været på Båxhult og beretter derfra.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IRXy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 29 Juli 1947.
+Kære Grevinde.
+Ja nu begynder jeg altsaa at skrive. Udenfor regner det. Jeg var i Odense i Gaar og havde Fru Mackie og Christiansen med. Jeg har faaet afsendt de Billeder til Aarhus og en mindre Bestilling til en Fru T[ulæseligt] og har lavet et Par nye Tegninger til Johs V´s ”Aarstiderne” der skal komme i en ny Udgave og tegnet en 4-5 af de gamle Illustrationer om saa at det hele bliver mere ensartet. Til Hans Hvass nye Bog har jeg gjort de i Avisen færdige Tegninger klar til Bogen og tegnet en Del nye saa jeg nu kun mangler en 14-15 Stkr. Saa nu er jeg snart klar til at begynde paa det store Søbillede igen. Jeg fik i Gaar brev fra Tage la Cour, der redigerer, sammen med Aage Marcus, et Festskrift der skal udkomme hos Gyldendal i Anledning af min 80 Aars Fødselsdag. Han beder om at laane et af Selvportrætterne til Bogen. Jeg ved ikke selv hvilket der er det bedste, men formoder at Dit vil egne sig bedst til Reproduktion, desuden er jeg bange for at det skal give Anledning til Jalousi dersom jeg vælger et af dem her i Byen. Saa dersom Du gider have den Ulejlighed at sende Dit ind til Gyldendal til Reproduktion vil jeg være Dig taknemmelig. Jeg havde Besøg af Peter i Forgaars Aftes han havde været paa Båxhult hvor alt stod godt til, med Undtagelse af at han mente at alle Frugttræerne var gaaet ud paa 3 nær. De havde faaet sat grønne Fliser op i Badeværelset. Her gaar det ogsaa godt. Vi venter saa Puf og Else hjem d. 11 August. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-09-08</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Hans Hvass
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Knud Lehn Petersen
+Alhed  Møhl, Lysses datter
+Didrik Overgaard Nielsen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Museumsdirektøren var formodentlig direktør for H.C. Andersens Hus. 
+Andreas og Else Larsen var i England for at studere bryggerier, for Andreas Larsen havde selv fået opført et på Møllebakken. 
+Bass Bryggeri blev grundlagt i 1777 af William Bass i Burton-upon-Trent , Staffordshire , England. I 1877 var Bass blevet det største bryggeri i verden med en årlig produktion på en million tønder. Dets pale ale blev eksporteret til hele det britiske imperium , og virksomhedens ikoniske røde trekant blev Storbritanniens første registrerede varemærke (Wikipedia marts 2022).
+Barley Wine stammer fra Napoleonstiden, hvor englænderne måtte finde et alternativ til fransk vin, som de af patriotiske grunde ikke kunne drikke og derfor bryggede en øl med navnet Barley Wine (Internettet marts 2022).</t>
+  </si>
+  <si>
+    <t>Det regner. Larsens fugle har unger. Han har sendt tegninger til Hans Hvass' bog, og han har lavet en plakat til H.C. Andersens Hus, så nu skal han have fat på sit søbillede igen. 
+Else og Andreas/Puf er kommet hjem fra England og Skotland , hvor Puf er blevet vist rundt på bryggerier. De skulle have været væk i tre uger, men det blev til to måneder. Det lykkedes Elses far at skaffe flybilletter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qk6R</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Septbr 1947.
+Kære Lysse!
+Tak for Dit Brev i Dag. Vejret begyndte i Morges som sædvanligt med Stille og diset Sol, men nu plasker Regnen paa Ruderne det er vist ca 6 Uger siden det har regnet. Vi har Besøg af Marie og Uglen og Lasse og Ursula. Jeg har nu 4 Dompapunger der kan spise selv, de fløj af Reden for ca 14 Dage siden og Dværgvagtlerne fik 6 Kyllinger d. 1/9. i Dag har jeg set 5, saa mange er der altsaa. Jeg har lige sendt 7 Tegninger af sjældne Fugle til Hans Hvass saa nu mangler jeg kun 11-12 til. Jeg har lavet en Plakat til H.C. Andersens Hus som skal bruges i England og Amerika. Museumsdirektøren og kgl. Bygningsinspektør Lehn Petersen var her i Fredags og hentede den og lod til at være glade ved den. Jeg har nu faaet ryddet op i Værkstedet og skal til at tage fat paa det store Søbillede igen forhaabentlig sidste Runde. Jeg har svømmet omkring paa Stedet hver i de sidste 4-5 Uger saa jeg bilder mig ind at jeg ved en hel Del mere om hvordan Billedet skal se ud end jeg vidste i Forvejen. Du har vel hørt at Puf og Else endelig er kommen hjem fra England og Skotland. Puf blev vist om paa det store Guinness Bryggeri i London og senere paa Bass Bryggerierne i Burton, sidstnævnte Sted blev han trakteret med en Barley Wine brygget i 1868 og aftappet i 1870. Desuden overværede han en 2 Dages Brygning paa et Bryggeri i Dundee. De havde jo regnet med at være borte i 3 Uger, men det blev til 2 Maaneder, og dersom Elses Far ikke tilfældig havde faaet fat i et Par ubenyttede Billetter til 10 Aug kunde de ikke være kommet hjem før d. 19/8 med Flyvemaskine. Nu holdt det op at regne, men der kommer vel mer for Barometret der har staaet stille i 5-6 Uger er raslet ned i Dag. Mange Hilsner til Jer allesammen 
+fra Din Far og fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Hans Hvass
+Elisabeth Knuth
+Johan Larsen
+Marie Larsen
+Knud Lehn Petersen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Af et brev, som Johannes Larsen skrev til sønnen Johan/Lysse samme dag som dette, fremgår det, at tegningerne til Hans Hvass var til dennes bog Sjældne danske fugle, Gyldendals bogtrykkert 1947.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen spørger, hvornår Christa Knuth skal have ex libris til datteren. Han beder om fotografier til formålet.
+Larsen har besøg af sine søstre samt Ursula og Lars Swane. Han har sendt tegninger til Hans Hvass og leveret plakat til H.C. Andersens Hus. Desuden har han ryddet op i værkstedet. Larsen svømmer hver dag, så han kender farverne og belysningen til søbilledet godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xblM</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 8 Septbr. 1947.
+Kære Grevinde!
+Nu er der endelig Forandring i Vejret. Regnen pisker paa Ruderne nu, mens det i Morges begyndte som sædvanligt med Stille og diset Solskin. Jeg skriver for at faa at vide hvilken Dag den Frugtudstilling i Odense er? og desuden den hvornaar det er Du skal have det Ex libris til Elisabeth. Jeg vil nu helst lave det med Hesten eller Hestene. Kan Du ikke sende mig nogle Fotografier af dem og tillige nogle do. af Parken eller Postkort af samme eller begge Dele. Vagtelen fik 6 Kyllinger d. 1/8 og i Dag har jeg set 5 derovre Dompap Ungerne kan nu spise selv. Vi har Besøg af mine Søstre og Lasse og hans Kone. Jeg fik Brev fra Lysse i Dag. Det gaar godt frem med Huset, det er nu malet udvendigt og tildels indvendig. Jeg har i Dag afsendt 7 Tegninger til Hans Hvass og i Fredags var Museumsdirektøren og kgl. Bygningsinspektør Lehn Petersen her og hentede Plakaten til H.C. Andersens Hus som de lod til at være meget tilfredse med. Jeg har faaet ryddet op og gjort rent i Værkstedet, saa jeg nu kan begynde igen paa det store Søbillede, jeg har svømmet paa Stedet hver Dag i den sidste Maaned saa jeg tror jeg ved en hel Del mere om Farverne og Belysningen end jeg vidste i Forvejen, nu skal vi se hvad det kan blive til. Jeg mangler nu kun elleve eller tolv Fugle til Hans Hvass. Mange Hilsner fra 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1895-09-05</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne Christine Brandstrup
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
 Johanne Christine Larsen
 Christine  Mackie
-Elisabeth Mackie
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg, Albrechts far
+Peter Whidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg besøgte sin søster og svoger i Snøde. Albrecht Warberg boede ofte på Tre Hjorte, når han var i behandling for sin astma i København. 
+Emil Brandstrup havde tuberkulose.
+Warberg-familien kendte flere, der hed Thora. Thora, der skal hjælpe med at købe konfirmationsgave, kan ikke være den samme som konfirmanden, Thora/Tutte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0349</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil rejse hjem med sin mor og derefter vende tilbage til Snøde. Hun bader og går lange ture. Caspersen går dårligt, men han er i godt humør. Om søndagen kommer børnene hjem fra Odense. 
+Thora vil hjælpe med at købe gave til Thora/Tuttes konfirmation. Måske et sybord. 
+På vej til Langeland havde Laura Warberg ventetid i Odense, og hun fik set sine fire børn. Johanne/Junge kom også med godter. Laura blev søsyg under overfarten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CTeU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+p.t. Tre Hjorte
+Vestergade 
+Kjøbenhavn K. 
+[Øverst tilføjet med blyant:] ”sept. 1895”.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde – Onsdag d: 4de
+Kjæreste Abba!
+Det er jo trist, at Emil ikke har det godt, vi har intet fortalt Mor derom. Jeg var saa nysgerrig efter at vide, hvad du skulde have rejst hjem for, men nu faaer jeg det vel at vide naar jeg kommer hjem? Du vil forbauses over at høre at jeg paa Fredag Efterm. rejser hjem med Mor som saa vil tage sig af lidt af alt hjemme, mens jeg rejser herover igjen og bader og spadserer en Uge til. Vandet og Badene er saa henrivende, jeg naaer at faae 6 Bade i denne Uge, desuden spadserer jeg lange Ture paa 2 Timer om Formiddagen enten med Hanne eller med Thora om Efterm. gaaer Mor og de andre 2 Timer til Bad, Caspersen plejer saa at komme cyclende ned efter os. Om Aftenen i dette dejlige Maaneskin gaaer vi ogsaa lidt ud, forleden om ad lille Snøde, iaftes henne hos Peter Hvidt, en pæn Gaardmandsfamilie, Konen viste os en Masse gamle Sager og trakterede os med det lifligste gamle Øl, jeg nogensinde har smagt; jeg fik lidt at vide om Tilberedningen, skal gjemme de to Cognacsankere til det. Caspersen gaaer ganske langsomt ved en Stok, han kom om efter os. Han er trods nogen Daarlighed i Benene i rigtig godt Humør, driller Mor og gjør Løjer, er saa fredelig og rar, som jeg ikke i mange Tider har set ham. Nu kan han cycle igjen. De var meget villige til at beholde mig 14 Dage, men at have Mor ogsaa al den Tid, syntes jeg var saa meget for dem, de har jo været saa mange iaar. Jeg bad saa Mor rejse hjem og styre Huset, men hun vilde ikke høre noget herom, og da jeg saa har Returbillet til Svendborg som blev spildt hvis jeg blev, saa besluttede jeg at tage med hende og saa komme igjen paa Mandag og blive til næste Mandag. September Badene er jo saa styrkende. Saa kommer de jo desuden hjem allesammen fra Odense; Christine Muks og Dede paa Søndag. Asier faaer jeg hjem med fra Hanne, vi har ingen iaar. Imorgen giver Thora en Køretur ud på Hou, vi skal have Aftensmad med, jeg glæder mig over alle de dejlige Ture. Bare nu Vejret vil holde sig, idag blæser det en Del og ser meget ud til Torden. Thora rejser til Kbh. paa Søndag , hun har lovet at være behjælpelig enten Dig eller Pelle, naar denne kommer til Byen, med at kjøbe noget til Tuttes Konfirmation. Hvad siger Du om et pænt Sybord?? Du maa endelig svare herpaa, saa skal jeg skrive til Thora om at gaae om til Dig en Dag og tale om det, vi kan vel ikke give mindre end 25 Kr? Syberg har jo givet alle vore Gulduhre. Da jeg i Lørdags skulde vente 3 Timer paa Rejsen herover, tog jeg i Ringe Billet til Odense, - 1 Kr. 3 Klasse – og fik set alle 4 Børn. Christine boer nydeligt 5 Min. Gang fra den store Banegaard, paralelt med Latinskolen er H. Tavsensgade. C. og jeg gik hen til Muks, der er meget glad ved al sin Læsning og ikke synes det er svært; hun gik med os forbi Latinskolen Kl. 1, hele første Klasse kom ud og skulde til Læsning, vi fulgtes med Dede ud til Vestergade, saa til Banegaarden hvor Junge tog med mig med en Pose Rejsegodter, de vidste alle, at jeg vilde komme, jeg fik meget udrette og set paa de 1 ½ Time, jeg havde Smørrebrød med. Var søsyg over, men dog ikke slemt. 
+[Skrevet langs sidste sides venstre kant:]
+Ja nu Farvel søde Ven! Alle her hilser Dig! Kærlig Hilsen fra Din Smaa.
+[Skrevet langs første sides højre kant:]
+Hvis Du sender Brev af paa Søndag skal det være lidt tidlig paa Dagen ellers faaer jeg det ikke før Tirsdag.
+[Skrevet langs første sides venstre kant:]
+Imorgen skal de alle til Tranekær, saa bliver vi kjørt ned til Aasø.</t>
+  </si>
+  <si>
+    <t>1914-1</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+- Gjerulff
+Bodild Holstein
+Grethe Jungstedt
+Alhed Larsen
+Leo Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sjamsk: Utilpas. På jysk dialekt bruges ordet jamsk. På Sjælland forekommer sjamsk (Den Danske Ordbog). 
+Sic transit gloria mundi: Således forgår alverdens herlighed. 
+Biografen: Ellen Sawyer gav fra ca. 1913 til 1930 klaverakkompagnement til stumfilm i biografen i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>Det er måske gammeldags at skrive tak for sidst. At mene at skulle gøre det, som man ikke gør, minder om et skriftsted hos Paulus.
+Det var en skøn uge med ture, gilder mm. Skidt med at få for lidt søvn. Ellen Sawyers hjemrejse var god. I Odense mødte hun Alhed/Be Larsen, som havde været søsyg. Og i Bullerup Grethe Bichel, som var ærgerlig over, at hun ikke var med til Bodilds fest. 
+Nu er Ellen hjemme igen til kulde, klaverelever og akkompagnement i biografen. Hun øver til musik til et rovmord i en film. 
+Grethe Jungstedt skriver tak for bogen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/egcw</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
+[Skrevet med blyant:] 1913?
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikke filisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Paulus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man ellers, - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor det var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. Det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Skrevet med blyant øverst på arket:] 1913
+[Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
+Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
+Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
+Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mine sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the American Journals. -
+Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
+[Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
+Elle
+[Indsat øverst s. 1; anden skrift end Ellens:]
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
+  </si>
+  <si>
+    <t>1936-10-26</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
+Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
+Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
+  </si>
+  <si>
+    <t>Elena Larsen traf ikke Kerteminderne, da hun var på Fyn. De tog ikke telefonen. Hun rejste så med sin mor tilbage til København. På færgen mødte de Johannes V. Jensen, der spiste leverpostejsmad, mens hans kone og sønnen, Emmerik/Em, var søsyge. 
+Elena og hendes mor punkterede på hjemturen og fik hjælp af et par bønder. 
+Jens Larsen undersøger alt i lejligheden og har smadret et par askebægre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJJn</t>
+  </si>
+  <si>
+    <t>Mandag d 26-10-36
+Kære Fasseren!
+Jeg blev rigtignok glad for jeres Breve som kom nu til Morgen, jeg var saa smaat begyndt at ængste mig; men jeg kan jo nok forstaa at jeg ikke er saa nem at faa Ram paa. - Desværre gik it Kertemindebesøg i Vadsken for Guderne maa vide hvor de føjter om. Jeg ringede 4 Gange til dem i Lørdags og een Gang Søndag Morgen med samme negative Resultat: ingen der svarede. Saa kunde det ikke nytte at tage derop, for de maa jo aabenbart være paa længere Expedition, ["," overstreget] siden ogsaa Pigerne er permitterede. Saa tog jeg med tilbage til København i et herligt men stormende Vejr. Paa Færgen traf Vi Johs. V. og Else og Em der havde været nede og besøge Jens. Jeg skal hilse saa mange Gange. Else var ikke rigtig glad ved Søen, hun sad musebomstille i et Hjørne for at beholde det hele indenbords. Ogsaa Em var grøn. Men Jensen spiste Leverpostejmader med Appetit. - Paa Køgevejen punkterede vi med et Brag og maatte afmontere al vores Bagage der var sat fast bagpaa med flere km. Tøjsnor. Selvfølgelig kunde vi ikke finde ud af til hvilken Side vi skulle dreje Skruerne og det saa sort ud for os, indtil der kom et Par Bønderkarle forbi, som foretog sig det fornødne. saa kunde vi rulle videre ad den nye Køgestrandvej og arriverede hertil ["hertil" overstreget] uden videre Uheld hertil, hvor vi blev modtaget af Lis med Bøffer med Løg. - I Dag er Vennejensen ved at tage Lejligheden i Besiddelse, foreløbig er der røget et Par Askebægre, men han gaar ogsaa grundigt til Værks, systematisk og fra en Ende af. Det nytter ikke at man fjerner ham fra det Møbel han er i Gang med at undersøge; selv om man sætter ham i den modsatte Ende af Lejligheden stiler han direkte tilbage til det han var ved. Nu er han heldigvis færdig med Kakkelovne og Boghylder. I Eftermiddag skal jeg have ham anbragt hos Sisse mens jeg gaar i Biografen.
+Jeg er glad ved at du har faaet Harry igen. Det var en ordentlig Omgang Unger den Kanin fik. Mon ikke den anden Hun skal en lille Forlystelsestur ind til Hannen, men det har du selvfølgelig forlystet dig selv med for længe siden din gamle Sybarit. - Ja saa var der ikke andet og mere. Bare en hel Masse Hilsner.
+FRA MOSSEREN.</t>
+  </si>
+  <si>
+    <t>1943-09-13</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde i flere omgange en tam odder. De hed alle Jokum. 
+Sommerestauranten Pax var ejet af Johannes Larsens gode venner Tulle og Due Nan Nielsen.</t>
+  </si>
+  <si>
+    <t>Der er 4-500 tyskere i byen. De danske soldater er interneret, og tyskerne har lagt beslag på Kertemindes skoler og restaurationslokaler. 
+Odderen har været stukket af, og den åd en gråand, men Larsen fangede den i en fælde. 
+Larsen arbejder på søbilledet og går i vandet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MGKI</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 13 Septbr 1943.
+Kære Grevinde!
+Tak for Dit lange Brev. Her har vi det godt fredeligt, altsaa her oppe. Byen er fuld af Tyskere, vist en 4-500 Stks. De har taget Lejren og interneret vore Soldater, lagt Beslag paa Borger- og Realskolen og Teknisk Skole og Hotellets Theatersal og Selskabslokaler og Sommerrestauranten Pax”. Nu kan man jo køre med Togene igen, saa maa vi jo haabe at det varer til jeg skal rejse til Knuthenborg. Odderen var ude i 3 Nætter og blev saa sulten at han aad en Graaandrik, men saa stillede vi en Fælde med Sild i og det kunde han ikke staa for. Jeg slider dagligt i mit store Søbillede og synes ogsaa at det gaar fremad, men for langsomt. Jeg gaar i Vandet naar Solen skinner, mest til Gavn for Billedet, men det er forøvrigt ganske rart endnu. Puf og Else er cyklet til Odense, men kommer hjem til Aften. Det er jo tilladt nu fra i Gaar. Mange Hilsner
+Din Hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
 Axel  Müller
-Fru Nielsen
-[...31 lines deleted...]
-[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
+    <t> 7. aug. 1911</t>
+  </si>
+  <si>
+    <t>Degn Brøndum</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på cykeltur i Jylland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/b99kBWn9</t>
+  </si>
+  <si>
+    <t> 4. aug. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til øerne i Kattegat.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qvTz6ZyO</t>
+  </si>
+  <si>
+    <t>25. aug. 1925</t>
+  </si>
+  <si>
+    <t>Staffan -
+Helge Bojsen-Møller
+Ossian Elgström
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+John Møller
+- Nielsen
+Erling Porsild
+Morten Porsild
+Philip Rosendahl
+Finn Salomonsen
+Henning Scheel
+- Staun
+P Vedsted</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3rU2TbmY</t>
+  </si>
+  <si>
+    <t> 5. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lO1UI3kR</t>
+  </si>
+  <si>
+    <t>18. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/f5mH3mkw</t>
+  </si>
+  <si>
+    <t>28. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Ut3S5emD</t>
+  </si>
+  <si>
+    <t>1927-05-29</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Hjørring</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+Marie Krøyer
+Peder Severin Krøyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
+  </si>
+  <si>
+    <t>Lasse er på ferie ved Skagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IwBB</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:] [ Logo]
+BREVKORT:
+[Håndskrevet på kortets adresseside:]
+Fru C Swane
+Falkonerallé 5 III
+København F
+Sjælland
+[Håndskrevet på bagsiden]
+29/5-27 Til Lykke 
+Kære Moder
+Jeg var ikke søsyg paa Damperen. Vi kom en 1½ Time for sent til Frederikshavn. Vi gik idag til den tilsandede Kirke [tilføjet] fra Hulsig til Skagen hvor vi har set Drachmans Hus og Grav, og Kreuers Hus, Grenen. Paa den ene Side af Grenen [Håndskrevet på kortets adresseside:] var der gode Bølger paa den anden Side er det blikstille
+Hilsen fra Lasse
+Jeg skriver igen i Morgen
+[Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+  </si>
+  <si>
+    <t>1889-08-16</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Lundeborg</t>
+  </si>
+  <si>
+    <t>Lundeborg Havn, 5874 Hesselager, Danmark
+Langtved 5540 Ullerslev
+København
+Vor Frue Kirke Kalundborg
+Ullerslev</t>
+  </si>
+  <si>
+    <t>Cathrine -
+Dora -
+Line -
+Christiane  Dragsted
+Emilie Dragsted
+Margrethe  Eckardt
+Christian   Elling
+- Gad, Frøken
+Marie Jensen
+Marie Kjellmann
+Adolph Larsen
+Augusta  Larsen
+Dorthea Larsen
+Helga Larsen
+Johanne  Larsen
+Martha Larsen
+Urban Larsen
+Vilhelm Larsen
+Aage Larsen
+Urban Larsen, søn af Anders Urban Larsen
+Clara Lindberg
+Dagmar Lindberg
+Elisabeth Lindberg
+Helge Møller
+Anna Schytte
+Laurits Thomsen
+Sofie Vest</t>
+  </si>
+  <si>
+    <t>Faster Mine er Vilhelmine Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Christine er hos sin farbror i Lundeborg. Familien i Kerteminde har haft og skal have besøg af en del bekendte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GpwX</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 16. August 1889
+Kjære lille Dine!
+Mange Tak for dit Brev i dag det er jo dejligt at høre lille Uba gjerne vil beholde Eder – og at hans Forældre er af samme Mening viser jo at de ikke er ked af I smaa Vrøvlehoveder – jeg har talt med Jomfruen hun skal nok passe godt paa Eder paa Onsdag; mon det nu bliver godt Vejr – for her blæser det slemt i disse Dage. Vilhelm skal nok hilse Farvel i Telefonen – men vil Du ikke nok kalde paa os for Du har dog bedre Tid til at vente eller komme igjen end jeg har.
+Lindbergs er her og kommer her i Morgen til Middag og bliver hele Dagen
+Elisabeth er spillende kan Du tro her og Dagmar skal spille nogle Musikere sammen her, Emilie og Christiane Dragsted kommer op at høre derpaa de reise herfra Mandag eller Tirsdag for Frøken Gad kommer hjem en af Dagene
+The og de andre to Cousiner talte meget om at de vilde derned Tirsdag men det veed jeg ikke noget om for jeg har ikke talt med Faster Hanne hun var saa søsyg paa Rejsen over og fra Kjøbenhavn at hun vist ikke sejler for det første…
+I aftes fik vi indavlet og da det regnede stærkt imorges – bleve vi rigtig glade at Hessene vare dækkede og kommen istand til at modstaa Regnskyl
+Hils nu Faster og Farbroder Kys de smaa Drenge fra Faster Mine
+paa Søndag Aften rejser Vilhelm og støder sammen med Helge Møller i Ullerslev – 
+hils ogsaa Marie og Charthrines gamle Thomsen og Jomfru Vest
+Line kjender jeg jo ogsaa – 
+Nu skal jeg hen at skrive til Margrethe og Marie Eckardt hun bliver saa i Kallundborg i Vinter hos Ellings
+Fruen vil give hende Løn og meget mere bare hun vilde blive –
+Lev vel kjære lille Dinemor – til vi sees 
+Din Moder
+Kjerteminde d. 16/8 1889
+Kjære Christine!
+Du skal ikke være kjed af at Du ikke kom med Dampskibet i Onsdags, for naar I morer Jer dernede er det godt at I bliver der lidt længere; I maa jo ogsaa sagtens kunne more Jer naar I kommer ud at køre og I har de smaa Drenge at lege med og det kan jo snart blive Onsdag saa kommer Du hjem, og bagefter kan Du tro er Du mest glad ved at have været der i 14 Dage. Jeg skal hilse Dig mange Gange fra Anna Schytte jeg morede mig udmærket derovre vi var ude næsten hver Dag, naar Du kommer hjem skal jeg fortælle Dig hvor vi var henne.
+Margrethe kommer enten paa Onsdag altsaa samme Dag som Dig, eller ogsaa paa Torsdag. I Onsdags var Adolph Dora og jeg med henne i Langtved, efter et Læs Korn, vi havde Kurve med og vilde have haft nogle Æbler og Blommer med hjem, men de var ikke helt modne, der er en forfærdelig Bunke Blommer, naar Du kommer skal vi en Dag derhen og plukke dem.
+Hils endelig Uba og Aage fra Mie og alle de andre Farbror, Faster, Sofie Vest, Marie og Catrine og Dig selv ikke at forglemme.
+Mor Jer godt og vær rigtig glade.
+Din hengivne Søster Marie.
+Thomsen maa Du ogsaa hilse jeg kan knap huske dem alle sammen, men nu tror jeg ikke at der er flere.</t>
+  </si>
+  <si>
+    <t>1894-02-08</t>
+  </si>
+  <si>
+    <t>Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
+Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
+  </si>
+  <si>
+    <t>Emil og Ludvig Brandstrup samt Alhed er nået til Frankfurt am Main. Der var søgang på turen fra Korsør til Kiel. I Kassel har de spist middag. 
+Emil er gået tidligt i seng, og Ludvig og Alhed har været en tur i byen. Næste dag skal de gennem Schwarzwald og overnatte i Luzern. Derefter St. Gotthardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+Deutsche Reichspost
+An
+in
+Wohnung
+(Strasse und Hausnummer)
+1193a
+[Håndskrevet på kortets forside:]
+Fru Laura Warberg
+Erikshaab - Højrup St Fyn
+Dänemark
+[Håndskrevet på kortets bagside:]
+Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
+Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
+Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
+Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
+  </si>
+  <si>
+    <t>Pisa 1 Decbr. 1910
+Kære Joh. V. og Else!
+Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
+Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
+Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
+Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
+Mange Hilsener til Børnene og Jer selv
+Eders hengivne
+Fritz Syberg
+Adr.
+Sig. Batoni Lorenzo
+Via Sancta [”Sancta” overstreget] Lucia 3
+Pisa</t>
+  </si>
+  <si>
+    <t>1925-08-10</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Grønland</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige
+Helsingør
+Godthåb</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Eiler Lehn Schiøler m.fl. er på Grønland for at lave forarbejde til bogværket danmarks Fugle. 
+Kirsten Rask er formodentlig et skib.</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Alhed Larsen og drengene tager til Helsingør med tog eller bil og videre derfra til Båxhult i Sverige.
+Brev 2:
+En kort hilsen, for Andreas skal til Odense med breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dcei</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Dette bliver saa den sidste lille Hilsen. Bare Du nu har faaet alle de Breve jeg har skreven til Dig, jeg mener dette er mindst det 9ende. Samtidig med dette har jeg sendt et til Godthaab, l [bogstavet overstreget] med Beskrivelse over hvad der er foregaaet siden i Forgaars hvor jeg jo sendte Dig et med Gertrud rask. – Det var noget Kludder jeg skrev i Forgaars med at blive søsyg paa Vejen op til Helsingør, vi tager jo derop med Tog eller Bil. Finns Fader har foreslaaet at vi skal tage sammen derop. – Lørdag d. 15nde rejser vi alle til Kjbn. med 7 ½ Bilen, hvis vi kan fortsætte til Sverige samme Efterm. ellers Søndag Morgen. Jeg glæder mig voldsomt til Båxhult, Lysse skal jo hjem til 1ste Sept. Men Puf og jeg bliver der nok noget længere. Naa, saa er der kun tilbage at ønske Dig en rigtig god
+[resten af brevet mangler]
+Kære Far.
+Du faar kun denne Hilsen fra mig denne Gang jeg skal nemlig til Odense med Brevene nu og har ikke vidst om denne Postforbindelse før.
+Hav det godt og paa snarlig Gensyn Puf.
+[Skrevet på højkant]:
+Lysse hilser, han er her ikke i Øjeblikket, men han skulde skrive.</t>
+  </si>
+  <si>
+    <t>1943-05-28</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Ejvind Højgaard
+Viggo Jastrau
+Christa Knuth
+Jeppe Larsen
+Johannes Larsen
+Marie Larsen
+Hans Storm
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, kasse 1, kuvert 5, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Tillykke med fødselsdagen til Christine Swane og tak for fødselsdagsgaven. Andreas Larsen forstår ikke, hvorfor Christine Swane er bange for at få bombet de billeder, som er udstillet i Ålborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RtHB</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:] KERTEMINDE, [håndskrevet:] 28 Maj [påtrykt tekst:] 194 [håndskrevet:] 3
+[Håndskrevet:] Kære Ugle.
+Tillykke paa Fødselsdagen! Og mange Tak for den dejlige Tobakspung; saadan en har jeg tit tænkt paa at jeg gerne vilde have, for den er meget bedre at stoppe Piben fra end saadan en, som jeg havde. Tak ogsaa for den lille røde Ridderspore; den har tabt de Blade, som den havde, da den kom, men har faaet 3 nye. Den staar endnu i en Potte i Vinhuset. Her var igaar en Maler som hedder Ejvind Højgaard, han kendte Dig, han havde siddet i Censurkommiten (eller Ophængerudvalget) for Efteraarsudstillingen sammen med Dig. Han kom forat træffe Far og tale med ham om Familien Storm; han er Nevø til Skipper Storm eller dennes Kone. Han bor i Søborg og jeg sagde det kunde være Du eller Ia kunde hjælpe ham med Oplysninger. Han er for Tiden i Nyborg for at male et Portræt. Han prøver at ringe hertil naar [overstreget: naar] inden han rejser hjem igen, for at høre om Far er kommet hjem. Hvis ikke kan det jo være at han henvender sig til Jer. Jeg kunde ikke finde finde ham i Jastraus Kunstnerleksikon, men det er maaske Jastraus Skyld, jeg tror nok Navnet er rigtigt. – Det er morsomt Du udstiller i Aalborg, bare Du nu vil sælge noget deroppe. Men hvorfor er Du saa bange for at Billederne skal blive bombede? De bomber vel ikke i Byen og desuden for Du jo Assurance for de Billeder, som bliver ødelagt.
+Far er for Tiden paa Lolland for at male et Billede til Grevinde Knuth paa Knuthenborg, hvor han bor.
+Mange Hilsen og Ønsker om en god Fødselsdag fra os alle her
+Din hengivne Puf. Hils Lasse og Ursula.
+[Håndskrevet på langs i venstre margen:] TILLYKKE FA THORA ANE [skrevet med spejlvendt N] OG JEPPE ER I SKOLE</t>
+  </si>
+  <si>
+    <t>1947-01-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Gonny Egeberg Jørgensen
+Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Hans von Levetzow</t>
+  </si>
+  <si>
+    <t>Larsens svigerinde kan enten være en af Alhed Larsens søstre eller hustruen til en af hans brødre.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for sikahjorten. 
+Vejret er ækelt. Larsen maler selvportætter. 
+Else og Andreas/Puf Larsen er i Odense med børnene, som skal have lavet navne på deres nye fyldepenne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sRGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[I højre side af kuverten:]
+Elisabeth Knuth
+Knuth Knuth
+Elisabeth Knuth
+[Over adressen tegning af et ansigt med ben]
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Jan. 1947.
+Kære Grevinde!
+Tak for Brevet med indlagte fra min Svigerinde som jeg herved returnerer. Damen paa hvis Aution hun købte Bogen var Enke efter en von Lewetzov som var Byfoged og Politimester her i Byen til Slutningen af 80aarene. Og Tusind Tak for Sikadyret som ankom i god Behold for et Par Dage siden. Jeg har det en hel Del bedre nu og kan gaa lidt omkring. I Dag har jeg været Haven rundt for første Gang. Men det er et ækelt Vejr synes jeg. Barfrost og stiv østlig Kuling. Jeg er lige begyndt at gøre lidt ved Selvportrætterne igen og sender Dit naar jeg bliver færdig med det. Ellers glæder jeg mig til at komme i Gang med det store Søbillede igen. Det er meget spændende om det vil lykkes mig at faa noget ud af det denne Gang. Else og Puf og Børnene er i Odense i Dag. De er ude for at faa sat Navn paa Deres Fyldepenne. Jeg gav dem hver sin i Julegave, for at blive fri for at sige Nej, hver Gang de spurgte om de maatte laane min. Mange Hilsner til Dig selv og de andre paa Knuthenborg.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1911-08-21</t>
+  </si>
+  <si>
+    <t>Anna Anna, pige i huset hos Brønsted
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Brevet lå i samme kuvert som 1911-08-20, Laura Warberg til Astrid Warberg-Goldschmidt. 
+Louise Brønsteds søster, Ellen Sawyer, og Ellens datter, Grethe, var på vej hjem fra Boston, hvor de havde boet nogle år. Ellens mand og barnets far, Harris Eastman Sawyer, var død, og enken og barnet tog derefter til Danmark. Laura Warberg rejste over Odense til Esbjerg for at tage imod de to. 
+Det vides ikke, hvem Fru Gj. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2632</t>
+  </si>
+  <si>
+    <t>Louise Brønsted håber for Ellen/Elles skyld på rolige forhold i England. Det er dejligt at have fået Anna hjem igen.
+Laura Warberg må selv afgøre, om hun vil komme til Louise og hjælpe med at sy. Alhed/Lomme har været i Rørvig og i Zoo. Rejsen hjem fra Rørvig var besværlig. Alhed/Lomme forærer ting, som hun har fundet på stranden væk. Nu regner det, og børnene leger livligt i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eXBg</t>
+  </si>
+  <si>
+    <t>21 - 8 – 11
+Kære Mor! Tak for Dit Brev og for Elles. Bare der nu bliver rolige Forhold i England inden hun naar saa langt. – Jeg har nu Anna hjemme igen; hun kom i Gaar; det er en Salighed; jeg vil ikke sige andet end at det var nu meget afhængig og hun den Tilværelse de næsten 5 Uger, jeg har været alene; det er henrivende at kaste noget af Anna og Bestillinger fra sig og tænke lidt paa andre Ting. Hvad angaar Dit Tilbud om at komme her før Elle, saa er det lidt vanskeligt for mig at svare paa. Jeg synes Du maa have det saa rart roligt hos Onkel Syberg, og maaske det heller ikke er saa overvældende, hvad der er af Sytøj; Foreløbig er jeg i Gang med de forhaanden værende Børns Udstyr; bla. skal Lomme have Buxer og Kjolen til sin Skolegang, af Hensyn til Gymnastikken – og der er jo altid noget. Saa jeg har endnu ikke haft Tid til at tænke paa den fremtidige; jeg har en Del, vel det meste, men tænker jeg ganske vist med nogen Rædsel paa de endnu ukøbte og usyede 40 Bleer. Hvis det altsaa absolut passer Dig, saa var det vist overordentlig heldigt for Roen under Elles Besøg, om Du kom her, bare nogle Dage før; saa tror jeg vi kunde faa meget til Side; Maskinen er i god Kondition, en Vask overstaas i denne Uge, Børnene i Gang med Skolen, saa der er nogenlunde Ro. Her er pænt i Haven, meget Frugt og mange Blomster, saa her kan vist være meget rart, hvis Vejret bliver godt. Jeg sidder og venter paa Lomme og hendes Fader; de skal komme med 10 Toget fra Rørvig, hvorhen Fru Gj. flyttede med Børnene, da hun ikke var tilfreds i Liseleje. Den Rejse dertil var mere indviklet, saa vi opgav den paatænkte store Tur med begge Børn – Bes erklærede sig mere end tilfreds med en zoologisk–Have–Tur i Stedet – og Moderen drog af Sted alene i Gaar. Lomme skal have længtes meget og blev vild af Glæde over sin elskede Far. Jeg skal nu ud at møde dem. 
+F [”F” overstreget] Tirsdag Fm. De kom saa først med næste Tog – 11 Toget – i Aftes! havde haft Rejsegenvordigheder med en Motorfærge, som var ophørt at gaa, saa de maatte tage privat Baad fra Rørvig til Frederiksværk; det havde været temmelig stærk Søgang, men Lomme havde klaret det uden Søsyge, og mødte straalende fornøjet over at være hjemme igen, brun og rask og belæsset med Gaver, opsamlede ved Stranden. Hun har nu ustandselig været optaget af Uddelinger; ogsaa en lille Spade og Skovl, hun havde faaet deroppe, blev foræret væk. Der var et rørende Gensyn mellem hende og de andre Børn i Aftes, og nu er der en livlig Legen gennem hele Huset i Dag – Regnvejr – som ikke virker særlig stimulerende paa Brevskrivning, men er fornøjelig og livlig efter den sidste ”stille Uge” med Hrpeter og Bes alene. – Ja som sagt, hvis Du synes, Du nok vil, saa er Du jo meget velkommen til Selskab og Nytte. Regnen i Dag er dejlig, men forhaabentlig bliver den ikke konstant, saa vi kan færdes og sidde meget ude. Mange Hilsner til Onkel Syberg og Dig fra os alle.
+Din Muk
+[Skrevet øverst på s1:]
+Jeg sender alligevel Elle Brev, at det ikke skal komme til noget her.</t>
+  </si>
+  <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
   </si>
   <si>
     <t>1930-10-08</t>
   </si>
   <si>
     <t>Louise Amstrup
 Erna Andersen
 Peter Eilschov
 Grethe Jungstedt
 Kurt Jungstedt
 Matilda Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Thøger  Larsen
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 Hannah -, pige i huset hos Louise Brønsted
 Mogens Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -1561,486 +2009,134 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
   </si>
   <si>
     <t>8/10 - 30
 Kæreste Lugge.
 Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
 Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
 2)
 lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
 Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
 I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
 3)
 at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
 Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
 4)
 jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
 Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
 Las har jeg kun lige set. -
 Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
 Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
 [Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
 [Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
-    <t>1936-10-26</t>
-[...387 lines deleted...]
-  <si>
     <t>1948-09-22</t>
   </si>
   <si>
     <t>Thora Cohn
 Dams Hotel
 Kai Grunth
 Sven Havsteen-Mikkelsen
 Hedvig Høst
 Oluf Høst
 Ville Jais Nielsen
 Johannes Jais-Nielsen
 Arne Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Bendt Rom
 Olaf Rude
 Finn Salomonsen
 Ane Talbot</t>
   </si>
   <si>
     <t>Biæderen er ej sjælden træk- og ynglefugl i Danmark.
 Jordsvaler: Digesvaler
 Det vides ikke, hvad fyrmesteren på Christiansø og amtmanden i Rønne hed. 
 Oluf Høsts "større Gaard inde i Landet" hedder Bognemark, og han malede den utallige gange. 
 Mesinebryggeren kendes ikke, og det vides heller ikke, hvem der var pige i huset hos Larsen-familien i sept. 1948.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Bornholm. På flyveturen dertil kunne han intet se pga. regn. Han tog ind på et hotel i Rønne, og her kom Arne Larsen og viste ham fotos af nogle biædere, som havde haft reder nord for Hasle. Dagen efter blev Larsen hentet af Olaf Rude, og de kørte ud og så biæderredehullerne. De næste dage besøgte de Hammershus og rundkirker samt flere byer og de var til middag med Oluf og Hedvig Høst samt Jais-Nielsen.
 Larsen var også en tur til Christiansø i dårligt vejr. Dagen efter spiste Larsen, Rude og Jais hos Høst i dennes dejlige hus, og Høst og Larsen var ved dennes gård (Bognemark). 
 I Rønne igen besøgte Larsen Amtmanden. Da Larsen kom frem til flyet, viste det sig, at der var overvægt, men en passager tilbød at vente til næste dag med at tage til København, og problemet blev derved løst. Udsigten fra flyet var denne dag fin.
 Larsen med familie har været i Odense og se et guldfund fra Midskov. De har også været på besøg hos Sven Havsteen-Mikkelsen på Taasinge, og han gav dem en skotsk hyrdehund fra et kuld hvalpe, som Johan/Puf tidligere havde set.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TrRn</t>
   </si>
   <si>
     <t>Kjerteminde 22 Septbr 1948.
 Kære Lysse!
 Tak for Dit Brev. Skønt jeg havde glædet mig til den Tur gennem Jylland til Göteborg og videre til Båxhult, passer det mig i Grunden helt godt at den ikke bliver til noget til Aar. Jeg kan trøste Dig med at vi ikke var samtidig i Kjøbenhavn, da Du var der var jeg allerede hjemme. Vi havde Besøg af Bent Rom da jeg bestemte mig til Turen og han tilbød at jeg kunde overnatte i hans Lejlighed, hvad jeg saa gjorde og fløj Dagen efter til Bornholm. Flyveturen var en Skuffelse da det var saa Regntykt at jeg ikke en Gang kunde se Saltholm og overhovedet ingen Ting saa før vi kom til Bornholm, hvor jeg tog ind paa Dams Hotel i Rønne og ringede til Olaf Rude der sagde at han vilde hente mig næste Formiddag. Jeg gik saa ind og satte mig for at spise og saa kom der en Lektor Arne Larsen, som Rude havde sendt hen for at han kunde fortælle mig om Biæderne. Der er jo sket det mærkelige at 2 Par Biædere, en sydeuropæisk Fugl der tidligere er skudt nogle Gange her i Landet, men ikke vides at have ynglet N for Alperne i de sidste 100 Aar, havde ynglet i en Grusgrav paa en Mark ved Kysten lidt N for Hasle. Lektor Larsen viste mig nogle Billeder af dem. Der var baade Flugtfotografier og Fotografier af de gamle i Hullerne og af en Unge som en Kat havde haft fat i, og som senere døde. Redehullerne var anbragt i en Jordsvalekoloni. Dagen efter kørte jeg saa med Rude til Allinge hvor han bor, og paa Vejen stod vi af og var henne at se paa den omtalte Grusgrav, hvor Biæderne havde lavet 8 Redehuller. De var rejst om Fredagen før jeg om Tirsdagen kom derover. Om Eftermiddagen kørte vi op til Hammershus og næste Dag var vi igen deroppe og se paa Ruinerne og om Eftermiddagen til en af de 4 Rundkirker Olsker. Forøvrigt kørte Rude mig 2 Ture hver Dag og jeg fik 2 Festmaaltider daglig. Næste Dag var jeg med Rude og hans Kone paa en lang Tur gennem alle Byerne paa Ø Kysten til Dueodde og over Aakirkeby hjem gennem Ekkodalen. Vi var til stor Middag hos Grunther der har bygget sig et Hus ved Gudhjem, sammen med Jais Nielsen og hans Kone og Høst og hans Kone; Saa var jeg alene en Tur til Christiansø, men uheldig med Vejret. Jeg havde Mad med og fik en Pilsner en Bitter og en Kop Kaffe paa en Beværtning og gik saa ud
 2
 for at se paa Øen, men saa var det blevet Regnvejr og regnede mens jeg var der. Da jeg havde gaaet den store Ø rundt gik jeg ind til Fyrmesteren er den øverste Toldmyndighed og hilste ham fra Finn Salomonsen Vi sad saa og snakkede ved en Cigar og et Par Glas Portvin og saa gik jeg den lille Ø rundt i Regnvejr og satte mig ned i Kahytten. Det var blæst op og Vinden lige imod saa der var en hel Del søsyge. Rude og Høst stod og tog imod mig i Gudhjem og Rude kørte mig saa hjem. Næste Dag var Rudes og Jais, hans Kone var rejst til en fin Middag hos Høsts der har et dejligt Hus i Gudhjem, med Have op ad Klippen Bokul hvor der er en lille Lystskov med en stor Dam og paa den anden Side ligger den Gaard som Høst altid maler og hvor han har Atelier for uden et i haven og et i Huset. Jeg var med Høst oppe i Bondegaarden. Desuden ejer han en større Gaard inde i Landet og har bygget en stor fin Biograf til sin Søn. Saa var jeg nogle flere Ture med Rude, bl.a. paa Rytterknægten og i Bastemosen, og i den største Rundkirke Øster Larsker. Onsdag 1 Septbr kørte Rude og jeg til Rønne og besøgte Amtmanden hvor vi fik The og Kager og senere en Cocktail. Rude og Amtmanden skulde med Damperen om Aftenen, mens jeg havde faaet Billet til Flyvemaskinen. Amtmandens Chaufør kørte mig ud til Flyvepladsen. Der var 6 Passagerer som der var Plads til, men da vi blev vejede viste det sig at der var Overvægt, og vi fik den Besked at enten skulde en af Passagererne trække sig tilbage eller ogsaa skulde al Bagagen sendes med Damperen. Det saa jo ikke godt ud. Min Rejsetaske var ulaaset, og jeg kunde jo ikke komme til Kjøbenhavn uden Hotelplads og uden Nattøj, saa jeg var forberedt paa at returnere til Rønne, da heldigvis en af Passagererne erklærede at hans Hjem Rejse godt kunde vente til Dagen efter. Saa kom vi da af Sted og skønt det var lidt diset kunde jeg dog se Vandet hele Tiden og det var morsomt at flyve over Skaane, der laa i Soldis med nogle gulranede Skyer forude og en vældig Tordenbyge med Nedbør til højre for os og Skanør og Falsterbo til venstre. Vi fløj fra Bornholm Kl 6,15 en Time efter i Kastrup og jeg naaede at faa 3 Stk Mad og en Fadøl paa Banegaarden. Traf Mesingebryggeren paa Færgen 
 3
 og kørte med ham hjem og var her Kl. godt 12. I Forgaars var vi allesammen i Odense for at se et Guldfund fra Midskov. En Gaardmand derude ryddede en Busk og fandt 7 Guldkar af samme Slags som dem fra Lavindsgaard og dem fra Boeslunde, Du ved dem med Hankene. Disse havde 3 haft [Tegning] Hanke der var brækkede af, men der 2-3 smaa Guldplader der havde været nittede paa og en del af en Guldtraad. Hankene havde været [hul i papiret]viklet med. I Gaar var vi alle sammen )x nede hos Svend Mikkelsen der har købt et Hus paa Taasinge i Troense. Vi fik en sort og en hvid skotsk Hyrdehund med hjem som Puf havde været med til at udvælge af et Kuld Hvalpe da de var derovre i Fjor, det er en Hanhund der hedder ”Glen” Vi har haft meget uroligt Vejr i den sidste Tid og en Mængde Frugt er blæst ned og i Dag trækker der nogle store Byger med Regn og Hagl. 
 Mange Hilsner Jeres JL.
 )x Else var ikke med da hun er forkølet og i Dag ligger vores Pige med et daarligt Ben.
 P.S.
 I faar en af Dagene en Invitation til Anes Konfirmation i October, som jeg haaber at I kan komme til
+JL.</t>
+  </si>
+  <si>
+    <t>1923-06-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Roskilde</t>
+  </si>
+  <si>
+    <t>Roskilde
+Eskildsø
+Lynæs, Hundested</t>
+  </si>
+  <si>
+    <t>- Friis
+Martha Friis</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen og laver forarbejde til bogværket De Danskes Øer. I denne bog bind 3 side 168-169 beskriver Achton Friis, hvordan hans kone og barn stiger ombord på skibet, og drengen begynder at blive søsyg i det dårlige vejr.</t>
+  </si>
+  <si>
+    <t>Fru Friis og Claus er kommet ombord. Larsen vil foreslå, at man besøger Roskilde Domkirke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eWMa</t>
+  </si>
+  <si>
+    <t>69-1
+[Håndskrevet i adressefeltet]:
+Fru Alhed Larsen
+Møllebakken
+Kjerteminde
+[I tekstfeltet]:
+Vi ligger her i Havnen og har faaet Fru Friis og Claus ombord skal vist tilbage til Eskildsø og til Lynæs i Aften. Det er et farligt Møgvejr. Vi foreslaa Friis at bese Domkirken i Stedet. Har omadresseret Forsendelser til Lynæs til poste restante. Her var ingen Ting. Mange Hilsner
 JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -2118,59 +2214,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZTPx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZTPx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M49"/>
+  <dimension ref="A1:M50"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2205,2198 +2301,2241 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...21 lines deleted...]
-      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>40</v>
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-[...6 lines deleted...]
-        <v>53</v>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...30 lines deleted...]
-      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>70</v>
-[...4 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>74</v>
-[...7 lines deleted...]
-        </is>
+        <v>47</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>48</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      <c r="F9" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...12 lines deleted...]
-        <v>86</v>
+      <c r="K9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L9" s="6" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>88</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>48</v>
-[...10 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>72</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F11" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>99</v>
-[...10 lines deleted...]
-        </is>
+        <v>74</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="M11" s="5"/>
+        <v>78</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>82</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>110</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="H14" s="5" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>127</v>
+        <v>55</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>109</v>
-[...9 lines deleted...]
-        </is>
+        <v>56</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>133</v>
+        <v>56</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>134</v>
-[...4 lines deleted...]
-        </is>
+        <v>106</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>140</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>58</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="M17" s="5"/>
+        <v>127</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>130</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>121</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>155</v>
-[...9 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>148</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I20" s="5"/>
       <c r="J20" s="5" t="s">
-        <v>63</v>
+        <v>149</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>148</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I21" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I21" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>156</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="M21" s="5"/>
+        <v>158</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>58</v>
-[...14 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="M22" s="5"/>
+        <v>168</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="23">
-      <c r="A23" s="5" t="s">
-        <v>176</v>
+      <c r="A23" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>38</v>
+        <v>130</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="s">
-        <v>178</v>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>63</v>
+        <v>133</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>58</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-        </is>
+        <v>177</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="M24" s="5"/>
+        <v>180</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>38</v>
-[...12 lines deleted...]
-        <v>188</v>
+        <v>120</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>63</v>
+        <v>125</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>38</v>
+        <v>130</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>196</v>
-[...5 lines deleted...]
-        <v>197</v>
+        <v>121</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>63</v>
+        <v>133</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>204</v>
-[...12 lines deleted...]
-        <v>205</v>
+        <v>120</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>208</v>
+        <v>125</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>58</v>
-[...14 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>201</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H28" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="M28" s="5"/>
+        <v>206</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>207</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="M29" s="5" t="s">
         <v>216</v>
-      </c>
-[...30 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>218</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>225</v>
-[...10 lines deleted...]
-        </is>
+        <v>219</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>222</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>229</v>
-      </c>
-[...13 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="J32" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>237</v>
       </c>
-      <c r="F32" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>245</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="s">
-        <v>245</v>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>245</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="K35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="M35" s="5"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="L35" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>255</v>
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>258</v>
+        <v>250</v>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K36" s="5" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>250</v>
+      </c>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-        <v>265</v>
+        <v>250</v>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K37" s="5" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>250</v>
+      </c>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>270</v>
-[...5 lines deleted...]
-        <v>272</v>
+        <v>257</v>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K38" s="5" t="s">
-        <v>273</v>
+        <v>254</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>254</v>
-[...9 lines deleted...]
-        </is>
+        <v>261</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>106</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>282</v>
+        <v>267</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>283</v>
+        <v>268</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>284</v>
+        <v>269</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>204</v>
+        <v>270</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>16</v>
+        <v>261</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>17</v>
-[...9 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>272</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="I40" s="5"/>
+        <v>273</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>274</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>291</v>
+        <v>55</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>17</v>
+        <v>280</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
       <c r="D42" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="E42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="J42" s="5" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>58</v>
+        <v>298</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F43" s="5" t="s">
-        <v>292</v>
-[...4 lines deleted...]
-        </is>
+        <v>299</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>300</v>
       </c>
       <c r="H43" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K43" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="M43" s="5" t="s">
         <v>305</v>
-      </c>
-[...13 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>291</v>
+        <v>261</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>121</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="M44" s="5" t="s">
         <v>311</v>
-      </c>
-[...13 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>291</v>
+        <v>120</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>292</v>
+        <v>122</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="M45" s="5" t="s">
         <v>317</v>
-      </c>
-[...13 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>55</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="L46" s="6" t="s">
         <v>323</v>
       </c>
-      <c r="I46" s="5" t="s">
+      <c r="M46" s="5" t="s">
         <v>324</v>
-      </c>
-[...10 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>82</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>329</v>
       </c>
-      <c r="I47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>330</v>
       </c>
-      <c r="J47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K47" s="5" t="s">
+      <c r="M47" s="5" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>291</v>
-[...5 lines deleted...]
-        <v>292</v>
+        <v>82</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="I48" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>336</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>337</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>339</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>254</v>
+        <v>130</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
         <v>340</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>341</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>258</v>
+        <v>133</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>342</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>343</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>344</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>353</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -4406,44 +4545,45 @@
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
+    <hyperlink ref="M50" r:id="rId55"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>