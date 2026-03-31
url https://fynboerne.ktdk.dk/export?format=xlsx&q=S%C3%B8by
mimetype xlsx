--- v2 (2026-02-08)
+++ v3 (2026-03-31)
@@ -3,180 +3,642 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="354" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="514" uniqueCount="362" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1921-08-22</t>
+    <t>1889-08-16</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Lundeborg</t>
+  </si>
+  <si>
+    <t>Lundeborg Havn, 5874 Hesselager, Danmark
+Langtved 5540 Ullerslev
+København
+Vor Frue Kirke Kalundborg
+Ullerslev</t>
+  </si>
+  <si>
+    <t>Cathrine -
+Dora -
+Line -
+Christiane  Dragsted
+Emilie Dragsted
+Margrethe  Eckardt
+Christian   Elling
+- Gad, Frøken
+Marie Jensen
+Marie Kjellmann
+Adolph Larsen
+Augusta  Larsen
+Dorthea Larsen
+Helga Larsen
+Johanne  Larsen
+Martha Larsen
+Urban Larsen
+Vilhelm Larsen
+Aage Larsen
+Urban Larsen, søn af Anders Urban Larsen
+Clara Lindberg
+Dagmar Lindberg
+Elisabeth Lindberg
+Helge Møller
+Anna Schytte
+Laurits Thomsen
+Sofie Vest</t>
+  </si>
+  <si>
+    <t>Faster Mine er Vilhelmine Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Christine er hos sin farbror i Lundeborg. Familien i Kerteminde har haft og skal have besøg af en del bekendte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GpwX</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 16. August 1889
+Kjære lille Dine!
+Mange Tak for dit Brev i dag det er jo dejligt at høre lille Uba gjerne vil beholde Eder – og at hans Forældre er af samme Mening viser jo at de ikke er ked af I smaa Vrøvlehoveder – jeg har talt med Jomfruen hun skal nok passe godt paa Eder paa Onsdag; mon det nu bliver godt Vejr – for her blæser det slemt i disse Dage. Vilhelm skal nok hilse Farvel i Telefonen – men vil Du ikke nok kalde paa os for Du har dog bedre Tid til at vente eller komme igjen end jeg har.
+Lindbergs er her og kommer her i Morgen til Middag og bliver hele Dagen
+Elisabeth er spillende kan Du tro her og Dagmar skal spille nogle Musikere sammen her, Emilie og Christiane Dragsted kommer op at høre derpaa de reise herfra Mandag eller Tirsdag for Frøken Gad kommer hjem en af Dagene
+The og de andre to Cousiner talte meget om at de vilde derned Tirsdag men det veed jeg ikke noget om for jeg har ikke talt med Faster Hanne hun var saa søsyg paa Rejsen over og fra Kjøbenhavn at hun vist ikke sejler for det første…
+I aftes fik vi indavlet og da det regnede stærkt imorges – bleve vi rigtig glade at Hessene vare dækkede og kommen istand til at modstaa Regnskyl
+Hils nu Faster og Farbroder Kys de smaa Drenge fra Faster Mine
+paa Søndag Aften rejser Vilhelm og støder sammen med Helge Møller i Ullerslev – 
+hils ogsaa Marie og Charthrines gamle Thomsen og Jomfru Vest
+Line kjender jeg jo ogsaa – 
+Nu skal jeg hen at skrive til Margrethe og Marie Eckardt hun bliver saa i Kallundborg i Vinter hos Ellings
+Fruen vil give hende Løn og meget mere bare hun vilde blive –
+Lev vel kjære lille Dinemor – til vi sees 
+Din Moder
+Kjerteminde d. 16/8 1889
+Kjære Christine!
+Du skal ikke være kjed af at Du ikke kom med Dampskibet i Onsdags, for naar I morer Jer dernede er det godt at I bliver der lidt længere; I maa jo ogsaa sagtens kunne more Jer naar I kommer ud at køre og I har de smaa Drenge at lege med og det kan jo snart blive Onsdag saa kommer Du hjem, og bagefter kan Du tro er Du mest glad ved at have været der i 14 Dage. Jeg skal hilse Dig mange Gange fra Anna Schytte jeg morede mig udmærket derovre vi var ude næsten hver Dag, naar Du kommer hjem skal jeg fortælle Dig hvor vi var henne.
+Margrethe kommer enten paa Onsdag altsaa samme Dag som Dig, eller ogsaa paa Torsdag. I Onsdags var Adolph Dora og jeg med henne i Langtved, efter et Læs Korn, vi havde Kurve med og vilde have haft nogle Æbler og Blommer med hjem, men de var ikke helt modne, der er en forfærdelig Bunke Blommer, naar Du kommer skal vi en Dag derhen og plukke dem.
+Hils endelig Uba og Aage fra Mie og alle de andre Farbror, Faster, Sofie Vest, Marie og Catrine og Dig selv ikke at forglemme.
+Mor Jer godt og vær rigtig glade.
+Din hengivne Søster Marie.
+Thomsen maa Du ogsaa hilse jeg kan knap huske dem alle sammen, men nu tror jeg ikke at der er flere.</t>
+  </si>
+  <si>
+    <t>1893-08-17</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
+  </si>
+  <si>
+    <t>1894-02-08</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
+Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
+  </si>
+  <si>
+    <t>Emil og Ludvig Brandstrup samt Alhed er nået til Frankfurt am Main. Der var søgang på turen fra Korsør til Kiel. I Kassel har de spist middag. 
+Emil er gået tidligt i seng, og Ludvig og Alhed har været en tur i byen. Næste dag skal de gennem Schwarzwald og overnatte i Luzern. Derefter St. Gotthardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+Deutsche Reichspost
+An
+in
+Wohnung
+(Strasse und Hausnummer)
+1193a
+[Håndskrevet på kortets forside:]
+Fru Laura Warberg
+Erikshaab - Højrup St Fyn
+Dänemark
+[Håndskrevet på kortets bagside:]
+Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
+  </si>
+  <si>
+    <t>1895-09-05</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne Christine Brandstrup
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg, Albrechts far
+Peter Whidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg besøgte sin søster og svoger i Snøde. Albrecht Warberg boede ofte på Tre Hjorte, når han var i behandling for sin astma i København. 
+Emil Brandstrup havde tuberkulose.
+Warberg-familien kendte flere, der hed Thora. Thora, der skal hjælpe med at købe konfirmationsgave, kan ikke være den samme som konfirmanden, Thora/Tutte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0349</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil rejse hjem med sin mor og derefter vende tilbage til Snøde. Hun bader og går lange ture. Caspersen går dårligt, men han er i godt humør. Om søndagen kommer børnene hjem fra Odense. 
+Thora vil hjælpe med at købe gave til Thora/Tuttes konfirmation. Måske et sybord. 
+På vej til Langeland havde Laura Warberg ventetid i Odense, og hun fik set sine fire børn. Johanne/Junge kom også med godter. Laura blev søsyg under overfarten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CTeU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+p.t. Tre Hjorte
+Vestergade 
+Kjøbenhavn K. 
+[Øverst tilføjet med blyant:] ”sept. 1895”.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde – Onsdag d: 4de
+Kjæreste Abba!
+Det er jo trist, at Emil ikke har det godt, vi har intet fortalt Mor derom. Jeg var saa nysgerrig efter at vide, hvad du skulde have rejst hjem for, men nu faaer jeg det vel at vide naar jeg kommer hjem? Du vil forbauses over at høre at jeg paa Fredag Efterm. rejser hjem med Mor som saa vil tage sig af lidt af alt hjemme, mens jeg rejser herover igjen og bader og spadserer en Uge til. Vandet og Badene er saa henrivende, jeg naaer at faae 6 Bade i denne Uge, desuden spadserer jeg lange Ture paa 2 Timer om Formiddagen enten med Hanne eller med Thora om Efterm. gaaer Mor og de andre 2 Timer til Bad, Caspersen plejer saa at komme cyclende ned efter os. Om Aftenen i dette dejlige Maaneskin gaaer vi ogsaa lidt ud, forleden om ad lille Snøde, iaftes henne hos Peter Hvidt, en pæn Gaardmandsfamilie, Konen viste os en Masse gamle Sager og trakterede os med det lifligste gamle Øl, jeg nogensinde har smagt; jeg fik lidt at vide om Tilberedningen, skal gjemme de to Cognacsankere til det. Caspersen gaaer ganske langsomt ved en Stok, han kom om efter os. Han er trods nogen Daarlighed i Benene i rigtig godt Humør, driller Mor og gjør Løjer, er saa fredelig og rar, som jeg ikke i mange Tider har set ham. Nu kan han cycle igjen. De var meget villige til at beholde mig 14 Dage, men at have Mor ogsaa al den Tid, syntes jeg var saa meget for dem, de har jo været saa mange iaar. Jeg bad saa Mor rejse hjem og styre Huset, men hun vilde ikke høre noget herom, og da jeg saa har Returbillet til Svendborg som blev spildt hvis jeg blev, saa besluttede jeg at tage med hende og saa komme igjen paa Mandag og blive til næste Mandag. September Badene er jo saa styrkende. Saa kommer de jo desuden hjem allesammen fra Odense; Christine Muks og Dede paa Søndag. Asier faaer jeg hjem med fra Hanne, vi har ingen iaar. Imorgen giver Thora en Køretur ud på Hou, vi skal have Aftensmad med, jeg glæder mig over alle de dejlige Ture. Bare nu Vejret vil holde sig, idag blæser det en Del og ser meget ud til Torden. Thora rejser til Kbh. paa Søndag , hun har lovet at være behjælpelig enten Dig eller Pelle, naar denne kommer til Byen, med at kjøbe noget til Tuttes Konfirmation. Hvad siger Du om et pænt Sybord?? Du maa endelig svare herpaa, saa skal jeg skrive til Thora om at gaae om til Dig en Dag og tale om det, vi kan vel ikke give mindre end 25 Kr? Syberg har jo givet alle vore Gulduhre. Da jeg i Lørdags skulde vente 3 Timer paa Rejsen herover, tog jeg i Ringe Billet til Odense, - 1 Kr. 3 Klasse – og fik set alle 4 Børn. Christine boer nydeligt 5 Min. Gang fra den store Banegaard, paralelt med Latinskolen er H. Tavsensgade. C. og jeg gik hen til Muks, der er meget glad ved al sin Læsning og ikke synes det er svært; hun gik med os forbi Latinskolen Kl. 1, hele første Klasse kom ud og skulde til Læsning, vi fulgtes med Dede ud til Vestergade, saa til Banegaarden hvor Junge tog med mig med en Pose Rejsegodter, de vidste alle, at jeg vilde komme, jeg fik meget udrette og set paa de 1 ½ Time, jeg havde Smørrebrød med. Var søsyg over, men dog ikke slemt. 
+[Skrevet langs sidste sides venstre kant:]
+Ja nu Farvel søde Ven! Alle her hilser Dig! Kærlig Hilsen fra Din Smaa.
+[Skrevet langs første sides højre kant:]
+Hvis Du sender Brev af paa Søndag skal det være lidt tidlig paa Dagen ellers faaer jeg det ikke før Tirsdag.
+[Skrevet langs første sides venstre kant:]
+Imorgen skal de alle til Tranekær, saa bliver vi kjørt ned til Aasø.</t>
+  </si>
+  <si>
+    <t>1895-11-18</t>
+  </si>
+  <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
-[...9 lines deleted...]
-    <t>Victor Bøttern
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Odense
+Søbysøgaard</t>
+  </si>
+  <si>
+    <t>Swanza -
+Trine Johans
+Johanne Christine Larsen
+Karl Madsen
+Otto Emil  Paludan
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
+Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
+Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alhed bøger.
+Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
+Alhed ligger syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P7PO</t>
+  </si>
+  <si>
+    <t>Erikshaab – 18/11 – 95
+Kære Las! Vil De hilse ”Swanza”
+Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
+- Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
+Alhed Warberg
+Adis sender Hilsen
+Mange Hilsner fra Johanne</t>
+  </si>
+  <si>
+    <t>1896-09-16</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Johanne Caspersen
+Niels Elgaard Amstrup
+Hanne Langkilde
 Alhed Larsen
-Andreas Larsen
-[...14 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/VbcX</t>
+Christine  Mackie
+Otto Emil  Paludan
+- Rottbøll, Fru
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Wilhelmine Berg/Tante Mis, drev et pensionat i Gothersgade 129, København. 
+"Klokken tager paa at hjælpe": Albrecht Warberg var jævnligt i behandling for sin astma i en såkaldt luftklokke på en klinik i København. 
+Søholm ved Glamsbjerg har siden slutningen af 1700-tallet tilhørt slægten Rantzau. Kilde: Lex.dk.
+Fru Brand(t) var formodentlig gift med præsten Martin Brandt.
+Det vides ikke, hvem Heinrich og Anna var. Warberg-familien kendte flere, der hed sådan. 
+Familien kendte også mange, der hed Caspersen, og det er uklart hvem af dem, der skulle tilbydes Wilhelmine Berg/Tante Mis' pensionat. 
+Hvem, der er blevet forlovet, kan ikke afgøres. 
+Det er vanskeligt at læse navnet på den person, som Albrecht Warberg skal hilse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0223</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7ySA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. 
+Godsforvalter cand jur. Warberg
+Gothersgade 129-4.
+København K.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag d:16de
+Kæreste Abba!
+Jeg har været gaaende med Alhed i Højrup og nu har jeg kun 3 Kuverter at skrive i; Elle havde jeg tiltænkt Brev ogsaa, men hun maa saa vente til Alhed kommer paa Fredag Aften Kl. 8. Som den Unge glæder sig! Jeg misunder Eder den Fornøjelse det vil blive at vise hende København første Gang. Brandt skrev i Gaar, at hun glæder sig til at have hende, hun faar saa lidt Proviant og Lagner med derind. I Aftes havde vi Gjelskovs til The vi fik dejlige Rødspætter fra Faaborg og da en Kylling med daarligt Ben havde maattet lade Livet, havde vi Mad, som Syberg maatte spise. Paa 2½ Time fik Alhed alt lavet og stegt og saa kom Doktoren, som vilde besøge Syberg, herned ogsaa. De var i meget godt Humør alle sammen, gl. ”Der” rejser paa Fredag til Søholm. I Dag er Syberg og Thora kørt lige til Faaborg med Vogn alene to, han skulde i Retten om den Lærling. Nu har Syberg det meget bedre og ser ogsaa raskere ud, end de første Dage, siger ogsaa selv, at han befinder sig bedre her, spiser og sover bedre end i Karlsbad. Han lader høre fra sig, naar han har faaet Hestene. Frøken Sperling kom hjem i Mandags for at lægge sig til Sengs for en Forkølelse, men vil rejse igen paa Lørdag om mulig. Paludan var der i Gaar. Skovhegnet har han endnu ikke hørt om, mener det bliver først sidst i Maaneden. Gid du kunde blive lidt længere dernede nu da Klokken rigtig tager paa at hjælpe. Greven er i Dag rejst til Holsten at begrave en Broder til Grevinden, der er død uden nogen Sygdom, at de vidste noget om ial Fald. I Lørdags blev Fru Brand begravet i Søby. Bedstemor og jeg kørte derover i Landaueren, der var meget faa Mennesker, Fru Langkilde Oluffa Brandt fra Odense og nogle Niecer af gamle Præst samt et ungt Par, der fulgte med Heinrich og Anna og en ung Kone, en halv Snes Gaardmænd med Koner, - det var alt, jo Amstrups naturligvis. Marie havde Krands og jeg Blomster med til Mimmis Grav paa Tilbagevejen. Pastor Wittrup holdt en lille men ganske net Tale, hans Kone og Datter var der ogsaa. Jeg havde faaet Brev fra Anna om Dødsfaldet, hun var meget bedrøvet. Fru B. var kun syg 2 Dage af Lungebetændelse, gamle Præst kan ikke rigtig fatte, at hun er borte. – Det er dog rigtig elendigt med den Forlovelse derinde hos Eder! Jeg vil da haabe, at Mis først tilbyder Caspersen Pensionatet, hvis hun vil afhænde det. C. havde jo sagt til Hanne da Mis fik det at det kunde de have brugt. Du skal ellers se, at Forlovelsen gaar overstyr igen. – I Søndags var vi alle paa Gjelskov til Chokolade Kl. 3 og til Aften. Vi manglede kun lille Pelle i de 8, der sad sammen ved Bordet. Syberg var uhyre snaksom, fortalte en Del om sin Rejse. Vi har alle faaet Brocher, Elle skal ogsaa have en sendt, han var saa glad ved hendes Brev og Portræt; Dede skal have en Naal. Christine var saa rask denne Gang Muk og Dede blev af Syberg kørt til Højrup Kl. 9, de skulde have gaaet ellers; Chr. cyklede næste Morgen til Sollerup og Alhed fulgte hende for med det samme at høre hos Skovfogeden, om vi maa plukke Brombær. Jeg haaber snart at høre fra Moder, hun var noget ængstelig tilmode over den Forlovelse, bliver vel heller ikke glad ved at faa den paa nært Hold. Du er vel fornøjet med mine Breve. Du forbauser mig ved at skrive ”pluselig” – og ”Brennenelle” – er det maaske moderne Skrivemaade? Vil Du hilse gamle Soldris, det er da morsomt, at Du er gode Venner med Pensionær. Ja, men Farvel søde Ven! Hils min Pelle og ellers hvem Du vil.
+Kærlig Hilsen fra Din 
+Smaa.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
+  </si>
+  <si>
+    <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
+Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
   </si>
   <si>
     <t>[Fortrykt:]
-Søby Hotel Søby, den..........19
-[...15 lines deleted...]
-    <t>22. aug. 1921</t>
+Postvæsenets logo 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrift:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne  Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
+  </si>
+  <si>
+    <t>Laura Warberg kom frem uden søsyge. 
+Louise skal til eksamen i kemi.
+Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
+Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P2tE</t>
+  </si>
+  <si>
+    <t>[Fortrykt: Postvæsenets logo] 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrevet:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
+    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...27 lines deleted...]
-    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
@@ -205,682 +667,107 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1921-08-27</t>
-[...306 lines deleted...]
-  <si>
     <t>1903-04-16</t>
   </si>
   <si>
     <t>Valby</t>
   </si>
   <si>
     <t>Svend Hammershøi
 Karl Schou
 Marie Schou
 Fritz Syberg
 - Søborg</t>
   </si>
   <si>
     <t>Haven = Zoologisk Have. Larsen maler tilsyneladende et udendørs motiv her og muligvis også indendørs hos påfuglene.
 Artiklen: Fritz Syberg (Baronen) har bedt Larsen aflevere en anmeldelse af den frie Udstilling i Politikens Hus (se Larsens forrige brev til Alhed).</t>
   </si>
   <si>
     <t>Johannes Larsen maler i Zoologisk Have og spiser sin frokost inde hos påfuglene. Han har lagt Fritz Sybergs artikel i postkassen hos Politiken. 
 Johannes Larsen sover meget om natten, for han opholder sig længe i frisk luft hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FhmC</t>
   </si>
   <si>
     <t>Valby 16 April 1903.
 Min egen Kæreste!
 I Dag havde jeg det nogenlunde i Haven, jeg frøs ikke, men blev slemt afbrudt af Byger, men efter at jeg er gaaet derfra ved 3 Tiden har det været et dejligt Solskin saa jeg haaber paa det bedste for i Morgen. Det gaar godt fremad med Billedet synes jeg. Lille Slav var i Haven i dag og bød mig ud paa en Kop Kaffe. Jeg har lagt Baronens Artikel i, Politikens Brevkasse, da der ikke var aabent i Morges da jeg gik i Haven jeg skrev til dem om at sende mig den hvis den ikke kom i Bladet og hvis den gjorde det et Korrekturark. Nu er jeg spændt paa hvad de gør med den, det Bæst Søborg skal vel bestemme det. De to sidste Nætter har jeg sovet mine 10 Timer i Træk og kan næsten ikke vaagne om Morgenen men jeg er jo ogsaa i Luften næsten hele Dagen. Jeg spiste 2 blødkogte Æg til Kaffen og faar Smørrebrød med som jeg spiser inde hos Paafuglene. Jeg skal hilse fra Schous. Mange Hilsner
 Din
 Johannes Larsen</t>
   </si>
   <si>
-    <t>1921-07-20</t>
-[...246 lines deleted...]
-    <t>Mads Rasmussen</t>
+    <t>1903-04-20</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
-  </si>
-[...18 lines deleted...]
-    <t>1903-04-20</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Brockdorff, som Fritz nævner i brevet, er en lille hovedgård, som er dannet i 1785 af Wilhelm Theophilus von Stieglitz-Brockdorff til Scheelenborg. Brockdorff var en avlsgård under Scheelenborg Gods til 1980. Gården ligger på halvøen Hindsholm i Stubberup Sogn, Bjerge Herred, Kerteminde Kommune.</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
   </si>
   <si>
     <t>Fritz er ude at sejle omkring halvøen Hindsholm ved Kerteminde. Det har været blæsevejr, og han nåede at blive lidt søsyg undervejs. Han ved ikke, hvornår han kommer hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/09Vc</t>
   </si>
   <si>
     <t>[Anført i blyant]: 20-4-1903
 Kære lille Høns!
 Du skal slet ikke ængste Dig. Du ved at jeg er forsigtig. Jeg har ellers havt nogle slemme "Wiederværdigheder". Først havde Kjertemindetoget med den Expedithed som udmarker alt fra denne By, ladet mit Tøj blive i Kjerteminde, så jeg først fik det næste Dag. Båden fik jeg også først ud næste Dag (Lørdag) og om Aftenen blev det Storm. Og fra Lørdag Aften til Mandag Middag har jeg havt det som en Flue i en Flaske.
 Jeg er blevet kastet rundt så det er noget umanerligt. I halvandet Døgn holdt jeg mig frisk men d jeg var nået Mandag Kl. ca 8 om Morgenen følte jeg Søsygens Kvaler og kastede så meget som en Tekop Væske op der nærmest lignede rent Vand. Fiskerne havde en Båd som var dreven ned til Brockdorff. Den var de ude at hente hjem i Dag. De spaserede over Land ned til den og på Tilbagevejen Kl. 12. kom de over til mig, jeg lå ovre under Mejlø, og tog mig med i Land. At gå i Prammen var det samme som at gå tilbunds så det begyndte jeg slet ikke på. Desuden sprang Fangelinen på Prammen i Aftes og den gled til Mejlø medførende min Vanddunk. Prammen var fuld af Vand men både den og Dunken "hvalflød" Såsnart Vejret bedager sig skal jeg ud at lede mine Sager op. Jeg kunde jo måske nok komme hjem i Aften men vil hellere vente til næste Søndag (eller en anden Dag) da det passer bedre. Jeg har været lidt ængstelig for at min Fangeline skulde briste for når Båden kom op med Snuden i Vejret og der så kom en Sø sættende ind på Bunden af den, fik den jo nogle Stød så det rystede i hele Kassen. Men Linen holdt for den er ny og jeg har surret den forsvarligt fast og Ankeret bider sig så fast i Bunden så den ikke er drevet en Tomme. Det Anker vækker alle Fiskernes Beundring herude. Farvel, kys de søde Unger og vent mig når Du mindst venter det. "Her er inte farligt men bara roligt"
 Et Kys fra Din Fritz.</t>
   </si>
   <si>
     <t>1905-04-12</t>
@@ -942,448 +829,877 @@
 Poststempel. 
 [I brevet:]
 St Pauli Kyrkogata 19, Malmø 12te April 1905
 Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
 I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
 Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
 Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
 Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
 Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
 – Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
 II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
 Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
 Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
 II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
 Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
 -. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
 Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
 Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
 --- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
 Selv hilses Du kraftigt fra Alfred og hans Kone.
 p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
 [Skrevet på hovedet øverst side 1:]
 Det er Onkel Sybergs Fødselsdag i Dag.</t>
   </si>
   <si>
+    <t>1910-06-15</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg, at maleret "Nadveren" og det store søbillede er afsendt med vogn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZTPx</t>
+  </si>
+  <si>
+    <t>15 Juni 1910
+Herr Kunstmaler Fritz Syberg,
+Tak for Deres venlige Brev. Med Vognene i Dag er "Nadveren" gaaet og det store Søbillede.
+Med venlig Hilsen og paa Gensyn i Faaborg forbliver jeg
+Deres forbundne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
+Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
+Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
+Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
+  </si>
+  <si>
+    <t>Pisa 1 Decbr. 1910
+Kære Joh. V. og Else!
+Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
+Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
+Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
+Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
+Mange Hilsener til Børnene og Jer selv
+Eders hengivne
+Fritz Syberg
+Adr.
+Sig. Batoni Lorenzo
+Via Sancta [”Sancta” overstreget] Lucia 3
+Pisa</t>
+  </si>
+  <si>
+    <t> 7. aug. 1911</t>
+  </si>
+  <si>
+    <t>Degn Brøndum</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på cykeltur i Jylland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/b99kBWn9</t>
+  </si>
+  <si>
+    <t>1911-08-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Anna Anna, pige i huset hos Brønsted
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Brevet lå i samme kuvert som 1911-08-20, Laura Warberg til Astrid Warberg-Goldschmidt. 
+Louise Brønsteds søster, Ellen Sawyer, og Ellens datter, Grethe, var på vej hjem fra Boston, hvor de havde boet nogle år. Ellens mand og barnets far, Harris Eastman Sawyer, var død, og enken og barnet tog derefter til Danmark. Laura Warberg rejste over Odense til Esbjerg for at tage imod de to. 
+Det vides ikke, hvem Fru Gj. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2632</t>
+  </si>
+  <si>
+    <t>Louise Brønsted håber for Ellen/Elles skyld på rolige forhold i England. Det er dejligt at have fået Anna hjem igen.
+Laura Warberg må selv afgøre, om hun vil komme til Louise og hjælpe med at sy. Alhed/Lomme har været i Rørvig og i Zoo. Rejsen hjem fra Rørvig var besværlig. Alhed/Lomme forærer ting, som hun har fundet på stranden væk. Nu regner det, og børnene leger livligt i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eXBg</t>
+  </si>
+  <si>
+    <t>21 - 8 – 11
+Kære Mor! Tak for Dit Brev og for Elles. Bare der nu bliver rolige Forhold i England inden hun naar saa langt. – Jeg har nu Anna hjemme igen; hun kom i Gaar; det er en Salighed; jeg vil ikke sige andet end at det var nu meget afhængig og hun den Tilværelse de næsten 5 Uger, jeg har været alene; det er henrivende at kaste noget af Anna og Bestillinger fra sig og tænke lidt paa andre Ting. Hvad angaar Dit Tilbud om at komme her før Elle, saa er det lidt vanskeligt for mig at svare paa. Jeg synes Du maa have det saa rart roligt hos Onkel Syberg, og maaske det heller ikke er saa overvældende, hvad der er af Sytøj; Foreløbig er jeg i Gang med de forhaanden værende Børns Udstyr; bla. skal Lomme have Buxer og Kjolen til sin Skolegang, af Hensyn til Gymnastikken – og der er jo altid noget. Saa jeg har endnu ikke haft Tid til at tænke paa den fremtidige; jeg har en Del, vel det meste, men tænker jeg ganske vist med nogen Rædsel paa de endnu ukøbte og usyede 40 Bleer. Hvis det altsaa absolut passer Dig, saa var det vist overordentlig heldigt for Roen under Elles Besøg, om Du kom her, bare nogle Dage før; saa tror jeg vi kunde faa meget til Side; Maskinen er i god Kondition, en Vask overstaas i denne Uge, Børnene i Gang med Skolen, saa der er nogenlunde Ro. Her er pænt i Haven, meget Frugt og mange Blomster, saa her kan vist være meget rart, hvis Vejret bliver godt. Jeg sidder og venter paa Lomme og hendes Fader; de skal komme med 10 Toget fra Rørvig, hvorhen Fru Gj. flyttede med Børnene, da hun ikke var tilfreds i Liseleje. Den Rejse dertil var mere indviklet, saa vi opgav den paatænkte store Tur med begge Børn – Bes erklærede sig mere end tilfreds med en zoologisk–Have–Tur i Stedet – og Moderen drog af Sted alene i Gaar. Lomme skal have længtes meget og blev vild af Glæde over sin elskede Far. Jeg skal nu ud at møde dem. 
+F [”F” overstreget] Tirsdag Fm. De kom saa først med næste Tog – 11 Toget – i Aftes! havde haft Rejsegenvordigheder med en Motorfærge, som var ophørt at gaa, saa de maatte tage privat Baad fra Rørvig til Frederiksværk; det havde været temmelig stærk Søgang, men Lomme havde klaret det uden Søsyge, og mødte straalende fornøjet over at være hjemme igen, brun og rask og belæsset med Gaver, opsamlede ved Stranden. Hun har nu ustandselig været optaget af Uddelinger; ogsaa en lille Spade og Skovl, hun havde faaet deroppe, blev foræret væk. Der var et rørende Gensyn mellem hende og de andre Børn i Aftes, og nu er der en livlig Legen gennem hele Huset i Dag – Regnvejr – som ikke virker særlig stimulerende paa Brevskrivning, men er fornøjelig og livlig efter den sidste ”stille Uge” med Hrpeter og Bes alene. – Ja som sagt, hvis Du synes, Du nok vil, saa er Du jo meget velkommen til Selskab og Nytte. Regnen i Dag er dejlig, men forhaabentlig bliver den ikke konstant, saa vi kan færdes og sidde meget ude. Mange Hilsner til Onkel Syberg og Dig fra os alle.
+Din Muk
+[Skrevet øverst på s1:]
+Jeg sender alligevel Elle Brev, at det ikke skal komme til noget her.</t>
+  </si>
+  <si>
+    <t>1914-1</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+- Gjerulff
+Bodild Holstein
+Grethe Jungstedt
+Alhed Larsen
+Leo Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sjamsk: Utilpas. På jysk dialekt bruges ordet jamsk. På Sjælland forekommer sjamsk (Den Danske Ordbog). 
+Sic transit gloria mundi: Således forgår alverdens herlighed. 
+Biografen: Ellen Sawyer gav fra ca. 1913 til 1930 klaverakkompagnement til stumfilm i biografen i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>Det er måske gammeldags at skrive tak for sidst. At mene at skulle gøre det, som man ikke gør, minder om et skriftsted hos Paulus.
+Det var en skøn uge med ture, gilder mm. Skidt med at få for lidt søvn. Ellen Sawyers hjemrejse var god. I Odense mødte hun Alhed/Be Larsen, som havde været søsyg. Og i Bullerup Grethe Bichel, som var ærgerlig over, at hun ikke var med til Bodilds fest. 
+Nu er Ellen hjemme igen til kulde, klaverelever og akkompagnement i biografen. Hun øver til musik til et rovmord i en film. 
+Grethe Jungstedt skriver tak for bogen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/egcw</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
+[Skrevet med blyant:] 1913?
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikke filisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Paulus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man ellers, - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor det var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. Det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Skrevet med blyant øverst på arket:] 1913
+[Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
+Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
+Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
+Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mine sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the American Journals. -
+Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
+[Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
+Elle
+[Indsat øverst s. 1; anden skrift end Ellens:]
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
+  </si>
+  <si>
+    <t>1921-07-20</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Dyreborg
+Faaborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Harald Giersing
+Johanne Giersing
+Christine Rasmussen
+Fritz Syberg
+- Søberg</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas (Puf) Larsen sejler med skibet Rylen i forbindelse med forberedelserne til Achton Friis' og Larsens fælles bogværk De Danskes Øer. Puf deltog som kok. 
+Musset og Museumsgården: Faaborg Museum. 
+Skanninger af brevet er ikke fundet i det materiale fra Det Kongelige Bibliotek, som Østfyns Museer modtog 2017. Brevet er transskriberet efter en fotokopi af ældre dato (også fra Det Kongelige Bibliotek), og de indsatte scans er lavet på basis af denne fotokopi.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg har besøgt Fru Rasmussen. Nu sejler Puf (Andreas Larsen) og Johannes Larsen til Dyreborg. Larsen har truffet Besse og Harald Giersing.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnrN</t>
+  </si>
+  <si>
+    <t>Faaborg 20 Juli 1921
+Kæreste Alhed!
+Jeg hørte saa daarlig i den Telefon og kunde ikke raabe saa højt. Vi sad inde hos Politimesteren der bor i Museumsgaarden og er i Familie [med] Friis. Vi har været paa Museet i Dag og været sammen med Etatsraadinden og Baronen, men jeg kunde jo ikke komme til snakke alene med hende. Jeg synes I skulde komme snarest muligt. Jeg glæder mig til at se jer. I Hast da Puf er ved at fyre op og vi skal sejle til Dyreborg. I kan altsaa faa at vide hvor vi er ved at telefonere til Fru Friis Adr. Frk Søberg Søbergs Sommerhotel Dyreborg. 
+Jeg skal hilse fra Besse og Giersing som jeg traf paa Vejen herned. Mange Kærlige
+Hilsner
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>26. jul. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vYqpD6Vn</t>
+  </si>
+  <si>
+    <t>20. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3sWAs20P</t>
+  </si>
+  <si>
+    <t>1921-08-22</t>
+  </si>
+  <si>
+    <t>Søby</t>
+  </si>
+  <si>
+    <t>Søby
+Ærøskøbing</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler rundt i landet på skibet Rylen og laver forberedelser til bogværket De Danskes Øer. 
+Victor Bøttern forpagtede Larsen-familiens købmandsgård tilbage i 1899. Frem til 1924 havde Johannes Larsens bror, Georg Larsen, fortsat viktualieforretning der. Bøtterns brev findes ikke sammen med Larsens i samlingen på Det Kongelige Bibliotek, og det vides ikke, hvad Larsens og Bøtterns uoverensstemmelse gik ud på.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Søby og vil næste dag sejle videre til Ærøskøbing med Rylen.
+Han vedlægger et vredt brev fra købmand Victor Bøttern i Kerteminde og skriver, hvad han har svaret Bøttern. Johannes Larsen er uenig med Victor Bøttern om betingelserne omkring noget betaling og truer med at afbryde deres venskab, hvis Bøttern ikke bøjer sig og undskylder en fornærmelse mod Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VbcX</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Søby Hotel Søby, den..........19
+Telef. Nr. 6
+22 Aug .. 21
+Kæreste Alhed!
+Tak for sidst. Jeg kom godt herover, men foruden Rygsækken glemte jeg nogle Lommetørklæder som jeg havde lagt frem. Vi er nu taget her til Søby hvor vi bliver i Nat, men i Mrg Aften tager vi tilbage til Ærøskøbing. Jeg fik vedlagte Brev fra Victor som jeg har svaret saaledes paa:
+"Dit Brev af 18 forrige Md. fik jeg i Gaar og ser deraf at Du stadig ikke begriber et Suk af det Hele. Jeg skal derfor, da baade mine Breve og vor Samtale har været spildt endnu en Gang forsøge at gøre mig forstaaelig. De 2 Breve Du skrev til mig havde været allright, dersom Du selv havde skrevet dem, jeg skulde da nok have ordnet Sagen i Mindelighed. Det kunde ogsaa have gaaet hvis Dit Personale havde skrevet dem og undertegnet dem, i saa Fald vilde jeg have sendt Brevene til Dig, med Anmodning om at give Vedkommende et Par flade, men, naar Dit Personale skriver den Slags Skrivelser til mig og Du vedkender Dig dem med Din Underskrift, saa kan Sagen kun ordnes på en Maade, nemlig saaledes at det bebrejdes Dig i Dine Folks Paahør. 
+Det er dette der er sket og det er ganske ligegyldigt om det er Alhed eller mig der har gjort det, vi er selvfølgelig solidariske. Paa dette Tidspunkt vilde det have været korrekt, om Du havde taget det elskværdigt og sagt et Par Ord om at Du beklagede at Du ikke havde holdt Dine Folk udenfor. Sagen vilde dermed have været i Orden og vi havde været kvit. I Stedet for blev du grov, og det er det, Du skylder Alhed en Undskyldning for. Du kan jo da ikke være saa barnagtig at mene, at Du har Privilegium paa at fornærme andre uden at det er tilladt at svare igen. 
+Eller hvad synes Du?
+Jeg synes Du skulde tage Dig sammen og gaa over og snakke med Alhed om det, kan Du ikke det, maa vi hellere holde os hver for sig indtil videre. Jeg er ked af at Puf ser saadan paa Sagen, men jeg synes ikke Du er den rette Mand til at bebrejde ham det, da Du jo ikke stiller Dig synderlig mere forstaaende over for Alhed og mig. Som Du bemærker er det uheldigt at der ikke var Vidner til vor sidste Samtale. Naturligvis lovede jeg at betale Dig saa vidt muligt hver tredje Md., men Du maa ikke fortælle mig at jeg har været saa sindssyg at aftale mere end jeg kunde staa ved. 
+Til Slut vil jeg kun sige, at jeg ikke forstaar hvad Du sigter til med "Forhold som Du staar magtesløs overfor" Naar det gør Dig saa ondt at se vort Venskab ødelagt, skulde det vel ikke være uoverkommeligt for Dig, at forsøge paa at bringe det i Lave igen?
+Din hengivne JL
+Puf kunde vel ikke have Lyst til at komme herover et Par Dage, her er mange morsomme Møller. 
+Hils Puf, Lysse og mange kærlige Hilsner til Dig selv.
+Din JL.</t>
+  </si>
+  <si>
+    <t>22. aug. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sacWzjWR</t>
+  </si>
+  <si>
+    <t>1921-08-27</t>
+  </si>
+  <si>
+    <t>Strynø
+Marstal
+Ærøskøbing
+Rudkøbing</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen
+Johan Larsen
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen m.fl. sejlede med skibet Rylen rundt til mange øer som forberedelse til bogværket De Danskes Øer.
+For korte senge: Johannes Larsen var en høj mand. 
+Haven på Møllebakken blev udvidet flere gange og forsynet med mange damme. Johannes Larsen havde mange forskellige dyr såsom ænder, gæs, svaner, oddere og omkring 1920 også en sæl. På side 183 i Erland Porsmoses bog Johannes Larsen ses et foto af denne sæl. 
+Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger på Strynø, hvor han bor hos en kone, hvis mand er ude at sejle.
+Han returnerer til Ærø og ser nu frem til at komme hjem til Kerteminde.
+Det er dejligt, at det går godt med sælen. Larsen og co har besøgt Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hGE8</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Søby Hotel
+Telef. Nr. 6 SØBY, den 19
+[Alt undtagen "19" er overstreget]
+[Håndskrevet:]
+Strynø 27 Aug 21
+Kæreste Alhed!
+Tak for Brevet som jeg fik ligefør vi i Forgaars cyklede fra Ærøskjøbing til Marstal. Fra Marstal tog vi med Damper herover. Vi havde faaet at vide at vi kunde bo paa et Afholdshotel her, men det viste sig at være nedlagt, og det saa ud til at vi maatte leje en Motorbaad til Rudkjøbing for at overnatte. Vi fik dog indlogeret os hos en Kone hvis Mand sejlede som Hovmester, og har det helt godt, med god Mad men for korte Senge. Jeg fik tegnet 3 Tegninger i Gaar, men i Dag er Vejret ikke til at arbejde ude i. Friis sidder og tegner Sønnen her i Huset og i Eftermiddag tager vi tilbage til Marstal, vi har dog stadig vore Værelser i Ærøskjøbing, og hvis Vejret er nogenlunde til den Tid cykler vi maaske dertil i Aften der er kun en 5 Fjerdingsvej mellem de 2 Byer. Jeg har ikke faaet lavet særligt meget siden jeg kom herover da vi har beskæftiget os med den Del af Øen nord for Byerne, hvor Afstandene er saa store at der er gaaet uforholdsmæssig lang Tid til Cykling. Det glædede mig at høre at det gaar godt med Sælhunden, det er en god Ide at fodre den i en Balje. Vi var hos Toms i Mandags eller Tirsdags Aften, jeg skal hilse fra dem. Mange kærlige Hilsner. Jeg glæder mig til at komme hjem, nu er der jo ikke mange Dage til. Hils Puf og Lysse. Det er morsomt at høre at det gaar Dig saa godt med dit Maleri.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1923-06-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Roskilde</t>
+  </si>
+  <si>
+    <t>Roskilde
+Eskildsø
+Lynæs, Hundested</t>
+  </si>
+  <si>
+    <t>- Friis
+Martha Friis</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen og laver forarbejde til bogværket De Danskes Øer. I denne bog bind 3 side 168-169 beskriver Achton Friis, hvordan hans kone og barn stiger ombord på skibet, og drengen begynder at blive søsyg i det dårlige vejr.</t>
+  </si>
+  <si>
+    <t>Fru Friis og Claus er kommet ombord. Larsen vil foreslå, at man besøger Roskilde Domkirke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eWMa</t>
+  </si>
+  <si>
+    <t>69-1
+[Håndskrevet i adressefeltet]:
+Fru Alhed Larsen
+Møllebakken
+Kjerteminde
+[I tekstfeltet]:
+Vi ligger her i Havnen og har faaet Fru Friis og Claus ombord skal vist tilbage til Eskildsø og til Lynæs i Aften. Det er et farligt Møgvejr. Vi foreslaa Friis at bese Domkirken i Stedet. Har omadresseret Forsendelser til Lynæs til poste restante. Her var ingen Ting. Mange Hilsner
+JL.</t>
+  </si>
+  <si>
+    <t>1924-03-05</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>5792 Aarslev</t>
+  </si>
+  <si>
+    <t>- Bisgaard
+Alhed Marie Brønsted
+Johan Larsen
+Johanne  Larsen
+Johannes Larsen
+Vilhelm Larsen
+Harald Meyer
+Jørgen Müller
+Fru Nielsen
+Ellen  Sawyer
+Vilhelm Woll</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige ved Odense.
+Harald Meyer (se denne) blev arresteret i forbindelse med Sparekassens krak.
+Det har ikke været muligt at finde ud af, hvem der blev begravet. Hvem hhv. Hanne og Axel er, kan heller ikke afgøres, da Larsen-familien kendte mange af de navne.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Man har fejret Ellen Sawyers fødselsdag (Tante Elle). 
+Alhed Larsen har besøgt Harald Meyer i arresten i Kerteminde med en gymnastikbog. Det var meget ubehageligt, og Meyer så nervøs og elendig ud. Han blev glad for bogen.
+Alhed og Johannes larsen har været til en stor begravelse, hvor en Hanne var meget ulykkelig. Toget var forsinket, så de tog en lillebil hjem. Chaufføren hed Bisgaard, men de kaldte ham hele dagen Andersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RsnD</t>
+  </si>
+  <si>
+    <t>Min go’e gamle Ven!
+Jeg tænker saa meget paa Dig, hvordan det gaar Dig i din nye Stilling, og jeg savner Dig saa ganske forfærdeligt. Jeg tænker Du gerne vil høre lidt om, hvordan det gaar her. Her er ikke sket noget særlig, alt gaar i sin vante Gænge. Baser er saa flink og gaar aabenbart og hygger sig. Han er meget hjælpsom med alt var misfornøjet over at jeg selv rendte ned i Aftes til 9 Toget med et Brev til Din Far. I Dag har vi fejret Tante Elles Fødselsdag, der først er i Morgen. Fru Nielsen var her til Middag, Oxefilet med Rødvin og Appelsiner. Senere kom Nielsens og alle Agrarens var her til Chokolade. – I Søndags kom Lysse og Forvalteren til [ordet ”til” overstreget] med 2 ½ Toget. Jeg inviterede dem til en Sjus paa Hotellet, da jeg gærne vilde ned og sige Farvel til Harald, der jo skulde begynde at sidde om Mandagen. Han vilde have været op at sige Farvel til mig. Han syntes udmærket om Forslaget med Gymnastikbog og vilde gaa op næste Dag og hente I P Müller. Jeg sagde samme Besked om den, men desværre havde hun ikke kunnet finde den. Dagen efter, altsaa i Gaar gik jeg ned med dem paa Politikontoret, Voll lovede at give ham den, men jeg bad om jeg ikke nok maatte give ham den selv, jeg vilde saa gærne hilse paa ham. Jeg havde spurgt Harald om jeg maatte besøge ham, og han havde svaret, at jeg kunde vist nok faa Lov af Voll. Efter nogen Nølen fik jeg det ogsaa. Men det var nu pinligt. Han sidder højt oppe, først ad Trappen og tilsidst ad en Slags Stige, og saa det at Døren er laaset udefra, det virkede meget mere uhyggeligt end jeg havde forestillet mig det. 2 [Sidetal] Det er en lille, bitte Celle med en Træstol og et lille Bord, Sovebrixen er krampet op paa Væggen om Dagen. Jeg var lige ved at græde, da jeg saa ham sidde der, og jeg syntes han selv saa meget nervøs og elendig ud. Men han var glad ved Bogen og det er jo godt at I.P. har skreven saa meget udenoms Sludder, det er da en Slags Lekture. Desværre skulde G[ulæseligt] staa og glo i Døren, jeg maa se at fedte lidt for ham, at det mulig kan blive bedre næste Gang. Jeg fortalte ham at Voll havde givet mig Lov at besøge ham igen om 10 Dage. Jeg hilste ham fra Dig. - - Vores Begravelsestur om Mandagen gik godt. Det viste sig at Toget (8 ½) var forsinket 1 Time. Vi bestemte os saa for at tage en Lillebil og jeg forhandlede i Telefonen med en Mand ved Navn Andersen, der lovede at møde ved Stationen hvor vi var kommen ned, Baser gik op og hentede Rejsetøj. Vi kom godt ud af det med ”Andersen”, der var en pæn ung Mand, men forbavsende ukendt med Vejene, skønt han han [det sidste ”han” overstreget] havde sagt i Telefonen, at han havde været i Nørre Søby. Da vi om Aftenen kørte ind her i Byen, spurgte han hvor han skulde køre hen. ”Naa De ved ikke hvor Kunstmaler Larsens bor?” ”Jo”. ”Naa men saa ved De maaske ikke, hvem De har kørt for? ”Næ, jeg hedder for resten ikke Andersen”!! – Naa, hvad hedder De da? ”Bisgaard” Det var Bisgaards Søn, men han havde pænt lydt Navnet Andersen hele Dagen! – Turen gik ellers godt, men Føret var grufuldt. Hanne var meget glad ved os – Elle, Johanne og mig – men ellers meget ulykkelig og forgrædt. Der var stor Begravelse, 34 til Middag efter Begravelsen. Suppe, Hønsekød, Fromage, Kransekage og Axel ved en Bridge med Lomme, Axel er en nydelig Fyr. Det var jo Fastelavnsmandag, saa de havde fri fra Middag. – Nu skal dette til Toget. 
+[Skrevet på side 1, øverst og på hovedet:]
+Hvordan har Du??
+1000 Hilsner min egen Dreng
+Din Mor
+5te Marts - 24</t>
+  </si>
+  <si>
+    <t> 4. aug. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til øerne i Kattegat.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qvTz6ZyO</t>
+  </si>
+  <si>
+    <t>1925-08-10</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Grønland</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige
+Helsingør
+Godthåb</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Eiler Lehn Schiøler m.fl. er på Grønland for at lave forarbejde til bogværket danmarks Fugle. 
+Kirsten Rask er formodentlig et skib.</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Alhed Larsen og drengene tager til Helsingør med tog eller bil og videre derfra til Båxhult i Sverige.
+Brev 2:
+En kort hilsen, for Andreas skal til Odense med breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dcei</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Dette bliver saa den sidste lille Hilsen. Bare Du nu har faaet alle de Breve jeg har skreven til Dig, jeg mener dette er mindst det 9ende. Samtidig med dette har jeg sendt et til Godthaab, l [bogstavet overstreget] med Beskrivelse over hvad der er foregaaet siden i Forgaars hvor jeg jo sendte Dig et med Gertrud rask. – Det var noget Kludder jeg skrev i Forgaars med at blive søsyg paa Vejen op til Helsingør, vi tager jo derop med Tog eller Bil. Finns Fader har foreslaaet at vi skal tage sammen derop. – Lørdag d. 15nde rejser vi alle til Kjbn. med 7 ½ Bilen, hvis vi kan fortsætte til Sverige samme Efterm. ellers Søndag Morgen. Jeg glæder mig voldsomt til Båxhult, Lysse skal jo hjem til 1ste Sept. Men Puf og jeg bliver der nok noget længere. Naa, saa er der kun tilbage at ønske Dig en rigtig god
+[resten af brevet mangler]
+Kære Far.
+Du faar kun denne Hilsen fra mig denne Gang jeg skal nemlig til Odense med Brevene nu og har ikke vidst om denne Postforbindelse før.
+Hav det godt og paa snarlig Gensyn Puf.
+[Skrevet på højkant]:
+Lysse hilser, han er her ikke i Øjeblikket, men han skulde skrive.</t>
+  </si>
+  <si>
+    <t>25. aug. 1925</t>
+  </si>
+  <si>
+    <t>Staffan -
+Helge Bojsen-Møller
+Ossian Elgström
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+John Møller
+- Nielsen
+Erling Porsild
+Morten Porsild
+Philip Rosendahl
+Finn Salomonsen
+Henning Scheel
+- Staun
+P Vedsted</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3rU2TbmY</t>
+  </si>
+  <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
+  </si>
+  <si>
+    <t>1927-05-29</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Hjørring</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+Marie Krøyer
+Peder Severin Krøyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
+  </si>
+  <si>
+    <t>Lasse er på ferie ved Skagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IwBB</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:] [ Logo]
+BREVKORT:
+[Håndskrevet på kortets adresseside:]
+Fru C Swane
+Falkonerallé 5 III
+København F
+Sjælland
+[Håndskrevet på bagsiden]
+29/5-27 Til Lykke 
+Kære Moder
+Jeg var ikke søsyg paa Damperen. Vi kom en 1½ Time for sent til Frederikshavn. Vi gik idag til den tilsandede Kirke [tilføjet] fra Hulsig til Skagen hvor vi har set Drachmans Hus og Grav, og Kreuers Hus, Grenen. Paa den ene Side af Grenen [Håndskrevet på kortets adresseside:] var der gode Bølger paa den anden Side er det blikstille
+Hilsen fra Lasse
+Jeg skriver igen i Morgen
+[Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+  </si>
+  <si>
+    <t> 5. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lO1UI3kR</t>
+  </si>
+  <si>
+    <t>18. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/f5mH3mkw</t>
+  </si>
+  <si>
+    <t>28. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Ut3S5emD</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
     <t>Nice</t>
   </si>
   <si>
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Stella Polaris var et meget luksuriøst krydstogsskib, der blev færdiggjort med tidens højeste standarder, da det fine krydstogtskib skulle være rettet mod et velhavende marked. Hun blev søsat den 11. september 1926. Johannes Larsen, sønnen Andreas og Else og Johannes V. Jensen tog på krydstogt med Stella Polaris til bl.a. Italien og Madeira efter Alhed Larsens død 31. aug. 1927. Se også brev 1960-12-04 JL til Johan/Lysse og Elena/Bimse.
 Thames er det engelske navn for floden Themsen. 
 En dansk mil er 7.532,48 m.
 Nord for London ved Nordsøen ligger den store havneby Harwich, som i mange år frem til 2014 havde fast færgeforbindelse til Esbjerg. 
 Cherbourg har en havn og er beliggende i den nordlige ende af Cotentin-halvøen på den engelske kanal - kystlinje i Normandiet i det nordvestlige Frankrig. 
 Cape Finisterre er en klippebundet halvø på vestkysten af Galicien, Spanien (Kilde: Wikipedia, juli 2022).
 Cyperus er græsser udbredt overalt i troperne (tropica.com). 
 Omlejre: at flytte et materiale til et andet sted (ordnet.dk). 
 Brunsbüttel er en industri- og havneby i det nordlige Tyskland beliggende ved Elbens munding 70 km. nordvest for Hamburg (Wikipedia juli 2022). 
 Chez l´amiral: Hos admiralen.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Det var mørkt, da selskabet sejlede over Themsen og Kanalen samt rundede Bretagne. Også ved Cap Finisterre. Senere tåge og mørkt igen ved Madeira. Andreas/Puf har været søsyg.
 Andreas beskriver Lissabon. Her kørte de i sporvogn. Beretningen om dette må Johan/Lysse få mundtligt. 
 Johannes Larsen har for første gang nogensinde set guldirisker.
 Johannes V. Jensen er meget vidende om jordbundsforhold. Ved Madeira udpegede han nogle planter som vin, men det var sukkerrør.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jUix</t>
   </si>
   <si>
     <t>[Fortrykt:]
 [M.Y.”Stella Polaris”…………192 Håndskrevet efter 192: ]8 
 [Håndskrevet:]
 Kære Lysse.
 Jeg haaber du fik mit Brev fra Harwich. Jeg maatte give det til en Drager og lade ham besørge det, vi blev nemlig snydt for Landgang. I detheletaget lader det til at Vorherre og hans Underordnede her på Skibet har en [”har en” overstreget] bestræber sig for at hindre os i at se saa meget som muligt. Afrejsen fra Harwich altsaa tværs over Thamesmundingen og rundt langs Englandskysten foregik om Natten; om Morgenen var vi midt ude i Kanalen, hvor vi ikke kunde se land til nogen af Siderne. Saa saa vi Spidsen af Cherbourgh, men da vi skulle runde Bretagne tror jeg nok det var mørkt, da var jeg imidlertid blevet søsyg og har holdt Sengen lige siden, med Undtagelse af Landturene. Som værende af Interesse for Passagererne var opslaaet en Notice om, at vi vilde passere ”Cap Finisterre 10 Miles off Kl 5 om Morgenen! Sikken et Syn at læse om! Næste Seværdighed var Indsejlingen til Lissabon: om Aftenen mellem 9 og 11. Næste Morgen tog Vorherre selv fat med Taage, saa vi blev 2 Timer forsinket med Landgangen. Afsejlingen fra Lissabon: Taage (Vorherre) Ankomst til Madeira 6 a.m. altsaa i Mørke. Hvad om det kære B.D.S. havde ladet os sejle et Par Timer senere fra Lissabon, vi skulde saamænd nok have faaet Tiden til at gaa. Naa men igaar var Vorherre os naadig; det blev os fortalt at de plejede at have saa høj Sø at Landgang paa Madeira var umulig (her er nemlig ingen Havn) Igaar havde vi det dejligste Vejr man kan tænke sig. Naa m Naa men du maa vel hellere høre om Lissabon først. Tajofloden har en Munding som jeg nærmest vil kalde en Fjord. Du kan tænke dig en Størrelse som Lillebælt. Fjorden gaar i Øst – Vest og paa
 2
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192] 
 [Håndskrevet:]
 begge Sider, navnlig mod Syd er højt Land. Byen ligger på Nordsiden med en Kajplads, der er en dansk Mil lang. Midt i Byen har der engang været en Arm af Fjorden, som nu er hævet. Her er bygget en regelmæssig Bydel, som begynder nede ved Havnen med ”Praça da Commercio” (se et eller 2 af de Kort jeg sendte Jer), som er aaben ud mod Vandet. ovenfor denne Plads, altsaa bag Porten (Triumfbuen) ligger den regelmæssige Del af Byen (saa stor som Kjerteminde i Areal) øverst oppe i den ligger Theatrene og Hovedbanegaarden og saa kommer vi ud i ”Avinida da Liberdade”, som fylder den sidste (øverste) Del af den udtørrede Flod [”Flod” overstreget] Fjordarm. Den har Kørebane i Midten med Palmetræer ved Siderne umiddelbart udenfor Palmerne Plataner, (2 Rækker paa hver Side) og under dem er der Blomsterrabatter, paa en Strækning er der Vandløb, med [”med” overstreget] eller Bassiner med Vandfald indimellem, med Philodendron og Cyperus og lignende. Her ted [”ted” overstreget] udenfor er der Spadserepromenade og yderst Sporvogne, som altså har Boulevardkørsel. Vi kørte med en af dem; den drejede imidlertid om til Siden inden vi var kommet helt frem, hvorfor jeg trak i Klokkestrengen og Vognen øjeblikkelig standsede. Vi havde her svært ved at komme af, fordi Vognen blev stormet af Folk, som vilde med; sikken et Held for dem, at jeg netop havde standset den ved det Stoppested! – Undskyld Afbrydelsen, jeg skulde ned at have ”Morgenkaffe” Grapefruit, Havregrød, blødkogte Æg, Brød og Marmelade og ”one Hansa”, det hedder vores Pilsnerøl. – Naa vi naaede til den øverste Ende af Avenidaen hvor de er ved at rejse et stort Marmor-
 3
 [Fortrykt:]
 [M.Y.”Stella Polaris”…………192]
 [Håndskrevet:]
 monument. herovenfor gaar Dalen over i en mægtig Gryde, vel en god Fjerdingvej bred og en halv Mil lang, som de er ved at lave til en Park. Heroppe saa vi Guldirisker, det er første Gang Far har set dem. Johs. V. er fænomenal til at se paa enhver Slags Jord hvordan den er opstaaet, hvor længe den har ligget der og ”den har været omlejret mere end en gang”! o.s.v. Og alt er den Mand inde i; vi stod i Brunnsbüttel og saa ned i den aabne Last paa en stor Kuldamper og han sagde: ”det er nok et Tankskkib” eller igen, da vi stod og saa paa Madeira fortalte han mig at alt det grønne vi saa det var Vin. Da vi kom derind var det nu Sukkerrør, men jeg siger alligevel at det er godt set. Naa han er nu et ordentlig sødt Menneske, naar han er i godt Humør. – Det var Lissabon vi var ved: paa begge Sider af det jeg har beskrevet ligger den øvrige By paa Høje. Gaderne er meget stejle og nogle Steder krydser de hinanden i forskellig Højde, saa man ser Husene ligesaa meget fra neden og fra oven, som fra Siden. De er malet i stærke Farver, røde, gule, blaa og grønne. Sporvognene skal du høre lidt om. 
 Chez l´amiral
 Nice
 Nu er det saa længe siden jeg skrev dette, at jeg ikke gider fortsætte det. Jeg ser det slutter om med (”om” overstreget; over ordet er skrevet ”med”] Løfte om Beretning om Sporvognene i Lisboa, den kan du faa mundtlig.</t>
   </si>
   <si>
-    <t>1947-01-22</t>
-[...3 lines deleted...]
-Hans Hvass
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
 Andreas Larsen
-Else Larsen, Else, Andreas Larsens kone
-[...166 lines deleted...]
-Johanne Caspersen
 Johanne Christine Larsen
 Christine  Mackie
-Ellen  Sawyer
-[...61 lines deleted...]
-Bodild Holstein
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
 Grethe Jungstedt
-Alhed Larsen
-[...37 lines deleted...]
-Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1936-10-26</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Else Jensen
 Emmerik Jensen
 Jens Jensen
 Johannes V. Jensen
 Andreas Larsen
 Jens Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Elisabeth Neckelmann</t>
   </si>
   <si>
     <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
 Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
 Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
   </si>
   <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
     <t>Elena Larsen traf ikke Kerteminderne, da hun var på Fyn. De tog ikke telefonen. Hun rejste så med sin mor tilbage til København. På færgen mødte de Johannes V. Jensen, der spiste leverpostejsmad, mens hans kone og sønnen, Emmerik/Em, var søsyge. 
 Elena og hendes mor punkterede på hjemturen og fik hjælp af et par bønder. 
 Jens Larsen undersøger alt i lejligheden og har smadret et par askebægre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RJJn</t>
   </si>
   <si>
     <t>Mandag d 26-10-36
 Kære Fasseren!
 Jeg blev rigtignok glad for jeres Breve som kom nu til Morgen, jeg var saa smaat begyndt at ængste mig; men jeg kan jo nok forstaa at jeg ikke er saa nem at faa Ram paa. - Desværre gik it Kertemindebesøg i Vadsken for Guderne maa vide hvor de føjter om. Jeg ringede 4 Gange til dem i Lørdags og een Gang Søndag Morgen med samme negative Resultat: ingen der svarede. Saa kunde det ikke nytte at tage derop, for de maa jo aabenbart være paa længere Expedition, ["," overstreget] siden ogsaa Pigerne er permitterede. Saa tog jeg med tilbage til København i et herligt men stormende Vejr. Paa Færgen traf Vi Johs. V. og Else og Em der havde været nede og besøge Jens. Jeg skal hilse saa mange Gange. Else var ikke rigtig glad ved Søen, hun sad musebomstille i et Hjørne for at beholde det hele indenbords. Ogsaa Em var grøn. Men Jensen spiste Leverpostejmader med Appetit. - Paa Køgevejen punkterede vi med et Brag og maatte afmontere al vores Bagage der var sat fast bagpaa med flere km. Tøjsnor. Selvfølgelig kunde vi ikke finde ud af til hvilken Side vi skulle dreje Skruerne og det saa sort ud for os, indtil der kom et Par Bønderkarle forbi, som foretog sig det fornødne. saa kunde vi rulle videre ad den nye Køgestrandvej og arriverede hertil ["hertil" overstreget] uden videre Uheld hertil, hvor vi blev modtaget af Lis med Bøffer med Løg. - I Dag er Vennejensen ved at tage Lejligheden i Besiddelse, foreløbig er der røget et Par Askebægre, men han gaar ogsaa grundigt til Værks, systematisk og fra en Ende af. Det nytter ikke at man fjerner ham fra det Møbel han er i Gang med at undersøge; selv om man sætter ham i den modsatte Ende af Lejligheden stiler han direkte tilbage til det han var ved. Nu er han heldigvis færdig med Kakkelovne og Boghylder. I Eftermiddag skal jeg have ham anbragt hos Sisse mens jeg gaar i Biografen.
 Jeg er glad ved at du har faaet Harry igen. Det var en ordentlig Omgang Unger den Kanin fik. Mon ikke den anden Hun skal en lille Forlystelsestur ind til Hannen, men det har du selvfølgelig forlystet dig selv med for længe siden din gamle Sybarit. - Ja saa var der ikke andet og mere. Bare en hel Masse Hilsner.
 FRA MOSSEREN.</t>
-  </si>
-[...33 lines deleted...]
-Johannes Larsen.</t>
   </si>
   <si>
     <t>1938-08-31</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Dræby
 Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Margrethe Benzon
 Julie Brandt
 Thora  Branner
 Viktor Jensen
 Adolph Larsen
 Alhed Larsen
 Marie Larsen
 Christine  Mackie
 Søren Madsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
@@ -1438,705 +1754,446 @@
 så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
 Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
 3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
 4) 
 moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
 5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
 Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
 - Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
 6)
 I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
 Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
 Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
 Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
 Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
 Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
 Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
 Tusinde Hilsner! 
 Din Dis. 
 ps – senere – 
 lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
 Alle her hilser!
 [Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
 [Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
-    <t> 7. aug. 1911</t>
-[...348 lines deleted...]
-  <si>
     <t>1943-05-28</t>
   </si>
   <si>
     <t>Thora Cohn
 Ejvind Højgaard
 Viggo Jastrau
 Christa Knuth
 Jeppe Larsen
 Johannes Larsen
 Marie Larsen
 Hans Storm
 Lars Swane
 Ane Talbot
 Ursula Uttenreitter</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, kasse 1, kuvert 5, 2002/61, A8, lb11</t>
   </si>
   <si>
     <t>Tillykke med fødselsdagen til Christine Swane og tak for fødselsdagsgaven. Andreas Larsen forstår ikke, hvorfor Christine Swane er bange for at få bombet de billeder, som er udstillet i Ålborg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RtHB</t>
   </si>
   <si>
     <t>[Påtrykt tekst:] KERTEMINDE, [håndskrevet:] 28 Maj [påtrykt tekst:] 194 [håndskrevet:] 3
 [Håndskrevet:] Kære Ugle.
 Tillykke paa Fødselsdagen! Og mange Tak for den dejlige Tobakspung; saadan en har jeg tit tænkt paa at jeg gerne vilde have, for den er meget bedre at stoppe Piben fra end saadan en, som jeg havde. Tak ogsaa for den lille røde Ridderspore; den har tabt de Blade, som den havde, da den kom, men har faaet 3 nye. Den staar endnu i en Potte i Vinhuset. Her var igaar en Maler som hedder Ejvind Højgaard, han kendte Dig, han havde siddet i Censurkommiten (eller Ophængerudvalget) for Efteraarsudstillingen sammen med Dig. Han kom forat træffe Far og tale med ham om Familien Storm; han er Nevø til Skipper Storm eller dennes Kone. Han bor i Søborg og jeg sagde det kunde være Du eller Ia kunde hjælpe ham med Oplysninger. Han er for Tiden i Nyborg for at male et Portræt. Han prøver at ringe hertil naar [overstreget: naar] inden han rejser hjem igen, for at høre om Far er kommet hjem. Hvis ikke kan det jo være at han henvender sig til Jer. Jeg kunde ikke finde finde ham i Jastraus Kunstnerleksikon, men det er maaske Jastraus Skyld, jeg tror nok Navnet er rigtigt. – Det er morsomt Du udstiller i Aalborg, bare Du nu vil sælge noget deroppe. Men hvorfor er Du saa bange for at Billederne skal blive bombede? De bomber vel ikke i Byen og desuden for Du jo Assurance for de Billeder, som bliver ødelagt.
 Far er for Tiden paa Lolland for at male et Billede til Grevinde Knuth paa Knuthenborg, hvor han bor.
 Mange Hilsen og Ønsker om en god Fødselsdag fra os alle her
 Din hengivne Puf. Hils Lasse og Ursula.
 [Håndskrevet på langs i venstre margen:] TILLYKKE FA THORA ANE [skrevet med spejlvendt N] OG JEPPE ER I SKOLE</t>
+  </si>
+  <si>
+    <t>1943-08-19</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Henrik Lund</t>
+  </si>
+  <si>
+    <t>De 3000 kr. er formodentlig betaling for et oliemaleri med hejrer, fasankokke, en vibe mm. Billedet er omtalt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen håber, at Christa Knuths bror bliver glad for akvarellen. Han kan ikke huske, hvad det var, han lovede Christa i telefonen. 
+Larsen maler på sit store søbillede og fire mindre bestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5T3V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 19 Aug 1943.
+Kære Grevinde!
+De 3000 Kr. kom i Dag. Tak! Det glædede mig at høre at Du var tilfreds med den lille Akvarel bare nu Din Broder maa blive det samme. Det forekommer mig at jeg i Gaar i Telefonen lovede at give Dig Oplysning om et eller andet men det er mig umuligt at komme i Tanker om hvad det var. Jeg er en Idiot til at telefonere. Hvis jeg kommer i Tanker om det skal jeg skrive igen. Det var vel ikke noget om hvornaar jeg kommer til Knuthenborg. Jeg har jo nu mit store Søbillede som jeg skal have færdigt i Aar, og saa har jeg 4 mindre Bestillinger, som skal afleveres inden October, saa før hen i Maaneden bliver det næppe. Mange Hilsner 
+Fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1943-09-13</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde i flere omgange en tam odder. De hed alle Jokum. 
+Sommerestauranten Pax var ejet af Johannes Larsens gode venner Tulle og Due Nan Nielsen.</t>
+  </si>
+  <si>
+    <t>Der er 4-500 tyskere i byen. De danske soldater er interneret, og tyskerne har lagt beslag på Kertemindes skoler og restaurationslokaler. 
+Odderen har været stukket af, og den åd en gråand, men Larsen fangede den i en fælde. 
+Larsen arbejder på søbilledet og går i vandet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MGKI</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 13 Septbr 1943.
+Kære Grevinde!
+Tak for Dit lange Brev. Her har vi det godt fredeligt, altsaa her oppe. Byen er fuld af Tyskere, vist en 4-500 Stks. De har taget Lejren og interneret vore Soldater, lagt Beslag paa Borger- og Realskolen og Teknisk Skole og Hotellets Theatersal og Selskabslokaler og Sommerrestauranten Pax”. Nu kan man jo køre med Togene igen, saa maa vi jo haabe at det varer til jeg skal rejse til Knuthenborg. Odderen var ude i 3 Nætter og blev saa sulten at han aad en Graaandrik, men saa stillede vi en Fælde med Sild i og det kunde han ikke staa for. Jeg slider dagligt i mit store Søbillede og synes ogsaa at det gaar fremad, men for langsomt. Jeg gaar i Vandet naar Solen skinner, mest til Gavn for Billedet, men det er forøvrigt ganske rart endnu. Puf og Else er cyklet til Odense, men kommer hjem til Aften. Det er jo tilladt nu fra i Gaar. Mange Hilsner
+Din Hengivne
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1947-01-02</t>
   </si>
   <si>
     <t>Thora Cohn
 Gonny Egeberg Jørgensen
 Adam Knuth
 Elisabeth Knuth
 Andreas Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ane Talbot
 Hans von Levetzow</t>
   </si>
   <si>
     <t>Larsens svigerinde kan enten være en af Alhed Larsens søstre eller hustruen til en af hans brødre.</t>
   </si>
   <si>
     <t>Johannes Larsen takker for sikahjorten. 
 Vejret er ækelt. Larsen maler selvportætter. 
 Else og Andreas/Puf Larsen er i Odense med børnene, som skal have lavet navne på deres nye fyldepenne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/sRGS</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [I højre side af kuverten:]
 Elisabeth Knuth
 Knuth Knuth
 Elisabeth Knuth
 [Over adressen tegning af et ansigt med ben]
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 2 Jan. 1947.
 Kære Grevinde!
 Tak for Brevet med indlagte fra min Svigerinde som jeg herved returnerer. Damen paa hvis Aution hun købte Bogen var Enke efter en von Lewetzov som var Byfoged og Politimester her i Byen til Slutningen af 80aarene. Og Tusind Tak for Sikadyret som ankom i god Behold for et Par Dage siden. Jeg har det en hel Del bedre nu og kan gaa lidt omkring. I Dag har jeg været Haven rundt for første Gang. Men det er et ækelt Vejr synes jeg. Barfrost og stiv østlig Kuling. Jeg er lige begyndt at gøre lidt ved Selvportrætterne igen og sender Dit naar jeg bliver færdig med det. Ellers glæder jeg mig til at komme i Gang med det store Søbillede igen. Det er meget spændende om det vil lykkes mig at faa noget ud af det denne Gang. Else og Puf og Børnene er i Odense i Dag. De er ude for at faa sat Navn paa Deres Fyldepenne. Jeg gav dem hver sin i Julegave, for at blive fri for at sige Nej, hver Gang de spurgte om de maatte laane min. Mange Hilsner til Dig selv og de andre paa Knuthenborg.
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1911-08-21</t>
-[...86 lines deleted...]
-Adolph Larsen
+    <t>1947-01-22</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Hans Hvass
 Andreas Larsen
-Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Hans Hvass: Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustrationer af Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt selvportrættet og en tegning til Doktoren. Han er spændt på, hvad Christa Knuth synes om selvportrættet. 
+Larsen må stoppe med at male på det store søbillede, da han ikke kan få brændsel. 
+Else og Ane og syge, og Andreas/Puf laver mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MEut</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[På kuvertens bagside:]
 Johannes Larsen
-Thøger  Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 22 Jan 1947.
+Kære Grevinde!
+I Dag har jeg sendt Selvportrættet og en lille Tegning til Doktorens Fødselsdag; det er en af dem til Hans Hvass’s Bog. Nu er jeg jo meget spændt paa at høre hvad Du mener om Selvportrættet. Som sagt man aner jo ikke hvordan andre mennesker synes man ser ud. Det gaar stadig smaat frem med det store Søbillede. Desværre maa jeg holde op med det en af de første Dage, da Brændslet hører op og det er umuligt at faa mere. Saa det bliver nok Løgn med at faa det paa Udstillingen i Aar. Else og Ane ligger stadig. Puf laver Mad, men det har jeg nok fortalt før. Mange Hilsner
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1947-07-29</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Hans Hvass
+Johannes V. Jensen
+Tage la Cour
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
 Christine  Mackie
-Elisabeth Mackie
-[...44 lines deleted...]
-[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
+Aage Marcus</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T var. Billederne til Aarhus var muligvis til en tidligere omtalt Hr. Kjær, som heller ikke kendes. 
+Hans Hvass; Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustreret af Johannes Larsen.
+En Hilsen til Johannes Larsen paa 80-Aars Dagen. Gyldendalske Boghandel 1947. Tage la Cour og Aage Marcus (red.)
+Johannes V. Jensen: Aarstiderne. Gyldendal 1924 og 1947. Digte af Johannes V. Jensen, tegninger af Johannes Larsen
+Peter Larsen, Johannes Larsens barnebarn, voksede op på gården Båxhult i Småland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har afsendt billeder og lavet tegninger til Johannes V. Jensens Aarstiderne. Han har også tegnet til Hans Hvass' bog. Nu vil han arbejde på søbilledet. 
+Tage la Cour og aage Marcus arbejder på et festskrift i anledning af Larsens 80års dag. De vil gerne trykke et selvportræt, og Larsen beder Christa Knuth sende hendes ind til Gyldendal til reproduktion.
+Peter har været på besøg. Han havde været på Båxhult og beretter derfra.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IRXy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 29 Juli 1947.
+Kære Grevinde.
+Ja nu begynder jeg altsaa at skrive. Udenfor regner det. Jeg var i Odense i Gaar og havde Fru Mackie og Christiansen med. Jeg har faaet afsendt de Billeder til Aarhus og en mindre Bestilling til en Fru T[ulæseligt] og har lavet et Par nye Tegninger til Johs V´s ”Aarstiderne” der skal komme i en ny Udgave og tegnet en 4-5 af de gamle Illustrationer om saa at det hele bliver mere ensartet. Til Hans Hvass nye Bog har jeg gjort de i Avisen færdige Tegninger klar til Bogen og tegnet en Del nye saa jeg nu kun mangler en 14-15 Stkr. Saa nu er jeg snart klar til at begynde paa det store Søbillede igen. Jeg fik i Gaar brev fra Tage la Cour, der redigerer, sammen med Aage Marcus, et Festskrift der skal udkomme hos Gyldendal i Anledning af min 80 Aars Fødselsdag. Han beder om at laane et af Selvportrætterne til Bogen. Jeg ved ikke selv hvilket der er det bedste, men formoder at Dit vil egne sig bedst til Reproduktion, desuden er jeg bange for at det skal give Anledning til Jalousi dersom jeg vælger et af dem her i Byen. Saa dersom Du gider have den Ulejlighed at sende Dit ind til Gyldendal til Reproduktion vil jeg være Dig taknemmelig. Jeg havde Besøg af Peter i Forgaars Aftes han havde været paa Båxhult hvor alt stod godt til, med Undtagelse af at han mente at alle Frugttræerne var gaaet ud paa 3 nær. De havde faaet sat grønne Fliser op i Badeværelset. Her gaar det ogsaa godt. Vi venter saa Puf og Else hjem d. 11 August. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-08-01</t>
+  </si>
+  <si>
+    <t>Sven Havsteen-Mikkelsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Alhed  Møhl, Lysses datter
+Didrik Overgaard Nielsen</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen fik opført et bryggeri på Møllebakken og drev det en tid professionelt. 
+Bass Bryggeri blev grundlagt i 1777 af William Bass i Burton-upon-Trent , Staffordshire , England. I 1877 var Bass blevet det største bryggeri i verden med en årlig produktion på en million tønder. Dets pale ale blev eksporteret til hele det britiske imperium , og virksomhedens ikoniske røde trekant blev Storbritanniens første registrerede varemærke (Wikipedia marts 2022).
+Barley Wine stammer fra Napoleonstiden, hvor englænderne måtte finde et alternativ til fransk vin, som de af patriotiske grunde ikke kunne drikke og derfor bryggede en øl med navnet Barley Wine (Internettet marts 2022). 
+Johannes Larsen omdannede efter Alheds død vinterhaven til volière. 
+Det vides ikke, hvilken Peter der er omtalt. 
+Trap Danmark er standardværket, når det drejer sig om en topografisk beskrivelse af det danske rige. Værket blev grundlagt af Jens Peter Trap, kabinetssekretær og topografisk forfatter og udgivet første gang udgivet 1858-60 i fem bind på Gads Forlag af J.P. Trap. med titlen Statistisk-topographisk Beskrivelse af Kongeriget Danmark. Værket blev genudsendt i reviderede udgaver 1872-79, 1898-1906, 1920-32 og 1953-72 (31 bind). En 6. udgave, der også skal være tilgængelig på de digitale platforme, blev iværksat i 2014 (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf er i England for at besøge bryggerier. 
+Johannes Larsen har både glæder og skuffelser med fuglene i sin volière.
+Larsen er færdig med bestillingsarbejder og maler nu på et søbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aqpt</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 August 1947.
+Kære Lysse
+Tak for Dit Brev. Her gaar vi og venter paa Else og Puf. I ved vel at de rejste til England d 13 Juni og ventede at blive borte 14 Dage á 3 Uger. De var først 8 Dage i London og saa en Uges Tid i Sydengland. Saa blev de inviterede til at besøge Sven Mikkelsen i Skotland og fik Deres Returbillet godtgjort, men saa viste det sig at det tidligste de kunde komme hjem, var med Flyvemaskine d. 19 August, men nu har Elses Fader skaffet dem en Billetter over Harwich – Esbjerg til d. 10 Aug. Puf har besøgt Guinness Bryggeriet i London og Bass’s i Burton, sidstnævnte Sted blev han trakteret med Barley Wine brygget i 1868 og aftappet i 1870. De bor nu ensomt i Højlandet, 14 Miles til nærmeste Landsby, men har været i Dundee hvor han havde faaet Lov til at overvære en Brygning. Mornine rejste i Morges efter at have været her i 14 Dage. Jeg har meget Fornøjelse af min Voliere men ogsaa en Del Skuffelser. Vagtlernes Kyllinger døde første Kuld, men nu er der 2 godt halvvoksne af andet Kuld og Hønen har begyndt at lægge Æg igen. Dompappens Rede faldt ned da den havde ruget et Par Dage, saa byggede den selv en i den østlige Hyld og fik Unger, men de forsvandt da de var en Uges Tid gamle, men efter et Par Dage begyndte den at lægge Æg i samme Rede og har ruget siden. Stillitserne byggede ogsaa en fin Rede i Toppen af samme Hyld og fik Unger, men de regnede ihjel da de var en Uges Tid gamle. Kanariefuglen byggede Reden dobbelt da Ungerne af Andet Kuld var halvvoksne og laa og rugede paa 3 Æg ved Siden af Ungerne men da de fløj af Reden gjorde den ligesaa nu har den vist udruget for 4 Gang i en ny Rede. Jeg har faaet 5 Guldfisk ind i Bassinet. Jeg har nu faaet mine Bestillingsarbejder fra Haanden og været i Gang med Søbilledet. Vi har haft en utroligt Masse stille Uger men de 2 sidste Dage har det blæst igen. Tak for Trap som Peter var her med i Lørdags eller i Søndags. de skulde høste Byg Mandag. Jeg var den Dag i Odense og der høstedes alle Vegne. Mange Hilsner til Jer allesammen fra
+Din Far.</t>
+  </si>
+  <si>
+    <t>1947-09-08</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Hans Hvass
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Knud Lehn Petersen
+Alhed  Møhl, Lysses datter
+Didrik Overgaard Nielsen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Museumsdirektøren var formodentlig direktør for H.C. Andersens Hus. 
+Andreas og Else Larsen var i England for at studere bryggerier, for Andreas Larsen havde selv fået opført et på Møllebakken. 
+Bass Bryggeri blev grundlagt i 1777 af William Bass i Burton-upon-Trent , Staffordshire , England. I 1877 var Bass blevet det største bryggeri i verden med en årlig produktion på en million tønder. Dets pale ale blev eksporteret til hele det britiske imperium , og virksomhedens ikoniske røde trekant blev Storbritanniens første registrerede varemærke (Wikipedia marts 2022).
+Barley Wine stammer fra Napoleonstiden, hvor englænderne måtte finde et alternativ til fransk vin, som de af patriotiske grunde ikke kunne drikke og derfor bryggede en øl med navnet Barley Wine (Internettet marts 2022).</t>
+  </si>
+  <si>
+    <t>Det regner. Larsens fugle har unger. Han har sendt tegninger til Hans Hvass' bog, og han har lavet en plakat til H.C. Andersens Hus, så nu skal han have fat på sit søbillede igen. 
+Else og Andreas/Puf er kommet hjem fra England og Skotland , hvor Puf er blevet vist rundt på bryggerier. De skulle have været væk i tre uger, men det blev til to måneder. Det lykkedes Elses far at skaffe flybilletter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qk6R</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Septbr 1947.
+Kære Lysse!
+Tak for Dit Brev i Dag. Vejret begyndte i Morges som sædvanligt med Stille og diset Sol, men nu plasker Regnen paa Ruderne det er vist ca 6 Uger siden det har regnet. Vi har Besøg af Marie og Uglen og Lasse og Ursula. Jeg har nu 4 Dompapunger der kan spise selv, de fløj af Reden for ca 14 Dage siden og Dværgvagtlerne fik 6 Kyllinger d. 1/9. i Dag har jeg set 5, saa mange er der altsaa. Jeg har lige sendt 7 Tegninger af sjældne Fugle til Hans Hvass saa nu mangler jeg kun 11-12 til. Jeg har lavet en Plakat til H.C. Andersens Hus som skal bruges i England og Amerika. Museumsdirektøren og kgl. Bygningsinspektør Lehn Petersen var her i Fredags og hentede den og lod til at være glade ved den. Jeg har nu faaet ryddet op i Værkstedet og skal til at tage fat paa det store Søbillede igen forhaabentlig sidste Runde. Jeg har svømmet omkring paa Stedet hver i de sidste 4-5 Uger saa jeg bilder mig ind at jeg ved en hel Del mere om hvordan Billedet skal se ud end jeg vidste i Forvejen. Du har vel hørt at Puf og Else endelig er kommen hjem fra England og Skotland. Puf blev vist om paa det store Guinness Bryggeri i London og senere paa Bass Bryggerierne i Burton, sidstnævnte Sted blev han trakteret med en Barley Wine brygget i 1868 og aftappet i 1870. Desuden overværede han en 2 Dages Brygning paa et Bryggeri i Dundee. De havde jo regnet med at være borte i 3 Uger, men det blev til 2 Maaneder, og dersom Elses Far ikke tilfældig havde faaet fat i et Par ubenyttede Billetter til 10 Aug kunde de ikke være kommet hjem før d. 19/8 med Flyvemaskine. Nu holdt det op at regne, men der kommer vel mer for Barometret der har staaet stille i 5-6 Uger er raslet ned i Dag. Mange Hilsner til Jer allesammen 
+fra Din Far og fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Hans Hvass
+Elisabeth Knuth
+Johan Larsen
+Marie Larsen
+Knud Lehn Petersen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Af et brev, som Johannes Larsen skrev til sønnen Johan/Lysse samme dag som dette, fremgår det, at tegningerne til Hans Hvass var til dennes bog Sjældne danske fugle, Gyldendals bogtrykkert 1947.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen spørger, hvornår Christa Knuth skal have ex libris til datteren. Han beder om fotografier til formålet.
+Larsen har besøg af sine søstre samt Ursula og Lars Swane. Han har sendt tegninger til Hans Hvass og leveret plakat til H.C. Andersens Hus. Desuden har han ryddet op i værkstedet. Larsen svømmer hver dag, så han kender farverne og belysningen til søbilledet godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xblM</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 8 Septbr. 1947.
+Kære Grevinde!
+Nu er der endelig Forandring i Vejret. Regnen pisker paa Ruderne nu, mens det i Morges begyndte som sædvanligt med Stille og diset Solskin. Jeg skriver for at faa at vide hvilken Dag den Frugtudstilling i Odense er? og desuden den hvornaar det er Du skal have det Ex libris til Elisabeth. Jeg vil nu helst lave det med Hesten eller Hestene. Kan Du ikke sende mig nogle Fotografier af dem og tillige nogle do. af Parken eller Postkort af samme eller begge Dele. Vagtelen fik 6 Kyllinger d. 1/8 og i Dag har jeg set 5 derovre Dompap Ungerne kan nu spise selv. Vi har Besøg af mine Søstre og Lasse og hans Kone. Jeg fik Brev fra Lysse i Dag. Det gaar godt frem med Huset, det er nu malet udvendigt og tildels indvendig. Jeg har i Dag afsendt 7 Tegninger til Hans Hvass og i Fredags var Museumsdirektøren og kgl. Bygningsinspektør Lehn Petersen her og hentede Plakaten til H.C. Andersens Hus som de lod til at være meget tilfredse med. Jeg har faaet ryddet op og gjort rent i Værkstedet, saa jeg nu kan begynde igen paa det store Søbillede, jeg har svømmet paa Stedet hver Dag i den sidste Maaned saa jeg tror jeg ved en hel Del mere om Farverne og Belysningen end jeg vidste i Forvejen, nu skal vi se hvad det kan blive til. Jeg mangler nu kun elleve eller tolv Fugle til Hans Hvass. Mange Hilsner fra 
+Din hengivne
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1948-09-22</t>
   </si>
   <si>
     <t>Thora Cohn
 Dams Hotel
 Kai Grunth
 Sven Havsteen-Mikkelsen
 Hedvig Høst
 Oluf Høst
 Ville Jais Nielsen
 Johannes Jais-Nielsen
 Arne Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Bendt Rom
 Olaf Rude
 Finn Salomonsen
 Ane Talbot</t>
   </si>
   <si>
     <t>Biæderen er ej sjælden træk- og ynglefugl i Danmark.
 Jordsvaler: Digesvaler
 Det vides ikke, hvad fyrmesteren på Christiansø og amtmanden i Rønne hed. 
 Oluf Høsts "større Gaard inde i Landet" hedder Bognemark, og han malede den utallige gange. 
 Mesinebryggeren kendes ikke, og det vides heller ikke, hvem der var pige i huset hos Larsen-familien i sept. 1948.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Bornholm. På flyveturen dertil kunne han intet se pga. regn. Han tog ind på et hotel i Rønne, og her kom Arne Larsen og viste ham fotos af nogle biædere, som havde haft reder nord for Hasle. Dagen efter blev Larsen hentet af Olaf Rude, og de kørte ud og så biæderredehullerne. De næste dage besøgte de Hammershus og rundkirker samt flere byer og de var til middag med Oluf og Hedvig Høst samt Jais-Nielsen.
 Larsen var også en tur til Christiansø i dårligt vejr. Dagen efter spiste Larsen, Rude og Jais hos Høst i dennes dejlige hus, og Høst og Larsen var ved dennes gård (Bognemark). 
 I Rønne igen besøgte Larsen Amtmanden. Da Larsen kom frem til flyet, viste det sig, at der var overvægt, men en passager tilbød at vente til næste dag med at tage til København, og problemet blev derved løst. Udsigten fra flyet var denne dag fin.
 Larsen med familie har været i Odense og se et guldfund fra Midskov. De har også været på besøg hos Sven Havsteen-Mikkelsen på Taasinge, og han gav dem en skotsk hyrdehund fra et kuld hvalpe, som Johan/Puf tidligere havde set.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TrRn</t>
   </si>
   <si>
     <t>Kjerteminde 22 Septbr 1948.
 Kære Lysse!
 Tak for Dit Brev. Skønt jeg havde glædet mig til den Tur gennem Jylland til Göteborg og videre til Båxhult, passer det mig i Grunden helt godt at den ikke bliver til noget til Aar. Jeg kan trøste Dig med at vi ikke var samtidig i Kjøbenhavn, da Du var der var jeg allerede hjemme. Vi havde Besøg af Bent Rom da jeg bestemte mig til Turen og han tilbød at jeg kunde overnatte i hans Lejlighed, hvad jeg saa gjorde og fløj Dagen efter til Bornholm. Flyveturen var en Skuffelse da det var saa Regntykt at jeg ikke en Gang kunde se Saltholm og overhovedet ingen Ting saa før vi kom til Bornholm, hvor jeg tog ind paa Dams Hotel i Rønne og ringede til Olaf Rude der sagde at han vilde hente mig næste Formiddag. Jeg gik saa ind og satte mig for at spise og saa kom der en Lektor Arne Larsen, som Rude havde sendt hen for at han kunde fortælle mig om Biæderne. Der er jo sket det mærkelige at 2 Par Biædere, en sydeuropæisk Fugl der tidligere er skudt nogle Gange her i Landet, men ikke vides at have ynglet N for Alperne i de sidste 100 Aar, havde ynglet i en Grusgrav paa en Mark ved Kysten lidt N for Hasle. Lektor Larsen viste mig nogle Billeder af dem. Der var baade Flugtfotografier og Fotografier af de gamle i Hullerne og af en Unge som en Kat havde haft fat i, og som senere døde. Redehullerne var anbragt i en Jordsvalekoloni. Dagen efter kørte jeg saa med Rude til Allinge hvor han bor, og paa Vejen stod vi af og var henne at se paa den omtalte Grusgrav, hvor Biæderne havde lavet 8 Redehuller. De var rejst om Fredagen før jeg om Tirsdagen kom derover. Om Eftermiddagen kørte vi op til Hammershus og næste Dag var vi igen deroppe og se paa Ruinerne og om Eftermiddagen til en af de 4 Rundkirker Olsker. Forøvrigt kørte Rude mig 2 Ture hver Dag og jeg fik 2 Festmaaltider daglig. Næste Dag var jeg med Rude og hans Kone paa en lang Tur gennem alle Byerne paa Ø Kysten til Dueodde og over Aakirkeby hjem gennem Ekkodalen. Vi var til stor Middag hos Grunther der har bygget sig et Hus ved Gudhjem, sammen med Jais Nielsen og hans Kone og Høst og hans Kone; Saa var jeg alene en Tur til Christiansø, men uheldig med Vejret. Jeg havde Mad med og fik en Pilsner en Bitter og en Kop Kaffe paa en Beværtning og gik saa ud
 2
 for at se paa Øen, men saa var det blevet Regnvejr og regnede mens jeg var der. Da jeg havde gaaet den store Ø rundt gik jeg ind til Fyrmesteren er den øverste Toldmyndighed og hilste ham fra Finn Salomonsen Vi sad saa og snakkede ved en Cigar og et Par Glas Portvin og saa gik jeg den lille Ø rundt i Regnvejr og satte mig ned i Kahytten. Det var blæst op og Vinden lige imod saa der var en hel Del søsyge. Rude og Høst stod og tog imod mig i Gudhjem og Rude kørte mig saa hjem. Næste Dag var Rudes og Jais, hans Kone var rejst til en fin Middag hos Høsts der har et dejligt Hus i Gudhjem, med Have op ad Klippen Bokul hvor der er en lille Lystskov med en stor Dam og paa den anden Side ligger den Gaard som Høst altid maler og hvor han har Atelier for uden et i haven og et i Huset. Jeg var med Høst oppe i Bondegaarden. Desuden ejer han en større Gaard inde i Landet og har bygget en stor fin Biograf til sin Søn. Saa var jeg nogle flere Ture med Rude, bl.a. paa Rytterknægten og i Bastemosen, og i den største Rundkirke Øster Larsker. Onsdag 1 Septbr kørte Rude og jeg til Rønne og besøgte Amtmanden hvor vi fik The og Kager og senere en Cocktail. Rude og Amtmanden skulde med Damperen om Aftenen, mens jeg havde faaet Billet til Flyvemaskinen. Amtmandens Chaufør kørte mig ud til Flyvepladsen. Der var 6 Passagerer som der var Plads til, men da vi blev vejede viste det sig at der var Overvægt, og vi fik den Besked at enten skulde en af Passagererne trække sig tilbage eller ogsaa skulde al Bagagen sendes med Damperen. Det saa jo ikke godt ud. Min Rejsetaske var ulaaset, og jeg kunde jo ikke komme til Kjøbenhavn uden Hotelplads og uden Nattøj, saa jeg var forberedt paa at returnere til Rønne, da heldigvis en af Passagererne erklærede at hans Hjem Rejse godt kunde vente til Dagen efter. Saa kom vi da af Sted og skønt det var lidt diset kunde jeg dog se Vandet hele Tiden og det var morsomt at flyve over Skaane, der laa i Soldis med nogle gulranede Skyer forude og en vældig Tordenbyge med Nedbør til højre for os og Skanør og Falsterbo til venstre. Vi fløj fra Bornholm Kl 6,15 en Time efter i Kastrup og jeg naaede at faa 3 Stk Mad og en Fadøl paa Banegaarden. Traf Mesingebryggeren paa Færgen 
 3
 og kørte med ham hjem og var her Kl. godt 12. I Forgaars var vi allesammen i Odense for at se et Guldfund fra Midskov. En Gaardmand derude ryddede en Busk og fandt 7 Guldkar af samme Slags som dem fra Lavindsgaard og dem fra Boeslunde, Du ved dem med Hankene. Disse havde 3 haft [Tegning] Hanke der var brækkede af, men der 2-3 smaa Guldplader der havde været nittede paa og en del af en Guldtraad. Hankene havde været [hul i papiret]viklet med. I Gaar var vi alle sammen )x nede hos Svend Mikkelsen der har købt et Hus paa Taasinge i Troense. Vi fik en sort og en hvid skotsk Hyrdehund med hjem som Puf havde været med til at udvælge af et Kuld Hvalpe da de var derovre i Fjor, det er en Hanhund der hedder ”Glen” Vi har haft meget uroligt Vejr i den sidste Tid og en Mængde Frugt er blæst ned og i Dag trækker der nogle store Byger med Regn og Hagl. 
 Mange Hilsner Jeres JL.
 )x Else var ikke med da hun er forkølet og i Dag ligger vores Pige med et daarligt Ben.
 P.S.
 I faar en af Dagene en Invitation til Anes Konfirmation i October, som jeg haaber at I kan komme til
-JL.</t>
-[...35 lines deleted...]
-Vi ligger her i Havnen og har faaet Fru Friis og Claus ombord skal vist tilbage til Eskildsø og til Lynæs i Aften. Det er et farligt Møgvejr. Vi foreslaa Friis at bese Domkirken i Stedet. Har omadresseret Forsendelser til Lynæs til poste restante. Her var ingen Ting. Mange Hilsner
 JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -2214,59 +2271,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZTPx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZTPx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RtHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5T3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MEut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M50"/>
+  <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2301,2241 +2358,2286 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F3" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        </is>
+        <v>30</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="M3" s="5"/>
+        <v>34</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H4" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>45</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H5" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="M5" s="5"/>
+        <v>55</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>36</v>
-[...9 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G6" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>37</v>
-[...10 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>65</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
-        <v>40</v>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>70</v>
+      </c>
+      <c r="K7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L7" s="6" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-        <v>48</v>
+        <v>74</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>63</v>
-[...12 lines deleted...]
-        <v>64</v>
+        <v>48</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>72</v>
-[...7 lines deleted...]
-        <v>73</v>
+        <v>27</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>107</v>
+      </c>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>83</v>
-[...8 lines deleted...]
-        <v>86</v>
+        <v>108</v>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L12" s="6" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>119</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
-[...3 lines deleted...]
-        <v>99</v>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I14" s="5" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>55</v>
+        <v>107</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>47</v>
+        <v>128</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="I15" s="5"/>
+        <v>129</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>130</v>
+      </c>
       <c r="J15" s="5" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>104</v>
+        <v>135</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>55</v>
+        <v>136</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>118</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>143</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>121</v>
+        <v>58</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>131</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>151</v>
+      </c>
+      <c r="I18" s="5"/>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K18" s="5" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>16</v>
+        <v>155</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>139</v>
+        <v>27</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" s="5"/>
+      <c r="H20" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>166</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>154</v>
-[...4 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G21" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>155</v>
+        <v>175</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-        <v>163</v>
+        <v>58</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-[...6 lines deleted...]
-        <v>166</v>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
-      <c r="A23" s="5" t="n">
-        <v>1928</v>
+      <c r="A23" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>170</v>
+        <v>58</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="s">
-[...6 lines deleted...]
-        <v>133</v>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>121</v>
-[...7 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>187</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>125</v>
+        <v>63</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>122</v>
+        <v>58</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="I25" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L25" s="6" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>38</v>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G26" s="5" t="s">
+        <v>197</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>133</v>
+        <v>63</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>204</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>121</v>
+        <v>205</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>206</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>125</v>
+        <v>63</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>56</v>
-[...10 lines deleted...]
-        </is>
+        <v>213</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>58</v>
+      </c>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-[...6 lines deleted...]
-        <v>213</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K29" s="5" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>130</v>
+        <v>58</v>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F30" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>227</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>125</v>
+        <v>63</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>122</v>
+        <v>58</v>
+      </c>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>225</v>
-[...8 lines deleted...]
-        <v>227</v>
+        <v>234</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>232</v>
+        <v>155</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>244</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>240</v>
-[...5 lines deleted...]
-        </is>
+        <v>246</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>248</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="M33" s="5"/>
+        <v>250</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H34" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K35" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="M35" s="5"/>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K36" s="5" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="M36" s="5"/>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="s">
-        <v>253</v>
+      <c r="A37" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>250</v>
-[...9 lines deleted...]
-        </is>
+        <v>213</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>263</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-        </is>
+        <v>264</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="M37" s="5"/>
+        <v>268</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>250</v>
-[...4 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>257</v>
-[...5 lines deleted...]
-        </is>
+        <v>271</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>273</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>276</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>260</v>
+        <v>97</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>261</v>
-[...5 lines deleted...]
-        <v>106</v>
+        <v>155</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>261</v>
-[...8 lines deleted...]
-        <v>272</v>
+        <v>262</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>148</v>
+        <v>213</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>289</v>
+        <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>290</v>
+        <v>17</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>298</v>
+        <v>58</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>308</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>309</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>261</v>
+        <v>308</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>316</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>317</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>120</v>
+        <v>308</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>122</v>
+        <v>309</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>125</v>
+        <v>288</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-        </is>
+        <v>308</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>321</v>
+        <v>288</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>82</v>
-[...9 lines deleted...]
-        </is>
+        <v>308</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>328</v>
+        <v>288</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-        </is>
+        <v>262</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>335</v>
+        <v>266</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>130</v>
+        <v>262</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>133</v>
+        <v>266</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>345</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>346</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>16</v>
+        <v>308</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>347</v>
+        <v>17</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>309</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -4546,44 +4648,45 @@
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
+    <hyperlink ref="M51" r:id="rId56"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>