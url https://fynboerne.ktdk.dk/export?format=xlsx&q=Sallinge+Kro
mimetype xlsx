--- v0 (2025-10-22)
+++ v1 (2026-03-07)
@@ -5,314 +5,508 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="113" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>21. februar eller marts 1891</t>
+    <t>1938-02-13</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Christine  Mackie</t>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Sallinge Kro</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Karen Pilegaard
+Lars Pilegaard
+Valdemar Rørdam
+Jørgen Schou
+Karl Schou
+Marie Schou
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
+Drude Jørgensen købte en samling af Johannes Larsens oliemalerier med motiv fra H.C. Andersens Den grimme Ælling til ophængning på Fyns Forsamlingshus.
+Else og Andreas Larsen fik i 1938 datteren Thora.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0771</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt har det dejligt på Sallinge Kro. Hun nyder at høre fynsk tale igen og at møde søde mennesker. Måske skal hun en tur til Munkebo Kro og vil i så fald besøge Johanne/Junge Larsen.
+Astrid har besøgt Fyns Forsamlingshus og set Johannes Larsens billeder. Hun har også set Alhed Larsens stokroser og Karl Schous interiør med mor og barn på Stiftsmuseet. 
+På Ølstedgaard besøgte Astrid professoren, som læste højt af sine digte. Hun har været i Ryslinge og høre Rørdam samt på besøg på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsmJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med kuglepen:]
+1938
+13’ febr. Sallinge
+[Håndskrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+[Skrevet på kuvertens forside med kuglepen:]
+20-5-03
+[På kuvertens bagside:]
+A Warberg
+Sallinge Kro
+[I brevet:]
+Sallinge Kro, Søndag d 13’ Februar 1938
+Kæreste søde Junge!
+Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
+De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
+Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
+2)
+måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
+Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
+Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
+Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
+Ja, du kan tro, at det var en Aften. 
+Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
+I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
+Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
+Og at Vejen bliver lavet – og Lånet trækker op – 
+Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1937-01-22</t>
+  </si>
+  <si>
+    <t>Axel  Müller</t>
+  </si>
+  <si>
+    <t>Sallinge Kro Højrup</t>
+  </si>
+  <si>
+    <t>Frihavnens Hovedkontor København</t>
+  </si>
+  <si>
+    <t>Otto Emil  Paludan
+Karen Pilegaard
+Bendt Schaffalitzky de Muckadell
+Janna Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem ingeniør Fleuron og sognefogeden var. 
+Herregården Gelskov brændte før 1917, og en ny hovedbygning blev opført (Wikipedia august 2025). 
+Oxfordbevægelsen var en kristen vækkelsesbevægelse, der opstod i 1920'erne, primært kendt for sin betoning af personlig omvendelse og fornyelse gennem fire moralske principper: Ærlighed, renhed, uselviskhed og kærlighed. Bevægelsen lagde vægt på, at enkeltpersoner skulle lade sig vejlede af Gud i deres daglige liv og søge aktivt medlemskab inden for de eksisterende kirker. Senere, i 1938, ændrede bevægelsen navn til Moralsk Oprustning og fokuserede på at bekæmpe truslen fra kommunismen gennem moralsk fornyelse (Internettet aug. 2025). 
+En alen er 627,708 mm = 62,7708 cm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Vty</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blæk på kuvertens forside:]
+4’ Brev
+modt. 23’ Jan 1937.
+Hr. Sognefoged Axel Müller
+Frihavnens Hovedkontor
+Kjøbenhavn
+Ø.
+[Med blå kuglepen:]
+14-2-03.
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup.
+[i brevet:]
+Sallinge Kro, Fredag Fm. 22 Jan 1937.
+Min egen Ven!
+Tak for Opringningen i Aftes – det var vældigt rart at høre Jeres Stemmer – og at alt stod vel til. Jeg hungrer nu meget efter Breve, jeg længes efter Jer begge to.
+I Dag skinner Solen – her er usigelig dejligt hvor end Øjet ser. Der begynder at falde Ro over Gemytterne efter de store Trafiksensationer; i går drog de tre Odensianere afsted til Odense – d v s de to unge Mennesker måtte lade Lastbilen stå Falck kunde ikke få den manøvreret med. Ingeniør Fleuron trillede derimod glad afsted i sin lille fine ultramoderne Vogn; han og jeg var om Formiddagen til Frokost hos Baron Bent Schaffalitzky, som havde telefoneret efter os. Da vi var nået lidt udenfor Sallinge mødte vi Sognefogden – han vendte strax Kanen – stoppede mig ind i en herlig Kørepels – Hr Fleuron ved Siden af – selv stod han bagpå, og så susede vi afsted – over Markerne op til Korsvejen – så var der fin Vej lige til Gjelskov; der er bygget en ganske dejlig Herregård – store dejlige og hyggelige Rum med en god Brændekakkelovn i hver Stue – åbne Døre – en suite – og smilende søde Mennesker. Baronen hentede en støvet Perikumsnaps – brygget af Pallam i 1894 – den smagte! De mente, at når en Warberg var gæst, så måtte Tidspunktet være inde til den Snaps! Og så vankede der en god Cigar - . Baronessen og jeg fandt straks sammen i en lang privat filosofisk Snak i en Sofa. Hun er Oxford, siger Gud ustandselig, som var det en Person hun var dus med. Men det lykkedes alligevel at finde en hel Del Ting, vi kunde være enige om, og hun bad mig endelig komme igen. Hun skulde til Højrup i sin Bil, vi kørte med hende op til Korsvejen; Snekasterne var bleven færdig med Vejen, så vi gik det sidste Stykke til Kroen gennem 4-5 Alen høje Snemure. 
+For lidt siden kom Sognefogden, og vi aftalte at køre ned til Karen (Pilegaard) Frandsen i Højrup ved 1Tiden – så vil han hente mig igen i Aften; vi fik os en hyggelig Passiar om gamle Dage og alle Mennesker fra den Tid. Overalt og fra alle møder man en Bølge af Sympathi så snart det spørges, at man er en Warberg. Far må have været en højt elsket Mand, når denne Følelse kan leve gennem Generationer.
+Jeg er simpelthen lykkelig over at være her. 
+I Dag kan jeg altså ikke vente Brev - men mon der dog ikke kommer et lille et fra jer begge to i Morgen, Lørdag? Søndag skal jeg til Erikshåb. Nu skal jeg ud at se en Flyver starte. Hans Maskine har ligget her fra i går.
+Tusinde kærlige Hilsner til Jer begge!
+Din egen Dis.</t>
+  </si>
+  <si>
+    <t>1937-01-25</t>
+  </si>
+  <si>
+    <t>Sallinge Kro
+Højrup</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Mine -
+Lars Christian Balslev
+Maria Balslev
+- Bender, g. Petersen
+Hans Lorentzen
+Karen Lorentzen
+- Nortoft
+Marie Paludan
+Otto Emil  Paludan
+Karen Pilegaard
+Carl Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem gamle Christensens, den unge krokone, fru Olsen og sognefogedens var. 
+Baronen kan være både Carl og Erik Schaffalitzky de Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924a</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at man respekterer hendes valg af farver til køkkenet.
+Hun læser ikke som planlagt, men oplever sin gamle hjemegn på ny. Har været i Hillerslev kirke. Paludan/Pallam og hans søsters grav er herskabelig. Han var så beskeden. Albrecht Warbergs grav er groet til, men der står en bænk fra Erikshåb på den. Kirken lignede sig selv, men der er nu installeret audioanlæg. Astrid tænkte på sin konfirmation. Præsten var kedelig. Baronen tilbød kørelejlighed, men Astrid ville hellere gå. Efter kirken var hun hos Balslevs på Erikshåb. Om aftenen kom Hans/Loria og Karen Lorentzen. Astrid gik hjem til kroen i måneskin. Hun skal besøge gården Ensomhed.
+Astrid beder Axel Müller sende nogle eksemplarer af hendes bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ibx1</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+5’ Brev
+26’ Jan. 1937.
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Müller
+Bakkevej 8 
+Hareskov
+[Skrevet på kuvertens bagside:]
+Afs.
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sal[lin]ge Krou, Mandag 25 Jan. 37.
+Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
+Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
+Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
+II
+Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
+Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
+Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
+Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
+En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
+I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
+Kærlige Hilsner til Nusset og dig! Din egen Dis
+[Skrevet på langs på sidste sides venstre kant:]
+Frimærkerne er på retur!</t>
+  </si>
+  <si>
+    <t>1937-01-26</t>
+  </si>
+  <si>
+    <t>Mine -
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem sognefogedens og kroejeren var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924B</t>
+  </si>
+  <si>
+    <t>Astrid W-G har en maveomgang. Hun rejser derfor hjem søndag og beder om togtider. Hun har besøgt Mine.
+Det er rædselsfuldt koldt både ude og inde. 
+Astrid spørger, hvordan det går med køkkenet og gulvet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5SX5</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+6’ Brev
+modt 27 Jan 1937
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Muller
+Bakkevej 8
+Hareskov
+Sjælland
+[Skrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sallinge Kro, Tirsdag den vistnok 26/1 – 37
+Min egen Ven! Jeg har haft en kedelig Nat med en Mavehistorie – sandsynligvis af Kulden. I Dag drikker jeg kogt Vand med Franskbrød til, fryser og er sløj; derfor har jeg bestemt mig til at rejse direkte hjem på Søndag – helst Formd., så jeg er hjemme ved Dagens Lys, men vil du ikke nok regne mig Togtiderne ud? Jeg tør ikke i denne infernalske Kulde risikere at komme i et koldt Gæsteværelse hos de gamle Christensens, og heldigvis har jeg ikke nået at få skrevet til dem. – I Går Eftmd. var jeg hos Mine – som endnu bor i det dejlige, gamle Hus under Ore Banker; jeg fik Kaffe, så alle de gamle Billeder og havde et Par ganske henrivende Timer; man fortæller, at hendes Hane er en Seværdighed på Egnen – det så det også ud til efter Billederne. Da jeg kom hjem, frøs jeg sådan, at de inviterede mig ind i Privaten – og der blev jeg endelig varm – men i Dag er her altså også meget koldt den forrygende Blæst går lige igennem de tynde Mure og jeg tør ikke gå ud med den usikre Mave. efter Middag skal vi til Sognefogden – jeg må se at få sovet lidt forinden. Jeg er spændt på, om der er Brev i Dag – hvordan mon det går med Køkken og Dagligstuegulv??? 
+Hvor var det dumt, jeg ikke tog Gummidunken med, men nu er det forsent for de Par Dage.
+Ja, dette Brev er kedelig, men det stammer fra Maven. Jeg begynder at glæde mig lidt til at komme hjem – sikke jeg skal fyre! ah!!
+Bare lillle Nus ikke fryser i sit Værksted – godt de fik Gederne! Tusinde Hilsner jer begge!
+Din egen Dis</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
+  </si>
+  <si>
+    <t>1898-04-28</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...29 lines deleted...]
-    <t>1898-04-28</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Sallinge 
 Arreskov</t>
   </si>
   <si>
     <t>Louise Amstrup
 Olaf Brahm
 Niels Elgaard Amstrup
 Vilhelm Kyhn
 Adolph Larsen
 Jeppe Andreas Larsen
 Johanne  Larsen
 Vilhelmine  Larsen
 Otto Emil  Paludan
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>De forlorne tænder, som Dis har fået, er formodentlig forsynet med en ganeplade af hhv. kobber og sølv. Det er tænkeligt, at giveren var Olaf Brahm, som var tandlæge. 
 "Plagiere Hønset": Anna Syberg (Hønset) var blomstermaler. 
 Johanne Warberg, søster til Alhed Larsen (f. Warberg), var 1894-1898 forlovet med Thorvald Balslev. Det er formodentlig p.gr.a. bruddet med ham, at hun er ked af det.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Ingeborg Astrid Warberg har haft fødselsdag og bl.a. fået forlorne tænder i gave.
 Onkel Amst = Niels Elgaard Amstrup fejrede Dis med et bæger på Sallinge Kro, og han har nok fået skældud af konen, Louise Amstrup.
 Alhed maler et billede af tre hyacinter i haven. Det er meget svært.
 Alheds søster, Johanne, er ked af det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1nbP</t>
   </si>
   <si>
     <t>Kære lille Las!
 Godmorgen! Jeg er saa tidlig oppe i disse Dage, nemlig Kl. 7 ½. Ja, det forslaar jo rigtignok ikke noget imod Dig der skal op Kl. 5, men lad os nu først se, om Du kommer det. 1000 Tak for Dit Brev i Gaar, Dis havde ikke faaet Dit Brev paa sin Fødselsdag, hun kom uventet herover om Eftermiddagen, smilende og straalende som altid. Hun havde faaet 10 Breve og nogle Gaver, bl.a. forlorne Tænder af Olaf, en Dagligtand med Kobberplade og en Stadstand med Sølvplade, værdi nogle og 40tyve Kr. Dis mangler nemlig en Tand! - - Onkel Amst kom her til The, men de havde faaet Paalæg om at komme tidlig hjem; de gik ogsaa herfra i ordentlig Tid, og Palam fulgte dem, men saa havde de Frækhed nok til at gaa ind i Sallinge Kro for at fejre Dis med et lille Bæger, saa det blev meget sent. Onkel Amst har vist faaet sig en ordentlig Omgang. Himlen befri Dig for nogensinde at faa saadan en Kælling; men det kan godt være, Du faar det. – Naa, for at tale om noget andet, saa er det en aldeles nydelig Morgen, Solen skinner saa dejlig, og det er jeg forfærdelig glad ved, da jeg i Gaar begyndte at x [indsat i margen] for at plagiere Hønset [indsættelse slut] male et Solskinsbillede, nemlig 3 Hyacinther, en rød, en blaa og en hvid. Det er forfærdelig morsomt at male igen, og det er et smukt Motiv, men meget svært. Især Jordens Farve kan jeg slet ikke finde ud af. Kan Du ikke sige mig, hvad Kulører jeg skal bruge til Jord med Solskin paa, set nær ved. Du synes naturligvis, det er et fjollet Spørgsmaal, men jeg er sikker paa, at hvis man spurgte gamle Kyhn om det, kunde han godt sige det. Forholdene ude i det Blomsterbed ere ogsaa meget vanskelige. Jeg maa sidde i en meget trættende Stilling helt nede ved Jorden og have Lærredet liggende fladt ud og saa skinner Solen mig lige i Øjnene og paa Lærredet. Men det allerværste er, hvis denne Blæst lægger sig med Regn, inden jeg bliver færdig med Billedet, jeg begyndte i Gaar og jeg maa have mindst 3 Dage til. – Jeg sidder paa Kontoret og skriver da jeg er husvild, alting er nemlig flyttet ud af mit Værelse og vi vente Maleren i Dag. – Tænk, vi skal til Middag paa Arreskov i Dag, jeg har aldrig været saa gal over nogen Invitation, tror jeg, min allerbedste Malertid gaar. Johanne er ogsaa frygtelig ked af det. – Hun er stadig ligesaa nedtrykt som i Søndags, det lille Skind. – Hun har flere Gange talt med mig om det i disse Dage, og det er jeg glad ved, da det dog maa lette hende lidt. – Men jeg er saa frygtelig bange for at raade eller paavirke hende i nogen Retning, det tør man ikke, vel? Bare Du var her, jeg har sagt hende, at jeg har fortalt Dig det, og hun sagde, at det var hun slet ikke ked af, da hun har kommet til at holde forfærdelig meget af Dig og havde saadan en Tillid til Dig. - - Nu maa jeg slutte og ned og se, om Solen er kommen om til Hyacintherne, jeg ser til min Sorg, at der er kommen en masse graa Skyer paa Himlen, saa jeg er bange, Solen gaar bort til Middag. – Du kan tro, jeg glæder mig til paa Søndag 8 Dage, saa kommer min egen, søde Ven! Farvel for denne Gang 1000 Hilsner fra Din Alhed.
 Erikshaab 28 – 4 – 98. – 
 Har Din Mor saa taget pletter af Dit Tøj? Kan du hilse Dine Forældre og Agraren mange Gange.</t>
   </si>
   <si>
-    <t>1898-07-05</t>
-[...3 lines deleted...]
-Vilhelmine  Larsen
+    <t>1920-09-15</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Fritz Magnussen
+Peter Magnussen
+Per Nielsen
 Fritz Syberg</t>
   </si>
   <si>
-    <t>Jeppe Andreas Larsen
-[...70 lines deleted...]
-    <t>1900-09-01 - 1901-04-24</t>
+    <t>Erikshaab var Alhed Larsens barndomshjem. I 1920 boede Otto Emil Paludan, som overtog godsforvalterstillingen efter Alheds far, på gården med sin søster. 
+Louise og Niels Elgaard Amstrup boede på Ølstedgaard. Louise var en søster til Albrecht Warberg, som var Alheds far. 
+Johan Larsen byggede i sommeren 1920 en båd.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
+Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
+Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kære søde Ly!
+Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
+Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
+Onsdg 15de Sept - 20</t>
+  </si>
+  <si>
+    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...52 lines deleted...]
-    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -338,428 +532,155 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1920-09-15</t>
-[...11 lines deleted...]
-Johannes Larsen
+    <t>1900-09-01 - 1901-04-24</t>
+  </si>
+  <si>
+    <t>Elna -
+Laurentius Allerup
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Lars Christian Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Herman Bang
+Alice Bondesen
+Emil Brandstrup
+Thora  Branner
+- Fibiger, Frøken
+Marie Juul
+Otto Lagoni
+Peter Erasmus Lange-Müller
+Alhed Larsen
+Jeppe Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
 Christine  Mackie
-Fritz Magnussen
-[...107 lines deleted...]
-Marie Paludan
+Cathrine Meyer
+Erhard Meyer
+Otto  Meyer
+Sophus  Meyer
+Augusta Mogensen
+Christian Mogensen
 Otto Emil  Paludan
-Karen Pilegaard
-Carl Schaffalitzky de Muckadell
+Antoine-François Prévost d'Exiles
+Leopold Rosenfeld
+Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
-Janna Schou</t>
-[...227 lines deleted...]
-Tusinde Hilsner fra din Dis</t>
+Christine Swane
+Fritz Syberg
+Vilhelm  Sørensen, pastor
+Nicoline  von Sperling
+Laura Warberg
+Andreas Warberg, Albrechts far
+Christoph Ernst Friedrich Weyse</t>
+  </si>
+  <si>
+    <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
+  </si>
+  <si>
+    <t>21. februar eller marts 1891</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Niels Elgaard Amstrup
+Leonard Holst
+Otto Emil  Paludan
+Adelheyde Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Bejset er muligvis Leonard Holsts kælenavn. 
+Tante Visse/Louise Amstrup boede endnu i 1891 i sit barnmdomshjem, gården Ensomhed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2714</t>
+  </si>
+  <si>
+    <t>Christine Mackie har været på kro med Amstrup og Paludan, og hun fik for meget at drikke. Hjemme på kontoret sad Christines mor og Tante Mimmi og talte alvorligt, og Christine besvimede. Hun løb derefter i vinterkulden ud for at lede efter Paludan for at han ikke skulle sladre om kroturen. På gården Ensomhed hørte man Christine, og karlene løb efter hende, men hun slap væk. Næste dag spurgte Laura Warberg Christine, om hun og Leonard Holst var forlovet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/avlS</t>
+  </si>
+  <si>
+    <t>Kære Alhed!
+Skønt jeg lige har skrevet et meget søvndyssende Brev og har en Spektakkel inde i mit Hoved, så skal du dog have Beretningen om min sidste og mærkeligste Bedrift til Bejset henhørende. Jeg forudskikker den Bemærkning, at jeg Lørdag d. 21de ds. rejser til 1) Frørup 2) Sludegd. hvor jeg vist bliver en halv Snes Dage i det hele. Der og i Løbet af den Tid kan et Brev træffe mig med dine Hjærteudgydelser angående Gescheckten; skriv endelig mens jeg er der.
+I Fredags skete Katastrofen. Endnu i Søndags var Tante Mimi tavs og kold. Den Eft. gik jeg et Vip ned til Erikshåb, Amstrup var der og skulde lige til at gå hjem, jeg fulgtes med ham og Pallam, de bød mig med til Kroen på et Glas sv. Banko. Jeg sagde selvfølgelig ikke nej, vi stak der ind og sad meget rart og gemytligt i Kroen og min Sandten, efterhånden gled der 1/2 Fl. Banko i hver af os!! Så fulgte Pallam videre med Amstrup og jeg joskede hjemad, men mere og mere blev jeg "løjerlig ejen i," dog ikke mere end at kunde følges med Onkel Syberg op ad Alléen og beklage mig over min slemme Hovedpine. Men jeg kulminerede, da jeg i Kontoret så Tante Mimi og Mor sidde og tale Alvor. Så kendte jeg på mig selv, at Øjeblikket var der, og støttet til Gyngestolen sank jeg blidelig om og Mor og Onkel Syberg halede mig hen på en Stol. Om jeg virkelig var lidt borte, ved jeg knap, megen Bevidsthed havde jeg dog ikke; men jeg mandede mig op, gik ind og skænkede The og spiste med; men så gik jeg over i Seng, sagde, at ingen måtte komme over til mig, jeg låsede min Dør. Nu gjaldt det om, at Pallam ikke røg hjem og fortalte om vor Krotur, så såre jeg var bleven ene tog jeg mit lille bitte mørke Sjal om mig og af Sted ud i den månelyse Nat på 16⁰ Kulde. Jeg gennem Sallinge - ingen Pal, så måtte han jo være på Ensomhed, jeg til Ensomhed og fik med mange Anstrængelser Porten op og rendte ned i den ganske lyse Gård og hen og kikkede ind ad Spisestuevinduerne, der sad Tant Visse i Sofaen, men hun må have hørt mig gå, for hun stirrede hen imod mit Vindue og i det samme begyndte Flora at gø. Så kan det nok være, jeg fik Fart på og kom ud af Gården og op ad Vejen. Men næppe er jeg kommen et lille Stykke, før jeg hørte Mandfolkestemmer bag mig! Altså har T.W. alarmeret Karlene, som nu forfulgte mig. Jeg var færdig at styrte, sådan rendte jeg, iskold var jeg, Sjalet fløj om mig, og at jeg havde Arme kunde jeg ikke føle for Kulde. Endelig holdt de da op at forfølge mig, og jeg kom godt og vel hjem igen og ind i Seng. Men endnu har jeg ikke rigtig forvunden den Nattetur i 16⁰ uden Tøj. Næste Dag tog Mor mig [fortsætter side 1, øverst:] for: jeg var da ikke forlovet med Holst, hun havde set en Mistanke på Tante Mimis Ansigt!!!! Hvad byder du - ! Men Følgen af den Besvimelseshistorie er, at Tant Mimi kom til Erkendelse af, at hun havde været for stræng, jeg var jo ikke dum men sagde, at det var af at spekulere over det. Er den Historie ikke god, må jeg spørge? Holst begreb ikke, hvor jeg fik Mod til den Rendetur til Ensomhed! Skriv nu snart din Mening om alt dette. Delagtiggør Brandt i de to sidste Breve. Hilsen Chr.</t>
   </si>
   <si>
     <t>1949-03-12</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Ena -
 Harriet Afzelius
 Axel Beck
 Henrik Bichel
 Peter Bichel
 Otto  Fischer
 Johannes Hohlenberg
 Alhed Larsen
 Marie Larsen
 Axel  Müller
 Peter Rohde
 Thorkild Roose
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Fritz Syberg</t>
   </si>
@@ -795,50 +716,129 @@
 1.)
 Bjørnsholm, Ll. Værløse, 12/3-49.
 Kæreste lille Junge!
 Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
 Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
 Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
 2/
 Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
 Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
 En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
 Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
 3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
 En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
 Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
 Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
 Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
 Tusinde Hilsner fra din Dis 
 [Skrevet langs venstre margen på forsiden på ark 1:]
 +) måske kan man blive Psykopat af at være Psykiater – hvem ved!
 [Skrevet langs venstre kant på sidste ark:]
 Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
 [Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
 ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
 [Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
 ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
+  </si>
+  <si>
+    <t>1898-07-05</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vilhelmine  Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Svanninge
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Rudolph -
+Christian Eckardt
+Jørgen -, Erikshaab
+Karl Jensen
+Formand  Jørgensen
+Anders Klinkby
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Martin Larsen
+- Madsen, Formand
+Sophus  Meyer
+Rasmus Nielsen Kerteminde
+Johan  Norden
+Christine Swane
+Anna Syberg
+Peter Thomsen, tømrermester
+Christiane - tjenestepige hos Larsen 1898</t>
+  </si>
+  <si>
+    <t>Der er tre forskellige breve, som Vilhelmine Larsen har sendt sammen til familien Larsens gård Båxhult i Sverige.
+Brev 1 fra Fritz Syberg til Christine Swane/ Vilhelmine Larsen. Brev 2 fra Vilhelmine Larsen i Kerteminde til mand og barn på Båxhult. Brev 3 fra Johannes Larsen til hans mor i Kerteminde.
+Johannes og Alhed Larsen opholder sig i Svanninge hos Sybergs. Christine Swane er taget til Båxhult sammen med sin far Jeppe Andreas Larsen (I.A.). Christine skal til optagelsesprøver på Akademiet bl. a. i perspektivtegning.
+Erikshaab er Alhed Larsens barndomshjem ved Sallinge. Ikke så langt fra Svanninge.
+Feden er et område syd for Kerteminde, hvor I.A.Larsen bl. a. havde et kalkbrænderi.
+Gennemkøringen er muligvis udgravning til jernbanen Kerteminde - Dalby, som blev åbnet i 1900.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Christine Swane skal have Fritz Syberg til at hjælpe sig med en perspektivtegning. Syberg foreslår, at han kommer til Kerteminde, da der er mange mennesker i huset i Svanninge.
+Johannes Larsen, som er hos Sybergs i Svanninge, beder sin mor om at tage en hurtig beslutning i det spørgsmål. Det skal nås inden Christine tager til Sverige, ellers må hun kalde Christine hjem.
+Vilhelmine Larsen har haft travlt med at samle penge ind til betaling af en veksel.Hun har inviteret Fritz Syberg til at komme til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ipxB</t>
+  </si>
+  <si>
+    <t>Svanninge 5 Juli 1898
+Kære Fru Larsen
+Det er egentlig til Christine jeg vilde skrive et Par Ord, men Johannes lod forleden en Formodning falde om at hun var i Sverig med Købmand[ papir mangler] derfor vil jeg plage Dem [papir mangler] dette Brev. Endelig er d[papir mangler] vil skrive om noget som, først og fremmest må vinde Deres Bifald for at kunne lade sig arangere: Christine skulde jo have lavet en Perspektivtegning til, og Bestemmelsen var at hun skulde komme herned, men dels er vi såmange Mennesker særlig Børn hernede så her er ikke megen Ro, dels venter vi nogle flere, nå – det lod sig jo endda nok arangere i Henhold til Ordsproget Hjærterum – Husrum; Men for det andet er jeg så ked af min egen Oliemaling, så jeg vilde være glad ved at se Kjerteminde, kunde det derfor ikke ordnes således at jeg kom ned [papir mangler] i den Tid det tager [papir mangler] Perspektiven færdig? Det vil vel vare en 14 Dages Tid. Må jeg så endvidere bede Dem svare mig et Par Ord om hvad De og Christine mener herom, så vil jeg gøre mig klar og komme en af de første Dage, da Tiden jo ikke kan trækkes meget længere ud. Er der Forhindringer, er Christine selvfølgelig velkommen her, om hun end får en noget kneben ”Lejlighed”. Min Hilsen til hele det Larsenske Hus og til Dem Frue fra Deres ærbødige Fritz Syberg.
+Hønset (min Kone) beder hilse.
+Svanninge 5 Juli 1898.
+Kære Moder!
+Baronen har sagt i Dag at han har skrevet til Dig om at komme til Kjerteminde og give Christine den sidste Undervisning der. Han er nu ved at være færdig med et Par Billeder og trænger vist til at komme lidt ud at lufte sig; hvis det paa nogen mulig Maade kan lade sig gøre saa svar strax ja. Kan du ikke rejse med Fader i Stedet. Er Christine rejst saa faa hende hjem hurtigst. Pas endelig godt paa Karl Jensens japanske Bøger.
+Hilsen fra alle hernede til Jer alle sammen. Svar endelig hurtigt. Og gør hvad Du kan for at faa det hele i Orden. Mange Hilsner Jeres hengivne
+Johannes Larsen
+P.S.
+Jeg har skrevet til Eckardts men jeg fik først Dit Brev med Pakken i Søndags Aftes da vi kom fra Erikshaab. Hvordan gaar det [udstreget: fra] med mit sorte Tøj?
+Onsdagaften
+Kjære Far og Dinemor
+Det er mig umuligt at lade være at skrive, jeg har faaet [Klinkby’s] Veksel her Kl 3. Nu vil jeg først fortælle Eder hvordan Dagen gik fra i morges tidlig. Adolph rev og de andre 3 gik til Høet, ved Frokosttid gik jeg over i Boutiken der kom Norden og meldte mig at nu førte de Slagene mod Laden, jeg gik straks derop og talte med Formanden, men han viste mig at de havde slaaet Væggene ud i Marken for ikke at skade Høet det er dog mærkeligt at deres Mand har ladet det gode Hø sidde der og spredes vi blev enige om at de kunde arbejde i Høet til Middag og saa hente Vogne – da jeg var saa langt vilde jeg dog se til Folkene vi aftalte saa at han skulde tage [Hestene] med hjem til Middag, da jeg kom herud bag Lodsens Huus mødte jeg Madsen vi slog Følge lidt og talte om Høet, de lovede engang Hr Madsen at naar Høet skulde flyttes – skulde de hjælpe at samle det spredte igjen; hvad siger De i dag, ja fru Larsen kommer De med en Vogn nu straks – skal jeg stille med en rask Mand til Hjælp, jeg ud i Marken igjen og [kommer] Jørgen og Christiane paa hver sin gamle Hest og hjem efter Vogn jeg kan ikke ride sagde Jørgen jeg er for gammel, saa bar han Hamlen og jeg Forkene over til Laden der glemte jeg at jeg blev stoppet af Gjennemkjøringen, men saa stod begge Formændene Madsen tog Forkene og og Madsen og Jørgensen gav mig hver sin Haand og halede mig op til Middag var begge Læssene herhjem men hvor var jeg hed og rød – saa efter Middag var jeg hos Farbroder og fik underskreven; men Penge ejede han ikke – saa gik jeg paa Feden og ved Losningen af Murstenene stødte jeg paa Rasmus Nielsen – hvilket Held jeg kaldte ham til en Side; men han havde ingen herude, ja saa kan de vel skaffe sagde jeg til Kl. 3 skal de være indbetalte i Banken, saa kommer jeg denne Vej tilbage, nej jeg skal nok komme op – og han kom, Resten fik jeg hos Mejers og Vekslen blev indbetalt; Klinkbys – nu skal vi arbejde i morgen Ingen Penge fik jeg hos de 2 Familier hende med de 22 skulde ikke betale endnu og de betalte ikke noget før Du gjorde Lejligheden det faldt ned fra Loftet saa hun maatte tørre Støv af hvert Øjeblik – de 6 Kroner [Navn] er Haandlanger hos Mejer saa de skulde komme Lørdag; men saa stod Rudolph og rodede i Plankerne jeg spurgte om de skulde have nogle ja Thomsen tog ud og noterede saa vilde Havnefogden give mig Seddel det blev vist en 17 Sl – saa faar vi Penge paa Lørdag Hurra han kom nu med de 11 Kr for Laan
+I ser nu af Brevene jeg skrev straks han er velkommen
+Vejret er godt og vi ere raske 
+Gud bevare Eder og [lede] Eder vel hjem</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -915,51 +915,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -999,544 +999,544 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>26</v>
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>31</v>
+      </c>
+      <c r="K3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="D5" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="I5" s="5"/>
-[...5 lines deleted...]
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>51</v>
-[...10 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>56</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-        </is>
+        <v>74</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>73</v>
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>74</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>80</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L9" s="6" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>73</v>
+        <v>15</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-      <c r="J10" s="5" t="s">
         <v>83</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
         <v>84</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="M10" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="D11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="F12" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>46</v>
+        <v>103</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F13" s="5" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>107</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>108</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>109</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>110</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>111</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>112</v>
       </c>
     </row>