--- v0 (2025-10-02)
+++ v1 (2026-02-07)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="301" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>