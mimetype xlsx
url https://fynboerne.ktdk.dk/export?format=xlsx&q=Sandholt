--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="301" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="308" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -954,50 +954,105 @@
   </si>
   <si>
     <t>Hempel Sybergs søster har ligget syg i Heden. 
 Laura Warberg er spændt på at høre om Thorvald og Johanne/Junge har fundet sammen igen. En bekendt, der havde været i selskab med Thorvald, syntes at han var forceret.
 Hempel Syberg har det godt igen. Han har bedt Laura følge hans søster til Lerchenborg, men hun havde ikke lyst.
 Laura må hurtigt vide, om Niels Holm skal have hø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hf6n</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 cand. jur.
 Gothersgade 129 – 4.
 København K. 
 [På kuvertens bagside:]
 Poststempel.
 [I brevet:]
 p.t Odense – Mandag.
 Kære Abba!
 I Fredags fik jeg et Brevkort fra Syberg med Anmodning til mig om at møde i Heden samme Dag Kl. 3 og køre med ham hjem, helst skulde jeg blive nogle Dage for at underholde hans Søster, som har ligget syg her en Uges Tid, men nu dog var paa Benene igen. Jørgen kørte mig altsaa til Heden og Marie var saa rask, at vi har kunnet snakke ret af Hjærtens Lyst i disse Dage. Det værste for mig ved at rejse hjem efter var det, at jeg længtes saa meget efter Brev fra Dig, navnlig efter at høre om Thorvalds Besøg hos Dig, om der mulig er udtalt noget Haab fra hans Side om det kunde falde i Lave igen mellem dem. Jeg hørte paa Sandholt, at han skulde til Slelde at staae Fadder i Gaar og jeg var derfor i Lørdags paa Banegaarden for at kigge efter ham og hans Moder men saa ingen. I Eftermiddag rejser jeg hjem og vil prøve igen at see efter dem ved Iltoget fra Jylland. Syberg og jeg har været en lang Visit hos Junker; Fruen var nylig kommen fra Madnedsund og havde været en Del sammen med Thorvald, som hun syntes var forceret livlig, men hun talte ikke alene med ham altsaa slet ikke om Johanne. Der blev spillet noget, som Junge ogsaa spillede, og det gjorde meget Indtryk paa ham. – Syberg har det saa udmærket godt nu siger han selv. I Gaar Lørdags ["I Gaar" overstreget. Over linjen skrevet "Lørdags"] var han sammen med alle fra Slagteriet en Tur til Stige ad Kanalen, men fra Aftenspisningen og Dandsen trak han sig tilbage. Thora læser flittig og er glad ved det; Mathematik falder hende ikke svært-
 Syberg har tigget mig om at følge Marie til Lerchenborg; han vilde betale hele Rejsen, men jeg har vægret mig bestemt, har ingen Lyst til at rejse mere. 
 – Jørgen har bedt mig spørge Dig, om Niels Holm skal have Hø; han mener Du har lovet ham lidt, Jørgen Paludan og jeg vilde synes det var rart, om han f. Ex. delte med K[ulæseligt] Skrædders denne Gang. Hvis Du nylig har skrevet til mig og ikke gider skrive igen, saa bed Muk om strax at skrive et Par Ord om Høet, da Jørgen sagde at det var Tiden at slaae – Alle Maries og Sybergs gamle Veninder har været bedt her til hendes Underholdning. Jeg længes nu efter at komme hjem og faae Brev fra Dig og høre hvordan Du har det; nu maa jo Hjemrejsen nærme sig Syberg og Marie hilser. Kærlig hilsen fra Din Smaa. 
 Hilsen til alle derinde. Dersom Du kommer hjem en Søndag, vil jeg prøve at faae Syberg og Thora ud den Dag; vi havde bedt dem til i Søndags, men de kunde jo ikke for Bedstemors Skyld.</t>
+  </si>
+  <si>
+    <t>1899-06-26</t>
+  </si>
+  <si>
+    <t>Alice Bondesen
+Louise Brønsted
+Grethe Jungstedt
+Louise Nimb
+- Pray
+Dudley Pray
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer opholdt sig i USA, da hun skrev brevet. Ordene om chokolade på Gelskov refererer formodentlig (ironisk) til, at Laura Warberg tidligere har afsluttet et brev med, at hun ikke havde mere tid, da hun skulle til Gelskov og drikke chokolade. 
+Ellen og Harris Eastman Sawyer boede den første tid af deres parforhold sammen med hans forældre, hans bedstemor og hans to søstre. Arrangementet fungerede dårligt. 
+Ellen Sawyers svigermors navn kendes ikke. Mr. Prays fornavn samt hans kone og døtres navne er også ukendt. 
+1 kvint er 5 g.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1530</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har ikke meget at skrive om. Den første ladning skinker, som Harris Sawyer har præpareret på slagteriet, er ankommet til Liverpool uden mug. Det er en triumf, og Harris vil få 700 dollars for sin indsats.
+Harris' far har fået ansættelse i The Navy Yard, og han vil få 3,5 dollars ugentligt. Derfor vil de to afdelinger af Sawyer-familien formodentlig kunne flytte hver til sit. Både Harris og Ellen finder, at opfattelserne af husførsel er for forskellige til, at de kan fungere sammen. 
+Ellen og Harris har fundet noget dåsemad, som gør det let at lave billige og sunde madretter. Harris har også fået en skinke fra slagteriet. Han lever sundt nu og tager på, men Ellen kan ikke tåle at spise det samme, for så bliver hun tyk. 
+Ellen og Harris er blevet viet. Kirken var nærmest et forsamlingshus, som de lokale har skillinget sammen til at indrette. Der var ikke rart. Om aftenen besøgte de Mr. Pray (Dudley Prays far). Hans hjem var hyggeligt, og han bød på portvin. Dudleys to søstre føler sig meget dannede, da de har været i Paris.
+Ellen nyder indholdet af sine kasser hjemmefra. Hun og Harris har opgivet at købe en hest, da det er for dyrt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PiUW</t>
+  </si>
+  <si>
+    <t>Mandag Juni 26 – 99
+Kære Mor!
+Jeg er bange for, at også mit Brev idag bliver lidt kort ikke fordi jeg skal til Chokolade på Gelskov, men fordi jeg ikke ved ret meget at skrive om. I denne Uge har vi ikke været så foretagsamme, East har haft travlt, og jeg kan ikke med min bedste Vilje bekvemme mig til at gå ud på egen Hånd, bare rundt her i de nærmeste Gader i Støv og Sol kan man ikke forlange selv af de mest energiske og længere Udflugter må man være to om. East havde en stor Tilfredsstillelse i Begyndelsen af Ugen. – Der kom Telegram og Brev til det store Svineslagteri, hvor han har arbejdet siden i Foråret, at den første Ladning Skinker er ankommet til Liverpool uden Spor af Mug og at de ere de bedste de har fået i lange Tider. De spørger om det er siden den nye Kemiker har fået dem under Behandling. Det er en stor Triumf for Harry, og desuden begynder han at glæde sig til sine 700 Dollars, som skulde udbetales, når hans Kúr viste sig at være probat. 
+Der vil rimeligvis endnu gå c. 3 Måneder før de vil indrømme at det har hjulpet. 
+Et andet Held er indtrådt idet gamle Eastman har fået en måske [”måske” indsat over linjen] fast Ansættelse i ”The Navy-yard”, noget som vist svarer til Holmen i København. – Hvis det viser sig at være en fast Ansættelse, kan vi uden Samvittighedsnag trække os ud af Familjelivet, han får da 3 ½ Dollars om Dagen, hvad endog her er helt godt. Hvor skal vi være lykkelige den Dag, vi trækker os tilbage. Jeg har næsten Samvittighedsnag over det, da de aldeles ikke fortrædiger os, men hele Atmosfæren og Aanden i det er amerikansk, og det kan jeg ikke finde mig i. 
+Mærkeligt er det, at Harry er så enig mig, - hele Aanden i Husførelsen er ham imod og har været det i flere Aar. – hans Smag er så vidt forskellig fra de andres, så han glæder sig ligeså meget som jeg. Vi falder hen i Rørelse, når vi ser på nogle af vore Duge, som er til ”rundt Bord”, som hos os er firkantet. 
+Og hele Kogeriet kan så blive efter vort ”eget Hoved – aldrig mere ”Pier” – el hjemmebagt Brød, som ingen af os kan døje. Vi har opdaget at man kan købe henkogt Suppe for 10 Cents for en Dåse på 5-6 Portioner. Endnu har vi kun prøvet Tomatsuppe, som er fortrinlig, men de har mange andre Slags. Den er så god som man kan koge den selv, så det betaler sig ikke at have Ulejlighed. Man kan også få henkogte Ærter og Tomater, så billige og så godt som friske. På ½ Time kan man på den Måde stille en fin Frokost på Benene, og du kan stole på, Harris er Mand for at indtage den. Hans Frokost i går var: Tomatsuppe med ristet Brød, frisk Lax ristet efter Fru Nimbs Kogebog, dertil Kartoffelmos og Grønærter, Jordbær m. Fløde.
+Idag har han hjembragt fra sit Slagteri en delikat Skinke, som er røget saltkogt og det hele. Den Slags [ulæseligt ord] er jeg en stor Ynder af, det tager alt det trættende fra Madspørgsmålet. Der må siges, at Eastman får sund og god Levemåde nu, der er kun èn Ting, - jeg må jo holde ham med Selskab, men Følgen er, at når han tager et Kvint på, tager jeg et Pund på og det sætter sig i mine Kinder altsammen. – Hvis H. altid havde levet så kraftigt havde det været bedre for ham. Men tidligere, når han vilde have noget rigtig Mad, måtte han mangen Gang lave det selv, og hvis han ikke gad el. var træt, vilde ["vilde" overstreget] måtte han nøjes med, hvad de andre havde: kogte Kartofler, Hvedebrød, Pie og Frugt. Det er gladelig en Middag. Det er intet Under at Svigermoder er så svag som hun er. De lægger ikke Planer i forvejen, aldrig Dagen før: denne Husførelse er ægte amerikansk. 
+Igår gjorde vi en Kraftanstrængelse og gik i Kirke, hvor vi blev viede. Den unge Præst har været her en Visit for at spørge, hvorfor vi aldrig kom i hans Kirke. Det er næppe det rette Ord – det er nærmest at ligne ved et Forsamlingshus, - det er et alm Beboelseshus, hvor de har revet alle Væggene ned og indrettet en slags Kirke. – det går sådan til, - en Del Mennesker skillinger sammen, vælger en Præst, indretter sig et Forsamlingssted og ofrer og sparer sammen til de en Gang med Tiden kan bygge en Kirke. - Bænken var hårde, Sangen var falsk, og det dunstede af våde Klæder (det havde regnet), så skønt Præsten er en rørende lille Fyr der mener det inderlig godt, vil vi ikke gå i den igen for en lang Tid. – Om Aftenen tog vi til South Boston og aflagde Mr. Pray’s Hjem et Besøg. Der var ingen anden end hans Fader, en gammel Fyr som selv lukkede op i Skjorteærmer! Først sad vi en Tid på Plads i ”The Parlor”. Ethvert Hus har et ”Parlor”, som er den fineste Stue Familjen opholder sig ikke dèr og man forgår i Reglen af Kedsomhed der. Da vi havde hensmægtet der en lille Tid og vilde gå, blinkede han nok så polisk og sagde at vi skulde smage hans Portvin. Så kom vi ind i hans Stue, som var helt menneskelig, med store Bogreoler o.s.v. Der sad vi svært hyggeligt og smagte på Varerne, og efter at have prøvet diverse Flasker, holdt han et lille Foredrag om Spirituosaens Skadelighed. – Vi var løftede da vi gik derfra og kom først henad Klk 9 til det Sted, hvor vi var bedte. – ”Et dannet Hjem” hvad vi forstår ved det er Mr. Prays næppe. Men hans to Søstre vilde vist blive meget forbavsede over den Påstand: de har været i Paris, de rasler af Silkeunderskørter, de spiller, - det er i Amerika ”Dannelse”. De ere for øvrigt flinke og rare. Moderen er død. Harry har ofte Brev Forretninger [”Forretninger” indsat over Linjen] fra Dudley P. Han lader til at være meget optaget af Lugge, Grethe og en til, men forsikrer at det er ikke alvorligt. Hører I noget til ham og hans Bedrifter???? Mon han passer sine Studier? Du kan såmænd godt bede ham tage det Sengetæppe med.
+Vi nyder mine Kassers Indhold. Vore egne Håndklæder Lagner og Duge. Bedstefaders Buste er [ulæseligt ord] af og står på Harris Skrivebord. Malerierne ere endnu hos Rammemanden. Dette Brev er vist mest en Gentagelse af mine forrige, er jeg bange for. 
+Den arme Frk. Alex, der har ligget 100 Dage, det er lige hårdt nok. Hils hende endelig, hvis hun er der endnu.
+Ang. den lille Hest, så har vi også opdaget at det er mere kostbart end vi tænkte os, så vi har foreløbig slået det hen. – Jeg ved heller knap, hvornår H. skulde ride, da han altid arbejder. 
+Nu ved jeg ikke mere. Hilsen til alle på Håbet, og Gelskov fra Pelle. 
+Jeg har et påbegyndt Brev til Dede liggende. 
+Lugges Eksamen???
+East hilser</t>
   </si>
   <si>
     <t>1899-08-24</t>
   </si>
   <si>
     <t>Louise Amstrup
 Thorvald Balslev
 Wilhelmine Berg
 Julie Brandt
 Thora  Branner
 Niels Elgaard Amstrup
 Jørgen -, Erikshaab
 Olaf Jensen
 Alhed Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Rosendal
 Ellen  Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, og Albrecht Warberg boede tit der, når han var til behandling for sin astma i København. 
 Lille Olaf er muligvis Julie/Pan Brandts søn. Thorvald er muligvis Thorvald Balslev. 
 Det vides ikke, hvem Amanda var. Christiane og Thomas, som skulle giftes på Sandholt, var muligvis ansat ved denne herregård. 
 "Amstrup sagde til mig, at det havde været rent galt, siden vi saaes": Louise Amstrup på Ølstedgaard var psykisk syg; formodentlig bipolar.</t>
@@ -1183,51 +1238,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1902-03-06</t>
   </si>
   <si>
     <t>Nicoline  von Sperling</t>
@@ -2029,59 +2084,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKWb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXnb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LvkX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKWb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXnb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PiUW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LvkX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2861,974 +2916,1022 @@
       </c>
       <c r="I18" s="5" t="s">
         <v>148</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>149</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>150</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F19" s="5" t="s">
-        <v>109</v>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>154</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>155</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>156</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>157</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>158</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>160</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" s="5" t="s">
+      <c r="F20" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>164</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>165</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>167</v>
       </c>
       <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="C21" s="5" t="s">
+      <c r="H21" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="D21" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="I21" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J21" s="5" t="s">
+        <v>104</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>171</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="M21" s="5"/>
+      <c r="M21" s="5" t="s">
+        <v>173</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K22" s="5" t="s">
+        <v>178</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...12 lines deleted...]
-        <v>179</v>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="I23" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="K23" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E24" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="F24" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E25" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>195</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>196</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>197</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>198</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>199</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>201</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E26" s="5" t="s">
-        <v>178</v>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
         <v>202</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>203</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>204</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>205</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>206</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>208</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="K27" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>213</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="E28" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="s">
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="G28" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="K28" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="L28" s="6" t="s">
+      <c r="M28" s="5" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="E29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="F29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="G29" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="J29" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="K29" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="J29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>176</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>234</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>235</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>236</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>237</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>238</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>240</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="D31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="E31" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="J31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="5" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>101</v>
+        <v>184</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="E32" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="F32" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>252</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>253</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>255</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>256</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="H33" s="5" t="s">
+      <c r="I33" s="5" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>104</v>
       </c>
       <c r="K33" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="L33" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="L33" s="6" t="s">
+      <c r="M33" s="5" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="D34" s="5" t="s">
+      <c r="H34" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="E34" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G34" s="5" t="s">
+      <c r="I34" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="H34" s="5" t="s">
+      <c r="J34" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>268</v>
       </c>
-      <c r="J34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>265</v>
-[...4 lines deleted...]
-        </is>
+        <v>272</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G35" s="5" t="s">
+        <v>273</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>274</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>275</v>
       </c>
       <c r="J35" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>277</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>101</v>
+        <v>280</v>
       </c>
       <c r="D36" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="E36" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="I36" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="J36" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>285</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>101</v>
       </c>
       <c r="D37" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="E37" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>292</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>293</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>295</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>101</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="I38" s="5" t="s">
-[...12 lines deleted...]
-        <v>300</v>
+      <c r="E39" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>307</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
+    <hyperlink ref="M39" r:id="rId44"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>