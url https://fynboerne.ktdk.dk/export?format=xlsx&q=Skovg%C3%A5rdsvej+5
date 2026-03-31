--- v0 (2025-11-03)
+++ v1 (2026-03-31)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="63" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="72" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -308,50 +308,109 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PxiH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Malerinden
 Fru Christine Swane
 Skovgaardsvej 5
 Birkerød
 Danemark.
 [Håndskrevet på kuvertens bagside:]
 Lars Swane
 c/o Hotel de l'avenir.
 52 Rue Gay Lussac
 Paris V.
 France
 ["France" er skrevet med grønt blæk. Det øvrige med sort]
 [I brevet:]
 Rue Gay Lussac 52 Tirsdag 7-6-49.
 Kære Mor! Tak for Brev som vi fik i Dag! Det var dejligt at Varedirektoratet nu endelig gav sig. Angaaende Ramme til Udkast: jeg havde tænkt mig at vi fik 2 runde Stokke og hæftede det paa, og saa rullede det ud paa Væggen, jeg tror ikke det andet er praktisk, det bliver alt for uhaandterligt, tænk over det. Angaaende Lærred, saa har jeg bare glemt det, der er Lærreder paa Loftet, Lisbeth kan hjælpe dig at faa dem ned. Der er nogle helt hjemmepræparerede til dig og nogle meget glatte paa det købte Lærred, som jeg skulde have selv. Tag i alt Fald bare hvad du kan bruge.
 Vi har det godt hernede nu er Vejret blevet fint. Vi var i Gaar til Frokost fra Kl. 12 til 4 30_hos Rogers Forældre, de er alle vældig søde, bor nydeligt og det har trods Sprogvanskelligheder været _meget hyggeligt, men kan du forstaa ret anstrengende. Vi skal der til Aften i Morgen og haaber at de vil diske lidt mindre op for os. 
 Angaaende Bilkørsel gennem Tyskland mærkede vi ingen Vanskelligheder, kører man blot nogenlunde fornuftigt (og vi kører helt fornuftigt) er der ingen særlig Besvær. Der er meget ujævn Vej gennem Hamborg og Bremen grundet paa Omkørsler ved Bombningerne, men saa maa man sagtne Farten og Fare frembyder det slet ikke. Den daarligste Vej er i Belgien, hvor det er Brosten meget af Vejen, men der gælder det samme.
 I Gaar var vi med Karen og hendes Mand Bob i Versailles, en dejlig Tur, især den kæmpestore Park var smuk. I Dag har jeg hentet Penge og Benzinmærker til Turister (20 fr. billigere pr L.). Benzinen er ellers lige givet fri. Vi bor nu paa Hotellet hvor Karen bor, billigt og ordentlig, de første to Nætter boede vi lidt dyrere paa Hotel Dagmar lige ved Siden af. Men Mad og alle mulige Ting undtagen Vinen er meget dyrt, saa vi maa passe paa, men saa kan det gaa, og efterhaanden faar vi ogsaa Øvelse i at beregne rigtigt. Vi haaber nu at Rie har haft en god Fødselsdag og er blevet tilfreds med Ur og andre Gaver. Du maa hilse hende meget fra os begge to. Vi har ogsaa i Dag haft Kort fra Poul Utt. og hører at han har talt med Jer. Vi har endnu ikke haft Forbindelse med Hans Tabor men skal have fat i ham en af de nærmeste Dage, vi kom jo lige før Pinse og saa havde ["havde" indsat over linjen] Karen fri, derfor har vi særlig været sammen hende nu, og saa var der Roger, men nu kommer Turen til ham som sagt. Vi bliver her ca 10 dage endnu og jeg vil egentlig gerne have de Breve med da jeg ikke ved hvad det drejer sig om. Senere har Karen lovet at sende Brevene efter os naar vi giver hende Besked om Adr. Hils nu Rie mange Gange fra os og vær selv paa det bedste hilset fra Ursula og Lasse.
 P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -428,59 +487,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -718,52 +777,96 @@
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>58</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>59</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>62</v>
       </c>
     </row>
+    <row r="7">
+      <c r="A7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
+    <hyperlink ref="M7" r:id="rId12"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>