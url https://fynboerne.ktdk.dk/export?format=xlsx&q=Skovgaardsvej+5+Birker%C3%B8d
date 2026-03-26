--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -44,83 +44,93 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1936-02-29</t>
+    <t>1943-10-22</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Henrik Raaschou-Nielsen</t>
+  </si>
+  <si>
     <t>Christine Swane</t>
   </si>
   <si>
-    <t>Johan Larsen</t>
-[...22 lines deleted...]
-Kære Lysse. Hjærtelig til Lykke – ja det er nok noget forsinket men af den Grund ikke mindre vel ment. Håber at I har det godt alle 4. Hils Peter og sig at jeg glæder mig til at se ham til Sommer så at jeg kan få mine Plæner slået. I har vel haft morderlig med Sne – ligedan her. Tusinde Hilsner til Jer alle din hengivne Ugle.</t>
+    <t>Kunstmuseet i Sorø</t>
+  </si>
+  <si>
+    <t>Skovgaardsvej 5 Birkerød</t>
+  </si>
+  <si>
+    <t>Kunstmuseet i Sorø blev stiftet d. 29.5 1943 på initiativ af Soransk Samfund. Det åbnede i en 4-værelses lejlighed i Priorgade 3. Siden 1963 har museet holdt til i Storgade 9. (Sorø Kunstmuseums hjemmeside.)
+Henrik Raaschou-Nielsen flyttede efter sin pensionering til Sortedamsdoseringen i København (KTAS 1943)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, Kasse 1, kuvert 5, 2002/61, A8, lb11.</t>
+  </si>
+  <si>
+    <t>Tak til Christine Swane for donation af et maleri til Kunstmuseet i Sorø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GGSW</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:] KUNSTMUSEET I SORØ
+_
+[Påtrykt tekst:] KØBENHAVN, den [maskinskrevet tekst:] 22.oktbr.1943 
+[Maskinskrevet tekst:] Malerinden Fru Christine Swane.
+Skovgaardsvej 5.
+Birkerød.
+KUNSTMUSEET I SORØ beder Dem modtage en hjertelig Tak for Maleriet
+Baade og Klipper i Bretagne ved Ebbe – 1938
+----------------------------------------------------------
+som De saa venligt har skænket til Museet, og som dette er meget glad over at kunne indlemme i sin Samling.
+P.M.V.
+H. Raschou-Nielsen</t>
   </si>
   <si>
     <t>1938-05-20</t>
   </si>
   <si>
     <t>Brevkort</t>
   </si>
   <si>
     <t>Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Marie Larsen
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Birkerød
 Skovgaardsvej 5</t>
   </si>
   <si>
     <t>Christine Swane blev i marts 1938 tildelt Tagea Brandts Rejselegat på 10.000 kr. Lars/Lasse Swane planlagde en rejse for Christine Swane og ham selv over Amsterdam, Haag, Antwerpen, Paris og videre til Bretagne. Efter et ophold i Loire rejste de to tilbage til Paris og hjem over London. Rejsen varede to måneder fra sidste halvdel af juni til midt i august (Birgit Bjerre: Christine Swane. Kvindelig maler i mændenes verden. Johannes Larsen Museet 2003 s. 87).</t>
@@ -132,87 +142,106 @@
     <t>Else og Andreas/Puf Larsen ønsker Christine og Lars/Lasse Swane en god rejse til Bretagne. De ser frem til at se Marie Larsen, mens de to andre er på rejse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hIOv</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frk
 Marie Larsen
 Fru
 Christine Swane
 Hr
 Lars Swane
 Skovgaardsvej 5
 Birkerød
 [Fortrykt på brevet øverst s. 1:]
 ANDREAS LARSEN
 KJERTEMINDE
 [Håndskrevet i brevet:]
 Kære Ia, Ugle og Lasse.
 Tak for Jeres Breve og Gaver. Det er morsomt Ugle og Lasse skal til Bretagne og vi glæder os til at se Ia paa disse Længdegrader i den Anledning. Else siger I skal rejse først i Juni, det er der ikke længe til! Kan I nu noget Fransk? Ellers lærer I det nok. Nu vil jeg ["jeg" overstreget] vi ønske Jer god Rejse; vi haaber at høre fra Jer af og til.
 Mange Hilsner til Jer alle 3 fra
 Else og Puf.</t>
   </si>
   <si>
-    <t>1943-10-22</t>
-[...31 lines deleted...]
-Baade og Klipper i Bretagne ved Ebbe – 1938
-----------------------------------------------------------
-som De saa venligt har skænket til Museet, og som dette er meget glad over at kunne indlemme i sin Samling.
-[...1 lines deleted...]
-H. Raschou-Nielsen</t>
+    <t>1949-06-07</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Paris V
+52 Rue Gay Lussac</t>
+  </si>
+  <si>
+    <t>Roger -
+Marie Larsen
+Hans Tabor
+Poul Uttenreitter
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Historien om Varedirektoratet kendes ikke. Hans Tabor arbejdede på dette sted, inden han fik ny stilling i Paris. 
+Det omtalte udkast er muligvis forarejdet til Christines Swanes vægmosaik til Damsøbadet 1949-1951. 
+Det vides ikke, hvem Rogers forældre, Lisbeth, Karen og Bob var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swanes brevarkiv kasse 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Det er godt, at Varedirektoratet har givet sig. Lars Swane vil gerne have brevene om sagen tilsendt. 
+Lars Swane har forslag til ophængning af udkastet. Der er præparerede lærreder på loftet. 
+Lars Swane og Ursula har været til frokost hos Rogers forældre.
+Det var ikke svært at køre i Tyskland trods bombehuller. I Belgien var det værre. 
+Alt undtagen vin er dyrt i Frankrig. 
+Lars Swane håber, at Marie/Rie Larsens fødselsdag var vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PxiH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Malerinden
+Fru Christine Swane
+Skovgaardsvej 5
+Birkerød
+Danemark.
+[Håndskrevet på kuvertens bagside:]
+Lars Swane
+c/o Hotel de l'avenir.
+52 Rue Gay Lussac
+Paris V.
+France
+["France" er skrevet med grønt blæk. Det øvrige med sort]
+[I brevet:]
+Rue Gay Lussac 52 Tirsdag 7-6-49.
+Kære Mor! Tak for Brev som vi fik i Dag! Det var dejligt at Varedirektoratet nu endelig gav sig. Angaaende Ramme til Udkast: jeg havde tænkt mig at vi fik 2 runde Stokke og hæftede det paa, og saa rullede det ud paa Væggen, jeg tror ikke det andet er praktisk, det bliver alt for uhaandterligt, tænk over det. Angaaende Lærred, saa har jeg bare glemt det, der er Lærreder paa Loftet, Lisbeth kan hjælpe dig at faa dem ned. Der er nogle helt hjemmepræparerede til dig og nogle meget glatte paa det købte Lærred, som jeg skulde have selv. Tag i alt Fald bare hvad du kan bruge.
+Vi har det godt hernede nu er Vejret blevet fint. Vi var i Gaar til Frokost fra Kl. 12 til 4 30_hos Rogers Forældre, de er alle vældig søde, bor nydeligt og det har trods Sprogvanskelligheder været _meget hyggeligt, men kan du forstaa ret anstrengende. Vi skal der til Aften i Morgen og haaber at de vil diske lidt mindre op for os. 
+Angaaende Bilkørsel gennem Tyskland mærkede vi ingen Vanskelligheder, kører man blot nogenlunde fornuftigt (og vi kører helt fornuftigt) er der ingen særlig Besvær. Der er meget ujævn Vej gennem Hamborg og Bremen grundet paa Omkørsler ved Bombningerne, men saa maa man sagtne Farten og Fare frembyder det slet ikke. Den daarligste Vej er i Belgien, hvor det er Brosten meget af Vejen, men der gælder det samme.
+I Gaar var vi med Karen og hendes Mand Bob i Versailles, en dejlig Tur, især den kæmpestore Park var smuk. I Dag har jeg hentet Penge og Benzinmærker til Turister (20 fr. billigere pr L.). Benzinen er ellers lige givet fri. Vi bor nu paa Hotellet hvor Karen bor, billigt og ordentlig, de første to Nætter boede vi lidt dyrere paa Hotel Dagmar lige ved Siden af. Men Mad og alle mulige Ting undtagen Vinen er meget dyrt, saa vi maa passe paa, men saa kan det gaa, og efterhaanden faar vi ogsaa Øvelse i at beregne rigtigt. Vi haaber nu at Rie har haft en god Fødselsdag og er blevet tilfreds med Ur og andre Gaver. Du maa hilse hende meget fra os begge to. Vi har ogsaa i Dag haft Kort fra Poul Utt. og hører at han har talt med Jer. Vi har endnu ikke haft Forbindelse med Hans Tabor men skal have fat i ham en af de nærmeste Dage, vi kom jo lige før Pinse og saa havde ["havde" indsat over linjen] Karen fri, derfor har vi særlig været sammen hende nu, og saa var der Roger, men nu kommer Turen til ham som sagt. Vi bliver her ca 10 dage endnu og jeg vil egentlig gerne have de Breve med da jeg ikke ved hvad det drejer sig om. Senere har Karen lovet at sende Brevene efter os naar vi giver hende Besked om Adr. Hils nu Rie mange Gange fra os og vær selv paa det bedste hilset fra Ursula og Lasse.
+P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
   </si>
   <si>
     <t>1945-02-15</t>
   </si>
   <si>
     <t>Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Sct. Joseph</t>
   </si>
   <si>
     <t>Dræby
 Lindøgaard</t>
   </si>
   <si>
     <t>Guy  de Maupassant
 Hans  Elers Koch
 Hans Koch
 Marie Larsen
 Viggo Frederik Møller
 Ellen  Sawyer
 Christine Swane
@@ -252,106 +281,77 @@
 Kære Elle
 Tak fordi du 
 [I brevet:]
 Sct. Joseph 
 d. 1_5 Febr_. 1945.
 Kære lille Mor!
 Tusind Tak for dine Breve, det er simpelthen vidunderligt at faa saa gode Tidende. Jeg har læst både dit og Gretes Brev flere Gange. Vi har Luftalarm men ikke en Flyver eller et Skud høres, jeg sidder noget saa rart i en god blød Stol med Benene oppe paa Divanen, og - - rygende paa en Cigar. Tanterne lader som sædvanlig Alverdens Goder rasle ned over mig. Fortalte jeg at første Gang vi mødtes havde de 1 Pk Cerutter 1 Pk Cigaretter 1 Æske Konfekt med til mig – jeg var ved at daane, desuden forærede T. Ugle mig en Paraply og Grønningens Katalog som – nu blæser de a’ – altid er morsomt at have. Oppe på Udstillingen som vi altså var på 2 Dage sammen forærede de mig begge 2 Træk hver i Tombolaen og minsandten om jeg ikke vant en Bog ”Menneske Magt” af Viggo F. Møller med Ill. af Arne Ungerman. Hvor var det dejligt at se Kunst igen Mit Øje var utrænet mærkede jeg tydeligt, men hvor jeg nød det. Ikke mindst da jeg var i Birkerød i Tirsdag på min Fridag, my luck was us egentlig havde jeg jo Vagt Kl 10 Mand. Aft. Imidlertid havde Th Torp fri den Dag og hende der afløste ville gerne bytte med mig – altså spurgte om jeg vilde – hvorefter kom afsted med et 17.39 Tog, havde heldigvis taget mere Tøj på – der var hundekoldt, kommer vel derud viste det sig at det var blevet Vinter, Masser af Sne – på Træer og alt – stille stjerneklart Frostvejr, en meget smuk Tur derud – til Skovgaardsvej – Tante Ugle stod i Døren da jeg kom og saa efter mig. De havde ventet med Middagsm. Den stod på Skinke, Grønlangkål og br. Kart. oven på Kaffe og hjemmebagte Fastelavsboller – Cigarer. Deres Hus er og bliver en Oplevelse, Gud fri mig hvor er der pragtfuldt, Stykke for Stykke sugede jeg alle Skønhedsindtrykkene til mig – og Pressen Himmel hvor jeg savner den nu må se at have – me – nej det er sandt, jeg kan jo gå hen til Kommandocentralen og høre Nyt fra i Dag. Vi gik ret tidligt i Seng jeg var træt efter Børnestuevagten oppe 6 ½ hver Dag og arbejde til 10. – Fritimerne havde jeg været paa Farten i næsten hver Dag i stedet for at hvile lidt. Næste Dag sov jeg længe – Kaffe paa Sengen m. hjemmebagt Franskbrød
 II.
 Pimpernickel og Hybenmarmelade og Fastel.bolle ½ Cerut blev derefter nydt – osse paa Sengen. Saa i Badeværelset hvor der var varmt Vand til et knebent men dejligt Bad, der var sat grønt Tandkrus grøn Sæbekop m Sæbe samt hængt to grønne Badehåndklæder ud til mig. Jo jo det er fuldendte Værtinder, jeg sov i Ries Værelse fordi jeg var bange for Varmen i Stuen, og saa kunde jeg bedre blive liggende [Er blevet vahc. i Dag]
 Mange Tak for Kortet] Dagen gik med lidt af hvert, T. Ugle havde travlt med at klare Atellieret til en jysk Kunsthdl. Besøg – hjalp lidt – hun lidt sov til Middag 1 ½ T. drak Te og læste til Middag i en Guy Maupassant Bog. Fik Labscaues og Kærnemælksfromage, som en ung Maler der kom for at hente nogle Papirer hjalp os med at fortære. Lasse kom for at stå T-Ugle bi med Handlen, netop som Manden kom Vi andre gik vi skulde til Lasse og Ursula om Aftenen. Sikken et Sjask at vandre i. Senere havde de alle 3 Kunsthdl, ville ogsaa se Lasses Billeder; de bor rart de to Lasser, har en Masse pæne Ting og Billeder. Da de ankom var de blevet til 5 og ikke 3 som meldt men ikke særlig smukt, hvis det da er ham jeg har hørt i Telefonen. Her maa indskydes at Rie og Uglen havde talt saa meget om T-Ugles Tandlæge, hans Far var Gartner paa Glorup – det skulde være saadan et ualmindeligt tiltalende Menneske, utrolig sød over for dem efter hvad de fortalte, Konen er der ikke noget ved, derimod er Børnene søde – voksne. Det var Datteren og Tandlægen der var stødt til – de var kommen for at besøge T netop de var ved at gå yderst fornøjeligt blev det, guddommeligt at træffe morsomme nulevende Mennesker igen Det var en dejlig Aften ikke mindst paa Grund af de store Ting der blev sagt i Pressen. Saa omsider sejlede eller svømmede vi da hjem igen – sent blev det – der skal jo snakkes og hygges lidt. Næste Morgen før 5 buldrede Kakkelovnen, og Kaffen var parat i en varm Stue, Rie er sig selv lig. 1 Fl. Eau de Cologne, 1 Par Silkestrømper rigere drog jeg glad a’ til mig Tog 5.39, hvilket gav god Tid til at nå hertil. At jeg sov i Fritimerne (gik tidligt i Seng behøver jeg vel ikke at sige. I Dag sov jeg også begge Timer. Var oppe at spille fra 7 – 8.15, Klaver 
 [Skrevet på hovedet øverst s. 1:]
 I Dag er den ene Fjerdedel af Tiden gået. Ingen af os venter at komme herfra paa normal Vis – mon det så ikke netop bliver det. Her er fredeligt som altid kun nu og da lidt Skyderi – dog aldrig hvor man selv er. God Nat! hils dem alle og husk at fortæl hvad det er med A.M. 
 [Herefter ikke på hovedet:]
 Hils hende mange Gange. Mon jeg har glemt noget? Vel nok. Men er saa søvnig. B. 
 [Skrevet på hovedet nederst s. 2:]
 Drengene var nok ordentlig vittige, de kære Hoder Gudskelov at Du ikke [ulæseligt] lille Mor.
 [Skrevet på hovedet øverst s. 2:]
 Tak Grete Mange Gange for Brev kan ikke overkomme mere i Aften. Sikke Gaver de har faaet. Dejligt at Dagen den store blev en Sukces
 [Skrevet på hovedet øverst s. 3:]
 er ganske vidunderligt da jeg kom igen efter at have spillet -----1. Gang var det stemt og i Orden der var 3 Toner der intet sa’, nu er det skønt siger jeg dig, og saa ligger der saa mange brugelige Noder 1 af de unge Læger spiller ret ofte dernede, dygtigt
 [Skrevet på hovedet øverst s. 4:]
 Hvad Afd. angaar er jeg flyttet på Gangen, der er ikke stort at lave, jeg pjækker den hver x efter ×Måltiderne har været henne i Krogen hos S. Rosaria i Dag der kan jeg bedst lide at være.
 ×Smutter herind på Værelset og tager en Mundfuld Røg.</t>
   </si>
   <si>
-    <t>1949-06-07</t>
-[...54 lines deleted...]
-P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
+    <t>1936-02-29</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Johan Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Brevet er privateje.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen fra faster Christine Swane (Uglen) til hendes nevø Johan Larsen (Lysse).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MXUR</t>
+  </si>
+  <si>
+    <t>Skovgårdsvej 5 29/2 1936
+Kære Lysse. Hjærtelig til Lykke – ja det er nok noget forsinket men af den Grund ikke mindre vel ment. Håber at I har det godt alle 4. Hils Peter og sig at jeg glæder mig til at se ham til Sommer så at jeg kan få mine Plæner slået. I har vel haft morderlig med Sne – ligedan her. Tusinde Hilsner til Jer alle din hengivne Ugle.</t>
   </si>
   <si>
     <t>1949-08-05</t>
   </si>
   <si>
     <t>Marie Larsen</t>
   </si>
   <si>
     <t>Bovense pr. Ullerslev
 Andekærgaard</t>
   </si>
   <si>
     <t>Roger -
 Elena Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Christine Swane
 Lars Swane
 Ursula Uttenreitter</t>
   </si>
   <si>
     <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
 Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
   </si>
@@ -487,51 +487,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -574,268 +574,268 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="5"/>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>19</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H4" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>57</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I6" s="5" t="s">
         <v>58</v>
       </c>
+      <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
         <v>59</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>65</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>66</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>67</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>68</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>69</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M7" s="5" t="s">