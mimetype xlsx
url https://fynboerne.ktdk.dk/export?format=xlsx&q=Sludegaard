--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -44,54 +44,252 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1890-03-10</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Sludegaard</t>
+  </si>
+  <si>
+    <t>Tante Mine -
+Helvius Abel
+Harald Balslev
+Thorvald Balslev
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Peter Hansen
+Harald Holm
+Leonard Holst
+- Howitz
+Hans Koch
+Alhed Larsen
+Johanne  Larsen
+Eli Laub
+Esther Laub
+Frederik  Laub
+- Nask
+Georg Neukirch
+- Nyholm
+Christian Saugman
+Ellen  Sawyer
+Adelheyde Syberg
+Anna Syberg
+Albrecht  Warberg
+Conrad Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Jensen var.
+Det er ikke sikkert, at Tante Mine er den samme, som Peter Hansen og hans familie kaldte sådan. 
+Christine Mackie, f. Warberg, var i huset hos familien Laub på Sludegaard ved Nyborg 1889-1890. Her passede hun børnene Eli og Esther.
+Det kan ikke afgøres, om Student Balslev er Harald eller Thorvald. 
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup Gods.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1899</t>
+  </si>
+  <si>
+    <t>Laura Warberg har misforstået en hel masse. Julie Brandt er således ikke forelsket i tide og utide. Ellen og Junge er det heller ikke - dette kunne snarere være gældende for Christine, da hun var i deres alder.
+At Eli og Esther Laub har skrevet i et brev til Ellen om Amors Pile, er det rene barnepjat. Christine kunne aldrig finde på at fortælle dem om voksenforhold som disse.
+Det er dejligt, at Alhed nu deltager i selskabelighed i København og har gode venner.
+Christine har været til middag på Glorup. Hun kommer meget på besøg hos Pastor Nyholm og frue, som er dejlige mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/An00</t>
+  </si>
+  <si>
+    <t>Hils Frk Jensen og tak for Kortet.
+Sludegaard d: 10/3 90
+Tænk, at Tante Mine døde i Fredags, vi sad netop og talte saa meget om hende paa Glorup.
+Kære Mor!
+Dette Brev bliver nok langt, da der jo er en hel Mængde, som maa forklares; men først vil jeg sige dig, at det meste af det, du skriver om, er Misforstaaelser, og jeg vil først klare den, som jeg blev mest ked af, næmlig det, du skrev om Brandt; du skriver at "du al Tid har haft hende mistænkt for at excellere i Historier af den Art" - men hvor i Verden du har faaet fat paa den Mistanke, det fatter og forstaar jeg ikke!! Om du havde haft hende misforstaaet ["misforstaaet" overstreget] mistænkt for alt muligt andet, kunde jeg have forstaaet det; jeg anser mig for at være B ["B" overstreget] en af Brandts mest fortrolige Veninder, og jeg ved, at hun_ aldrig en eneste Gang har "været forelsket eller forlibt", om du vil, hun aldrig talt om eller tænkt paa ["eller tænkt paa" indsat over linjen] Mandfolk paa den Maade, Forelskelseshistorier er noget, som aldrig har interesseret hende det fjærneste, hun er den eneste unge Pige, jeg med Bestemthed ved det om; men saa meget ubegribeligere er det mig, hvor du har faaet den Idé fra, det er en aldeles mærkværdig Fejltagelse.
+Saa det om Eli og Esther; jeg har aldeles ikke talt til dem om Forelskelse eller den Slags Ting; hvad jeg derimod har talt om, er Gækkebrevene til Holst; men det er en Sag, som jeg aldrig har kunnet tænke paa at skjule for nogen, saa uskyldig forekommer den mig; jeg har ogsaa fortalt Hr. Laub derom, og han ved, at jeg har fortalt det til Børnene; hvad de skrev om "Amors Pile" o.s.v. har de selv hittet paa fra Ende til anden, det har ikke Grund i nogen Udtalelser fra mig; de har nok et Par Gange sagt noget lignende til mig, og jeg har saa sagt, at det vilde jeg ikke høre noget om; jeg læste jo deres Breve igennem til Elle og saa, hvad de havde skrevet, men med Vilje gjorde jeg ikke det mindste ud af det, jeg kender af Erfaring, at jo større Nummer, der bliver gjort ud af den Slags, des pikantere og interessantere bliver det; naar saadanne Unger som Eli og Esther skriver den ["den" overstreget; "om" indsat over linjen] om den Slags, saa er j ["j" overstreget] det jo udelukkende "for Sjov", men mærker de, at der lægges mere ind deri, end der er lagt fra dem, og at det anses for forbuden Frugt, saa gaar de hemmelig til Værks, og saa har man Spillet gaaende. Det tror jeg nu fuldt og fast.
+Jeg kan ikke rigtig tænke mig det, du skriver, at Elle og Johanne har Hovedet fuldt af Forlibelser o.s.v. havde du sagt det om mig, da jeg var i deres Alder, saa havde du haft fuldstændig Ret, men Elle og Johanne er jo dog begge saa ædruelige og besindige! Hvis du tænker paa Brevene til Holst, saa er det [det sidste "t" i ordet overstreget] jo Grin af det reneste Vand, ikke Spor af Sentimentalitet - det har jeg da faaet ud af det efter Udtalelser af Elle i hendes Breve til mig, jeg tror, at hverken du eller jeg skal modvirke i nogen Retning hverken her eller hjemme, jeg tror, at derved bliver det, som nu er fuldstændig uskyldig Spøg, til noget ganske andet. - Det var nu en lang Lektie, men nu maa du endelig svare mig i det næste Brev, som om vi havde snakket sammen og gøre dine mulige Bemærkninger om det, jeg nu har skrevet. -
+Mange Tak for dine sidste Breve og for den lækre Æske, hvis Indhold smagte mig glimrende, nu i Dag fik jeg en do. sendt fra Alhed (af Rørthed over, at jeg ikke gaar paa nogen Baller eller Carnevaler) med 1/4 fine Chokolade (2 Kr Pundet) to Kager Chokolade med Crême samt noget russisk Marmelade og Teaterkonfekt, aldeles lækkert. Hvor hun dog har moret sig paa det Regensbal, det maa dog ogsaa være storartet morsomt. Det er Sjov for hende, at hun endelig har gjort Bekendtskab med Student Neukirch; hun skrev, hun havde vundet en Filipine fra ham bestaaende af et Sold hos Anna og P. Hansen, de indbudne var foruden Neukirch: hende, Onkel Lud, Student Balslev og Harald Holm, hun glædede sig meget. - Det var dog rædsom kedeligt, I ikke kom til Glorup, da det var saa nær ved at være bestemt; Vognen fra Glorup hentede mig, Hr. Laub vilde ellers have kørt mig. Der var Skovrideren med Frue og Kandidat, Abels med Lærerinde og Datter, Gartner Koch med Svigerinde, G ["G" overstreget] gamle Nask og Skovfogeden. Til Middag fik vi Suppe, Hønse-væsen med Butterdejgssnitter, Oxesteg og Lagkage, Rødvin, Portvin og Sherry; jeg rettede an ved den ene Terrin. Jeg havde Gartner Koch til Bords; han er meget livlig, vi snakkede sammen uafladelig, men vi havde ogsaa et stort Tilknytningspunkt, næmlig Odense Sygehus; han havde ogsaa ligget der, syntes ogsaa brillant om det, havde været under samme Læger (Dr. Saugmann var ["var" overstreget; "er" indsat over linjen] er hans Fætter; noget af det første, han sagde til mig, var, at det var nok mig, der under Bedøvelsen havde omfavnet hans Fætter!) han var den eneste der ude med Undtagelse af Dr. Saugmann, som holdt af hans Herlighed, det var jeg jo ogsaa, han havde haft samme Operation som jeg og havde ligget paa samme Værelse! Var det ikke komisk, saa ens! 
+Den største Del af Aftenen blev der spillet og sunget, mest af mig, ogsaa lidt af [ulæseligt]sen, han og jeg spillede lidt sammen, han Violin, vi gjorde ogsaa nogle svage Forsøg paa Mendelsohns Duetter. Jeg skulde hilse Far fra gamle Nask og Forpagter Abel og fortælle fra sidstnævnte, at han i en Masse smukke Ord havde udbragt hans Skaal; det meste jeg fik ud af det var, at Onkel Conne maatte se at komme til at ligne Far! Det var en morsom Aften, Kl. var ca. 11 da jeg kom hjem, Vognen her fra hentede mig.
+I næste Uge skal Hr Laub og jeg der over sammen med Pastor Nyholms. Vil du hilse Tante Mimi og takke mange Gange for hendes lange Brev, ligeledes Tutte. Kunde du ikke i det næste Brev sende mig nogle Frimærker, jeg har kun to Kr. saa du kan nok tænke, jeg maa indskrænke mig det mest mulige. I Dag staar saa Slaget med [ulæseligt]kassen, jeg er voldsom spændt paa Udfaldet.
+Nu kun en Masse kærlige Hilsner fra din
+Basse.
+[Skrevet lodret langs venstre kant på side 4:] Frk Dale befinder sig vel paa Hospitalet, er ikke opereret, men gennemgaaer en Kur, kan af og til gaa [et overstreget bogstav] ud i Byen; Howitz kan ikke sige, hvornaar hun kan blive færdig der inde. 
+[Skrevet på tværs på side 1:] Pastor Nyholms er saa urimelig venlige mod mig, jeg har været der saa tit de sidste Par Uger, saadan Eftermiddagsbesøg, og de plager mig al Tid for at komme tiere og blive længere; det er jo rart, de er saa rare mod mig, men jeg har jo ikke Tid til at rende saadan hver anden Dag. Pastor N. har saa travlt med min røde Kjole, den har gjort et stærkt Indtryk paa ham, hver Gang, jeg er der, bebrejder han nu, at jeg ikke har den paa.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Pauline Hirschsprung
+- Hornemann, Frøken
+Jenny Meyer
+- Møller, Frøken, København
+- Niewenhuis
+Johanne Oppermann
+- Paulsen
+Benny Paulsen
+Marie Schou
+- Svendsen, frøken
+Adelheyde Syberg
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Betzy Bondesen er formodentlig Elisabeth Bondesen. 
+Alhed Larsen kendte flere, der hed Caspersen, så det kan ikke afgøres, hvem af dem hun besøgte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2180</t>
+  </si>
+  <si>
+    <t>Alhed har været til "ung Middag" hos Sperling og mødt en masse mennesker. Hun har besøgt Johanne Oppermann og set hendes fotos fra Italien. Johannes bror arbejder nu på Sludegaard. 
+Alhed har spist middag hos Caspersens.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/com9</t>
+  </si>
+  <si>
+    <t>Kæreste Moder! 
+Du faar ikke noget videre langt Brev denne Gang, da jeg er saa forfærdelig optagen i disse Dage, at jeg næste ikke kan naa alt, hvad jeg skal. Jeg er lige nu kommen hjem fra Sperlings, hvor jeg har været til Middag, Kl. 11 1/2 og jeg ligger i Sengen og skriver. Det var en meget morsom ung Middag, der var Blaa og Benny, Lauge med en. Frk. Hornemann, jeg skal sammen med paa Ballet, to Frk. Møller, Inger Niewenhuis, Betzy Bondesen, en Frk. Svendsen og Jenny Mejer. Vi legede Gætteleg og andet. – Dit Kort laa her til mig da jeg kom hjem, det er rart, at jeg faar Skørtet og Gymnastikdragten. I morgen gaar jeg til Bedstef. og Bedstemoder, jeg skal nok huske hende paa Tante P’s Fødselsdag og ogsaa selv skrive. – I Aftes var Marie H. og jeg hos Frk. Oppermann til The; hun bor voldsom hyggeligt i et Pensionat her paa Vesterbro, har to yndige Stuer. Vi saa en Masse Fotografier fra hendes Italiensrejse (hun har været der to Aar) det var interessant; efter The blev vi trakterede med Portvin, Appelsiner, Nødder og Dadler. Ved I, at hendes Broder er kommen til Sludegaard for at lære Landvæsen? Det er egentlig mest for at komme lidt bort fra København. – Jeg glæder mig meget til paa Lørdag, jeg kan ikke nægte mig den Fornøjelse at tage den gule paa, desuden skulde der gøres noget ved den røde, hvis den skulde bruges. – I Søndags var jeg til Middag inde hos Caspersens og bagefter med dem til Kassino [det første "s" udstreget] til "Konevilles Klokker”, det var morsomt, - Jeg ved ikke endnu noget om, naar vi flytter og hvorhen. 
+Nu kan ikke ret godt holde mine Øjne aabne længere! Du maa nøjes med dette kedelige Brev for denne Gang. Først i Ugen kommer der et forhaabelig længere. – Du maa lade Tante Mini undskylde det afjaskede Kort, hun fik, men jeg kunde ikke naa mere den Eftermiddag. Mange Hilsner til Alle 
+fra din Alhed 
+Du sender aldrig Hilsen til Marie H. hun sender næsten hver Gang til dig! – Og ["Og" udstreget]</t>
+  </si>
+  <si>
+    <t>Forår 1891</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 3</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem der boede på Thorvaldsensvej.
+Alhed Larsen var elev ved Den Kongelige Porcelænsfabrik. Det var formodentlig her, hun modtog den undervisning i perspektivtegning, som nu var slut. 
+Alhed Larsens morfar var dement.
+Det kan ikke afgøres, hvem Frk. Jensen var. Warberg-familien kendte flere, der blev kaldt sådan.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2205</t>
+  </si>
+  <si>
+    <t>Christine har allerede fortalt om oplevelserne i påsken, så dem springer Alhed over. Hun har købt et handskekort til Bedstemor. Tante har købt en stol til bedsteforældrene, og Laura Warberg skal give 4-5 kr. i tilskud til den. Alhed drak chokolade med bedsteforældrene forleden, og Bedstefar syntes derefter, at middagen kunne spares væk. Da Bedstemor kom med "afbrændt rødvin", ville han ikke have noget, hvorefter han drak tre glas.
+Alhed foreslår, at Laura Warberg syr et gulvtæppe på groft stramaj til Komtessen. Dennes nye stuepige kommer til maj, så Alhed mener, at hun godt selv kan rejse en af de første dage i maj. Det bliver trist at forlade København, men Alhed glæder sig til at tegne på egen hånd igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/swVt</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 3.
+Kæreste Moder!
+Tak for Dine sidste smaa Skrivelser! Chr. har nok berettet alle vore Oplevelser i Paasken, efter hendes eget sigende [et stort "S" i ordet er rettet til et lille] har hun endog givet et meget detailleret Referat, saa jeg vil for at forebygge Gentagelser slet ikke berøre dette Emne! - Jeg købte saa et Handskekort paa 2 Kr. til Bedstemoder fra Dig, (jeg vidste ikke hvad Nr. hun brugte eller om hun helst vilde have lyse eller mørke) og for 75 Øre fine Strimler for mig selv; men Tante har dog vel skreven om den Stol til dem begge to ["til dem begge to" indsat under linjen], hun sagde til mig, at Dit Udlæg vilde blive 4 - 5 Kr og at det jo passede, naar Du vilde give et Par Kr til hver Fødselsdag; men jeg købte saa alligevel Handskerne, da jeg jo maatte forudsætte, at Du vidste Besked med Handskerne ["Handskerne" overstreget] Stolen. - Jeg drak Chokolade der henne om Formiddagen, og var der ogsaa til The om Aftenen; jeg kan ikke lade være at more mig over Bedstefaders _spar_tanske "Tilbøjeligheder"; han blev ligefrem oprørt ved den Tanke, at de skulde kunne spise Middagsmad, naar de havde drukken Chokolade! - Og da Bedstemoder, der mente, de trængte til en lille Opstrammer, da de ingen Middagsmad havde faaet, om Aftenen kom med afbrændt Rødvin, erklærede han først paa det bestemteste, at han aldrig smagte saadan noget usundt Pøjt, men ikke desmindre havde vi den Glæde at se det 3de svingende Glas foran ham! - Hvad angaar den Present til Comtessen, saa har jeg allerede længe set mig om og spekuleret paa noget; der ligger ingen Tæppe under Skrivebordet, og det ser noget bart ud, navnlig nu Tæppet er kommen af Gulvet; hvad siger Du om at sy et saadant paa grovt [overstregede bogstaver] Stramaj?? (??) ["(??)" indsat over linjen] var det ikke mere anseligt end en Buffetdug? - - Jeg begynder nu at snakke lidt om min Afrejse; Perspektiven er forbi sidst i denne Maaned; Comtessen skal have en ung Stuepige til Maj og den nuværende Stuepige skal være Kokkepige; saa jeg mener, at det maa kunne passe naar jeg rejser en af de første Dage i Maj? - Chr. har talt noget om, at skulde gøre et lille Ophold paa Sludegaard; det kunde være meget morsomt. - 
+Det bliver meget drøjt at rejse fra København, men alligevel maa I dog ikke tro, at I faar mig hjem som en Sorgens Genstand; der er dog en Del Lyssider ved det ogsaa; f Ex glæder jeg mig uhyre til at at ["at" overstreget] komme til at tegne noget paa egen Haand igen; men der er en Ting, jeg _endelig maa have Lov til; at ["at" overstreget] Onkel Lut talte forleden om, at jeg vilde have godt af at begynde
+[Resten af brevet mangler]
+[Skrevet øverst på side 1, på tværs:]
+x takker for Dit Brev. Vil Du hilse Frk Jensen og takke for hendes venlige Lykønskning. -
+Nu slutter jeg dette lange Brev idet jeg udbeder mig et dito fra Dig inden ret længe; jeg har i meget lang Tid maattet lade mig nøje med smaa Lapper._ Mange Hilsener til Fader Alhed.</t>
+  </si>
+  <si>
+    <t>januar 1892</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Alma Christensen
+Ove Christensen
+Johanne Christine Larsen
+Johannes Larsen
+Ludvig Neckelmann
+Sigrid Neukirch
+Marie Oppermann
+Theodor Oppermann
+Johannes Plesner
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alheds søster, Ellen, var 1. januar til midt i maj 1892 i huset hos familien Havemann i Hamburg. 
+Sludegård ligger ved Nyborg. 
+Johanne Oppermanns ene bror var Theodor Oppermann. Det var formodentlig ikke ham, men en anden bror, der skulle lære landvæsen ved Sludegård.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2192</t>
+  </si>
+  <si>
+    <t>Alheds mor kan skrive, hvad hun vil i sine breve - også om den lange Peter Hansen - for Alhed opbevarer sine breve i en aflåst skuffe. 
+Marie og Alhed har det hyggeligt sammen. Det er mærkeligt, at Ellen er så langt væk. 
+Peter Hansen har holdt afskedsfest for Johanne Oppermanns bror. Der var mange gæster (Johannes Larsen er nævnt i forbifarten), og flere havde medbragt kage, øl, smørrebrød mv. Ove Christensen spillede, og der var dans og taler. 
+Dagen efter var Alhed Larsen hos bedsteforældrene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6WTi</t>
+  </si>
+  <si>
+    <t>Tirsdag Eft.
+Kæreste Mor!
+Tak for Dit sidste Brev, eller rettere Johannes! Dit eget var ikke meget langt! – Jo, Du kan ganske rolig skrive hvad som helst til mig, ligesaa vel nu som før; jeg har altid mine Breve i Kommoden og Nøglen gemt; Du kunde for Resten til Din egen Beroligelse hver Gang l ["l" overstreget] skrive noget slemt om den lange PH, saa kan Du da være sikker paa, at jeg passer paa; - Det er meget hyggeligt at have Marie her, hun er voldsom klog og brillant. Om Aftenen skriftes ["r" i ordet overstreget] vi til at læse højt for hinanden, den anden syr! – Du maa da endelig snarest lade mig vide, om I har hørt fra Elle, det er helt underligt at vide hende saa langt borte; hun klarer sig saamænd nok, men Du savner hende vel meget. - - Jeg er ikke sikker paa, om jeg har fortalt, at Frøken Oppermanns [ ”m” anført over linjen] Broder skulde rejse fra Byen, nemlig til Sludegaard at lære Landvæsen, og at der i den Anledning var Afskedsbal for ham forleden Aften hos P Hansen. Det var et forfærdelig morsom Bal, og jeg vil derfor give en lidt nærmere Beskrivelse af det. - De indbudne var: stud Neukirch, Lützhøft, Plessner (Maler), Oppermann, Onkel Lut, Joh. Larsen (Maler) Grosserer Neklemann, Fru Neklem, Frk. Neukirch, Marie, jeg og Frk. Oppermann; dette sidste var en Overraskelse for hendes Bror og Aftnens Festnummer; hun kender ellers ikke P. og Marie H., saa Indbydelsen gik gennem mig; hun er over 30 Aar og kommer ikke meget til den Slags, men ikke desto mindre glædede hun sig forfærdelig og morede sig saa brillant, at hun ikke havde moret sig saa godt i flere Aar. Hun havde en hjemmebagt Julekage med, midt i den stod en Buket, der senere paa Aftenen blev plukket itu til Katillon, (jeg fik 4!!) – Neklemanns havde skaaren Smørrebrød og Øl med (Overraskelse). Traktementet var: Kaffe med Guanarom, Portvin, 30 Aar gl. Mjød, Sodavand, Appelsiner og Nødder. – Onkel Lut hentede Kammermusikus Ove Christensen og hans Kone op fra 3die Sal, og de dansede lidt med samt drak Kaffe. – Stemningen var udmærket hele Tiden, vi dansede efter en Arislon legede ogsaa, holdt Taler, snakkede o.s.v. De fleste af Gæsterne kom først Kl. c. 9½, men saa holdt vi til Gengæld ordentlig ud; vi brød først op Kl. 4½. Heldigvis var det Søndag næste Dag, men desværre skulde jeg Efter Omstændighederne [”efter Omstændighederne” anført over linjen] tidlig op, da jeg havde lovet Bedstem. at sidde der, mens hun gik ud; jeg var saa hos de gamle hele Dagen, Bedstef havde det ret godt, jeg var endogsaa ude et Svip med ham; en Gyngeskammel, vil ["vil" overstreget] har han ingen Brug for, der er ingen Ro paa ham, mens han er oppe; deri-
+[Resten af brevet mangler]
+[Tværs øverst på side 1:]
+Jeg har ikke flere Frimærker, kan Du dog</t>
+  </si>
+  <si>
     <t>1889-01-13</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Julie Brandt</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Charlottenlund
 Villa Skovbo</t>
   </si>
   <si>
     <t>Rasmus Balslev
 Laura Balslev, f. Leth
 Victoria Benedictsson
 Thora  Branner
 Laura Hansen
 Emanuel Jørgensen
 Frederik Jørgensen
 Karen Jørgensen
 Alhed Larsen
 Jonas Lie
@@ -181,324 +379,127 @@
 I Dag er Frk Løngreen kommen og jeg skal nu læse: Tysk, Fransk, Verdens- og Danmarkshistorie, dansk Gramatik og Stil Geografi og Musik (hos Tante Mimmi) og skulde jeg læse Mathematik hos Far. Far er i disse Dage [”Dage” indsat over linjen] rasende paa Schroll (Lykkensæde) og Smidth fordi de have have faaet Fa’r valgt ind i Sogneraadet (du la’r vel ikke gaa videre) og han [”han” indsat over linjen] er naturligvis bleven Formand; det har givet ham meget mere Arbejde, saa han faar næppe Tid at læse med mig; jeg, ja vi alle, Mo’r og Tante Mimmi ikke mindst, er rasende paa de 2 Herrer, Far kan ganske bestemt ikke taale det.
 Men saa skal du høre min Plan; Karen gaar her ned og læser Fransk sammen med mig; til Gengæld regnede jeg oppe hos Jørgensen, men saa mente Far, at jeg ikke behøvede Regning, naar jeg læste Mathematik; hos Jørgensens har de faaet Huslærer til Børnene; saa vil jeg se at komme til at læse Mathematik hos ham sammen med Karen; hun, Frederik og Emanuel skal [”skal” overstreget] blive forberedte til Preminierexamen; han – Huslæreren – mener, de kan tage den om 2 Aar; jeg vil imidlertid ikke tage P.examen da den er som noget enestaaende forstaar du – naar man har taget den, men vil læse videre, kommer den ikke til saa stor Nytte; den er ikke som en Slags Forberedelse til noget andet, men jeg er saa dum paa alle de Examener hvad de hedder og hvad Betydning de har o.s.v. Samme Huslærer skal forresten være en yderst grinagtig Fyr – jeg har ikke set ham – ikke vittig eller interresant men en ”Tørve” (Tørv) som siger du til Karen!! hvad gi’r du mig!?
 Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
 ----------------
 Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
 Og lille Hansen? rødmer han endnu bestandig hver Gang nogen ser paa ham; han gjorde det i alt i alt Fald pligtskyldigt hver Gang jeg saa paa ham.
 Og min smukke Schrøder? han farer vel om paa Baller og er ”Løven” og sværmer for Marie – eller hun for ham.
 Hils dem alle naar du skriver.
 Brandt! hvor henrivende hvis vi kunde træffes der – en Gang i Tiden!!!!!
 Min kære Brandt! hvis du vidste hvor jeg bliver henrykt over dine Breve saa skrev du lidt oftere; jeg skal svare øjeblikkelig. Alhed kommer hjem paa Søndag, saa er det Mo’rs Fødselsskab dag ”skab” overstreget; ”dag” indsat over linjen saa skal jeg minde hende om at skrive; hun talte ofte i Julen om at skrive men det blev aldrig til noget. Nu i Aften har vi gjort Januarnummeret færdigt, synes du ikke vi ere i Forhaanden altsaa om nogle Dage kan du vente et Januar og September. ”Om Kvindesagen” er af Chr. Alhed og mig; Vittigheder er af Elle ja Tegningen thi selve Vittigh. er passeret (Mo’n) vi har endnu det Mundheld at Mo’r er ”stum” naar hun er rigtig skændende. Alt dette kommer i næste Nummer Naar du skriver saa skriv lidt mere om pæren, kritisèr og saadan. Og kan du dog ikke levere Bidrag, eller presse andre; du læser da Landbo-
 6 tidenden med Opmærksomhed; den er usigelig vittig alle Herrer (Præsten Onkel Syberg osv) morer sig glimrende over den. 
 Nu kære lille Brandt synes jeg, du maa være tilfreds og tilstrækkelig opmuntret ved mit Brev; er jeg pæn at svare saa [ulæseligt ord] Lige nu kom Frk Løngreen op; hun lukkede Tid Døren her op saa jeg maatte i Hast have Blækhuset op under Sengen, Brev Pen og Mappe ned under Tæppet.
 Far er syg; det er meget kedelig; det er naturligvis Astma; vi skulle have været hos Pastor Balslevs i Dag men saa blev han syg i Nat. 
 Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
 --------------
 Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
 Johanne Warberg
 stud. med. &amp;amp; cher
 Erikshåb
 22 Sider
 [Tilføjet på skrå i nederste, venstre hjørne:] Tirsdag efter Kl 10 ½ paa Sengen
 [Indsat på s. 6; på tværs:]
 Hils Fr. Hospital hvis du kommer der forbi</t>
   </si>
   <si>
-    <t>1890-03-10</t>
-[...227 lines deleted...]
-  <si>
     <t>1892-01-17</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 - Grauer
 Henning Jensen
 Frederik  Laub
 Mogens Lindhardt
 Charles Rasmussen
 - Rasmussen, Århus
 Jenny Rasmussen, Aarhus
 Ernst Zeuthen
 Ingeborg Zeuthen
 Johanne Zeuthen
 Laura Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Ægteparret Rasmussen i Århus fik januar til marts 1892 betaling for at have Christine, f. Warberg, boende. Hun var gravid uden for ægteskabet og skulle gemmes. 
 Christine Mackie havde tidligere været i huset hos Zeuthen på gården Fogdaröd i Sverige samt hos Laub på Sludegård ved Nyborg. 
 Det vides ikke, hvad jordemoderen hed.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2699</t>
   </si>
   <si>
     <t>Pastor Lindhardts prædiken i kirken var i høj grad henvendt direkte til Christine Mackie.
 Rasmussens har gæster, og de spiller kort.
 Jordemoderen siger, at alt er vel. Det vil være dejligt, hvis Alhed kommer til fødselen.
 Leonard Holst og hr. Rasmussen minder om hinanden - bløde og karakterløse.
 Christines ophold på Fogdaröd med alle dets trængsler var livets skole for Christine. På Sludegård, derimod, havde hun stor respekt for ejeren.
 I et øjebliks rus bandt Christine sig til Leonard. Nu får han sin straf for at være så ussel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dDEX</t>
   </si>
   <si>
     <t>[Med blå farveblyant:] Aarhus
 [Med sort pen:] Søndag d 17/1 - 92.
 Kære Alhed!
 Bare et Par Ord i Aften om noget, som har opfyldt mig fuldstændig i Dag, næmlig Pastor Lindhardts Prædiken i Formiddags; det var for det første en dejlig Prædiken - fuldt ud menneskelig_og sådan en Varme og Kraft, der var i den; men tænk, den største Del af den var direkte til _mig! Noget var Ord til andet Svar på, hvad jeg havde skrevet i min Dagbog, bl.a. skrev jeg: "hans Prædiken var så almindelig, det var dens værste Fejl" og senere "Præsternes Tale er i Reglen så tåget at - o.s.v." Og så sagde han i Formiddag: " - eller er her inde en, som synes, at det, han hører, er så "almindeligt" og så "tåget" og så vrængede han lidt på de to Ord! - han hentydede også til min Betegnelse af mig selv som "falden Kvinde" og til noget, jeg skrev om Henning Jensen; og så sagde han hele Tiden "hvis her er en inde, som -" tænker eller mener sådan og sådan. Det var en ganske mærkelig Følelse at blive tiltalt så direkte mellem alle de mange Mennesker, synes du ikke, det må være det! Men han talte både kønt og klogt og varmt, så det var tillige en uendelig behagelig Følelse; i Aften skrev jeg et Par Linjer til Tak, mest for at han kunde vide, at jeg havde hørt det. 
 Der er fremmede i Aften, Fru R. vilde have haft mig med ind at spille halv tolv, men jeg takkede, kan du tænke. I Aftes var her også fremmede, jeg var tidlig i Seng på Grund af Ildebefindende, men da min Seng står for den meget utætte Dør, var der selvfølgelig ikke Tale om Ro, inden de stak af Kl. 1/2 1. Jeg håber, de i Aften trækker sig lidt tidligere tilbage, Charles er heldigvis i Seng i Aften, han leverede ellers en slem Spektakkel; de spiller om Penge, så de bliver for ivrige til at holde op i lidt ordentlig Tid.
 Nu Godnat, min Skat, for denne Gang. 
 Forleden var Jordemoderen her, hun undersøgte mig ikke, "når Dr. Grauer har gjort det, kan De være ganske rolig" sagde hun. Hun mønstrede mig og mente, at om en Månedstid vilde Tiden være der til at slå Katten af Tønden (dette Udtryk brugte hun dog ikke) da hun hørte min Alder, sagde hun: "ok ja, det er jo kun et Nu" og fortalte om en Kone på samme Alder, som den Nat havde født første Gang og var færdig på fem Kvarter. Mærkelig nok er jeg ikke det mindste angst nu, det er bestemt ikke så galt, som det tit gøres til. Tror du nok, du kan slippe [det følgende skrevet på tværs på side 4] fra Kbh. uden at det vækker Opsigt?? Det må det jo da ikke så gærne; det er mig ellers en meget stor Tilfredsstillelse at tænke på, at når jeg kommer til den slemme Skærsild, så kommer du også; også var det morsomt, 
 at du kunde se min Pige (jeg siger al Tid "hun", når jeg taler om Ungen) og [et overstreget bogstav] mit Opholdssted. Hver evige Dag ser jeg klart Leons og mit tilkommende Ægteskab - det må næmlig blive aldeles som Rasmussens. Han ligner meget Leonard, rar og godmodig uden Lige, blød og bøjelig som Vox men - eller rettere altså - komplet uden Karakter, svag som et Barn. Hun har mere Karakter - men er slet ingen Kæmpe i den Retning - og hun lægger over Ørene på ham, så Guderne må sig forbarme, hun finder en Tilffredsstillelse i at modsige ham i det uendelige i små betydningsløse Ting, aldeles som jeg nu har set, at jeg også er begyndt med Leonard, det er somme Tider trist at se og høre på, jeg har ondt af det for Rasmussen, det skikkelige Skrog). Ved du hvad jeg meget tit tænker på i denne Tid, i min Skæbne, de sidste År er der så klart og tydeligt et Forsyns Vilje at se! Jeg var f. Ex. da jeg skulde til Zeuthens, lad os begynde der - så sommerfugleagtig og tankeløs, som et Menneskebarn vel kunde være, men Grunden var alligevel sådan, at der var Betingelser for noget godt; så vilde Forsynet at få Alvor ind i mig, og jeg begyndte "Livets Skole" med alle de Genvordigheder, jeg havde på Fogdarød: for det første Opdagelsen af, at jeg var for lille for min Opgave - alene det må du tro er noget som er skikket til at give Alvor - og for det andet mine Omgivelsers Hårdhed og Kulde. Men det var ikke nok, jeg skulde have have lidt af en anden Konfekt. Så kom Året på Sludegård, det, som jeg regner for mit Livs lykkeligste og bedste; der påvirkedes jeg af Alvoren på en anden Måde igen: jeg så den for mig hver Dag; jeg så ham med sit store Savn og sine moderløse Børn og - sin stærke Sjæl og urokkelige Tro; når jeg var i Stand til ar se og tænke så skulde man da sandelig tro, at jeg der havde fået Øje på at: "vi sendtes hid .... ej til Lyst og Leg!" Men det var stadig ikke nok - så let var jeg endnu, så samvittighdesløs mod mig selv og andre, at jeg i et Øjebliks Rus kunde binde mig til et Menneske, som jeg ikke elskede - i mit inderste blev det klart for mig, at jeg ikke gjorde det og at jeg kunde binde ham fastere og fastere til mig. Men så måtte der tages ordentlig fat, jeg blev til det, jeg nu er. På samme Tid mistede Leonard mig for bestandig; han fik den hårde ["hårde" er understreget med blå farveblyant, og med samme redskab er der indsat et udråbstegn efter ordet] Straf for sine mange Usselheder og blev netop der igennem Redskab til at gøre mig til noget bedre - ligesom jeg måske er bleven Redskabet til at gøre ham bedre. Det er underligt at se tilbage på alt dette, er det ikke Styrelse, så er der da ingen i det hele taget - og det tror jeg nu, der er. Man kan måske sige, at "Forsynet" måtte jo i Forvejen vide, at der skulde noget så radikalt til for at få mig kureret, men dertil vil jeg sige, at Vorherre er Menneskekender og vidste, at sådan én må dannes lidt efter lidt - ellers bliver man slet ikke dannet, men bare kuet. [Resten af brevet mangler].</t>
+  </si>
+  <si>
+    <t>1892-02-26</t>
+  </si>
+  <si>
+    <t>Leonard Holst
+Alhed Larsen
+Mogens Lindhardt
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Først i slutningen af februar fik Christine Mackies forældre at vide, at hun var gravid udenfor ægteskabet. Hun fødte sidst i marts. Christine var "gemt ad vejen" hos familien Rasmussen i Århus under påskud af at være i huset hos dem.
+Christine var tidligere ung pige i huset på Sludegård nær Nyborg.
+Christine og Leonard Holst blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2705</t>
+  </si>
+  <si>
+    <t>Christine Mackie takker sin mor for at se så mildt på sagen. Løgnene var et forsøg på at skåne moderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RUmn</t>
+  </si>
+  <si>
+    <t>S: 26/2 - 92
+Min egen kære Mor!
+Tusend tusend Tak for dit kærlige Brev, fordi du tager så mildt på mig, du kan ikke tænke dig, hvor godt det gjorde; det har været en forfærdelig Tid, og det mindst svære har ikke været den stadige Løgn, men det var jo i den bedste Hensigt, vi mente jo, vi burde skåne jer for den store Sorg, som I ikke havde fortjent af os; det var en Pine med den Løgn, meget værre end vi kunde tænke os i Forvejen, men jeg mente, det kunde umulig være fejl, og jeg tog det som en Del af Straffen. Jo, du kan tro, det har lettet nu, I ved det, men svært var det at tage Beslutningen, det var Pastor Lindhardt, som stadig sagde, at det var det rigtigste, Far fik det at vide, jeg var så vis på, at du ikke vilde kunne tåle det, du sagde en Gang i Sommer, "hvordan mon det vilde gå, hvis jeg fik en rigtig Sorg," bare det nu også virkelig går, at det ikke skader dig. Nej, jeg ved nok, at ingen går fri for Sorger, og at dette heller ikke var godt - men forfærdeligt er det at være den, ved hvem de kommer, hvad jeg led i Efteråret, inden der var nogen Afgørelse på det hele, det kan ingen Menneske ane, å, det var en forfærdelig, forfærdelig Tid. Og så de sidste Dage hjemme - jeg var fuldt og fast overbevist om, at jeg så jer alle for sidste Gang.
+I den allermørkeste Tid i Efteråret, da jeg syntes, at Ulykken ligesom slog sammen over Hovedet på mig og var ved at begrave mig, da lagde jeg en Plan til Selvmord, og jeg ventede kun på at komme mig rigtig for at udføre den, det skulde være med en Flaske Morfin, som står i Medicinskabet på Sludegård. Men Gud være lovet, at jeg kom over det, så sklarede ["s" først i ordet overstreget] det sig også efterhånden for mig, at intet sker i Verden, uden at der er en god Mening med det; så tror jeg også, at der er Mennesker, som aldrig kan modnes uden Vildfarelser og Skyldbevidsthed, og ligeså sikkert tror jeg, at jeg selv hører til dem, jeg har ligesom kunnet mærke mine Kræfter voxe midt i Ulykken og Sorgen. Ja, på Søndag får jeg så brug for dem alle, det bliver en forfærdelig Dag at komme over; jeg var oppe hos Pastor Lindhardt i Dag at fortælle ham om det hele, han var glad ved, at I alle vidste det, og at Beslutningen var tagen med Vielse; han vilde vie os Søndag i sin Stue; han sagde, at hvis jeg vilde have det, vilde hans Kone så gærne hjælpe mig, han mente, jeg måtte kunne have så godt af at have hende at tale med; jeg var forfærdelig glad over det, hun er vist yndig; han er et mageløst Menneske, sådan han kan og vil føle for andre, hvad han har været for mig i den sidste Tid, det kan jeg umulig beskrive, jeg har i al denne Tid - det forekommer mig som en Evighed siden jeg rejste hjemme fra - trængt så umådelig til at tale med et Menneske, jeg kunde se op til og have Tillid til; Fru Rasmussen er det kærligste, mest opofrende Menneske, man kan tænke sig, og hendes Omsorg for mig har været ligefrem rørende, men rigtig tale med hende, det har jeg dog ikke kunnet, hun ser jo alt dette [teksten fortsætter side 1; øverst:] fra et helt andet Synspunkt end jeg. Fra Alhed og Elle har jeg hørt tit, de ved det jo og har været meget for mig. Nu kan jeg ikke mere i Aften, jeg må passe på mit Hoved. I Morgen skal jeg op til Præsten, han vilde tale rigtig med mig om Vielsen og det hele. Du skal snart igen høre fra mig. Tusende kærlige Hilsner til Far og dig selv fra din Basse. 
+[Øverst s. 4 er med blyant skrevet:] 26 - 2 - 92 Til bedstemor</t>
   </si>
   <si>
     <t>1892-01-28</t>
   </si>
   <si>
     <t>Århus</t>
   </si>
   <si>
     <t>Harald Balslev
 Olaf Brahm
 - Grauer
 Frederik  Jensen
 Marie Laub
 Mogens Lindhardt
 Charles Rasmussen
 - Rasmussen, Århus
 Jenny Rasmussen, Aarhus
 Ellen  Sawyer
 Ferdinand Schmidt
 Anton  Svendsen
 Laura Warberg
 Jacob Zahrtmann
 Otto Zinck</t>
   </si>
   <si>
@@ -522,165 +523,164 @@
 Lindhardt nævnte Christines brev i sin prædiken. Hun skal til to koncerter.
 Da Alheds brev omsider kom, blev Christine klar over, at Harald ikke har friet.
 Christine vil gerne have, at Alhed skriver til Dr. Grauer. Christine savner meget at tale med et dannet menneske.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YpPV</t>
   </si>
   <si>
     <t>Århus d: 28/1-92
 Min gamle Ven!
 Egentlig kunde jeg jo vente Brev fra dig i Aften, da du jo [”jo” overstreget] skrev ”midt i Ugen,” og vi i Dag har Torsdag; men da jeg antager, at du har fået andre og vigtigere Ting at tænke på, så venter jeg det egentlig ikke så sikkert; desuagtet vil jeg begynde dette Brev til dig. Det er for Resten ikke, fordi jeg har noget særlig at skrive om, men jeg gad ikke tage mig noget andet for i denne Stund, så må du holde for. Jeg gad nok vidst, hvordan min sidste Pille har bekommet dig, det var dog en utrolig Masse Sludder af alle Slags, jeg havde fået skrabet sammen. Nu har jeg i alt været 4 Gange i Teatret, de tre har jeg selv betalt (à 45 Øre) og den sidste Gang var på Fribilletter, som Rasmussens havde fået; da sad vi i 2 Parket, men der var ingen Fare, jeg sad med Tøjet på og Kåbe opknappet, for Resten var der ingen, jeg kendte. Jeg begynder rigtigt at gro ganske ækelt, men desuagtet går jeg aldrig ud alene en Aften, uden at der er Mandfolk, som tiltaler mig – det må da være Tegn på, at det ikke endnu falder ret meget i Øjnene – det synes jeg heller ikke, når jeg spejler mig i Butiksruderne. – Som sagt, jeg har været 4 Gange i Teatret, Røverne har jeg ved et Tilfælde fået at se tre Gange, men det var næsten vel meget af det gode! Men så lærte jeg ved Lejlighed en Mængde Stumper af Melodierne, det er ganske Sjov. Der er to udmærkede Skuespillere: Ferdinand Schmidt og Frederik Jensen; forleden så jeg Ferd. S. i Viceværten, han var ”gamle Der” op af Dage! Frygtelig grinagtig. Han er en udmærket Komiker, lidt efter Otto Zinck, behersket i sit Spil; Fred. Jensen er til at dø af Grin over, men en rædsom Bajads, ligeså kåd som Olaf. Det er en stor Adspredelse med den Komedie, det er jo ellers en Luxus, men Adspredelse har man jo godt af. Jeg havde en kolossal Skrivelse fra Elle i Morges, en lille ds. fra Mor; hende har jeg ude at tænke over det ængstet med at fortælle, at jeg var to Gange i Kirke i Søndags og som Følge deraf blev så rundtosset, at jeg ikke kunde skrive Brev den Aften; hun formaner mig til at skåne mit Hoved og huske, at det er mest derfor, jeg er her (!!) Jeg gad vidst, hvad hun vilde sige, hvis hun vidste den rigtige Grund, om hun ikke alligevel trods Principperne vilde have Medlidenhed med mig. -
 Din Skål, min Ven!! Det er i delikat Sherry, at jeg drikker den (Sherryen er til min Medicin).
 Jeg glæder mig voldsomt til dit Brev, gid det vil komme inden altfor længe.
 Bare jeg ikke bliver aldeles forelsket i Pastor Lindhardt, Du kan ikke tænke dig, hvor smuk han er, temmelig høj og imponerende, blødt mørkt Hår over en dejlig, hvid, hvælvet Pande, bleg ["bleg" overstreget], fine regelmæssige Træk, lidt bleg, uden Skæg - dejlig! Gid jeg havde hans Portræt, så skulde jeg sende dig det, at du kunde se det. Nu skal jeg hen at læse "Et Levnedsløb fortalt på Kirkegården". Farvel til næste Gang.
 Fredag Morgen i Natkjole. Jeg gider ikke klæde mig på, og jeg gider heller ikke lade være; der var så intet Brev i Aftes og intet til Morgen - han har bestemt friet! jeg er meget spændt på det, hjemme er de så sikre som 2 + 2 = 4, skriver Elle; du harmes vel over den Gætten og Læggen-ud! Men når du ret betænker, så er det dog den naturligste Ting! Et så vigtigt Spørgsmål kan jo dog aldrig blive vos andre ligemeget! Vel? - -
 Jeg kan ikke sove om Nætterne, jeg ved ikke om det er Ungen eller hvad; jeg har også så mange Ting i mit Hoved i denne Tid, at "Dag og Nat kan ej forslå dertil!" Men så kan jeg ikke få rigtig Ro i Hovedet om Dagen, jeg kan ikke vide, om jeg ikke skulde have noget Bromkalium, jeg tror, jeg skal spørge Dr. Grauer. 
 Tirsdag d: 2/2. Nej, nu ved jeg virkelig ikke mere, hvad jeg skal tænke og tro! I Dag er det Tirsdag, og du skrev, at jeg skulde få Brev midt i sidste Uge; jo du er en rar en til at narre Folk! Nu er der da ingen Tvivl om at han friede i det Brev forleden; men så meget nærmere er jeg ved at revne af Begærlighed efter Brev, kan du nok tænke. Jo mere jeg sætter mig ind i Muligheden af dette, des mere synes jeg, det vilde glæde mig. Dersom du overhovedet en Gang skal gå i den Trædemølle, som benævnes Ægteskab - og den Vej skal vi jo alle sammen - så kunde du da aldrig i Verden finde en bedre at gå i Trædemøllen sammen med, jeg kunde rigtig unde jer begge hinanden; I er begge rolige, fornuftige Mennesker, som ikke vilde bygge på Forelskelse eller en lignende luftig Grundvold, der dufter væk, inden man ved et Ord af det; hvis I to skulde få hinanden, så tror jeg, I vilde kunne skabe jer en rigtig sund, holdbar Lykke, hvis Grund vilde være Forståelse. Dette både håber og tror jeg; at jeg har en vis Erfaring i det Kapitel - for Resten en yderst sørgelig Erfaring - det vil du vel ikke nægte. Hvor du vist harmer dig og i Tankerne kalder mig en "Kirsten Giftekniv"!! - Alhed, jeg tror ikke, jeg dør ved denne Lejlighed, jeg har tit en Forudanelse om, at jeg har endnu en stor, uendelig Lykke i Vente efter denne "Lutring" - Kærlighedslykke, forstår du! Jeg aner det ikke som i mine unge Dage!["som i mine unge Dage" understreget med blå farveblyant; udråbstegnet indsat med samme redskab], som en berusende Elskov, der ikke ser noget bag "Beruselsen", men som en meget meget dybere, sandere Følelse, som jeg endnu aldrig har kendt, ikke en Gang "anet" før nu, men som jeg sikkert tror vil komme også til mig. Denne Forudanelse er den temmelig metafysiske Grund til, at jeg tror, jeg overlever det. 
 - I Aften skal jeg til Koncert, det morsomste ved den er, at jeg kender det meste, som de skal lave der henne; den er til 35 Øre, men i Morgen skal jeg til en mere kostelig: 2 1/2 Kr. Det er i Musikforeningen, og tænk - Anton Svendsen skal spille!! Ham har jeg ikke set siden 14 Juni 1888 i Folketeatret - den samme Aften døde for Resten Fru Laub. Jeg glæder mig ganske storartet til at høre (og se) Anton, min gamle Flamme. Idet hele taget venter jeg mig noget meget stort af den Aften. Jeg er meget forsigtig ved de Koncerter, kommer lige når Indgangen åbnes og søger den mest ubemærkede Plads og sidder med opknappet Kåbe. For øvrigt gad jeg gærne vide, hvor længe jeg kan gå uden at det ses iøjenfaldende, når jeg går på Gaden ser man det virkelig ikke, når man ikke ved det, Skindslaget hjælper udmærket, da jeg med det ser tyk ud for oven. Jeg læser jo med Charles, han er nu så godt i Gang med at stave, at jeg ikke mere behøver at lægge Bånd på min Utålmodighed, så er der en Del Adspredelse. Kan du huske, jeg skrev, at jeg takkede Pastor Lindhardt med et Par Ord? Eftersom jeg i Dagbogen havde skrevet en Del om det, at jeg vilde "søge Sandheden", så sagde han tit i den første Prædiken derefter: "men er du virkelig et søgende Menneske" o.s.v., derfor skrev jeg under Lappen "En, som søger." Nu bliver han ved at henvende sig til mig: "du, som kalder dig et søgende Menneske -" o.s.v. 
 [Med blyant er mellem linjerne tilføjet:] Til Alhed - 4 - 2 -92.
 Torsdag d: 4/2. Kære Alhed! Endelig kom da dit med megen Længsel ventede Brev, hvorfor du takkes mange Gange jeg har nu også i en hel Uge regelmæssig Morgen og Aften kaldt dig for en Asenskæft, en Svinehas o.s.v. Jeg nød dit Brev på Sengen to Gange, det er frygtelig Sjov, når jeg hører fra dig, ja gør Alvor af at skrive lidt hver Dag, du har Tid, så bliver Brevet langt og interessant, uden at du har synderlig Besvær med det. Nå så han har ikke friet! Jaja da, så må du ikke tage dig videre af ovenstående, som jo næstendels ligner en Lykønskning. Jo, du må heller end gærne skrive til Dr. Grauer. NB dersom du kan gøre det sådan, at han ikke tror, jeg har fået dig til det (du kan jo godt antyde, at jeg ikke véd det, og dersom du kan motivere det, at du skriver fornuftig, så han ikke tror, du gør det for at gøre Spræld; på hvad Måde vil du have ham til at tage sig af mig? Jeg ser umådelig gærne, at du gør det hvis jeg derved kunde komme til at tale lidt med ham en Gang imellem, du kunde jo bede ham se ud til mig en Gang imellem; for yderligere at motivere Brevet, kunde du jo bede ham sende dig Regningen, ikke? Skriv så strax til ham, hvis du tør, og send så mig hans Svar! Du véd ikke, hvor jeg tørster efter at tale med et dannet Menneske, det er et ganske kolossalt Savn; du kan aldeles ikke sætte dig ind i det, når du ikke har prøvet det at være helt ude af den "Luft", du er vant til; det er ligefrem så det kan brænde i mig, når jeg går forbi f. Ex. Dr. Grauers eller Pastod Lindhardts Hjem, ja hver en "Proprietærvogn," som kører forbi mine Vinduer ud ad Landet til, får mig til med blødende Hjærte at udmale mig et Hjem à la Gelskov eller Sludegård! Det var mig en ligefrem Sorg at se i Aftes på Koncerten alle de "dannede", hvoriblandt Pastor Lindhardt, Pastor Zahrtmann og flere, jeg kendte af Udseende, sidde med deres gode Samvittighed på Gulvet, mens jeg sad oppe i den yderste Krog af Balkonen [Teksten fortsætter øverst på side 1; på tværs:] Nu tror jeg, det skal være Slut for denne Gang. Du kan da ikke sige andet, end at jeg er flink til at skrive! Orgelet har jeg endnu ikke fået fra det Snude af en Fyr. Jeg vil i Dag prøve at få et et andet Sted, skal jeg have nogen Nytte af det, må jeg dog have det snart.
 Tusende Hilsner fra din
 Chr.
 Lad mig nu ikke vente længe på Brev!</t>
   </si>
   <si>
-    <t>1892-02-26</t>
-[...2 lines deleted...]
-    <t>Leonard Holst
+    <t>21. februar eller marts 1891</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Niels Elgaard Amstrup
+Leonard Holst
+Otto Emil  Paludan
+Adelheyde Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Bejset er muligvis Leonard Holsts kælenavn. 
+Tante Visse/Louise Amstrup boede endnu i 1891 i sit barnmdomshjem, gården Ensomhed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2714</t>
+  </si>
+  <si>
+    <t>Christine Mackie har været på kro med Amstrup og Paludan, og hun fik for meget at drikke. Hjemme på kontoret sad Christines mor og Tante Mimmi og talte alvorligt, og Christine besvimede. Hun løb derefter i vinterkulden ud for at lede efter Paludan for at han ikke skulle sladre om kroturen. På gården Ensomhed hørte man Christine, og karlene løb efter hende, men hun slap væk. Næste dag spurgte Laura Warberg Christine, om hun og Leonard Holst var forlovet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/avlS</t>
+  </si>
+  <si>
+    <t>Kære Alhed!
+Skønt jeg lige har skrevet et meget søvndyssende Brev og har en Spektakkel inde i mit Hoved, så skal du dog have Beretningen om min sidste og mærkeligste Bedrift til Bejset henhørende. Jeg forudskikker den Bemærkning, at jeg Lørdag d. 21de ds. rejser til 1) Frørup 2) Sludegd. hvor jeg vist bliver en halv Snes Dage i det hele. Der og i Løbet af den Tid kan et Brev træffe mig med dine Hjærteudgydelser angående Gescheckten; skriv endelig mens jeg er der.
+I Fredags skete Katastrofen. Endnu i Søndags var Tante Mimi tavs og kold. Den Eft. gik jeg et Vip ned til Erikshåb, Amstrup var der og skulde lige til at gå hjem, jeg fulgtes med ham og Pallam, de bød mig med til Kroen på et Glas sv. Banko. Jeg sagde selvfølgelig ikke nej, vi stak der ind og sad meget rart og gemytligt i Kroen og min Sandten, efterhånden gled der 1/2 Fl. Banko i hver af os!! Så fulgte Pallam videre med Amstrup og jeg joskede hjemad, men mere og mere blev jeg "løjerlig ejen i," dog ikke mere end at kunde følges med Onkel Syberg op ad Alléen og beklage mig over min slemme Hovedpine. Men jeg kulminerede, da jeg i Kontoret så Tante Mimi og Mor sidde og tale Alvor. Så kendte jeg på mig selv, at Øjeblikket var der, og støttet til Gyngestolen sank jeg blidelig om og Mor og Onkel Syberg halede mig hen på en Stol. Om jeg virkelig var lidt borte, ved jeg knap, megen Bevidsthed havde jeg dog ikke; men jeg mandede mig op, gik ind og skænkede The og spiste med; men så gik jeg over i Seng, sagde, at ingen måtte komme over til mig, jeg låsede min Dør. Nu gjaldt det om, at Pallam ikke røg hjem og fortalte om vor Krotur, så såre jeg var bleven ene tog jeg mit lille bitte mørke Sjal om mig og af Sted ud i den månelyse Nat på 16⁰ Kulde. Jeg gennem Sallinge - ingen Pal, så måtte han jo være på Ensomhed, jeg til Ensomhed og fik med mange Anstrængelser Porten op og rendte ned i den ganske lyse Gård og hen og kikkede ind ad Spisestuevinduerne, der sad Tant Visse i Sofaen, men hun må have hørt mig gå, for hun stirrede hen imod mit Vindue og i det samme begyndte Flora at gø. Så kan det nok være, jeg fik Fart på og kom ud af Gården og op ad Vejen. Men næppe er jeg kommen et lille Stykke, før jeg hørte Mandfolkestemmer bag mig! Altså har T.W. alarmeret Karlene, som nu forfulgte mig. Jeg var færdig at styrte, sådan rendte jeg, iskold var jeg, Sjalet fløj om mig, og at jeg havde Arme kunde jeg ikke føle for Kulde. Endelig holdt de da op at forfølge mig, og jeg kom godt og vel hjem igen og ind i Seng. Men endnu har jeg ikke rigtig forvunden den Nattetur i 16⁰ uden Tøj. Næste Dag tog Mor mig [fortsætter side 1, øverst:] for: jeg var da ikke forlovet med Holst, hun havde set en Mistanke på Tante Mimis Ansigt!!!! Hvad byder du - ! Men Følgen af den Besvimelseshistorie er, at Tant Mimi kom til Erkendelse af, at hun havde været for stræng, jeg var jo ikke dum men sagde, at det var af at spekulere over det. Er den Historie ikke god, må jeg spørge? Holst begreb ikke, hvor jeg fik Mod til den Rendetur til Ensomhed! Skriv nu snart din Mening om alt dette. Delagtiggør Brandt i de to sidste Breve. Hilsen Chr.</t>
+  </si>
+  <si>
+    <t>Forår 1890</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
 Alhed Larsen
-Mogens Lindhardt
-Jenny Rasmussen, Aarhus
+- Lundsten
 Ellen  Sawyer
-Albrecht  Warberg</t>
-[...20 lines deleted...]
-[Øverst s. 4 er med blyant skrevet:] 26 - 2 - 92 Til bedstemor</t>
+- Südow
+Emilie Zeuthen
+Laura Zeuthen
+Otto Zeuthen</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, var hos familien Zeuthen i Möör i Sverige 1889-1890. Hun fungerede som skolefrøken samt pige i huset.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1879</t>
+  </si>
+  <si>
+    <t>Zeuthens børn skal til eksamen to dage i træk, og deres lærer, Christine, synes at det er hårdt.
+Christines reformdragt er færdig, og der er snore tilovers. Hun foreslår, at Alhed får disse snore, som Ellen kan få med hjem sammen med mønsteret. Christine rejser til Ellen torsdag.
+Laura Zeuthen trådte i skoven på en hugorms hale, og Christine slog den ihjel med en kæp. Der er mange hugorme på stedet.
+Louises dukke bliver sød, og Christine laver tøj til den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xk8P</t>
+  </si>
+  <si>
+    <t>Mandag.
+Kæreste Mor!
+Et Par Ord i en susende Fart; Tak for dit Brev, det virkede som Olje paa Bølgerne, det du skrev om Examen! Men jeg haaber dog, den skal gaa nogenlunde hvis jeg bare ikke bliver altfor forfjamsket, saa jeg gør Børnene vildgale. Jeg har ogsaa tænkt paa, om de muligvis vilde have en ældre Lærerinde, og jeg vilde næsten ønske det; skønt det jo nu bliver meget lettere og behageligere hvad Skolen angaar, saa stilles her dog saa mange andre Fordringer og er saa meget som ikke er saa morsomt. To Dage skal vi have Examen, da Hr Z. ikke kan sidde saa længe inde ad Gangen, synes du ikke, det bliver drøjt! - Nu er min Reformdragt færdig. Jeg har mange Snore til overs, kan Alheds ikke blive broderet paa samme Maade som min, saa behøver hun kun et Stk Snore, de koste 2,85 Øre, saa kunde Elle faa baade mit Mønster og Snore med hjem, det er ganske yndige Snore meget brede og et nydeligt Mønster. Skal Elle ikke fotograferes i Kbh? Det er længe siden hun er bleven det.
+Tænk, idag da jeg var ude at spasere inde i Skoven med Børnene, de to smaa laa og plukkede Blomster, traadte Laura paa Halen af en stor tyk Hugorm; jeg fik i en Fart fat paa en Kæp og masede dens Hoved; men tænk, havde de smaa været alene, kunde den have hugget dem ihjel. Igaar slog Hr Z en ihjel og nu idag dræbte Otto nok en; her er ingen Mangel paa de Krabater.
+I Lørdags var Südows og Frk Lundsten her, jeg skulde hilse dig fra hende og sige at det var saa venligt af dig at sende hende Hilsen. Nu skal jeg hen at klø paa Naturhistorie til i Morgen. Jeg ved ikke om jeg skrev at jeg rejser Torsdag og kommer tilbage Onsdag Aften, saa har Elle og jeg jo en Dag til at være sammen og vi faa en Dag til at læse i. Du kan tro Muks Dukke bliver sød, en Kjole har jeg kun færdig samt Buxer, Strømper og en hæklet Hue, en Kaabe af mit tykke blaagraa Kjoletøj er jeg ifærd med.
+Hils alle kærligt
+Din
+Basse</t>
   </si>
   <si>
     <t>1898-02-22</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Tordenskjoldgade, København
 Frederiksborg
 Ullerslev</t>
   </si>
   <si>
     <t>Emil Bissen
 Berta Brandstrup
 Johan Hansen, generalkonsul
 Erik Henningsen
 Bernhard Hirschsprung
 Fru Emma Hirschsprung
 Arnold Emil Krog
 Pietro Krohn
 Vilhelmine  Larsen
 Poul Levin
 Niels Mollerup
 Carl Ludvig Studsgaard</t>
   </si>
   <si>
     <t>Alhed Larsen er i København, hvor hun bla. tager sangtimer.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Alhed har været til middag hos Emma og Bernhard Hirschsprung (i Tordenskjoldsgade, København). En af gæsterne, professor Studsgaard, var ubehøvlet overfor hende.
 Og Alhed har været på tur til Frederiksborg og se teater.
 Hun er glad for, at Johannes Larsen vil hente hende i Ullerslev få dage efter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/U7Kt</t>
   </si>
   <si>
     <t>Kære Las!
 Tak for Dit Brev i Dag, jeg skal nok komme paa Lørdag, jeg havde allerede bestemt det, inden Dit Brev kom, og Du kan tro, at ogsaa jeg glæder mig over at der kun er 3 Dage til! – Kl er 12 ¼ Aften vi ere lige komne hjem fra en stor, fin Middag i Tordenskjoldsgade. Et nydeligt Selskab for Resten. Bordet var saa smukt pyntet med Masser af gule Tulipaner og de har saa mange dejlige Krystalskaale og smukt Porcelain og fine Glas. Og noget forfærdelig raffineret Mad med glimrende Vin til. – Gæsterne var Professor Studsgaards, dito Krogs, Erik Henningsens, Generalkonsul Hansens, Pietro Krohn, Emil Bissen, Poul Levin og nogle af Familien. Jeg havde faaet Lov at komme hen til det lille Bord, hvor de altid morer sig saa udmærket, men i Stedet fik jeg ”Nolle” til Bords, hvilket jeg for Resten var udmærket glad ved, han var saa rar at snakke med og sagde, at han gærne vilde have mig derud til næste Vinter. Jeg spurgte ham om det. – Jeg havde min nye, gule paa med hvide Silkebaand og Gyldenlakker. De sagde, den var pæn. Men ved Du, hvad Professor Studsgaard sagde om mig til Berta: hvad er det for en Baby? hvorfor har hun ikke sin Patteflaske med? – Sikke ondskabsfuldt! de synes vist, jeg ser meget grøn ud, Poul Levin sagde til Berta, at hvis han skulde tale med mig skulde det være om Fuglesang i Skove! – Han talte med mig bagefter, men det blev om Literaturen i Aarhundredets Begyndelse. - - Det bliver nu ikke noget langt Brev, jeg maa snart i Seng, den var over 3, inden vi kom i Seng i Aftes. – Det var morsomt ude i Frederiksborg, Slottet fik vi ikke at se, [ulæseligt ord] var der med nogle efter os. Mollerup var der, han havde hjulpen dem nogle Dage med Komedieindstudering, Pantomime o.sv. det var helt grinagtigt at se paa. – Det var et yndigt Vejr i Morges, da vi rejste hertilbage, der laa et fint Lag Sne. Det er vist for resten Kaneføre, men det varer vel ikke til paa Lørdag. Jeg bliver selvfølgelig forfærdelig glad, hvis Du kommer og henter mig i Ullerslev, Du kan ikke tro, hvor jeg glæder mig til at se Dig! – Nu maa jeg slutte Kl. er 1 og jeg er saa frygtelig søvnig. Nu løber jeg ud i Postkassen med dette, saa faar Du det i Morgen Eftermiddag. Jeg er rigtignok god ved Dig, men det er fordi jeg holder saa meget af Dig. – Godnat! Om 7 ½ Time skal jeg vaagne og have Brev! Kan Du hilse Din Mor mange Gange og spørge, om jeg maa komme! Hils ogsaa de andre. Allermest Dig selv fra Din egen Alhed.
 22 – 2 – 98 -</t>
-  </si>
-[...36 lines deleted...]
-Basse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -757,51 +757,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M12"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -844,517 +844,517 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="5" t="s">
-        <v>25</v>
+      <c r="A3" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>38</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>45</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="5" t="n">
-        <v>1892</v>
+      <c r="A6" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>54</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>66</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>72</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>73</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>74</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>75</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>76</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>77</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>80</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>82</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>83</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>84</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="E11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="F11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="H11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>96</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>97</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>