--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -44,2476 +44,931 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1884-11-11</t>
+    <t>1950-06-21</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Vilhelmine  Larsen</t>
-[...14 lines deleted...]
-Christian Klingsey
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Wisie Brandt
+Frits Branner
+- Faksø
+Adam Goldschmidt
+Brita Goldschmidt
+Hans Iuel
+Thyra Iuel
+Grethe Jungstedt
+Kurt Jungstedt
+- Kruuse
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie
+Pernille Marryat
+Ib Marryat Johansen
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+- Thomsen, Kerteminde
+Andreas Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Astrid Warbergs svigermor hed. Heller ikke vides det, hvem "Englænderne" og Jørgen var. 
+Familien kendte flere ved navn Kruuse, men den her omtalte var formodentlig i familie med Eline Brandstrup. 
+Christian Brandstrups erindringer kan findes på internettet (maj 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0131</t>
+  </si>
+  <si>
+    <t>Johanne takker for det dejlige tøj og for "Mord-Romanerne", som hun straks har læst. Adolf vil læse dem til vinter. Hun spørger, hvordan det går med Adams ægteskab, og hun håber, at hans kone har skjulte talenter. Johanne spørger også, om det kan passe, at Ib Marryat tjener 1500 kr. om måneden?
+Johannes knæ har det bedre, men hun går ikke ud i haven, som er et vildnis.
+Man tager kartofler op på gården, og det er spændende, hvad de vil indbringe. Ruth tabte sit ur i marken, men en dygtig schæferhund fandt det.
+Frederik Andreas/Dede har været på hospitalet.
+Kornet hos Laurits og Laura har lagt sig ned. De har været på besøg med deres lille dreng.
+Thyra Iuel har også været på besøg med en bog og et servilt brev. Hun inviterede Larsen-familien på besøg. 
+Kurt og Grete Jungstedt kommer 14 dage til Danmark.
+Else og Andreas/Puf venter barn, og Johanne synes, det er en dårlig idé. 
+Johanne har solgt 12 servietter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y5jP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside: Dis’ adresse er skrevet af afsender, andre bemærkninger af ukendt/BWP]
+Modt. ”Midsommardagen”
+24’ Juni 1950.
+besv. 1’ Juli 1950. 
+Fru A. Warberg Müller
+Puttabygget
+Majenfors
+Småland
+21-6-2000 BWP.
+Sverige
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard 21 Juni 1950
+Kære lille Dis!
+Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
+Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
+Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
+Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
+Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
+Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
+Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
+Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
+Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
+Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
+Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
+[S. 2 øv., skrevet på hovedet:]
+En myrdet Flue. Undskyld 
+[S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
+  </si>
+  <si>
+    <t>1950-07-05</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Ellen Agnete Amstrup
+Adolph Hitler
+Thyra Iuel
 Adolph Larsen
 Marie Larsen
-Vilhelm Larsen
-[...30 lines deleted...]
-Farvel og Kys fra din trofaste Moder</t>
+Rasmus Larsen
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Harry Truman
+Ursula Uttenreitter
+Fritz Warberg
+Karen Warberg
+Minna Warberg
+Torkild Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Puttabygget var for et sted i Småland. 
+Onkel Toms hytte er en roman af Harriet Beecher Stowe, udgivet som bog i USA 20. marts 1852. Bogen medførte en voldsom offentlig debat, og bidrog derved til den senere ophævelse af slaveriet i Nordamerika. Bogen var en medvirkende faktor til, at Sydstaterne startede den amerikanske borgerkrig ved at åbne ild mod Fort Sumter den 12. april 1861 (Kilde: Wikipedia dec. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0551</t>
+  </si>
+  <si>
+    <t>Det er koldt.
+Godt med bøger og tiltag, der kan vække samfølelse og forandre verden. Der er trods alt fremgang, og Johanne/Junge tror ikke, at Rusland ønsker krig.
+Fritz Warberg har været på besøg. Han fortalte om sine forældres ægteskab, som ikke har været nemt for faderen. Moderens nerver er "meget sløje". Fritz bestilte 12 broderede servietter hos Johanne.
+Christine Mackie har været på besøg hos familien i Nordjylland. Hun skulle have sunget i radioen, men blev syg.
+Lars og Ursula Swane har været på besøg. De solgte billeder i Odense. 
+Naboens lille Jørgen kan ikke forstå, at Johanne kan klare at sidde så meget alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JQ1X</t>
+  </si>
+  <si>
+    <t>X
+modt. Fredag Morgen, 7/Juli 1950
+besv. Fredag 21’ Juli. ”
+Fru A. Warberg Müller
+Putta bygget
+Majenfors
+Småland
+Sverige
+[Skrevet af ukendt/Laura Warberg Petersen?]
+23-7-2000
+BWP.
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard Onsd. 5-7-1950
+Kære lille Dis!
+Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
+I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
+2.
+om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
+X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
+3.
+op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
+Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
+Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
+Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
+[Skrevet på hovedet øverst på sidste side:]
+underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
+God Bedring m. Astmaen!</t>
+  </si>
+  <si>
+    <t>1926-09-10</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland
+Ottawa
+Sjöbo, Sweden</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Gården Båxhult nær Landeryd i Småland ejedes af Johannes Larsen og er stadig i familiens eje (2018).
+Det vides ikke, hvilken udstilling i Ottawa, der er tale om. Muligvis blev den ikke realiseret. 
+Gifvato må være en lokalitet nær Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Småland og beder derfor Lysse og Puf hjælpe sig med at sende malerier fra København til udstilling i Ottawa i Canada.
+Han vækkes en søndag morgen ved skud fra skoven og går ud med sin hund og sin bøsse og skyder en hare. Det lykkes ikke at træffe de andre jægere, kun et par hunde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Civm</t>
+  </si>
+  <si>
+    <t>Båxhult 10 Septbr. 1926.
+Kære Lysse!
+Det er nu bestemt at jeg bliver her og følges med Din Moder hjem. Da det saa bliver Puf, der maa sørge for at faa de Billeder til Amerika af Sted, maa jeg ulejlige Dig med følgende: "Ring til Schiøler, eller gaa derud og spørg ham om Adr paa en paalidelig Speditør der kan paatage sig Forsendelsen. Ring derefter til Speditøren og forhør ham hvornaar han skal have Billederne for at de kan naa at være i Ottawa i rette Tid og naar Du har faaet Besked ring saa til Puf. -
+D.v.s. Du maa naturligvis allerførst ringe til Puf og faa at vide hvornaar Udstillingen aabnes og saa foretage det foregaaende i den Orden det staar. Puf ser det paa Programmet for Udstillingen der er sat op paa Gavlen af det gule Skab i Værkstedet.
+Siden Du rejste har jeg kun skudt en Hare.
+Jeg vaagnede Kl. 4 i Søndags Mrg ved et Skud og en Times Tid efter hørte jeg Hunde der drev og saa 2 Skud. Jeg stod saa op og gik ud med Haanden og Bøssen, hen til Fallan, men der var ingen Spor paa Vejen og jeg slap saa Hunden up for at se efter Tjurer, men saa hørte jeg, at Støverne fik en Hare op i Gifvato bag Sjøbo, fløjtede Hunden af og løb saa stærkt jeg kunde tilbage til Vejkrydset hvor jeg ankom omtrent samtidig med Haren der kom ad Vejen fra Sjøbo, skød den, og lidt efter kom saa Hundene, 2 store smålandske Støvere, gule med sort Ryg. Desværre havde jeg hverken Snore eller Pisk med saa jeg maatte lade dem gaa igen. Det vilde ellers have været sjov at hilse paa de Herere naar de var ankommen for at faa Deres Hunde. I Gaar var jeg med Carlsson paa Långaryds Marked og købe en Kvie der skal kælve til April for 200 Kr. Ældre Kvier var for dyre fra 348 - 375 Kr.
+Mange Hilsner
+Din Far.</t>
+  </si>
+  <si>
+    <t>1924-12-09</t>
+  </si>
+  <si>
+    <t>Kristian Elmquist</t>
+  </si>
+  <si>
+    <t>Vordingborg</t>
+  </si>
+  <si>
+    <t>Vordingborg
+Kerteminde
+Båxhult, Småland, Sverige</t>
+  </si>
+  <si>
+    <t>Kristian Elmquist
+Alhed Larsen
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Viken ligger nær Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>En tandlæge fra Vordingborg forespørger, om Johannes Larsen kan fremskaffe en gravgase til byens park?
+Endvidere vil han gerne have et maleri med et motiv fra Småland, hvor han kommer meget med sin familie. Kan JL hjælpe?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wphB</t>
+  </si>
+  <si>
+    <t>Vordingborg 9/12 1924
+Hr. Kunstmaler Johs. Larsen - Kerteminde.
+Undskyld, at jeg gør Dem Ulejlighed, men jeg vilde meget gerne bede Dem gøre mig den Tjeneste at meddele mig, om De skulde have en Gravgase, som De vilde sælge. Vi har her paa eller ved vore Ruiner en lille Park med Svømmefugle, og en af Byens Borgere har dertil givet et Par Gravgæs, men nu er Gasen stukket af, hvorover der er stor Sorg. Nu mindes jeg, at jeg, da jeg for nogle Aar siden besøgte min kære Skoleby - Kerteminde, at jeg hos Dem (Junge viste mig lidt rundt) saa forskellige Svømmefugle (bl.a. en ondskabsfuld Svane !) i smaa Damme, og saa er jeg kommen i Tanker om, at De maaske havde en overflødig Grav-Gase, som De vilde sælge til os.
+Endelig vilde jeg gerne, om De vilde sige mig, hvor jeg kunde faa et Smålands-Maleri? Jeg driver endnu stadig Jagt i det dejlige
+Småland, til næste Aar har jeg været deroppe i 25 Aar, vi har vort eget lille Hus i Viken ved Färgan, hvor min Broder og jeg hver Som-
+mer tilbringer en herlig Tid med vore koner og Børn. Det har i mange Aar været mit Ønske at eje et typisk Maleri af Skoven i den Egn, men
+jeg ved ikke, til hvem jeg skal henvende mig. 
+Maaske De kunde og vilde hjælpe mig lidt. Til Slut en Hilsen til Deres Kone og Junge fra min Kone. Paa Forhaand Tak for Svaret.
+Deres ærb. forb.
+K. Elmquist.</t>
+  </si>
+  <si>
+    <t>1930-12-09</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Svend Aage Gammeltoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Drude Jørgensen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Niels Erik Schoubye
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Kimskog må være et skovområde, som Johan Larsen ønskede at købe. 
+Grete Jensen fik svangerskabsforgiftning og måtte gennemgå en provokeret abort. 
+Det vides ikke, hvem Tante Mimi var.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Elena Larsen er glad for sin Smålandstidning. Hun er spændt på, om Johan/Lysse Larsen har købt Kimskog.
+Elena har talt i telefonen med Andreas Larsen om møllevinger. Andreas og Johannes Larsen kommer ikke til jul, da Johannes Larsen har travlt med malerier. 
+Grete Jensen er indlagt på Fødselsstiftelsen og er ved godt mod. Hun får som lægehustru særbehandling. 
+Peter er blevet undersøgt på kryds og tværs, og han er sund og rask.
+Leo Swane kommer ikke til jul. Tante Mimi tør slet ikke gå ud. 
+Elena glæder sig til at komme hjem til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xbl0</t>
+  </si>
+  <si>
+    <t>Tirsdag d. 9 - 12 - 30
+Kære Lysse!
+Jeg er meget tilfreds med den Smålandstidning jeg abonerer paa, og det er et yndigt Tidspunkt paa Dagen naar jeg nyder den paa Sengen til Morgenkaffen. Den holder mig glimrende ajour med de lokale Forhold paa Båxhult og nu er jeg meget spændt paa om du har købt Kimskog og til hvad Pris. Jeg vil skam ønske det er blevet til noget for jeg tror at vi tjener Penge som Skidt paa Skogshandel. Jeg ringede med Puf i Aften og han sagde at saa vidt han vidste, lavede de kun Vinger af Teaktræ og Lærk men Las sagde at det bare var fordi de ikke kunde faa tilstrækkelig store Dim. i Fyr her til Lands. Hvad Pufs Møllebyggers pekuniære Forhold angik saa behøvede du ikke at nære nogen Betænkning, for det var en i alle Henseender solid Mand. Las og Puf kommer nok ikke til Jul, Las har saa travlt, han har i den sidste Uge malet 2 Billeder til til Drude og det har sat ham tilbage. - Her hjemmefra.
+Grete har det nu godt og hun tager det meget roligt, hun skal selvfølgelig ligge i nogen Tid men er nok hun ["hun" overstreget] rask til Jul; Jens er ude paa Fødselstiftelsen i denne Maaned, det er jo vældig heldigt og der er sandelig ogsaa Forskel paa den Maade, hvorpaa Fru Dr. Jensen og Landarbejder Larsens Kone bliver behandlet. Bl.a. ligger hun alene paa en 2 sengsstue og Prof Gammeltoft kommer og tager Afsked naar han rejser paa Ferie! 
+Det er en ny Søn du har. Han fik i Gaar blaat Stempel af Niels Erik, som undersøgte ham fra Inderst til Yderst. Ingen Engelsk Syge, fine Lynd ["Lynd" overstreget] Lunger og Hjærte, ingen Blodmangel, Vægt og Højde som et 2aars Barn. Om Aftenen var vi inde hos ham alle sammen han har faaet en ny og dejlig Lejlighed paa St. Annæplads. Paa Vejen mødte vi den nye Musæumsdir. der tog med os og vi havde en svært hyggelig Aften. Kom først hjem Kl 1/2 2 Swane var meget glad ved at vi inviterede ham til Julen, men nu kommer han jo altsaa ikke. Jeg skal hilse mange Gange. Ligedan fra Tante Mimi som heller ikke kommer, da hun ikke tør rejse ud paa denne Aarstid; hun kan nu risikere at blive syg og blive liggende fast i længere Tid, naar hun tager ud. - Nu glæder jeg mig snart til at komme hjem igen, for det er jo nok dejligt i København men kun paa Baggrund af at man skal op til Båxhult igen - og snart. - Paa Lørdag kommer vi. Kommer du mon og henter os. Vi tager med 7. Toget herfra. - Mange Hilsner fra
+Bimsepigen til Lyssefarsen.</t>
   </si>
   <si>
     <t>1885-03-05</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
   </si>
   <si>
     <t>Landeryd Sverige
 Sevilla Spanien
 London United Kingdom</t>
   </si>
   <si>
     <t>Frøken Bendal
 Augusta Dohlmann
 Alfred Eckardt
 Christian Eckardt
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelm Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen opholdt sig i forbindelse med sin uddannelse i København. 
 Den lille må være Adolph Larsen på 6 år.
 Det anckerske Legat blev oprettet i 1857 af Carl Andreas Ancker (1828—1857). Legatet var bestemt til at uddeles hvert år i 4 portioner à 1800 kr. (900 rigsdaler) til en digter, en komponist, en maler og en billedhugger til brug for en studierejse til udlandet i ca. ½ år. (Wikipedia)</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>IA Larsen er på Larsen-familiens gård Höljeryd i Småland og vil besøge Johannes Larsen i København på vejen hjem. Vilhelmine Larsen vil gerne se de malede figurer Johannes Larsen har lavet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/i31D</t>
   </si>
   <si>
     <t>Kjæreste Johannes
 Imorgen tidlig afsender jeg dine Benklæder 2 Skjorter og 1 Uldtrøje Du tænker nok det er underligt at jeg glemte det, men det var ikke tørt; nu faar du snart 6 ny Skjorter saa vil jeg bede Dig sende hjem med Fader alt hvad du har af snavset Tøj vi fik Telegram i aftes han er paa Høljeryd i dag og der vilde han blive i 3 a fire Dage saa kan Du selv regne dig til omtrent naar Du kan vente ham ja han skriver Dig vistnok til for at du kan være hjemme den Dag det bliver da morsomt for dig ja Johannes det er en velsignet Fader I har glæd ham dog altid efter Evne af hele Eders Hjærte
 Georg er paa Kontorstolen med en heel Deel Skriveri i disse Dage og du kan tro han var glad iaftes jeg lod ham svare paa Telegrammet iaftes med Georg til Underskrift 
 Saa vil jeg da glæde dig med at dine Blomster kommer nok frem baade Fuksien og Bigonien men vand dem imellem
 Vores Blomster staar dejlig som Du vil se til Paaske; naar nu Fader kommer hjem saa skal vi slagte 2 Grise og ønsker Du noget Slagtermad saa skal jeg med stor Fornøjelse traktere Eder alle sammen
 Inden Du ved af det Johannes saa kommer Ferien har du noget af de malede Figurer hjemme hos Dig saa send mig dog en hjem med Fader jeg længes saa umaadelig efter at see hvordan Du skiller Dig ved Maling husk det nu og ligedan dit Uhr
 Har jeg fortalt Dig at her var Brev fra Alfred han er rask og han var der i Sevilla til Karnevalstiden og Tyrefægtning; men ingen Penge maatte udbetales Folket saa han fik jo ikke andet at see end hvad de kunne see i Gaderne 6 Tyre blev dræbte 12 Heste men ingen Mennesker som vel var
 Nu er han paa Vejen til England og derfra hjemefter og saa mulig tager han hjem til Høljeryd for at være der til 1 Juni ja Johannes der bliver Glæde om vor Herre vil unde de kjære Venner at see saadan en Dag oprinde for dem
 Eckardt fik ikke det Ankerske Legat Frøken Dohlmann som har Formue og kan rejse naar hun fik dog Legatet
 Hils nu dine Venner og Frøken Bendal har du fortalt hende at jeg længes efter Brev fra hende – Jeg skal hilse dig fra alle dine Søskende de klinger og spiller Top saa det er en Lyst den lille har en Øvelse med at sætte dem i Gang saa du vil undre Dig om du saa det
 Nu er det Posttid saa Lev vel min din egen Moder</t>
   </si>
   <si>
-    <t>december 1885</t>
-[...73 lines deleted...]
-    <t>Marie Larsen</t>
+    <t>1923-05-02</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Karrebæksminde</t>
+  </si>
+  <si>
+    <t>Karrebæksminde
+Knudshoved
+Slipshavn
+Agersø
+Omø, Skælskør
+Egholm, Skælskør
+Smålandshavet</t>
+  </si>
+  <si>
+    <t>- Boye
+Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danske Øer.
+Rylen - en Kerteminde fiskerbåd - er 1921-24 ekspeditionsskib for JL og AF og fungerer nu som museumsskib for Kerteminde Museum.</t>
+  </si>
+  <si>
+    <t>JL påbegynder sejlads med Rylen i maj 1923 for sammen med Achton Friis at indsamle materiale til bogværket De Danske Øer - denne gang til de vest- og nordsjællandske øer. De sejler fra Knudshoved mod Smålandshavet og spiser undervejs en dejlig frokost i Slipshavn ved Nyborg. JL beder Alhed Larsen købe bøttepapir og ammunition til jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/chq2</t>
+  </si>
+  <si>
+    <t>Karrebæksminde 2 Maj. 1923.
+Kæreste Alhed!
+Vi kom ind her Kl. godt 11. Efter at vi var sejlet hjemme fra friskede Vinden mere og mere og da vi naaede Knudshoved blæste det saa Vandet føg fra Bølgekammen og vi bestemte os saa til at gaa ind i Slipshavn. VI var 2 Timer præcis om at naa Molen ved Knudshoved og havde derfra 1 Time til Slipshavn hvor vi blev modtaget af Boye som havde holdt Øje med os fra vi kom rundt om Hovedet og var fuld af Beundring over saa fint Rylen gik mod Søen uden at tage nævneværdigt Vand over. Han fik en Genever og bad os op til Frokost der bestod af 5 Spejlæg til hver til Petersen og til mig (selv nød han kun et Par da han lige havde spist Frokost) afskaaret Oksekød Ost og Kaffe med Kognac. Til det øvrige nød vi Cocktail, Bitter Aquavit og Genever. Saa saa vi os lidt om og var saa oppe at spise kogte Rødspætter, hvid Sagosuppe Kaffe og Cigar saa vi led ikke Nød. Jeg purrede Petersen Kl. 4 1/2 og vi havde saa en fin Sejlads hertil hvor vi traf Friis og Rylen paa Hotellet. Vi tager til Agersø om et Par Dage og vor Adr bliver altsaa Agersø poste restante den følgende Uge til vi tager Omø og Egholm derfra. Cyklen skal I ikke sende da det ikke kan betale sig at slæbe rundt med den da Afstandene ikke er saa store. Vi fik Taage saa snart vi var kom ind her og [hvor] mens vi sad og spiste begyndte det pludselig at lyne og tordne og da det var ovre, fint Solskin. Husk mit Blikfutteal med Bøttepapir og Ammunition 25 Cal . 2-25 - Cal 6 og 25 Cal 10 eller i Mangel deraf 8. Mange kærlige Hilsner og hav det godt. Hilsen fra Friis og Petersen.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-08-10</t>
   </si>
   <si>
     <t>Höljeryd</t>
-  </si>
-[...63 lines deleted...]
-    <t>1896-08-10</t>
   </si>
   <si>
     <t>Peter Hansen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Alhed Warberg er hos sin onkel Max på Langeland</t>
   </si>
   <si>
     <t>Johannes Larsen misunder Alhed, at hun kan få øl på Langeland, for det kan han ikke i Småland.
 Peter Hansen har meldt sin ankomst til Höljeryd. Han kunne ikke låne Fritz Sybergs bøsse, men Larsen har taget med til ham. Peter Hansen skulle til gengæld have haft Akvavit med.
 Johannes Larsen har plukket lineaer og sender Alhed Warberg en.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2x3</t>
   </si>
   <si>
     <t>[En presset linea indsat på venstresiden]
 Høljeryd 10 August 1896.
 Kæreste Alhed!
 Mange tak for Deres Brev, som laa her i Gaar da jeg kom hjem fra Jagt, jeg havde ingen Ting faaet og var meget tørstig og da jeg strax satte mig til at læse Brevet og læste om det gamle Øl paa Langeland kunde jeg ikke andet end misunde Dem det, Øl gives der nemlig ikke her paa Egnen i det mindste har jeg aldrig set det. Derimod kan vi nok komme i Vandet men ikke i Havet. Samtidig med deres Brev var der et fra Peter, hvori han fortæller at han kommer Fredag altsaa i Dag, hvad der [ordet indsat over linjen] er lidt for tidlig da vi ikke har naaet at fortælle ham at vi har taget baade Bøsse og Ammunition med til ham, han beklager sig nemlig i Brevet over at han ikke maa laane Baronens og hans egen er vist ikke færdig, desuden havde vi tænkt at han til Gengæld skulde have taget en Flaske Aquavit med, og alt det naar vi ikke at faa ham gjort begribeligt, da der om lidt skal Vogn til Stationen for at hente ham, med det samme benytter jeg Lejligheden og sender dette Brev af Sted. Jeg var ude i Formiddags paa Jagt og fik kun en Bekkasin, paa Vejen hjem plukkede jeg et Par Linea som blomstrede, det er ellers efter den Tid nu. Jeg sender Dem en hermed. Jeg maa lukke nu da Brevet ellers ikke kommer af sted. Mange Hilsner fra Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1896-08-25</t>
-[...80 lines deleted...]
-    <t>Brevkort</t>
+    <t>1905-05-27</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>Sverige</t>
-[...340 lines deleted...]
-Katrine -, Erikshaab
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
 Alhed Larsen
-Augusta Mogensen
-[...266 lines deleted...]
-Andreas Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen
-- Lønborg
-[...44 lines deleted...]
-Jeppe Andreas Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Gabriel D'Annunzio
+Dankvart Dreyer
+Else Jensen
+Johannes Jørgensen
+Rudyard Kipling
+Vilhelm Kyhn
+Christen Købke
+Sven Lange
+Fillippo Palizzi
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
+Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
+Fritz Syberg kom aldrig til Grønland.
+Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
+Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
+Syberg har skrevet en artikel om Filippo Palizzi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/piAk</t>
+  </si>
+  <si>
+    <t>Pisa 
+Via Santa Lucia 1
+Kære Ven
+1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
+Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
+Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
+Hans og jeg tegner græske Sarkofager i campo santo.
+Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
+Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
+Mange Hilsener til Else Børnene og Dig selv fra os alle her.
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1926-04-24</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil finde en sommerlejlighed til Achton Friis og hans familie i Kerteminde i sommeren 1926. Larsen-familien tager til Småland sidst på sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cLLD</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 24 April 1926.
+Kære Achton Friis!
+De maa endelig ikke tænke paa at afbryde Samarbejdet for den Smule Ulejlighed det volder mig. Det et mig kun kært at kunde bidrage en Smule, hvis De synes det hjælper. Min Kone vil forsøge at finde en Sommerlejlighed til Dem i Kjerteminde skriver hun. Jeg tænker mig at være hjemme omkring Midten af Maj og at blive der til Slutningen af August, da vi vist nok tager en Tur op til Småland. Venlige Hilsner til Dem alle Tre.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1930-06-23</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Elena Larsen
+Johannes Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen, Johan/Lysse Larsens svigermor, må have lånt sin datter og svigersøn penge til etablering af land- og skovbrug på gården Båxhult i Småland - eller på anden måde skudt penge ind i foretagendet. Elena og Johan Larsen flyttede til gården i 1929. 
+Det vides ikke, hvem direktør Clausen var. 
+En brand ødelagde i 1930 østfløjen på Brandts Klædefabrik. Denne blev dog hurtigt genopbygget. (Brandts Klædefabriks hjemmeside feb. 2025).</t>
+  </si>
+  <si>
+    <t>Det er trist, hvis Johan/Lysse Larsens svigermors penge går tabt. Derfor har direktør Clausen bedt Brandt tage til Båxhult og se på sagerne. Vilhelm/Klaks Larsen tager efter Brandts ønske med og vurderer skovdriften. Det er ikke for deres fornøjelses skyld, at selskabet rejser til Småland. Landbrugskonsulenten må også være til stede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1k9a</t>
+  </si>
+  <si>
+    <t>Rørdam d. 23'-6'-30.
+Kære Lysse!
+Tak for Dit Brev. Jeg havde unægtelig ventet det længe og var netop ved at forberede mig paa at skrive mindre venligt til Dig. - Du tager dog vist Fejl, naar Du mener, at det ikke er for Din Svigermors Skyld, at Direktør Clausen ønsker en Udtalelse om Projektets Holdbarhed fra en Landmand han kender og har Tiltro til. - Las fortalte mig, at Direktør Jacobsen havde udtalt til ham, at det dog vilde være en meget slem Historie om Din Svigermors Penge skulde gaa tabt, hvorfor Clausen havde bedt Brandt tage derop og se paa Sagerne. Da det ogsaa drejer sig om Skovens Udbytte, havde Brandt ønsket at jeg skulde tage med. Naar Br. tager derop er det naturligvis kun for at gøre Direktør J. en Tjeneste og naar jeg tager med er det fordi Br. har stillet det som en Betingelse og navnlig fordi Din Far har bedt mig derom. Brandt ringede til mig for et Par Dage siden og meddelte mig, at han ikke kunde komme af Sted i denne Maaned, bl.a. fordi Brandts Klædefabrik i Odense er brændt, idet han er Medlem eller snarere Formand i Bestyrelsen. - I det hele taget forstaar Du jo nok, at det ikke er for vor Fornøjelses Skyld, at Br. og jeg foretager en forceret Rejset ["t" sidst i ordet overstreget] t. Boxhult! -
+Hvad Du skriver om de mærkede Trær ved Målarens Torp beroliger mig i nogen Grad, thi som Udhugning betragtet, var det meget misforstaaet. Alligevel har jeg vanskeligt ved at forstaa, at Udbyttet af Bestandsplejen har kunnet andrage saa meget ved Hugst der kun tager Hensyn til at forøge Tilvæksten paa Hovedbestanden. Nu ser det jo imidlertid ud til at vi skal derop først i Juli, Brandt vil ringe nærmere saa snart han kan bestemme Dagen og jeg lader Dig det straks vide, thi det skulde jo gærne ordnes saaledes, at Landbrugskonsulenten var til Stede, naar vi kom. -
+Med venlig Hilsen til Bimse og lille Peter
+Din hengivne
+Klaks.</t>
+  </si>
+  <si>
+    <t>1934-06-10</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Hubert Paulsen</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf Larsen videresender et brev fra Johannes Larsen, som er i England med Else og Johannes V. Jensen.
+Andreas Larsen tilbyder at Kerteminde-familien vil betale for et par daglejere, og/eller at han selv vil komme til Småland og hjælpe med landbruget, så Johan/Lysse Larsens ryg kan komme i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z5rm</t>
+  </si>
+  <si>
+    <t>10/6 - 34.
+Kære Bimse og Lysse.
+Tak for mit Fødselsdagsbrev og Beklagelse af at vi ikke fik skrevet til Peter den 27/5. Her har I 2 Beretninger fra Far, som er paa en 14-Dages Tur i England sammen med Else og Johs. V. Jeg skal sende senere Breve efterhaanden som de indløber; I vil nok gemme dem. - Jeg hører af Besse at Lysse endnu har sit Hold fra Influenzaen, det synes jeg er meget foruroligende. Kan der ikke gøres noget, Bimse, saa han kan komme af med det? Et Par Daglejere i 2-3 Uger? Bekostningen vil vi sikkert kunne bestride; hvis du mener det kan ordnes, saa Lysse bliver virkelig fri for Arbejde i den Tid, kan du saa ikke skrive et Par Ord til mig om det? Det kan blive for dyrt for jer senere, hvis han arbejder sig til Invalid. Muligvis kan jeg komme op og hjælpe til en Tid, naar Far kommer jem, der maa vel være en Tid paa Sommeren, hvor Bedriften kan klare sig uden en faglært ["faglært" indsat over linjen] Landmands Arbejde, naar Lysse bare dirigerer. - Vi har Besøg af Hubert i disse Dage, han hilser.
+Mange Hilsnr fra 
+Else og Puf.</t>
+  </si>
+  <si>
+    <t>1943-12-22</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Else Larsen
 Johan Larsen
-Marie Larsen
-[...97 lines deleted...]
-Mandag Aften</t>
+Peter von Syberg
+Ulla Syberg
+Gitte Wilmann</t>
+  </si>
+  <si>
+    <t>Gitte Wilmann er muligvis kommet i huset hos familien Larsen på Båxhult.
+Ulla Syberg, som var jøde, og hendes søn, Peter, flygtede fra Danmark til Sverige i oktober 1943 og boede i begyndelsen på Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve. Kasse 1, kuvert 4, 2002/61, A8 Lb11</t>
+  </si>
+  <si>
+    <t>Marie Larsen skriver til Christine Swane for at fortælle, at Gitte Wilmann er hos Elena/Bimse Larsen og Johan/Lysse Larsen på skovgården Båxhult i Småland.
+Ulla og Peter (Syberg) er rejst videre til Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DoLU</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 22-12-1943.-
+Kære Ugle!
+Den første Eftermiddag jeg var her skrev jeg et Brevkort til Dig, jeg vilde have gjort det paa Postkontoret, men der var lukket fra 12-14; ved 18-Tiden skulde Puf følge nogle af de Børn, som var her hjem og han tilbød at tage det med; nu cyclede han og Else til Lundsgaard med Julegaverne og da han tog sin Frakke paa halede han Kortet op af Lommen, han havde glemt at lægge det i Postkassen, men bad mig om alligevel at sende det af Sted og fortælle hvordan det var gaaet til.- 
+Jeg vilde nu alligevel skrive til Dig for jeg glemte i Gaar at fortælle Dig at Gitte Wilmann er ovre hos Bimse og Lysse, det tænker jeg Du bliver glad ved at høre; de har nylig hørt fra Lysse og han skriver at de er saa glade ved Gitte; det er rart at tænke paa at hun er der; Ulla og Peter har ogsaa været der en Tid men de er nu i Stockholm og det er Båxhulterne ikke kede af. – Dette lille Lommetørklæde kan Du vel nok bruge. – Hav det godt. Kærlig hilsen Rie.-</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
+Kære lille Dis!
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
   </si>
   <si>
     <t>1905-11</t>
   </si>
   <si>
     <t>Sidsel -
 Julie Brandt
 Bodild Branner
 Ellen Branner
 Wilhelm Branner
 Alhed Marie Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Drude Jørgensen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 Hempel Syberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt lånte formodentlig Laura Warbergs lejlighed på Sortedams Dosseringen i København, mens Laura Warberg deltog i dåbsfesten i Odense. Sidsel var pige i huset hos Laura Warberg.
 Dåbsbarnet må have været Thora og Wilhelm Branners førstefødte, Bodild, og Thoras adoptivfar, Hempel Syberg, lagde hus til festen. 
 Det vides ikke, hvem Kaufmann, Meyer, Helga og Johanne G. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0891</t>
   </si>
   <si>
     <t>Dåbsfesten i Odense var vellykket. Den lille pige var yndig, og Thora/Tutte havde ny dragt på. Laura Warberg har været fire dage på Erikshaab.
 Christine Mackie er bange for kryb, og Laura ville hjælpe med at indfange dem.
 Louise/Lugge Brønsted er rejst til Småland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4KkS</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 Kjerteminde d. 11te
 Kære Astrid!
 Jeg blev meget betuttet over Dit Brev i Dag, for Sidsel er sikkert rejst for flere dage siden. Nøglerne er hos Madam Str[ulæseligt] Ryesgade No 1 3; Nøgle[ulæseligt] bad jeg Sidsel sætte ovenpaa Skabet i Sovekamret og der er vist Nøglen til Symaskinen. Hvis ikke, saa er der 2 Nøgler under Papiret i den 3_de_ øverste Skuffe i Chiffonnièren, den ene er til Konsolen ved Portièren og saa er den maaske i den Skuffe. Kaufmann klippede Thoras Bleer, bed ham om det; der skal ingen Baand i. Der er absolut ingen Optegnelse om Børnetøj paa Værelset elles har været, mens jeg har boet der, men Kaufmann veed jo Besked om alting; de er saa flinke. Tak for dit forrige Brev lille Putte, jeg vilde have skrevet til Dig i Morgen, i Dag hygger vi og i Gaar var jeg saa sløj og træt efter de 4 anstrængende Dage paa Erikshaab og Festen i Odense, der var meget vellykket. Der kom flere Telegrammer bl.a. fra Las og Be fra Gedser; det var jo kedeligt Du ikke fik skrevet. Pigen var henrivende i sin fine Kjole med blegrøde Baand; Thora i en ny lys [ulæseligt] som Wilhelm havde valgt afsendt, den blev syet i Odense. Fru Drude og hendes Mand, Vesterdal (Hempel Dede Syberg Faddere) [Ulæseligt] Meyer med Forlovede fra Kbh. Fra hver var der 2 smaa Naale til den lilles [ulæselig] samt et Brev fra Kusine Alhed meget sjov sat sammen. Børnene her er søde, Du skal nok få et Brev herfra en Gang til, men skriv saa fint et Brevkort om hvor Du er. Du holder vel næppe af at gaae alene der og er Sidsel ikke rejst, saa maa hun være lige ved hun skulde jo nødig ofre noget af sin Ferie. Naar Johanne G. er bortrejst saa tænker jeg mig, Du indtager hendes Plads der, men[ulæseligt] jo ligefuldt [ulæseligt] hen hos mig og [ulæseligt]. Hermed et Par Breve, da jeg mangler Tid til at skrive mere i Dag; jeg skal ned med Breve og saa stryge igen. Jeg var oppe før 7 i Morges og [ulæseligt] først; jeg ligger i Sovekamret sammen med Børnene, Myg, Fluer, Ørentviste, Edderkopper m.m. Chr. er syg af Angst for Kryb. I Aftes var hun til The hos Sybergs, jeg havde i Sinde at staae op at hjælpe hende at indfange Ørent. men saa kom hun med herind [ulæseligt]. Chr. rejser paa Fredag ned til Tutte Dagen efter til Snøde; jeg er glad for hende de Dage her. Nu gaaer Du da endelig op til Ta[ulæseligt] og giver hende Din Adr: Jeg har fortalt hende at hendes Veninde har intet Renommé som Læge, derfor tager Du en anden. Hun fandt dette i sin Orden. Hvor kedeligt at Alfreds Rejse ikke blev i August, naar Chr. og jeg er dernede! Saa yndigt vi kunde have haft det! Jeg har faaet et Par ord fra Muk fra Landeryd, hvortil de var ankommen i god Behold. Wilhelm havde saa ondt af Muk i den sidste Tid, han gav hende en hel Del Kakao og Chcolade med. Adr: er jo. Båxhult, pr. Landeryd – Småland. Hun vil være henrykt ved Breve. – De gamle Lagner Du havde liggende i et af Skabene. Du tør maaske nok ligge der, om ogsaa Sidsel er væk.- Er Pan der, kan hun jo ligge hos Dig eller Helga? Saa faaer jeg et Par Ord paa Torsdag Morgen. 
 Kærlig Hilsen! Jeg skal skrive samme Dag jeg faaer fra Dig.
 Mor. 
 Skuddene kan nok taale lidt Morgensol.
 Vild Du lade Brevene ligge hos mig?</t>
   </si>
   <si>
-    <t>1905-03-06</t>
-[...243 lines deleted...]
-    <t>Dagbog</t>
+    <t>1920-09-18</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger</t>
-  </si>
-[...131 lines deleted...]
-160
----
-285
-[...44 lines deleted...]
-    <t>1920-09-18</t>
   </si>
   <si>
     <t>Valby</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Birgit Brandstrup
 Ebbe Brandstrup
 Mogens Brandstrup
 Grethe Jungstedt
 Adolph Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Ellen  Sawyer
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Laura Warberg flyttede ind hos datteren Ellen i kirkemøllehuset på Møllebakken i Kerteminde i 1920.
 De fire børn, som Laura Warberg havde omkring sig må være Christine Mackie, Alhed Larsen, Ellen Sawyer og Johanne C. Larsen, som alle boede i eller nær Kerteminde i 1920. 
 Berta Brandstrup døde 18. sept. 1918. 
 Laura Warberg kendte flere personer ved navn Caspersen, så det kan ikke afgøres, hvem hun i 1920 var i selskab med.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, BB2650</t>
   </si>
   <si>
     <t>Ludvig Brandstrup var glad for Lauras brev. Han har også hørt fra Mogens Brandstrup, som er i Firenze, hvor han har været "biskoppens tjener" ved en procession. Mogens maler flittigt.
 Ludvig glæder sig over Lauras flytning og over, at hun er omgivet af fire af sine børn. Han kan ikke forstå, at det netop den dag, hvor han modtog Lauras brev, er to år siden, at han mistede Berta. 
 Ludvigs stuepige fra Båxhult har aldrig været udenfor Smålands skove. Hun er kvik, men meget uvidende om alt.
 Det er dejligt, at Grethe skal til Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/O1lf</t>
   </si>
   <si>
     <t>18/9 1920, Valby
 Kære Laura!
 Tak for Dit Brev som jeg lige har læst, og som jeg var meget glad ved.
 Jeg fik samtidig et Brev fra Mogens der antagelig i Dag er i Firenze igjen, Via degli artisti E. Jeg er bange at vore Breve, som ere sendte til det Sted Argenia, hvor han har boet, ikke naa ham. Der har været stor Kirkefest for en undergørende Madonna med Biskop i Laterancapellet fra Rom og Pragt og Processioner. Mogens var hædret med at Bønderne i Byen havde valgt ham til "camerione del vescovo" Biskoppens Tjener, en stor Ære ved Festen. Jeg gad vide i hvilke præstelige Ærinder han har forrettet denne Tjeneste.
 Han har nu i lange Tider kun set Italienere og taler Sproget godt. Jeg haaber at han gaar frem som Maler, i hvert Fald arbejder han flittigt tror jeg at kunne mærke.
 Det er store Nyheder du fortæller om Dig selv og Din Flytning. Jeg synes det er udmærket. Hils Elle og Las og P[ulæseligt] og Agrarens fra mig. Morsomt at Du har fire Børn og Caspersen om Dig. Ja Du kan tænke Dig hvor vemodig Dagen er for mig og sagtens ogsaa for Mogens. Jeg kan ikke forstaa at det er to Aar siden jeg mistede min elskede Berta og hver Krog i Huset hver Plante i Haven vinker til mig om hende. [Der mangler formodentlig en eller flere sider af brevet her]
 vi have alligevel ikke faaet Pigen. To havde jeg antaget og lovede mig meget af men de sagde fra den ene efter den anden. Naa der lader ikke til at være saa knap Tid paa dem og jeg faar nok en. Den lille Stuepige paa 17 Aar fra Båxhult er vældig flink og hurtig og flittig og meget sød. Hun har aldrig været uden for Skoven i Småland, og er utrolig uvidende om Verden og alt, men et godt Hoved. Det er morsomt at lære hende noget.
 Det er jo morsomt at Grethe skal til Italien i Vinter, saa træffe de nok Mogens, og han har godt af at faa en nordisk Kunstkammerat til Sammenligning.
 Birgit og Ebbe hilser Hils ogsaa Caspersen fra mig
 Din Lut.</t>
-  </si>
-[...784 lines deleted...]
-Bimsepigen til Lyssefarsen.</t>
   </si>
   <si>
     <t>1932-02-04</t>
   </si>
   <si>
     <t>Sigurd  Swane</t>
   </si>
   <si>
     <t>Hellerup
 Tranegårdsvej 5</t>
   </si>
   <si>
     <t>Andreas Larsen
 Elena Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Lars Swane
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 1932-02-04, Sigurd Swane til Johan Larsen, 2397</t>
   </si>
   <si>
     <t>Lars Swane er droppet ud af skolen, og han overvejer at blive enten landmand eller skovfoged. Sigurd Swane har spurgte Vilhelm/Klaks Larsen til råds, og han tegnede ikke et rosenrødt billede. 
 Skovfogeduddannelsen kræver fem måneders ophold på en skole ved Viborg og derefter tre års læretid. Lars vil gerne hjem til Johan/Lysse og arbejde, og Sigurd Swane spørger, om Johan/Lysse kan komme til ham og lære noget, og om familien kan have ham på kost, for Sigurd Swane kan ikke betale. Lars mener at man billigt vil kunne forpagte en gård i Småland, og Sigurd spørger, om det er rigtigt samt om, hvorvidt man vil kunne tjene til sit brød sådan et sted. Sigurd Swane spørger også, om Lars kan bo og arbejde hos Lysse, indtil skolen ved Viborg begynder.
@@ -2524,544 +979,247 @@
   </si>
   <si>
     <t>Tranegårdsvej 5. Hellerup. 4-2-32.
 Kære Lysse.
 Du bliver vel nok noget overrasket over at få brev fra mig, men jeg vilde meget gerne have lov til at gøre dig et par spørgsmål i anledning af Lasse. Du ved jo at han var begyndt at gå i skole igen, og en tid så det jo ud til at skulle gå godt; men desværre lader det ikke til at boglig syssel og studering ligger for Lasse, så det var nok et letsindigt forsøg. Han er hørt op i skolen og vil ud på landet til praktisk arbejde, hvad jeg i og for sig også på mange måder tror ham velskikket til. 
 Men nu er han jo allerede godt på vej mod sit 19de år, så nu skulde der jo nødig tages fejl flere gange og det er angående valget af fremtidsvej jeg gerne vilde rådføre mig lidt med dig.
 Han selv foreslog to muligheder, enten skovfoged eller landmand.
 Jeg skrev strax til Klax og spurgte ham om mulighederne for uddannelse til skovfoged og for fremtid for sådan og også om hans syn på mulighederne som landmand.
 Man kan ikke sige, han skildrer nogen af delene i rosenrødt, men skal han ["han" indsat over linjen] tilråde en af de ting bliver det nærmest skovfoged, hvilket kræver først et 5-måneders kursus på Asmild ved Viborg og derefter 3 års praktisk læretid. 
 Også jeg synes, som forholdene er, at Lasse absolut bør gå den vej, selvom uddannelsen er noget dyrere end landbruget. 
 Klax mener, som også andre, at udsigterne for en kapitalløs landmand er så små som vel muligt.
 Nu har Lasse imidlertid den forestilling at forholdene er langt bedre oppe hvor du er end andre steder, og han nærer det ønske at komme op og lære hos dig og håber så at kunne arbejde sig først til forvalter et eller andet sted og siden måske til selvstændig jordbruger. Men jeg er jo bange for at alt det er alt for løst. - Og en del spørgsmål først melder sig jo også.
 For det første - hvis han skulde gå landvejen - Har du brug for ham og kan tage ham i dit brød og kan du så oplære og dygtiggøre ham til selv at tage fat, eller kræver det måske tid og kræfter, Du slet ikke kan afse på en sådan sag? For sådan som jeg er stillet økonomisk og sådan som Lasse er, er det nødvendigt at han begynder i en plads, hvor der kræves arbejde af ham og til gengæld ydes ham hvad han behøver til sit livsophold. - Og hvis Du ikke kan det, taler han om Höljeryd, men er der muligheder?
 Og endelig, hvis Du kan uddanne ham eller han kan få sin uddannelse på Höljeryd, hvordan ser Du så på fremtiden for ham?
 Han selv mener, der ikke skal mange hundrede kr. til at få en forpagtning et sted deroppe - men, for det første er dette rigtigt? Dernæst, om det er det, er det så ikke en forpagtning som heller ikke giver ret mange hundrede kr. i udbytte, men alligevel, for bare at give til dagen og vejen, kræver et hesteslid af et menneske? 
 Du forstår, at det er mig magtpåliggende at vide lidt reel besked om disse ting.
 Endelig, hvis han nu kommer til Viborg, men skolen først begynder efter sommerferien, kan det så tænkes, at han indtil ["ind" indsat over linjen] den tid kan få en midlertidig plads hos dig, dels for ikke at gå ledig, dels for at lære ting han jo også vil kunne få brug for senere som skovfoged? Jeg venter svar fra skolen hver dag.
 Endelig - selvom han skulde vælge landvæsnet oppe hos dig, et sted i Småland, vil så ikke skovfogeduddannelsen være en god forberedelse dertil, jeres landbrug er jo i høj grad også skovbrug?
 Jeg håber ikke, det vil være altfor besværligt for dig at besvare disse spørgsmål, jeg tænker svaret kan blive adskilligt kortere end mit brev.
 Jeg benytter lejligheden til at sende dig og din kone en venlig, en hjertelig hilsen - Lysse, Puf - - hvor mange gode og smukke minder fra jeres hjem stiger ikke op i mig hver gang blot et af disse navne strejfer min bevidsthed. Jeg vil ønske, at jeres lille dreng også får nogle lighedspunkter med sin far, den lyse smukke krøltop - som alligevel bag lystigheden havde sit følsomme hjerte, som græd for hønen der kom i suppegryden - Ja mange hilsner
 Din Sigurd Swane.
 Og Tinge er jo også deroppe, hils også ham så mange gange.
 x) hvad er din titel? vi har haft stor diskussion derom, Lasse og jeg.</t>
   </si>
   <si>
-    <t>1932-03-08</t>
-[...57 lines deleted...]
-  <si>
     <t>1934-03-25</t>
+  </si>
+  <si>
+    <t>Kirkeby</t>
   </si>
   <si>
     <t>Grethe Bichel
 Peter Bichel
 - Birch, Kirkeby
 Else Birgitte Brønsted
 Andreas Larsen
 Elena Larsen
 Peter Andreas Larsen
 Ólafur Tubals
 Julius Wedell</t>
   </si>
   <si>
     <t>Salswedell er formodentlig Larsens kælenavn til Julius Wedell, som ejede Wedellsborg.
 Hareren: En jagthund skal, når den får færten af en hare, lære at lægge sig ned og ikke løbe efter haren. 
 Remma og Strömhult er nabogårde til Höljeryd i Småland, hvor Johan og Elena Larsen med deres børn boede.</t>
   </si>
   <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
     <t>Johannes Larsen bliver hentet tirsdag eller onsdag, for han skal være hjemme, til Tubals kommer i påsken. Han træner med hunden Scott, som tegner til at blive en virkelig god jagthund. Larsen har kun måttet straffe hunden en enkelt gang. Han spørger, hvordan det går med fuglejagten i Småland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0wqH</t>
   </si>
   <si>
     <t>Kirkeby 25 Marts 1934.
 Kære Lysse!
 Tak for Brevet, ja det har jeg vist for Resten takket for. Jeg har været heroppe siden d. 16 og Puf kommer og henter mig Tirsdag eller Onsdag saa jeg kan være hjemme til Paaske da vi blandt andre faar Besøg af Tubals der har meldt sin Ankomst. Desuden kommer Mudi og eventuelt Peter og Grethe som Puf har inviteret men som ikke til Dato har ladet høre fra sig. Jeg har ikke bestilt andet her end gaa omkring med Scott, der tegner til at blive en fremragende Brugshund. Han søger flot og vender paa Fløjt og har en fænomenal Næse. Den første Dag var jeg ude med ham sammen med Birch og hans gamle Korthaar og da løb han lige ind i Hønsene, men da jeg næste Dag var ude med ham alene stod han fast for et Par Høns og Dagen efterfulgte han Færten af et Par Høns over en Græsmark og en Rugmark og stod fast for dem da de havde trykket sig i noget langt Græs ved en Grøft. Jeg gik saa videre med ham i den Retning de var fløjet, ned mod Vadestedet noget efter trak han om og stod igen, gik han stiv og rolig ca 100 Al lige op i Vinden og stod fast, jeg troede naturligvis det var Hønsene igen og gik frem foran ham for at rejse dem, da der til min Forbavselse sprang en Hare ca 50 Al foran ham, og der var absolut ingen Ting i mellem. Han staar nu for baade Agerhøns Urhøns Fasaner Bekkasiner og Harer, men de sidste er han tilbøjelig til at følge et Stykke paa Vej. I Gaar fik han Klø for det et Par Gange. Naa det ordner sig nok, Salswedell har lovet at gøre ham Hareren og det er jo nemt gjort, et Sted hvor der vrimler med Harer som paa Wedellsborg. Hvordan gaar det med Fågeljakten paa Romma og Strømhult? Du maa endelig se at faa det i Orden selv om det maaske skal koste lidt mere end de 30 Kr. Mange Hilsner til Jer alle 3
 Din Far.</t>
   </si>
   <si>
-    <t>1934-04-07</t>
-[...269 lines deleted...]
-  <si>
     <t>1937-2</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Jens  Nielsen
 Ane Talbot
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Gnav eller gnavspil: Regler og foto af brikkerne kan ses ved opslag på Wikipedia 
 Martin/Manse Warberg Larsen opholdt sig 1936-1937 på Farmoor Farm nær London for at dygtiggøre sig indenfor landbrug. 
 Målarens Torp er også nævnt i Vilhelm Larsens brev til Johan Larsen 1930-06-23. 
 Carlslund må have været en af bygningerne, der hørte under gården Båxhult i Småland.</t>
   </si>
   <si>
     <t>Andreas Larsen har fået drejet 42 træbrikker til et gnavspil til Johan Larsen. Andreas venter nu på, at Johannes Larsen laver tegninger til påsætning på brikkernes underside. 
 Johannes Larsen vil male på Båxhult en stor del af sommeren. Andreas og Else Larsen overvejer i samme periode at lukke huset i Kerteminde ned og opholde sig i Småland. Herved kan de spare en del penge, som måske kan bruges på at sætte Carlslund istand.
 Andreas sender fotografier og bøger. 
 Isen er næsten væk.
 Rasmus Petersen er død.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PV9y</t>
   </si>
   <si>
     <t>Kære Lysse Tillykke!
 Tak for Jeres Breve igaar. Det er da godt du er rask igen. Jeres Plan med Tinge tror jeg desværre ikke der er megen Chance for at faa realiseret, Manse er jo i England, det har I vist ikke tænkt paa. Jeg skal imidlertid nok spørge Tinge om hans Mening herom, naar jeg ser ham en Dag. - Vi har i længere Tid forberedt en Fødselsdagsgave til dig, som du alligevel ikke naar at faa til Tiden. Det er et Gnav-Spil. Det bestaar af 42 Brikker af denne størrelse og Form: [Tegning]
 Ovenfra saadan: [Tegning]
 Nedenfra saadan: [Tegning]
 Op i den lidt hævede Bund klistres en Papirskive med et Romertal eller billede Altsaa saadan: [Tegning]
 Brikkerne puttes i en Læderpose, Gnavposen, hvor de rystes inden Spillet begynder.
 Jens Nielsen har drejet Brikkerne og de er nu ude
 2.)
 paa Kerteminde Bil-Duso-Lakereri for at blive sorte. Det det kniber mest med er at faa Far til at tegne Figurerne; han er begyndt at male, saa det maa vi jo tage som gyldig Undskyldning. Men ikke nok med disse to Jobsposter! Herfra maa meldes om noget af større Dimensioner som truer Jer. Far vil saavidt vi kan forstaa op til Jer for at male til Sommer. Else og jeg har saa talt om, hvis Far tager afsted først paa Sommeren, at lukke Huset her og flytte op i Målarens Torpshus med Børn og Hund et Par Maaneder. Men det bliver kun hvis Far rejser allerede i Juni, saa vi kan slippe herfra inden der kommer Sommergæster. Vi vil nemlig kun gøre det hvis vi kan spare saa meget ved at lukke Huset H ["H" overstreget] her, at vi kan tjene til at faa Carlslund gjort istand. Kan det reddes endnu -? Hvis du mener det kan, saa lad os vide hvad det vil koste, hvis du vil sætte nogen igang med Reparationerne. Maaske strander det hele paa, at vi ikke kan faa at vide af Far hvornaar han vil derop. Hvis vi ikke ved sikkert at vi kommer afsted i Juni, kan vi ikke skaffe Penge til Reparationen af Huset;
 3.)
 men det vilde være vældig sjov at være deroppe saa længe engang. - Naa det var jo en Række tvivlsomme Gaver; forat bøde lidt herpaa sender jeg nogle Fotografier, som velnok er dine i Forvejen, men som alligevel passende kan komme til Fødselsdagen. Endvidere et Par Bøger fra Far. Else har talt om noget Chokolade, jeg ved ikke om det bliver til noget, jeg skal spørge hende til Middag, hun vasker idag. Naa det bliver ikke til noget med Chokoladen, Far mener det bliver liggende i Tolden. - Nu er det forbi med Isen, der ligger kun et Par sammenskruede Bunker ved Kysten og noget endnu i Fjorden. Vi har dog stadig Kulde og iaftes sneede det saa her er lidt hvidt idag. Rasmus Petersen er død, vi var til hans Begravelse i Søndags. Han var ellers kommet sig nogenlunde efter sin Sygdom i Efteraaret, men for 14 Dage siden blev han syg igen og kom paa Kerteminde Sygehus, hvor han døde efter et Par Dages Forløb. - Det lyder godt med den Is i Ensilage-Beholderen. Saa kan man maaske blive bedt hen til en kold Snaps en Gang imellem! Nu maa jeg vist hellere slutte og se at faa de Bøger [det følgende indsat øverst på næstsidste side:] pakket ind, at jeg kan komme paa Posthuset. Mange Hilsner til Jer alle sammen fra Puf.</t>
   </si>
   <si>
-    <t>1937-09-13</t>
-[...87 lines deleted...]
-(eller nærmere Grevinden)</t>
+    <t>22. aug. 1909</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Notater om fugle, vejrlig og jagt under ophold på gården Båxhult i Sverige</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tzd4SO58</t>
+  </si>
+  <si>
+    <t>25. aug. 1909</t>
+  </si>
+  <si>
+    <t>August Birch, Sverige
+- Eckmann
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig under ophold i Sverige. Hjemrejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/bByyl7CW</t>
+  </si>
+  <si>
+    <t>19. aug. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle, jagt og vejrlig fra ophold i Sverige med Ludvig Brandstrup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5hH9jw99</t>
+  </si>
+  <si>
+    <t>28. aug. 1925</t>
+  </si>
+  <si>
+    <t>Aage Bretting
+Erich Drygalsky
+Julius Galster
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+Axel Malmquist
+John Møller
+Peder Petersen
+Morten Porsild
+Philip Rosendahl</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/T0xVO7qr</t>
+  </si>
+  <si>
+    <t>1913-08-02</t>
+  </si>
+  <si>
+    <t>Sverige
+Ädelfors St.</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, visedigter
+Thora  Branner
+Wilhelm Branner
+Else Birgitte Brønsted
+Louise Brønsted
+- Carlsen
+Andrew Carnegie
+Maurice Chevillard
+Grethe Jungstedt
+Carl Petersen, arkitekt
+Ellen  Sawyer
+- Sims
+- Thalbitzer</t>
+  </si>
+  <si>
+    <t>Madien er muligvis Louise Brønsted.
+Det vides ikke, hvem Ingeborg var. 
+I Valby boede arkitekt Christian Brandstrup og hans kone Eline. De var forældre til Ludvig Brandstrup, som i 1913 var 21 år. Det må være ham, som Laura Warberg synes spilder sine evner. Ludvig Brandstrup blev skuespiller, revueforfatter mm. 
+Laura Warberg boede i København. Det omtalte hus fik Alhed og Johannes Larsen bygget til hende, Grethe og Ellen på Strandvejen i Kerteminde. Arkitekten var Carl Petersen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2087</t>
+  </si>
+  <si>
+    <t>Branners rejser hjem fra Anholt, og nogle andre familiemedlemmer sejler dertil.
+Laura Warberg har Grethe på besøg. Laura underviser hende i fransk, og de går i Tivoli, ser kunstflyvningsopvisning mm. 
+Laura har været til middag hos Eline og Christian Brandstrup. Deres søn, Ludvig, ved alt, men han spilder sin begavelse. 
+Arkitekten har vist Laura Warberg tegningerne af hendes nye hus, som er dejligt med havedør, store stuer og værelse til Grethe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0rHr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+p.t. Skirö Prästgård
+Ädelfors St.
+Småland
+Sverige
+[I højre hjørne er skrevet et regnestykke:] 125
+160
+---
+285
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Lørdag d. 2den
+Kære Astrid!
+Jeg var begyndt at blive bange Du ikke havde faaet mit Kort; rart endelig at høre igen fra Dig og saa gode Meddelelser, der maa jo være henrivende trods Væggetøj. – Grethe kom i Torsdags og samme Aften var vi inde ved Nyhavn at tage Afsked med Madiens, der Kl. 8 drog af i en lille beskidt Nøddeskal, der hedder ”Broge”! – Men en dejlig varm stille Nat har de haft, Børnene var henrykte, Kl. 4 om Morgenen kunde de være paa Anholt; bor 14 Dage hos en Fisker Carlsen – hvis Du vil skrive; have to Sovekamre og en stor Stue; et Kvarter fra Stranden men ”Ørkenen” - lige udenfor deres Dør. Branners sejler derfra i Aften. Elle blev i Birkerød et Par Dage hos Ingeborg og lille Else, til Thalbitzers kommer vist i Morgen og de [skrevet oven over linjen ”de”] boer der en Uge. Paa Mandag kommer Elle her nogle Dage, det glæder jeg mig meget til. Herfra vil hun til Snøde. I Dag har jeg begyndt paa Fransk med Grethe, hun er vældig lærenem, jeg skal nok faae hende lært paa de 3 Uger; det morer mig at opfriske Sproget. Vi har en vældig Varme stadig væk, godt for Høsten. Grethe skal i Morgen besøge Mr. Carnegie paa d’Angleterre; han er ven af Mr. Sims. – Vi har to Gange set Flyveren lige over at gøre sine vidunderlige Kunster Franskmanden Chevillard, Kbh. er begejstret som aldrig før. I Aftes var vi i Paladsteatret, skal i Tivoli en Gang og meget andet, Musèer især. – Grethe er rigtig rar og sød og snaksom. Forleden Aften var jeg i Valby, Ludvig og hans Kæreste var der, blev gjort Stads af, fint Aftenbord med Vin og Dessert, Berta saa elskværdig mod deres Ludvig er dog uhyre begavet og ved alt om alt! Synd han spilder den Begavelse! Nu er der vist ikke mere! Jo endelig i Gaar var Arkitekten her med Tegningen til vort Hus, det bliver dejligt, i en Etage altsammen , ingen Loftsplade næsten, store Stuer stor Trappe og Dør til Haven fra Spisestuen Grethe eget Værelse under Altan!! Hun er henrykt! – Tusind kærlige Hilsener lille Putte til Dig og de smaa! Jeg behøver vel ikke at være bange for Søen!
+Bedstemor.</t>
   </si>
   <si>
     <t>1938-02-02</t>
   </si>
   <si>
     <t>Långaryd
 Båxhult</t>
   </si>
   <si>
     <t>Erna -
 Ludwig Beethoven
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Elise Hansen
 Frederik Hendriksen
 Elin Jensen
 Villum Jensen
 Jens Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Møllers Venus: En æblesort. Det oprindelige modertræ stod indtil 1897 i vognmand Møllers have i Holstebro. Træet menes at stamme fra omkring 1850 og det har sandsynligvis været et kærnetræ, som stod i vognmandens have. Omkring 1920 var sorten det 20. mest udbredte i Danmark (søgning på internettet).
 Johannes Larsens udstilling i februar 1938 blev vist hos Winkel &amp;amp; Magnussen. Han solgte for ca. 10.000 kr. på denne udstilling (1938-02-09, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB0597). 
 Chefen: Johannes Larsen. 
@@ -3070,494 +1228,137 @@
   <si>
     <t>Det er noget sludder, når Johan Larsen siger, at Elena er køn. Nu vil hun få sit hår krøllet. 
 Elena har besøgt Johannes Larsens/Las' udstilling. Han var ikke tilstede, men skar træsnit af Hendriksen/Xylografen hos Brønsted. Der var fire Båxhult-billeder på udstillingen. Det bedste var billedet fra salen. 
 Elena nyder at gå ture i byen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7Xlg</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Båxhult
 Långaryd
 Småland
 Sverige.
 [I brevet:]
 2-2-38
 Kære Gamling!
 Jeg, nej det er sandt saadan maa man jo ikke begynde, altsaa: Det er gaaet op for mig hvad det er for noget forbandet Sludder du prøver paa at bilde mig ind om at jeg ser saa dejlig ud saa der ingen Ende er paa det, og jeg har derfor tænkt mig at tage Skeen i en noget anden Haand og gaa hen og lade mig krølle i hele Hovedet! Jeg haaber du vil tage vel i mod mig, selv om de ikke er gaaet ud til jeg vender hjem. Aprospos Skønhed, kan jeg fortælle dig at vi ikke skal fortryde paa at Møllers Venus var udsolgt fra Planteskolen for jeg smagte det forleden og der var ikke meget Grin ved hende, skønt hun saah dejlig ud. - Jeg var i Dag oppe paa Las' Udstilling som havde Premiére, desværre traf jeg ikke Cefen selv, han havde ikke været der og vilde heller ikke komme der igen i Dag. Derimod traf jeg Tante Lugge og Muddi, Las bor ude hos Magisteren, saa ved jeg da hvor jeg skal faa fat paa ham. Han var kommet i Gaar og var i Gang med at skære en Blok af Xylografen. 
 I Aften kan det dog ikke blive, for Mos og jeg skal til Concertpalæet og høre Laumont spille Beethoven. Paa Udstillingen var der 4 Båxhultbilleder, Tjurhanen, Billedet med de 2 Ballonaspe og det fra Salen og saa det fra i Fjor med Lagaarden der spejler sig i Dammen. Salsbilledet var et af de Billeder jeg syntes saa allerbedst ud paa hele Udstillingen, det har ogsaa en Hædersplads paa ["paa" overstreget] som Midtpunkt paa Væggen lige til venstre for Indgangen, det er altsaa ikke alene mig der synes om det. - I Dag har jeg ikke været hos Tandlæge, jeg reddede mig en Fridag paa Grund af Fernisseringen; derimod fik jeg min daglige Strøgtur og jeg nyder at drysse ind gennem Byen og sluge Butikkerne. Willum og Elin kommer her til Middag i Morgen og i Gaar var Erna her, saa du kan se at jeg ikke spilder Tiden. - Nu skal jeg til at læge Jensebassen i Seng.
 1000 Kys til Fasermand og Petermand
 fra Mosermand.
 P.S. Jeg har ogsaa tænkt paa at tage en Afmagringskur og en Ansigtsbehandling. - Bare inte nervøser. -</t>
   </si>
   <si>
-    <t>1938-11-29</t>
-[...3 lines deleted...]
-Elise Hansen
+    <t>1947-08-15</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Henning Larsen
 Jens Larsen
-Johannes Larsen
+Johanne Christine Larsen
+Jonas Larsen
 Peter Andreas Larsen
-Alhed  Møhl, Lysses datter</t>
-[...153 lines deleted...]
-Altsaa i Morgen 8 Dage, du gamle Ven, jeg glæder mig gevaldigt. Mange, mange kærlige Hilsner og Kys fra Nisseren.</t>
+Kirsten Larsen, Elena Larsens veninde
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
+Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
+  </si>
+  <si>
+    <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
+På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
+Johanne/Junge Larsen har ikke mange kræfter.
+Marie håber at komme til Båxhult en anden gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjod</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 15-8-47.
+Kære Lysse og Bimse!
+Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
+Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
+Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
+I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
+Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
+Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
+Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
+Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
+Hilsen fra Alle her. -</t>
   </si>
   <si>
     <t>1939-01-05</t>
   </si>
   <si>
     <t>Erna -
 Else Jensen
 Marie Larsen
 Alhed  Møhl, Lysses datter
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Elena Larsen fødte sit tredje barn i København i december 1939. Hun fik derefter brystbetændelse og var indlagt julen over. Imens var Johan Larsen, hendes mand, hjemme på gården Båxhult i Småland. 
 Det vides ikke, hvem Ellen Haunstrup var.</t>
   </si>
   <si>
     <t>Elena Larsen og børnene kommer hjem tirsdag. Hun regner med, at Johan Larsen henter dem ved toget i Landeryd.
 Elena har en del selskabelighed i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IEcI</t>
   </si>
   <si>
     <t>Tors. 5-1-39
 Kæreste!
 Dette er saa det uigenkaldeligt sidste Brev inden Hjemkomsten som altsaa er fastsat til Tirsdag. - Det gaar ikke saa gelassent med Skriveriet nu paa det sidste, her er meget at bedrive. Tandlæge, Indkøb og Besøg og saa er der jo ogsaa Søster som skal passes engang imellem. Igaar var Erna og Ellen Haunstrup (ogsaa Skolekammerat) her til Middag. I Eftermiddag var Fru Johs. V. her til The og i Aften skal vi til [ulæseligt ord]. I Morgen skal jeg til Middag hos Erna og i Overmorgen kommer Uglen Marie og Lasse her til Middag, saa du kan se at jeg fører en selskabelig Tilværelse. Men det er nu slet ikke noget imod en Invitation jeg har faaet til Tirsdag, til en lille intim Middag paa et Gods i det øde Småland med een jeg kan lide; det er baade romantisk og spændende, og jeg glæder mig vanvittigt. - Du kommer og henter os i Landeryd Kl 1/2 12 og skulde vi mod Forventning ikke være med, maa du vente til 1/2 1 el 1, saa er det fordi Toget i Halmstad er kørt fra os.
 Nu bliver der ikke mere Skriverage i Dag eller Overhovedet mere denne Gang. Men Masser af Hilsner og Kys fra din Nissepige.</t>
   </si>
   <si>
-    <t>1941-01-05</t>
-[...244 lines deleted...]
-  <si>
     <t>1946-11-06</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
   </si>
   <si>
     <t>2.
 Aaboulevard 80</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
   </si>
   <si>
     <t>Folmer -
 Bodild Branner
 Ebbe Branner
 Frits Branner
 Thora  Branner
 Louise Brønsted
 Thora Cohn
 Alhed Larsen
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Ane Talbot
 Laura Warberg</t>
   </si>
   <si>
     <t>Andreas/Puf Larsen boede med sin kone, Else, og deres børn sammen med Johannes Larsen i dennes hus på Møllebakken i Kerteminde. 
 Thora Branners ene søn døde som ganske ung, så da hun selv døde, havde hun børnene Bodild og Fritz tilbage.</t>
   </si>
@@ -3574,216 +1375,195 @@
     <t>https://fynboerne.ktdk.dk/d/7qPa</t>
   </si>
   <si>
     <t>[Stemplet på kuvertens forside:]
 Fru C. Mackie
 Aaboulevard 80 II
 [Håndskrevet på kuvertens forside:]
 Hr. Patron Johan Larsen
 Båxhult
 Långaryd
 Småland
 Sverige. 
 [Håndskrevet i brevet:]
 6/11 - 46
 Kære lille Lysse!
 Det er jo lidt sent at takke dig for dit Fødselsdagsbrev til min Fødselsdag d. 10. Maj (er 8) hvor jeg fyldte ikke 74 men, desværre 76! Men her gør jeg det altså. Tak for Brevet! Det indeholdt jo både noget fornøjeligt og det modsatte; det var meget morsomt at høre om alle de Forbedringer i jeres dejlige gamle Hus! det er vel nok imponerende, hvad du beskriver! Med alle de moderne Installationer og Fliser i lange Baner! Hvor vilde jeg dog gærne engang besøge jer, inden jeg dør! Men det er vanskeligt på mange Måder. Jeg tænker tit på gamle Båxhult og den dejlige Egn - Broudåsen! Var det der, den gamle Kone boede? Alhed havde bagt en Kage til hende og vi gik op med den en Sommeraftenstund, lidt hen på Aftnen, så hun var gået i Seng; vi bankede på, jeg kan endnu høre hendes gamle forskrækkede Stemme: "å de' lefvande?" Dengang havde vi endnu det f. som I har sløjfet; for en halv Snes År siden havde jeg en ganske lille Korrespondance med en gammel Kontrakts[ulæseligt] på Orust, han stavede endnu på den gammeldags Manér, den kan jeg bedst lide!
 Det triste var, hvad du fortalte om dit Julebesøg i Kjerteminde, jeg tror nu, du ser for sort på det. Jeg var der i Sommer - hver Sommer bestemmer jeg at jeg vil skrive til dig derfra! - og jeg synes, det hele var forholdsvis harmonisk, det var meget sjældent at det skurrede. Ja, du har sandelig Ret i, at Puf er en ener - Mor sagde så tit "Puf er et herligt Menneske" - et ædelt Menneske, det er hjærteskærende at tænke på, at han skal være halv- eller helulykkelig. Men jeg er nu vis på, at hvis - når - Forholdene engang igen bliver sådan at han kan få fat på det Arbejde, som ligger parat og venter, så vil alt forandre sig derovre; det må jo være frygteligt at gå og vente, når man bare går og længes efter at få Lov at tage fat. Der var en lille Ting, som betød en stor Forbedring af den daglige Atmosfære. Las er holdt op med sin daglige Snaps til Aften (= 3-4 Snapse) og det har gjort, at han er langt mindre irritabel og besværlig end før. Det er jo noget vanskeligere om Vinteren, hvor Børnene er så meget inde, og Las altid sidder i Stuen, han tåler ikke det mindste Kny fra dem, de arme Unger! Men henimod Jul, når de tør begynde at fyre i Centralfyret, så hjælper det, så er de ovenpå med deres Leg og deres Skærmydsler. Jeg havde 3 vidunderlige Uger derovre.
 Vi er så bedrøvede i denne Tid, fordi Tutte ligger for Døden. Hun blev for et Par År siden opereret for Cancer mammæ, og nu er det gået i Lungerne og det er håbløst; det er vist kun Dage - eller Timer, hun har tilbage; hun ligger og døser i Morfinrus for at hindre Smerter og, navnlig Åndenød. Det er hårdt at miste Søskende, det er dog de Mennesker, der som oftest står en nærmest. Bimse ved det nok; og jeg savner da hver Dag din Mor. 
 [Skrevet lodret langs venstre margen side 2:] Folmer ringede forleden og spurgte mig, om du kom til jeres Studenterjubilæum det anede jeg jo intet om; han vilde selv skrive til dig, og da jeg sagde, at jeg havde et Brev på Stabelen, bad han mig styrke til at du kom! det synes jeg i Sandhed også, at du [skrevet side 1, øverst på arket, på tværs:] skal hvis du på nogen Måde kan rive dig Løs et Par Dage! Det måtte da være mægtig sjov at mødes med de gamle Skolekammerater.
 Nu må du hilse hele din søde Familie kærligt fra mig! De kærligste Hilsner til dig selv fra
 Mornine.
 Da jeg havde lukket Brevet, ringede Lugge, at Tutte var død i Nat Kl. 1/2 3. Hun sov stille hen. Hun vidste, at hun skulde dø og havde talt om det med Børnene. De to stakkels Børn vil savne hende bittert; man kan ikke se, hvordan de skal kunne undvære den kloge, stærke Mor. 
 Bodilds Ægteskab er jo ikke af de ideelle, og stakkels Fritz er så ensom og set skævt til af så mange, som ikke kender ham, det søde Menneske han er, men man ser kun hans sære Væsen.</t>
   </si>
   <si>
-    <t>1947-05-16</t>
-[...3 lines deleted...]
-Louise Brønsted
+    <t>1932-03-08</t>
+  </si>
+  <si>
+    <t>Christian Cato
 Andreas Larsen
 Johan Larsen
-Else Larsen, Else, Andreas Larsens kone</t>
-[...8 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/tR39</t>
+- Vergmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender 1000 etiketter til marmeladekrukker, og Cato vil sende flere. Den fattige kone får dette første parti gratis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1sKv</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8/3 - 1932
+Her med de smaa Etiketter, som jeg nær havde glemt, men saa fik Vergmann til at skaffe en Cliché af og trykke et Oplag. Der skal være 1000 Stk, her. ligesom der forhaabentlig er kommen 1000 Stk fra Cato naar disse ankommer. Jeg fik Cato til at trykke dem gratis, det paastaar han i hvert Fald i mod at jeg betalte Clichéen, han udtalte saa det Haab at naar den fattige Kone i Småland havde solgt 1000 Krukker Marmelade maatte hun have faaet Raad til at betale ham et minde Beløb for Trykning af de næste Tusinder. Det var da godt at I har faet begge Sadlerne. Tak Lysse for Brevet. Puf hilser Der bliver ikke mere denne Gang, da jeg skal ind paa Posthuset inden de lukker. Mange Hilsner 
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1950-04-26</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elena Larsen
+Johan Larsen
+Jonas Larsen
+Marie Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Tjur er en fugl i gruppen af skovhøns. Den findes ikke længere i Danmark, men yngler i Skandinavien fra Skåne og nordpå – og videre mod øst gennem Finland og Rusland til området ved Lena-floden. Arten findes desuden i Skotland, Polen og Hviderusland (Wikipedia juli 2024). 
+Visingsø: En ø i søen Vättern. 
+Taberg: Et bjerg af jernmalm ca. 13 km. syd for Jönköping. 
+Husquarna staves i dag Huskvarna.
+Pax var en strandpavillon på Sydstranden i Kerteminde og ejet af Johannes Larsens venner Johanne og Johan Due Nielsen. Se deres biografier.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kommet hjem fra Båxhult, hvor han har været med sin søster, Marie. Han fik ingen tjur trods flere jagtture. Marie ville gerne se Taberg, og Elena/Bimse Larsen samt børnene kørte Johannes og Marie dertil. De spiste frokost og så på blå anemoner, og de gravede nogle op. Dagen efter kørte de til Birkerød, og Johannes Larsen tog hjem til Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Eao</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
-Knuthenborg
-Bandholm.
+Refshalevej.
+Maribo.
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
-Kjerteminde 16 Maj 1947.
+Kjerteminde 26 April 1950.
 Kære Grevinde.
-Jeg har nu talt med Puf om Rejsen, og han mener det er bedst, at han kører mig til Svendborg og at jeg saa fortsætter til Knuthenborg o.s.v. Jeg har saa skrevet til Lysse om at hente os i Hälsingborg Fredag aller senest Lørdag før Pintse og meddele hvad Tid han kan være der. 
-[...1 lines deleted...]
-Det er Fanden til indviklet Tur. Men det ordner sig vel. Vi kunde vel ogsaa gøre Ophold i Kjøbenhavn, saa kan jeg bo hos Brønsteds og Du kan vel altid faa Plads paa Dit Hotel. Nærmere senere. Mange Hilsner Puf og Else er i Odense.
+Som Du ser er jeg nu hjemme igen. Jeg havde det som altid dejligt paa Båxhult, men det jeg var kommen derop for faldt ikke saa heldigt ud. Til Trods for at jeg var med Lysse ude ved 4 Tiden 6-7 Gange og selv en Morgen stod op Kl. 2 ¾ og sad paa et Sted i Skoven fra Kl. 3-4 og et andet Sted en halv Time kom jeg ikke Tjurene, nærmere end til et Par Gange at høre nogle fjerne Lyde. For øvrigt regnede det med Undtagelse af et Par Dage hele Tiden og frøs hver Nat. Den Aften vi havde bestemt til at tage hjem næste Dag, sagde min Søster at næste Gang hun kom derop vilde hun gerne til Smålands Taberg, hvorpaa Lysse sagde at det kunde hun komme i Morgen. Næste Dag var det straalende Solskin og næsten Stille. Bimse ringede til Skolen og bad Søster og Jonas fri og saa kørte hun og Marie og Børnene og jeg ad Nissastigen til Jönköping, hvor vi spiste Frokost i Alphyddan, en højt over Byen beliggende Beværtning med Udsigt over Byen og Vättern og Visingsø og Husquarna. Derefter kørte vi op paa Taberg, hvor der var masser af blaa Anemoner, som vi gravede nogle Stykker op af, deriblandt en smuk rød som Søster fandt. saa kørte vi ad Sagastigen hjem og var hjemme til Aftensmad. Dagen efter kørte Bimse mig os ["mig" overstreget; ”os” indsat over linien] til Birkerød hvor jeg overnattede og næste Dag kørte hun mig til Korsør og Puf hentede mig i Nyborg. Nu har jeg i et Par Dage ordnet den Post her laa og besvaret det nødtørftige og saa skulde jeg i Morgen se at faa begyndt at bestille noget. Paa Fredag Kl. 12 skal jeg til Indvielsen af det nybyggede Pax. Mange Hilsener ogsaa til Adam.
 Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
-    <t>1947-05-18</t>
-[...8 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/6FTo</t>
+    <t>1930-06-04</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Johannes V. Jensen
+Aron Bernhard Kjellmann
+Elena Larsen
+Peter Andreas Larsen
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
+Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lE3T</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Lensgrevinde
-[...18 lines deleted...]
-Hans Hvass
+Hr. Johan Larsen 
+Boxhult
+pr. Landeryd
+Sverrig.
+[Fortrykt på kuvertens bagside:]
+WEDELLSBORG SKOVBRUG
+PR. EJBY
+[Håndskrevet i brevet:]
+Rørdam d. 4'-6'-30.
+Kære Lysse!
+Som Du jo nok ved ringede Din Far mig op i Søndags for at anmode mig om at tage med Godsejer Brandt Lehnskov til Boxhult. Skønt jeg indtil Midten af Maaneden er meget stærkt optaget lovede jeg Las, for saa vidt det passede Brandt, at tage af Sted i denne Uge; i Mandags var jeg med Foreningen "de fynske Smaaskove" for hvilken jeg er Formand paa Udflugt til Taasinge og paa Lørdag skal jeg være hjemme til Generalforsamling i Elektricitetsværket.
+Paa Vej til Taasinge Søndag Eftermiddag gjorde jeg saa en Afstikker til Brandt paa Lehnskov for at drøfte Sagen, men da han skulde lede en Generalforsamling i "Brandts Klædefabrik" i Odense paa Torsdag, var det udelukket at vi kunde komme af Sted i denne Uge. I Pintsen var Brandt naturligvis ikke tilbøjelig til at rejse hjemme fra og da jeg paa Lørdag skal have Besøg af Dansk Skovforening her paa Wedellsborg og om Fredagen skal holde Foredrag ved Foreningens Generalforsamling i Odense, forstaar Du jo nok, at jeg Dagen forud faar travlt med Forberedelserne.
+Jeg er imidlertid ikke rigtig klar over Formaalet med vor Rejse til Boxhult kun for saa vidt, at vi skal dømme over Berretigelsen af Dine Beregninger. - saa vidt jeg har forstaaet, vilde Brandt tage med for at gøre Direktør Jacobsen en personlig Tjeneste og ikke som Tillidsmand for Banken. Hvis det imidlertid for Din Svigermoders Skyld gælder om at faa en sagkyndig Godkendelse af Dine Planers økonomiske Berettigelse, da ser jeg ikke rettere, end at det er at gaa over Aaen efter Vand, naar en dansk Landmand skal dømme om Forholdene i Småland, medens Du ved at raadføre Dig med Aron Kjellmann kan faa en stedlig, dygtig og intelligent, gammel Jordbrugers paalidelige Skøn om Sagen. Hvis Du ikke allerede har været der, saa følg mit Raad og gak omgaaende til Aron og bliv vis. Hvis gamle Aron godkender Planerne, saa lad ham gøre en Udtalelse derom og jeg skal saa forklare Direktør Jacobsen, hvad og hvem han er. Hvorefter hverken Brandt eller jeg behøver at ulejlige os til Boxhult. - Brandt nævnte for mig, at Du i Dit Overslag regnede med en Kobesætning med en gennemsnitlig aarlig Ydelse paa 3500 kg Mælk og en Fedtprocent af 3,75, hvad han mente var meget optimistisk, navnlig da Du var gaaet ud fra, at der ingen Oliekager anvendtes. I alle Fald er der jo ikke regnet med indtræffende Uheld. - Brandt nævnede ogsaa, at Du paa et vist Tidspunkt regnede med en aarlig Indtægt af Skoven paa 3.500 Kr. Her er jeg dog ikke vis paa, at jeg har forstaaet ham rigtigt. - I alle Tilfælde tør jeg da sige, at med de nuværende Bevoksningsforhold vil Du ikke opleve det i de første 25 Aar, navnlig ikke hvis Du fortsætter med en saadan Hugst, som der har været ført det sidste Par Aar. Sidste Sommer havde jeg Lejlighed til at skønne over Hugsten i Skovfyrrene omkring Målaren Nielsons Torp. Navnlig i et Par Tilfælde, hvor Træerne vel var mærkede til Hugst, men denne ikke var udført, var det hensigtsløse i Hugsten iøjenfaldende ud fra andre Synspunkter end det, at faa Penge i Kassen. Derimod saa jeg med stor Sympati paa Hugsten, der var ført i det smukke Skovstykke til venstre for Vejen til Ekhuldt, men da jeg fortalte dette for Las bemærkede han, at det var ham selv der havde vist ud. Det ser saaledes ud til som om det for Skovens skyld vilde være i høj Grad ønskeligt om Las selv i saa vid Udstrækning som muligt ogsaa vilde overtage Hugsten ["Hugsten" overstreget] Udvisningen i den øvrige Skov. Da jeg, vistnok i 1925, var paa Boxhult med Las og Johs. V. gik vi hele Skoven nøje igennem og af Bevoksningen der trængte til Hugst, og som kunde give noget Udbytte ved denne, var der efter mit Skøn kun Partier omkring Trollesjøen, der vist ogsaa Aaret efter blev udhugget og ved en fornuftig Hugst, bør kunne udhugges hvert 4-5 Aar. - Har Du noget sikkert Begreb om Bevoksningsforholdene paa Boxhult, saa lad mig det. Hvor meget er der t.E. af reel Fyrreskov el. Blanding af Gran og Fyr, hvor meget af Løvtræskov, der vel desværre ikke kan beregnes at give noget Udbytte ud over Brændsel til Gaarden. Jeg vilde løst skønne at hele Skovarealet var ca 100 ha og heraf 1/3 reel Naaletræskov, 1/3 Løvtræskov og 1/3 svagt bevokset, til Dels moseagtigt Areal. - Lad mig nu høre fra Dig inden saa længe. De venligste Hilsener til Dig selv, Bimse og lille Peter fra din hengivne Onkel Klaks.</t>
+  </si>
+  <si>
+    <t>1932-07-24</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Erna -
+Knud Faber
+Else Jensen
 Johannes V. Jensen
-Tage la Cour
-Andreas Larsen
+Grete Jensen, f. Hansen
+Johan Larsen
 Peter Andreas Larsen
-Else Larsen, Else, Andreas Larsens kone
-[...81 lines deleted...]
-Hilsen fra Alle her. -</t>
+Elisabeth Neckelmann
+Marie Neckelmann
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Filmjølk er en form for ymer. 
+Doktor Faber behandlede Grete Jensen, f. Hansen, for nogle alvorlige sygdomme.
+Johannes V. Jensen og hans familie havde et sommerhus i Tibirke.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen takker for et dejligt ophold på Båxhult. Hjemrejsen gik godt. Man spiste billigt på Helsingborg station og købte jordbær og blåbær på et marked. På Sjælland regnede det. 
+Grete var hos Faber, men Elisa ved ikke, hvad han sagde. Derefter tog Grete til Tibirke.
+Elisa har med noget besvær overført penge til Johan/Lysse for blandt andet benzin. Hun fik en underskrift af Erna, som var kommet syg hjem fra Frankrig. 
+Den følgende dag skal Elisa til Tibirke og derefter til Kerteminde. Hun er spændt på at høre, hvordan kalven har det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/62ab</t>
+  </si>
+  <si>
+    <t>Kære lille Banes 24-7-32.
+I skal rigtignok have Tak for den dejlige Tid, jeg har været hos jer og haft det saa ovenud hyggeligt og rart. Naar jeg vaagner om Morgenen, tror jeg, at jeg stadig er paa Båxhult, men der kommer ingen Peter og siger Godmorgen og ingen Bimse med Morgenkaffen, saa er den Fest forbi. Vi havde en dejlig Hjemtur; det varede saamænd ikke længe, før vi tog for os af den gode Mad, og Gete snød sig til at smage paa Pølsen og Osten. Jeg var misfornøjet med det svenske Rugbrød, men Vorherre bevare os for det danske, der er meget værre, det svenske er da ordentlig æltet og bagt, men bare for sødt, smager bedst uden Paalæg og dit fine Smør. Vi spiste paa Helsingborg Jernbanestation, der er enestaaende billigt. Gete fik Filmjølk og en Portion Grønstsager = 1 Kr, vi andre Smørgaas, Kotelet med Grøntsager, Kaffe = 1,50. Nu er vel nok Varerne billigere i Sverige end her; jeg betalte 1,15 for 1 Pund Smør, det faar du ikke for dit gode Produkt. Der var et dejligt Grønttorv i Laholm hvor vi købte Skovjordbær og Blaabær. Da vi kom over paa Sjælland begyndte det at regne, men Gete dækkede sig og vilde ikke forlade sit Hul. Hun laa her om Natten, og igaar var hun jo saa hos Faber, men tog lige derfra med Johs V's til Tibirke saa jeg har ikke hørt noget om hvad han sagde; men hun saa vældig rask ud og var saa glad for at være paa Båxhult og for den dejlige Mad. Jeg tror nok, det har regnet mere her end i Småland, men det volsomme Regnskyl, som Lysse fortalte om, er her ingen der kender noget til. Jeg satte mig straks i Bevægelse for at faa sendt de 400 Kr, men det bliver mere og mere kunstigt. Privatbanken skaffede mig 100 sv. Kr og Kylle sender 50; hun snakker noget om, at vi skylder Lysse for Benzin. Men nu maa der kun sendes 200 Kr og saa skal der to Underskrifter paa; de 100 kan Kylle sende fra et andet Postkontor, saa er der altsaa alt iberegnet 450 danske og svenske Sedler, saa er den klaret. Jeg gik over til Erna for at faa hende til at skrive paa. Hun laa i Sengen var kommet syg hjem, fra Montreux tror jeg det var. Hun havde ret høj Feber og maatte de sidste Dage tage Sovevogn. Hun havde en voldsom Snue, vadskede sine Lommetørklæder paa Toilettet og maatte tilsidst forgribe sig paa WC's Haandklæder. Det er vel nok Influeza; det har nu ikke været morsomt at rejse ene hjem paa den Facon, men nu laa hun jo og blev plejet og var kvik, undtagen naar hun talte om sit Tilfælde. I Morgen kører Kylle mig til Tibirke, hvorfra hun tager ud til Lis, og Onsdag rejser vi til Kjerteminde, derefter tilbage til Lis, og 12te Aug. begynder Kylles Skole. Jeg glæder mig til at faa en [blækklat; ulæseligt ord] Hilsen fra jer gennem Hans', jeg er nysgerrig efter at faa at vide, hvordan den lille Kalv har det, om det har regnet og alt muligt. Grisene interesserer mig ikke saa meget, kun som Handelsobjekt; nu inden du jo fyldte paa dem, saa de kan komme i Klasse 1 og give Penge i Kassen. Peter har vel stadig travlt, hvad [indsat s. 4 langs venstre margen; lodret:] mon han nu roder med, "kan du si' Läskdricka" sagde han til Kylle. [indsat nederst på s. 4; under en streg:] og det var hun svært med paa
+[Indsat s. 1, øverst, på hovedet:] Nu skal I alle 3 have saa møj manne Tak og Hilsner fra 
+Mos.</t>
   </si>
   <si>
     <t>1948-06-01</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Gustav Helms
 Adolph Larsen
 Marie Larsen
 Axel  Müller
 Lauritz Pedersen
 Ellen  Sawyer
 Karen Warberg
 Marie Warberg
 Lise Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
 Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
 Det vides ikke, hvem Dr. Bech var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
   </si>
@@ -3825,402 +1605,50 @@
 Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
 2) 
 Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
 Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
 3)
 noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
 Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
 [Skrevet på bagsiden af første side; fortsat fra ark 2:] 
 han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
 [Skrevet langs venstre margen på bagsiden af første ark:]
 ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
 [Skrevet øverst på hovedet på ark 2:]
 Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
 [Skrevet langs venstre margen ark 2:]
 mest 1150 Kr til Termin idet han solgte ...
 [Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
 Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
 [Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
 i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
 [Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
 han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
 [Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
 og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
   </si>
   <si>
-    <t>1949-09-28</t>
-[...350 lines deleted...]
-  <si>
     <t>1950-07-26</t>
   </si>
   <si>
     <t>Lindøgaard
 Dræby Station</t>
   </si>
   <si>
     <t>Adolph Larsen
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Christine Swane
 Lasse Taaning
 Aage Taaning
 Fritz Warberg
 Astrid Warberg-Goldschmidt
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
@@ -4234,101 +1662,2673 @@
   <si>
     <t>På konvoluttens forside:
 27 Juli 1950
 besv. 30 Juli
 Fru Astrid Warberg Müller
 Bakkevej 10
 Hareskov St.
 På konvoluttens bagside:
 Lindøgaard Dræby St. Fyen.
 læst 7-5-02.
 Lindøgaard 26-7-1950
 Kæreste lille Dis!
 Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
 det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
 Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
 det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
 Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
 Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
 En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
 Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
 Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
 Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
 Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
   <si>
+    <t>1908-04-18</t>
+  </si>
+  <si>
+    <t>Leksand
+Tibble</t>
+  </si>
+  <si>
+    <t>244 Columbia Road Boston</t>
+  </si>
+  <si>
+    <t>- Bernberg
+Bjørn Bjørnsen
+- Blomberg
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Alhed Larsen
+Johanne Christine Larsen
+Senta S
+Asra Smedberg
+Cid Smedberg
+Tante Smedberg
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Tibble er en by i Leksand kommune i Dalarne. 
+På Kærbygaard boede Johannes Larsens forældre. 
+Astrid Warberg-Goldschmidt var i et kærlighedsforhold til Cid Smedberg, samtidig med at hun var gift med Alfred Goldschmidt. Cid Smedberg gjorde efter kort tid forholdet forbi.
+Laura Warberg besøgte sin datter, som var bosiddende i Boston.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2441</t>
+  </si>
+  <si>
+    <t>Astrid havde slemme dage i Kerteminde med syge børn, men det hjalp, da Amanda kom og deltog. Alfred vidste ikke, hvor Astrid var, og Laura Warberg må ikke røbe det.
+Astrid rejste fra Kerteminde til Malmø, hvor Cids familie tog imod hende. En af hans venner fulgte hende videre i tog. De drak champagne i toget, og Astrid følte sig meget fri. I Insjön mødte Cid Astrid, og hun blev indlogeret på et pensionat. Han fortalte om tømmerflådning, og de så på kirkefolket i folkedragter. 
+Astrid håber ikke, at Laura Warberg er forarget over alt dette.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eKFw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Mrs. Laura Warberg
+244 Columbiaroad
+Dorchester
+Boston 
+Mass.
+U.S.A.
+[Med anden skrift og med blyant:] 18/4 Dalarne 1908
+[I brevet:]
+Tibble, Leksand 18/4-08. 
+(Dalarne)
+Påskelørdag.
+Kæreste Mor! Hvor jeg dog har glædet mig til at skulle skrive dette brev til Dig – glædet mig til at kunne skrive, hvor lyst og lykkeligt alting ser ud for mig i dette Øjeblik – så helt helt anderledes, end da vi sidst sås. Dengang vidste jeg nok lidt om denne Rejse – d v s, jeg tænkte mig Muligheden af, at den skulde blive til noget, men jeg var altfor dybt nede til rigtig at kunne glæde mig; og slet ikke havde jeg troet, at jeg så snart kunde komme af Sted. 
+Dagene i Kerteminde glemmer jeg sent – så rædselsfulde de var – ene i det store Hus med de to små – gnavne – frysende Unger – Adam syg i to Døgn med høj Feber – Sjums Mundbetændelse og bolden Finger – og jeg selv så dødsenstræt og tilintetgjort. Hvad hjalp det så, at jeg havde 100 Kr. liggende, som en god Ven havde sendt mig til en Rekreationsrejse. Men omsider blev Amanda færdig ved sine Forældres Sølvbryllupsfestligheder - og kom mig til Hjælp. I Tirsdags kom hun op – og overtog Børnene – samtidig flyttede vi dem og hele vort Habengut over i det store Kærbyhusgæstekammer, hvor hun nu kan fyre hver Dag i Kakkelovnen og være med Ungerne, når de ikke er ude, hun spiser med dem hos Junge – og hjælper til Gengæld med alt forefaldende. Hun var meget sød og imødekommende til at gå ind på alting, særlig da jeg gav hende 10 Kroner for Besværet. Imidlertid var det Meningen, at Alfred skulde være i Kerteminde i Påsken; på en Måde er det jo så yderst passende, at jeg er borte, men på den anden Side må Alfred af visse Grunde nødig vide, hvor og hos hvem jeg er, da det vilde pine ham – og til hvad Nytte. Altså har vi ordnet det således, at jeg officielt er hos Peter i Jylland til ham – til ham skrev jeg – og han modtager mine Breve fra Alfred og sender dem her til mig. Kun Junge og Uglen ved, hvor jeg er. Ikke Be – hos hvem Alfred skal være Gæst – hun slipper så for at spille Komedie – eller gør det ialtfald i god Tro. 
+Nå – det var Forhistorien – som Du endelig må lægge Mærke til og altså respektere mit Incognito, hvis Du skriver til Be.
+Og så rejste jeg Tirsdag 14de april ["14de april" indsat over linjen] Nat med Dagvognen til Ullerslev fulgt derned af Uglen, der sammen med Junge havde siddet oppe med mig – en vældig hyggelig Aften – vi sad i Uglens hyggelige, varme Dagligstue – drak megen Kaffe med forskelligt til – også Likør og Cigarer. Ved 1 Tiden gik Junge og Kl. 2 drog vi ned til Vognen i herligt Måneskin. Det var en meget underlig Rejse – jeg kunde næste ikke fatte, at jeg nu virkelig rejste bort fra al Sorg og Fortvivlelse – bort til fjerne og ukendte Egne, som jeg havde hørt så meget smukt om. 
+I Kjøbenhavn gik jeg hurtig i en Sporvogn – Farimagsgadens – og gemte mig i Ventesalen på Østerbro Station. Tog med Færgen 11.00 – sov hele Vejen. I Malmø styrtede jeg i en Droske – lukket – og kørte til Stenbocksgatan, hvor jeg modtoges med åbne Arme af Tante Smedberg og Senta S. Blev der til Middag – de var forfærdelig søde og venlige imod mig. Efter Middag kom Sven – Tarnborg – Cids bedste Ven, som også jeg har haft en Del at gøre med og vi er meget fine Venner. Han kom for at få mig med til Lund, hvor vi skulde feste lidt inden Afrejsen. Han havde planlagt hele min Rejse, så der var jo meget at forhandle om. En Droske havde han med sig, og så gled vi altså. Nåede usete af Bekendte til Lund, hvor vi først besørgede et Par Ærinder – gik så en pragtfuld Tur ud på Landet – til den
+II/ ene Side så vi den herligste Solnedgang udover Sletten og Øresund - og bagved os stod Fuldmånen op i al sin Glans. Og så denne ubeskrivelige Følelse af endelig engang at være fri - - ude af det alt sammen – og - - glædes over det, som lå foran én, Rejsen – og Opholdet i den lovpriste Landsdel og – ikke mindst, Gensynet med Cid, som Du jo nok ved, jeg holder meget af. 
+Ved 9 Tiden kom vi tilbage til Lund, hvor vi imidlertid skulde træffe Bjørn Bjørnsen, en ung assistent, som Asra Smedberg er forlovet med. Vi tre spiste så en animeret Souper på Hotellet – og Gud hvor var vi sultne – og glade – og løsslupne – og hvor Maden smagte! Først Smørgåsbord med Snaps og Øl, så Lammekotelet med Rødvin og endelig Ananas au naturel med Portvin - - og så af Sted til Toget. Sven, der har Fribillet til Jernbanen, fulgte mig til Tranås – 5 Timers Iltogsrejse – fra Kl 10-3. Da vi kom til Hesleholm i Småland var der 5 Minutters Ophold – Sven forsvandt – og kom tilbage med en Flaske Champagne! 
+Åh – sådan Fest det var! Blødt og fint rejste vi – på II Klasse stod ude i den lange Korridor og nød Udsigten igennem de dejlige Landskaber – og drak Champagnen af Vandglassene! Røg en Masse Cigarer – spiste Appelsiner – sludrede og var i glimrende Humør. Jeg fik Lov at sove en ½ Time – og var siden frisk igen. 
+Kl 3 var vi i Tranås – et bekendt Kursted med Brystsygesanatorium. Der var 15 min. Ophold – og vi spadserede da på Perronen i det dejlige, friske Morgenluft. Skiltes. En halv Time efter var jeg i Mjølby (i Østergøtland), hvor jeg skulde skifte Tog og hvor jeg løste Billet til 3die Klasse. 
+Op på Dagen fik jeg Rejseselskab af en henrivende ung Pige, vi snakkede ivrigt sammen og det viste sig, at også hun syslede med Pen og Blæk. Desværre skiltes vi i Krylbo; men så var man i Dalarne det var Klokken 12 Torsdag Formiddag. Hvilken Rejse – det var som en Æventyrfærd! Trods al Træthed kunde jeg ikke lade være at se ud - på de dejlige Bjærge med grønne Fyr og Granskove – og Birkeskove med skinnende hvide Stammer - - Sneen lå endnu på mange Steder – og de små røde Træhuse tog sig bedårende ud mod den hvide Sne. 
+Det var blandet Tog – og det gik - usigelig langsomt – men så meget der var at se på – ved hver Station kom der Folk ind i brogede, smukke Nationaldragter og de talte et Sprog, som var fuldkommen uforståeligt for mig; men alle var de glade og muntre – lige så fornøjelige at se på, som deres Dragter – der var en Leen og Snakken hele Tiden. 
+Tilstå må jeg dog, at Trætheden undertiden overvældede mig så jeg måtte sove et Øjeblik. 
+Først Kl. 6.15 om Aftenen nåede vi Insjön, hvor jeg snart i Folkevrimlen fik Øje på en smilende Cid; og så tænkte man ikke mere på sin Træthed. Snart efter var vi ombord på den lille Damper, der tætpakket med de mest forskelligartede Mennesker, førte os blidelig ned ad Dalelven. 
+Åh Mor, det kan ikke beskrives hvor herligt det var!
+Insjön lå spejlblank med sine skovklædte Granitbjerge – Aftenen var så stille og mild – og Solnedgangen - - ! Og Cid fortalte mig om Livet deroppe – om Tømmerfløtningen, der snart skal begynde. Når Sneen smelter i Bjergene, så stiger Elven – og så begynder Tømmerdriften – Tusinder og atter Tusinder af Planker kommer så drivende højt højt nordfra - - og vi så, at de var i Færd med at lave Dæm-III/ninger – Plankerne kædes sammen i hinandens Forlængelse og dermed dannes en hel Vej langs den ene Elvstrand [Tegning med ordene "Elven" og "Dæmning" indsat] – jeg vèd ikke, om der gik Timer eller Minutter, ved blot, at det hele forekom mig at være en Drøm – en vidunderlig skøn og prægtig Drøm, fra hvilken man aldrig skulde ønske at vågne. Så kom vi til Leksand – ved den lille Bro stod fuldt af ventende Mennesker – og der blev et Liv og en Virksomhed, da Båden lagde til. Blandt de mange små Køretøjer fandt vi omsider vores ”Skjuts” vi steg op på Forsædet, Bagagen og en Dalkarl bagpå – han stod op! og kørte Hesten – og det gik i susende Fart op ad skumpede, stenede Småveje – Zig zag op ad Bjerget, til vi landede i en stor gammel rød Gård, hvor en smilende Dalkulla i Nationaldragt viste os Værelset, som Cid havde lejet til mig.
+Det er nærmest en Sal, jeg bebor – Vinduer til 3 Verdenshjørner og fra dem alle en Udsigt!! For øvrigt en meget hyggelig Stue – hvidskuret, tæppelagt Gulv – snehvide, hjemmevævede Gardiner – ligesom der også på alle Borde og på Sengen findes dejlige, vævede Stykker – hvert Hus har sin Væv – og de væver alt selv.
+Da jeg var bleven ordnet en Smule gik vi hen til Pensionatet, hvor jeg spiser – hos Frøkenerne Bernberg - 3 tykke, livlige og meget elskværdige Damer. 
+De – samt de øvrige Pensionærer kaldte mig vedholdende Frøken (trods Præsentationen, der lød på Fru) Næste Morgen, da jeg var ene med Frk. Bernberg sen. sagde jeg til hende, at det var ”et litet Mistag – min Titel var fru – fastän jeg var skild.” 
+Forbavselse! Ved Middagsbordet, da jeg sad i ivrig Passiar med en Lærerinde fra Stockholm – som idelig sagde Frøken S. til mig – bemærkede Frk. B, at det var ”et mistag etc!” 
+Stor Opstandelse! Fra det Øjeblik var jeg Ifølge svensk Skik – den fornemste Gæst – jeg skal have først o s v – o s v – o s v. Svenskerne er kostelige med al deres Etikette. Frkn. Blomberg forandrede straks deres Væsen og er nu udsøgt elskværdige – hensynsfulde - - og konverserende. Men ingen forstår et Muk, når jeg taler dansk – så jeg øves ganske godt i mit Svensk. Næste Dag – Langfredag – var Cid og jeg i Leksand – 3 Kilometer herfra – og så på Kirkefolket. Et uforglemmeligt Syn. De går i Vinterdragt nu – hvid, kort Skindkofte, kantet med en hvid Pelsbræmme – sorte, læggede Nederdele og brandrøde Forklæder; disse sidste betegner Sørgedragter, som bæres i hele Fasten – sidste Dag Langfredag. På Hovedet brogede Huer – forskellige for hver Landsby. De unge Mænd har desværre emanciperet sig og går moderne klædt, hvorimod alle gamle Mænd bærer Dragter – lang sort Klædesfrakke – gule Knæ-skindbuxer og hvide uldne Strømper. Håndværkerne bærer brunt Læderforklæde under den sorte Kappe. Storartet ser de ud allesammen. Efter Gudstjenesten samles alt Folket under Majstangen - og så går Sludderen, mens de venter på Posten, der kan hentes ved 1 Tiden, når Båden er kommen fra Insjøn. – I Går Eftermiddag travede vi i Bjærgene flere Timer – hvilken Luft her er – så ren – så frisk – så bedårende. Heroppe må man vel engang blive til et nyt og bedre Menneske 
+Nu er her ikke Plads til mere dennegang – men jeg skriver engang endnu herfra. Håber at Pengene slår til i 14 Dage – og rejser nok 1ste Maj hjem. Dit Brev fra Kristania nåede jeg at læse i Kerteminde – gid Dit næste Brev bliver ligeså godt! Jeg længes meget efter at høre, hvordan rejsen er gået. – nu er Du nok omtrent derovre. 
+Kære Mor – jeg håber at dette Brev glæder Dig – og at Du ikke finder plads i Dit Hjerte for nogen Forargelse. Jeg synes virkelig selv, at jeg i de 
+[Skrevet på hovedet øverst på brevets s1:]
+sidste År har døjet så meget ondt, så at jeg nu har Lov at føle mig glad engang. Og det gør jeg – takket være - - - ! Gæt selv. Tusinde kærlige Hilsner fra Din Astrid.</t>
+  </si>
+  <si>
+    <t>1942-08-28</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Jens Larsen
+Jeppe Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Gudmund Larsen 
+Kirsten Larsen, Elena Larsens veninde
+Thomas Madsen-Mygdal
+Erhard Meyer
+Marie Meyer
+Sophus  Meyer
+Alhed  Møhl, Lysses datter
+Marie Neckelmann
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
+Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
+Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
+Marie m.fl. har været på tur til Enebærodde.
+Andreas/Lysses børn er yndige. 
+Marie vil meget gerne på besøg på Båxhult.
+Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
+Johannes Larsen arbejder med bestillinger hver dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 28-8-42.
+Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
+Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
+Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
+Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
+Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
+Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
     <t>1950-10-09</t>
   </si>
   <si>
     <t>Elena/Bimse Larsen kører Johannes Larsen til København fredag. Dårligt vejr har gjort det svært for Larsen at arbejde med akvarellerne. Desuden rådner kornet, og Johan/Lysse Larsen kan ikke få kartoflerne op.
 Larsen ved ikke, om han kan nå at komme til Maribo.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nAje</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde Chr. Knuth
 Refshalevej
 Maribo
 Danmark. 
 [På kuvertens bagside:]
 Johannes Larsen
 Båxhult
 Långaryd
 Sverige. 
 [I brevet:]
 Båxhult 9 Octbr. 1950.
 Kære Grevinde
 Tak for Søndags B.T. Dersom Du sender den der kommer i Morgen bliver det den sidste, for Bimse har lovet at køre mig til Kjøbenhavn paa Fredag. Det har været et bedrøveligt Vejr, det har regnet hver Dag i de sidste 5 Dage, hvad der har forsinket mit Arbejde meget, jeg har kun faaet malet 9 Akvareller og havde planlagt 6-7 til. Det er jo heller ikke morsomt for Lysse at se Sæden staa og raadne paa Markerne og han kan heller ikke faa pløjet Kartoflerne op. Jeg har en Del jeg skal have gjort i Kjøbenhavn saa jeg ved ikke hvornaar jeg kan komme til Maribo og om jeg i det hele taget kan naa at komme der, men det kan vi jo tale om i Telefonen. Jeg tager ind paa la Cours Hotel, hvis jeg kan faa Plads. Mange Hilsener ogsaa fra Bimse og Lysse.
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>Vinter 1903</t>
+  </si>
+  <si>
+    <t>Augusta -
+Hanne -, bekendt i Sverige
+Astrid Kjellmann
+Marie Kjellmann
+Syssan Kjellmann
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Paageri er muligvis pugeri.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve kasse 1, kuvert 1, 2002/61, A8,Lb 11</t>
+  </si>
+  <si>
+    <t>Der var store problemer for IA Larsen med at få afviklet gæld. Christine Swane malede på billedet af sine forældre. Det skulle være færdigt til 2. ophængning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LqCJ</t>
+  </si>
+  <si>
+    <t>Høljaryd Fredagmorgen
+Kjære lille Marie!
+Ja Du maa nok undre Dig at der ingen Brev kommer; men mine Tanker kredser om Eder alligevel
+Vejret er her 5 Graders Frost og det hvide Snelagen dækker alt de sidste Dage har Solen været fremme og den siver jo bort en del men der er meget tilbage
+Kjøren har der ingen været saa er der [ulæseligt ord] Torg saa er der Nyby Torg og det væsentligste er vel min Sindsstemning der er bleven saa trykket over alle de Pengebesværligheder; og ikke er Faer rask. Dine ligger i disse Dage det er vist Influenza der melder sig igjen hun havde den jo i Fjor og naar vi var hos Fru Kjellmans havde Marie den jo maaske er hun bleven smittet- det var ellers en dejlig Eftermiddag da den lille Pige blev døbt Augusta bar hende og jeg løste Huen Hanne skulde have været der, men var ikke rask hun fik det samme Navn som den lille der døde Astrid jeg kan ikke huske de andre Navne der blev sungen saa kjønne Psalmer; [ulæseligt navn] og Uglen var med men jeg troer nok de kjedede sig jeg sad inde hos Marie hele Tiden og det var hun glad for, vi fik Smørgos Suppe, Steg, og Svedsker med Flødeskum og Butterdejgs[ulæseligt ord] senere Kaffe med Duppe, Kl 5 kjørte han os hjem – Børnene var søde og raske den lille Syssan sad med en Tallerken Dessert og nød det hun havde aldrig før smagt noget saa godt. fortæl mig dog noget om Børnene jeg er saa længselsfuld somme tider, Nu det er Solskin kan Uglen jo ikke male paa det store Billede saa maaske jeg kan nok helst hvile mig lidt, det er svært for hende at male mig og saa er Humøret jo ikke godt nu gaar hun jo ogsaa saa ene her ingen at tale med om sit Arbejde til første Ophængning blev det jo ikke færdig om det kan blive til 2 vil jo vise sig; men hvis nu det ikke bliver færdig hvad saa hun har jo da lært meget ved at male os vil jeg tro
+Det er et fint og dejligt Vejr det tegner til her og saa har I det vel ogsaa hos Eder du maa endelig fortælle mig om Besøget det er godt I har Vadsken overstaaet vi har Vadsk og Rengøring og Slagtning tilbage til April vil hun jo rejse der hjælper os og jeg veed ikke endnu hvordan det skal ordnes har I faaet nogen anden Pige? det er kjedeligt med det Skiften. I ved hvor lidt jeg holder af nye Mennesker hils nu Alle fra mig og bed dog Adolph om at skrive lidt til mig jo vidste han hvor ondt det gjør mig han skyndte sig nok til Skriveriet. Faer skriver nu til Jylland – han haaber at afvende deres Paageri det er ikke saa underligt at den kjære Fader ”pines” for han som har havt saa stor Langmodig med sine Skyldnere og vi skal plages saadan jeg undrer mig ikke at han trykkes og saa kjender I jo nok [ulæseligt ord] at ingen maa mærke noget det er kun mig der faar det Hele og jeg maa jo ogsaa stive mig men vor Herre hjælper mig og [ulæseligt ord] og faaer det hele det maa jo være til vort Gavn at vi bøjes saa, Kjærlig Hilsen fra os - Alle 3 - til Alle</t>
+  </si>
+  <si>
+    <t>1897-08-20</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Ane -
+Johanne Giersing
+Johannes Larsen
+Jørgen Schou
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>£ = Lispund.
+Gamle er en hund på Erikshåb.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2129</t>
+  </si>
+  <si>
+    <t>En del kunstnere med familie er samlet på Båxhult. JL er begyndt at lave billede af hunden i lyngen. Han har fanget en levende urhane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hDhH</t>
+  </si>
+  <si>
+    <t>20/8 - 1897
+Kære Mor!
+Tak for Dit Brev, som jeg fik i Aftes. Jeg vil først besvare Dine Spørgsmaal angaaende Reformdragten. Anna har ikke endnu faaet nyt Undertøj, men hun har Mønstrene og vil absolut have det. Livstykket eller Brystbaandet behøves aldeles ikke til tynde Mennesker, hun vil ikke have det. Hun mener, det var udmærket om Dis købte bare et Sæt hos Vessels, da det vist vil være meget lettere at sy efter end Mønstrene. Kjolerne kan man variere paa mange maader, naar blot Prinsesseformen er bibeholt. Du skulde endelig ikke opgive det, det er vist udmærket. Kan Du ikke huske en sort Damaskeskjole, jeg engang havde, den Facon kunde vist egne sig til Bein; den var blouset foran, Skærf snoet om Livet (Maven) og næsten glat Nederdel. Det kan jo ogsaa sys med Bælte og ganske almindelig; naar blot Liv og Nederdel bliver syet sammen saavidt mulig og ellers Hægter og Maller. - - Vi har det ellers glimrende; i Gaar fik vi endelig godt Vejr, ellers har vi haft Regn hver eneste Dag og var lige ved at blive utaalmodige, men saa meget des større er jo Glæden nu, da det endelig har forandret sig. De skyde en Masse Tjurer og Urhøns, men vi kunne ogsaa spise en kolossal Masse; det er enorme Kvantumer vi sætte til Livs; jeg kender ikke mig selv igen, hvad Appetit angaar, jeg er altid sulten, selv en Times Tid efter at vi have spist kan jeg godt igen saa jeg venter at have taget et £ til, naar jeg kommer hjem. Det er vist Luften heroppe, der er umaadelig sund og styrkende. Først i Gaar kunde Las rigtig begynde paa sit Billede af Hunden i Lyngen, hidtil har vejret været for daarlig. I Gaar Eftermiddags var Schou Las og jeg ude at lede [overstreget: E] efter Svampe; vi skulde over en lille Mose men da Las var bange at jeg skulde falde paa de vaade Stene, bar han mig over, men gled selv, saa vi begge faldt i Mudder til Midt paa Benene; jeg havde min hvide Badekjole paa, den blev kulsort. - I Dag har jeg været med paa Jagt; d.v.s. det var uden Bøsse, han vilde fange en levende Urhane, han har fanget en, men vilde have én til. - Jeg husker ikke, om jeg skrev, at vi en af de første Dage, saa en Hugorm, [indsat: den] løb lige for Fødderne af os i Lyngen. - De tre Børn ere saa søde, Kunstnerens største Dreng er forfærdelig grinagtig og rigtig artig. De to [overstreget: M] mindre have [overstreget: have] haft ondt for tænder og været daarlige nogle Dage, baade Kunstneren og Schou ere saa flinke til at hjælpe til at passe dem. - Det er storartet, at der er Udsigt til at jeg kan blive borte et Par Dage ind i Sept. jeg nyder hver eneste Dag. Las talte om [overstreget: l] i Dag, at [overstreget: jeg] han maaske vilde rejse med, naar jeg rejste, selv om de andre blev et Par Dage til. Det vilde jo lette Afskeden betydelig. - Han sidder og læser her ved Siden af og beder mig hilse mange Gange. - I Morgen skal jeg holde Storvadsk, man sviner en Masse Tøj til, navnlig Strømper. - Her tales om en Køretur en af Dagene men vi ere saa optagne, at vi næsten ikke kan overkomme alt hvad vi gærne vil. Vi ere næsten daglig ude at plukke Bær; nu begynde Tyttebærrene rigtig, de ere dejlige ; jeg skal nok virke for at faa nogen sendt hjem. Marie mener nok, et kan lade sig gøre. -- Vil Du hilse mange Gange paa Gelskov, bare O. Syberg dog ikke opgiver den Rejse - 1000 kærlige Hilsner til Eder allesammen. Mon "gamle" virkelig gaar og længes efter mig? Klap ham fra mig det gamle Skind. - Hils ogsaa Ane. - Eders i Sundhed og Velstand svævende Alhed
+Du skriver vel snart igen?</t>
+  </si>
+  <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+  </si>
+  <si>
+    <t>1941-01-05</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Christian Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Brevets ejer har oplyst, at linjen med ordene "Bedes returneret ved Lejlighed" er skrevet af Hais. 
+Det vides ikke, hvem Buck var. 
+Indscanningen af originalbrevet er foretaget af ejeren og kan af tekniske grunde ikke indsættes i databasen. 
+Brevets ejer oplyste nov. 2021, at det ikke lykkedes hans bedstemor, Hais, at sælge det omtalte billede under krigen. Det hang i hans barndomshjem. I 1970erne var det til salg via Bruun Rasmussen. Nu (2021) ejer Johannes Larsen Museet værket.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen synes, at hans maleri af Tjalfe er et af de bedste, han har lavet. Hais bør ikke sælge det for under 3500 kr. Hun kan prøve et auktionshus, selvom det er risikabelt. Larsen vil gerne vide, hvem der køber billedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8ico</t>
+  </si>
+  <si>
+    <t>[Denne linje skrevet med anden håndskrift end resten af brevet] Bedes returneret ved Lejlighed
+Kjerteminde 5 jan. 1941.
+Kære Hais
+Jeg ved ikke rigtig hvad jeg skal svare paa Dit Spørgsmål angaaende Billedet af ”Tjalfe”. Jeg regner det selv for et af mine bedste Billeder og hvis det var mit vilde jeg ikke sælge under 3500 kr. Men jeg tror ikke det vil blive let at sælge. Folk der ikke er Jægere bryder sig ikke om et Portræt af en Hund, og Jægere køber ikke Billeder. Havde det bare været i Forfjor, saa kunde jeg have givet Dig et lettere sælgeligt Billede i Bytte, men nu solgte jeg jo alle mine Oljebilleder paa Auktion. W &amp;amp; M køber ikke Billeder og Chr. Larsen byder Dig ikke Halvdelen af hvad han mener det kan indbringe ham. Du kan jo prøve Buck, men det tror jeg heller ikke Du faar noget ud af. Saa er der jo den Udvej at sende det ind til en Auktion, men det er jo risikabelt da der jo skal flere Libhavere til at byde det i Vejret, og det vil jo være ærgerligt at komme af med det for næsten ingen Ting. Ja dette her lyder jo ikke opmuntrende, men jeg kan ikke raade Dig bedre. Vi har det ellers godt og jeg skal hilse fra Puf og Else der sammen med mig ønsker Dig et godt og glædeligt Nytaar.
+Din hengivne
+Johannes Larsen
+P. S.
+Lad mig vide hvordan det gaar Dig, med at komme af med Billedet og eventuelt, hvem der faar det.</t>
+  </si>
+  <si>
     <t>1950-10-30</t>
   </si>
   <si>
     <t>Adam Knuth</t>
   </si>
   <si>
     <t>Christa Knuth
 Rasmus Rasmussen</t>
   </si>
   <si>
     <t>Larsen sender et fasanhovede og en reproduktion af Tjalfe.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lmlD</t>
   </si>
   <si>
     <t>Kjerteminde 30 Octbr. 1950.
 Kære Adam!
 Hermed et Fasanhoved. Samtidig sender jeg en Reproduktion af ”Tjalfe”. til Skytte Rasmussen.
 Tak for sidst! Vil Du hilse Din Moder. 
 Venlig Hilsen fra 
 Din hengivne 
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1927-10-17</t>
+  </si>
+  <si>
+    <t>Landeryd Småland</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Gustav Carlsson
+- Kjellberg
+Alhed Larsen
+Andreas Larsen
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Båxhult er Johannes Larsens skovejendom nær Landeryd i Småland. 
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018). 
+Arrende var en form for husleje, som statare ("fæstebønder") i Sverige betalte for at dyrke jorden, når de boede på ufri grund/arrendetomt. 
+Skaffe Borgen = skaffe kaution.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Srkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået brev fra en Ebbe (muligvis Brandstrup), der gerne vil låne Larsen-familiens gård Båxhult i Sverige til en uges ferie.
+Larsen vil gerne have sønnen Andreas med på en køretur til Båxhult, da der er en del arbejde at ordne. Sønnen Andreas trænger desuden til at komme lidt hjemmefra efter moderens sygdom og død, mener JL.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/glJH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Octbr 1927.
+Kære Lysse!
+I Forgaars fik jeg brev fra Lud med Invitation til Langgaarden, men jeg kan ikke tage hjemme fra før jeg har lavet nogle Ting færdig som jeg er i Gang med, samtidig fik jeg Brev fra Ebbe der spørger om jeg har noget imod at han og Konen og eventuelt en Ven tager til Båxhult en Uges Tid i Slutningen af Maaneden, da han har faaet en uventet Ferie. Jeg har svaret at det har jeg ikke, men bedt ham om ikke at benytte Værelset i Frontespicien og henvende sig til Dig om Nøglerne og Oplysning om hvor de forskellige Ting befinder sig, samt meddelt ham at det ikke er udelukket at jeg kommer derop mens han selv er der, selv om der ikke er stor Sandsynlighed for det. Jeg maa jo derop i Anledning af den Flytning af Torpet. Desuden har jeg faaet Brev fra Kjellberg om at han gerne vil arrendere Bommen og kan skaffe Borgen fra flere Bønder paa at han vil betale sit Arrende og at Gustav Carlsson ikke har noget imod det. Endvidere er der kommet Brev fra Josua i Aker, at de har noget Tøj, Din Moder har bestilt, liggende, og at det koster 36 Kr. og hvad de skal gøre med det. Jeg har begyndt at virke med Puf for at faa ham til at køre mig derop. Baade fordi jeg gerne vil have ham med og fordi jeg er overbevist om at han trænger haardt til at blive luftet lidt. Han lader ikke til at være videre varm paa det men jeg har endnu ikke opgiver Haabet. Jeg solgte forleden et Billede, det fra i Foraaret med en flyvende Tjur, til Dyrlægen i Rynkeby for 900 Kr. Vi har haft Besøg af Putte fra Lørdag Aften til i Dag Frmdg. Mange Hilsner ogsaa fra Puf og Chr. Hils Magisterens og sig Tak for sidst, hvad jeg jo burde have gjort skriftlig for længst.
+Din
+Fader.</t>
+  </si>
+  <si>
+    <t>1886-02-27</t>
+  </si>
+  <si>
+    <t>Långaryd, Småland, Sverige
+Bogense
+Odense Skt. Knud
+København</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Ane Marie Christiansdatter
+Margrethe  Eckardt
+Johannes From
+Jeppe Andreas Larsen
+Urban Larsen
+Vilhelm Larsen
+Niels Mollerup
+Morten Pontoppidan
+Hans Poulsen
+Elisabeth Storm</t>
+  </si>
+  <si>
+    <t>Man venter muligvis på svar om, hvorvidt Pontoppidan ønsker at være valgmenighedspræst i Kerteminde. Den tidligere præst døde pludseligt i januar 1886.</t>
+  </si>
+  <si>
+    <t>Der bliver sendt møbler til og fra familien Larsen i Kerteminde. Der skal også nye gardiner op. Det er stramme økonomiske tider, og det er ikke sikkert, at Johannes Larsens forældre rejser til Sverige. Der er blevet slagtet. Man venter på svar fra Morten Pontoppidan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/67Ds</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27 Februar 1886.
+Kjæreste Johannes!
+Saa er det igjen Lørdag og jeg har ikke faaet Dig svaret paa dine Breve i denne Uge Gud ske Tak at du er rask og glad ved Arbejdet bliv bare ved at fortælle os om hvad du tegner og maler nu er det jo snart den Fastelavnssøndag oh Johannes gaa i Kirke den Søndag og husk det var din Daabsdag jeg er meget glad ved Du læser i Farmorsbog men det er dog en anderledes Fylde at samles i Guds Huus naar den levende ken[papir mangler] Du vist ogsaa mærke, [papir mangler] Bendal, ligger hjemme saa [papir mangler]skab du mangler; gaar [Poulsen?] [papir mangler] Kirke? Du kan [papir mangler] Bendal at vores Afsending [papir mangler] kom samme Dag som Mænd fra [papir mangler] med Anmodning om han vilde [papir mangler] dem; saa vi fik ingen bestemt Løfte af ham han gav de Mænd i hans Sogn 8 Dage til at ordne sig. Fastelavnsmandag skal her være Møde i Odense da vil Morten Pontoppidan give os et bestemt Svar – det ventes med Længsel kan du tro for da nu Tilladelsen er taget fra os igjen med Besøg af vore Hjælpepræster
+Du spørger om det bliver til noget med Sverrigsrejsen – ja naar her blot maa komme nogle Penge ind min Ven saa er vi der rigtignok har denne Uge ikke været god for mig jeg har siddet i min Stol en Generalforkjølelse har holdt mig i Stuen; men vi har ligefuldt slagtet Johannes og Margrethe og Fru Storm har hjulpet med Pølserne i mit Sted og om alting gaar som jeg tænker saa vil jeg i morgen tidlig afsende Pølserne [papir mangler] der vil saa medfølge en [papir mangler] der vil saa medfølge en Kom[papir mangler] og faar jeg det ikke afsted [papir mangler] sikkert Mandag – 
+[papir mangler] har optaget Dig de Malerier af [papir mangler] ja gid vi maa faa dem [papir mangler] dem sammen med Dig jeg har ikke seet i Bladene hvad de forestiller men det kan Du sige mig min egen Ven jeg kan mærke Du er meget glad for dem oh hvor jeg deler din Glæde over Kunsten – fortæl mig en Gang hvad Mollerup tegner eller hvad han maler
+ja nu kan Du fortælle M at vi venter vor Sofa iaften og saa kommer Stolene senere, dem til Bogense er kommen afsted saa nu er det vel Sandhed at han ikke har Brug for Modellen mere; har M faaet sine Stole – jeg tænker folk i Byen vil undre sig naar de seer en saadan Sofa bæres op de veed vist ikke engang hvad det er for et Meubel
+Gardiner hænges op i næste Uge og Kakkelovnen varmer godt
+Nu raaber Vilhelm [papir mangler] at Fuglen skal komme [papir mangler] med Pakken og saa [papir mangler] ham Frimærker og [papir mangler] vide om Du [papir mangler] et par sorte Muffedisser [papir mangler] jeg sende Dig nogle da jeg sidder saa meget i disse Dage – Fader skal jeg hilse dig fra vi skal sende Penge saa hurtig som muligt; men jeg skal sige Dig at der maatte gjøres Udvej for Urban Larsen nu til Mandag ja det er nogle forfærdelige Tider men vi bede og haabe paa at alt nok skal gaa godt hils nu alle dine Omgivelser for nu blev jeg sinket og saa kom From nu er det Gardinstang og der staar vi og kan ikke faa nogle Spidser her der staar os an tal med Mollerup om der ikke i Kjøbenhavn kan laves nogle Spidser eller en Figur til at sætte for Enden
+Lev nu vel Du kjære med de kjærligste Hilsener fra os Alle [papir mangler] dog meest fra din hengivne Moder som beder for Dig</t>
+  </si>
+  <si>
+    <t>1898-09-08</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland, Sverige</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Alfred Dreyfuss
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dette er første brev, der kendes til, fra Alhed Larsen efter brylluppet med Johannes Larsen. 
+Larsen-familien ejede to skovgårde i Sverige, Båxhult og Höljeryd.</t>
+  </si>
+  <si>
+    <t>Johannes, Alhed og Ludvig Brandstrup er på Båxhult. De går på jagt. Johannes Larsen maler flittigt, da vejret er fint. Bredsdorff vil gerne købe to akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ogv2</t>
+  </si>
+  <si>
+    <t>8ende Sept
+Kære Moder!
+Lud og jeg sidde og venter paa Las, der er ude at male, og Middagsmaden (st. Urhøne og Brødkage) staar og venter ude i Køkkenet jeg vil forkorte Ventetiden ved at begynde paa et Brev til Dig. – Jeg haaber, at Du har hørt fra Christine (vel nærmest mundtlig) lidt om os heroppe og Grunden til vores lange Tavshed. Vi ejede i mange Dage ikke en Øre og kun 2 Frimærker, som vi ikke turde give fra os, da vi jo mulig kunde faa Breve, der skulde besvares strax. Der kom jo ogsaa Bertas og det andet Frimærke blev anvendt til Dig. – Tak for dit sidste Brev, jeg faar vist snart et til, Du vilde skrive naar Du kom hjem, skrev Dis. – Du kan tro det var yndig at have Christine her, jeg savner hende meget. Lut kom i Forgaars Aftes. Berta turde jo desværre ikke for den dårlige Vejs Skyld, det havde ellers været forfærdelig morsomt at have hende her ogsaa. Lut skød to Urhøns i Gaar han gaar rigtig og nyder Livet i det henrivende Vejr. Las maler flittig hver Dag, hans Billede gaar udmærket fremad. Hvis bare Vejret vil holde sig, saa kan han maaske faa det færdigt. – (Efter Middag) Las kom hjem med et Brev fra Elle, skreven d. 4de og i Dag er det den 8ende, det var da nogenlunde expedit. Ellers er det jo en skandaløs Postgang i Aar. Vi har faaet et Brev fra Kerteminde, der var afsendt Fredag Aften og vi havde det først Torsdag Aften, ligesaa længe havde Bertas været undervejs. Tilføjet: Om Aftenen. Denne Parentes er jeg sat til at skrive af Lud og Las, der begge sidde her og skrive og have begyndt hver sit Brev med ovenstaaende. – Vi have et henrivende Vejr i disse Dage komplet Sommer, men i Aften er det desværre som om der er Forandring i det. – Lud har en Riffel med, en lille elegant Bøsse, som han har givet mig Lov at skyde med. I Aften have vi alle 3 været paa [overstreget: J] Andetræk nede ved en Sø, men vi saa desværre ingen Ænder. – I Dag have vi faaet en Pakke Politiken fra Kerteminde, det er meget morsomt at se Aviser igen, naar lige at læse om Dreyfussagen. I maa endelig skrive, saa snart I faa noget at vide om Elles Bryllup. – Hvordan gik Johannes Jyllandsrejse? – Jeg skal hen at skrive et Par Ord til Elle til Svar paa hende Brev, eller jeg kan i Grunden ligesaa godt skrive det her. – Hvis Bredsdorff vil have 2 Akvareller saa findes der 2 [udstreget: da] saadanne i den fri Udstillingslokale, Cinerarie” [tilføjet over linjen: Blomst] og ”Gravgæs” 100 Kr. pr Stk, men han maa selv se at faa fat i den [tilføjet: hvis han gider], da Las jo er heroppe. Mange Hilsner til Alle fra Las og Eders Alhed
+Lud hilser</t>
+  </si>
+  <si>
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Larsen-familien ejede gården Båxhult i Småland.
+Laura Warbergs søster kaldet Mis drev et pensionat på Gothersgade i København.
+Louise Brønsted f. Warberg må være rejst hjem fra Sverige før moderen, Laura Warberg. 
+Drengen er Alhed og Johannes Larsens førstefødte, Andreas/Puf.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0369</t>
+  </si>
+  <si>
+    <t>Det er godt, at Louise/Muk er kommet i god tid til stationen. Laura Warberg har været i Boden at handle og også kørt tur med drengen. Hun savner aviser hjemmefra.
+Der er skønt i den storslåede natur, og de går ture, får mælk fra egne køer og spiser hare. Johannes Larsen maler et portræt af Alhed, hvorpå hun ser for gammel ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gycL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+1899.
+Hr Godsforvalter Warberg
+”Gothersgade 129 – ” –
+København K.
+Danmark
+[I brevet:]
+Båxhult pr. Landeryd
+d. 8de
+Kære Abba!
+Jeg syntes, at Muk kunde nok agere Brev i Gaar og jeg haaber vi en af Dagene hører fra Dig; at Du har skrevet, før Du fik Brev [”Brev” indsat over linjen] fra mig! Vi savner lille Muk, blev saa glade ved af Smedens at høre, at hun var kommen i god Tid og uden Regn til Stationen. Her er udmærket i alle Maader; navnlig er jeg saa glad ved at have saa meget gaaende Arbejde, og ved de dejlige Ture, vi gaaer. I Dag har jeg kørt Drengen alene og bagefter været alene oppe i + ”Boden” at handle. Der gik akkurat ½ Time til baade Hen- og Hjemturen, og det varede ogsaa ½ Time deroppe at faae købt Smør, Bagværk og Blanksværte! + [Indsat efter + lodret ved papirets kant:] + Muk kender deres Langsomhed. [Indsættelse slut] Det er os en stor Skuffelse at der ikke kommer Aviser hjemmefra; i Dag havde vi sikkert ventet. Her er jo ikke meget med Afvexling. Vi lever udmærket; fik Haresteg i Dag og derefter den mest brillante oplagte Mælk, som jeg nogensinde har smagt. De faaer kun lidt Mælk her af deres smaa Køer, men den er saa fed og velsmagende. Køer og Faar gaaer i Skovene og har Klokker om Halsen, jeg vilde ønske, Du kunde se den dejlige, storslaaede Natur her er! Ja Muk har vel nok givet Dig en begejstret Skildring af alt (Postgangen dog medtagen). Vi har Graavejr i disse Dage, saa Las ikke kan male ude, derfor har han i Dag arbejdet lidt paa et Portræt af Alhed; jeg synes det ligner godt nok, men hun ser 10 Aar ældre ud derpaa [”derpaa” indsat over linjen], end i Virkeligheden. Dog kan det maaske forandre sig. Vil Du hilse Mis og Zuluen [”og Zuluen” indsat over linjen] og sige Tak for sidst, ogsaa Lud og Berta maa Du hilse og [to ulæselige ord]. Husk Muk paa Knaphullerne og paa at faa sin hvide Kjole hen at blive renset.
+Saa kun mange Hilsener fra Alhed, Las og Din Smaa.</t>
+  </si>
+  <si>
+    <t>1884-11-11</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Sophie Eckardt
+Anesine Frölich
+Christian Klingsey
+Adolph Larsen
+Marie Larsen
+Vilhelm Larsen
+Frans Schwartz
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christian Eckardt boede på gården Store Høljeryd i Småland indtil 1889.
+Johannes Larsens moster, Anesine Frölich, emigrerede til Californien.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre har udsat rejsen til København og Sverige. Hans mor spørger, hvad han laver i fritiden.
+Hun håber, at Christian Eckardt får solgt nogle billeder på den kommende auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DO93</t>
+  </si>
+  <si>
+    <t>Tirsdagmorgen 11 November
+Kjæreste Johannes!
+Saa Du veed jeg kommer med ja om Gud vil mit Barn jeg er aldrig sikker paa at komme nogen Steder inden jeg er paa Vejen. Bestemmelsen var jo at rejse idag; men saa kom der pludselig en Indbydelse til et Bryllup som vi ikke kan undslaa os for 
+Se nu kan du tænke paa os i Morgen som hvilende efter den Udflugt, jeg kan og tør ikke skrive noget bestemt om Dagen vi kommer men saa har du det jo tilgode min lille Ven – Det er da morsomt at Eckardt er i Byen naar er hans Hjemrejse bestemt for det var jo morsomt at rejse sammen med ham til Høljeryd det er Moster Sophies Fødselsdag paa Søndag saa senere end Fredag rejser han vel ikke – Gud give dog han maa faa noget ind paa Actionen den 22 eller 24 
+Bed med os mit Barn saa inderlig du kan
+Vi blev meget glade ved at høre Eckardt synes om din Tegning – Held og Lykke for Dig fremdeles mit Barn, men naar du nu ikke gaar hos Klingsaj saa faar du maaske Hjemmearbejde fra Hr Svartz eller om det ikke tillades hvad udfylder Du saa Din Tid med Kjære Johannes om Eftermiddagen fortæl mig det maaske du snitter
+Du gik ikke i Theatret mit Barn fordi du gjerne vil have Blomster. Da dine smaa Søskende hørte at du gjerne vil have Blomster saa kom de hver med sin af de aller kjønneste jeg tog saa en af hver og har samlet dem i en Kurv som du snart skal faa og det vil jo være kjært for Dig at modtage især naar jeg mundtlig kan fortælle Dig deres Glæde over at kunne give
+Jeg havde en Forskrælse forleden Aften da jeg kom op Sovekamret var der ingen Fugl i Buret Vinduet stod aabent oh kjære Johannes min Bedrøvelse var saa stor at jeg græd og tænkte hvordan skal du dog faa det sagt til Johannes men en ½ Timestid efter kom lille Dine op - og da hun kom hen til Spejlet sagde hun, Moder her sidder hun jo nede paa Gulvet og sover, - der blev Glæde og hun forstod nu kan jeg udbede mig en stor Gevinst, hun kom jo ogsaa meget indsmigrende Moder maa jeg sove hos Dig i Nat, - og det blev bevilliget 
+Jeg veed ikke hvad jeg ikke kunde sige ja til i det Øjeblik saa glad var jeg – og jeg tænkte den Aften skulde jeg ikke hellere tage den med til Johannes
+Sig dit Ønske skal den blive eller skal jeg tage den med?
+Vi fik iaftes en Bog fra Amerika med Billeder fra Fresno den skal jeg tage med
+Nu er Kl. mange og det haster derfor kun 
+Farvel og Kys fra din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1926-08-07</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>Frithiof Kemp
+Andreas Larsen
+Inga Nielsen
+Holger Rasmussen
+Ingeborg Rasmussen
+Mads Rasmussen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Gården Båxhult er familiens ejendom og beliggende nær Långaryd i Småland i Sverige. Gården er stadig i familiens eje.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lavet et ny forside til bogværket De Danskes Øer i form af et træsnit. Fru Mads Rasmussen fra Faaborg Museum har været på besøg sammen er sønnen for at få et billlede som betaling for en kåbe. Båxhult har gennemgået en renovering, og JL glæder sig til at se resultatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BvUR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet. I Gaar og i Dag har jeg skejet ud og lavet et lille Træsnit til Forsiden af De Danskes Øer! D.v.s. jeg lavede forleden en Plakat og en Tegning men i Gaar Mrg fandt jeg paa at et Træsnit kunde være bedre. Enten det nu bliver brugt eller ej synes jeg det ser helt pænt ud. Jeg er saa træt i min Arm at jeg daarligt kan føre Pennen. Der var Brev fra Kemp i Dag at [ulæselig] har skrevet under, mod jeg slipper at vilde betale Restsummen med % Rente fra 6 Aug. hvilket jeg gør. Fru Mads Holger og Inga har været her i Eftm for at faa et Billede for Kaaben, der nu var stegen til 425 Kr. dog saaledes at hun overlader Dig den for 400 mod at faa et Billede til 1000 Kr. "Graagæssene fra Heden" hun betalte 200 contant og 400 senere. De fik Kaffe og Konditor Kager og Madeira, Inga drikker ikke Kaffe. Jeg glæder mig til at se Båxhult malet og tapetseret. Rille er vel kommen naar Du faar dette. Hun startede herfra i Gaar. Mange Hilsner fra Puf og din hengivne 
+JL.
+Mere i Mrg.</t>
+  </si>
+  <si>
+    <t>1926-08-13</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Uraniavej, Frederiksberg
+Rungsted Badehotel
+Fiilsø
+Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>-  Clausen, køber
+- Højmark
+Vagn Jacobsen
+- Kappel
+Frithiof Kemp
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Hakon Spærck</t>
+  </si>
+  <si>
+    <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
+Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
+Bif og Peter er hunde.</t>
+  </si>
+  <si>
+    <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
+Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iqXt</t>
+  </si>
+  <si>
+    <t>Uraniavej 13 Aug 1926.
+Kæreste Alhed!
+Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
+fra
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1938-2</t>
+  </si>
+  <si>
+    <t>Hans Bendix
+Peter Hansen
+Aksel Jensen
+Annette Jensen
+Elin Jensen
+Villum Jensen
+Jens Larsen
+Johannes Larsen
+Kaj  Munk
+Gerda Rasmussen
+Holger Rasmussen
+William  Scharff
+Leo Swane</t>
+  </si>
+  <si>
+    <t>"Den Hyltebank" må være banken i byen Hylte i Småland, hvor Elena og Johan/Lysse Larsen boede. 
+Johannes Larsen solgte i februar 1938 for 10.000 kr. hos Winkel &amp;amp; Magnussen på Højbro Plads. 
+"vores nye Familie": Thora Larsen, datter af Andreas og Else Larsen, blev født 1938. 
+Det vides ikke, hvem Juliane var, eller om "Det er flovt for Juliane" var en fast vending.</t>
+  </si>
+  <si>
+    <t>Det bliver godt at få omplaceret værdierne fra Landeryd. 
+Johannes Larsen og Elena Larsen har været på Grønningen, hvor Elena vandt et litografisk tryk. Derefter var de på Højbro Plads, hvor Larsen havde solgt godt. 
+Johannes Larsen vil have Elena med til Kerteminde og træffe den nye familie. 
+Elena og Jens skal til frokost hos Villum og Elin Jensen. 
+Hubert Paulsen var i Kerteminde, da Andreas/Puf Larsen kørte Else Larsen til Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqGL</t>
+  </si>
+  <si>
+    <t>Lørdag
+Kære Lysse!
+Tak for Brev. Den Hyltebank er dog fræk, det var næsten ærgerligt at du fik det ordnet i Mindelighed og ikke fik afleveret din Skylde, det var nemlig lige hvad de havde haft godt af at faa fra Fars egen Mund, især Kællingen, men hun var der maaske ikke. Det skal gøre godt at faa omplaceret Værdierne altsaa - Værdierne til Landeryd. - Det er som sædvanlig min Skyld at I faar Aviserne for sent, i Gaar netop som jeg var ved at ordne dem tren Farfar ind ad Døren og efter en hastig Frokost bortfjernede han mig til Grønningen, hvor jeg vandt et Nr i Tombolaen (det var desværre kun et Litografi af Hans Bendix) og derefter tog vi op paa Højbroplads, hvor der var begyndt at komme Liv i Salget, der var solgt et stort Billede til 3000 og 4 mindre til 500 pr stk. Desværre maatte jeg stikke af til min Tandlæge. Paa Grønningen traf vi flere kendte Personligheder, bl.a. Scharff og Skriveswane som jeg skal hilse dig fra, paa Fredag skal vi til Middag hos sidstnævnte sammen med Holger Rasmussens. - Las vilde absolut have at Jens og jeg skulde følges et Svip med ham over til Kerteminde og se paa vores nye Familie, det var jo meget fristende men det kommer an paa hvornaar han rejser, jeg maa ogsaa tænke paa dem derhjemme, det er altsaa jer. Forøvrigt har jeg maattet anlægge en Noteringskalender til at opføre mine Engagementer i og Listen er foreløbig overtegnet til og med Fredag i næste Uge. Nu skal vi til Frokost hos Willum og Elin, Jens skal ud og lege med Ungerne der, uhm gla siger han. I Aften skal vi i det kgl med Erna og se Kaj Munks en Idealist. 
+Hubert har jeg endnu ikke set, Las fortalte at han havde været ovre i Kjerteminde den Dag Else blev bragt til Odense. Da Puf kørte af Sted med hende stod Hubert og raabte Det er flovt for Juliane. - Nu skal vi ind og lave en Pølse, saa at vi ikke gør Skandale ved Frokosten. Farvel med jer.
+Mange Hilsner til Godsejeren og Ladugaardsformanden fra
+Godsejerinden
+(eller nærmere Grevinden)</t>
+  </si>
+  <si>
+    <t>1944-1045</t>
+  </si>
+  <si>
+    <t>Johannes Larsen overdrog i 1945 skovgården Båxhult i Småland til sin yngste søn, Johan og hans hustru, mens ejerskabet over huset på Møllebakken i Kerteminde gik til den ældste, Andreas/Puf Larsen og dennes kone. 
+Brevet hører formodentlig sammen med et andet i samlingen.</t>
+  </si>
+  <si>
+    <t>Johan Larsen skal ikke betale noget. Hans bror, Andreas/Puf, vil blive sikret en tilsvarende sum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uF4T</t>
+  </si>
+  <si>
+    <t>P.S.
+Jeg er kommen i Tanker om at Du maaske kunde misforstaa ovenstaaende: Det er jo ikke Meningen at Du skal betale noget i Afstaaelse, men at jeg skal sikre Puf en lignende Sum eller Værdi. Det skulde glæde mig om jeg kunde leve saa længe, at jeg kunde faa Dig at se som Herremand, for det er vel det der er Meningen
+JL.</t>
+  </si>
+  <si>
+    <t>1944-05-14</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Georg Jacobsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Johan og Elena Larsen overtog endeligt gården Båxhult i Småland i 1945.</t>
+  </si>
+  <si>
+    <t>Johan/Lysse kan nu få skøde på Båxhult, og Andreas/Puf vil få ejendomme for et tilsvarende beløb. Johannes Larsen ønsker blot, at frontespisen bliver bevaret i hans livstid, og at de træer, som han har fredet, bliver stående.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UiCM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Maj 1944.
+Kære Lysse!
+Efter at have virket med Sagen, siden Du udtalte Ønsket om at faa Skøde paa Båxhult, er jeg nu saadan stillet at det kan lade sig gøre. Da jeg i sin Tid talte med Bankdirektør Jacobsen om det, sagde han at jeg i saa Fald maatte give Puf et lignende Beløb. Du sagde, at Du regnede Båxhult, eller rettere min Part deraf til 30.000 Kr. Forudsat at Du gaar ind paa at jeg tilskøder Puf en tilsvarende Part af de herværende Ejendomme kan Du faa en Sagfører til at lave Dig et Dokument om Overdragelse og sende mig. Du skal saa faa det omgaaende i underskrevet Stand. Der bliver nogle Klausuler, men dem kan vi jo ordne mundtlig. F. Eks. at jeg forbeholder mig Frontespisen paa Livstid, at de Træer, jeg har fredet skal blive staaende, at Du vedligeholder min Jagt mod at jeg betaler Omkostningerne o.s.v. Det kommer vi nok ud af. Vi har det alle godt her og nu er det et dejligt Vejr med stille Varme. Mange Hilsner til Jer allesammen.
+Din 
+Far.
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1896-08-05</t>
+  </si>
+  <si>
+    <t>Halmstad</t>
+  </si>
+  <si>
+    <t>Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Marie og Johannes Larsen er på vej til familiens ejendom Höljeryd i Småland.</t>
+  </si>
+  <si>
+    <t>Vinden var omsider god, så Johannes Larsen er i Halmstad og skal nu videre med tog til Landeryd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nxXd</t>
+  </si>
+  <si>
+    <t>Halmstad 5 August 1896.
+Kære Alhed!
+Endelig i Gaar Morges blev Vinden saadan at vi kunde komme af Sted, og den var skikkelig nok til at holde sig saa heldig at vi i Formiddags kom her til. I Morgen rejser vi med Toget til Landeryd og videre med Vogn til Höljeryd og saa haaber jeg at jeg snart hører fra Dem, gør jeg ikke? Jeg skal hilse fra Marie. Mange Hilsner fra Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1916-06-09</t>
+  </si>
+  <si>
+    <t>Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Andreas Larsen
+Johan Larsen
+Janna  Nielsen
+Kai Nielsen
+Carl Petersen, arkitekt
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Larsen-familien ejede en skovgård i Landeryd, Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg er begge i Landeryd i Sverige på Larsen-familiens gård.
+Kai Nielsen arbejder i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/btmm</t>
+  </si>
+  <si>
+    <t>Landeryd 9 Juni 1916.
+Kæreste Alhed!
+Jeg er lige nu kommen til Landeryd, det øsregner og har gjort det hele Dagen. Jeg traf ikke Berta, men da jeg gik derfra Ebba, som gav mig en Barberkniv med til Lud. Jeg gik saa hen til Baronen, og var et Par Timers Tid. Marie var hos Borgmesteren.
+Baronen fortalte at Kai var røget til Stockholm og Calle med Janna til Norge. Bed saa Puf om at slaa Forhaven saa snart han kan, Se endelig efter at de passer paa Skadeungernes Øjne. Jeg synes der var noget mere, men jeg kan ikke huske det,
+mange Hilsner til Jer alle 3
+Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1927-04-29</t>
+  </si>
+  <si>
+    <t>Albert Repholtz</t>
+  </si>
+  <si>
+    <t>Der eksisterer tre udkast til dette brev.
+Skovgården Båxhult er beliggende i Småland i Sverige.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Repholtz, Selskabet for Grafisk Kunst, at han er stærkt utilfreds med, at træsnit, som blev bestilt af selskabet, afvises af bestyrelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5cBm</t>
+  </si>
+  <si>
+    <t>Kære Hr. Albert Repholtz!
+Det gør mig ondt, at Selskabets Bestyrelse ikke synes om det Træsnit, de har bestilt hos mig. Jeg kan af gode Grunde ikke indlade mig paa at omarbejde en, efter min Mening, saa godt som færdig Ting, for at tilfredsstille et Publikum, hvis Syn og Smag jeg paa ingen Maade deler, og følgelig mangler enhver Forudsætning for at kunde tilfredsstille.
+Deres hengivne Johannes Larsen.
+P.S.
+Med "Publikum" mener jeg naturligvis Bestyrelsen, hvis Syn paa mit Arbejde De saa klart fremstiller i Deres Brev.
+JL</t>
+  </si>
+  <si>
+    <t>Der findes tre udgaver af dette brev.
+Skovgården Båxhult er beliggende i Småland i Sverige.
+Refusere: afvise.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Repholtz, Selskabet for Grafisk Kunst, at han er stærkt utilfreds med, at træsnit, bestilt af selskabet, afvises af bestyrelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qBAQ</t>
+  </si>
+  <si>
+    <t>Båxhult 29 April 1927.
+Kære Hr. Albert Repholtz!
+Det gør mig ondt at Selskabets Bestyrelse ikke synes om det Træsnit, som De har bestilt hos mig og kan af gode Grunde ikke indlade mig paa at omarbejde et, efter min Mening, saa godt som færdigt Arbejde for at tilfredsstille et Publikum, i dette Tilfælde Bestyrelsen, hvis Syn og Smag jeg aabenbart ikke deler, og følgelig mangler enhver Forudsætning for at kunde tilfredsstille.
+Forøvrigt takker jeg Dem for Deres Oprigtighed og gaar ud fra, at De ogsaa ønsker at høre min Hjærtens Mening, og det er uden Omsvøb den, at jeg vil føle mig nederdrægtigt slet behandlet, hvis Selskabet, hvilket synes at fremgaa af Deres Brev, har i Sinde at refusere mit Arbejde og løbe fra sine Forpligtigelser overfor mig.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1895-06-09</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Langaryd, Sverige</t>
+  </si>
+  <si>
+    <t>- Essén
+- Johansson
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Henry Lørup
+Theodor Oppermann
+- Pehrson</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Thea er.
+Långaryd, Landeryd og Unnaryd er nogle mindre byer i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Marie Larsen og hendes far I.A.Larsen har været på gården Høljeryd i nogle dage og kommer nu hjem, da det snart er termin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/u5hS</t>
+  </si>
+  <si>
+    <t>Høljeryd d. 9-6 1895
+[Afslutningen af brevet skrevet på tværs: Lørup sagde at han havde talt med Oppermann en Gang efter at de var kommen hjem fra Bryllupsrejse, han saa straalende glad ud, de havde været i Italien men ikke i Grækenland. Ja saa skriver jeg ikke mere end denne Gang naar vi skal rejse paa Onsdag, hils alle derhjemme fra os. Selv faar Du en kærlig Hilsen fra Din hengivne Datter Marie Larsen.]
+Kære lille Mor!
+I Gaar fik jeg alligevel ikke skreven til Dig, da jeg bagte og havde en Del andet at gjøre, men i Dag er det jo Søndag og der har ingen Vogne kørt ned, saa Du havde ikke faaet Brevet før selv om jeg havde skrevet i Gaar. Du kan tro det var varmt at rejse i Fredags, der var en saadan Hede i Kupéerne saa det næsten ikke var til at holde ud, jeg var jo heller ikke rigtig rask, saa da vi kom her til Høljeryd, havde jeg en voldsom Hovedpine, men jeg sov godt om Natten og var aldeles rask i Gaar igjen. Her er stadigt meget varmt men det er jo godt for Konsulen, jeg synes ikke han hoster nær saa meget som i Fjor.
+Vi havde Essén til Middag i Gaar, han var ude for at syne Veje og kom saa ind og talte lidt med Far, som saa bad ham om at spise med, hvad han var meget taksam for. Du vil nok faa Theas Adresse at vide og saa sende indlagte Brev med Posten, det er jo hendes Fødselsdag paa Tirsdag.
+Vi fik saa ikke det Stykke Skinke med alligevel, jeg var ikke klogere end at Du havde lagt det i Kurven, men vi klarer os denne Gang, jeg havde lidt tilbage herovre som vi fik i Gaar og saa lod vi dem slagte Kalven da det var en Tyrekalv den har vi jo nok af saa længe som vi skal være her, vi kommer hjem paa Onsdag, eller det er da Torsdag naar vi kommer til Kerteminde; Kruuse skulle ogsaa hjem til Terminen saa vi tog Retourbilletter, de gjælder jo til paa Torsdag, men her er Unnaryds Torvedag paa Onsdag, det er jo saa godt som en Helligdag her, saa Far kan ikke udrette noget den Dag alligevel, derfor har vi bestemt at rejse paa Onsdag. Nu vil jeg haabe at I faar dette paa Tirsdag saa I slipper for at sende Vogn forgæves efter Far; vi skal nok telegraffere fra Kjøbenhavn paa Onsdag at det ikke skal gaa os ligesom sidste Gang. Hrr. Johanson rejste til 
+[skrevet på tværs: Halmstad den dag vi kom, vi talte med ham paa Stationen, han havde været her paa Høljeryd et Par Dage og boet hos Pehrsons, han mente at komme igjen sidst i Ugen.]</t>
+  </si>
+  <si>
+    <t>1899-9</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt deres lille søn opholdt sig på Larsen-familiens gård Båxhult i Småland i sensommeren 1899. Berta og Ludvig Brandstrup var hos dem en tid, og Laura Warberg samt flere af Alheds søstre også. 
+Signaturen på brevet er svært læselig, men der står formodentlig Louise. Laura Warberg nævnte i et brev, at Muk/Louise skulle gå til Landeryd Station uden sin bagage - hun ville få sit tøj på et senere tidspunkt - og dette passer med indholdet af dette brev.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0034</t>
+  </si>
+  <si>
+    <t>Louise skriver brev i et rystende tog mellem Halmstad og Helsingborg. Hun er gået til Landeryd uden sin bagage, og hun trak på vejen to små træer op ved rode. Louise er spændt på, om de vil gro derhjemme. Der var skønt på Båxhult, og Louise har været med Ludvig Brandstrup på jagt. Nu når hun til Hallandsåsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/roCY</t>
+  </si>
+  <si>
+    <t>Toget mellem Halmstad og Helsingborg.
+Kære Dis! Jeg har faaet dette Papir og en ubetydelig lille Blyant med at skrive til Dig i Toget, men det ryster saa meget, at det vist ikke bliver til stort. – Jeg er meget trist til mode over at være rejst fra Båxhult; der var saa storartet at være. Mor har nok fortalt udførligt om alt deroppe. Dit Brev laa der til mig den Aften, vi kom. Tak for det! [”Tak for det!" indsat over linjen] Jeg vilde egentlig nok have svaret, men Turen var jo saa fremrykket og Postgangen deroppe saa daarlig, at jeg ikke mente, jeg kunde naa det. Mor har fortalt om Dine og Mornines Anstrengelser med mit Tøj, - jeg blev meget rørt over det. Jeg gik til Landeryd i Dag; hele min Bagage var min Fladhat med mit Kammeetui og en stor Lyngguirland; desværre drysser den meget, saa den bliver vist ikke til meget, naar den naar København. Jeg rysted et lille Enebærtræ og et lille ditto Grantræ op med Rod paa Vejen til Landeryd; er meget spændt paa, om de vilde gro. – Det var morsomt at være sammen med Mor deroppe de to Dage; hun morer sig over alting deroppe. Hun og jeg var sammen ved Yällunden i Gaar. Sig Mornine, at jeg har været der 2 Gange og var meget begejstret, men næsten mere for Brandaasen og nogle andre Steder, jeg var med Onkel Lut paa Jagt. Her sidder nogle utaalelige Tyskere og gør uvist hvorfor Nar af mig og mit Brev paa Tysk. Nu kommer vist snart Hallands Aas; det er det dejligste i Verden, der skal jeg se ud, jeg var ude i Halmstad og drak Kaffe og spiste en Masse Masse Brød og Kager for 35 Øre
+Hilsen til alle Louise</t>
+  </si>
+  <si>
+    <t>1896-08-25</t>
+  </si>
+  <si>
+    <t>Jällunden, Sverige
+Snøde</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Lars Larsen
+Marie Larsen
+Vilhelm Larsen
+Susanne Lindberg
+- Petersen, Biolog</t>
+  </si>
+  <si>
+    <t>Johannes og Marie Larsen samt Peter Hansen er på Larsen-familiens ejendom, Höljeryd, i Småland, Sverige. Alhed Warberg besøger sin onkel Max på Langeland. 
+Johannes Larsen sagde, at han lavede "Busser", når han skød forbi.</t>
+  </si>
+  <si>
+    <t>Hunden Tjalfe gør gode fremskridt, og hunden Jansen er glad for Peter (Hansen). 
+Der er mange tjurer og urhøns, men Johannes Larsen har manglet ammunition til sin egen bøsse og har måttet bruge broderens, som han skyder forbi med.
+Peter Hansen, Marie og Johannes Larsen har været ved søen Jälunden. De bad om lov til at låne en pram og roede til en ø. Prammen viste sig at tilhøre nogle andre end dem, der gav tilladelsen.
+Pigen har lavet "Krykeost" af nymælken fra en ko, der netop havde kælvet.
+Dr. Petersen har sendt billedet af sælen retur.
+Gottschalck er i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hg0W</t>
+  </si>
+  <si>
+    <t>Höljeryd 25 August 1896.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
+Johannes Larsen.
+Onsdag Morgen.
+Klaks kom saa i Aftes, og havde Akvavit og Patroner med, saa nu kan jeg komme ud med min egen Bøsse i Dag saa tænker jeg det gaar bedre. Vejret ser ogsaa bedre ud til Morgen. Nu maa jeg ned til Vognene med Brevet. 
+God Morgen. Hilsen Fra Peter.</t>
+  </si>
+  <si>
+    <t>1896-09-13</t>
+  </si>
+  <si>
+    <t>Ullerslev</t>
+  </si>
+  <si>
+    <t>Samuel Andersen
+Christian Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Karl Schou
+Marie Schou
+- Skytte Knudsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Marie og Karl Schou, Syberg m.fl. har netop været på et ophold på Larsen-familiens gård Höljeryd i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde urhøns og en skovdue med fra Sverige, og han tegner nu i en fart, inden de rådner. Han kænges efter at komme i marken med Tjalfe. 
+Larsen skal til Nordskov og give en mand en akvarelkopi af Tapetmanden. Billedet er færdigt.
+Johannes Larsen kommer snart til fods til erikshaab. Han ville ønske, at han havde en cykel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Smqw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 September 1896.
+Kæreste Alhed!
+Tak for Deres Brev, som jeg fik i Forgaars Morges da jeg kom hertil eller rettere sagt til Frokost da jeg stod op. Det er egentlig forfærdeligt saa man kan blive forvænt, jeg havde ventet at der var Brev fra Dem og var bleven meget skuffet hvis der ingen havde været. Jeg havde 2 Urhøns og en Skovdue med hjem, som jeg har haft saa travlt med at tegne at jeg omtrent ikke har været uden for en Dør siden jeg kom. Nu er jeg i Færd med at tegne Skovduen men da jeg opdagede at Posten gaar om 3 Kvarter sætter jeg mig til at skrive for at De kan faa Brevet i Morgen. Det er ganske forbistret med de Fugle, jeg maa jo tegne dem i en Fart inden De raadner og sa sidder jeg her og tegner mens det klør i mig efter at komme ud i Marken og se hvordan Tjalfe vil behandle en aaben Mark efter al den Skovjagt. Og sa er der en Ting til, i Morgen er det den 14 og saa har jeg lovet den Mand som jeg boede hos i Nordskov at komme ind og forære ham en Kopi i Vandfarve efter ”Ta [noget af papiret mangler] manden” det er nem [noget af papiret mangler] hans afdøde Fader og der existerer ingen andre Billeder af ham og i Morgen er det Sønnens altsaa den først omtalte Mands Fødselsdag. Gud ske Lov har jeg da Billedet færdigt d,v,s, jeg havde malet det inden jeg rejste til Sverige og har sat 2 Knapper i Træk frem i Dag, og faaet Christine til at hente en Ramme hos Glarmesteren som jeg havde tilovers fra mine Billeder i Foraaret og som viste sig at passe udmærket. Nar jeg saa faar det overstaaet og Fuglene holder sig saa jeg kan fortsætte med dem paa Tirsdag og jeg har haft mine Sko hos Skomageren og er bleven klippet hos Barberen kan De vente at se [noget af papiret mangler] med det første. Jeg kommer nok til at gaa derned for jeg aner ikke hvor jeg skal opdrive Rejsepenge. Har De læst i Politiken om Stenografexamen, det saa ikke ud til at Peter havde bestaaet men mon ikke det er en Fejl. Jeg kan næsten ikke tænke mig den Mulighed at han skulde være dumpet, det Bæst kunde ogsaa gerne skrive hvordan det var gaaet. Havde jeg bare en Bicycle, om Forladelse, Cykle, saa kunde jeg meget bedre komme af Sted. Jeg begynder at spekluere paa at laane en. Nu maa jeg holde op for at faa Brevet med. Mange Hilsner til vi ses.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1897-12-13</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Horne, Fyn</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Christian Andersen
+Christian Eckardt
+Margrethe  Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Christine bor hos Sybergs i Svanninge, mens hun går på Teknisk Skole i Faaborg.
+VB er muligvis Victor Bøttern.
+Doktor Engel er muligvis familien Eckarts læge i Småland.</t>
+  </si>
+  <si>
+    <t>Tak til Christine Swane fordi hun har mulighed for at give Sybergs et lille afdrag. Johannes Larsen er hos Christian Andersen i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bggI</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 13/12
+Kjære lille Ugle!
+Da vi nu sendte VB afsted saa glædede vi os rigtignok ved at tænke paa dig i morgen Gud ske Lov du lille Kjære at du inden du tager hjem kan give dem et Afdrag
+Fader er ikke tilstede det var jo ham der skulde takke for sit Barn men du faar nøjes med min han blev saa glad ved Brevene fra dig og Marie – og fra Eckardt, Margrethe havde faaet en Splint ind i sin tommelfinger. Doktor Engel saa maatte trække den ud saa Fingeren smertede endeel Dumpe hørte vi ikke fra kommer der ingen nu saa maa jeg have fat i Telefonen om lidt
+Det er en Glæde at læse om hvor godt dit Arbejde lykkes. Du vil ordentlig vise frem naar din store Broder kommer og hente dig hjem
+Agraren var hjemme igen og spiste en ordentlig deel Grisemad. Tilmorgen sorte Pølser inden han kjørte – du maa endelig skrive ham til lille han var meget bedrøvet fordi du ikke svarede ham, nu skriver jeg til Marie at hun skal se at faa Vished for naar hun kan komme for Agraren skal allerede i Skole igjen den 3. Jannuar
+Du maa endelig gaa til Horne inden du kommer hjem Maren er meget opsat paa den Hilsen fra Hjemmet den lille Hund er paa Besøg [ulæseligt] den gaar under Navnet Syberg men Klaks ønsker ikke at nævnes op denne Gang.
+Nu ligger her en Deel Strømper saa jeg maa nok heller tage Naal i Haand og saa med denne lille Lap – vi sees jo ogsaa snart og Nyt er her intet af
+Mange kjærlige Hilsener og Tak fra Fader og Moder og fra Brødrene
+Johannes er hos Christian Andersen
+Hils Alle</t>
+  </si>
+  <si>
+    <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Berta Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Katrine -, Erikshaab
+Alhed Larsen
+Augusta Mogensen
+Jupiter Mogensen
+Henning Schroll
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine venter et år med at tage til Askov.
+Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
+Laura har haft en god rejse og tager den følgende dag videre til Sverige.
+Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup St.
+Fyn
+[Fortrykt på brevpapiret:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Håndskrevet i brevet:]
+Søndag Formiddag paa Fars Værelse
+Kære lille Putte!
+Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
+Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
+Mor.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup
+Fyen
+Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1899-09-15</t>
+  </si>
+  <si>
+    <t>Lina -
+Thora  Branner
+Louise Brønsted
+Alfred Dreyfuss
+Katrine -, Erikshaab
+- Garell
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen, deres søn og Laura Warberg opholder sig på Larsen-familiens ejendom, Båxhult, i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0028</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Laura Warberg har læst aviser omkring ét stearinlys. De kan ikke skaffe petroleum. De er optaget af Dreyfuss-affæren. 
+Laura W gør rent og laver god mad. Johannes Larsen har bla. skudt skovduer. 
+Andreas/Gaien og Alhed optræder som modeller på Johannes Larsens maleri. Den lille ligger/står på alle fire. 
+Laura W beder Astrid sende diverse og Katrine om at vaske tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yzCx</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup 
+Fyn.
+Danmark.
+[I brevet:]
+Fredag d: 15de
+Kære lille Putte !
+Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
+[Skrevet lodret s. 1 på højre side af papiret:]
+Mange Hilsener til hver især fra Las, Alhed og Mor.
+[Skrevet lodret s. 2 og 3:]
+Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
+[Skrevet lodret langs højre kant på side 3] 
+først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
+[Skrevet lodret på s. 4:]
+Jeg vilde nødig have meget med i en Vadsæk</t>
+  </si>
+  <si>
+    <t>1899-09-18</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg var i september 1899 med Alhed og Johannes Larsen og deres lille søn på Larsen-familiens gård, Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0027</t>
+  </si>
+  <si>
+    <t>Pakken er kommet, men uden brev. Laura Warberg synes, at Astrid skriver for sjældent. Laura vil rejse hjem otte dage efter, at kortet er sendt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHgU</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
+Till
+Bostad: 
+(om den kan uppgifvas.)
+Adressort:
+[Med håndskrift på kortets forside:]
+Danmark.
+Frøken Astrid Warberg
+Erikshaab
+Højrup Fyn
+[Håndskrevet på kortets anden side:]
+Båxhult d: 18de.
+I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>1905-03-06</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Mille -
+Victor Bøttern
+Harald Hansen
+Johannes Jørgensen, barn
+E Kragh
+Alhed Larsen
+Andreas Larsen
+Ellen Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Niels Larsen Jørgensen</t>
+  </si>
+  <si>
+    <t>Mastiks: harpiks fra mastikstræet, der gror vildt i store dele af Middelhavsområdet. Opløst i terpentin bruges det til fernisering af malerier.(Den Store Danske)
+Køkse af svensk köksa = Kokkepige. Larsen-familien ejede skovgårde i Småland, og de kom der meget, hvorfor de også jævnligt gjorde brug af svenske ord og begreber.</t>
+  </si>
+  <si>
+    <t>Der skal laves transportkasse til Christines maleri og laves rammer. Johannes Larsen vil behandle overfladen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/78Ow</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære lille Ugle!
+Nej vi er ikke syge gudskelov og vi takker saa meget for dine sidste Breve det var saa meget godt for mig at du ikke var bleven ringere under Sygdommen jeg har det bedste Haab at alt skal blive godt nu du spiser godt bliver du nok fed og saa kigger vi paa Fremtiden med lyse Tanker – har du faaet Lov til at male lidt saa glædede det os meget jeg synes at forstaa du er glad ved den lille nye Pige som du kan faa at spadsere med det opliver altid naar der er nogen vi kan lide – Saa kom nu det sidste Brev om Maleriet vi skal straks sætte os i Arbejde med en ny Kasse til Maleriet Faer har maalt Billedet og det lille skal de tage med til Hansen imorgen Alhed siger der er nogen pæne forgyldte Lister hun skal have om sine Hyacinther saa lader vi dem bestemme den og de skal nok komme afsted i rette Tid, Johannes kommer i Morgen og renser og giver det Æggehvide eller Mastik hvad han nu synes der er bedst –
+Marie har været hos Kragh med Uhret men det kan koste 6 Kr saa vi sender dig Maries tilligemed Uldtrøjen en af Dagene Uhret vil Fader saa tage med til den billige Uhrmager i Sverig – det er da kjedeligt at I ikke har en god Køkse; men nu kommer Vaaren og I kommer paa Langtour saa faar du en saa god Appetit at Maden vil smage udmærket. Det er Fastelavns Mandag i dag saa her er et Rend af Sparebøsser ingen beder om Boller mere kun Penge. Mille, Anna, Ellen og den lille Johannes Jørgensen har ogsaa været her nu kom Puf lige og lille Bøttern saa det er rige Kavalerer; Du spørger hvad det er for en Gartner – det er Niels Larsen Jørgensen; men Faderen vil have Græsset i Sommer men Brønden er gravet og Bygningerne til Drivhusene kan bygges i Sommer Udsalget af Blomster skal han have i Forvaltergaarden. Her er nu Maleriet Interiør med mine Forældre 
+det er da meget pænt og sandt, det store 48 Tm og 41 Tm, det lille 24 Tm og 18 Tm, - dine Priser er meget gode og passende Lev nu vel og skriv os din Vægt saa er du sød de næste Dage mener din Mor</t>
+  </si>
+  <si>
+    <t>1905-11-22</t>
+  </si>
+  <si>
+    <t>Nyborg</t>
+  </si>
+  <si>
+    <t>- Birck
+Ludvig Brandstrup, billedhugger
+Amanda Heinesen
+- Høistrup Schultz
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Peter Sus
+Laus Wandschneider</t>
+  </si>
+  <si>
+    <t>"Lysse er meget højt oppe at yre": det svenske ord yra betyder at fare rundt, våse og fabulere. Larsen-familien ejede et par skovgårde i Småland, og de besøgte dem ofte. Således brugte de også jævnligt svenske ord.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er gået hjem fra Nyborg, så han er træt. Han har købt en pibe, som sønnen Lysse kunne blæse sæbebobler med, men Lysse havde allerede anskaffet en, så nu får hans bror, Puf, den. 
+Larsen har købt abrikoser, svedsker, cigarer mm. i sin brors butik og en honningkage, som han har delt med Junge (Johanne Larsen f. Warberg). 
+Johannes Larsen beder Alhed sælge (Peter) Sus de tre billeder, der ikke gik på auktionen. Han håber, at Fanden snart tager de auktioner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XWno</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22-11-1905
+Kæreste Alhed!
+Allright! Jeg er nu kommen fra Nyborg og har faaet det ordnet. Jeg vil ellers nok indrømme at jeg blev noget forfrossen da jeg læste dit Brev i Morges Kl. ½ 9 da jeg skulde til Barberen først og til Nyborg kl. 11. Jeg fik 65 Kr. hos Rasmus P. til Lørdag, saa dem maa vi jo se at gøre Udvej for. Det er meget vanskeligt for mig at skrive da Lysse er meget højt oppe og yre og jeg er en Del træt jeg er nemlig gaaet hjem fra Nyborg i et ret besværligt Føre, men sparede derved 1,55 Kr. da jeg desuden ikke har haft andre Udgifter end en Pibe til Lyse, som jeg havde lovet ham til at blæse Sæbebobler med har det jo været en ret billig Tur og Du kan tro jeg var sulten da jeg kom hjem, jeg vidste jeg skulde have Kaal og Skinke og gik saa ind til Grossereren og købte 1 Pund Figen, Abrikoser og Svedsker til Dessert og 3 Cigarer og lavede saa Festmaaltid og med Snaps og Sild foran og Kaffe og Brombærmad og Cigar ovenpaa. Der var Marked da jeg gik gennem Byen og der købte jeg en Honningkage hos Vanschneider til 50 Øre som jeg afleverede i Kærbyhus til Junge med de 2 Cigarer dog at jeg betingede mig et Hjørne af Kagen. Jeg havde glædet mig til at se Lyse blæse Sæbebobler, men desværre havde han sikret sig mod at jeg skulde glemme Piben og faaet anskaffet sig en og blæst hele Dagen, men nu skal Puf have den ene naar han kommer hjem. Amanda vil have Brevet med nu. Jeg vil nok have Højstrup Schultzes herhjem, d.v.s. dem du skriver om. Kunde Du maaske ikke sælge Sus de 3 levnede fra Auktionen, det var for Resten meget godt at de ikke gik, forhaabentlig er Fanden ved at tage sig af de Auktioner. Jeg skulde hilse fra Birk, han var meget aimable, men Vexlen fik jeg kasseret, og skrevet en anden saa Lud maa til det en Gang endnu. Kys Puf. Jeg elsker Dig. Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1906-09-28</t>
+  </si>
+  <si>
+    <t>Malmö
+Langeland
+Odense</t>
+  </si>
+  <si>
+    <t>Lina -
+Ludvig Brandstrup, billedhugger
+Johanne Caspersen
+Amanda Heinesen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christian Møller, maler</t>
+  </si>
+  <si>
+    <t>Det er uvist, om Johannes er på vej til Sverige. Alhed sender hilsen til Lud(vig Brandstrup) i København og til Lina, som vistnok boede nær Larsen-familiens ejendom Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til nogle behandlinger i Odense.
+Adolf Larsen (Agraren) og Møller har skudt harer.
+Johannes Larsen er ude at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Do2Y</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det bliver kun et lille Par Ord Du faar, Junge sagde nu for lidt siden, at Tante paa Langeland fylder 60 i Morgen, saa skrev jeg 3 Sider til hende, men det gik fra Dig. Vi har det godt, Ungerne og jeg har spist Grød sammen i Spisestuen i Aften. Jeg kom først fra Odense med 2 Toget i Dag, han behandlede mig baade lidt i Gaar og til Morgen, saa gaar det til jeg kommer fra Sverige [ordet overstreget] Malmø.
+Murerne har arbejdet paa Taget hele Dagen i Dagen ["en" overstreget]. Agraren skød en Hare paa 8 Pund i Dag, Møller 2 men det [indsats over linjen: Møllers] var langt borte, jeg husker ikke hvor. Det er Junges Fødselsdag i Morgen, jeg haaber vi bliver bedt derover. Jeg var lidt derovre i Eftermiddag. Hvor det stormer i dag, bare I maa faa godt Vejr, i det hele taget en god Rejse, du saa saa sød ud, da Du stod og vinkede i Toget i Gaar. Nu længes jeg efter at høre fra Dig om I er rejst i Dag eller hvordan. Nu skal Amanda da af Sted. Jeg gaar i seng. Ungerne ligger og raaber paa mig derinde. Mange kærlige Hilsner Din A.
+Fredag d. 28nde Sept. 06.
+Hils Lud! og Lina med Familie</t>
+  </si>
+  <si>
+    <t>September 1924</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej
+Landeryd, Sverige
+Paris, Frankrig</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Julius Hviid
+Else Jensen
+Johannes V. Jensen
+Kurt Jungstedt
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen var studerende ved Landbohøjskolen. Hans bror, Andreas (Gamle) var gartnerlærling i Stige på Fyn. 
+Båxhult er familien Larsens skovgård i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har problemer med hjertet, og lægen, Julius Hviid (Julibus), har bedt hende gå til en specialist. Hun henter Johan (Lysse) fra skolen hver dag, og de går tur. Alhed har også besøgt andre og skal til bal hos Marie Syberg (tidligere Schou). Søsteren Ellen har skrevet fra Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rMRi</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 15 III
+V.
+Onsdag Aften.
+Kære, søde Gamle!
+Det er ikke saadan at faa skreven Breve, naar man er herinde. Jeg fortalte Dig vist hjemme, at jeg en Tid ikke havde haft det saa godt med Hjærtet. Julibus mente, jeg skulde gaa op til Specialisten naar jeg kom herind og det var jeg i Gaar. Det er bleven noget daarligere + [tilføjelse skrevet lodret i margen:] + mest svækket [tilføjelse slut] end det var for 1 Aar siden, men der er ikke noget farligt, kun skal jeg passe paa med Anstrengelser, maa ikke fryse og skal holde lidt Diæt, men det kan man jo ogsaa nok. – Naa ellers gaar det godt, Din Far kom hjem fra Jagten i Dag, har moret sig ug. Lysse henter jeg hver dag ved Skolen og vi gaar lidt sammen og drikker The et Sted. 2 Gange har jeg været inde hos Magisterens at spise til Middag, en Dag hos Bodild og en Dag hos Marie Syberg, der var her hos Meme og mig at drikke The i Aftes. Paa Lørdag skal vi til Bal hos Marie Syberg, en Masse unge og Johs V’s, Baronen og vi. Båxhult ved vi intet om endnu, men det bliver jo i alt Fald ikke før næste Uge. – Jeg har haft Brev fra Elle fra Paris, jeg kunde regne ud at Kurt var hjemme, da Dit Brev kom, det er spændende at høre hvordan det gik, Elle nævner intet af Interesse, Lille kommer med hjem, Tirsdag med Skibet, saa de kommer vel hjem i Morgen Aften.
+Skriver Du ikke lidt til mig min egen Dreng? Jeg skal nok skrive snart igen.
+1000 Hilsner Mor.</t>
+  </si>
+  <si>
+    <t>1926-08-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Wedellsborg
+Odense
+København
+Landeryd, Sweden
+Halmstad, Sweden</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Esben Hansen
+- Hecht-Petersen
+- Højlund
+Vagn Jacobsen
+Xenia Jacobsen
+Rigmor Klein
+Jørgen Hermann Kruuse
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Johannes Madsen
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev 16. august 1926 til Alhed, at han og Brygger Jacobsen rejste til Larsens skovgård, Båxhult, i Småland. Xenia Jacobsen blev hjemme, da hun havde det dårligt, men hun rejste nogle dage senere op for at følges med manden hjem. I samme brev fortalte Johannes Larsen, at han med Bryggeren byttede et billede for en hund ved navn Foch.
+Klingen var et tidsskrift omhandlende billedkunst og litteratur. Det blev udgivet på initiativ af blandt andre Axel Salto og Poul Uttenreitter. Johannes Larsen bidrog flere gange med illustrationer til bladet. 
+Det kan ikke afgøres, hvilken Thomsen det er, Alhed skriver om. Larsen-familien kendte flere af det navn. Frk. J. må være pige i huset hos familien.</t>
+  </si>
+  <si>
+    <t>Brev 1: Der er blevet fint på Båxhult. Det er ikke jagtvejr, men hunden Foch er god. Bryggeren og hans kone rejser i dag.
+Frk. Klein kan tage de billeder, som hun vil, til udstillingen. Madsen må sætte to af dem i ramme. Johannes larsen skriver priser. Andreas må finde litografisk kridt og pap og få det sendt til Sverige, for Larsen skal lave illustrationer til Klingen, og han kommer ikke hjem lige nu.
+Brev 2: Marie Larsen (Mareje/Ia) og Carl Andresen (Patronen) kommer, og Alhed glæder sig til at vise dem det nyistandsatte hus. Hun vil gerne have pasteller med på udstillingen, og hun skriver priser, som Andreas dog gerne må formindske. Fasanbilledet er dét fra Wedellsborg. 
+Alhed har det godt, tager ikke medicin og er ikke generet af hjertet. Mon Andreas kommer til Båxhult?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZj3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr. Gartner Andreas Larsen
+Kerteminde
+Danmark
+Express
+[På kuvertens bagside:]
+Forsøgt Afleveret Kl 720 Høj
+[Brev:]
+Båxhult 27 Aug 1926.
+Kære Puf.
+Tak for Dit Brev. Jeg kan ikke se hvornaar Du har skrevet det da det er udateret, men det kan forhaabentlig passe, at Du har talt med Esben umiddelbart før han har faaet den Check paa 1000 Kr som jeg sendte ham Dagen før jeg rejste fra Kjøbenhavn. Det var flinkt af Højlund at han saa hurtigt fik Svanerne anbragt. Her er bleven vældigt fint over det Hele. Desværre har vi haft daarligt Jagevejr men vi har da faaet nok at spise og Foch gaar fint. Bryggeren rejser i Dag, jeg tror nok de har nydt at være her. Lysse hentede Bryggeren og mig i Halmstad den 20. altsaa Fredag og om Tirsdagen kom Fru Jakobsen og blev hentet i Landeryd. I Dag er Vejret fint. Med hensyn til Billederne til Odense er det jo ikke nemt at give Besked herfra. Jeg aner jo ikke hvad Frk Klein mener med mange. Men lad hende tage saa mange hun vil, dog ikke af dem der hænger paa Væggene. Dersom Du kunde faa Madsen til at sætte Fasanen og Havebilledet, de staar vist rullet sammen i Roderummet fra Hechts Tourne i ramme, hvis det kan naas kan de jo gaa med lige saa et af Vandbillederne fra Bugten. Paa de Billeder fra i Foraaret er Priserne efter Størrelse 3500 Gæssene, 1500 for Brushønsene og ligesaa det med Kobbersnepper Præstekraver og Ryler. 1200 for de næste, saa 800 og 500 og for de mindste Urhanernes Størrelse 400 for ældre Billeder ligesaa efter størrelse. Kan Du sende mig en lille Papæske der staar uaabnet og indeholder lithografisk Tusch og Kridt sendt af Uttenreiter, muligvis ogsaa hans Brev, paa Bordet i Værkstedet, samt i en Paprulle noget af det Papir (ca 10 Ark) jeg laver Tavler paa, paa Bordet mellem Sofaen og Vaskerummet, det kan Du lade Madsen gøre. Jeg skal nemlig lave 4 Lithografier til Klingen, havde tænkt det kunde naas naar jeg kom hjem, men Din Moder har det saa godt her oppe og vil gerne blive her noget længere. Vi har faaet et fint Flag, som vi flagede med da Fru J. kom. Og det skal op naar Patronen og Marie kommer. 
+Mange kærlige Hilsner Din Far.
+Kære søde Gamle!
+Vi har det dejligt. Du kan ikke tænke Dig, hvor Bryggerens har været søde at have, nu rejser de desværre i Dag, men saa har vi jo Mareje og Patronen til gode, jeg glæder mig meget til at vise Ia Båxhult i ny forskønnet Skikkelse. Jeg vil gærne have nogle Pasteller med paa den Udstilling: den store med [ulæseligt]æbletræet og Gaarden (400 Kr.) det blomstrende Æbletræ med de to Svaner (300) Kallaerne (300) Tøj til Tørring (200) og Drudes [ordet ”Drudes” overstreget] den store Blomsterbuket, der hænger hos Drude – 3-400) men Du maa godt forandre i Priserne, hvis i synes, de er for høje og ogsaa skyde ud, hvis der er for mange. –
+Jeg har det ganske udmærket, har Medicin med, men ikke rørt den, da jeg ikke har haft en Fornemmelse i Hjærtet heroppe. Jeg taaler som sædvanlig glimrende at gaa heroppe, og vi gaar enten Vejret er saadan eller saadan. Mon Du dog ikke nok kører herop og ser til os? Har Du faaet mine Kort? Skriver Du ikke lidt til mig en Dag. Fasanen Din Far skriver om er det store med Hanfasanen fra Wedellsborg, det var rart om det kom med, Kruuse har været varm paa det, jeg tror det maa have forputtet sig i Roderummet (Fuglestuen) eller det brandfri. Nu skal tante Junge have et Par Ord til Fødselsdagen. – 1000 Hilsner Din Mor.
+Lysse har skudt 9 Ænder. De har skudt 10 Tjurer og Urhøns, Ly de fleste.
+Fredag
+Jeg beder Esben sende Penge til Thomsen og 100 Kr. til Løn til Frk. J. og 50 til diverse Husholdn de sendes til Dig.</t>
+  </si>
+  <si>
+    <t>1929-04-13</t>
+  </si>
+  <si>
+    <t>- Brincher
+Alhed Larsen
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Larsen var. Han var formodentlig farvehandler. 
+Slække: Slappe
+Verandaprojektet var formodentlig et arbejde, der foregik på Larsen-familiens gård i Småland. 16. april 1929 skrev Johannes Larsen til Andreas/Puf, at han syntes, de skulle se på sagen med verandaens tag, når de "tog derop sammen". 
+6B er en fed blyant, som oftest bruges til at tegne med.</t>
+  </si>
+  <si>
+    <t>Det har været hundekoldt. Larsen har malet svaner og alliker. Han beder sønnen sende kiler. 
+Larsen takker for frakken og brevene. Han spørger, hvad Puf mener om Lysses verandaprojekt? Hvis Puf er enig med Larsen, kan de godt fjerne taget. 
+Det forekommer Johannes Larsen, at Puf bruger hans dyre tegneblyanter til at skrive med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/leF6</t>
+  </si>
+  <si>
+    <t>Kirkeby 13 April 1929.
+Kære Puf!
+I Forgaars fik jeg Farver og Tusch fra Larsen, lige som jeg havde tabt Taalmodigheden og sendt et Rykkerbrev til ham. Det gjorde nu ikke noget for det var den Dag saa hundekoldt og blæsende at der ikke var til at være nogen Steder. I Gaar fik jeg malet et stort Billede fra Kirkesp[ulæseligt] med fl. Svaner og om Eftermdg lagt et lignende an. Til Mrg var det igen koldt og Blæst saa jeg satte mig i Læ bag Kirkegaarden og malede et lille Billede med Alliker. Kan Du ikke sende mig en Pakke Kiler de store Lærreder bliver saa slække naar jeg har malet paa dem saa jeg ikke kan se hvordan det ser ud. Kom du godt hjem? Traf Du Brincher? Mange Hilsner! Skriv snart! 
+Din Far.
+Tak for Frakken som kom nu; og Brevene, men Vincents var en tom Konvolut, det er jo ikke oplysende. Hvad mener Du om Lysses Verandaprojekt? Det er jo meget godt at han har lavet Bænke og det ser helt pænt ud, men hvad mener Du om Fjernelsen af Taget! Jeg ved ikke, jeg har vist en Gang gaaet med til det, da Din Moder levede og gerne vilde have det væk, men nu synes jeg ligesaa godt, det kan raadne bort. Hvis Du er enig med Lysse maa I godt fjerne det. 
+Det forekommer mig at Du bruger mine dyre 6.B. Blyanter til at skrive med.
+JL.</t>
+  </si>
+  <si>
+    <t>1934-04-07</t>
+  </si>
+  <si>
+    <t>Drude Jørgensen
+Andreas Larsen
+Elena Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Mogensen, stenhugger</t>
+  </si>
+  <si>
+    <t>Busten: Ludvig Brandstrups buste af Alhed Larsen blev sat på en sokkel på hendes grav. 
+Oskullan ligger tæt på skovgården Båxhult i Småland, hvor Johan Larsen og hans familie boede. 
+Ladugården: stalden.</t>
+  </si>
+  <si>
+    <t>En stenhugger har opsat en granitsokkel med bronzebusten af Alhed på hendes grav.
+Drude Jørgensen har givet Johannes Larsen en hundredekroneseddel til Lysse, fordi han har været syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ndFP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7. April 1934.
+Kære Lysse!
+Puf er i Dag i Mesinge og brygge. Else og jeg har været ude med Blomster til Din Moders Grav, hvor jeg har ladet Stenhugger Mogensen opsætte en firkantet Granitsten med den ene Bronzebuste paa. Stenen blev stillet op i Gaar og Busten sat fast i Morges. Den staar saadan:
+[2 tegninger indsat]
+og ser saadan ud:
+Drude var her i Gaar Eftermiddags med en Hundredekronseddel, som hun bad mig sende Dig, hun syntes Du trængte til en Opmuntring fordi Du havde været syg. Her er den. Tak for Dit Brev. Jeg glæder mig til at se Resultatrnet af Din Hugning i Oskullan og Vandet i Dammen bag Ladugården. Her gaar det godt. Vi har haft et dejligt Vejr med Sol og Stille i de 3 sidste Dage, men nu er det Graavejr og SØ Blæst og raat igen som de første Paaskedage. Jeg skal hilse fra Puf og Else og mange Hilsner fra 
+Din 
+Far.
+Ogsaa til Bimse og Peter. 
+PS.
+Jeg forsøgte at faa byttet i Banken men de havde kun 50 svenske Kroner saa nu faar Du en af hver Slags.
+JL.</t>
+  </si>
+  <si>
+    <t>1934-07-13</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alfred Roepstorff</t>
+  </si>
+  <si>
+    <t>Hovrätten er en appeldomstol, der fungerer som anden instans mellem Byretten og Højesteret.
+Lagaskift: Lovændring.
+Höljeryd er Larsen-familiens ene skovgård i Småland.</t>
+  </si>
+  <si>
+    <t>Dokumenterne vedr. Båxhult og lovændringen er bortkommet, men man kan få nye for 2,50 kr. 
+Klaks/Vilhelm Larsens 60 års fødselsdag skal fejres to dage senere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0cU4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1934.
+Kære Lysse!
+Tak for Brevet. Puf siger ar alle Dokumenter vedrørende Båxhult er bleven borte sammen med Handlingerne vedrørende Lagaskiftet i Höljeryd 1845. Saa vi har altsaa ingen Expl. af Lagparten. Men i Forgaars talte jeg med en Hofrättsassessor der er Svigersøn af Dommer Roepstorff som jeg skal male, og han sagde, at vi kunde faa en ny formedels 2,50 Øre, saa det er jo ikke saa farligt. Nu fik vi 11 mm Regn, men det holdt hurtigt op igen. Ellers staar alt vel til. 
+Mange Hilsner fra os alle 3. Muus kom i Dag, vi skal til stor 60 Aars Fødselsdag hos Klaks i Overmorgen
+Din Far.</t>
+  </si>
+  <si>
+    <t>1934-11-08</t>
+  </si>
+  <si>
+    <t>I flere af de foregående breve fra Johannes Larsen til Johan har Larsen klaget over problemer med at få lov til at indføre jagthund og gevær i Sverige. Johan og hans familie boede på Larsen-familiens skovgård i Småland. 
+Larsen kendte flere ved navn Holstein, så det kan ikke afgøres, hvem de omtalte var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået tilladelse til at tage sit gevær med ind i Sverige, så han og Puf tager afsted tirsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RZVT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Aug. 1934.
+Kære Lysse!
+Jeg har nu faaet Papirerne fra Landbrugsministeriet her og fra Stockholm Tilladelsen til Indførelse af Bøssen. Vi venter nu at kunne starte herfra Mandag, forudsat at vores Kilometertæller der var gaaet i Staa kommer i Stand til den Tid. Vi tager saa over Helsingborg Tirsdag tror vi. Her er Storm med Byger i Dag, Puf og Else og Holsteinerne er kørt til Holstenshus for at plukke Kantareller.
+Din 
+Far.</t>
+  </si>
+  <si>
+    <t>1935-02-08</t>
+  </si>
+  <si>
+    <t>Ib Andersen
+Marie Bregendahl
+Christian Engelstoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Jette Polle
+Helene Sachs
+Gustav Wied
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
+"om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
+Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
+Grete Jensen kan ikke finde ud af, om han er gift.
+Jens Jensen er igen på Frederiksberg Hospital. Han kører nu motorcykel.
+Elisa Hansen har dyrket meget selskabelighed. 
+Elisabeth Neckelmann hænger op på Charlottenborg.
+Elisa sender Peter en brandbil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ARYY</t>
+  </si>
+  <si>
+    <t>Kære Bams.
+Nu kunde det være godt med at faa et Brev fra jer og høre lidt om hvordan det staar til; det kan jo udtrykkes i faa Ord; hvis Travlhed og deraf følgende Søvnighed ikke kan præstere mere, er jeg dermed indforstaaet og glad for det. Jeg vilde jo gærne vide hvordan Kviens Barselaffære forløb; Kaninerne bryder jeg mig ikke om, men det gør Peterm. naturlivis og det bøjer jeg mig for. H[ulæseligt] har jo endnu ikke været paa Båxhult, jeg skrev vel sidst, at Pelsen rimeligvis var taget med Bilen til Kerteminde. Gete kan ikke finde ud af, om han er gift eller hur. Sidst hun ringede til ham, var der en Dame, som sagde, at Fruen kom først hjem Kl 12. Han har vist noget at bestille for Tiden. Jens var her forleden for at hente nogle af sine Sager. Ib Andersen er bleven gift, og saa maatte Jens jo trække sig tilbage. Heldigvis er han jo nu igen paa Frederiksberg Hospital paa Dr Polacks Afdeling, hvor han kan godt lide at være, og han er færdig med sin Turnus og har et mere komfortabelt Værelse. Han syntes ogsaa, at det var udmærket for jer at bruge Levertran, han vilde tage noget med op til jer, men det er for længe at vente paa det, saa køb noget naar I faar Lejlighed til at komme til Unnaryd. Ib Andersen har nu overtaget Bilen, og Jens vil atter vende tilbage til sin gamle Kærlighed Motorcyklen. Jeg har i den sidste Tid levet efter mine Begreber meget selskabeligt. Hr og Fru Polles var her til Middag igaar. Det var morsomt at se dem igen. De bor i 2 Værelser ude paa Østerbro Adgang til Køkken og Fru Jette har altsaa den Adspredelse at gaa ud og gøre Indkøb og lave Mad - og spise den. Han, som er Pessimist, Æstetiker og Raakostæder har kun sin Pessimisme at dyrke. Jeg havde raa Hvidkaalssalat, og Kartofler, og hun spiste dygtigt af Flæskestegen saa begge Parter var tilfredse. Men hvor har de sidste Aar præget dem. Hun synger ikke mere, og hendes naive Glæde over god Mad og gamle Venner er saa afdampet. Vi har været en Aften hos Fru Brunsager. Jeg spillede Bridge med Fru Bregendahl (Jeppe Aakjær) hvor hun morede sig over Peters kraftige Bemærkninger som "jeg gir Fan'en i Julen" og andre Klassikere, det var lige noget for Gustav Wied sagde hun ["sagde hun" indsat over linjen]. Hun er desværre stokdøv, men spille Kort, det kan hun, som den drevne Jyde hun er, og knalder Kortene i Bordet, naar hun sidder med de sidste Stik. Her traf jeg to af Familierne nemlig Fru Spa[ulæseligt], en værdig Dame, der ser interessant ud og Helene Sachs begge to Døtre af to af mine Kusiner fra Aarhus. Sisse er i Aktivitet med Ophængning paa Charlottenborg, "men det smider jo lidt af sig" for at bruge et af [ulæseligt ord] Udtryk", jeg antager hun faar 200 Kr for sit Arbejde. På Søndag skal jeg have Aftenparty nemlig Nille som var i Skandinavisk i Rom, Fru Brunsager, ikke Chr med Fru ["ikke Chr men Fru" indsat over linjen] Engelstoft Carla Rasmussen og saa siden og jeg omtaler, for jeg vil ikke tale om det, at jeg har været hos Egebjergs, Gudrun N. m.m saa maa du da indrømme, at jeg har ført et broget Liv. 
+Jeg har en lille Brandbil til Petermand, den kommer til Lysses Fødselsdag. Sæt dig nu paa din Hale og skriv.
+Masser af Hilsener til jer alle 3
+fra
+Mos.
+8-2-35</t>
+  </si>
+  <si>
+    <t>1935-11-13</t>
+  </si>
+  <si>
+    <t>Jens Larsen</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen opholdt sig den sidste tid af graviditeten i København hos sin mor. Johan Larsen var imens på gården Baxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har om natten født hendes og Johans søn nr. to. Han er så stor, at det vakte opmærksomhed på hospitalet. Fødslen var nem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xZp9</t>
+  </si>
+  <si>
+    <t>Onsdag d. 13-11-35
+Kæreste Lysse!
+Saa har vi vores Søn N_o_ 2 paa det tørre, han indfandt sig i Nat Kl 1/2 3 let og næsten smertefrit, skønt han er en ordentlig Kleppert paa 9 Pund og 57 cm længde, han vakte Furore hos alle de bivaanende Jordemoder og hos Overlægen ved Stuegangen i Morges, saadan fik de højst 10 om Aaret, han blev fremvist som fint Exemplar. Han har sparsomt rødligt Haar og er meget langfingret, hans Øjne har jeg ikke set paa nærmere Hold endnu, han holder dem mest lukkede. - Han er knusende gevaldig død.
+Masser af Hilsner fra din Bimsekone.</t>
+  </si>
+  <si>
+    <t>1936-10-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
+Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
+Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
+  </si>
+  <si>
+    <t>Elena Larsen traf ikke Kerteminderne, da hun var på Fyn. De tog ikke telefonen. Hun rejste så med sin mor tilbage til København. På færgen mødte de Johannes V. Jensen, der spiste leverpostejsmad, mens hans kone og sønnen, Emmerik/Em, var søsyge. 
+Elena og hendes mor punkterede på hjemturen og fik hjælp af et par bønder. 
+Jens Larsen undersøger alt i lejligheden og har smadret et par askebægre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJJn</t>
+  </si>
+  <si>
+    <t>Mandag d 26-10-36
+Kære Fasseren!
+Jeg blev rigtignok glad for jeres Breve som kom nu til Morgen, jeg var saa smaat begyndt at ængste mig; men jeg kan jo nok forstaa at jeg ikke er saa nem at faa Ram paa. - Desværre gik it Kertemindebesøg i Vadsken for Guderne maa vide hvor de føjter om. Jeg ringede 4 Gange til dem i Lørdags og een Gang Søndag Morgen med samme negative Resultat: ingen der svarede. Saa kunde det ikke nytte at tage derop, for de maa jo aabenbart være paa længere Expedition, ["," overstreget] siden ogsaa Pigerne er permitterede. Saa tog jeg med tilbage til København i et herligt men stormende Vejr. Paa Færgen traf Vi Johs. V. og Else og Em der havde været nede og besøge Jens. Jeg skal hilse saa mange Gange. Else var ikke rigtig glad ved Søen, hun sad musebomstille i et Hjørne for at beholde det hele indenbords. Ogsaa Em var grøn. Men Jensen spiste Leverpostejmader med Appetit. - Paa Køgevejen punkterede vi med et Brag og maatte afmontere al vores Bagage der var sat fast bagpaa med flere km. Tøjsnor. Selvfølgelig kunde vi ikke finde ud af til hvilken Side vi skulle dreje Skruerne og det saa sort ud for os, indtil der kom et Par Bønderkarle forbi, som foretog sig det fornødne. saa kunde vi rulle videre ad den nye Køgestrandvej og arriverede hertil ["hertil" overstreget] uden videre Uheld hertil, hvor vi blev modtaget af Lis med Bøffer med Løg. - I Dag er Vennejensen ved at tage Lejligheden i Besiddelse, foreløbig er der røget et Par Askebægre, men han gaar ogsaa grundigt til Værks, systematisk og fra en Ende af. Det nytter ikke at man fjerner ham fra det Møbel han er i Gang med at undersøge; selv om man sætter ham i den modsatte Ende af Lejligheden stiler han direkte tilbage til det han var ved. Nu er han heldigvis færdig med Kakkelovne og Boghylder. I Eftermiddag skal jeg have ham anbragt hos Sisse mens jeg gaar i Biografen.
+Jeg er glad ved at du har faaet Harry igen. Det var en ordentlig Omgang Unger den Kanin fik. Mon ikke den anden Hun skal en lille Forlystelsestur ind til Hannen, men det har du selvfølgelig forlystet dig selv med for længe siden din gamle Sybarit. - Ja saa var der ikke andet og mere. Bare en hel Masse Hilsner.
+FRA MOSSEREN.</t>
+  </si>
+  <si>
+    <t>1937-09-13</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Boisen
+Thora Cohn
+Andreas Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Müller, Frk. 
+Christine Swane
+Ane Talbot
+Gunnar Tinesen
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen opholdt sig i England, da hun modtog brevet. 
+Båxhult var en af Larsen-familiens skovgårde i Småland. 
+Det vides ikke, hvem Bent var, og det er uklart, hvem "de små", som nævnes i brevet, var. 
+Overskuddet fra ”Kvindernes Udstilling fra Fortid og Nutid” i 1895 gik til opførelsen af til en kvindernes bygning, som var verdens første større bygning af kvinder og for kvinder. Christine Swane solgte i 1937 maleriet "Udsigt i Tisvilde Hegn" til Ny Carlsbergfondet, som forærede det til Kvindernes Bygning. https://www.kvindernesbygning.dk/kvindernes-bygnings-historie-copy-3/</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0414</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Else Larsen har kørt Johannes Larsen/Las til Båxhult. 
+Marie Larsen har hjulpet med høst, tærskning og brænde. Frk. Müller har været på besøg.
+Erik/Tinge og Mary har fået indrettet en dejlig stue. 
+Christine Swane/Tante Ugle har for de penge hun fik for maleriet til "Kvindernes Bygning" købt en trekant jord, så haven er blevet udvidet. Hun sælger godt, og der kommer snart en kunsthandler på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9eus</t>
+  </si>
+  <si>
+    <t>[S. 2. S. 1 og 3 mangler]
+II
+vi hjem i et vidunderligt Måneskin. – 
+Tirsdag d:24, kørte Puf og Else mig herop, men måtte af Sted med det samme, de skulde næste Morgen køre til Båxhult med Las, de var kun deroppe en Dag sejle hjem over Gøteborg - Frederikshavn og havde haft en lang [”lang” overstreget] dejlig Tur, ikke ret lang, (de var kun borte i 5 Dage) men Puf havde travlt og de vilde heller ikke være saa længe borte fra Børnene; - 
+Jeg tog det med Ro i Kerteminde for jeg vidste jo at Gunnar var her og hjalp dem med Høsten, han rejste Dagen efter at jeg var kommen, så jeg kom ligetilpas til at hjælpe med de sidste Læs Korn og al Rivningen, en Dag har jeg ogsaa hjulpet Tinge med at tærske Rivning; så har Tinge og jeg også båret en vældig Stak Rubrænde i Hus, bagefter savede Tinge alle de tykke Stykker, jeg bar dem ind og bagefter gjorde vi rent i Gården så, den var så fin da Frk. Müller kom, vi har været nogle dejlige Ture mens hun var her, men det har Din Mor vel fortalt Dig om; Tante Ugle har jo været en Uge i Kertem. en Dag var hun her; hun rejste i Går jeg tog derud i Går Formiddags, egentlig skulde jeg have bleven der, men Frk Müller var jo lige rejst så de vilde nødig af med mig også, derfor tog jeg tilbage med 5 Bilen og tager så til Kertem. i Morgen og bliver et Par Dage inden jeg rejser til Birkerød; de små var med ned til Bilen, de var aldeles ens klædt på med hvide Bluser og lyseblaa tærnede Bukser med Remme op over Skuldrene og hen over Brystet, de var aldeles bedårende. – Tinge og Mary har fået en yndig Stue der er rigtignok også Billeder på Væggene, så det kan forslå og hvor er det dejligt, at Din Mor har så god Hjælp at hun kan tage den mere med Ro og ikke være så bunden, som nu da Frk. Müller var her og kunne gå alle de dejlige Ture og vide at der var en der tog sig af det herhjemme. -
+Tænk at I nu snart skal til at vende Næsen hjemefter søde Bibbe, hvor jeg glæder mig til at se Jer, men det bliver vel næppe før til Jul, men der er jo også kun 3 Måneder til, den Tid kan snart gå; bare I nu må få godt Vejr til Jeres Tur så kan det blive interessant og morsomt, mon vi ikke vi får et lille Kort en Gang, mens I er på Vandring?
+Mon Du har hørt at Tante Ugle købte den Trekant Jord bag ved Haven, da hun havde solgt det store Billede til ”Kvindernes Hus”, en Bestilling af Carlsbergfondet; Haven er bleven så dejlig og nu får vi ingen op ad os, selv om der med Tiden bliver solgt nogle Byggegrunde; er det dog ikke dejligt at Uglen nu sælger så godt; hun havde haft Brev fra en Jud [”Jud” overstreget] Kunsthandler i Jylland som før har købt af hende at han gerne vilde købe 4 Billeder, han vilde komme midt i Måneden, det bliver spændende hvilke han vælger, han skal naturligvis have dem billigt, men det må da blive adskillige 100 Kr. – Uglen fik malet 7 Billeder, og nogle Aqvareller ovre i x [Resten af brevet mangler]
+[Skrevet på hovedet øverst på s. 2:]
+d.13 – 9.
+Jeg har set Bent 2 Gange, han var i Kerteminde en Aften mens jeg var der og - Fredagsaften var han her - - I Nat og i Dag har det regnet dejligt 27 mm, det tiltrængtes hårdt så alle er glade, vi håber på mere. Rie.</t>
+  </si>
+  <si>
+    <t>1939-01-02</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Thora Cohn
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Efter at have født sit tredje barn i december 1938 i København fik Elena Larsen brystbetændelse og blev indlagt. Hendes mor, Elise Hansen, passede de ældste børn, og Johan Larsen var hjemme på gården i Småland. 
+Nimrodsevner: "Han [Nimrod] var en vældig Jæger for Herrens Ansigt". 1Mos.10.9.</t>
+  </si>
+  <si>
+    <t>Elena Larsen rejser hjem 10. januar. Det lange sygeleje har taget på kræfterne.
+Elena er imponeret over Johan/Lysse Larsens bedrifter som jæger.
+Johannes Larsen er forkølet igen. Han går ud i sne og frost uden overtøj, så han beder nærmest om at blive syg. 
+Elena har fået hjemmebrygget øl af Johan/Lysse, og det smager godt, men er også stærkt. Hun vil give Ebbe Brandstrup nogle flasker, for han har fortjent det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AMR0</t>
+  </si>
+  <si>
+    <t>2/1 39
+Kære Gamle!
+Det var dejligt at høre din Stemme i Telefonen Nytaarsaften, jeg tror minsandten ikke at vi fik sagt hinanden glædeligt Nytaar, men det er der jo ogsaa Tid til naar vi kommer hjem. Ja Altsaa for at komme til det vigtigste med det samme, saa er Afrejsedagen endelig og afgjort ansat til Tirsdag d. 10de. Jeg kan ikke naa at blive færdig før med Tænderne og alt; det er nemlig mere anstrengende end jeg havde troet at ligge i Sengen saa længe, saa jeg maa tage den lidt med Ro, jeg vil jo helst være rigtig i Vigeur naar jeg vender hjem til dig. - Sikken en Jægersmand du udvikler dig til, jeg husker nok hvor stolt jeg var af dine Nimrodsevner i vor (korte) Forlovelsestid, og pralede af dem til hvem der gad høre paa det, saa det er godt du atter træner dig op, saa jeg igen kan prale med dig som Jæger. - Jeg fik et langt Brev fra Farfar til Nytaar, det er kedeligt med den Forkølelse han har, men han er jo ogsaa et frygteligt Menneske og uforbedderlig, saadan som han render ud den første Dag han er oppe uden Overtøj i Sne og Frost. Jeg skal skrive til Puf og Else i Dag og takke for Øllerne og et nydeligt Fotografi jeg fik af deres Unger. Øllet er aldeles storartet efter min Smag og frygtelig lumsk, inden man ved et Ord af det er man godt snydefuld, vi var alle mer eller mindre omtaagede Nytaarsaften, skønt vi ikke havde drukket mer end 1 Øl hver og kun et Fingerbøl Snaps. I Morgen skal jeg med Drengene ud til Frokost hos Ebbe, saa vil jeg tage nogle Stk Flasker ["Stk" overstreget; "Flasker" indsat over linjen] med, for Ebbe var saa interesseret i Pufs Ølbryggeriet ["Puf" indsat over linjen; "et" i "Ølbryggeriet" overstreget] og det er jo heller ingen Skade til at det hans Øl ["det" overstreget"; "hans Øl" indsat over linjen] bliver kendt i de mere velhavende Københavnske Kredse; nu kommer det vel snart paa Markedet. Det er ellers ikke med Glæde jeg skiller mig af med det, men Ebbe har nu været saa flink, at han nok har fortjent det. 
+Altsaa i Morgen 8 Dage, du gamle Ven, jeg glæder mig gevaldigt. Mange, mange kærlige Hilsner og Kys fra Nisseren.</t>
+  </si>
+  <si>
+    <t>1945-09-05</t>
+  </si>
+  <si>
+    <t>Kaas pr. Lime</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Familien Hostrup-Schultz havde store jordbesiddelser i Midtjylland, deriblandt Kongsø Plantage. Johannes Larsen kendte familien og tilbragte i august 1945 en uge hos dem i Kongsø. 
+Johan/Lysse Larsen og familien boede i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft hold i ryggen i flere uger. Han rejste til Bryrup og Skive, men måtte tage til Faaborg til Christine Rasmussens begravelse og derefter retur til Jylland. Larsen maler akvareller og skal hjem og have gang i bestillingsopgaver. 
+Johan/Lysse Larsen og familien har først nu fået udrejsetilladelse, og de vil have, at Larsen kommer hjem til dem. Han overvejer at søge polititilladelse til at køre derop i bil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQmy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kaas pr. Lime
+[I brevet:]
+Kaas i Salling 5 Septbr 1945.
+Kære Grevinde!
+Det er snart længe siden Du har hørt fra mig. Jeg ved ikke en Gang om jeg har fortalt at jeg laa i 3 Uger af Hold i Ryggen, d.v.s jeg stod op et Par Gange men maatte i Seng igen. Saa rejste jeg til Kongsø ved Bryrup hvor jeg blev forsinket en Uge af Regnvejr og nu er jeg altsaa her. Det er besværligt at rejse. Jeg tog fra Kongsø til Nørre Snede i Bil, derfra med Rutebil til Viborg, hvor jeg overnattede. Næste Dag til Skive med Tog og derfra hertil med Bil. Saa gik der et Par Dage saa blev jeg ringet op fra Kjerteminde, at Etatsraadinde Rasmussen var død og skulde begraves fra Museet i Faaborg, og i Lørdag Morgen tog jeg saa en Bil til Faaborg, overværede Begravelsen og saa af Sted igen, saa jeg var her Kl. 11,15 om Aftnen. Her er vældig kønt og her er Krikænder i Hundredvis og Graaænder i Tusindvis og de første 4 Dage var her en Svane i Søen, her er ogsaa 3 Hejrer. Jeg maler nogle mindre Akvareller men jeg er sløjt gaaende paa Gr. af det forbandede Hold som stadig generer mig. Jeg tænker paa at rejse hjem i næste Uge, da jeg har Bestilling paa 4 Oljebilleder hvoraf jeg havde lovet det ene til først i denne Maaned hvilket altsaa ikke bliver til noget. Lysse og Familie fik ført Udrejse Tilladelse da Høhøsten var begyndt saa den Rejse gik ind og nu vil de endelig have mig derop, men jeg gruer for at rejse. Jeg spekulerer paa at faa en Lægeattest, saa jeg kan faa Politiets Tilladelse til at køre hjem i Bil. Det kneb med at faa Lov til at køre til Faaborg. Nu skal Brevene af Sted
+Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-05-16</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Af et brev skrevet til Johan/Lysse Larsen samme dag som dette fremgår det, at Johannes Larsen og Christa Knuth sammen skulle på besøg hos Johan og Elena Larsen i Småland.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf kører Larsen til Svendborg, hvorfra Larsen tager videre til Knuthenborg. Larsen har bedt Johan/Lysse hente ham og Christa Knuth i Hälsingborg. De kan overnatte i Helsingør eller hos Brønsteds.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tR39</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 16 Maj 1947.
+Kære Grevinde.
+Jeg har nu talt med Puf om Rejsen, og han mener det er bedst, at han kører mig til Svendborg og at jeg saa fortsætter til Knuthenborg o.s.v. Jeg har saa skrevet til Lysse om at hente os i Hälsingborg Fredag aller senest Lørdag før Pintse og meddele hvad Tid han kan være der. 
+Du hører altsaa nærmere fra mig, saasnart jeg har hørt fra Lysse. Tror Du at vi kan faa Hotelophold i Helsingør? 
+Det er Fanden til indviklet Tur. Men det ordner sig vel. Vi kunde vel ogsaa gøre Ophold i Kjøbenhavn, saa kan jeg bo hos Brønsteds og Du kan vel altid faa Plads paa Dit Hotel. Nærmere senere. Mange Hilsner Puf og Else er i Odense.
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1947-05-18</t>
+  </si>
+  <si>
+    <t>Christa Knuth og Johannes Larsen skulle besøge Johan/Lysse Larsen, Johannes Larsens søn, i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christa Knuth skal være i Helsingør fredag. hun hører nærmere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6FTo</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 18 Maj 1947.
+Kære Grevinde
+Dette kom fra Lysse i dag. Det tyder paa at vi maa være i Helsingør Fredag Formiddag. Nærmere naar jeg hører fra Lysse igen
+Mange Hilsner
+JL.</t>
+  </si>
+  <si>
+    <t>1949-09-28</t>
+  </si>
+  <si>
+    <t>Maribo
+Refshalevej</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa på Refshalevej i Maribo. 
+Båxhult er en skovgård i Småland. Elena/Bimse og Johan/Lysse Larsen boede på stedet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København. Han vil komme til Maribo for at male en akvarel til lægen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/22Qb</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde Chr. Knuth
+Refshalevej 
+Maribo
+Danmark
+[På kuvertens bagside:]
+Johannes Larsen
+Båxhult
+Långaryd
+Sverige
+[I brevet:]
+Båxhult 28 Septbr. 1949.
+Kære Grevinde!
+Tak for de fortsatte Forsendelser og Hilsener! Bimse skal en af Dagene til Kjøbenhavn og hente nogle Møbler, som hun har arvet efter sin Moder og saa kører jeg med. Dagen efter vil hun køre mig til Korsør og saa henter Puf mig i Nyborg. Jeg regner saa med at komme til Maribo en Gang i næste Uge for at male den Akvarel til Doktoren. Altsaa hvis det passer Dig. Jeg har da faaet malet en Del, skønt Vejret har drillet mig i den sidste Tid med at være graat naar jeg skulde have Solskin og omvendt. 
+Mange Hilsner ogsaa fra Lysse og Bimse.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-08-21</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Jørgen -, Erikshaab
+Katrine -, Erikshaab
+- Jensen, Frøken, Erikshaab
+Marie Juul
+Hanne -  -, kokkepige Erikshaab
+- Kolding
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+- Leth
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Astrid var sammen med sin søster, Thora, og Hempel Syberg på kurophold i Carlsbad. Globus var navnet på det hotel, som de boede på. 
+"Husene" var landarbejderboligerne, der lå nær gården Erikshaab.
+Nybøllegård er en lille gård i Hillerslev Sogn, Ringe Kommune.
+Alhed, Andreas/Jeppe og Johannes Larsen samt Berta og Ludvig Brandstrup rejste sensommeren 1899 til en af Larsen-familiens skovgårde i Småland. Laura Warberg stødte til dem kort efter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, LW til Astrid 1899-08-21, 2398</t>
+  </si>
+  <si>
+    <t>Det er tørke.
+Kyllingerne er blevet store, og der er også mange æg. Hønsene har frygtelig mange lopper, som man nu prøver at bekæmpe. 
+Christine vil gerne have en killing.
+Andreas/Dede er rejst nu. Han har haft meget glæde af sin båd.
+Alhed og Johannes Larsen er rejst. Den lille græd meget på rejsen i Danmark, men i Sverige var han rolig. Johannes Larsen havde en hund med, og Alhed kørte det sidste stykke med barnevognen.
+Laura Warberg glæder sig til at komme til Sverige. 
+Ellen og Harris Eastman er lykkelige og på rejse.
+Christine lider meget af hovedpine. 
+Laura og en gæst har haft en dejlig aften i måneskin. 
+Der er inviteret til høstfest på Gelskov. 
+Albrecht er rask og glad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P8q0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg
+Globus
+Carlsbad.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 21de
+Kære lille Putte!
+I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
+Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
+[Skrevet langs sidens venstre kant:]
+Vejr her. I vel ogsaa.
+[Skrevet langs venstre kant på brevets side 1:]
++ vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
+[Skrevet langs højre kant på brevets side 1:]
+Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1899-08-30</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+- Kraus
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
+Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
+  </si>
+  <si>
+    <t>Det er trist, at Albrecht er så forkølet.
+Astrid var syg i maven, da hun kom hjem fra Hamburg med Hempel Syberg. Laura har givet hende opium.
+Ellen og Harry Eastman Sawyer turer meget rundt og har det godt. 
+Laura Warberg rejser nok lørdag.
+Der er næsten ikke mere vand i brønden, så de må vaske i åvand på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NB7D</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Gothersgade 129 - ⁴ -
+København K.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 30te
+Kære Abba!
+Jeg blev ked over at høre, at Du er saa forkølet. Paludan sagde rigtig nok, at Du plejer at være ret vel tilfreds med en Forkølelse, da den befrier Dig for en Del Slim. Jeg skal hilse Dig saa meget fra Syberg og Børnene, hvem jeg tog imod i Gaar; de kom 4 ½ over Hamborg, var meget trætte, men i godt Humør. Dr. Kraus mente, at Astrid kom sig nok, tilraadede Massage. Vi kom hjem her i Aftes med sidste Tog og stakkels Putte har været meget syg hele Natten til 6 i Morges, voldsomme Mavesmerter, Diarrhoé og Opkastninger i ét væk. Jeg gav varme Omslag, tilsidst Opium, det hjalp endelig og nu sover hun rolig i Din Seng, men kom ned til mig Kl. 2. Det søde Pus! Hun led meget. Det var vel den danske og tydske Mad, hun ikke kunde taale, og saa den forcerede Rejse. I Gaar kom der et lille bitte Brev fra Elle, hun og East. turer fremdeles meget om og finder alting herligt. Fra Båxhult har Du vel hørt fra Berta og Lud. Jeg har i Sinde at rejse paa Fredag, men I skal ikke gaae paa Banegaarden, da det er meget muligt, jeg ikke kan blive færdig før Lørdag. Vi vadsker først nu, da vi skulde have Astrids Tøj med. Der er næsten ikke Vand i Brønden, saa de maa hente i Aaen. Amstrups har bedt om at maatte vadske her i næste Uge, de har ikke Vand heller. Sidste Nat fik vi forresten endelig en dejlig Regn. Gaarden blank af Vand i Gaar Morges, men der skal jo meget mere til. 
+Ja nu vil jeg gemme mine Beretninger til vi ses.
+Mange Hilsener til Eder alle. Din
+Smaa.
+De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
+  </si>
+  <si>
+    <t>1929-04-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Julius Hviid
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede på Henne Kirkeby Kro under sine jagt- og maleophold ved Fiilsø.
+Ellen, f. Lehn Schiøler, og Christian Treschow boede på Orelund. 
+Det vides ikke, hvem Th var. 
+Thomsen var formodentlig en butiksindehaver i Kerteminde. Primrose tobak var fra C.W. Obel i Ålborg.
+Det er formodentlig verandaen på skovgården Båxhult i Småland, som er på banen i brevet. At Andreas/Puf har tilføjet en kommentar på brevet tyder på, at han har videresendt dette til sin bror, Johan/Lysse, på Båxhult.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde overset Vincents brev. Han er inviteret til Orelund i pinsen. 
+Der er koldt i Kirkeby. Larsen maler to små billeder hver dag. Når Thomsen har solgt sin butik, har han vel ikke haft tid til at sende tobak til Larsen, som er nødt til at ryge Brugsens. Puf må sende noget. 
+Lysse bør opsætte verandaprojektet, til Andreas og Johannes Larsen kommer "derop" og ser på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8uu</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 16 April 1929.
+Kære Puf!
+Vincents Brev var godt nok i Konvoluten men da det er tyndt og har samme Farve, havde jeg overset det i første Omgang. Indlagt er Invitation til Orelund i Pintsen, som jeg har sagt Tak til, og haaber det passer Dig ogsaa. Til den Tid skulde jeg jo gerne være godt i Gang paa Romsø, men da der naturligvis ikke er til at være for Folk i Pintsen er det jo rart at komme derfra. Klip bare Hækken ned. Her er Th’s Brev saa vidt jeg kan se er det hans Mening at jeg skal læse det for Bøttern og Dr Hviid, men saa kan Du jo ligesaa godt laane dem det hvis Du synes. Her er ogsaa Solskin og Frost, men med Undtagelse af i Søndags da det var mildt og ret stille, har her blæst temmeligt forbandet hver Dag, saa jeg gaar omkring hvor der er Læ og maler smaa Billeder. Naa Thomsen har solgt, ja saa er det vel derfor at han ikke har haft Tid til at sende mig Tobak, kan Du ikke faa sendt mig noget, jeg er nu begyndt at ryge Brugsens her. Den hedder Prim Rose. Kan Du ikke skrive til Lysse om Verandaen. X Naar Du mener at Taget skal paa igen synes jeg egentlig der var mer Mening i at opsætte Foretagendet til vi kommer der op sammen Ja nu faar Du ikke mere denne Gang, der er en Del at svare paa og jeg skal jo ogsaa passe Maleriet, jeg holder paa at jeg maa male mindst 2 Billeder om Dagen, naar de er smaa. Mange Hilsner
+Din Far.
+X Jeg mener at det er rart at kunde se begge Dele, saa kan vi bedre bestemme os.
+Puf.</t>
+  </si>
+  <si>
+    <t>1936-07-30</t>
+  </si>
+  <si>
+    <t>Ebbe Branner
+Else Birgitte Brønsted
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte mange, der hed Jens, så det kan ikke aføres, hvem den omtalte Jens var. 
+Bøgebjerg og Langø er lokaliteter på halvøen Hindsholm nord for Kerteminde.
+Det er uklart, hvem Reservebaronen var. Fritz Syber blev kaldt Baronen. 
+Svensk irisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte bare fuglen for en svensker.
+Olshult er beliggende ved Långaryd og Båxhult i Småland, hvor Johan Larsen med familie boede.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf er ude at sejle og sove i telt. 
+Johannes Larsen spørger, om Johan/Lysse vil hente ham.
+Rosenbedet omkring flagstangen er lavet om til en dam.
+Der er mange fugle i haven. En sortrygget, engelsk vipstjert er set med unger, og det er første gang, den har ynglet i Danmark. Undulater har der også været i haven. 
+Det er ærgerligt, hvis Olshulterne får jagtretten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AthZ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Johannes Larsen
+Kierteminde
+[Håndskrevet:]
+30 Juli 1936.
+Kære Lysse!
+Jeg lukkede Pufs Brev op i Gaar da han er ude at sejle i min Jolle. I Gaar Nat overnattede han lidt N for Bøgebjerg i Telt og i Gaar var han kommen om til Langø hvorfra han ringede og Else og Mudi var ude at se til ham i Bilen. Mornine og Putte er her. Jeg har nu skreven til Ebbe og forklaret ham at hans Besøg ikke kan finde Sted før om Midten af Septbr, men at jeg deroppe fra skal lade ham vide naar jeg rejser hjem. Jeg tænker paa at rejse op til Jer et Par Dage før d 26 Aug. Var det ikke muligt at Du kunde komme herned og køre mig op. For Puf er rimeligvis til den Tid ude at sejle med Jens der har faaet bygget en dejlig Baad, som vi var nede at se sidste Lørdag og kom hjem Søndag, nej forrige Søndag, Tiden gaar. De skulde have sejlet 1st Aug. da Jens faar Ferie men nu er der kommen Besked om at det først kan blive midt i August da hans Overlæge er bleven syg i Kjøbenhavn Jeg ved ikke om vi har fortalt at vi har lavet Rosenbedet om Flagstangen om til en Dam der holder godt paa Vandet i hvert Fald saa længe det regner, andet ved vi ikke endnu. Der kommer en hel Del Smaafugle og samler sig Solsorter Stære Stillitser Irisker Svensker Bogfinker Guldsp. o.s.v. men den mest celebre er en sortrygget, engelsk Vipstjert ♂ der er kommen hver Dag i de sidste 14 Dage – og i den senere Tid af og til med store Unger og en enkelt Gang Hunner for et Par Dage siden desværre fløj den strax jeg fik den i Kikkerten saa jeg kunde ikke blive klar over om den var af samme Race eller det var en alm Vipstjert i Dag var den her igen men den havde vasket sig pjaskvaad saa jeg kunde ikke se hvordan den saa ud, hvis den er samme Slags om Hannen er den første Gang de er truffet ynglende her i Landet. Vi har haft et Par Undulater i Forhaven en 3 Ugers Tid og da det var 2 Hanner anskaffede jeg et Par Hunner til dem, saa blev den ene væk, nogle Dage senere kom Reservebaronen med den bortfløjne som en Mand nede i Byen havde fanget, den blev nu sat ind i Buret til ♀♀ og et Par [”og et Par” overstreget] Min imidlertid havde den fritflyvende Han selv skaffet sig en Hun som den forsvandt med efter nogle Dages Forløb, saa nu har vi kun de 3 i Buret som jeg nok tror er 3 Hanner Det gør naturligvis ingen Ting hvis Jagtselskabet ”Lycken” lejer Haröhult, det er ikke det jeg er bange for, men der var jo tale om Olshulterne der bød saa rasende og det var jo lidt af en Ulykke om de fik den. Else er paa Lindøgaard Med Mornine og Putte. Mange Hilsner til Jer allesammen 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1938-11-29</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Elise Hansen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Den nyfødte pige, Alhed Maria, var Elena og Johan Larsens tredje barn. Elena opholdt sig udover på fødeklinikken hos sin mor i København. Moderen passede storebror Jens. Faderen og den ældste dreng, Peter, var på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har født en lille pige. Hun var de første par dage blårød over hele kroppen. Elena er stadig på fødeklinikken, og hun læser Den Lange Rejse. Hun beder Johan Larsen sende deres vielsesattest, som skal bruges, når fødslen bliver anmeldt. 
+Elena minder Johan om at vande hendes blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UmiQ</t>
+  </si>
+  <si>
+    <t>Tirsdag 29/11 38
+Kære lille Lyse Larsen!
+Det er nu alligevel en sød lille Pige du har faaet dig, hun var saa blaarød over det hele de 1ste to Døgn men det har nu fortaget sig; og saa er hun begyndt at lukke Glukkerne op, saa at jeg har kunnet konstatere Øjenfarven: blaa. Jesse har lige været inde og se hende og er vist tilfreds, Mor siger ihvertfald at han snakkede meget og med yndig Stemme om "min lille Søster." Strax da de ringede her fra Kliniken og Jens ved Telefonen havde hørt dem tale om en lille Pige var han styrtet ud til Entrédøren og rusket i den, han vilde se sin lille Søster. - Der maa forøvrigt ikke komme Børn herind saa jeg ser desværre ikke mere til ham førend jeg kommer hjem. Jeg ligger ellers og befinder mig vel, jeg er ved at læse den lange Rejse og er snart færdig med Bræen. I Gaar skrev jeg til Farfar og meddelte ham Resultatet. - Det er sandt, vil du med første Post sende mig vores Vielsesattest, den skal bruges ved hendes Anmeldelse til Fødselsregistret som skal ske med det samme. Send den her til Fødeklinikken Jagtvej 111. Kbhvn N. - Husker I mine Blomster? Der staar ogsaa en lille Urt i den grønne Stue, det var den der havde de mange lilla Blomster og som du skar ned til et Minimum.
+Petermanden er rigtignok flink til Skriveriet, Bes sendte ham vist en Trøst- og Opmuntringspræmie for hans Tand i Gaar. Jeg sendte en Flaske D[ulæseligt] inden i Aviserne, den var vel ikke gledet ud? - Nu har jeg ikke Tid længere, Tøsen hyler som en stukken Gris, hun er sulten og skal have Mad. Ellers er hun meget stilfærdig.
+Mange mange Hilsner til jer begge to og et Kys til hver fra
+Mosseren!</t>
+  </si>
+  <si>
+    <t>1938-12-11</t>
+  </si>
+  <si>
+    <t>Jean Borotra
+Christian Boussus
+Ellen Brønsted
+Peter Hansen
+- Hecht-Petersen
+Anker Jacobsen
+Frithiof Kemp
+Peter Andreas Larsen
+Marie Neckelmann
+Helge Plougmand
+Ada Tutein
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Elena Larsen opholdt sig hos sin mor i København, fordi hun netop havde født sit tredje barn, Alhed. Imens var Johan Larsen og den ældste søn, Peter, hjemme på gården Båxhult i Småland. 
+Viggo er muligvis Viggo Winkel.</t>
+  </si>
+  <si>
+    <t>Den lille pige ligger nu og kigger. 
+Elena Larsen har overværet nogle spændende tenniskampe. 
+Kemp har sendt Bes nogle penge, som hun havde tilgode. Elise Hansen har fået besked fra en sagfører om, at svindleren Hecht er kommet til penge og nu vil betale noget, som han skylder hende. Hecht solgte engang nogle billeder for Peter Hansen og beholdt selv pengene. 
+Elena beder Peter om, at tage nogle ting med fra Båxhult til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pUXH</t>
+  </si>
+  <si>
+    <t>11/12 38
+Kære Gamle!
+Tak for Brev, du er en rigtig Flinkenes til at skrive og jeg havde dog befrygtet, at Pettermandens Selskab vilde holde igen paa Skriveriet. Saa faar jeg tværtimod baade i Pose og Sæk, baade fra dig og Knægten. - I Dag har vi saa en sorts Fødselsdag, idet Søster jo egentlig burde have holdt sig tilbage indtil nu, hun fejrer Dagen ved at ligge og kigge sig om i Verden, tidligere har hun bare sovet saasnart hun var færdig med Maden. Hun er sød og ligner nu en lille kinesisk Dukke. Hun er meget skikkelig. 
+I Forgaars var jeg med Kylle ude i K.B. Hallen og se Plougmand - Boussus og Anker Jacobsen - Borotra. Det var mægtig spændende og sjovt at se Tennis praktiseret igen. Som du vel har hørt i Radioen vandt Danskerne begge Kampene. Desværre trak den 1ste Kamp saa længe ud at jeg maatte gaa hjem da jeg havde set 1ste Sæt af Anker J. - Borotra og det var den mest spændende og blændende Kamp. Han spiller fænomenalt, Anker J. baade ved Net og i Baggrunden. I Gaar tabte Danskerne i double og i Dag skal det saa afgøres hvem der gaar med koning Gustavs cup. Da en af Kampene staar mellem Boussus og Anker J. tror jeg danskerne gaar af med Sejren.
+I gaar og i Dag har jeg holdt mig lidt i Ro ovenpaa de foregaaende Dages Strabadser, ligget længe om Morgenen og sovet længe til Middag som en rigtig Divaneser. - I Morgen skal jeg til at ringe lidt fra Telefonen bl.a. til Fru Tutein. Apropos saa fik Bes forleden tilsendt de resterende 400 Kr af Viggos Gæld fra Kemp, han har som sædvanlig ikke ladet Lejligheden gaa fra sig. Men jeg har ikke meget Haab for Peter, der bliver bestemt ikke 400 Kr tilbage til ham. - Mos har i det hele taget haft meget ud af sine dubiøse Debitorer i denne Tid, hun fik pludselig Brev fra en Sagfører i Faaborg som for mer end 100 Aar siden havde i Kommision at faa presset nogle Penge ud af en Svindler Hecht som havde solgt en Mængde Billeder af Fars og derpaa brugt Pengene. Der var endnu en Gæld paa et Par tusind som Mos jo aldrig havde drømt om at se en Øre af. - Men saa kommer altsaa det Brev fra Sagføreren med Meddelelse om at Hecht var kommen til Penge og nu skulde han se at faa Restbeløbet ud. Foreløbig havde Hecht tilbudt 1000 Kr til Afvikling men Sagf. mente nok at han kunde presses noget mere. Det betaler sig altsaa til Tider at have med Svindlere at gøre. - Kan Pettermanden tage Kylles Fotografiapparat med, det laa paa det sorte Bord i Salen. Samt en Svinelædershandske, som han finder i en Skuffe i Soveværelset, vist den øverste i Skuffemøblet. - Masser af Hilsner til begge mine gamle Drenge fra Mossen.</t>
+  </si>
+  <si>
+    <t>1938-12-27</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Elise Hansen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Elena og Johan Larsen kaldte Johannes Larsen for Chefen. Det er uklart, hvad "røget Bukse" er for noget. 
+Barnet, som i brevet bliver kaldt Abelone kom til at hedde Alhed Maria. Elena Larsen fødte hende i København og fik derefter brystbetændelse, hvorefter hun var indlagt i juledagene. Den ældste søn, Peter, kom til Købehavn få dage før jul. Johan var på gården i Småland. 
+Den Lange Rejse er en romancyklus af Johannes V. Jensen. Sjette og afsluttende bind i denne cyklus hedder Christoffer Colombus.</t>
+  </si>
+  <si>
+    <t>Det er Johannes Larsens fødselsdag. Elena Larsen vil, når hun kommer hjem, sende ham blandt andet elgkød.
+Den lille har nu suttet af det dårlige bryst, for det er nu ved at være rask. Det er drøjt at ligge i sengen. Elena læser Johannes V. Jensen. 
+Alhed/Lomme Brønsted vil have Peter Larsen med til Birkerød. 
+Det sner, og Elena håber ikke, at det vil give problemer med hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yVIN</t>
+  </si>
+  <si>
+    <t>27/12 38
+Kære Gamle!
+I Dag er det saa Chefens Fødselsdag til Lykke med ham, jeg fik ikke skrevet men naar jeg kommer op og hjem vil jeg sende det Stk Elgkød og desuden en røget Bukse af den Slags vi delikaterede os med i Fjor, jeg tror ikke Las kender den og det kan jo være det er noget han vil lægge sig efter. - I Dag er der sket gode Fremskridt her paa Pladsen idet Abelone er blevet lagt til det daarlige Bryst som altsaa nu er saa godt som raskt og virkelig fik sig en Taar. Og i Morgen skal jeg op, det er heller ikke et Øjeblik for tidligt for nu var jeg lige ved at tabe Taalmodigheden, det er drøjt i Længden at ligge her, naar man føler sig saa frisk som en Fisk og ogsaa er det. - Jeg har læst den lange Rejse paanær Christoffer Colombus, som Mor har med i Dag; det er en herlig Samling Bøger, vi maa til at dyrke Johs. V. noget mere, man staar jo sig selv i Lyset, ved ikke at læse ham.
+Lomme var her i Gaar, hun vilde have Peter til Birkerød nogle Dage, jeg sagde at det maatte hun snakke med Mor om, men jeg tænker han er derude nu. - Her har det sneet meget i Nat, jeg haaber ikke Sneen skal lægge Hindringer i Vejen for vores Hjemrejse for nu har der ved Gud været Hindringer nok.
+Nu er der vist ikke mer at berette i Dag saa du maa have saa mange kærlige Hilsner
+fra din
+Hømikke.</t>
+  </si>
+  <si>
+    <t>1938-12-28</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Alhed Marie Brønsted
+Elise Hansen
+Jesper Hansen
+Bera Jensen
+Burmand Jensen
+Jens Jensen
+Lykke Jensen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Efter at Elena havde født sit og Johan Larsens tredje barn i København fik hun brystbetændelse og blev indlagt. Elenas mor, Elise Hansen, passede de to ældste børn, og Johan Larsen var hjemme på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen er begyndt at komme lidt op af sengen.
+Lykke Jensen har været på besøg med sin lille datter, Bera.
+Peter Larsen er taget med Alhed/Lomme Brønsted til Birkerød. 
+Elena håber at kunne rejse hjem om to dage. Ebbe Brandstrup vil dog ikke svare på, hvornår hun kan blive udskrevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0JVY</t>
+  </si>
+  <si>
+    <t>18/12 38
+Kære Lysse!
+I Dag skal jeg saa op og movere mig, jeg var oppe og vaske mig i Gaar Aftes og i Morges for at træne. I Gaar var jeg noget dinglende og slatten i Benene men allerede i Morges var jeg fuldt mobil igen. - Jeg skal hilse dig mange Gange fra Lykke, hun var her i Gaar og præsentere Bera, det er en dejlig tyk og mild Unge som er en rigtig Jensen, lys i Teinten og hvidhaaret. Hun er 1 1/4 Aar og snakkede en Masse, det lød som hun sagde lange Sætninger, men det viste sig dog, at ingen forstod hvad hun sagde. Nu skal de igen have Barn i April. - I Gaar tog Peter saa med Lomme og Børnene ud til Birkerød, hvor han kan more sig dejligt med Jesper og Tim i det gode Vejr, i Dag er det nemlig for en Gangs Skyld Solskin og Stille. - Jeg glæder mig til Mors Ankomst i Dag, for jeg venter mig flere Breve fra dig, du gamle, der har aabenbart været Kludder i Juleposten, det Brev der var fra dig i Gaar (d. 27de) var dateret d 23de, det er langsommelig Postgang. Nu venter jeg mig at komme hjem senest i Overmorgen saa begynder jeg hos Tandlægen paa Mandag og laver hende kun lave det allernødvendigste, saa du har os nok igen engang i Slutningen af næste Uge. - Nu var Ebbe her, han vilde ikke give mig noget bestemt Tilsagn om Hjemkomst, han vilde være sikker paa at det ikke kunde komme igen. Puh, ["Puh" overstreget] har, man skal aldrig lade sig indlægge paa Hospitaler, der slipper man ikke ud af igen. - Nu skal du have Farvel for i Dag og 1000 Hilsner og Kys fra
+Nissepigen</t>
+  </si>
+  <si>
+    <t>1947-07-29</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Hans Hvass
+Johannes V. Jensen
+Tage la Cour
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Aage Marcus</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T var. Billederne til Aarhus var muligvis til en tidligere omtalt Hr. Kjær, som heller ikke kendes. 
+Hans Hvass; Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustreret af Johannes Larsen.
+En Hilsen til Johannes Larsen paa 80-Aars Dagen. Gyldendalske Boghandel 1947. Tage la Cour og Aage Marcus (red.)
+Johannes V. Jensen: Aarstiderne. Gyldendal 1924 og 1947. Digte af Johannes V. Jensen, tegninger af Johannes Larsen
+Peter Larsen, Johannes Larsens barnebarn, voksede op på gården Båxhult i Småland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har afsendt billeder og lavet tegninger til Johannes V. Jensens Aarstiderne. Han har også tegnet til Hans Hvass' bog. Nu vil han arbejde på søbilledet. 
+Tage la Cour og aage Marcus arbejder på et festskrift i anledning af Larsens 80års dag. De vil gerne trykke et selvportræt, og Larsen beder Christa Knuth sende hendes ind til Gyldendal til reproduktion.
+Peter har været på besøg. Han havde været på Båxhult og beretter derfra.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IRXy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 29 Juli 1947.
+Kære Grevinde.
+Ja nu begynder jeg altsaa at skrive. Udenfor regner det. Jeg var i Odense i Gaar og havde Fru Mackie og Christiansen med. Jeg har faaet afsendt de Billeder til Aarhus og en mindre Bestilling til en Fru T[ulæseligt] og har lavet et Par nye Tegninger til Johs V´s ”Aarstiderne” der skal komme i en ny Udgave og tegnet en 4-5 af de gamle Illustrationer om saa at det hele bliver mere ensartet. Til Hans Hvass nye Bog har jeg gjort de i Avisen færdige Tegninger klar til Bogen og tegnet en Del nye saa jeg nu kun mangler en 14-15 Stkr. Saa nu er jeg snart klar til at begynde paa det store Søbillede igen. Jeg fik i Gaar brev fra Tage la Cour, der redigerer, sammen med Aage Marcus, et Festskrift der skal udkomme hos Gyldendal i Anledning af min 80 Aars Fødselsdag. Han beder om at laane et af Selvportrætterne til Bogen. Jeg ved ikke selv hvilket der er det bedste, men formoder at Dit vil egne sig bedst til Reproduktion, desuden er jeg bange for at det skal give Anledning til Jalousi dersom jeg vælger et af dem her i Byen. Saa dersom Du gider have den Ulejlighed at sende Dit ind til Gyldendal til Reproduktion vil jeg være Dig taknemmelig. Jeg havde Besøg af Peter i Forgaars Aftes han havde været paa Båxhult hvor alt stod godt til, med Undtagelse af at han mente at alle Frugttræerne var gaaet ud paa 3 nær. De havde faaet sat grønne Fliser op i Badeværelset. Her gaar det ogsaa godt. Vi venter saa Puf og Else hjem d. 11 August. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1921-10-09</t>
+  </si>
+  <si>
+    <t>Kallehave</t>
+  </si>
+  <si>
+    <t>Kalvehave, Vordingborg
+Nykøbing F
+Hyllekrog</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis sejler med bæltbåden Rylen for at gøre studier til bogen De Danskes Øer. De er snarere i Kalvehave ved Vordingborg end i Kallehave på Als. 
+Petersen er maleren Carl V. Petersen, som i september 1921 sejlede med på Rylens tur til Smålandshavet (omtalt på side 245 i Porsmose bog). 
+Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Achton Friis har købt en jolle, som nu er ombord på Rylen. 
+Johannes Larsen beder Alhed Larsen om at leje de samme rum som sidste år på Den Fri udstilling i februar.
+Achton Friis bliver sat i land i Nykøbing Falster, og Johannes Larsen påtænker herefter at sejle til Hyllekrog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9uBC</t>
+  </si>
+  <si>
+    <t>Kallehave 9 Octbr 1921
+Kæreste Alhed!
+Tak for Brevet Lørdag Aften. Men jeg kunde altsaa først svare i Dag. Vi ligger her for at faa Post og har taget en lille Jolle om bord som Friis har købt. Ja Du maa leje den Fri Udstilling (De Rum jeg havde i Fjor) for 14 Dage eller 10 Dage helst omkr. Midt af Febr. Men Begyndelsen kan gaa an. Vi sejler nu ned gennem Guldborgsund og sætter Friis af i Nykøbing i Mrg. Hvis Vejret er godt kan det være at Petersen og jeg sejler hen og ser lidt paa Hyllekrog. Du skal ikke jage for min Skyld der er jo ingen Ulykke i om jeg kommer først hjem. Nærmere i Mrg.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1927-09-20</t>
+  </si>
+  <si>
+    <t>Willemoesgade, København
+Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Michael Ancher
+Alhed Marie Brønsted
+Vagn Jacobsen
+Else Jensen
+Johannes V. Jensen
+Christine  Mackie
+Kjeld Tutein</t>
+  </si>
+  <si>
+    <t>Villa Svastika blev opført på Strandvejen nord for København i 1926 af brygger Vagn Jacobsen med Povl Baumann som arkitekt og med et prægtigt haveanlæg udført af G. N. Brandt. Byggeomkostningerne var dengang et uhørt stort beløb på 1 million kroner.
+Symbolet “Svastika” var den gamle brygger Carl Jacobsens lykketegn og endnu ikke tilsmudset af Hitler. I 1962 blev Svastika solgt for 200.000 kr. for at blive mondænt sommerhotel, Men planen blev aldrig udført. Efter en lang strid i Hørsholm Kommune, blev den prægtige villa revet ned i 1983, efter at en fredning af den kun 57 år gamle ejendom havde vist sig umulig.
+Maleren Michael Ancher døde 19. september 1927. 
+Alhed Larsen var død en lille måned før, at brevet er skrevet. 
+Johan Larsen (Lysse) boede, mens han gik på Landbohøjskolen, hos sin moster og hendes mand på Willesmoesgade i København. 
+Båxhult var og er Larsen-familiens skovgård i Småland, Sverige. Man gik meget på jagt under opholdene på dette sted. 
+Det vides ikke, hvem den omtalte Andersen var. Larsen-familien kendte mange af det navn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er rejst til Villa Svastika. Der skal sendes krans til Michael Anchers begravelse. Haglbøsserne må også sendes. Johannes Larsen vil til Båxhult og har flere ideer til, hvem der kan tage med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pqRh</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Andreas Larsen
+Møllebakken
+Kjerteminde
+Expres
+[På kuvertens bagside:]
+Joh. Larsen Willemoesgade Ø
+[I brevet:]
+20/9 – 27
+Kære Puf.
+Far er i Em. rejst til Svastika og har bedt mig om at ringe til dig og bedt dig lade Kjell sende en Krans til Anckers Begravelse men jeg har glemt det indtil nu og sender dig derfor [ulæseligt ord]. Du faar det vel Onsdag Form Kan du saa ikke til Middag ringe til Karsten Nyborg og bede ham sende Bøsserne (kun Haglbøsserne) til Willemoesg. omgaaende ulæselige ord. Nøglerne til Båxhult har vi ikke faaet med, men dem kan vi jo faa sammen med en el. to af [ulæseligt ord] og maaske Hr [eller frk.?] Andersen, som Far tænker paa at faa med her han kan faa Bryggeren og [ordet ”og” overstreget] til at tage med. Maaske vil han, hvis de ikke kan, have Johs. V’s med, men om alt dette skriver han nok en af Dagene, naar Posten er [ulæseligt ord] Kun nu saa meget af dette. Mange Hilsner til Kjell, Meme og dig selv fra Lysse
+Alle hilser!
+[Øverst på brevet og på hovedet:]
+Hilsen fra Lomme!</t>
+  </si>
+  <si>
+    <t>Sensommer 1905</t>
+  </si>
+  <si>
+    <t>Fyns Hoved
+Klintevej 213, 5300 Kerteminde, Danmark
+Broløkke, Kerteminde
+Rynkeby, Kerteminde
+Sct. Laurentius kirke, Kerteminde</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Søren J
+Andreas Larsen
+Johan Larsen
+Karl Schou
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Truntehuset er et hus på Klintevej syd for Kerteminde. Det tilhører herregården Lundsgård. Engang var der salg af kaffe og the m.v. i bygningen.
+Det er uvist, hvilket barn på 8 pund, der er blevet født.
+"Hovedet" er den yderste spids af Fyns Hoved. 
+Selskabet har drukket kaffe "oppe i Skoven": Der var servering både i Skovpavillonen og i Louisenlund i Lundsgårdskoven på den tid. 
+Broløkke er en herregård, der ligger lidt nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alheds søster, Louise er på besøg med sin mand, Brønsted (Magisteren), og de tager på udflugter, får kaffe, cykler tur, spiser på hotellet og synger tostemmigt på Torvet. Alhed Larsen og gæsterne har også været i hestevogn til Fyns Hoved. De brød ind i Sybergs hus for at komme i tørvejr. 
+Alhed Larsen og drengene har fået en ugle fra Broløkke. Den får lunge at spise.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M0Oc</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg kigger hver Dag om der ikke skulde være et Par Ord fra Dig. Vi har det alle godt, Magisterens kom Dagen efter, I var rejst, vi more dem paa alle mulige Maader. Første Dag tog vi dem til Truntehuset at drikke Kaffe, yndigt Vejr. Dagen efter cyclede Mag. og jeg til Rynkeby, de andre tog med Toget, der er kommen en dreng paa 8 Pund, alt staar godt til. I Gaar tog vi til F [ordene overstreget fra ”I”] Lørdag Aften gik vi paa Hotellet og spiste til Aften og drak Likører til Kl. 12, da vi gik derfra, stillede vi os op paa Torvet i Kirkedørsnichen og sang 2 stemmige Sange og samlede Opløb af alt hvad der endnu var paa Gaden, hvilket ikke var saa meget. I Gaar tog vi til Fyns Hoved, kørte Kl. 10 med Søren J’s Char à banc spiste i Kunstnerens Hus, mens Regnen strømmede ned, vi brød derind ved at tage Maven ud, senere klarede det af og vi gik en lang Tur ud paa Hovedet, hvor der var pragtfuldt, vi plukkede Evighedsblomster til en ny Guirlande. – I Dag har vi været oppe i Skoven at drikke Kaffe og fotografere Bordene! Værten var beæret.
+Nu gaar vi ud paa Hotellet og drikker en Thepunschssjus, saa Du ser, vi more dem det vi kan, Magisteren rejser i Morgen, Lugge bliver endnu et Par Dage. Jeg haaber I har det storartet deroppe, jeg glæder mig meget til at høre noget deroppe fra. Hils Lud mange Gange. Skriv nu et Par Ord. Du maa ikke sige til Skovs at vi har taget Bordene, de skal have [resten af teksten er skrevet ind på tværs over ”Kæreste Lavsi!”] et Kort med dem paa. Vi har faaet Uglen fra Brolykke, Drengene gik op og hentede den, den faar Lunge. 1000 Hilsner fra Din A.
+Mandag Aften</t>
+  </si>
+  <si>
+    <t>Endnu et brev fra Andreas/Puf Larsen til Johannes Larsen 1936 omhandler anmeldelsesblanket til en udstilling i Odense (Fyns Forum), som er ankommet til hjemmet i Kerteminde, mens Johannes Larsen opholder sig i Sverige.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen sender Johannes Larsen anmeldelsesblanket til udstillingen i Odense. Andreas beder om titler på værkerne, og han vil skrive mål på blanketten samt sætte nummersedler på billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZNEv</t>
+  </si>
+  <si>
+    <t>Kære Far.
+Vedlagte Kort kom igaar og Brevet, som jeg tilfældig fandt idag, maa være kommet lige efter du er rejst herfra. Hvis det er dig om at gøre at faa noget med, kan det vel nok naa sig. Navnlig med Jeres nye forbedrede Postgang; dit sidste Brev dateret og poststemplet i Sverige den 3. havde vi her den 4de om Morgenen. Enten du vil have noget paa Udstillingen eller ej, vil du saa ikke nok svare med det samme, saa jeg kan lade dem vide i Odense hvad de har at rette sig efter. Numrene til Paaklæbning har jeg beholdt her og den eventuelt udfyldte Anmeldelsesblanket maa du jo hellere sende til mig kun med Titlerne, saa skal jeg maale Billederne. Alt vel.
+Hilsen fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1903-12-25</t>
+  </si>
+  <si>
+    <t>- Eckmann
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+Axel Muus
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Gamle Kirsten bor på Brandåsen i nærheden af Høljeryd. Muligvis også gamle Johanne.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Johannes Larsen. Tak for julegaverne. Beretning om julen på Høljeryd. Johannes Larsen kan forvente besøg af Muus, som vil have ham med på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HLAx</t>
+  </si>
+  <si>
+    <t>Høljeryd Juledag [1903-12-25]
+Kjæreste Johannes – Tillykke paa Fødselsdagen og alt godt vil vi ønske dig i det kommende Aar; du naar ikke at faa Brevet om Søndagen for det maa komme med Kirkefolk imorgen og først afsted fra Landeryd med Aftentoget, men det bliver velkomment alligevel.
+Saamange Tak for Julegaverne som rigtig skal smage os i disse Helligdage, fortæl dog dine søde smaa Drenge at Figen og Dadlerne rigtig glædede mig men jeg vilde helst have smagt de Pebernødder lille Puf sad og trillede og skar
+Jeg saa det alt sammen saa tydeligt, ja kunde I dog ikke mærke jeg var omkring Eder, Tak kjære Las og B at I havde de 3 andre Børn ovre hos Eder Juleaften, det var godt Vilhelm kom hjem. Hils ham og de andre mange Gange de skal faa Brev til Nytaar fortæl Alhed, at jeg har pyntet mig med det nye smukke Forklæde. Nu skal du høre lidt om vores Juleaften Uglen og Faer drog ud for at lede efter en Julegran endelig mødte de en paa Brandaasen som faldt i hendes Smag. Igaar Formiddags gik hun med Eckmann op, imedens han fældede Træet gik hun til gamle Kirsten med Julegave. Hvedemel Kaffe og Sukker gamle Johanne fik ligedan, saa herhjem at sætte den i Foden imedens jeg lavede Maden pyntede hun Træet, det blev meget smukt Æbler Glimmer og Næt og Hjærter kun i to Farver gult og hvidt Kreppapir med Lys seer det saa japansk ud; Ja I har Ret det er godt at Uglen er her ellers troer jeg det havde bleven meget svært for mig nu gik det, vi fik Haresteg og Grød, og vi levnede saameget at vi spiste i dag til Middag og [Knasengrød] det var saa dejlig nemt
+Det var da morsomt for Eder at Skous kom de var saa glade i Fjor – hils dem fra mig. Her sidder Fader med en Bog og Uglen med en Bog, saa er her saa god Lejlighed til at lade Pennen fare afsted her er bleven forandret noget i Kontoret hvor vi holder mest af at sidde; de 2 halve [runde] Borde der stod i Gangen har hun sat ind foran Sofaen til Spisebord og Spillebordet staar under Vinduet med alle mine Blomster, Juletræet staar for Enden af Skriverbordet, nyt Tapet kommer her paa Væggene; det glæder jeg mig til, for dette er forfærdeligt grimt, det bliver nu efter Jul, I skal nok faa en Prøve sendt over, naar der bliver en Stump.
+Vejret her er tykt, men ikke megen Frost. Akslen til Saven er kommen til Landeryd, saa bliver det ikke mere Vinter end det er nu kan der vel begyndes efter Nytaar, at der kan blive rent i Dammen
+I kan vente Muus op hos Eder naar han kommer ned til Byen, 3 Juledag skulde han til Østergaard paa Rævejagt, han vil vist ud til Fynshoved paa Strandjagt, der vilde han vist have dig med; han var glad ved at rejse hjem; men jeg er ogsaa glad ved at komme igjen Fru Larsen, han trives godt i Smaaland.
+Hils nu alle de andre fra os jeg levnede denne lille Plads til Faer, men han saarer mig nu, hils ham og ønsk ham tillykke fra mig, han veed jo at jeg sender ham alt Godt hils og [kys] dine Kjære fra gamle Farmor som er ligesaa meget hjemme som her.
+Sig til Vilhelm at hans Brev kom Juleaften saa vi havde Jer allesammen. Hils tilligemed Adolphs og Maries og Eders</t>
+  </si>
+  <si>
+    <t>1925-06-22</t>
+  </si>
+  <si>
+    <t>Godhåb</t>
+  </si>
+  <si>
+    <t>Godhåb, Grønland
+Orkney Øerne
+Shetlands Øerne
+Kap Farvel, Grønland</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Gudrun Larsen
+Johan Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+John Møller
+Knud Oldendow
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>Kraplak hører til de mest stabile røde naturfarvelakker.
+En alen: I 1835 blev den officielle danske alen fastlagt til 62,77 cm lig med en sjællandsk alen. Men andre landsdele foretrak stadig deres egne mål, og det er vanskeligt at afgøre, hvor meget de forskellige mål afveg fra hinanden,
+Prospektkortet og planterne, som Johannes Larsen i brevet skriver, at han vedlægger, findes ikke sammen med brevet på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på ekspedition til Grønland i sommeren 1925. Han ankommer til Godthåb i slutningen af juni og beskriver i brevet detaljeret sejlturen og modtagelsen af ekspeditionens deltagere. De besøger bl.a. en grønlandsk konservator og køber en del udstoppede fugle. Nu skiftes der skib, og ekspeditionen begiver sig ind i fjorden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5zTA</t>
+  </si>
+  <si>
+    <t>SS "Hans Egede" i Godthaab 22 Juni 25
+Kæreste Alhed!
+Mens de andre er i Land vil jeg benytte Lejligheden til at skrive et Par Ord. Rimeligvis faar Du dem ikke før Hans Egede kommer hjem igen da der vist ikke er nogen Skibe der kommer hjem før. Vi har haft en hel god Rejse herop. Til at begynde med var det helt stille over Nordsøen og først efter at vi om Torsdagen havde passeret Fairhill mellem Orkney Øerne og Shetlands Øerne kom der lidt Dønning. Om Onsdagen fik vi Modvind der varede lige til vi havde rundet Kap Farvel, de første Par Dage med Solskin og Resten af Tiden afvexlende graat, Regntykning og Taage hvad der sinkede os en Del. Natten efter vi havde passeret Kap Farvel fik vi SØ Blæst og Regn, altsaa Medvind og Dagen efter, det var i Lørdags, stille og Taage, saa vi maatte gaa langsomt. Vi passerede den Dag flere pragtfulde Isbjærge. Om Aftenen klarede det op, saa Kaptajnen var i vældigt godt Humør til sin "Kroaften." Det er noget med Masser af Druk, Romtoddyer, Whisky o.s.v. som forekommer hver Gang Skibet paa Udrejsen har passeret Kap Farvel og paa Hjemrejsen Fairhill. I Gaar Søndag begyndte med stille og tæt Taage og Isbjærge til Kl. 9.15 da der pludselig kom lidt Brise fra N. og Taagen lettede og det blev klart Solskin. Lidt efter dukkede de snedækkede Toppe af Fjældene ved Godthaab op over Taagen og da vi henad 11 1/2 efter Frokosten kom op paa Dækket var vi inde ved Skærgaarden (Kokøerne) herudenfor Fjorden. Kl. lidt over 1 1/2 ankrede vi her i Havnen en lille Vig mellem Klipperne bag ved Byen, saa vi har en 20 Min. Gang over Fjældet til Kolonien. Der ankom strax 2 større Motorbaade med alle Honoratiores ombord. De gik rundt og sagde deres Navn og trykkede os alle i Haanden og hele Expeditionen blev inviteret til Aften hos Inspektøren eller Landfogeden som han vist hedder nu og som er den øverste Myndighed i Grønland. Han er meget Fugle interesseret og selv Skribent paa Bogen. Vi sejlede om til Byen i hans Motorbaad, og paa Vejen saa vi en Kajakmand nær ved, vi havde set en ude mellem Skærene da vi sejlede ind men kun paa Afstand. Hele Byen flagede og da vi kom hen til Broen stod der vist omtrent et Par Hundrede Koner og Piger og Børn, i de mest fantastiske Kulører jeg nogensinde har set. Naar undtages deres Sælskindsbukser var der ikke 2 der lignede hinanden, de straalede i Zinober, Kraplak, Tændstikrødt, Orange gult Blaat og grønt. Nedenfor Broen stod der nogle Koner i deres fineste Stads og flænsede 5-6 Sælhunde, der lige var bragt i Land af Jon Møller (om ham senere). De var omtrent færdige og Skindene laa i en Bunke paa Klipperne der svømmede med Blod som Hundene gik og slikkede i sig. Vi gik op til førnævnte Jon Møller, en Grønlænder, der er Fanger, Fotograf og Bogtrykker, som i mange Aar har staaet i Korrespondance med Schiøler og sendt ham Fugle heroppe fra han er nemlig ogsaa Konservator og stopper Fugle ud. Vi var først inde i hans Hus hvor han bor sammen med sine gamle Forældre og et Par Broderbørn, og maaske flere. En underlig Blanding af et civiliseret Hus, d.v.s. noget i Retning af et smaalandsk Bondehjem og en grønlænder Hytte. Der var adskillige Stuer hvormange kan jeg ikke huske og i en af dem var der en Platform, omtrent en Alen over Gulvet, der indtog det Halve af Stuens Areal og var belagt med Skind. I et af Vinduerne stod der i en Blomsterkumme en Melde og groede. Der lugtede ikke godt. Vi var der kun et Øjeblik, saa gik vi med ham hen i Trykkeriet, hvor der ogsaa var fotografisk Atelier, og hvor han havde sine udstoppede Fugle, hvor af Schiøler købte en Due og nogle Æg. Jeg købte vedlagte Prospektkort. Derfra gik vi over Fjældet til Skibet da Schiøler vilde have en ren Flip paa, d.v.s. da vi passerede et Seminarium, deponerede vi Scheel der, Forstanderens Kone var hans Skolekammerat, hun spurgte til Gudrun (Klaks) da hun som lille pige havde haft hende til Lærerinde. Vi gik saa videre og saa paa Vejen flere Snespurve, de sorte og hvide Hanner saa pragtfulde ud. Vegetationen var meget sparsom paa Klipperne lidt Revling Dværgpil og Ulvefod og nogle Saxifraga hvoraf enkelte var begyndt at springe ud, og nogle smaabitte røde Blomster, her er en Prøve. Ovenfor Byen var der en sur Eng med Vandhuller og et Par Smaabække der løber ned gennem Byen, og brunt vissent Græs her ligger endnu gammel Sne i Driver, ogsaa i Folks Haver i Byen, men de siger at det er usædvanligt og stammer fra at det har været en ualmindelig haard Vinter og sent Foraar. Da vi naaede Skibet kunde vi se at vi ikke kunde naa at gaa om Bord uden at komme for sent og vendte saa om og gik tilbage til Inspektøren hvor vi fik stegte Ryper med Grønærter Rødvin, Bajer og Snaps, og Kaffe og Whisky, og blev sejlet hjem i Motorbaaden. I Dag har jeg malet en lille Aquarel Blokbogsblad, mens Schiøler og Fin var med en Grønlænder ude at ro. De kom hjem med en Tejste en sortgrå Ryle og et Par Snespurve, de sidste 2 havde de ogsaa funden Rede og Æg af. Schiøler var henrykt. Imens var "Angut" sat i Vandet og Møller har været i travl VIrksomhed med at gøre den i Orden og rigge den. I Eftermiddag har jeg lavet en Aquarel [i] Skibets Fremmedbog og sidder nu her i Kaptajnens Kahyt og skriver mens omtrent alle de andre er i Land. Naa nu kom Kaptajnen og vi skal vist snart til at spise. I Aften flytter vi ombord i "Angut" Hans Egede skal sejle i Morgen. Vi har haft det forfærdeligt godt her ombord. Men jeg glæder mig nu alligevel til den Tur op omkring i Fjorden her, her ser storartet pragtfuldt ud, og der skal være Masser af Strømænder inde i Fjorden, det er en af de allersmukkeste og mærkeligste Dykænder, som jeg er vældig spændt paa at se i levende Tilstand. Mange kærlige Hilsener til Dig og Drengene. Hils ogsaa de andre. Hilsen fra Expeditionen 
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1927-08-23</t>
+  </si>
+  <si>
+    <t>Island
+Stykkisholm</t>
+  </si>
+  <si>
+    <t>Stykkisholm
+Reykjavik</t>
+  </si>
+  <si>
+    <t>Erik den Røde -
+Ragnar Ásgeirsson
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev dette sidste brev til Alhed Larsen fra Island, hvor han var i færd med at lave illustrationer til bogværket med de islandske sagaer. Alhed Larsen døde 31.8.1927, og Johannes Larsen nåede ikke at komme hjem, inden det skete.
+Bogudgaven af De Islandske Sagaer med Johannes Larsens illustrationer udkom 1930-1932.
+Laxaadalen, Oxney og Alflafjord er lokaliteter på Island, som JL omtaler i dette brev.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en dagbog hjem til Alhed. Han skal med båd til Laxaadalen og Oxney. Johannes Larsen savner Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Ou4</t>
+  </si>
+  <si>
+    <t>Stykkisholm 23 August 1927.
+Kæreste Alhed!
+Skønt Bogen No 4 ikke er skreven fuld sender jeg nu da der gaar Post til Reykjavik. Saa kommer det med den første Damper der tager Danmarkskort, med, men hvilken det er kan jeg ikke se i min Liste, jeg haaber det kan naa "Lejru" til Norge 25, ellers kommer det ikke af Sted før med Alexandrine 31. Men jeg ved heller ikke om der er lejlighed til Forbindelse med den fra nu af og til den 31. Som Du ser af Bogen har jeg haft godt Vejr stadig væk, men de lange besværlige Ture giver jo ikke meget i Rygsækken. Naar vi nu er færdige her om et Par Dage, hvis Vejret tillader det skal vi til Laxaadalen, vi tager Baad herfra ind i Fjorden, saa kan vi med det samme besøge Oxney med Erik d. Rødes Boplads og vi sparer Halvdelen af de Penge det vilde koste at ride rundt om Alflafjord. Jeg længes efter Dig og hvert Øjeblik naar jeg sidder ude og tegner sidder jeg ved siden af Dig i Fordvognen og kører paa fynske Landeveje eller i Smaaland, det hjælper. F. ringede om Breve til Ragnar Asgeirson, der ligger 2 hos Ministeren, men han var bange for at han ikke kunde naa at faa dem med Baaden. Det er spændende og kommer vist i Dag. Jeg tør ikke vente med at sende, jeg mener bringe dette paa Posthuset. Da jeg ikke ved, om det kan naar, hvis Vejret forbedrer sig saa jeg kan komme paa Arbejde. Men jeg har bestemt mig til at telegrafere "Svar betalt" enten jeg faar Breve eller ej. Hils dem allesammen, særlig Puf og Lysse. Tusinde Kys og Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1942-10-08</t>
+  </si>
+  <si>
+    <t>Knuthenborgs hovedbygning på Lolland er opført mellem 1865 og 1866 ved H.S. Sibbern og udvidet i 1885. Bygningerne er beliggende i Nordeuropas største parkanlæg i engelsk stil. Knuthenborg Gods er på 2338 hektar (Wikipedia marts 2022). 
+Vrietorn (Rhamnus cathartica) eller Korsved er en op til 10 m høj busk eller træ, der vokser i skovbryn og på overdrev. Hele planten er giftig (Wikipedia marts 2022).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været over 14 dage på Knuthenborg og malet akvareller. Han vedlægger et kort over den skønne park. Der er mange dyr. Dagen i forvejen begyndte Larsen på en akvarel, men nu er det tordenvejr, så han kan ikke male på den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/64Fi</t>
+  </si>
+  <si>
+    <t>Knuthenborg 8 October 1942.
+Kære Lysse! 
+Tak for Dit Brev som jeg fik lige før jeg rejste hjemme fra. Jeg har været her godt 14 Dage og malet nogle Aquareller. Jeg skal male et Billede til Lensgrevinden Jeg vedlægger et Kort over Parken der ogsaa indeholder en Dyrehave, en pragtfuld gammel Egeskov med Hasler Vrietorn og Skovæbler. Dyrene er Sikahjorte. Det er Tordenregn og lige nu løb der et Par Fasanhaner over Plænen udenfor mit Vindue. Her vrimler med Fasaner og Harer. Jeg havde Brev fra Puf forleden, de har det godt hjemme. Jeg har det ogsaa godt her, sammen med rare naturlige Mennesker, Grevinden 2 søde Børn og en ung Huslærer og en Selskabsdame. Forøvrigt tænker jeg paa at rejse hjem en af de første dage. Her er 4 Paafuglehaner, nogle Høner og en Kylling. 2 Svaner som for det meste ligger ude i Smaalandshavet, se Krydset paa Kortet men en Gang hver anden eller tredje Dag staar de og piller sig i Haven se det andet Kryds. Jeg begyndte paa en Aquarel i Gaar i stille Formiddagssol, som jeg da jeg stod op i Dag troede at faa færdig i Formiddag, men da jeg sad og drak Kaffe begyndte det at regne og ved 10 Tiden begyndte det at blive mørkt og saa kom der en vældig Tordenbyge der nu er ved at forsvinde. Mange Hilsner til Jer allesammen
+fra Din Far. 
+Johannes Larsen
+Kjerteminde
+P.T. Knuthenborg pr. Bandholm.</t>
+  </si>
+  <si>
+    <t>december 1885</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Christian Eckardt
+Niels Henriksen Kerteminde
+Jeppe Andreas Larsen
+Johan  Norden</t>
+  </si>
+  <si>
+    <t>Vekselererfirmaet Mohr &amp;amp; Kjær gik fallit i november 1885 og trak en del småhandlende med sig. 
+Klaus er Johannes Larsens fugl. Muligvis en skade.</t>
+  </si>
+  <si>
+    <t>Det er hårde tider for mange købmænd i forbindelse med firmaet Mohr &amp;amp; Kjærs fallit. Der er også økonomisk trange tider hos maleren Christian Eckardt i Sverige. Johannes Larsens far har lovet at hjælpe købmand Norden med at gennemgå hans økonomi. Derfor kan han ikke rejse til Sverige foreløbig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Jgsg</t>
+  </si>
+  <si>
+    <t>Min egen Ven!
+Du kan stole paa [at jeg forstaar] din Længsel efter [papir mangler] jo helst sende Frøken [Bendal] [papir mangler] det samme og jeg har [papir mangler] vist skeer imorgen tidlig [papir mangler] skal addreseres til hende [papir mangler] kjedeligt om der kun [papir mangler] i Brevet, ja kjære [Johannes] hos Mohr &amp;amp; Kjær fik vi alle vores Penge vi brugte til Kornhandelen saa vi er jo berørt af hans Fald; men til din Beroligelse skal det siges at vi haabe paa hans Sager skal bringes i Orden igjen da ellers hele den danske Handelsstand vil faa et slemt Tryk; vi fik Efterretningen Søndag igjennem Politikken; troede det ikke før Bekræftelsen kom Dagen efter igjennem [papir mangler]
+Enhver Kjøbmand er [papir mangler] Status af deres Forretning [papir mangler] Henriksen jo nu travlt med ja er vist færdig idag, det er jo at ønske at de allerfleste maa kunne sende lignende gode Resultater som vores saa [deres Forretning] kan fortsættes [du er jo ] saa gammel at du [ forstaar at det ] giver Alvor i Sindet [papir mangler] Tryk naar der ingen [papir mangler] – og de mange vi [papir mangler] ikke kan betale paa [papir mangler] den endelige Afgjørelse [papir mangler] Mohr &amp;amp; Kjær; stakkels Norden kommer vistnok til at lukke siger Faer, men tal ikke om det til nogen endnu før det er sikkert
+Dette har givet Fader saameget Arbejde at der ikke kan være Tale om nogen Rejse foreløbig for han har lovet at være Norden behjælpelig; men selv om vi ikke sees Johannes saa er der jo ikke længe til Julen vel [mit] kjære Barn Gud bevare [dig] [papir mangler] dit Arbejde maa lykkes [ papir mangler] stor Bekymring har jeg ogsaa for Eckardts de solgte ikke uden et Stykke paa forrige Action det var den store Haverist og der [ind] kom 300 Kr forrige [Gang] [papir mangler] udbudt til Salg blev der [papir mangler] men da havde Eckardt [papir mangler] saa der er et Tab af [papir mangler] [ulæseligt ord] ophæver sin [Forretning] [papir mangler] maa Mellemværendet [papir mangler] kom saa [ulæseligt ord] 7 Kr [papir mangler] Sverrig nu saa vi [papir mangler] Aktion i gaar havde han ogsaa [ulæseligt ord] men vistnok naaede det ikke engang 100 kr – Gud hjælpe dem dog de kjære Mennesker over denne forfærdelige trange Tider – som det ogsaa er for alle de stakkels Malere som ikke kan sælge deres Ting
+Vor lille Klaus er igjen Stueven. Han har faaet sit andet Ben klemt der [papir mangler] det mindste at see. Det er morsomt saa glad den er ved os alle sammen ja vi gjør alt for den Johannes [det] kan du stole [paa min] Ven.
+[papir mangler] Frimærker [papir mangler] men saa i morgen [papir mangler] vasket den Blaa [papir mangler] som jeg vil sende [ papir mangler] [kan] du saa henge paa Skolen og bruge som Malertrøje eller du vil skifte den imellem
+Kjærlig Hilsen fra os Alle din Moder</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -4405,51 +4405,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1sKv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8ico" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1sKv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8ico" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M105"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -4533,4594 +4533,4594 @@
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="5" t="s">
-        <v>26</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>46</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>48</v>
+        <v>35</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>65</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>76</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="K9" s="5" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>77</v>
+        <v>64</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="5" t="s">
-        <v>83</v>
+      <c r="A11" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>100</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>95</v>
-[...7 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>106</v>
+        <v>117</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>85</v>
-[...8 lines deleted...]
-        <v>113</v>
+        <v>125</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>120</v>
-[...7 lines deleted...]
-        <v>121</v>
+        <v>132</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>138</v>
+        <v>90</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>85</v>
+        <v>155</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>156</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>85</v>
+        <v>164</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>120</v>
+        <v>35</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>172</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>162</v>
+        <v>179</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>85</v>
+        <v>180</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>169</v>
+        <v>35</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>172</v>
+        <v>58</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>85</v>
-[...8 lines deleted...]
-        <v>169</v>
+        <v>34</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-[...6 lines deleted...]
-        <v>179</v>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>84</v>
+        <v>187</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>85</v>
-[...8 lines deleted...]
-        <v>147</v>
+        <v>34</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>186</v>
+        <v>191</v>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>34</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>155</v>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="M24" s="5" t="s">
         <v>196</v>
       </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>197</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>34</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L25" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E26" s="5" t="s">
-        <v>47</v>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="K26" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>206</v>
       </c>
-      <c r="J26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="B27" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="H27" s="5" t="s">
+      <c r="J27" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>213</v>
       </c>
-      <c r="J27" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="J28" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K28" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>220</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="I29" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F29" s="5" t="s">
+      <c r="J29" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="G29" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>226</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="F30" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F30" s="5" t="s">
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="J30" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="J30" s="5" t="s">
+      <c r="K30" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="K30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="L30" s="6" t="s">
+      <c r="M30" s="5" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G31" s="5" t="s">
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K31" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="H31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>242</v>
-      </c>
-[...10 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="H32" s="5" t="s">
+      <c r="J32" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="J32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="I33" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E33" s="5" t="s">
+      <c r="J33" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K33" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="F33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>255</v>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H33" s="5" t="s">
+      <c r="M33" s="5" t="s">
         <v>256</v>
-      </c>
-[...13 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="L34" s="6" t="s">
         <v>262</v>
       </c>
-      <c r="B34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="C34" s="5" t="s">
-[...37 lines deleted...]
-      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="I35" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="J35" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>270</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>263</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E36" s="5" t="s">
+        <v>273</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>271</v>
-[...5 lines deleted...]
-        </is>
+        <v>274</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>278</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="n">
-        <v>1912</v>
+      <c r="A37" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>274</v>
+        <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>275</v>
+        <v>90</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>276</v>
-[...4 lines deleted...]
-        </is>
+        <v>281</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>282</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>120</v>
-[...7 lines deleted...]
-        <v>284</v>
+        <v>35</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>287</v>
+        <v>58</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>56</v>
+        <v>244</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-      <c r="G39" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="H39" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K39" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>264</v>
+        <v>63</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>299</v>
+        <v>83</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>300</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>301</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>302</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>303</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>304</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>306</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="E41" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F41" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G41" s="5" t="s">
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>311</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>312</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>314</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D42" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D42" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="J42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>319</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="B43" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D43" s="5" t="s">
+      <c r="E43" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="E43" s="5" t="s">
+      <c r="I43" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="F43" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G43" s="5" t="s">
+      <c r="J43" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="H43" s="5" t="s">
+      <c r="K43" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="I43" s="5" t="s">
+      <c r="L43" s="6" t="s">
         <v>327</v>
       </c>
-      <c r="J43" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K43" s="5" t="s">
+      <c r="M43" s="5" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="5" t="s">
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>333</v>
       </c>
-      <c r="F44" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" s="5" t="s">
+      <c r="M44" s="5" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="B45" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>341</v>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>342</v>
-      </c>
-[...16 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="L46" s="6" t="s">
         <v>348</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H46" s="5" t="s">
+      <c r="M46" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="I46" s="5"/>
-[...13 lines deleted...]
-      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="G47" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D47" s="5" t="s">
+      <c r="H47" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="E47" s="5" t="s">
+      <c r="I47" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="F47" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H47" s="5" t="s">
+      <c r="J47" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="I47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>355</v>
       </c>
-      <c r="J47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K47" s="5" t="s">
+      <c r="M47" s="5" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F48" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G48" s="5" t="s">
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>363</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>364</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>366</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="E49" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="F49" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="H49" s="5" t="s">
+      <c r="J49" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K49" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>370</v>
       </c>
-      <c r="J49" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K49" s="5" t="s">
+      <c r="M49" s="5" t="s">
         <v>371</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="H50" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="5" t="s">
+      <c r="I50" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="5" t="s">
+      <c r="J50" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K50" s="5" t="s">
         <v>376</v>
       </c>
-      <c r="H50" s="5" t="s">
+      <c r="L50" s="6" t="s">
         <v>377</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="M50" s="5" t="s">
         <v>378</v>
-      </c>
-[...10 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>382</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D51" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="E51" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G51" s="5" t="s">
+      <c r="J51" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K51" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="H51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>385</v>
       </c>
-      <c r="I51" s="5" t="s">
+      <c r="M51" s="5" t="s">
         <v>386</v>
-      </c>
-[...10 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="L52" s="6" t="s">
         <v>391</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>392</v>
-      </c>
-[...31 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>35</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>392</v>
+        <v>35</v>
       </c>
       <c r="I53" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="M53" s="5" t="s">
         <v>397</v>
-      </c>
-[...10 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>402</v>
       </c>
-      <c r="F54" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>403</v>
-      </c>
-[...16 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K55" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="L55" s="6" t="s">
         <v>409</v>
       </c>
-      <c r="B55" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G55" s="5" t="s">
+      <c r="M55" s="5" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="L56" s="6" t="s">
         <v>416</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>417</v>
-      </c>
-[...16 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>323</v>
+        <v>419</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>425</v>
+        <v>36</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="s">
-        <v>426</v>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I57" s="5" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>428</v>
+        <v>69</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>323</v>
+        <v>419</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>353</v>
+        <v>36</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>433</v>
+        <v>419</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>428</v>
+        <v>69</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>439</v>
+        <v>131</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>383</v>
+        <v>63</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>440</v>
-[...9 lines deleted...]
-        </is>
+        <v>83</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>442</v>
+        <v>431</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>443</v>
+        <v>50</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="J60" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="L60" s="6" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>454</v>
+        <v>34</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-        </is>
+        <v>74</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G61" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>443</v>
+        <v>69</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>461</v>
+        <v>34</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>383</v>
+        <v>74</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>462</v>
+        <v>64</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G62" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="I62" s="5"/>
+        <v>452</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>453</v>
+      </c>
       <c r="J62" s="5" t="s">
-        <v>464</v>
+        <v>69</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>466</v>
+        <v>455</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>467</v>
+        <v>456</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>458</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>454</v>
+        <v>90</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>459</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="I63" s="5"/>
+        <v>461</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>462</v>
+      </c>
       <c r="J63" s="5" t="s">
-        <v>428</v>
+        <v>463</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="L64" s="6" t="s">
         <v>473</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="5" t="s">
+      <c r="M64" s="5" t="s">
         <v>474</v>
-      </c>
-[...34 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="B65" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>481</v>
       </c>
-      <c r="I65" s="5" t="s">
+      <c r="M65" s="5" t="s">
         <v>482</v>
-      </c>
-[...10 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="J66" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>488</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>489</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="J67" s="5" t="s">
         <v>493</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="D67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>495</v>
       </c>
-      <c r="E67" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="M67" s="5" t="s">
         <v>496</v>
-      </c>
-[...11 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="J68" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>502</v>
       </c>
-      <c r="J68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I69" s="5" t="s">
         <v>506</v>
       </c>
-      <c r="B69" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I69" s="5" t="s">
+      <c r="J69" s="5" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>508</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>509</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>511</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>474</v>
+        <v>63</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>454</v>
-[...9 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>512</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>443</v>
+        <v>50</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>454</v>
+        <v>34</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-        </is>
+        <v>74</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G71" s="5" t="s">
+        <v>519</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>443</v>
+        <v>69</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="5" t="n">
-        <v>1936</v>
+      <c r="A72" s="5" t="s">
+        <v>525</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>494</v>
+        <v>74</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>527</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>443</v>
+        <v>69</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>383</v>
+        <v>180</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>17</v>
+        <v>533</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G73" s="5" t="s">
+        <v>534</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>428</v>
+        <v>50</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>454</v>
+        <v>541</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>383</v>
-[...14 lines deleted...]
-        </is>
+        <v>180</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>542</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>443</v>
+        <v>50</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>323</v>
+        <v>34</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-        </is>
+        <v>180</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>443</v>
+        <v>175</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>546</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>549</v>
+        <v>325</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>454</v>
+        <v>34</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>443</v>
+        <v>175</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>454</v>
+        <v>34</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>383</v>
-[...7 lines deleted...]
-        <v>560</v>
+        <v>35</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>561</v>
+        <v>124</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>443</v>
+        <v>175</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>454</v>
+        <v>258</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>383</v>
+        <v>55</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>454</v>
+        <v>55</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>383</v>
+        <v>35</v>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>454</v>
+        <v>55</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>383</v>
+        <v>35</v>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>454</v>
+        <v>131</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>383</v>
+        <v>590</v>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>443</v>
+        <v>593</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>454</v>
+        <v>55</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>383</v>
+        <v>35</v>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>454</v>
+        <v>34</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>383</v>
-[...9 lines deleted...]
-        </is>
+        <v>244</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>603</v>
+        <v>244</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>489</v>
+        <v>58</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>383</v>
+        <v>244</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>610</v>
+        <v>35</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>383</v>
+        <v>244</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>616</v>
-[...4 lines deleted...]
-        </is>
+        <v>231</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>623</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>428</v>
+        <v>58</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>630</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>383</v>
+        <v>358</v>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F89" s="5" t="s">
+        <v>359</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>383</v>
+        <v>638</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>443</v>
+        <v>640</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>383</v>
+        <v>180</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>428</v>
+        <v>175</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>617</v>
+        <v>35</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>64</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>443</v>
+        <v>175</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>146</v>
+        <v>55</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>35</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>651</v>
+        <v>58</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>617</v>
-[...5 lines deleted...]
-        <v>616</v>
+        <v>35</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>617</v>
-[...5 lines deleted...]
-        <v>616</v>
+        <v>35</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>383</v>
+        <v>669</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>617</v>
-[...5 lines deleted...]
-        <v>616</v>
+        <v>35</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>495</v>
+        <v>244</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>673</v>
-[...4 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>443</v>
+        <v>58</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>680</v>
+        <v>34</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>120</v>
+        <v>74</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>681</v>
-[...7 lines deleted...]
-        </is>
+        <v>687</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>688</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>685</v>
+        <v>69</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>617</v>
+        <v>180</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>155</v>
+        <v>65</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>690</v>
-[...4 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>695</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>443</v>
+        <v>50</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>617</v>
+        <v>34</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>702</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>443</v>
+        <v>69</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="5" t="s">
-        <v>703</v>
+      <c r="A100" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>680</v>
+        <v>124</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>704</v>
+        <v>34</v>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="s">
-        <v>705</v>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I100" s="5" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>707</v>
+        <v>58</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>680</v>
+        <v>63</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>120</v>
+        <v>34</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>712</v>
+        <v>83</v>
       </c>
       <c r="F101" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="G101" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K101" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="J101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>716</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="M101" s="5" t="s">
         <v>717</v>
-      </c>
-[...4 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="s">
         <v>720</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>721</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>722</v>
       </c>
       <c r="J102" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K102" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="K102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="L102" s="6" t="s">
+      <c r="M102" s="5" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E103" s="5" t="s">
         <v>727</v>
       </c>
-      <c r="B103" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E103" s="5" t="s">
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="s">
         <v>728</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>729</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>730</v>
       </c>
       <c r="J103" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>731</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>732</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="I104" s="5" t="s">
         <v>735</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...22 lines deleted...]
-      <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>443</v>
+        <v>175</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>736</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>737</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>739</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="D105" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>740</v>
       </c>
-      <c r="E105" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>741</v>
       </c>
-      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>443</v>
+        <v>69</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>742</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>743</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>744</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>