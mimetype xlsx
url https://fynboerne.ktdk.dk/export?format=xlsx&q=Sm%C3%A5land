--- v1 (2025-11-19)
+++ v2 (2026-01-03)
@@ -3,972 +3,2517 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1163" uniqueCount="745" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1197" uniqueCount="763" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1950-06-21</t>
+    <t>1884-11-11</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Johanne Christine Larsen</t>
-[...109 lines deleted...]
-Thyra Iuel
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Sophie Eckardt
+Anesine Frölich
+Christian Klingsey
 Adolph Larsen
 Marie Larsen
-Rasmus Larsen
-[...201 lines deleted...]
-Bimsepigen til Lyssefarsen.</t>
+Vilhelm Larsen
+Frans Schwartz
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christian Eckardt boede på gården Store Høljeryd i Småland indtil 1889.
+Johannes Larsens moster, Anesine Frölich, emigrerede til Californien.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre har udsat rejsen til København og Sverige. Hans mor spørger, hvad han laver i fritiden.
+Hun håber, at Christian Eckardt får solgt nogle billeder på den kommende auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DO93</t>
+  </si>
+  <si>
+    <t>Tirsdagmorgen 11 November
+Kjæreste Johannes!
+Saa Du veed jeg kommer med ja om Gud vil mit Barn jeg er aldrig sikker paa at komme nogen Steder inden jeg er paa Vejen. Bestemmelsen var jo at rejse idag; men saa kom der pludselig en Indbydelse til et Bryllup som vi ikke kan undslaa os for 
+Se nu kan du tænke paa os i Morgen som hvilende efter den Udflugt, jeg kan og tør ikke skrive noget bestemt om Dagen vi kommer men saa har du det jo tilgode min lille Ven – Det er da morsomt at Eckardt er i Byen naar er hans Hjemrejse bestemt for det var jo morsomt at rejse sammen med ham til Høljeryd det er Moster Sophies Fødselsdag paa Søndag saa senere end Fredag rejser han vel ikke – Gud give dog han maa faa noget ind paa Actionen den 22 eller 24 
+Bed med os mit Barn saa inderlig du kan
+Vi blev meget glade ved at høre Eckardt synes om din Tegning – Held og Lykke for Dig fremdeles mit Barn, men naar du nu ikke gaar hos Klingsaj saa faar du maaske Hjemmearbejde fra Hr Svartz eller om det ikke tillades hvad udfylder Du saa Din Tid med Kjære Johannes om Eftermiddagen fortæl mig det maaske du snitter
+Du gik ikke i Theatret mit Barn fordi du gjerne vil have Blomster. Da dine smaa Søskende hørte at du gjerne vil have Blomster saa kom de hver med sin af de aller kjønneste jeg tog saa en af hver og har samlet dem i en Kurv som du snart skal faa og det vil jo være kjært for Dig at modtage især naar jeg mundtlig kan fortælle Dig deres Glæde over at kunne give
+Jeg havde en Forskrælse forleden Aften da jeg kom op Sovekamret var der ingen Fugl i Buret Vinduet stod aabent oh kjære Johannes min Bedrøvelse var saa stor at jeg græd og tænkte hvordan skal du dog faa det sagt til Johannes men en ½ Timestid efter kom lille Dine op - og da hun kom hen til Spejlet sagde hun, Moder her sidder hun jo nede paa Gulvet og sover, - der blev Glæde og hun forstod nu kan jeg udbede mig en stor Gevinst, hun kom jo ogsaa meget indsmigrende Moder maa jeg sove hos Dig i Nat, - og det blev bevilliget 
+Jeg veed ikke hvad jeg ikke kunde sige ja til i det Øjeblik saa glad var jeg – og jeg tænkte den Aften skulde jeg ikke hellere tage den med til Johannes
+Sig dit Ønske skal den blive eller skal jeg tage den med?
+Vi fik iaftes en Bog fra Amerika med Billeder fra Fresno den skal jeg tage med
+Nu er Kl. mange og det haster derfor kun 
+Farvel og Kys fra din trofaste Moder</t>
   </si>
   <si>
     <t>1885-03-05</t>
-  </si>
-[...7 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Landeryd Sverige
 Sevilla Spanien
 London United Kingdom</t>
   </si>
   <si>
     <t>Frøken Bendal
 Augusta Dohlmann
 Alfred Eckardt
 Christian Eckardt
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelm Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen opholdt sig i forbindelse med sin uddannelse i København. 
 Den lille må være Adolph Larsen på 6 år.
 Det anckerske Legat blev oprettet i 1857 af Carl Andreas Ancker (1828—1857). Legatet var bestemt til at uddeles hvert år i 4 portioner à 1800 kr. (900 rigsdaler) til en digter, en komponist, en maler og en billedhugger til brug for en studierejse til udlandet i ca. ½ år. (Wikipedia)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>IA Larsen er på Larsen-familiens gård Höljeryd i Småland og vil besøge Johannes Larsen i København på vejen hjem. Vilhelmine Larsen vil gerne se de malede figurer Johannes Larsen har lavet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/i31D</t>
   </si>
   <si>
     <t>Kjæreste Johannes
 Imorgen tidlig afsender jeg dine Benklæder 2 Skjorter og 1 Uldtrøje Du tænker nok det er underligt at jeg glemte det, men det var ikke tørt; nu faar du snart 6 ny Skjorter saa vil jeg bede Dig sende hjem med Fader alt hvad du har af snavset Tøj vi fik Telegram i aftes han er paa Høljeryd i dag og der vilde han blive i 3 a fire Dage saa kan Du selv regne dig til omtrent naar Du kan vente ham ja han skriver Dig vistnok til for at du kan være hjemme den Dag det bliver da morsomt for dig ja Johannes det er en velsignet Fader I har glæd ham dog altid efter Evne af hele Eders Hjærte
 Georg er paa Kontorstolen med en heel Deel Skriveri i disse Dage og du kan tro han var glad iaftes jeg lod ham svare paa Telegrammet iaftes med Georg til Underskrift 
 Saa vil jeg da glæde dig med at dine Blomster kommer nok frem baade Fuksien og Bigonien men vand dem imellem
 Vores Blomster staar dejlig som Du vil se til Paaske; naar nu Fader kommer hjem saa skal vi slagte 2 Grise og ønsker Du noget Slagtermad saa skal jeg med stor Fornøjelse traktere Eder alle sammen
 Inden Du ved af det Johannes saa kommer Ferien har du noget af de malede Figurer hjemme hos Dig saa send mig dog en hjem med Fader jeg længes saa umaadelig efter at see hvordan Du skiller Dig ved Maling husk det nu og ligedan dit Uhr
 Har jeg fortalt Dig at her var Brev fra Alfred han er rask og han var der i Sevilla til Karnevalstiden og Tyrefægtning; men ingen Penge maatte udbetales Folket saa han fik jo ikke andet at see end hvad de kunne see i Gaderne 6 Tyre blev dræbte 12 Heste men ingen Mennesker som vel var
 Nu er han paa Vejen til England og derfra hjemefter og saa mulig tager han hjem til Høljeryd for at være der til 1 Juni ja Johannes der bliver Glæde om vor Herre vil unde de kjære Venner at see saadan en Dag oprinde for dem
 Eckardt fik ikke det Ankerske Legat Frøken Dohlmann som har Formue og kan rejse naar hun fik dog Legatet
 Hils nu dine Venner og Frøken Bendal har du fortalt hende at jeg længes efter Brev fra hende – Jeg skal hilse dig fra alle dine Søskende de klinger og spiller Top saa det er en Lyst den lille har en Øvelse med at sætte dem i Gang saa du vil undre Dig om du saa det
 Nu er det Posttid saa Lev vel min din egen Moder</t>
   </si>
   <si>
-    <t>1923-05-02</t>
+    <t>december 1885</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Christian Eckardt
+Niels Henriksen Kerteminde
+Jeppe Andreas Larsen
+Johan  Norden</t>
+  </si>
+  <si>
+    <t>Vekselererfirmaet Mohr &amp;amp; Kjær gik fallit i november 1885 og trak en del småhandlende med sig. 
+Klaus er Johannes Larsens fugl. Muligvis en skade.</t>
+  </si>
+  <si>
+    <t>Det er hårde tider for mange købmænd i forbindelse med firmaet Mohr &amp;amp; Kjærs fallit. Der er også økonomisk trange tider hos maleren Christian Eckardt i Sverige. Johannes Larsens far har lovet at hjælpe købmand Norden med at gennemgå hans økonomi. Derfor kan han ikke rejse til Sverige foreløbig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Jgsg</t>
+  </si>
+  <si>
+    <t>Min egen Ven!
+Du kan stole paa [at jeg forstaar] din Længsel efter [papir mangler] jo helst sende Frøken [Bendal] [papir mangler] det samme og jeg har [papir mangler] vist skeer imorgen tidlig [papir mangler] skal addreseres til hende [papir mangler] kjedeligt om der kun [papir mangler] i Brevet, ja kjære [Johannes] hos Mohr &amp;amp; Kjær fik vi alle vores Penge vi brugte til Kornhandelen saa vi er jo berørt af hans Fald; men til din Beroligelse skal det siges at vi haabe paa hans Sager skal bringes i Orden igjen da ellers hele den danske Handelsstand vil faa et slemt Tryk; vi fik Efterretningen Søndag igjennem Politikken; troede det ikke før Bekræftelsen kom Dagen efter igjennem [papir mangler]
+Enhver Kjøbmand er [papir mangler] Status af deres Forretning [papir mangler] Henriksen jo nu travlt med ja er vist færdig idag, det er jo at ønske at de allerfleste maa kunne sende lignende gode Resultater som vores saa [deres Forretning] kan fortsættes [du er jo ] saa gammel at du [ forstaar at det ] giver Alvor i Sindet [papir mangler] Tryk naar der ingen [papir mangler] – og de mange vi [papir mangler] ikke kan betale paa [papir mangler] den endelige Afgjørelse [papir mangler] Mohr &amp;amp; Kjær; stakkels Norden kommer vistnok til at lukke siger Faer, men tal ikke om det til nogen endnu før det er sikkert
+Dette har givet Fader saameget Arbejde at der ikke kan være Tale om nogen Rejse foreløbig for han har lovet at være Norden behjælpelig; men selv om vi ikke sees Johannes saa er der jo ikke længe til Julen vel [mit] kjære Barn Gud bevare [dig] [papir mangler] dit Arbejde maa lykkes [ papir mangler] stor Bekymring har jeg ogsaa for Eckardts de solgte ikke uden et Stykke paa forrige Action det var den store Haverist og der [ind] kom 300 Kr forrige [Gang] [papir mangler] udbudt til Salg blev der [papir mangler] men da havde Eckardt [papir mangler] saa der er et Tab af [papir mangler] [ulæseligt ord] ophæver sin [Forretning] [papir mangler] maa Mellemværendet [papir mangler] kom saa [ulæseligt ord] 7 Kr [papir mangler] Sverrig nu saa vi [papir mangler] Aktion i gaar havde han ogsaa [ulæseligt ord] men vistnok naaede det ikke engang 100 kr – Gud hjælpe dem dog de kjære Mennesker over denne forfærdelige trange Tider – som det ogsaa er for alle de stakkels Malere som ikke kan sælge deres Ting
+Vor lille Klaus er igjen Stueven. Han har faaet sit andet Ben klemt der [papir mangler] det mindste at see. Det er morsomt saa glad den er ved os alle sammen ja vi gjør alt for den Johannes [det] kan du stole [paa min] Ven.
+[papir mangler] Frimærker [papir mangler] men saa i morgen [papir mangler] vasket den Blaa [papir mangler] som jeg vil sende [ papir mangler] [kan] du saa henge paa Skolen og bruge som Malertrøje eller du vil skifte den imellem
+Kjærlig Hilsen fra os Alle din Moder</t>
+  </si>
+  <si>
+    <t>1886-02-27</t>
+  </si>
+  <si>
+    <t>Långaryd, Småland, Sverige
+Bogense
+Odense Skt. Knud
+København</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Ane Marie Christiansdatter
+Margrethe  Eckardt
+Johannes From
+Jeppe Andreas Larsen
+Urban Larsen
+Vilhelm Larsen
+Niels Mollerup
+Morten Pontoppidan
+Hans Poulsen
+Elisabeth Storm</t>
+  </si>
+  <si>
+    <t>Man venter muligvis på svar om, hvorvidt Pontoppidan ønsker at være valgmenighedspræst i Kerteminde. Den tidligere præst døde pludseligt i januar 1886.</t>
+  </si>
+  <si>
+    <t>Der bliver sendt møbler til og fra familien Larsen i Kerteminde. Der skal også nye gardiner op. Det er stramme økonomiske tider, og det er ikke sikkert, at Johannes Larsens forældre rejser til Sverige. Der er blevet slagtet. Man venter på svar fra Morten Pontoppidan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/67Ds</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27 Februar 1886.
+Kjæreste Johannes!
+Saa er det igjen Lørdag og jeg har ikke faaet Dig svaret paa dine Breve i denne Uge Gud ske Tak at du er rask og glad ved Arbejdet bliv bare ved at fortælle os om hvad du tegner og maler nu er det jo snart den Fastelavnssøndag oh Johannes gaa i Kirke den Søndag og husk det var din Daabsdag jeg er meget glad ved Du læser i Farmorsbog men det er dog en anderledes Fylde at samles i Guds Huus naar den levende ken[papir mangler] Du vist ogsaa mærke, [papir mangler] Bendal, ligger hjemme saa [papir mangler]skab du mangler; gaar [Poulsen?] [papir mangler] Kirke? Du kan [papir mangler] Bendal at vores Afsending [papir mangler] kom samme Dag som Mænd fra [papir mangler] med Anmodning om han vilde [papir mangler] dem; saa vi fik ingen bestemt Løfte af ham han gav de Mænd i hans Sogn 8 Dage til at ordne sig. Fastelavnsmandag skal her være Møde i Odense da vil Morten Pontoppidan give os et bestemt Svar – det ventes med Længsel kan du tro for da nu Tilladelsen er taget fra os igjen med Besøg af vore Hjælpepræster
+Du spørger om det bliver til noget med Sverrigsrejsen – ja naar her blot maa komme nogle Penge ind min Ven saa er vi der rigtignok har denne Uge ikke været god for mig jeg har siddet i min Stol en Generalforkjølelse har holdt mig i Stuen; men vi har ligefuldt slagtet Johannes og Margrethe og Fru Storm har hjulpet med Pølserne i mit Sted og om alting gaar som jeg tænker saa vil jeg i morgen tidlig afsende Pølserne [papir mangler] der vil saa medfølge en [papir mangler] der vil saa medfølge en Kom[papir mangler] og faar jeg det ikke afsted [papir mangler] sikkert Mandag – 
+[papir mangler] har optaget Dig de Malerier af [papir mangler] ja gid vi maa faa dem [papir mangler] dem sammen med Dig jeg har ikke seet i Bladene hvad de forestiller men det kan Du sige mig min egen Ven jeg kan mærke Du er meget glad for dem oh hvor jeg deler din Glæde over Kunsten – fortæl mig en Gang hvad Mollerup tegner eller hvad han maler
+ja nu kan Du fortælle M at vi venter vor Sofa iaften og saa kommer Stolene senere, dem til Bogense er kommen afsted saa nu er det vel Sandhed at han ikke har Brug for Modellen mere; har M faaet sine Stole – jeg tænker folk i Byen vil undre sig naar de seer en saadan Sofa bæres op de veed vist ikke engang hvad det er for et Meubel
+Gardiner hænges op i næste Uge og Kakkelovnen varmer godt
+Nu raaber Vilhelm [papir mangler] at Fuglen skal komme [papir mangler] med Pakken og saa [papir mangler] ham Frimærker og [papir mangler] vide om Du [papir mangler] et par sorte Muffedisser [papir mangler] jeg sende Dig nogle da jeg sidder saa meget i disse Dage – Fader skal jeg hilse dig fra vi skal sende Penge saa hurtig som muligt; men jeg skal sige Dig at der maatte gjøres Udvej for Urban Larsen nu til Mandag ja det er nogle forfærdelige Tider men vi bede og haabe paa at alt nok skal gaa godt hils nu alle dine Omgivelser for nu blev jeg sinket og saa kom From nu er det Gardinstang og der staar vi og kan ikke faa nogle Spidser her der staar os an tal med Mollerup om der ikke i Kjøbenhavn kan laves nogle Spidser eller en Figur til at sætte for Enden
+Lev nu vel Du kjære med de kjærligste Hilsener fra os Alle [papir mangler] dog meest fra din hengivne Moder som beder for Dig</t>
+  </si>
+  <si>
+    <t>1895-06-09</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Langaryd, Sverige</t>
+  </si>
+  <si>
+    <t>- Essén
+- Johansson
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Henry Lørup
+Theodor Oppermann
+- Pehrson</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Thea er.
+Långaryd, Landeryd og Unnaryd er nogle mindre byer i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Marie Larsen og hendes far I.A.Larsen har været på gården Høljeryd i nogle dage og kommer nu hjem, da det snart er termin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/u5hS</t>
+  </si>
+  <si>
+    <t>Høljeryd d. 9-6 1895
+[Afslutningen af brevet skrevet på tværs: Lørup sagde at han havde talt med Oppermann en Gang efter at de var kommen hjem fra Bryllupsrejse, han saa straalende glad ud, de havde været i Italien men ikke i Grækenland. Ja saa skriver jeg ikke mere end denne Gang naar vi skal rejse paa Onsdag, hils alle derhjemme fra os. Selv faar Du en kærlig Hilsen fra Din hengivne Datter Marie Larsen.]
+Kære lille Mor!
+I Gaar fik jeg alligevel ikke skreven til Dig, da jeg bagte og havde en Del andet at gjøre, men i Dag er det jo Søndag og der har ingen Vogne kørt ned, saa Du havde ikke faaet Brevet før selv om jeg havde skrevet i Gaar. Du kan tro det var varmt at rejse i Fredags, der var en saadan Hede i Kupéerne saa det næsten ikke var til at holde ud, jeg var jo heller ikke rigtig rask, saa da vi kom her til Høljeryd, havde jeg en voldsom Hovedpine, men jeg sov godt om Natten og var aldeles rask i Gaar igjen. Her er stadigt meget varmt men det er jo godt for Konsulen, jeg synes ikke han hoster nær saa meget som i Fjor.
+Vi havde Essén til Middag i Gaar, han var ude for at syne Veje og kom saa ind og talte lidt med Far, som saa bad ham om at spise med, hvad han var meget taksam for. Du vil nok faa Theas Adresse at vide og saa sende indlagte Brev med Posten, det er jo hendes Fødselsdag paa Tirsdag.
+Vi fik saa ikke det Stykke Skinke med alligevel, jeg var ikke klogere end at Du havde lagt det i Kurven, men vi klarer os denne Gang, jeg havde lidt tilbage herovre som vi fik i Gaar og saa lod vi dem slagte Kalven da det var en Tyrekalv den har vi jo nok af saa længe som vi skal være her, vi kommer hjem paa Onsdag, eller det er da Torsdag naar vi kommer til Kerteminde; Kruuse skulle ogsaa hjem til Terminen saa vi tog Retourbilletter, de gjælder jo til paa Torsdag, men her er Unnaryds Torvedag paa Onsdag, det er jo saa godt som en Helligdag her, saa Far kan ikke udrette noget den Dag alligevel, derfor har vi bestemt at rejse paa Onsdag. Nu vil jeg haabe at I faar dette paa Tirsdag saa I slipper for at sende Vogn forgæves efter Far; vi skal nok telegraffere fra Kjøbenhavn paa Onsdag at det ikke skal gaa os ligesom sidste Gang. Hrr. Johanson rejste til 
+[skrevet på tværs: Halmstad den dag vi kom, vi talte med ham paa Stationen, han havde været her paa Høljeryd et Par Dage og boet hos Pehrsons, han mente at komme igjen sidst i Ugen.]</t>
+  </si>
+  <si>
+    <t>1896-08-05</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Karrebæksminde</t>
-[...29 lines deleted...]
-Din hengivne
+    <t>Halmstad</t>
+  </si>
+  <si>
+    <t>Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Marie og Johannes Larsen er på vej til familiens ejendom Höljeryd i Småland.</t>
+  </si>
+  <si>
+    <t>Vinden var omsider god, så Johannes Larsen er i Halmstad og skal nu videre med tog til Landeryd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nxXd</t>
+  </si>
+  <si>
+    <t>Halmstad 5 August 1896.
+Kære Alhed!
+Endelig i Gaar Morges blev Vinden saadan at vi kunde komme af Sted, og den var skikkelig nok til at holde sig saa heldig at vi i Formiddags kom her til. I Morgen rejser vi med Toget til Landeryd og videre med Vogn til Höljeryd og saa haaber jeg at jeg snart hører fra Dem, gør jeg ikke? Jeg skal hilse fra Marie. Mange Hilsner fra Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1896-08-10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Höljeryd</t>
   </si>
   <si>
     <t>Peter Hansen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Alhed Warberg er hos sin onkel Max på Langeland</t>
   </si>
   <si>
     <t>Johannes Larsen misunder Alhed, at hun kan få øl på Langeland, for det kan han ikke i Småland.
 Peter Hansen har meldt sin ankomst til Höljeryd. Han kunne ikke låne Fritz Sybergs bøsse, men Larsen har taget med til ham. Peter Hansen skulle til gengæld have haft Akvavit med.
 Johannes Larsen har plukket lineaer og sender Alhed Warberg en.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2x3</t>
   </si>
   <si>
     <t>[En presset linea indsat på venstresiden]
 Høljeryd 10 August 1896.
 Kæreste Alhed!
 Mange tak for Deres Brev, som laa her i Gaar da jeg kom hjem fra Jagt, jeg havde ingen Ting faaet og var meget tørstig og da jeg strax satte mig til at læse Brevet og læste om det gamle Øl paa Langeland kunde jeg ikke andet end misunde Dem det, Øl gives der nemlig ikke her paa Egnen i det mindste har jeg aldrig set det. Derimod kan vi nok komme i Vandet men ikke i Havet. Samtidig med deres Brev var der et fra Peter, hvori han fortæller at han kommer Fredag altsaa i Dag, hvad der [ordet indsat over linjen] er lidt for tidlig da vi ikke har naaet at fortælle ham at vi har taget baade Bøsse og Ammunition med til ham, han beklager sig nemlig i Brevet over at han ikke maa laane Baronens og hans egen er vist ikke færdig, desuden havde vi tænkt at han til Gengæld skulde have taget en Flaske Aquavit med, og alt det naar vi ikke at faa ham gjort begribeligt, da der om lidt skal Vogn til Stationen for at hente ham, med det samme benytter jeg Lejligheden og sender dette Brev af Sted. Jeg var ude i Formiddags paa Jagt og fik kun en Bekkasin, paa Vejen hjem plukkede jeg et Par Linea som blomstrede, det er ellers efter den Tid nu. Jeg sender Dem en hermed. Jeg maa lukke nu da Brevet ellers ikke kommer af sted. Mange Hilsner fra Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1905-05-27</t>
+    <t>1896-08-25</t>
+  </si>
+  <si>
+    <t>Jällunden, Sverige
+Snøde</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Lars Larsen
+Marie Larsen
+Vilhelm Larsen
+Susanne Lindberg
+- Petersen, Biolog</t>
+  </si>
+  <si>
+    <t>Johannes og Marie Larsen samt Peter Hansen er på Larsen-familiens ejendom, Höljeryd, i Småland, Sverige. Alhed Warberg besøger sin onkel Max på Langeland. 
+Johannes Larsen sagde, at han lavede "Busser", når han skød forbi.</t>
+  </si>
+  <si>
+    <t>Hunden Tjalfe gør gode fremskridt, og hunden Jansen er glad for Peter (Hansen). 
+Der er mange tjurer og urhøns, men Johannes Larsen har manglet ammunition til sin egen bøsse og har måttet bruge broderens, som han skyder forbi med.
+Peter Hansen, Marie og Johannes Larsen har været ved søen Jälunden. De bad om lov til at låne en pram og roede til en ø. Prammen viste sig at tilhøre nogle andre end dem, der gav tilladelsen.
+Pigen har lavet "Krykeost" af nymælken fra en ko, der netop havde kælvet.
+Dr. Petersen har sendt billedet af sælen retur.
+Gottschalck er i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hg0W</t>
+  </si>
+  <si>
+    <t>Höljeryd 25 August 1896.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
+Johannes Larsen.
+Onsdag Morgen.
+Klaks kom saa i Aftes, og havde Akvavit og Patroner med, saa nu kan jeg komme ud med min egen Bøsse i Dag saa tænker jeg det gaar bedre. Vejret ser ogsaa bedre ud til Morgen. Nu maa jeg ned til Vognene med Brevet. 
+God Morgen. Hilsen Fra Peter.</t>
+  </si>
+  <si>
+    <t>1896-09-13</t>
+  </si>
+  <si>
+    <t>Ullerslev</t>
+  </si>
+  <si>
+    <t>Samuel Andersen
+Christian Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Karl Schou
+Marie Schou
+- Skytte Knudsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Marie og Karl Schou, Syberg m.fl. har netop været på et ophold på Larsen-familiens gård Höljeryd i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde urhøns og en skovdue med fra Sverige, og han tegner nu i en fart, inden de rådner. Han kænges efter at komme i marken med Tjalfe. 
+Larsen skal til Nordskov og give en mand en akvarelkopi af Tapetmanden. Billedet er færdigt.
+Johannes Larsen kommer snart til fods til erikshaab. Han ville ønske, at han havde en cykel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Smqw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 September 1896.
+Kæreste Alhed!
+Tak for Deres Brev, som jeg fik i Forgaars Morges da jeg kom hertil eller rettere sagt til Frokost da jeg stod op. Det er egentlig forfærdeligt saa man kan blive forvænt, jeg havde ventet at der var Brev fra Dem og var bleven meget skuffet hvis der ingen havde været. Jeg havde 2 Urhøns og en Skovdue med hjem, som jeg har haft saa travlt med at tegne at jeg omtrent ikke har været uden for en Dør siden jeg kom. Nu er jeg i Færd med at tegne Skovduen men da jeg opdagede at Posten gaar om 3 Kvarter sætter jeg mig til at skrive for at De kan faa Brevet i Morgen. Det er ganske forbistret med de Fugle, jeg maa jo tegne dem i en Fart inden De raadner og sa sidder jeg her og tegner mens det klør i mig efter at komme ud i Marken og se hvordan Tjalfe vil behandle en aaben Mark efter al den Skovjagt. Og sa er der en Ting til, i Morgen er det den 14 og saa har jeg lovet den Mand som jeg boede hos i Nordskov at komme ind og forære ham en Kopi i Vandfarve efter ”Ta [noget af papiret mangler] manden” det er nem [noget af papiret mangler] hans afdøde Fader og der existerer ingen andre Billeder af ham og i Morgen er det Sønnens altsaa den først omtalte Mands Fødselsdag. Gud ske Lov har jeg da Billedet færdigt d,v,s, jeg havde malet det inden jeg rejste til Sverige og har sat 2 Knapper i Træk frem i Dag, og faaet Christine til at hente en Ramme hos Glarmesteren som jeg havde tilovers fra mine Billeder i Foraaret og som viste sig at passe udmærket. Nar jeg saa faar det overstaaet og Fuglene holder sig saa jeg kan fortsætte med dem paa Tirsdag og jeg har haft mine Sko hos Skomageren og er bleven klippet hos Barberen kan De vente at se [noget af papiret mangler] med det første. Jeg kommer nok til at gaa derned for jeg aner ikke hvor jeg skal opdrive Rejsepenge. Har De læst i Politiken om Stenografexamen, det saa ikke ud til at Peter havde bestaaet men mon ikke det er en Fejl. Jeg kan næsten ikke tænke mig den Mulighed at han skulde være dumpet, det Bæst kunde ogsaa gerne skrive hvordan det var gaaet. Havde jeg bare en Bicycle, om Forladelse, Cykle, saa kunde jeg meget bedre komme af Sted. Jeg begynder at spekluere paa at laane en. Nu maa jeg holde op for at faa Brevet med. Mange Hilsner til vi ses.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
-[...4 lines deleted...]
-- Herts, Fru
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1897-08-20</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Ane -
+Johanne Giersing
+Johannes Larsen
+Jørgen Schou
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>£ = Lispund.
+Gamle er en hund på Erikshåb.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2129</t>
+  </si>
+  <si>
+    <t>En del kunstnere med familie er samlet på Båxhult. JL er begyndt at lave billede af hunden i lyngen. Han har fanget en levende urhane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hDhH</t>
+  </si>
+  <si>
+    <t>20/8 - 1897
+Kære Mor!
+Tak for Dit Brev, som jeg fik i Aftes. Jeg vil først besvare Dine Spørgsmaal angaaende Reformdragten. Anna har ikke endnu faaet nyt Undertøj, men hun har Mønstrene og vil absolut have det. Livstykket eller Brystbaandet behøves aldeles ikke til tynde Mennesker, hun vil ikke have det. Hun mener, det var udmærket om Dis købte bare et Sæt hos Vessels, da det vist vil være meget lettere at sy efter end Mønstrene. Kjolerne kan man variere paa mange maader, naar blot Prinsesseformen er bibeholt. Du skulde endelig ikke opgive det, det er vist udmærket. Kan Du ikke huske en sort Damaskeskjole, jeg engang havde, den Facon kunde vist egne sig til Bein; den var blouset foran, Skærf snoet om Livet (Maven) og næsten glat Nederdel. Det kan jo ogsaa sys med Bælte og ganske almindelig; naar blot Liv og Nederdel bliver syet sammen saavidt mulig og ellers Hægter og Maller. - - Vi har det ellers glimrende; i Gaar fik vi endelig godt Vejr, ellers har vi haft Regn hver eneste Dag og var lige ved at blive utaalmodige, men saa meget des større er jo Glæden nu, da det endelig har forandret sig. De skyde en Masse Tjurer og Urhøns, men vi kunne ogsaa spise en kolossal Masse; det er enorme Kvantumer vi sætte til Livs; jeg kender ikke mig selv igen, hvad Appetit angaar, jeg er altid sulten, selv en Times Tid efter at vi have spist kan jeg godt igen saa jeg venter at have taget et £ til, naar jeg kommer hjem. Det er vist Luften heroppe, der er umaadelig sund og styrkende. Først i Gaar kunde Las rigtig begynde paa sit Billede af Hunden i Lyngen, hidtil har vejret været for daarlig. I Gaar Eftermiddags var Schou Las og jeg ude at lede [overstreget: E] efter Svampe; vi skulde over en lille Mose men da Las var bange at jeg skulde falde paa de vaade Stene, bar han mig over, men gled selv, saa vi begge faldt i Mudder til Midt paa Benene; jeg havde min hvide Badekjole paa, den blev kulsort. - I Dag har jeg været med paa Jagt; d.v.s. det var uden Bøsse, han vilde fange en levende Urhane, han har fanget en, men vilde have én til. - Jeg husker ikke, om jeg skrev, at vi en af de første Dage, saa en Hugorm, [indsat: den] løb lige for Fødderne af os i Lyngen. - De tre Børn ere saa søde, Kunstnerens største Dreng er forfærdelig grinagtig og rigtig artig. De to [overstreget: M] mindre have [overstreget: have] haft ondt for tænder og været daarlige nogle Dage, baade Kunstneren og Schou ere saa flinke til at hjælpe til at passe dem. - Det er storartet, at der er Udsigt til at jeg kan blive borte et Par Dage ind i Sept. jeg nyder hver eneste Dag. Las talte om [overstreget: l] i Dag, at [overstreget: jeg] han maaske vilde rejse med, naar jeg rejste, selv om de andre blev et Par Dage til. Det vilde jo lette Afskeden betydelig. - Han sidder og læser her ved Siden af og beder mig hilse mange Gange. - I Morgen skal jeg holde Storvadsk, man sviner en Masse Tøj til, navnlig Strømper. - Her tales om en Køretur en af Dagene men vi ere saa optagne, at vi næsten ikke kan overkomme alt hvad vi gærne vil. Vi ere næsten daglig ude at plukke Bær; nu begynde Tyttebærrene rigtig, de ere dejlige ; jeg skal nok virke for at faa nogen sendt hjem. Marie mener nok, et kan lade sig gøre. -- Vil Du hilse mange Gange paa Gelskov, bare O. Syberg dog ikke opgiver den Rejse - 1000 kærlige Hilsner til Eder allesammen. Mon "gamle" virkelig gaar og længes efter mig? Klap ham fra mig det gamle Skind. - Hils ogsaa Ane. - Eders i Sundhed og Velstand svævende Alhed
+Du skriver vel snart igen?</t>
+  </si>
+  <si>
+    <t>1897-12-13</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Horne, Fyn</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Christian Andersen
+Christian Eckardt
+Margrethe  Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Christine bor hos Sybergs i Svanninge, mens hun går på Teknisk Skole i Faaborg.
+VB er muligvis Victor Bøttern.
+Doktor Engel er muligvis familien Eckarts læge i Småland.</t>
+  </si>
+  <si>
+    <t>Tak til Christine Swane fordi hun har mulighed for at give Sybergs et lille afdrag. Johannes Larsen er hos Christian Andersen i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bggI</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 13/12
+Kjære lille Ugle!
+Da vi nu sendte VB afsted saa glædede vi os rigtignok ved at tænke paa dig i morgen Gud ske Lov du lille Kjære at du inden du tager hjem kan give dem et Afdrag
+Fader er ikke tilstede det var jo ham der skulde takke for sit Barn men du faar nøjes med min han blev saa glad ved Brevene fra dig og Marie – og fra Eckardt, Margrethe havde faaet en Splint ind i sin tommelfinger. Doktor Engel saa maatte trække den ud saa Fingeren smertede endeel Dumpe hørte vi ikke fra kommer der ingen nu saa maa jeg have fat i Telefonen om lidt
+Det er en Glæde at læse om hvor godt dit Arbejde lykkes. Du vil ordentlig vise frem naar din store Broder kommer og hente dig hjem
+Agraren var hjemme igen og spiste en ordentlig deel Grisemad. Tilmorgen sorte Pølser inden han kjørte – du maa endelig skrive ham til lille han var meget bedrøvet fordi du ikke svarede ham, nu skriver jeg til Marie at hun skal se at faa Vished for naar hun kan komme for Agraren skal allerede i Skole igjen den 3. Jannuar
+Du maa endelig gaa til Horne inden du kommer hjem Maren er meget opsat paa den Hilsen fra Hjemmet den lille Hund er paa Besøg [ulæseligt] den gaar under Navnet Syberg men Klaks ønsker ikke at nævnes op denne Gang.
+Nu ligger her en Deel Strømper saa jeg maa nok heller tage Naal i Haand og saa med denne lille Lap – vi sees jo ogsaa snart og Nyt er her intet af
+Mange kjærlige Hilsener og Tak fra Fader og Moder og fra Brødrene
+Johannes er hos Christian Andersen
+Hils Alle</t>
+  </si>
+  <si>
+    <t>1898-09-08</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland, Sverige</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Alfred Dreyfuss
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dette er første brev, der kendes til, fra Alhed Larsen efter brylluppet med Johannes Larsen. 
+Larsen-familien ejede to skovgårde i Sverige, Båxhult og Höljeryd.</t>
+  </si>
+  <si>
+    <t>Johannes, Alhed og Ludvig Brandstrup er på Båxhult. De går på jagt. Johannes Larsen maler flittigt, da vejret er fint. Bredsdorff vil gerne købe to akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ogv2</t>
+  </si>
+  <si>
+    <t>8ende Sept
+Kære Moder!
+Lud og jeg sidde og venter paa Las, der er ude at male, og Middagsmaden (st. Urhøne og Brødkage) staar og venter ude i Køkkenet jeg vil forkorte Ventetiden ved at begynde paa et Brev til Dig. – Jeg haaber, at Du har hørt fra Christine (vel nærmest mundtlig) lidt om os heroppe og Grunden til vores lange Tavshed. Vi ejede i mange Dage ikke en Øre og kun 2 Frimærker, som vi ikke turde give fra os, da vi jo mulig kunde faa Breve, der skulde besvares strax. Der kom jo ogsaa Bertas og det andet Frimærke blev anvendt til Dig. – Tak for dit sidste Brev, jeg faar vist snart et til, Du vilde skrive naar Du kom hjem, skrev Dis. – Du kan tro det var yndig at have Christine her, jeg savner hende meget. Lut kom i Forgaars Aftes. Berta turde jo desværre ikke for den dårlige Vejs Skyld, det havde ellers været forfærdelig morsomt at have hende her ogsaa. Lut skød to Urhøns i Gaar han gaar rigtig og nyder Livet i det henrivende Vejr. Las maler flittig hver Dag, hans Billede gaar udmærket fremad. Hvis bare Vejret vil holde sig, saa kan han maaske faa det færdigt. – (Efter Middag) Las kom hjem med et Brev fra Elle, skreven d. 4de og i Dag er det den 8ende, det var da nogenlunde expedit. Ellers er det jo en skandaløs Postgang i Aar. Vi har faaet et Brev fra Kerteminde, der var afsendt Fredag Aften og vi havde det først Torsdag Aften, ligesaa længe havde Bertas været undervejs. Tilføjet: Om Aftenen. Denne Parentes er jeg sat til at skrive af Lud og Las, der begge sidde her og skrive og have begyndt hver sit Brev med ovenstaaende. – Vi have et henrivende Vejr i disse Dage komplet Sommer, men i Aften er det desværre som om der er Forandring i det. – Lud har en Riffel med, en lille elegant Bøsse, som han har givet mig Lov at skyde med. I Aften have vi alle 3 været paa [overstreget: J] Andetræk nede ved en Sø, men vi saa desværre ingen Ænder. – I Dag have vi faaet en Pakke Politiken fra Kerteminde, det er meget morsomt at se Aviser igen, naar lige at læse om Dreyfussagen. I maa endelig skrive, saa snart I faa noget at vide om Elles Bryllup. – Hvordan gik Johannes Jyllandsrejse? – Jeg skal hen at skrive et Par Ord til Elle til Svar paa hende Brev, eller jeg kan i Grunden ligesaa godt skrive det her. – Hvis Bredsdorff vil have 2 Akvareller saa findes der 2 [udstreget: da] saadanne i den fri Udstillingslokale, Cinerarie” [tilføjet over linjen: Blomst] og ”Gravgæs” 100 Kr. pr Stk, men han maa selv se at faa fat i den [tilføjet: hvis han gider], da Las jo er heroppe. Mange Hilsner til Alle fra Las og Eders Alhed
+Lud hilser</t>
+  </si>
+  <si>
+    <t>1899-08-21</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Jørgen -, Erikshaab
+Katrine -, Erikshaab
+- Jensen, Frøken, Erikshaab
+Marie Juul
+Hanne -  -, kokkepige Erikshaab
+- Kolding
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+- Leth
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Astrid var sammen med sin søster, Thora, og Hempel Syberg på kurophold i Carlsbad. Globus var navnet på det hotel, som de boede på. 
+"Husene" var landarbejderboligerne, der lå nær gården Erikshaab.
+Nybøllegård er en lille gård i Hillerslev Sogn, Ringe Kommune.
+Alhed, Andreas/Jeppe og Johannes Larsen samt Berta og Ludvig Brandstrup rejste sensommeren 1899 til en af Larsen-familiens skovgårde i Småland. Laura Warberg stødte til dem kort efter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, LW til Astrid 1899-08-21, 2398</t>
+  </si>
+  <si>
+    <t>Det er tørke.
+Kyllingerne er blevet store, og der er også mange æg. Hønsene har frygtelig mange lopper, som man nu prøver at bekæmpe. 
+Christine vil gerne have en killing.
+Andreas/Dede er rejst nu. Han har haft meget glæde af sin båd.
+Alhed og Johannes Larsen er rejst. Den lille græd meget på rejsen i Danmark, men i Sverige var han rolig. Johannes Larsen havde en hund med, og Alhed kørte det sidste stykke med barnevognen.
+Laura Warberg glæder sig til at komme til Sverige. 
+Ellen og Harris Eastman er lykkelige og på rejse.
+Christine lider meget af hovedpine. 
+Laura og en gæst har haft en dejlig aften i måneskin. 
+Der er inviteret til høstfest på Gelskov. 
+Albrecht er rask og glad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P8q0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg
+Globus
+Carlsbad.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 21de
+Kære lille Putte!
+I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
+Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
+[Skrevet langs sidens venstre kant:]
+Vejr her. I vel ogsaa.
+[Skrevet langs venstre kant på brevets side 1:]
++ vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
+[Skrevet langs højre kant på brevets side 1:]
+Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1899-08-30</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+- Kraus
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
+Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
+  </si>
+  <si>
+    <t>Det er trist, at Albrecht er så forkølet.
+Astrid var syg i maven, da hun kom hjem fra Hamburg med Hempel Syberg. Laura har givet hende opium.
+Ellen og Harry Eastman Sawyer turer meget rundt og har det godt. 
+Laura Warberg rejser nok lørdag.
+Der er næsten ikke mere vand i brønden, så de må vaske i åvand på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NB7D</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Gothersgade 129 - ⁴ -
+København K.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 30te
+Kære Abba!
+Jeg blev ked over at høre, at Du er saa forkølet. Paludan sagde rigtig nok, at Du plejer at være ret vel tilfreds med en Forkølelse, da den befrier Dig for en Del Slim. Jeg skal hilse Dig saa meget fra Syberg og Børnene, hvem jeg tog imod i Gaar; de kom 4 ½ over Hamborg, var meget trætte, men i godt Humør. Dr. Kraus mente, at Astrid kom sig nok, tilraadede Massage. Vi kom hjem her i Aftes med sidste Tog og stakkels Putte har været meget syg hele Natten til 6 i Morges, voldsomme Mavesmerter, Diarrhoé og Opkastninger i ét væk. Jeg gav varme Omslag, tilsidst Opium, det hjalp endelig og nu sover hun rolig i Din Seng, men kom ned til mig Kl. 2. Det søde Pus! Hun led meget. Det var vel den danske og tydske Mad, hun ikke kunde taale, og saa den forcerede Rejse. I Gaar kom der et lille bitte Brev fra Elle, hun og East. turer fremdeles meget om og finder alting herligt. Fra Båxhult har Du vel hørt fra Berta og Lud. Jeg har i Sinde at rejse paa Fredag, men I skal ikke gaae paa Banegaarden, da det er meget muligt, jeg ikke kan blive færdig før Lørdag. Vi vadsker først nu, da vi skulde have Astrids Tøj med. Der er næsten ikke Vand i Brønden, saa de maa hente i Aaen. Amstrups har bedt om at maatte vadske her i næste Uge, de har ikke Vand heller. Sidste Nat fik vi forresten endelig en dejlig Regn. Gaarden blank af Vand i Gaar Morges, men der skal jo meget mere til. 
+Ja nu vil jeg gemme mine Beretninger til vi ses.
+Mange Hilsener til Eder alle. Din
+Smaa.
+De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
+  </si>
+  <si>
+    <t>1899-9</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt deres lille søn opholdt sig på Larsen-familiens gård Båxhult i Småland i sensommeren 1899. Berta og Ludvig Brandstrup var hos dem en tid, og Laura Warberg samt flere af Alheds søstre også. 
+Signaturen på brevet er svært læselig, men der står formodentlig Louise. Laura Warberg nævnte i et brev, at Muk/Louise skulle gå til Landeryd Station uden sin bagage - hun ville få sit tøj på et senere tidspunkt - og dette passer med indholdet af dette brev.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0034</t>
+  </si>
+  <si>
+    <t>Louise skriver brev i et rystende tog mellem Halmstad og Helsingborg. Hun er gået til Landeryd uden sin bagage, og hun trak på vejen to små træer op ved rode. Louise er spændt på, om de vil gro derhjemme. Der var skønt på Båxhult, og Louise har været med Ludvig Brandstrup på jagt. Nu når hun til Hallandsåsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/roCY</t>
+  </si>
+  <si>
+    <t>Toget mellem Halmstad og Helsingborg.
+Kære Dis! Jeg har faaet dette Papir og en ubetydelig lille Blyant med at skrive til Dig i Toget, men det ryster saa meget, at det vist ikke bliver til stort. – Jeg er meget trist til mode over at være rejst fra Båxhult; der var saa storartet at være. Mor har nok fortalt udførligt om alt deroppe. Dit Brev laa der til mig den Aften, vi kom. Tak for det! [”Tak for det!" indsat over linjen] Jeg vilde egentlig nok have svaret, men Turen var jo saa fremrykket og Postgangen deroppe saa daarlig, at jeg ikke mente, jeg kunde naa det. Mor har fortalt om Dine og Mornines Anstrengelser med mit Tøj, - jeg blev meget rørt over det. Jeg gik til Landeryd i Dag; hele min Bagage var min Fladhat med mit Kammeetui og en stor Lyngguirland; desværre drysser den meget, saa den bliver vist ikke til meget, naar den naar København. Jeg rysted et lille Enebærtræ og et lille ditto Grantræ op med Rod paa Vejen til Landeryd; er meget spændt paa, om de vilde gro. – Det var morsomt at være sammen med Mor deroppe de to Dage; hun morer sig over alting deroppe. Hun og jeg var sammen ved Yällunden i Gaar. Sig Mornine, at jeg har været der 2 Gange og var meget begejstret, men næsten mere for Brandaasen og nogle andre Steder, jeg var med Onkel Lut paa Jagt. Her sidder nogle utaalelige Tyskere og gør uvist hvorfor Nar af mig og mit Brev paa Tysk. Nu kommer vist snart Hallands Aas; det er det dejligste i Verden, der skal jeg se ud, jeg var ude i Halmstad og drak Kaffe og spiste en Masse Masse Brød og Kager for 35 Øre
+Hilsen til alle Louise</t>
+  </si>
+  <si>
+    <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Berta Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Katrine -, Erikshaab
 Alhed Larsen
+Augusta Mogensen
+Jupiter Mogensen
+Henning Schroll
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine venter et år med at tage til Askov.
+Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
+Laura har haft en god rejse og tager den følgende dag videre til Sverige.
+Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup St.
+Fyn
+[Fortrykt på brevpapiret:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Håndskrevet i brevet:]
+Søndag Formiddag paa Fars Værelse
+Kære lille Putte!
+Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
+Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
+Mor.</t>
+  </si>
+  <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+  </si>
+  <si>
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Larsen-familien ejede gården Båxhult i Småland.
+Laura Warbergs søster kaldet Mis drev et pensionat på Gothersgade i København.
+Louise Brønsted f. Warberg må være rejst hjem fra Sverige før moderen, Laura Warberg. 
+Drengen er Alhed og Johannes Larsens førstefødte, Andreas/Puf.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0369</t>
+  </si>
+  <si>
+    <t>Det er godt, at Louise/Muk er kommet i god tid til stationen. Laura Warberg har været i Boden at handle og også kørt tur med drengen. Hun savner aviser hjemmefra.
+Der er skønt i den storslåede natur, og de går ture, får mælk fra egne køer og spiser hare. Johannes Larsen maler et portræt af Alhed, hvorpå hun ser for gammel ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gycL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+1899.
+Hr Godsforvalter Warberg
+”Gothersgade 129 – ” –
+København K.
+Danmark
+[I brevet:]
+Båxhult pr. Landeryd
+d. 8de
+Kære Abba!
+Jeg syntes, at Muk kunde nok agere Brev i Gaar og jeg haaber vi en af Dagene hører fra Dig; at Du har skrevet, før Du fik Brev [”Brev” indsat over linjen] fra mig! Vi savner lille Muk, blev saa glade ved af Smedens at høre, at hun var kommen i god Tid og uden Regn til Stationen. Her er udmærket i alle Maader; navnlig er jeg saa glad ved at have saa meget gaaende Arbejde, og ved de dejlige Ture, vi gaaer. I Dag har jeg kørt Drengen alene og bagefter været alene oppe i + ”Boden” at handle. Der gik akkurat ½ Time til baade Hen- og Hjemturen, og det varede ogsaa ½ Time deroppe at faae købt Smør, Bagværk og Blanksværte! + [Indsat efter + lodret ved papirets kant:] + Muk kender deres Langsomhed. [Indsættelse slut] Det er os en stor Skuffelse at der ikke kommer Aviser hjemmefra; i Dag havde vi sikkert ventet. Her er jo ikke meget med Afvexling. Vi lever udmærket; fik Haresteg i Dag og derefter den mest brillante oplagte Mælk, som jeg nogensinde har smagt. De faaer kun lidt Mælk her af deres smaa Køer, men den er saa fed og velsmagende. Køer og Faar gaaer i Skovene og har Klokker om Halsen, jeg vilde ønske, Du kunde se den dejlige, storslaaede Natur her er! Ja Muk har vel nok givet Dig en begejstret Skildring af alt (Postgangen dog medtagen). Vi har Graavejr i disse Dage, saa Las ikke kan male ude, derfor har han i Dag arbejdet lidt paa et Portræt af Alhed; jeg synes det ligner godt nok, men hun ser 10 Aar ældre ud derpaa [”derpaa” indsat over linjen], end i Virkeligheden. Dog kan det maaske forandre sig. Vil Du hilse Mis og Zuluen [”og Zuluen” indsat over linjen] og sige Tak for sidst, ogsaa Lud og Berta maa Du hilse og [to ulæselige ord]. Husk Muk paa Knaphullerne og paa at faa sin hvide Kjole hen at blive renset.
+Saa kun mange Hilsener fra Alhed, Las og Din Smaa.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup
+Fyen
+Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1899-09-15</t>
+  </si>
+  <si>
+    <t>Lina -
+Thora  Branner
+Louise Brønsted
+Alfred Dreyfuss
+Katrine -, Erikshaab
+- Garell
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen, deres søn og Laura Warberg opholder sig på Larsen-familiens ejendom, Båxhult, i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0028</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Laura Warberg har læst aviser omkring ét stearinlys. De kan ikke skaffe petroleum. De er optaget af Dreyfuss-affæren. 
+Laura W gør rent og laver god mad. Johannes Larsen har bla. skudt skovduer. 
+Andreas/Gaien og Alhed optræder som modeller på Johannes Larsens maleri. Den lille ligger/står på alle fire. 
+Laura W beder Astrid sende diverse og Katrine om at vaske tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yzCx</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup 
+Fyn.
+Danmark.
+[I brevet:]
+Fredag d: 15de
+Kære lille Putte !
+Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
+[Skrevet lodret s. 1 på højre side af papiret:]
+Mange Hilsener til hver især fra Las, Alhed og Mor.
+[Skrevet lodret s. 2 og 3:]
+Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
+[Skrevet lodret langs højre kant på side 3] 
+først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
+[Skrevet lodret på s. 4:]
+Jeg vilde nødig have meget med i en Vadsæk</t>
+  </si>
+  <si>
+    <t>1899-09-18</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg var i september 1899 med Alhed og Johannes Larsen og deres lille søn på Larsen-familiens gård, Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0027</t>
+  </si>
+  <si>
+    <t>Pakken er kommet, men uden brev. Laura Warberg synes, at Astrid skriver for sjældent. Laura vil rejse hjem otte dage efter, at kortet er sendt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHgU</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
+Till
+Bostad: 
+(om den kan uppgifvas.)
+Adressort:
+[Med håndskrift på kortets forside:]
+Danmark.
+Frøken Astrid Warberg
+Erikshaab
+Højrup Fyn
+[Håndskrevet på kortets anden side:]
+Båxhult d: 18de.
+I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen
-Christine  Mackie
-[...85 lines deleted...]
-Din hengivne
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>Vinter 1903</t>
+  </si>
+  <si>
+    <t>Augusta -
+Hanne -, bekendt i Sverige
+Astrid Kjellmann
+Marie Kjellmann
+Syssan Kjellmann
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Paageri er muligvis pugeri.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve kasse 1, kuvert 1, 2002/61, A8,Lb 11</t>
+  </si>
+  <si>
+    <t>Der var store problemer for IA Larsen med at få afviklet gæld. Christine Swane malede på billedet af sine forældre. Det skulle være færdigt til 2. ophængning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LqCJ</t>
+  </si>
+  <si>
+    <t>Høljaryd Fredagmorgen
+Kjære lille Marie!
+Ja Du maa nok undre Dig at der ingen Brev kommer; men mine Tanker kredser om Eder alligevel
+Vejret er her 5 Graders Frost og det hvide Snelagen dækker alt de sidste Dage har Solen været fremme og den siver jo bort en del men der er meget tilbage
+Kjøren har der ingen været saa er der [ulæseligt ord] Torg saa er der Nyby Torg og det væsentligste er vel min Sindsstemning der er bleven saa trykket over alle de Pengebesværligheder; og ikke er Faer rask. Dine ligger i disse Dage det er vist Influenza der melder sig igjen hun havde den jo i Fjor og naar vi var hos Fru Kjellmans havde Marie den jo maaske er hun bleven smittet- det var ellers en dejlig Eftermiddag da den lille Pige blev døbt Augusta bar hende og jeg løste Huen Hanne skulde have været der, men var ikke rask hun fik det samme Navn som den lille der døde Astrid jeg kan ikke huske de andre Navne der blev sungen saa kjønne Psalmer; [ulæseligt navn] og Uglen var med men jeg troer nok de kjedede sig jeg sad inde hos Marie hele Tiden og det var hun glad for, vi fik Smørgos Suppe, Steg, og Svedsker med Flødeskum og Butterdejgs[ulæseligt ord] senere Kaffe med Duppe, Kl 5 kjørte han os hjem – Børnene var søde og raske den lille Syssan sad med en Tallerken Dessert og nød det hun havde aldrig før smagt noget saa godt. fortæl mig dog noget om Børnene jeg er saa længselsfuld somme tider, Nu det er Solskin kan Uglen jo ikke male paa det store Billede saa maaske jeg kan nok helst hvile mig lidt, det er svært for hende at male mig og saa er Humøret jo ikke godt nu gaar hun jo ogsaa saa ene her ingen at tale med om sit Arbejde til første Ophængning blev det jo ikke færdig om det kan blive til 2 vil jo vise sig; men hvis nu det ikke bliver færdig hvad saa hun har jo da lært meget ved at male os vil jeg tro
+Det er et fint og dejligt Vejr det tegner til her og saa har I det vel ogsaa hos Eder du maa endelig fortælle mig om Besøget det er godt I har Vadsken overstaaet vi har Vadsk og Rengøring og Slagtning tilbage til April vil hun jo rejse der hjælper os og jeg veed ikke endnu hvordan det skal ordnes har I faaet nogen anden Pige? det er kjedeligt med det Skiften. I ved hvor lidt jeg holder af nye Mennesker hils nu Alle fra mig og bed dog Adolph om at skrive lidt til mig jo vidste han hvor ondt det gjør mig han skyndte sig nok til Skriveriet. Faer skriver nu til Jylland – han haaber at afvende deres Paageri det er ikke saa underligt at den kjære Fader ”pines” for han som har havt saa stor Langmodig med sine Skyldnere og vi skal plages saadan jeg undrer mig ikke at han trykkes og saa kjender I jo nok [ulæseligt ord] at ingen maa mærke noget det er kun mig der faar det Hele og jeg maa jo ogsaa stive mig men vor Herre hjælper mig og [ulæseligt ord] og faaer det hele det maa jo være til vort Gavn at vi bøjes saa, Kjærlig Hilsen fra os - Alle 3 - til Alle</t>
+  </si>
+  <si>
+    <t>1903-12-25</t>
+  </si>
+  <si>
+    <t>- Eckmann
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+Axel Muus
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Gamle Kirsten bor på Brandåsen i nærheden af Høljeryd. Muligvis også gamle Johanne.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Johannes Larsen. Tak for julegaverne. Beretning om julen på Høljeryd. Johannes Larsen kan forvente besøg af Muus, som vil have ham med på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HLAx</t>
+  </si>
+  <si>
+    <t>Høljeryd Juledag [1903-12-25]
+Kjæreste Johannes – Tillykke paa Fødselsdagen og alt godt vil vi ønske dig i det kommende Aar; du naar ikke at faa Brevet om Søndagen for det maa komme med Kirkefolk imorgen og først afsted fra Landeryd med Aftentoget, men det bliver velkomment alligevel.
+Saamange Tak for Julegaverne som rigtig skal smage os i disse Helligdage, fortæl dog dine søde smaa Drenge at Figen og Dadlerne rigtig glædede mig men jeg vilde helst have smagt de Pebernødder lille Puf sad og trillede og skar
+Jeg saa det alt sammen saa tydeligt, ja kunde I dog ikke mærke jeg var omkring Eder, Tak kjære Las og B at I havde de 3 andre Børn ovre hos Eder Juleaften, det var godt Vilhelm kom hjem. Hils ham og de andre mange Gange de skal faa Brev til Nytaar fortæl Alhed, at jeg har pyntet mig med det nye smukke Forklæde. Nu skal du høre lidt om vores Juleaften Uglen og Faer drog ud for at lede efter en Julegran endelig mødte de en paa Brandaasen som faldt i hendes Smag. Igaar Formiddags gik hun med Eckmann op, imedens han fældede Træet gik hun til gamle Kirsten med Julegave. Hvedemel Kaffe og Sukker gamle Johanne fik ligedan, saa herhjem at sætte den i Foden imedens jeg lavede Maden pyntede hun Træet, det blev meget smukt Æbler Glimmer og Næt og Hjærter kun i to Farver gult og hvidt Kreppapir med Lys seer det saa japansk ud; Ja I har Ret det er godt at Uglen er her ellers troer jeg det havde bleven meget svært for mig nu gik det, vi fik Haresteg og Grød, og vi levnede saameget at vi spiste i dag til Middag og [Knasengrød] det var saa dejlig nemt
+Det var da morsomt for Eder at Skous kom de var saa glade i Fjor – hils dem fra mig. Her sidder Fader med en Bog og Uglen med en Bog, saa er her saa god Lejlighed til at lade Pennen fare afsted her er bleven forandret noget i Kontoret hvor vi holder mest af at sidde; de 2 halve [runde] Borde der stod i Gangen har hun sat ind foran Sofaen til Spisebord og Spillebordet staar under Vinduet med alle mine Blomster, Juletræet staar for Enden af Skriverbordet, nyt Tapet kommer her paa Væggene; det glæder jeg mig til, for dette er forfærdeligt grimt, det bliver nu efter Jul, I skal nok faa en Prøve sendt over, naar der bliver en Stump.
+Vejret her er tykt, men ikke megen Frost. Akslen til Saven er kommen til Landeryd, saa bliver det ikke mere Vinter end det er nu kan der vel begyndes efter Nytaar, at der kan blive rent i Dammen
+I kan vente Muus op hos Eder naar han kommer ned til Byen, 3 Juledag skulde han til Østergaard paa Rævejagt, han vil vist ud til Fynshoved paa Strandjagt, der vilde han vist have dig med; han var glad ved at rejse hjem; men jeg er ogsaa glad ved at komme igjen Fru Larsen, han trives godt i Smaaland.
+Hils nu alle de andre fra os jeg levnede denne lille Plads til Faer, men han saarer mig nu, hils ham og ønsk ham tillykke fra mig, han veed jo at jeg sender ham alt Godt hils og [kys] dine Kjære fra gamle Farmor som er ligesaa meget hjemme som her.
+Sig til Vilhelm at hans Brev kom Juleaften saa vi havde Jer allesammen. Hils tilligemed Adolphs og Maries og Eders</t>
+  </si>
+  <si>
+    <t>Sensommer 1905</t>
+  </si>
+  <si>
+    <t>Fyns Hoved
+Klintevej 213, 5300 Kerteminde, Danmark
+Broløkke, Kerteminde
+Rynkeby, Kerteminde
+Sct. Laurentius kirke, Kerteminde</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Søren J
+Andreas Larsen
+Johan Larsen
+Karl Schou
+Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
-    <t>1926-04-24</t>
-[...225 lines deleted...]
-Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+    <t>Truntehuset er et hus på Klintevej syd for Kerteminde. Det tilhører herregården Lundsgård. Engang var der salg af kaffe og the m.v. i bygningen.
+Det er uvist, hvilket barn på 8 pund, der er blevet født.
+"Hovedet" er den yderste spids af Fyns Hoved. 
+Selskabet har drukket kaffe "oppe i Skoven": Der var servering både i Skovpavillonen og i Louisenlund i Lundsgårdskoven på den tid. 
+Broløkke er en herregård, der ligger lidt nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alheds søster, Louise er på besøg med sin mand, Brønsted (Magisteren), og de tager på udflugter, får kaffe, cykler tur, spiser på hotellet og synger tostemmigt på Torvet. Alhed Larsen og gæsterne har også været i hestevogn til Fyns Hoved. De brød ind i Sybergs hus for at komme i tørvejr. 
+Alhed Larsen og drengene har fået en ugle fra Broløkke. Den får lunge at spise.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M0Oc</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg kigger hver Dag om der ikke skulde være et Par Ord fra Dig. Vi har det alle godt, Magisterens kom Dagen efter, I var rejst, vi more dem paa alle mulige Maader. Første Dag tog vi dem til Truntehuset at drikke Kaffe, yndigt Vejr. Dagen efter cyclede Mag. og jeg til Rynkeby, de andre tog med Toget, der er kommen en dreng paa 8 Pund, alt staar godt til. I Gaar tog vi til F [ordene overstreget fra ”I”] Lørdag Aften gik vi paa Hotellet og spiste til Aften og drak Likører til Kl. 12, da vi gik derfra, stillede vi os op paa Torvet i Kirkedørsnichen og sang 2 stemmige Sange og samlede Opløb af alt hvad der endnu var paa Gaden, hvilket ikke var saa meget. I Gaar tog vi til Fyns Hoved, kørte Kl. 10 med Søren J’s Char à banc spiste i Kunstnerens Hus, mens Regnen strømmede ned, vi brød derind ved at tage Maven ud, senere klarede det af og vi gik en lang Tur ud paa Hovedet, hvor der var pragtfuldt, vi plukkede Evighedsblomster til en ny Guirlande. – I Dag har vi været oppe i Skoven at drikke Kaffe og fotografere Bordene! Værten var beæret.
+Nu gaar vi ud paa Hotellet og drikker en Thepunschssjus, saa Du ser, vi more dem det vi kan, Magisteren rejser i Morgen, Lugge bliver endnu et Par Dage. Jeg haaber I har det storartet deroppe, jeg glæder mig meget til at høre noget deroppe fra. Hils Lud mange Gange. Skriv nu et Par Ord. Du maa ikke sige til Skovs at vi har taget Bordene, de skal have [resten af teksten er skrevet ind på tværs over ”Kæreste Lavsi!”] et Kort med dem paa. Vi har faaet Uglen fra Brolykke, Drengene gik op og hentede den, den faar Lunge. 1000 Hilsner fra Din A.
+Mandag Aften</t>
   </si>
   <si>
     <t>1905-11</t>
   </si>
   <si>
     <t>Sidsel -
 Julie Brandt
 Bodild Branner
 Ellen Branner
 Wilhelm Branner
 Alhed Marie Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Drude Jørgensen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 Hempel Syberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt lånte formodentlig Laura Warbergs lejlighed på Sortedams Dosseringen i København, mens Laura Warberg deltog i dåbsfesten i Odense. Sidsel var pige i huset hos Laura Warberg.
 Dåbsbarnet må have været Thora og Wilhelm Branners førstefødte, Bodild, og Thoras adoptivfar, Hempel Syberg, lagde hus til festen. 
 Det vides ikke, hvem Kaufmann, Meyer, Helga og Johanne G. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0891</t>
   </si>
   <si>
     <t>Dåbsfesten i Odense var vellykket. Den lille pige var yndig, og Thora/Tutte havde ny dragt på. Laura Warberg har været fire dage på Erikshaab.
 Christine Mackie er bange for kryb, og Laura ville hjælpe med at indfange dem.
 Louise/Lugge Brønsted er rejst til Småland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4KkS</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 Kjerteminde d. 11te
 Kære Astrid!
 Jeg blev meget betuttet over Dit Brev i Dag, for Sidsel er sikkert rejst for flere dage siden. Nøglerne er hos Madam Str[ulæseligt] Ryesgade No 1 3; Nøgle[ulæseligt] bad jeg Sidsel sætte ovenpaa Skabet i Sovekamret og der er vist Nøglen til Symaskinen. Hvis ikke, saa er der 2 Nøgler under Papiret i den 3_de_ øverste Skuffe i Chiffonnièren, den ene er til Konsolen ved Portièren og saa er den maaske i den Skuffe. Kaufmann klippede Thoras Bleer, bed ham om det; der skal ingen Baand i. Der er absolut ingen Optegnelse om Børnetøj paa Værelset elles har været, mens jeg har boet der, men Kaufmann veed jo Besked om alting; de er saa flinke. Tak for dit forrige Brev lille Putte, jeg vilde have skrevet til Dig i Morgen, i Dag hygger vi og i Gaar var jeg saa sløj og træt efter de 4 anstrængende Dage paa Erikshaab og Festen i Odense, der var meget vellykket. Der kom flere Telegrammer bl.a. fra Las og Be fra Gedser; det var jo kedeligt Du ikke fik skrevet. Pigen var henrivende i sin fine Kjole med blegrøde Baand; Thora i en ny lys [ulæseligt] som Wilhelm havde valgt afsendt, den blev syet i Odense. Fru Drude og hendes Mand, Vesterdal (Hempel Dede Syberg Faddere) [Ulæseligt] Meyer med Forlovede fra Kbh. Fra hver var der 2 smaa Naale til den lilles [ulæselig] samt et Brev fra Kusine Alhed meget sjov sat sammen. Børnene her er søde, Du skal nok få et Brev herfra en Gang til, men skriv saa fint et Brevkort om hvor Du er. Du holder vel næppe af at gaae alene der og er Sidsel ikke rejst, saa maa hun være lige ved hun skulde jo nødig ofre noget af sin Ferie. Naar Johanne G. er bortrejst saa tænker jeg mig, Du indtager hendes Plads der, men[ulæseligt] jo ligefuldt [ulæseligt] hen hos mig og [ulæseligt]. Hermed et Par Breve, da jeg mangler Tid til at skrive mere i Dag; jeg skal ned med Breve og saa stryge igen. Jeg var oppe før 7 i Morges og [ulæseligt] først; jeg ligger i Sovekamret sammen med Børnene, Myg, Fluer, Ørentviste, Edderkopper m.m. Chr. er syg af Angst for Kryb. I Aftes var hun til The hos Sybergs, jeg havde i Sinde at staae op at hjælpe hende at indfange Ørent. men saa kom hun med herind [ulæseligt]. Chr. rejser paa Fredag ned til Tutte Dagen efter til Snøde; jeg er glad for hende de Dage her. Nu gaaer Du da endelig op til Ta[ulæseligt] og giver hende Din Adr: Jeg har fortalt hende at hendes Veninde har intet Renommé som Læge, derfor tager Du en anden. Hun fandt dette i sin Orden. Hvor kedeligt at Alfreds Rejse ikke blev i August, naar Chr. og jeg er dernede! Saa yndigt vi kunde have haft det! Jeg har faaet et Par ord fra Muk fra Landeryd, hvortil de var ankommen i god Behold. Wilhelm havde saa ondt af Muk i den sidste Tid, han gav hende en hel Del Kakao og Chcolade med. Adr: er jo. Båxhult, pr. Landeryd – Småland. Hun vil være henrykt ved Breve. – De gamle Lagner Du havde liggende i et af Skabene. Du tør maaske nok ligge der, om ogsaa Sidsel er væk.- Er Pan der, kan hun jo ligge hos Dig eller Helga? Saa faaer jeg et Par Ord paa Torsdag Morgen. 
 Kærlig Hilsen! Jeg skal skrive samme Dag jeg faaer fra Dig.
 Mor. 
 Skuddene kan nok taale lidt Morgensol.
 Vild Du lade Brevene ligge hos mig?</t>
   </si>
   <si>
+    <t>1905-03-06</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Mille -
+Victor Bøttern
+Harald Hansen
+Johannes Jørgensen, barn
+E Kragh
+Alhed Larsen
+Andreas Larsen
+Ellen Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Niels Larsen Jørgensen</t>
+  </si>
+  <si>
+    <t>Mastiks: harpiks fra mastikstræet, der gror vildt i store dele af Middelhavsområdet. Opløst i terpentin bruges det til fernisering af malerier.(Den Store Danske)
+Køkse af svensk köksa = Kokkepige. Larsen-familien ejede skovgårde i Småland, og de kom der meget, hvorfor de også jævnligt gjorde brug af svenske ord og begreber.</t>
+  </si>
+  <si>
+    <t>Der skal laves transportkasse til Christines maleri og laves rammer. Johannes Larsen vil behandle overfladen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/78Ow</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære lille Ugle!
+Nej vi er ikke syge gudskelov og vi takker saa meget for dine sidste Breve det var saa meget godt for mig at du ikke var bleven ringere under Sygdommen jeg har det bedste Haab at alt skal blive godt nu du spiser godt bliver du nok fed og saa kigger vi paa Fremtiden med lyse Tanker – har du faaet Lov til at male lidt saa glædede det os meget jeg synes at forstaa du er glad ved den lille nye Pige som du kan faa at spadsere med det opliver altid naar der er nogen vi kan lide – Saa kom nu det sidste Brev om Maleriet vi skal straks sætte os i Arbejde med en ny Kasse til Maleriet Faer har maalt Billedet og det lille skal de tage med til Hansen imorgen Alhed siger der er nogen pæne forgyldte Lister hun skal have om sine Hyacinther saa lader vi dem bestemme den og de skal nok komme afsted i rette Tid, Johannes kommer i Morgen og renser og giver det Æggehvide eller Mastik hvad han nu synes der er bedst –
+Marie har været hos Kragh med Uhret men det kan koste 6 Kr saa vi sender dig Maries tilligemed Uldtrøjen en af Dagene Uhret vil Fader saa tage med til den billige Uhrmager i Sverig – det er da kjedeligt at I ikke har en god Køkse; men nu kommer Vaaren og I kommer paa Langtour saa faar du en saa god Appetit at Maden vil smage udmærket. Det er Fastelavns Mandag i dag saa her er et Rend af Sparebøsser ingen beder om Boller mere kun Penge. Mille, Anna, Ellen og den lille Johannes Jørgensen har ogsaa været her nu kom Puf lige og lille Bøttern saa det er rige Kavalerer; Du spørger hvad det er for en Gartner – det er Niels Larsen Jørgensen; men Faderen vil have Græsset i Sommer men Brønden er gravet og Bygningerne til Drivhusene kan bygges i Sommer Udsalget af Blomster skal han have i Forvaltergaarden. Her er nu Maleriet Interiør med mine Forældre 
+det er da meget pænt og sandt, det store 48 Tm og 41 Tm, det lille 24 Tm og 18 Tm, - dine Priser er meget gode og passende Lev nu vel og skriv os din Vægt saa er du sød de næste Dage mener din Mor</t>
+  </si>
+  <si>
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>1905-11-22</t>
+  </si>
+  <si>
+    <t>Nyborg</t>
+  </si>
+  <si>
+    <t>- Birck
+Ludvig Brandstrup, billedhugger
+Amanda Heinesen
+- Høistrup Schultz
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Peter Sus
+Laus Wandschneider</t>
+  </si>
+  <si>
+    <t>"Lysse er meget højt oppe at yre": det svenske ord yra betyder at fare rundt, våse og fabulere. Larsen-familien ejede et par skovgårde i Småland, og de besøgte dem ofte. Således brugte de også jævnligt svenske ord.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er gået hjem fra Nyborg, så han er træt. Han har købt en pibe, som sønnen Lysse kunne blæse sæbebobler med, men Lysse havde allerede anskaffet en, så nu får hans bror, Puf, den. 
+Larsen har købt abrikoser, svedsker, cigarer mm. i sin brors butik og en honningkage, som han har delt med Junge (Johanne Larsen f. Warberg). 
+Johannes Larsen beder Alhed sælge (Peter) Sus de tre billeder, der ikke gik på auktionen. Han håber, at Fanden snart tager de auktioner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XWno</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22-11-1905
+Kæreste Alhed!
+Allright! Jeg er nu kommen fra Nyborg og har faaet det ordnet. Jeg vil ellers nok indrømme at jeg blev noget forfrossen da jeg læste dit Brev i Morges Kl. ½ 9 da jeg skulde til Barberen først og til Nyborg kl. 11. Jeg fik 65 Kr. hos Rasmus P. til Lørdag, saa dem maa vi jo se at gøre Udvej for. Det er meget vanskeligt for mig at skrive da Lysse er meget højt oppe og yre og jeg er en Del træt jeg er nemlig gaaet hjem fra Nyborg i et ret besværligt Føre, men sparede derved 1,55 Kr. da jeg desuden ikke har haft andre Udgifter end en Pibe til Lyse, som jeg havde lovet ham til at blæse Sæbebobler med har det jo været en ret billig Tur og Du kan tro jeg var sulten da jeg kom hjem, jeg vidste jeg skulde have Kaal og Skinke og gik saa ind til Grossereren og købte 1 Pund Figen, Abrikoser og Svedsker til Dessert og 3 Cigarer og lavede saa Festmaaltid og med Snaps og Sild foran og Kaffe og Brombærmad og Cigar ovenpaa. Der var Marked da jeg gik gennem Byen og der købte jeg en Honningkage hos Vanschneider til 50 Øre som jeg afleverede i Kærbyhus til Junge med de 2 Cigarer dog at jeg betingede mig et Hjørne af Kagen. Jeg havde glædet mig til at se Lyse blæse Sæbebobler, men desværre havde han sikret sig mod at jeg skulde glemme Piben og faaet anskaffet sig en og blæst hele Dagen, men nu skal Puf have den ene naar han kommer hjem. Amanda vil have Brevet med nu. Jeg vil nok have Højstrup Schultzes herhjem, d.v.s. dem du skriver om. Kunde Du maaske ikke sælge Sus de 3 levnede fra Auktionen, det var for Resten meget godt at de ikke gik, forhaabentlig er Fanden ved at tage sig af de Auktioner. Jeg skulde hilse fra Birk, han var meget aimable, men Vexlen fik jeg kasseret, og skrevet en anden saa Lud maa til det en Gang endnu. Kys Puf. Jeg elsker Dig. Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1906-09-28</t>
+  </si>
+  <si>
+    <t>Malmö
+Langeland
+Odense</t>
+  </si>
+  <si>
+    <t>Lina -
+Ludvig Brandstrup, billedhugger
+Johanne Caspersen
+Amanda Heinesen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christian Møller, maler</t>
+  </si>
+  <si>
+    <t>Det er uvist, om Johannes er på vej til Sverige. Alhed sender hilsen til Lud(vig Brandstrup) i København og til Lina, som vistnok boede nær Larsen-familiens ejendom Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til nogle behandlinger i Odense.
+Adolf Larsen (Agraren) og Møller har skudt harer.
+Johannes Larsen er ude at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Do2Y</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det bliver kun et lille Par Ord Du faar, Junge sagde nu for lidt siden, at Tante paa Langeland fylder 60 i Morgen, saa skrev jeg 3 Sider til hende, men det gik fra Dig. Vi har det godt, Ungerne og jeg har spist Grød sammen i Spisestuen i Aften. Jeg kom først fra Odense med 2 Toget i Dag, han behandlede mig baade lidt i Gaar og til Morgen, saa gaar det til jeg kommer fra Sverige [ordet overstreget] Malmø.
+Murerne har arbejdet paa Taget hele Dagen i Dagen ["en" overstreget]. Agraren skød en Hare paa 8 Pund i Dag, Møller 2 men det [indsats over linjen: Møllers] var langt borte, jeg husker ikke hvor. Det er Junges Fødselsdag i Morgen, jeg haaber vi bliver bedt derover. Jeg var lidt derovre i Eftermiddag. Hvor det stormer i dag, bare I maa faa godt Vejr, i det hele taget en god Rejse, du saa saa sød ud, da Du stod og vinkede i Toget i Gaar. Nu længes jeg efter at høre fra Dig om I er rejst i Dag eller hvordan. Nu skal Amanda da af Sted. Jeg gaar i seng. Ungerne ligger og raaber paa mig derinde. Mange kærlige Hilsner Din A.
+Fredag d. 28nde Sept. 06.
+Hils Lud! og Lina med Familie</t>
+  </si>
+  <si>
+    <t>1908-04-18</t>
+  </si>
+  <si>
+    <t>Leksand
+Tibble</t>
+  </si>
+  <si>
+    <t>244 Columbia Road Boston</t>
+  </si>
+  <si>
+    <t>- Bernberg
+Bjørn Bjørnsen
+- Blomberg
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Alhed Larsen
+Johanne Christine Larsen
+Senta S
+Asra Smedberg
+Cid Smedberg
+Tante Smedberg
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Tibble er en by i Leksand kommune i Dalarne. 
+På Kærbygaard boede Johannes Larsens forældre. 
+Astrid Warberg-Goldschmidt var i et kærlighedsforhold til Cid Smedberg, samtidig med at hun var gift med Alfred Goldschmidt. Cid Smedberg gjorde efter kort tid forholdet forbi.
+Laura Warberg besøgte sin datter, som var bosiddende i Boston.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2441</t>
+  </si>
+  <si>
+    <t>Astrid havde slemme dage i Kerteminde med syge børn, men det hjalp, da Amanda kom og deltog. Alfred vidste ikke, hvor Astrid var, og Laura Warberg må ikke røbe det.
+Astrid rejste fra Kerteminde til Malmø, hvor Cids familie tog imod hende. En af hans venner fulgte hende videre i tog. De drak champagne i toget, og Astrid følte sig meget fri. I Insjön mødte Cid Astrid, og hun blev indlogeret på et pensionat. Han fortalte om tømmerflådning, og de så på kirkefolket i folkedragter. 
+Astrid håber ikke, at Laura Warberg er forarget over alt dette.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eKFw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Mrs. Laura Warberg
+244 Columbiaroad
+Dorchester
+Boston 
+Mass.
+U.S.A.
+[Med anden skrift og med blyant:] 18/4 Dalarne 1908
+[I brevet:]
+Tibble, Leksand 18/4-08. 
+(Dalarne)
+Påskelørdag.
+Kæreste Mor! Hvor jeg dog har glædet mig til at skulle skrive dette brev til Dig – glædet mig til at kunne skrive, hvor lyst og lykkeligt alting ser ud for mig i dette Øjeblik – så helt helt anderledes, end da vi sidst sås. Dengang vidste jeg nok lidt om denne Rejse – d v s, jeg tænkte mig Muligheden af, at den skulde blive til noget, men jeg var altfor dybt nede til rigtig at kunne glæde mig; og slet ikke havde jeg troet, at jeg så snart kunde komme af Sted. 
+Dagene i Kerteminde glemmer jeg sent – så rædselsfulde de var – ene i det store Hus med de to små – gnavne – frysende Unger – Adam syg i to Døgn med høj Feber – Sjums Mundbetændelse og bolden Finger – og jeg selv så dødsenstræt og tilintetgjort. Hvad hjalp det så, at jeg havde 100 Kr. liggende, som en god Ven havde sendt mig til en Rekreationsrejse. Men omsider blev Amanda færdig ved sine Forældres Sølvbryllupsfestligheder - og kom mig til Hjælp. I Tirsdags kom hun op – og overtog Børnene – samtidig flyttede vi dem og hele vort Habengut over i det store Kærbyhusgæstekammer, hvor hun nu kan fyre hver Dag i Kakkelovnen og være med Ungerne, når de ikke er ude, hun spiser med dem hos Junge – og hjælper til Gengæld med alt forefaldende. Hun var meget sød og imødekommende til at gå ind på alting, særlig da jeg gav hende 10 Kroner for Besværet. Imidlertid var det Meningen, at Alfred skulde være i Kerteminde i Påsken; på en Måde er det jo så yderst passende, at jeg er borte, men på den anden Side må Alfred af visse Grunde nødig vide, hvor og hos hvem jeg er, da det vilde pine ham – og til hvad Nytte. Altså har vi ordnet det således, at jeg officielt er hos Peter i Jylland til ham – til ham skrev jeg – og han modtager mine Breve fra Alfred og sender dem her til mig. Kun Junge og Uglen ved, hvor jeg er. Ikke Be – hos hvem Alfred skal være Gæst – hun slipper så for at spille Komedie – eller gør det ialtfald i god Tro. 
+Nå – det var Forhistorien – som Du endelig må lægge Mærke til og altså respektere mit Incognito, hvis Du skriver til Be.
+Og så rejste jeg Tirsdag 14de april ["14de april" indsat over linjen] Nat med Dagvognen til Ullerslev fulgt derned af Uglen, der sammen med Junge havde siddet oppe med mig – en vældig hyggelig Aften – vi sad i Uglens hyggelige, varme Dagligstue – drak megen Kaffe med forskelligt til – også Likør og Cigarer. Ved 1 Tiden gik Junge og Kl. 2 drog vi ned til Vognen i herligt Måneskin. Det var en meget underlig Rejse – jeg kunde næste ikke fatte, at jeg nu virkelig rejste bort fra al Sorg og Fortvivlelse – bort til fjerne og ukendte Egne, som jeg havde hørt så meget smukt om. 
+I Kjøbenhavn gik jeg hurtig i en Sporvogn – Farimagsgadens – og gemte mig i Ventesalen på Østerbro Station. Tog med Færgen 11.00 – sov hele Vejen. I Malmø styrtede jeg i en Droske – lukket – og kørte til Stenbocksgatan, hvor jeg modtoges med åbne Arme af Tante Smedberg og Senta S. Blev der til Middag – de var forfærdelig søde og venlige imod mig. Efter Middag kom Sven – Tarnborg – Cids bedste Ven, som også jeg har haft en Del at gøre med og vi er meget fine Venner. Han kom for at få mig med til Lund, hvor vi skulde feste lidt inden Afrejsen. Han havde planlagt hele min Rejse, så der var jo meget at forhandle om. En Droske havde han med sig, og så gled vi altså. Nåede usete af Bekendte til Lund, hvor vi først besørgede et Par Ærinder – gik så en pragtfuld Tur ud på Landet – til den
+II/ ene Side så vi den herligste Solnedgang udover Sletten og Øresund - og bagved os stod Fuldmånen op i al sin Glans. Og så denne ubeskrivelige Følelse af endelig engang at være fri - - ude af det alt sammen – og - - glædes over det, som lå foran én, Rejsen – og Opholdet i den lovpriste Landsdel og – ikke mindst, Gensynet med Cid, som Du jo nok ved, jeg holder meget af. 
+Ved 9 Tiden kom vi tilbage til Lund, hvor vi imidlertid skulde træffe Bjørn Bjørnsen, en ung assistent, som Asra Smedberg er forlovet med. Vi tre spiste så en animeret Souper på Hotellet – og Gud hvor var vi sultne – og glade – og løsslupne – og hvor Maden smagte! Først Smørgåsbord med Snaps og Øl, så Lammekotelet med Rødvin og endelig Ananas au naturel med Portvin - - og så af Sted til Toget. Sven, der har Fribillet til Jernbanen, fulgte mig til Tranås – 5 Timers Iltogsrejse – fra Kl 10-3. Da vi kom til Hesleholm i Småland var der 5 Minutters Ophold – Sven forsvandt – og kom tilbage med en Flaske Champagne! 
+Åh – sådan Fest det var! Blødt og fint rejste vi – på II Klasse stod ude i den lange Korridor og nød Udsigten igennem de dejlige Landskaber – og drak Champagnen af Vandglassene! Røg en Masse Cigarer – spiste Appelsiner – sludrede og var i glimrende Humør. Jeg fik Lov at sove en ½ Time – og var siden frisk igen. 
+Kl 3 var vi i Tranås – et bekendt Kursted med Brystsygesanatorium. Der var 15 min. Ophold – og vi spadserede da på Perronen i det dejlige, friske Morgenluft. Skiltes. En halv Time efter var jeg i Mjølby (i Østergøtland), hvor jeg skulde skifte Tog og hvor jeg løste Billet til 3die Klasse. 
+Op på Dagen fik jeg Rejseselskab af en henrivende ung Pige, vi snakkede ivrigt sammen og det viste sig, at også hun syslede med Pen og Blæk. Desværre skiltes vi i Krylbo; men så var man i Dalarne det var Klokken 12 Torsdag Formiddag. Hvilken Rejse – det var som en Æventyrfærd! Trods al Træthed kunde jeg ikke lade være at se ud - på de dejlige Bjærge med grønne Fyr og Granskove – og Birkeskove med skinnende hvide Stammer - - Sneen lå endnu på mange Steder – og de små røde Træhuse tog sig bedårende ud mod den hvide Sne. 
+Det var blandet Tog – og det gik - usigelig langsomt – men så meget der var at se på – ved hver Station kom der Folk ind i brogede, smukke Nationaldragter og de talte et Sprog, som var fuldkommen uforståeligt for mig; men alle var de glade og muntre – lige så fornøjelige at se på, som deres Dragter – der var en Leen og Snakken hele Tiden. 
+Tilstå må jeg dog, at Trætheden undertiden overvældede mig så jeg måtte sove et Øjeblik. 
+Først Kl. 6.15 om Aftenen nåede vi Insjön, hvor jeg snart i Folkevrimlen fik Øje på en smilende Cid; og så tænkte man ikke mere på sin Træthed. Snart efter var vi ombord på den lille Damper, der tætpakket med de mest forskelligartede Mennesker, førte os blidelig ned ad Dalelven. 
+Åh Mor, det kan ikke beskrives hvor herligt det var!
+Insjön lå spejlblank med sine skovklædte Granitbjerge – Aftenen var så stille og mild – og Solnedgangen - - ! Og Cid fortalte mig om Livet deroppe – om Tømmerfløtningen, der snart skal begynde. Når Sneen smelter i Bjergene, så stiger Elven – og så begynder Tømmerdriften – Tusinder og atter Tusinder af Planker kommer så drivende højt højt nordfra - - og vi så, at de var i Færd med at lave Dæm-III/ninger – Plankerne kædes sammen i hinandens Forlængelse og dermed dannes en hel Vej langs den ene Elvstrand [Tegning med ordene "Elven" og "Dæmning" indsat] – jeg vèd ikke, om der gik Timer eller Minutter, ved blot, at det hele forekom mig at være en Drøm – en vidunderlig skøn og prægtig Drøm, fra hvilken man aldrig skulde ønske at vågne. Så kom vi til Leksand – ved den lille Bro stod fuldt af ventende Mennesker – og der blev et Liv og en Virksomhed, da Båden lagde til. Blandt de mange små Køretøjer fandt vi omsider vores ”Skjuts” vi steg op på Forsædet, Bagagen og en Dalkarl bagpå – han stod op! og kørte Hesten – og det gik i susende Fart op ad skumpede, stenede Småveje – Zig zag op ad Bjerget, til vi landede i en stor gammel rød Gård, hvor en smilende Dalkulla i Nationaldragt viste os Værelset, som Cid havde lejet til mig.
+Det er nærmest en Sal, jeg bebor – Vinduer til 3 Verdenshjørner og fra dem alle en Udsigt!! For øvrigt en meget hyggelig Stue – hvidskuret, tæppelagt Gulv – snehvide, hjemmevævede Gardiner – ligesom der også på alle Borde og på Sengen findes dejlige, vævede Stykker – hvert Hus har sin Væv – og de væver alt selv.
+Da jeg var bleven ordnet en Smule gik vi hen til Pensionatet, hvor jeg spiser – hos Frøkenerne Bernberg - 3 tykke, livlige og meget elskværdige Damer. 
+De – samt de øvrige Pensionærer kaldte mig vedholdende Frøken (trods Præsentationen, der lød på Fru) Næste Morgen, da jeg var ene med Frk. Bernberg sen. sagde jeg til hende, at det var ”et litet Mistag – min Titel var fru – fastän jeg var skild.” 
+Forbavselse! Ved Middagsbordet, da jeg sad i ivrig Passiar med en Lærerinde fra Stockholm – som idelig sagde Frøken S. til mig – bemærkede Frk. B, at det var ”et mistag etc!” 
+Stor Opstandelse! Fra det Øjeblik var jeg Ifølge svensk Skik – den fornemste Gæst – jeg skal have først o s v – o s v – o s v. Svenskerne er kostelige med al deres Etikette. Frkn. Blomberg forandrede straks deres Væsen og er nu udsøgt elskværdige – hensynsfulde - - og konverserende. Men ingen forstår et Muk, når jeg taler dansk – så jeg øves ganske godt i mit Svensk. Næste Dag – Langfredag – var Cid og jeg i Leksand – 3 Kilometer herfra – og så på Kirkefolket. Et uforglemmeligt Syn. De går i Vinterdragt nu – hvid, kort Skindkofte, kantet med en hvid Pelsbræmme – sorte, læggede Nederdele og brandrøde Forklæder; disse sidste betegner Sørgedragter, som bæres i hele Fasten – sidste Dag Langfredag. På Hovedet brogede Huer – forskellige for hver Landsby. De unge Mænd har desværre emanciperet sig og går moderne klædt, hvorimod alle gamle Mænd bærer Dragter – lang sort Klædesfrakke – gule Knæ-skindbuxer og hvide uldne Strømper. Håndværkerne bærer brunt Læderforklæde under den sorte Kappe. Storartet ser de ud allesammen. Efter Gudstjenesten samles alt Folket under Majstangen - og så går Sludderen, mens de venter på Posten, der kan hentes ved 1 Tiden, når Båden er kommen fra Insjøn. – I Går Eftermiddag travede vi i Bjærgene flere Timer – hvilken Luft her er – så ren – så frisk – så bedårende. Heroppe må man vel engang blive til et nyt og bedre Menneske 
+Nu er her ikke Plads til mere dennegang – men jeg skriver engang endnu herfra. Håber at Pengene slår til i 14 Dage – og rejser nok 1ste Maj hjem. Dit Brev fra Kristania nåede jeg at læse i Kerteminde – gid Dit næste Brev bliver ligeså godt! Jeg længes meget efter at høre, hvordan rejsen er gået. – nu er Du nok omtrent derovre. 
+Kære Mor – jeg håber at dette Brev glæder Dig – og at Du ikke finder plads i Dit Hjerte for nogen Forargelse. Jeg synes virkelig selv, at jeg i de 
+[Skrevet på hovedet øverst på brevets s1:]
+sidste År har døjet så meget ondt, så at jeg nu har Lov at føle mig glad engang. Og det gør jeg – takket være - - - ! Gæt selv. Tusinde kærlige Hilsner fra Din Astrid.</t>
+  </si>
+  <si>
+    <t>19. aug. 1909</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Notater om fugle, jagt og vejrlig fra ophold i Sverige med Ludvig Brandstrup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5hH9jw99</t>
+  </si>
+  <si>
+    <t>22. aug. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle, vejrlig og jagt under ophold på gården Båxhult i Sverige</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tzd4SO58</t>
+  </si>
+  <si>
+    <t>25. aug. 1909</t>
+  </si>
+  <si>
+    <t>August Birch, Sverige
+- Eckmann
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig under ophold i Sverige. Hjemrejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/bByyl7CW</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Gabriel D'Annunzio
+Dankvart Dreyer
+Else Jensen
+Johannes Jørgensen
+Rudyard Kipling
+Vilhelm Kyhn
+Christen Købke
+Sven Lange
+Fillippo Palizzi
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
+Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
+Fritz Syberg kom aldrig til Grønland.
+Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
+Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
+Syberg har skrevet en artikel om Filippo Palizzi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/piAk</t>
+  </si>
+  <si>
+    <t>Pisa 
+Via Santa Lucia 1
+Kære Ven
+1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
+Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
+Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
+Hans og jeg tegner græske Sarkofager i campo santo.
+Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
+Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
+Mange Hilsener til Else Børnene og Dig selv fra os alle her.
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1913-08-02</t>
+  </si>
+  <si>
+    <t>Sverige
+Ädelfors St.</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, visedigter
+Thora  Branner
+Wilhelm Branner
+Else Birgitte Brønsted
+Louise Brønsted
+- Carlsen
+Andrew Carnegie
+Maurice Chevillard
+Grethe Jungstedt
+Carl Petersen, arkitekt
+Ellen  Sawyer
+- Sims
+- Thalbitzer</t>
+  </si>
+  <si>
+    <t>Madien er muligvis Louise Brønsted.
+Det vides ikke, hvem Ingeborg var. 
+I Valby boede arkitekt Christian Brandstrup og hans kone Eline. De var forældre til Ludvig Brandstrup, som i 1913 var 21 år. Det må være ham, som Laura Warberg synes spilder sine evner. Ludvig Brandstrup blev skuespiller, revueforfatter mm. 
+Laura Warberg boede i København. Det omtalte hus fik Alhed og Johannes Larsen bygget til hende, Grethe og Ellen på Strandvejen i Kerteminde. Arkitekten var Carl Petersen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2087</t>
+  </si>
+  <si>
+    <t>Branners rejser hjem fra Anholt, og nogle andre familiemedlemmer sejler dertil.
+Laura Warberg har Grethe på besøg. Laura underviser hende i fransk, og de går i Tivoli, ser kunstflyvningsopvisning mm. 
+Laura har været til middag hos Eline og Christian Brandstrup. Deres søn, Ludvig, ved alt, men han spilder sin begavelse. 
+Arkitekten har vist Laura Warberg tegningerne af hendes nye hus, som er dejligt med havedør, store stuer og værelse til Grethe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0rHr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+p.t. Skirö Prästgård
+Ädelfors St.
+Småland
+Sverige
+[I højre hjørne er skrevet et regnestykke:] 125
+160
+---
+285
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Lørdag d. 2den
+Kære Astrid!
+Jeg var begyndt at blive bange Du ikke havde faaet mit Kort; rart endelig at høre igen fra Dig og saa gode Meddelelser, der maa jo være henrivende trods Væggetøj. – Grethe kom i Torsdags og samme Aften var vi inde ved Nyhavn at tage Afsked med Madiens, der Kl. 8 drog af i en lille beskidt Nøddeskal, der hedder ”Broge”! – Men en dejlig varm stille Nat har de haft, Børnene var henrykte, Kl. 4 om Morgenen kunde de være paa Anholt; bor 14 Dage hos en Fisker Carlsen – hvis Du vil skrive; have to Sovekamre og en stor Stue; et Kvarter fra Stranden men ”Ørkenen” - lige udenfor deres Dør. Branners sejler derfra i Aften. Elle blev i Birkerød et Par Dage hos Ingeborg og lille Else, til Thalbitzers kommer vist i Morgen og de [skrevet oven over linjen ”de”] boer der en Uge. Paa Mandag kommer Elle her nogle Dage, det glæder jeg mig meget til. Herfra vil hun til Snøde. I Dag har jeg begyndt paa Fransk med Grethe, hun er vældig lærenem, jeg skal nok faae hende lært paa de 3 Uger; det morer mig at opfriske Sproget. Vi har en vældig Varme stadig væk, godt for Høsten. Grethe skal i Morgen besøge Mr. Carnegie paa d’Angleterre; han er ven af Mr. Sims. – Vi har to Gange set Flyveren lige over at gøre sine vidunderlige Kunster Franskmanden Chevillard, Kbh. er begejstret som aldrig før. I Aftes var vi i Paladsteatret, skal i Tivoli en Gang og meget andet, Musèer især. – Grethe er rigtig rar og sød og snaksom. Forleden Aften var jeg i Valby, Ludvig og hans Kæreste var der, blev gjort Stads af, fint Aftenbord med Vin og Dessert, Berta saa elskværdig mod deres Ludvig er dog uhyre begavet og ved alt om alt! Synd han spilder den Begavelse! Nu er der vist ikke mere! Jo endelig i Gaar var Arkitekten her med Tegningen til vort Hus, det bliver dejligt, i en Etage altsammen , ingen Loftsplade næsten, store Stuer stor Trappe og Dør til Haven fra Spisestuen Grethe eget Værelse under Altan!! Hun er henrykt! – Tusind kærlige Hilsener lille Putte til Dig og de smaa! Jeg behøver vel ikke at være bange for Søen!
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1916-06-09</t>
+  </si>
+  <si>
+    <t>Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Andreas Larsen
+Johan Larsen
+Janna  Nielsen
+Kai Nielsen
+Carl Petersen, arkitekt
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Larsen-familien ejede en skovgård i Landeryd, Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg er begge i Landeryd i Sverige på Larsen-familiens gård.
+Kai Nielsen arbejder i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/btmm</t>
+  </si>
+  <si>
+    <t>Landeryd 9 Juni 1916.
+Kæreste Alhed!
+Jeg er lige nu kommen til Landeryd, det øsregner og har gjort det hele Dagen. Jeg traf ikke Berta, men da jeg gik derfra Ebba, som gav mig en Barberkniv med til Lud. Jeg gik saa hen til Baronen, og var et Par Timers Tid. Marie var hos Borgmesteren.
+Baronen fortalte at Kai var røget til Stockholm og Calle med Janna til Norge. Bed saa Puf om at slaa Forhaven saa snart han kan, Se endelig efter at de passer paa Skadeungernes Øjne. Jeg synes der var noget mere, men jeg kan ikke huske det,
+mange Hilsner til Jer alle 3
+Din Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1920-09-18</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Valby</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Birgit Brandstrup
 Ebbe Brandstrup
 Mogens Brandstrup
 Grethe Jungstedt
 Adolph Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Ellen  Sawyer
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Laura Warberg flyttede ind hos datteren Ellen i kirkemøllehuset på Møllebakken i Kerteminde i 1920.
 De fire børn, som Laura Warberg havde omkring sig må være Christine Mackie, Alhed Larsen, Ellen Sawyer og Johanne C. Larsen, som alle boede i eller nær Kerteminde i 1920. 
 Berta Brandstrup døde 18. sept. 1918. 
 Laura Warberg kendte flere personer ved navn Caspersen, så det kan ikke afgøres, hvem hun i 1920 var i selskab med.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, BB2650</t>
   </si>
   <si>
     <t>Ludvig Brandstrup var glad for Lauras brev. Han har også hørt fra Mogens Brandstrup, som er i Firenze, hvor han har været "biskoppens tjener" ved en procession. Mogens maler flittigt.
 Ludvig glæder sig over Lauras flytning og over, at hun er omgivet af fire af sine børn. Han kan ikke forstå, at det netop den dag, hvor han modtog Lauras brev, er to år siden, at han mistede Berta. 
 Ludvigs stuepige fra Båxhult har aldrig været udenfor Smålands skove. Hun er kvik, men meget uvidende om alt.
 Det er dejligt, at Grethe skal til Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/O1lf</t>
   </si>
   <si>
     <t>18/9 1920, Valby
 Kære Laura!
 Tak for Dit Brev som jeg lige har læst, og som jeg var meget glad ved.
 Jeg fik samtidig et Brev fra Mogens der antagelig i Dag er i Firenze igjen, Via degli artisti E. Jeg er bange at vore Breve, som ere sendte til det Sted Argenia, hvor han har boet, ikke naa ham. Der har været stor Kirkefest for en undergørende Madonna med Biskop i Laterancapellet fra Rom og Pragt og Processioner. Mogens var hædret med at Bønderne i Byen havde valgt ham til "camerione del vescovo" Biskoppens Tjener, en stor Ære ved Festen. Jeg gad vide i hvilke præstelige Ærinder han har forrettet denne Tjeneste.
 Han har nu i lange Tider kun set Italienere og taler Sproget godt. Jeg haaber at han gaar frem som Maler, i hvert Fald arbejder han flittigt tror jeg at kunne mærke.
 Det er store Nyheder du fortæller om Dig selv og Din Flytning. Jeg synes det er udmærket. Hils Elle og Las og P[ulæseligt] og Agrarens fra mig. Morsomt at Du har fire Børn og Caspersen om Dig. Ja Du kan tænke Dig hvor vemodig Dagen er for mig og sagtens ogsaa for Mogens. Jeg kan ikke forstaa at det er to Aar siden jeg mistede min elskede Berta og hver Krog i Huset hver Plante i Haven vinker til mig om hende. [Der mangler formodentlig en eller flere sider af brevet her]
 vi have alligevel ikke faaet Pigen. To havde jeg antaget og lovede mig meget af men de sagde fra den ene efter den anden. Naa der lader ikke til at være saa knap Tid paa dem og jeg faar nok en. Den lille Stuepige paa 17 Aar fra Båxhult er vældig flink og hurtig og flittig og meget sød. Hun har aldrig været uden for Skoven i Småland, og er utrolig uvidende om Verden og alt, men et godt Hoved. Det er morsomt at lære hende noget.
 Det er jo morsomt at Grethe skal til Italien i Vinter, saa træffe de nok Mogens, og han har godt af at faa en nordisk Kunstkammerat til Sammenligning.
 Birgit og Ebbe hilser Hils ogsaa Caspersen fra mig
 Din Lut.</t>
+  </si>
+  <si>
+    <t>1921-10-09</t>
+  </si>
+  <si>
+    <t>Kallehave</t>
+  </si>
+  <si>
+    <t>Kalvehave, Vordingborg
+Nykøbing F
+Hyllekrog</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis sejler med bæltbåden Rylen for at gøre studier til bogen De Danskes Øer. De er snarere i Kalvehave ved Vordingborg end i Kallehave på Als. 
+Petersen er maleren Carl V. Petersen, som i september 1921 sejlede med på Rylens tur til Smålandshavet (omtalt på side 245 i Porsmose bog). 
+Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Achton Friis har købt en jolle, som nu er ombord på Rylen. 
+Johannes Larsen beder Alhed Larsen om at leje de samme rum som sidste år på Den Fri udstilling i februar.
+Achton Friis bliver sat i land i Nykøbing Falster, og Johannes Larsen påtænker herefter at sejle til Hyllekrog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9uBC</t>
+  </si>
+  <si>
+    <t>Kallehave 9 Octbr 1921
+Kæreste Alhed!
+Tak for Brevet Lørdag Aften. Men jeg kunde altsaa først svare i Dag. Vi ligger her for at faa Post og har taget en lille Jolle om bord som Friis har købt. Ja Du maa leje den Fri Udstilling (De Rum jeg havde i Fjor) for 14 Dage eller 10 Dage helst omkr. Midt af Febr. Men Begyndelsen kan gaa an. Vi sejler nu ned gennem Guldborgsund og sætter Friis af i Nykøbing i Mrg. Hvis Vejret er godt kan det være at Petersen og jeg sejler hen og ser lidt paa Hyllekrog. Du skal ikke jage for min Skyld der er jo ingen Ulykke i om jeg kommer først hjem. Nærmere i Mrg.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1923-05-02</t>
+  </si>
+  <si>
+    <t>Karrebæksminde</t>
+  </si>
+  <si>
+    <t>Karrebæksminde
+Knudshoved
+Slipshavn
+Agersø
+Omø, Skælskør
+Egholm, Skælskør
+Smålandshavet</t>
+  </si>
+  <si>
+    <t>- Boye
+Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danske Øer.
+Rylen - en Kerteminde fiskerbåd - er 1921-24 ekspeditionsskib for JL og AF og fungerer nu som museumsskib for Kerteminde Museum.</t>
+  </si>
+  <si>
+    <t>JL påbegynder sejlads med Rylen i maj 1923 for sammen med Achton Friis at indsamle materiale til bogværket De Danske Øer - denne gang til de vest- og nordsjællandske øer. De sejler fra Knudshoved mod Smålandshavet og spiser undervejs en dejlig frokost i Slipshavn ved Nyborg. JL beder Alhed Larsen købe bøttepapir og ammunition til jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/chq2</t>
+  </si>
+  <si>
+    <t>Karrebæksminde 2 Maj. 1923.
+Kæreste Alhed!
+Vi kom ind her Kl. godt 11. Efter at vi var sejlet hjemme fra friskede Vinden mere og mere og da vi naaede Knudshoved blæste det saa Vandet føg fra Bølgekammen og vi bestemte os saa til at gaa ind i Slipshavn. VI var 2 Timer præcis om at naa Molen ved Knudshoved og havde derfra 1 Time til Slipshavn hvor vi blev modtaget af Boye som havde holdt Øje med os fra vi kom rundt om Hovedet og var fuld af Beundring over saa fint Rylen gik mod Søen uden at tage nævneværdigt Vand over. Han fik en Genever og bad os op til Frokost der bestod af 5 Spejlæg til hver til Petersen og til mig (selv nød han kun et Par da han lige havde spist Frokost) afskaaret Oksekød Ost og Kaffe med Kognac. Til det øvrige nød vi Cocktail, Bitter Aquavit og Genever. Saa saa vi os lidt om og var saa oppe at spise kogte Rødspætter, hvid Sagosuppe Kaffe og Cigar saa vi led ikke Nød. Jeg purrede Petersen Kl. 4 1/2 og vi havde saa en fin Sejlads hertil hvor vi traf Friis og Rylen paa Hotellet. Vi tager til Agersø om et Par Dage og vor Adr bliver altsaa Agersø poste restante den følgende Uge til vi tager Omø og Egholm derfra. Cyklen skal I ikke sende da det ikke kan betale sig at slæbe rundt med den da Afstandene ikke er saa store. Vi fik Taage saa snart vi var kom ind her og [hvor] mens vi sad og spiste begyndte det pludselig at lyne og tordne og da det var ovre, fint Solskin. Husk mit Blikfutteal med Bøttepapir og Ammunition 25 Cal . 2-25 - Cal 6 og 25 Cal 10 eller i Mangel deraf 8. Mange kærlige Hilsner og hav det godt. Hilsen fra Friis og Petersen.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>September 1924</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej
+Landeryd, Sverige
+Paris, Frankrig</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Julius Hviid
+Else Jensen
+Johannes V. Jensen
+Kurt Jungstedt
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen var studerende ved Landbohøjskolen. Hans bror, Andreas (Gamle) var gartnerlærling i Stige på Fyn. 
+Båxhult er familien Larsens skovgård i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har problemer med hjertet, og lægen, Julius Hviid (Julibus), har bedt hende gå til en specialist. Hun henter Johan (Lysse) fra skolen hver dag, og de går tur. Alhed har også besøgt andre og skal til bal hos Marie Syberg (tidligere Schou). Søsteren Ellen har skrevet fra Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rMRi</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 15 III
+V.
+Onsdag Aften.
+Kære, søde Gamle!
+Det er ikke saadan at faa skreven Breve, naar man er herinde. Jeg fortalte Dig vist hjemme, at jeg en Tid ikke havde haft det saa godt med Hjærtet. Julibus mente, jeg skulde gaa op til Specialisten naar jeg kom herind og det var jeg i Gaar. Det er bleven noget daarligere + [tilføjelse skrevet lodret i margen:] + mest svækket [tilføjelse slut] end det var for 1 Aar siden, men der er ikke noget farligt, kun skal jeg passe paa med Anstrengelser, maa ikke fryse og skal holde lidt Diæt, men det kan man jo ogsaa nok. – Naa ellers gaar det godt, Din Far kom hjem fra Jagten i Dag, har moret sig ug. Lysse henter jeg hver dag ved Skolen og vi gaar lidt sammen og drikker The et Sted. 2 Gange har jeg været inde hos Magisterens at spise til Middag, en Dag hos Bodild og en Dag hos Marie Syberg, der var her hos Meme og mig at drikke The i Aftes. Paa Lørdag skal vi til Bal hos Marie Syberg, en Masse unge og Johs V’s, Baronen og vi. Båxhult ved vi intet om endnu, men det bliver jo i alt Fald ikke før næste Uge. – Jeg har haft Brev fra Elle fra Paris, jeg kunde regne ud at Kurt var hjemme, da Dit Brev kom, det er spændende at høre hvordan det gik, Elle nævner intet af Interesse, Lille kommer med hjem, Tirsdag med Skibet, saa de kommer vel hjem i Morgen Aften.
+Skriver Du ikke lidt til mig min egen Dreng? Jeg skal nok skrive snart igen.
+1000 Hilsner Mor.</t>
+  </si>
+  <si>
+    <t>1924-12-09</t>
+  </si>
+  <si>
+    <t>Kristian Elmquist</t>
+  </si>
+  <si>
+    <t>Vordingborg</t>
+  </si>
+  <si>
+    <t>Vordingborg
+Kerteminde
+Båxhult, Småland, Sverige</t>
+  </si>
+  <si>
+    <t>Kristian Elmquist
+Alhed Larsen
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Viken ligger nær Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>En tandlæge fra Vordingborg forespørger, om Johannes Larsen kan fremskaffe en gravgase til byens park?
+Endvidere vil han gerne have et maleri med et motiv fra Småland, hvor han kommer meget med sin familie. Kan JL hjælpe?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wphB</t>
+  </si>
+  <si>
+    <t>Vordingborg 9/12 1924
+Hr. Kunstmaler Johs. Larsen - Kerteminde.
+Undskyld, at jeg gør Dem Ulejlighed, men jeg vilde meget gerne bede Dem gøre mig den Tjeneste at meddele mig, om De skulde have en Gravgase, som De vilde sælge. Vi har her paa eller ved vore Ruiner en lille Park med Svømmefugle, og en af Byens Borgere har dertil givet et Par Gravgæs, men nu er Gasen stukket af, hvorover der er stor Sorg. Nu mindes jeg, at jeg, da jeg for nogle Aar siden besøgte min kære Skoleby - Kerteminde, at jeg hos Dem (Junge viste mig lidt rundt) saa forskellige Svømmefugle (bl.a. en ondskabsfuld Svane !) i smaa Damme, og saa er jeg kommen i Tanker om, at De maaske havde en overflødig Grav-Gase, som De vilde sælge til os.
+Endelig vilde jeg gerne, om De vilde sige mig, hvor jeg kunde faa et Smålands-Maleri? Jeg driver endnu stadig Jagt i det dejlige
+Småland, til næste Aar har jeg været deroppe i 25 Aar, vi har vort eget lille Hus i Viken ved Färgan, hvor min Broder og jeg hver Som-
+mer tilbringer en herlig Tid med vore koner og Børn. Det har i mange Aar været mit Ønske at eje et typisk Maleri af Skoven i den Egn, men
+jeg ved ikke, til hvem jeg skal henvende mig. 
+Maaske De kunde og vilde hjælpe mig lidt. Til Slut en Hilsen til Deres Kone og Junge fra min Kone. Paa Forhaand Tak for Svaret.
+Deres ærb. forb.
+K. Elmquist.</t>
+  </si>
+  <si>
+    <t>1925-06-22</t>
+  </si>
+  <si>
+    <t>Godhåb</t>
+  </si>
+  <si>
+    <t>Godhåb, Grønland
+Orkney Øerne
+Shetlands Øerne
+Kap Farvel, Grønland</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Gudrun Larsen
+Johan Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+John Møller
+Knud Oldendow
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>Kraplak hører til de mest stabile røde naturfarvelakker.
+En alen: I 1835 blev den officielle danske alen fastlagt til 62,77 cm lig med en sjællandsk alen. Men andre landsdele foretrak stadig deres egne mål, og det er vanskeligt at afgøre, hvor meget de forskellige mål afveg fra hinanden,
+Prospektkortet og planterne, som Johannes Larsen i brevet skriver, at han vedlægger, findes ikke sammen med brevet på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på ekspedition til Grønland i sommeren 1925. Han ankommer til Godthåb i slutningen af juni og beskriver i brevet detaljeret sejlturen og modtagelsen af ekspeditionens deltagere. De besøger bl.a. en grønlandsk konservator og køber en del udstoppede fugle. Nu skiftes der skib, og ekspeditionen begiver sig ind i fjorden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5zTA</t>
+  </si>
+  <si>
+    <t>SS "Hans Egede" i Godthaab 22 Juni 25
+Kæreste Alhed!
+Mens de andre er i Land vil jeg benytte Lejligheden til at skrive et Par Ord. Rimeligvis faar Du dem ikke før Hans Egede kommer hjem igen da der vist ikke er nogen Skibe der kommer hjem før. Vi har haft en hel god Rejse herop. Til at begynde med var det helt stille over Nordsøen og først efter at vi om Torsdagen havde passeret Fairhill mellem Orkney Øerne og Shetlands Øerne kom der lidt Dønning. Om Onsdagen fik vi Modvind der varede lige til vi havde rundet Kap Farvel, de første Par Dage med Solskin og Resten af Tiden afvexlende graat, Regntykning og Taage hvad der sinkede os en Del. Natten efter vi havde passeret Kap Farvel fik vi SØ Blæst og Regn, altsaa Medvind og Dagen efter, det var i Lørdags, stille og Taage, saa vi maatte gaa langsomt. Vi passerede den Dag flere pragtfulde Isbjærge. Om Aftenen klarede det op, saa Kaptajnen var i vældigt godt Humør til sin "Kroaften." Det er noget med Masser af Druk, Romtoddyer, Whisky o.s.v. som forekommer hver Gang Skibet paa Udrejsen har passeret Kap Farvel og paa Hjemrejsen Fairhill. I Gaar Søndag begyndte med stille og tæt Taage og Isbjærge til Kl. 9.15 da der pludselig kom lidt Brise fra N. og Taagen lettede og det blev klart Solskin. Lidt efter dukkede de snedækkede Toppe af Fjældene ved Godthaab op over Taagen og da vi henad 11 1/2 efter Frokosten kom op paa Dækket var vi inde ved Skærgaarden (Kokøerne) herudenfor Fjorden. Kl. lidt over 1 1/2 ankrede vi her i Havnen en lille Vig mellem Klipperne bag ved Byen, saa vi har en 20 Min. Gang over Fjældet til Kolonien. Der ankom strax 2 større Motorbaade med alle Honoratiores ombord. De gik rundt og sagde deres Navn og trykkede os alle i Haanden og hele Expeditionen blev inviteret til Aften hos Inspektøren eller Landfogeden som han vist hedder nu og som er den øverste Myndighed i Grønland. Han er meget Fugle interesseret og selv Skribent paa Bogen. Vi sejlede om til Byen i hans Motorbaad, og paa Vejen saa vi en Kajakmand nær ved, vi havde set en ude mellem Skærene da vi sejlede ind men kun paa Afstand. Hele Byen flagede og da vi kom hen til Broen stod der vist omtrent et Par Hundrede Koner og Piger og Børn, i de mest fantastiske Kulører jeg nogensinde har set. Naar undtages deres Sælskindsbukser var der ikke 2 der lignede hinanden, de straalede i Zinober, Kraplak, Tændstikrødt, Orange gult Blaat og grønt. Nedenfor Broen stod der nogle Koner i deres fineste Stads og flænsede 5-6 Sælhunde, der lige var bragt i Land af Jon Møller (om ham senere). De var omtrent færdige og Skindene laa i en Bunke paa Klipperne der svømmede med Blod som Hundene gik og slikkede i sig. Vi gik op til førnævnte Jon Møller, en Grønlænder, der er Fanger, Fotograf og Bogtrykker, som i mange Aar har staaet i Korrespondance med Schiøler og sendt ham Fugle heroppe fra han er nemlig ogsaa Konservator og stopper Fugle ud. Vi var først inde i hans Hus hvor han bor sammen med sine gamle Forældre og et Par Broderbørn, og maaske flere. En underlig Blanding af et civiliseret Hus, d.v.s. noget i Retning af et smaalandsk Bondehjem og en grønlænder Hytte. Der var adskillige Stuer hvormange kan jeg ikke huske og i en af dem var der en Platform, omtrent en Alen over Gulvet, der indtog det Halve af Stuens Areal og var belagt med Skind. I et af Vinduerne stod der i en Blomsterkumme en Melde og groede. Der lugtede ikke godt. Vi var der kun et Øjeblik, saa gik vi med ham hen i Trykkeriet, hvor der ogsaa var fotografisk Atelier, og hvor han havde sine udstoppede Fugle, hvor af Schiøler købte en Due og nogle Æg. Jeg købte vedlagte Prospektkort. Derfra gik vi over Fjældet til Skibet da Schiøler vilde have en ren Flip paa, d.v.s. da vi passerede et Seminarium, deponerede vi Scheel der, Forstanderens Kone var hans Skolekammerat, hun spurgte til Gudrun (Klaks) da hun som lille pige havde haft hende til Lærerinde. Vi gik saa videre og saa paa Vejen flere Snespurve, de sorte og hvide Hanner saa pragtfulde ud. Vegetationen var meget sparsom paa Klipperne lidt Revling Dværgpil og Ulvefod og nogle Saxifraga hvoraf enkelte var begyndt at springe ud, og nogle smaabitte røde Blomster, her er en Prøve. Ovenfor Byen var der en sur Eng med Vandhuller og et Par Smaabække der løber ned gennem Byen, og brunt vissent Græs her ligger endnu gammel Sne i Driver, ogsaa i Folks Haver i Byen, men de siger at det er usædvanligt og stammer fra at det har været en ualmindelig haard Vinter og sent Foraar. Da vi naaede Skibet kunde vi se at vi ikke kunde naa at gaa om Bord uden at komme for sent og vendte saa om og gik tilbage til Inspektøren hvor vi fik stegte Ryper med Grønærter Rødvin, Bajer og Snaps, og Kaffe og Whisky, og blev sejlet hjem i Motorbaaden. I Dag har jeg malet en lille Aquarel Blokbogsblad, mens Schiøler og Fin var med en Grønlænder ude at ro. De kom hjem med en Tejste en sortgrå Ryle og et Par Snespurve, de sidste 2 havde de ogsaa funden Rede og Æg af. Schiøler var henrykt. Imens var "Angut" sat i Vandet og Møller har været i travl VIrksomhed med at gøre den i Orden og rigge den. I Eftermiddag har jeg lavet en Aquarel [i] Skibets Fremmedbog og sidder nu her i Kaptajnens Kahyt og skriver mens omtrent alle de andre er i Land. Naa nu kom Kaptajnen og vi skal vist snart til at spise. I Aften flytter vi ombord i "Angut" Hans Egede skal sejle i Morgen. Vi har haft det forfærdeligt godt her ombord. Men jeg glæder mig nu alligevel til den Tur op omkring i Fjorden her, her ser storartet pragtfuldt ud, og der skal være Masser af Strømænder inde i Fjorden, det er en af de allersmukkeste og mærkeligste Dykænder, som jeg er vældig spændt paa at se i levende Tilstand. Mange kærlige Hilsener til Dig og Drengene. Hils ogsaa de andre. Hilsen fra Expeditionen 
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>28. aug. 1925</t>
+  </si>
+  <si>
+    <t>Aage Bretting
+Erich Drygalsky
+Julius Galster
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+Axel Malmquist
+John Møller
+Peder Petersen
+Morten Porsild
+Philip Rosendahl</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/T0xVO7qr</t>
+  </si>
+  <si>
+    <t>1926-04-24</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil finde en sommerlejlighed til Achton Friis og hans familie i Kerteminde i sommeren 1926. Larsen-familien tager til Småland sidst på sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cLLD</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 24 April 1926.
+Kære Achton Friis!
+De maa endelig ikke tænke paa at afbryde Samarbejdet for den Smule Ulejlighed det volder mig. Det et mig kun kært at kunde bidrage en Smule, hvis De synes det hjælper. Min Kone vil forsøge at finde en Sommerlejlighed til Dem i Kjerteminde skriver hun. Jeg tænker mig at være hjemme omkring Midten af Maj og at blive der til Slutningen af August, da vi vist nok tager en Tur op til Småland. Venlige Hilsner til Dem alle Tre.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1926-08-07</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>Frithiof Kemp
+Andreas Larsen
+Inga Nielsen
+Holger Rasmussen
+Ingeborg Rasmussen
+Mads Rasmussen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Gården Båxhult er familiens ejendom og beliggende nær Långaryd i Småland i Sverige. Gården er stadig i familiens eje.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lavet et ny forside til bogværket De Danskes Øer i form af et træsnit. Fru Mads Rasmussen fra Faaborg Museum har været på besøg sammen er sønnen for at få et billlede som betaling for en kåbe. Båxhult har gennemgået en renovering, og JL glæder sig til at se resultatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BvUR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet. I Gaar og i Dag har jeg skejet ud og lavet et lille Træsnit til Forsiden af De Danskes Øer! D.v.s. jeg lavede forleden en Plakat og en Tegning men i Gaar Mrg fandt jeg paa at et Træsnit kunde være bedre. Enten det nu bliver brugt eller ej synes jeg det ser helt pænt ud. Jeg er saa træt i min Arm at jeg daarligt kan føre Pennen. Der var Brev fra Kemp i Dag at [ulæselig] har skrevet under, mod jeg slipper at vilde betale Restsummen med % Rente fra 6 Aug. hvilket jeg gør. Fru Mads Holger og Inga har været her i Eftm for at faa et Billede for Kaaben, der nu var stegen til 425 Kr. dog saaledes at hun overlader Dig den for 400 mod at faa et Billede til 1000 Kr. "Graagæssene fra Heden" hun betalte 200 contant og 400 senere. De fik Kaffe og Konditor Kager og Madeira, Inga drikker ikke Kaffe. Jeg glæder mig til at se Båxhult malet og tapetseret. Rille er vel kommen naar Du faar dette. Hun startede herfra i Gaar. Mange Hilsner fra Puf og din hengivne 
+JL.
+Mere i Mrg.</t>
+  </si>
+  <si>
+    <t>1926-08-13</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Uraniavej, Frederiksberg
+Rungsted Badehotel
+Fiilsø
+Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>-  Clausen, køber
+- Højmark
+Vagn Jacobsen
+- Kappel
+Frithiof Kemp
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Hakon Spærck</t>
+  </si>
+  <si>
+    <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
+Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
+Bif og Peter er hunde.</t>
+  </si>
+  <si>
+    <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
+Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iqXt</t>
+  </si>
+  <si>
+    <t>Uraniavej 13 Aug 1926.
+Kæreste Alhed!
+Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
+fra
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1926-08-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Wedellsborg
+Odense
+København
+Landeryd, Sweden
+Halmstad, Sweden</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Esben Hansen
+- Hecht-Petersen
+- Højlund
+Vagn Jacobsen
+Xenia Jacobsen
+Rigmor Klein
+Jørgen Hermann Kruuse
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Johannes Madsen
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev 16. august 1926 til Alhed, at han og Brygger Jacobsen rejste til Larsens skovgård, Båxhult, i Småland. Xenia Jacobsen blev hjemme, da hun havde det dårligt, men hun rejste nogle dage senere op for at følges med manden hjem. I samme brev fortalte Johannes Larsen, at han med Bryggeren byttede et billede for en hund ved navn Foch.
+Klingen var et tidsskrift omhandlende billedkunst og litteratur. Det blev udgivet på initiativ af blandt andre Axel Salto og Poul Uttenreitter. Johannes Larsen bidrog flere gange med illustrationer til bladet. 
+Det kan ikke afgøres, hvilken Thomsen det er, Alhed skriver om. Larsen-familien kendte flere af det navn. Frk. J. må være pige i huset hos familien.</t>
+  </si>
+  <si>
+    <t>Brev 1: Der er blevet fint på Båxhult. Det er ikke jagtvejr, men hunden Foch er god. Bryggeren og hans kone rejser i dag.
+Frk. Klein kan tage de billeder, som hun vil, til udstillingen. Madsen må sætte to af dem i ramme. Johannes larsen skriver priser. Andreas må finde litografisk kridt og pap og få det sendt til Sverige, for Larsen skal lave illustrationer til Klingen, og han kommer ikke hjem lige nu.
+Brev 2: Marie Larsen (Mareje/Ia) og Carl Andresen (Patronen) kommer, og Alhed glæder sig til at vise dem det nyistandsatte hus. Hun vil gerne have pasteller med på udstillingen, og hun skriver priser, som Andreas dog gerne må formindske. Fasanbilledet er dét fra Wedellsborg. 
+Alhed har det godt, tager ikke medicin og er ikke generet af hjertet. Mon Andreas kommer til Båxhult?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZj3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr. Gartner Andreas Larsen
+Kerteminde
+Danmark
+Express
+[På kuvertens bagside:]
+Forsøgt Afleveret Kl 720 Høj
+[Brev:]
+Båxhult 27 Aug 1926.
+Kære Puf.
+Tak for Dit Brev. Jeg kan ikke se hvornaar Du har skrevet det da det er udateret, men det kan forhaabentlig passe, at Du har talt med Esben umiddelbart før han har faaet den Check paa 1000 Kr som jeg sendte ham Dagen før jeg rejste fra Kjøbenhavn. Det var flinkt af Højlund at han saa hurtigt fik Svanerne anbragt. Her er bleven vældigt fint over det Hele. Desværre har vi haft daarligt Jagevejr men vi har da faaet nok at spise og Foch gaar fint. Bryggeren rejser i Dag, jeg tror nok de har nydt at være her. Lysse hentede Bryggeren og mig i Halmstad den 20. altsaa Fredag og om Tirsdagen kom Fru Jakobsen og blev hentet i Landeryd. I Dag er Vejret fint. Med hensyn til Billederne til Odense er det jo ikke nemt at give Besked herfra. Jeg aner jo ikke hvad Frk Klein mener med mange. Men lad hende tage saa mange hun vil, dog ikke af dem der hænger paa Væggene. Dersom Du kunde faa Madsen til at sætte Fasanen og Havebilledet, de staar vist rullet sammen i Roderummet fra Hechts Tourne i ramme, hvis det kan naas kan de jo gaa med lige saa et af Vandbillederne fra Bugten. Paa de Billeder fra i Foraaret er Priserne efter Størrelse 3500 Gæssene, 1500 for Brushønsene og ligesaa det med Kobbersnepper Præstekraver og Ryler. 1200 for de næste, saa 800 og 500 og for de mindste Urhanernes Størrelse 400 for ældre Billeder ligesaa efter størrelse. Kan Du sende mig en lille Papæske der staar uaabnet og indeholder lithografisk Tusch og Kridt sendt af Uttenreiter, muligvis ogsaa hans Brev, paa Bordet i Værkstedet, samt i en Paprulle noget af det Papir (ca 10 Ark) jeg laver Tavler paa, paa Bordet mellem Sofaen og Vaskerummet, det kan Du lade Madsen gøre. Jeg skal nemlig lave 4 Lithografier til Klingen, havde tænkt det kunde naas naar jeg kom hjem, men Din Moder har det saa godt her oppe og vil gerne blive her noget længere. Vi har faaet et fint Flag, som vi flagede med da Fru J. kom. Og det skal op naar Patronen og Marie kommer. 
+Mange kærlige Hilsner Din Far.
+Kære søde Gamle!
+Vi har det dejligt. Du kan ikke tænke Dig, hvor Bryggerens har været søde at have, nu rejser de desværre i Dag, men saa har vi jo Mareje og Patronen til gode, jeg glæder mig meget til at vise Ia Båxhult i ny forskønnet Skikkelse. Jeg vil gærne have nogle Pasteller med paa den Udstilling: den store med [ulæseligt]æbletræet og Gaarden (400 Kr.) det blomstrende Æbletræ med de to Svaner (300) Kallaerne (300) Tøj til Tørring (200) og Drudes [ordet ”Drudes” overstreget] den store Blomsterbuket, der hænger hos Drude – 3-400) men Du maa godt forandre i Priserne, hvis i synes, de er for høje og ogsaa skyde ud, hvis der er for mange. –
+Jeg har det ganske udmærket, har Medicin med, men ikke rørt den, da jeg ikke har haft en Fornemmelse i Hjærtet heroppe. Jeg taaler som sædvanlig glimrende at gaa heroppe, og vi gaar enten Vejret er saadan eller saadan. Mon Du dog ikke nok kører herop og ser til os? Har Du faaet mine Kort? Skriver Du ikke lidt til mig en Dag. Fasanen Din Far skriver om er det store med Hanfasanen fra Wedellsborg, det var rart om det kom med, Kruuse har været varm paa det, jeg tror det maa have forputtet sig i Roderummet (Fuglestuen) eller det brandfri. Nu skal tante Junge have et Par Ord til Fødselsdagen. – 1000 Hilsner Din Mor.
+Lysse har skudt 9 Ænder. De har skudt 10 Tjurer og Urhøns, Ly de fleste.
+Fredag
+Jeg beder Esben sende Penge til Thomsen og 100 Kr. til Løn til Frk. J. og 50 til diverse Husholdn de sendes til Dig.</t>
+  </si>
+  <si>
+    <t>1926-09-10</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland
+Ottawa
+Sjöbo, Sweden</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Gården Båxhult nær Landeryd i Småland ejedes af Johannes Larsen og er stadig i familiens eje (2018).
+Det vides ikke, hvilken udstilling i Ottawa, der er tale om. Muligvis blev den ikke realiseret. 
+Gifvato må være en lokalitet nær Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Småland og beder derfor Lysse og Puf hjælpe sig med at sende malerier fra København til udstilling i Ottawa i Canada.
+Han vækkes en søndag morgen ved skud fra skoven og går ud med sin hund og sin bøsse og skyder en hare. Det lykkes ikke at træffe de andre jægere, kun et par hunde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Civm</t>
+  </si>
+  <si>
+    <t>Båxhult 10 Septbr. 1926.
+Kære Lysse!
+Det er nu bestemt at jeg bliver her og følges med Din Moder hjem. Da det saa bliver Puf, der maa sørge for at faa de Billeder til Amerika af Sted, maa jeg ulejlige Dig med følgende: "Ring til Schiøler, eller gaa derud og spørg ham om Adr paa en paalidelig Speditør der kan paatage sig Forsendelsen. Ring derefter til Speditøren og forhør ham hvornaar han skal have Billederne for at de kan naa at være i Ottawa i rette Tid og naar Du har faaet Besked ring saa til Puf. -
+D.v.s. Du maa naturligvis allerførst ringe til Puf og faa at vide hvornaar Udstillingen aabnes og saa foretage det foregaaende i den Orden det staar. Puf ser det paa Programmet for Udstillingen der er sat op paa Gavlen af det gule Skab i Værkstedet.
+Siden Du rejste har jeg kun skudt en Hare.
+Jeg vaagnede Kl. 4 i Søndags Mrg ved et Skud og en Times Tid efter hørte jeg Hunde der drev og saa 2 Skud. Jeg stod saa op og gik ud med Haanden og Bøssen, hen til Fallan, men der var ingen Spor paa Vejen og jeg slap saa Hunden up for at se efter Tjurer, men saa hørte jeg, at Støverne fik en Hare op i Gifvato bag Sjøbo, fløjtede Hunden af og løb saa stærkt jeg kunde tilbage til Vejkrydset hvor jeg ankom omtrent samtidig med Haren der kom ad Vejen fra Sjøbo, skød den, og lidt efter kom saa Hundene, 2 store smålandske Støvere, gule med sort Ryg. Desværre havde jeg hverken Snore eller Pisk med saa jeg maatte lade dem gaa igen. Det vilde ellers have været sjov at hilse paa de Herere naar de var ankommen for at faa Deres Hunde. I Gaar var jeg med Carlsson paa Långaryds Marked og købe en Kvie der skal kælve til April for 200 Kr. Ældre Kvier var for dyre fra 348 - 375 Kr.
+Mange Hilsner
+Din Far.</t>
+  </si>
+  <si>
+    <t>1927-04-29</t>
+  </si>
+  <si>
+    <t>Albert Repholtz</t>
+  </si>
+  <si>
+    <t>Der eksisterer tre udkast til dette brev.
+Skovgården Båxhult er beliggende i Småland i Sverige.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Repholtz, Selskabet for Grafisk Kunst, at han er stærkt utilfreds med, at træsnit, som blev bestilt af selskabet, afvises af bestyrelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5cBm</t>
+  </si>
+  <si>
+    <t>Kære Hr. Albert Repholtz!
+Det gør mig ondt, at Selskabets Bestyrelse ikke synes om det Træsnit, de har bestilt hos mig. Jeg kan af gode Grunde ikke indlade mig paa at omarbejde en, efter min Mening, saa godt som færdig Ting, for at tilfredsstille et Publikum, hvis Syn og Smag jeg paa ingen Maade deler, og følgelig mangler enhver Forudsætning for at kunde tilfredsstille.
+Deres hengivne Johannes Larsen.
+P.S.
+Med "Publikum" mener jeg naturligvis Bestyrelsen, hvis Syn paa mit Arbejde De saa klart fremstiller i Deres Brev.
+JL</t>
+  </si>
+  <si>
+    <t>Der findes tre udgaver af dette brev.
+Skovgården Båxhult er beliggende i Småland i Sverige.
+Refusere: afvise.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Repholtz, Selskabet for Grafisk Kunst, at han er stærkt utilfreds med, at træsnit, bestilt af selskabet, afvises af bestyrelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qBAQ</t>
+  </si>
+  <si>
+    <t>Båxhult 29 April 1927.
+Kære Hr. Albert Repholtz!
+Det gør mig ondt at Selskabets Bestyrelse ikke synes om det Træsnit, som De har bestilt hos mig og kan af gode Grunde ikke indlade mig paa at omarbejde et, efter min Mening, saa godt som færdigt Arbejde for at tilfredsstille et Publikum, i dette Tilfælde Bestyrelsen, hvis Syn og Smag jeg aabenbart ikke deler, og følgelig mangler enhver Forudsætning for at kunde tilfredsstille.
+Forøvrigt takker jeg Dem for Deres Oprigtighed og gaar ud fra, at De ogsaa ønsker at høre min Hjærtens Mening, og det er uden Omsvøb den, at jeg vil føle mig nederdrægtigt slet behandlet, hvis Selskabet, hvilket synes at fremgaa af Deres Brev, har i Sinde at refusere mit Arbejde og løbe fra sine Forpligtigelser overfor mig.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1927-08-23</t>
+  </si>
+  <si>
+    <t>Island
+Stykkisholm</t>
+  </si>
+  <si>
+    <t>Stykkisholm
+Reykjavik</t>
+  </si>
+  <si>
+    <t>Erik den Røde -
+Ragnar Ásgeirsson
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev dette sidste brev til Alhed Larsen fra Island, hvor han var i færd med at lave illustrationer til bogværket med de islandske sagaer. Alhed Larsen døde 31.8.1927, og Johannes Larsen nåede ikke at komme hjem, inden det skete.
+Bogudgaven af De Islandske Sagaer med Johannes Larsens illustrationer udkom 1930-1932.
+Laxaadalen, Oxney og Alflafjord er lokaliteter på Island, som JL omtaler i dette brev.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en dagbog hjem til Alhed. Han skal med båd til Laxaadalen og Oxney. Johannes Larsen savner Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Ou4</t>
+  </si>
+  <si>
+    <t>Stykkisholm 23 August 1927.
+Kæreste Alhed!
+Skønt Bogen No 4 ikke er skreven fuld sender jeg nu da der gaar Post til Reykjavik. Saa kommer det med den første Damper der tager Danmarkskort, med, men hvilken det er kan jeg ikke se i min Liste, jeg haaber det kan naa "Lejru" til Norge 25, ellers kommer det ikke af Sted før med Alexandrine 31. Men jeg ved heller ikke om der er lejlighed til Forbindelse med den fra nu af og til den 31. Som Du ser af Bogen har jeg haft godt Vejr stadig væk, men de lange besværlige Ture giver jo ikke meget i Rygsækken. Naar vi nu er færdige her om et Par Dage, hvis Vejret tillader det skal vi til Laxaadalen, vi tager Baad herfra ind i Fjorden, saa kan vi med det samme besøge Oxney med Erik d. Rødes Boplads og vi sparer Halvdelen af de Penge det vilde koste at ride rundt om Alflafjord. Jeg længes efter Dig og hvert Øjeblik naar jeg sidder ude og tegner sidder jeg ved siden af Dig i Fordvognen og kører paa fynske Landeveje eller i Smaaland, det hjælper. F. ringede om Breve til Ragnar Asgeirson, der ligger 2 hos Ministeren, men han var bange for at han ikke kunde naa at faa dem med Baaden. Det er spændende og kommer vist i Dag. Jeg tør ikke vente med at sende, jeg mener bringe dette paa Posthuset. Da jeg ikke ved, om det kan naar, hvis Vejret forbedrer sig saa jeg kan komme paa Arbejde. Men jeg har bestemt mig til at telegrafere "Svar betalt" enten jeg faar Breve eller ej. Hils dem allesammen, særlig Puf og Lysse. Tusinde Kys og Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1927-09-20</t>
+  </si>
+  <si>
+    <t>Willemoesgade, København
+Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Michael Ancher
+Alhed Marie Brønsted
+Vagn Jacobsen
+Else Jensen
+Johannes V. Jensen
+Christine  Mackie
+Kjeld Tutein</t>
+  </si>
+  <si>
+    <t>Villa Svastika blev opført på Strandvejen nord for København i 1926 af brygger Vagn Jacobsen med Povl Baumann som arkitekt og med et prægtigt haveanlæg udført af G. N. Brandt. Byggeomkostningerne var dengang et uhørt stort beløb på 1 million kroner.
+Symbolet “Svastika” var den gamle brygger Carl Jacobsens lykketegn og endnu ikke tilsmudset af Hitler. I 1962 blev Svastika solgt for 200.000 kr. for at blive mondænt sommerhotel, Men planen blev aldrig udført. Efter en lang strid i Hørsholm Kommune, blev den prægtige villa revet ned i 1983, efter at en fredning af den kun 57 år gamle ejendom havde vist sig umulig.
+Maleren Michael Ancher døde 19. september 1927. 
+Alhed Larsen var død en lille måned før, at brevet er skrevet. 
+Johan Larsen (Lysse) boede, mens han gik på Landbohøjskolen, hos sin moster og hendes mand på Willesmoesgade i København. 
+Båxhult var og er Larsen-familiens skovgård i Småland, Sverige. Man gik meget på jagt under opholdene på dette sted. 
+Det vides ikke, hvem den omtalte Andersen var. Larsen-familien kendte mange af det navn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er rejst til Villa Svastika. Der skal sendes krans til Michael Anchers begravelse. Haglbøsserne må også sendes. Johannes Larsen vil til Båxhult og har flere ideer til, hvem der kan tage med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pqRh</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Andreas Larsen
+Møllebakken
+Kjerteminde
+Expres
+[På kuvertens bagside:]
+Joh. Larsen Willemoesgade Ø
+[I brevet:]
+20/9 – 27
+Kære Puf.
+Far er i Em. rejst til Svastika og har bedt mig om at ringe til dig og bedt dig lade Kjell sende en Krans til Anckers Begravelse men jeg har glemt det indtil nu og sender dig derfor [ulæseligt ord]. Du faar det vel Onsdag Form Kan du saa ikke til Middag ringe til Karsten Nyborg og bede ham sende Bøsserne (kun Haglbøsserne) til Willemoesg. omgaaende ulæselige ord. Nøglerne til Båxhult har vi ikke faaet med, men dem kan vi jo faa sammen med en el. to af [ulæseligt ord] og maaske Hr [eller frk.?] Andersen, som Far tænker paa at faa med her han kan faa Bryggeren og [ordet ”og” overstreget] til at tage med. Maaske vil han, hvis de ikke kan, have Johs. V’s med, men om alt dette skriver han nok en af Dagene, naar Posten er [ulæseligt ord] Kun nu saa meget af dette. Mange Hilsner til Kjell, Meme og dig selv fra Lysse
+Alle hilser!
+[Øverst på brevet og på hovedet:]
+Hilsen fra Lomme!</t>
+  </si>
+  <si>
+    <t>1927-10-17</t>
+  </si>
+  <si>
+    <t>Landeryd Småland</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Gustav Carlsson
+- Kjellberg
+Alhed Larsen
+Andreas Larsen
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Båxhult er Johannes Larsens skovejendom nær Landeryd i Småland. 
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018). 
+Arrende var en form for husleje, som statare ("fæstebønder") i Sverige betalte for at dyrke jorden, når de boede på ufri grund/arrendetomt. 
+Skaffe Borgen = skaffe kaution.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Srkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået brev fra en Ebbe (muligvis Brandstrup), der gerne vil låne Larsen-familiens gård Båxhult i Sverige til en uges ferie.
+Larsen vil gerne have sønnen Andreas med på en køretur til Båxhult, da der er en del arbejde at ordne. Sønnen Andreas trænger desuden til at komme lidt hjemmefra efter moderens sygdom og død, mener JL.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/glJH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Octbr 1927.
+Kære Lysse!
+I Forgaars fik jeg brev fra Lud med Invitation til Langgaarden, men jeg kan ikke tage hjemme fra før jeg har lavet nogle Ting færdig som jeg er i Gang med, samtidig fik jeg Brev fra Ebbe der spørger om jeg har noget imod at han og Konen og eventuelt en Ven tager til Båxhult en Uges Tid i Slutningen af Maaneden, da han har faaet en uventet Ferie. Jeg har svaret at det har jeg ikke, men bedt ham om ikke at benytte Værelset i Frontespicien og henvende sig til Dig om Nøglerne og Oplysning om hvor de forskellige Ting befinder sig, samt meddelt ham at det ikke er udelukket at jeg kommer derop mens han selv er der, selv om der ikke er stor Sandsynlighed for det. Jeg maa jo derop i Anledning af den Flytning af Torpet. Desuden har jeg faaet Brev fra Kjellberg om at han gerne vil arrendere Bommen og kan skaffe Borgen fra flere Bønder paa at han vil betale sit Arrende og at Gustav Carlsson ikke har noget imod det. Endvidere er der kommet Brev fra Josua i Aker, at de har noget Tøj, Din Moder har bestilt, liggende, og at det koster 36 Kr. og hvad de skal gøre med det. Jeg har begyndt at virke med Puf for at faa ham til at køre mig derop. Baade fordi jeg gerne vil have ham med og fordi jeg er overbevist om at han trænger haardt til at blive luftet lidt. Han lader ikke til at være videre varm paa det men jeg har endnu ikke opgiver Haabet. Jeg solgte forleden et Billede, det fra i Foraaret med en flyvende Tjur, til Dyrlægen i Rynkeby for 900 Kr. Vi har haft Besøg af Putte fra Lørdag Aften til i Dag Frmdg. Mange Hilsner ogsaa fra Puf og Chr. Hils Magisterens og sig Tak for sidst, hvad jeg jo burde have gjort skriftlig for længst.
+Din
+Fader.</t>
+  </si>
+  <si>
+    <t>1929-04-13</t>
+  </si>
+  <si>
+    <t>Kirkeby</t>
+  </si>
+  <si>
+    <t>- Brincher
+Alhed Larsen
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Larsen var. Han var formodentlig farvehandler. 
+Slække: Slappe
+Verandaprojektet var formodentlig et arbejde, der foregik på Larsen-familiens gård i Småland. 16. april 1929 skrev Johannes Larsen til Andreas/Puf, at han syntes, de skulle se på sagen med verandaens tag, når de "tog derop sammen". 
+6B er en fed blyant, som oftest bruges til at tegne med.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Det har været hundekoldt. Larsen har malet svaner og alliker. Han beder sønnen sende kiler. 
+Larsen takker for frakken og brevene. Han spørger, hvad Puf mener om Lysses verandaprojekt? Hvis Puf er enig med Larsen, kan de godt fjerne taget. 
+Det forekommer Johannes Larsen, at Puf bruger hans dyre tegneblyanter til at skrive med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/leF6</t>
+  </si>
+  <si>
+    <t>Kirkeby 13 April 1929.
+Kære Puf!
+I Forgaars fik jeg Farver og Tusch fra Larsen, lige som jeg havde tabt Taalmodigheden og sendt et Rykkerbrev til ham. Det gjorde nu ikke noget for det var den Dag saa hundekoldt og blæsende at der ikke var til at være nogen Steder. I Gaar fik jeg malet et stort Billede fra Kirkesp[ulæseligt] med fl. Svaner og om Eftermdg lagt et lignende an. Til Mrg var det igen koldt og Blæst saa jeg satte mig i Læ bag Kirkegaarden og malede et lille Billede med Alliker. Kan Du ikke sende mig en Pakke Kiler de store Lærreder bliver saa slække naar jeg har malet paa dem saa jeg ikke kan se hvordan det ser ud. Kom du godt hjem? Traf Du Brincher? Mange Hilsner! Skriv snart! 
+Din Far.
+Tak for Frakken som kom nu; og Brevene, men Vincents var en tom Konvolut, det er jo ikke oplysende. Hvad mener Du om Lysses Verandaprojekt? Det er jo meget godt at han har lavet Bænke og det ser helt pænt ud, men hvad mener Du om Fjernelsen af Taget! Jeg ved ikke, jeg har vist en Gang gaaet med til det, da Din Moder levede og gerne vilde have det væk, men nu synes jeg ligesaa godt, det kan raadne bort. Hvis Du er enig med Lysse maa I godt fjerne det. 
+Det forekommer mig at Du bruger mine dyre 6.B. Blyanter til at skrive med.
+JL.</t>
+  </si>
+  <si>
+    <t>1929-04-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Julius Hviid
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede på Henne Kirkeby Kro under sine jagt- og maleophold ved Fiilsø.
+Ellen, f. Lehn Schiøler, og Christian Treschow boede på Orelund. 
+Det vides ikke, hvem Th var. 
+Thomsen var formodentlig en butiksindehaver i Kerteminde. Primrose tobak var fra C.W. Obel i Ålborg.
+Det er formodentlig verandaen på skovgården Båxhult i Småland, som er på banen i brevet. At Andreas/Puf har tilføjet en kommentar på brevet tyder på, at han har videresendt dette til sin bror, Johan/Lysse, på Båxhult.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde overset Vincents brev. Han er inviteret til Orelund i pinsen. 
+Der er koldt i Kirkeby. Larsen maler to små billeder hver dag. Når Thomsen har solgt sin butik, har han vel ikke haft tid til at sende tobak til Larsen, som er nødt til at ryge Brugsens. Puf må sende noget. 
+Lysse bør opsætte verandaprojektet, til Andreas og Johannes Larsen kommer "derop" og ser på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8uu</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 16 April 1929.
+Kære Puf!
+Vincents Brev var godt nok i Konvoluten men da det er tyndt og har samme Farve, havde jeg overset det i første Omgang. Indlagt er Invitation til Orelund i Pintsen, som jeg har sagt Tak til, og haaber det passer Dig ogsaa. Til den Tid skulde jeg jo gerne være godt i Gang paa Romsø, men da der naturligvis ikke er til at være for Folk i Pintsen er det jo rart at komme derfra. Klip bare Hækken ned. Her er Th’s Brev saa vidt jeg kan se er det hans Mening at jeg skal læse det for Bøttern og Dr Hviid, men saa kan Du jo ligesaa godt laane dem det hvis Du synes. Her er ogsaa Solskin og Frost, men med Undtagelse af i Søndags da det var mildt og ret stille, har her blæst temmeligt forbandet hver Dag, saa jeg gaar omkring hvor der er Læ og maler smaa Billeder. Naa Thomsen har solgt, ja saa er det vel derfor at han ikke har haft Tid til at sende mig Tobak, kan Du ikke faa sendt mig noget, jeg er nu begyndt at ryge Brugsens her. Den hedder Prim Rose. Kan Du ikke skrive til Lysse om Verandaen. X Naar Du mener at Taget skal paa igen synes jeg egentlig der var mer Mening i at opsætte Foretagendet til vi kommer der op sammen Ja nu faar Du ikke mere denne Gang, der er en Del at svare paa og jeg skal jo ogsaa passe Maleriet, jeg holder paa at jeg maa male mindst 2 Billeder om Dagen, naar de er smaa. Mange Hilsner
+Din Far.
+X Jeg mener at det er rart at kunde se begge Dele, saa kan vi bedre bestemme os.
+Puf.</t>
+  </si>
+  <si>
+    <t>1930-06-04</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Johannes V. Jensen
+Aron Bernhard Kjellmann
+Elena Larsen
+Peter Andreas Larsen
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
+Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lE3T</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen 
+Boxhult
+pr. Landeryd
+Sverrig.
+[Fortrykt på kuvertens bagside:]
+WEDELLSBORG SKOVBRUG
+PR. EJBY
+[Håndskrevet i brevet:]
+Rørdam d. 4'-6'-30.
+Kære Lysse!
+Som Du jo nok ved ringede Din Far mig op i Søndags for at anmode mig om at tage med Godsejer Brandt Lehnskov til Boxhult. Skønt jeg indtil Midten af Maaneden er meget stærkt optaget lovede jeg Las, for saa vidt det passede Brandt, at tage af Sted i denne Uge; i Mandags var jeg med Foreningen "de fynske Smaaskove" for hvilken jeg er Formand paa Udflugt til Taasinge og paa Lørdag skal jeg være hjemme til Generalforsamling i Elektricitetsværket.
+Paa Vej til Taasinge Søndag Eftermiddag gjorde jeg saa en Afstikker til Brandt paa Lehnskov for at drøfte Sagen, men da han skulde lede en Generalforsamling i "Brandts Klædefabrik" i Odense paa Torsdag, var det udelukket at vi kunde komme af Sted i denne Uge. I Pintsen var Brandt naturligvis ikke tilbøjelig til at rejse hjemme fra og da jeg paa Lørdag skal have Besøg af Dansk Skovforening her paa Wedellsborg og om Fredagen skal holde Foredrag ved Foreningens Generalforsamling i Odense, forstaar Du jo nok, at jeg Dagen forud faar travlt med Forberedelserne.
+Jeg er imidlertid ikke rigtig klar over Formaalet med vor Rejse til Boxhult kun for saa vidt, at vi skal dømme over Berretigelsen af Dine Beregninger. - saa vidt jeg har forstaaet, vilde Brandt tage med for at gøre Direktør Jacobsen en personlig Tjeneste og ikke som Tillidsmand for Banken. Hvis det imidlertid for Din Svigermoders Skyld gælder om at faa en sagkyndig Godkendelse af Dine Planers økonomiske Berettigelse, da ser jeg ikke rettere, end at det er at gaa over Aaen efter Vand, naar en dansk Landmand skal dømme om Forholdene i Småland, medens Du ved at raadføre Dig med Aron Kjellmann kan faa en stedlig, dygtig og intelligent, gammel Jordbrugers paalidelige Skøn om Sagen. Hvis Du ikke allerede har været der, saa følg mit Raad og gak omgaaende til Aron og bliv vis. Hvis gamle Aron godkender Planerne, saa lad ham gøre en Udtalelse derom og jeg skal saa forklare Direktør Jacobsen, hvad og hvem han er. Hvorefter hverken Brandt eller jeg behøver at ulejlige os til Boxhult. - Brandt nævnte for mig, at Du i Dit Overslag regnede med en Kobesætning med en gennemsnitlig aarlig Ydelse paa 3500 kg Mælk og en Fedtprocent af 3,75, hvad han mente var meget optimistisk, navnlig da Du var gaaet ud fra, at der ingen Oliekager anvendtes. I alle Fald er der jo ikke regnet med indtræffende Uheld. - Brandt nævnede ogsaa, at Du paa et vist Tidspunkt regnede med en aarlig Indtægt af Skoven paa 3.500 Kr. Her er jeg dog ikke vis paa, at jeg har forstaaet ham rigtigt. - I alle Tilfælde tør jeg da sige, at med de nuværende Bevoksningsforhold vil Du ikke opleve det i de første 25 Aar, navnlig ikke hvis Du fortsætter med en saadan Hugst, som der har været ført det sidste Par Aar. Sidste Sommer havde jeg Lejlighed til at skønne over Hugsten i Skovfyrrene omkring Målaren Nielsons Torp. Navnlig i et Par Tilfælde, hvor Træerne vel var mærkede til Hugst, men denne ikke var udført, var det hensigtsløse i Hugsten iøjenfaldende ud fra andre Synspunkter end det, at faa Penge i Kassen. Derimod saa jeg med stor Sympati paa Hugsten, der var ført i det smukke Skovstykke til venstre for Vejen til Ekhuldt, men da jeg fortalte dette for Las bemærkede han, at det var ham selv der havde vist ud. Det ser saaledes ud til som om det for Skovens skyld vilde være i høj Grad ønskeligt om Las selv i saa vid Udstrækning som muligt ogsaa vilde overtage Hugsten ["Hugsten" overstreget] Udvisningen i den øvrige Skov. Da jeg, vistnok i 1925, var paa Boxhult med Las og Johs. V. gik vi hele Skoven nøje igennem og af Bevoksningen der trængte til Hugst, og som kunde give noget Udbytte ved denne, var der efter mit Skøn kun Partier omkring Trollesjøen, der vist ogsaa Aaret efter blev udhugget og ved en fornuftig Hugst, bør kunne udhugges hvert 4-5 Aar. - Har Du noget sikkert Begreb om Bevoksningsforholdene paa Boxhult, saa lad mig det. Hvor meget er der t.E. af reel Fyrreskov el. Blanding af Gran og Fyr, hvor meget af Løvtræskov, der vel desværre ikke kan beregnes at give noget Udbytte ud over Brændsel til Gaarden. Jeg vilde løst skønne at hele Skovarealet var ca 100 ha og heraf 1/3 reel Naaletræskov, 1/3 Løvtræskov og 1/3 svagt bevokset, til Dels moseagtigt Areal. - Lad mig nu høre fra Dig inden saa længe. De venligste Hilsener til Dig selv, Bimse og lille Peter fra din hengivne Onkel Klaks.</t>
+  </si>
+  <si>
+    <t>1930-06-23</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Elena Larsen
+Johannes Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen, Johan/Lysse Larsens svigermor, må have lånt sin datter og svigersøn penge til etablering af land- og skovbrug på gården Båxhult i Småland - eller på anden måde skudt penge ind i foretagendet. Elena og Johan Larsen flyttede til gården i 1929. 
+Det vides ikke, hvem direktør Clausen var. 
+En brand ødelagde i 1930 østfløjen på Brandts Klædefabrik. Denne blev dog hurtigt genopbygget. (Brandts Klædefabriks hjemmeside feb. 2025).</t>
+  </si>
+  <si>
+    <t>Det er trist, hvis Johan/Lysse Larsens svigermors penge går tabt. Derfor har direktør Clausen bedt Brandt tage til Båxhult og se på sagerne. Vilhelm/Klaks Larsen tager efter Brandts ønske med og vurderer skovdriften. Det er ikke for deres fornøjelses skyld, at selskabet rejser til Småland. Landbrugskonsulenten må også være til stede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1k9a</t>
+  </si>
+  <si>
+    <t>Rørdam d. 23'-6'-30.
+Kære Lysse!
+Tak for Dit Brev. Jeg havde unægtelig ventet det længe og var netop ved at forberede mig paa at skrive mindre venligt til Dig. - Du tager dog vist Fejl, naar Du mener, at det ikke er for Din Svigermors Skyld, at Direktør Clausen ønsker en Udtalelse om Projektets Holdbarhed fra en Landmand han kender og har Tiltro til. - Las fortalte mig, at Direktør Jacobsen havde udtalt til ham, at det dog vilde være en meget slem Historie om Din Svigermors Penge skulde gaa tabt, hvorfor Clausen havde bedt Brandt tage derop og se paa Sagerne. Da det ogsaa drejer sig om Skovens Udbytte, havde Brandt ønsket at jeg skulde tage med. Naar Br. tager derop er det naturligvis kun for at gøre Direktør J. en Tjeneste og naar jeg tager med er det fordi Br. har stillet det som en Betingelse og navnlig fordi Din Far har bedt mig derom. Brandt ringede til mig for et Par Dage siden og meddelte mig, at han ikke kunde komme af Sted i denne Maaned, bl.a. fordi Brandts Klædefabrik i Odense er brændt, idet han er Medlem eller snarere Formand i Bestyrelsen. - I det hele taget forstaar Du jo nok, at det ikke er for vor Fornøjelses Skyld, at Br. og jeg foretager en forceret Rejset ["t" sidst i ordet overstreget] t. Boxhult! -
+Hvad Du skriver om de mærkede Trær ved Målarens Torp beroliger mig i nogen Grad, thi som Udhugning betragtet, var det meget misforstaaet. Alligevel har jeg vanskeligt ved at forstaa, at Udbyttet af Bestandsplejen har kunnet andrage saa meget ved Hugst der kun tager Hensyn til at forøge Tilvæksten paa Hovedbestanden. Nu ser det jo imidlertid ud til at vi skal derop først i Juli, Brandt vil ringe nærmere saa snart han kan bestemme Dagen og jeg lader Dig det straks vide, thi det skulde jo gærne ordnes saaledes, at Landbrugskonsulenten var til Stede, naar vi kom. -
+Med venlig Hilsen til Bimse og lille Peter
+Din hengivne
+Klaks.</t>
+  </si>
+  <si>
+    <t>1930-12-09</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Svend Aage Gammeltoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Drude Jørgensen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Niels Erik Schoubye
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Kimskog må være et skovområde, som Johan Larsen ønskede at købe. 
+Grete Jensen fik svangerskabsforgiftning og måtte gennemgå en provokeret abort. 
+Det vides ikke, hvem Tante Mimi var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen er glad for sin Smålandstidning. Hun er spændt på, om Johan/Lysse Larsen har købt Kimskog.
+Elena har talt i telefonen med Andreas Larsen om møllevinger. Andreas og Johannes Larsen kommer ikke til jul, da Johannes Larsen har travlt med malerier. 
+Grete Jensen er indlagt på Fødselsstiftelsen og er ved godt mod. Hun får som lægehustru særbehandling. 
+Peter er blevet undersøgt på kryds og tværs, og han er sund og rask.
+Leo Swane kommer ikke til jul. Tante Mimi tør slet ikke gå ud. 
+Elena glæder sig til at komme hjem til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xbl0</t>
+  </si>
+  <si>
+    <t>Tirsdag d. 9 - 12 - 30
+Kære Lysse!
+Jeg er meget tilfreds med den Smålandstidning jeg abonerer paa, og det er et yndigt Tidspunkt paa Dagen naar jeg nyder den paa Sengen til Morgenkaffen. Den holder mig glimrende ajour med de lokale Forhold paa Båxhult og nu er jeg meget spændt paa om du har købt Kimskog og til hvad Pris. Jeg vil skam ønske det er blevet til noget for jeg tror at vi tjener Penge som Skidt paa Skogshandel. Jeg ringede med Puf i Aften og han sagde at saa vidt han vidste, lavede de kun Vinger af Teaktræ og Lærk men Las sagde at det bare var fordi de ikke kunde faa tilstrækkelig store Dim. i Fyr her til Lands. Hvad Pufs Møllebyggers pekuniære Forhold angik saa behøvede du ikke at nære nogen Betænkning, for det var en i alle Henseender solid Mand. Las og Puf kommer nok ikke til Jul, Las har saa travlt, han har i den sidste Uge malet 2 Billeder til til Drude og det har sat ham tilbage. - Her hjemmefra.
+Grete har det nu godt og hun tager det meget roligt, hun skal selvfølgelig ligge i nogen Tid men er nok hun ["hun" overstreget] rask til Jul; Jens er ude paa Fødselstiftelsen i denne Maaned, det er jo vældig heldigt og der er sandelig ogsaa Forskel paa den Maade, hvorpaa Fru Dr. Jensen og Landarbejder Larsens Kone bliver behandlet. Bl.a. ligger hun alene paa en 2 sengsstue og Prof Gammeltoft kommer og tager Afsked naar han rejser paa Ferie! 
+Det er en ny Søn du har. Han fik i Gaar blaat Stempel af Niels Erik, som undersøgte ham fra Inderst til Yderst. Ingen Engelsk Syge, fine Lynd ["Lynd" overstreget] Lunger og Hjærte, ingen Blodmangel, Vægt og Højde som et 2aars Barn. Om Aftenen var vi inde hos ham alle sammen han har faaet en ny og dejlig Lejlighed paa St. Annæplads. Paa Vejen mødte vi den nye Musæumsdir. der tog med os og vi havde en svært hyggelig Aften. Kom først hjem Kl 1/2 2 Swane var meget glad ved at vi inviterede ham til Julen, men nu kommer han jo altsaa ikke. Jeg skal hilse mange Gange. Ligedan fra Tante Mimi som heller ikke kommer, da hun ikke tør rejse ud paa denne Aarstid; hun kan nu risikere at blive syg og blive liggende fast i længere Tid, naar hun tager ud. - Nu glæder jeg mig snart til at komme hjem igen, for det er jo nok dejligt i København men kun paa Baggrund af at man skal op til Båxhult igen - og snart. - Paa Lørdag kommer vi. Kommer du mon og henter os. Vi tager med 7. Toget herfra. - Mange Hilsner fra
+Bimsepigen til Lyssefarsen.</t>
   </si>
   <si>
     <t>1932-02-04</t>
   </si>
   <si>
     <t>Sigurd  Swane</t>
   </si>
   <si>
     <t>Hellerup
 Tranegårdsvej 5</t>
   </si>
   <si>
     <t>Andreas Larsen
 Elena Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Lars Swane
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 1932-02-04, Sigurd Swane til Johan Larsen, 2397</t>
   </si>
   <si>
     <t>Lars Swane er droppet ud af skolen, og han overvejer at blive enten landmand eller skovfoged. Sigurd Swane har spurgte Vilhelm/Klaks Larsen til råds, og han tegnede ikke et rosenrødt billede. 
 Skovfogeduddannelsen kræver fem måneders ophold på en skole ved Viborg og derefter tre års læretid. Lars vil gerne hjem til Johan/Lysse og arbejde, og Sigurd Swane spørger, om Johan/Lysse kan komme til ham og lære noget, og om familien kan have ham på kost, for Sigurd Swane kan ikke betale. Lars mener at man billigt vil kunne forpagte en gård i Småland, og Sigurd spørger, om det er rigtigt samt om, hvorvidt man vil kunne tjene til sit brød sådan et sted. Sigurd Swane spørger også, om Lars kan bo og arbejde hos Lysse, indtil skolen ved Viborg begynder.
@@ -979,247 +2524,544 @@
   </si>
   <si>
     <t>Tranegårdsvej 5. Hellerup. 4-2-32.
 Kære Lysse.
 Du bliver vel nok noget overrasket over at få brev fra mig, men jeg vilde meget gerne have lov til at gøre dig et par spørgsmål i anledning af Lasse. Du ved jo at han var begyndt at gå i skole igen, og en tid så det jo ud til at skulle gå godt; men desværre lader det ikke til at boglig syssel og studering ligger for Lasse, så det var nok et letsindigt forsøg. Han er hørt op i skolen og vil ud på landet til praktisk arbejde, hvad jeg i og for sig også på mange måder tror ham velskikket til. 
 Men nu er han jo allerede godt på vej mod sit 19de år, så nu skulde der jo nødig tages fejl flere gange og det er angående valget af fremtidsvej jeg gerne vilde rådføre mig lidt med dig.
 Han selv foreslog to muligheder, enten skovfoged eller landmand.
 Jeg skrev strax til Klax og spurgte ham om mulighederne for uddannelse til skovfoged og for fremtid for sådan og også om hans syn på mulighederne som landmand.
 Man kan ikke sige, han skildrer nogen af delene i rosenrødt, men skal han ["han" indsat over linjen] tilråde en af de ting bliver det nærmest skovfoged, hvilket kræver først et 5-måneders kursus på Asmild ved Viborg og derefter 3 års praktisk læretid. 
 Også jeg synes, som forholdene er, at Lasse absolut bør gå den vej, selvom uddannelsen er noget dyrere end landbruget. 
 Klax mener, som også andre, at udsigterne for en kapitalløs landmand er så små som vel muligt.
 Nu har Lasse imidlertid den forestilling at forholdene er langt bedre oppe hvor du er end andre steder, og han nærer det ønske at komme op og lære hos dig og håber så at kunne arbejde sig først til forvalter et eller andet sted og siden måske til selvstændig jordbruger. Men jeg er jo bange for at alt det er alt for løst. - Og en del spørgsmål først melder sig jo også.
 For det første - hvis han skulde gå landvejen - Har du brug for ham og kan tage ham i dit brød og kan du så oplære og dygtiggøre ham til selv at tage fat, eller kræver det måske tid og kræfter, Du slet ikke kan afse på en sådan sag? For sådan som jeg er stillet økonomisk og sådan som Lasse er, er det nødvendigt at han begynder i en plads, hvor der kræves arbejde af ham og til gengæld ydes ham hvad han behøver til sit livsophold. - Og hvis Du ikke kan det, taler han om Höljeryd, men er der muligheder?
 Og endelig, hvis Du kan uddanne ham eller han kan få sin uddannelse på Höljeryd, hvordan ser Du så på fremtiden for ham?
 Han selv mener, der ikke skal mange hundrede kr. til at få en forpagtning et sted deroppe - men, for det første er dette rigtigt? Dernæst, om det er det, er det så ikke en forpagtning som heller ikke giver ret mange hundrede kr. i udbytte, men alligevel, for bare at give til dagen og vejen, kræver et hesteslid af et menneske? 
 Du forstår, at det er mig magtpåliggende at vide lidt reel besked om disse ting.
 Endelig, hvis han nu kommer til Viborg, men skolen først begynder efter sommerferien, kan det så tænkes, at han indtil ["ind" indsat over linjen] den tid kan få en midlertidig plads hos dig, dels for ikke at gå ledig, dels for at lære ting han jo også vil kunne få brug for senere som skovfoged? Jeg venter svar fra skolen hver dag.
 Endelig - selvom han skulde vælge landvæsnet oppe hos dig, et sted i Småland, vil så ikke skovfogeduddannelsen være en god forberedelse dertil, jeres landbrug er jo i høj grad også skovbrug?
 Jeg håber ikke, det vil være altfor besværligt for dig at besvare disse spørgsmål, jeg tænker svaret kan blive adskilligt kortere end mit brev.
 Jeg benytter lejligheden til at sende dig og din kone en venlig, en hjertelig hilsen - Lysse, Puf - - hvor mange gode og smukke minder fra jeres hjem stiger ikke op i mig hver gang blot et af disse navne strejfer min bevidsthed. Jeg vil ønske, at jeres lille dreng også får nogle lighedspunkter med sin far, den lyse smukke krøltop - som alligevel bag lystigheden havde sit følsomme hjerte, som græd for hønen der kom i suppegryden - Ja mange hilsner
 Din Sigurd Swane.
 Og Tinge er jo også deroppe, hils også ham så mange gange.
 x) hvad er din titel? vi har haft stor diskussion derom, Lasse og jeg.</t>
   </si>
   <si>
+    <t>1932-03-08</t>
+  </si>
+  <si>
+    <t>Christian Cato
+Andreas Larsen
+Johan Larsen
+- Vergmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender 1000 etiketter til marmeladekrukker, og Cato vil sende flere. Den fattige kone får dette første parti gratis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1sKv</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8/3 - 1932
+Her med de smaa Etiketter, som jeg nær havde glemt, men saa fik Vergmann til at skaffe en Cliché af og trykke et Oplag. Der skal være 1000 Stk, her. ligesom der forhaabentlig er kommen 1000 Stk fra Cato naar disse ankommer. Jeg fik Cato til at trykke dem gratis, det paastaar han i hvert Fald i mod at jeg betalte Clichéen, han udtalte saa det Haab at naar den fattige Kone i Småland havde solgt 1000 Krukker Marmelade maatte hun have faaet Raad til at betale ham et minde Beløb for Trykning af de næste Tusinder. Det var da godt at I har faet begge Sadlerne. Tak Lysse for Brevet. Puf hilser Der bliver ikke mere denne Gang, da jeg skal ind paa Posthuset inden de lukker. Mange Hilsner 
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1932-07-24</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Erna -
+Knud Faber
+Else Jensen
+Johannes V. Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Filmjølk er en form for ymer. 
+Doktor Faber behandlede Grete Jensen, f. Hansen, for nogle alvorlige sygdomme.
+Johannes V. Jensen og hans familie havde et sommerhus i Tibirke.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen takker for et dejligt ophold på Båxhult. Hjemrejsen gik godt. Man spiste billigt på Helsingborg station og købte jordbær og blåbær på et marked. På Sjælland regnede det. 
+Grete var hos Faber, men Elisa ved ikke, hvad han sagde. Derefter tog Grete til Tibirke.
+Elisa har med noget besvær overført penge til Johan/Lysse for blandt andet benzin. Hun fik en underskrift af Erna, som var kommet syg hjem fra Frankrig. 
+Den følgende dag skal Elisa til Tibirke og derefter til Kerteminde. Hun er spændt på at høre, hvordan kalven har det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/62ab</t>
+  </si>
+  <si>
+    <t>Kære lille Banes 24-7-32.
+I skal rigtignok have Tak for den dejlige Tid, jeg har været hos jer og haft det saa ovenud hyggeligt og rart. Naar jeg vaagner om Morgenen, tror jeg, at jeg stadig er paa Båxhult, men der kommer ingen Peter og siger Godmorgen og ingen Bimse med Morgenkaffen, saa er den Fest forbi. Vi havde en dejlig Hjemtur; det varede saamænd ikke længe, før vi tog for os af den gode Mad, og Gete snød sig til at smage paa Pølsen og Osten. Jeg var misfornøjet med det svenske Rugbrød, men Vorherre bevare os for det danske, der er meget værre, det svenske er da ordentlig æltet og bagt, men bare for sødt, smager bedst uden Paalæg og dit fine Smør. Vi spiste paa Helsingborg Jernbanestation, der er enestaaende billigt. Gete fik Filmjølk og en Portion Grønstsager = 1 Kr, vi andre Smørgaas, Kotelet med Grøntsager, Kaffe = 1,50. Nu er vel nok Varerne billigere i Sverige end her; jeg betalte 1,15 for 1 Pund Smør, det faar du ikke for dit gode Produkt. Der var et dejligt Grønttorv i Laholm hvor vi købte Skovjordbær og Blaabær. Da vi kom over paa Sjælland begyndte det at regne, men Gete dækkede sig og vilde ikke forlade sit Hul. Hun laa her om Natten, og igaar var hun jo saa hos Faber, men tog lige derfra med Johs V's til Tibirke saa jeg har ikke hørt noget om hvad han sagde; men hun saa vældig rask ud og var saa glad for at være paa Båxhult og for den dejlige Mad. Jeg tror nok, det har regnet mere her end i Småland, men det volsomme Regnskyl, som Lysse fortalte om, er her ingen der kender noget til. Jeg satte mig straks i Bevægelse for at faa sendt de 400 Kr, men det bliver mere og mere kunstigt. Privatbanken skaffede mig 100 sv. Kr og Kylle sender 50; hun snakker noget om, at vi skylder Lysse for Benzin. Men nu maa der kun sendes 200 Kr og saa skal der to Underskrifter paa; de 100 kan Kylle sende fra et andet Postkontor, saa er der altsaa alt iberegnet 450 danske og svenske Sedler, saa er den klaret. Jeg gik over til Erna for at faa hende til at skrive paa. Hun laa i Sengen var kommet syg hjem, fra Montreux tror jeg det var. Hun havde ret høj Feber og maatte de sidste Dage tage Sovevogn. Hun havde en voldsom Snue, vadskede sine Lommetørklæder paa Toilettet og maatte tilsidst forgribe sig paa WC's Haandklæder. Det er vel nok Influeza; det har nu ikke været morsomt at rejse ene hjem paa den Facon, men nu laa hun jo og blev plejet og var kvik, undtagen naar hun talte om sit Tilfælde. I Morgen kører Kylle mig til Tibirke, hvorfra hun tager ud til Lis, og Onsdag rejser vi til Kjerteminde, derefter tilbage til Lis, og 12te Aug. begynder Kylles Skole. Jeg glæder mig til at faa en [blækklat; ulæseligt ord] Hilsen fra jer gennem Hans', jeg er nysgerrig efter at faa at vide, hvordan den lille Kalv har det, om det har regnet og alt muligt. Grisene interesserer mig ikke saa meget, kun som Handelsobjekt; nu inden du jo fyldte paa dem, saa de kan komme i Klasse 1 og give Penge i Kassen. Peter har vel stadig travlt, hvad [indsat s. 4 langs venstre margen; lodret:] mon han nu roder med, "kan du si' Läskdricka" sagde han til Kylle. [indsat nederst på s. 4; under en streg:] og det var hun svært med paa
+[Indsat s. 1, øverst, på hovedet:] Nu skal I alle 3 have saa møj manne Tak og Hilsner fra 
+Mos.</t>
+  </si>
+  <si>
     <t>1934-03-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kirkeby</t>
   </si>
   <si>
     <t>Grethe Bichel
 Peter Bichel
 - Birch, Kirkeby
 Else Birgitte Brønsted
 Andreas Larsen
 Elena Larsen
 Peter Andreas Larsen
 Ólafur Tubals
 Julius Wedell</t>
   </si>
   <si>
     <t>Salswedell er formodentlig Larsens kælenavn til Julius Wedell, som ejede Wedellsborg.
 Hareren: En jagthund skal, når den får færten af en hare, lære at lægge sig ned og ikke løbe efter haren. 
 Remma og Strömhult er nabogårde til Höljeryd i Småland, hvor Johan og Elena Larsen med deres børn boede.</t>
   </si>
   <si>
-    <t>Brevet er i privateje, A</t>
-[...1 lines deleted...]
-  <si>
     <t>Johannes Larsen bliver hentet tirsdag eller onsdag, for han skal være hjemme, til Tubals kommer i påsken. Han træner med hunden Scott, som tegner til at blive en virkelig god jagthund. Larsen har kun måttet straffe hunden en enkelt gang. Han spørger, hvordan det går med fuglejagten i Småland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0wqH</t>
   </si>
   <si>
     <t>Kirkeby 25 Marts 1934.
 Kære Lysse!
 Tak for Brevet, ja det har jeg vist for Resten takket for. Jeg har været heroppe siden d. 16 og Puf kommer og henter mig Tirsdag eller Onsdag saa jeg kan være hjemme til Paaske da vi blandt andre faar Besøg af Tubals der har meldt sin Ankomst. Desuden kommer Mudi og eventuelt Peter og Grethe som Puf har inviteret men som ikke til Dato har ladet høre fra sig. Jeg har ikke bestilt andet her end gaa omkring med Scott, der tegner til at blive en fremragende Brugshund. Han søger flot og vender paa Fløjt og har en fænomenal Næse. Den første Dag var jeg ude med ham sammen med Birch og hans gamle Korthaar og da løb han lige ind i Hønsene, men da jeg næste Dag var ude med ham alene stod han fast for et Par Høns og Dagen efterfulgte han Færten af et Par Høns over en Græsmark og en Rugmark og stod fast for dem da de havde trykket sig i noget langt Græs ved en Grøft. Jeg gik saa videre med ham i den Retning de var fløjet, ned mod Vadestedet noget efter trak han om og stod igen, gik han stiv og rolig ca 100 Al lige op i Vinden og stod fast, jeg troede naturligvis det var Hønsene igen og gik frem foran ham for at rejse dem, da der til min Forbavselse sprang en Hare ca 50 Al foran ham, og der var absolut ingen Ting i mellem. Han staar nu for baade Agerhøns Urhøns Fasaner Bekkasiner og Harer, men de sidste er han tilbøjelig til at følge et Stykke paa Vej. I Gaar fik han Klø for det et Par Gange. Naa det ordner sig nok, Salswedell har lovet at gøre ham Hareren og det er jo nemt gjort, et Sted hvor der vrimler med Harer som paa Wedellsborg. Hvordan gaar det med Fågeljakten paa Romma og Strømhult? Du maa endelig se at faa det i Orden selv om det maaske skal koste lidt mere end de 30 Kr. Mange Hilsner til Jer alle 3
 Din Far.</t>
   </si>
   <si>
+    <t>1934-04-07</t>
+  </si>
+  <si>
+    <t>Drude Jørgensen
+Andreas Larsen
+Elena Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Mogensen, stenhugger</t>
+  </si>
+  <si>
+    <t>Busten: Ludvig Brandstrups buste af Alhed Larsen blev sat på en sokkel på hendes grav. 
+Oskullan ligger tæt på skovgården Båxhult i Småland, hvor Johan Larsen og hans familie boede. 
+Ladugården: stalden.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>En stenhugger har opsat en granitsokkel med bronzebusten af Alhed på hendes grav.
+Drude Jørgensen har givet Johannes Larsen en hundredekroneseddel til Lysse, fordi han har været syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ndFP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7. April 1934.
+Kære Lysse!
+Puf er i Dag i Mesinge og brygge. Else og jeg har været ude med Blomster til Din Moders Grav, hvor jeg har ladet Stenhugger Mogensen opsætte en firkantet Granitsten med den ene Bronzebuste paa. Stenen blev stillet op i Gaar og Busten sat fast i Morges. Den staar saadan:
+[2 tegninger indsat]
+og ser saadan ud:
+Drude var her i Gaar Eftermiddags med en Hundredekronseddel, som hun bad mig sende Dig, hun syntes Du trængte til en Opmuntring fordi Du havde været syg. Her er den. Tak for Dit Brev. Jeg glæder mig til at se Resultatrnet af Din Hugning i Oskullan og Vandet i Dammen bag Ladugården. Her gaar det godt. Vi har haft et dejligt Vejr med Sol og Stille i de 3 sidste Dage, men nu er det Graavejr og SØ Blæst og raat igen som de første Paaskedage. Jeg skal hilse fra Puf og Else og mange Hilsner fra 
+Din 
+Far.
+Ogsaa til Bimse og Peter. 
+PS.
+Jeg forsøgte at faa byttet i Banken men de havde kun 50 svenske Kroner saa nu faar Du en af hver Slags.
+JL.</t>
+  </si>
+  <si>
+    <t>1934-06-10</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Hubert Paulsen</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf Larsen videresender et brev fra Johannes Larsen, som er i England med Else og Johannes V. Jensen.
+Andreas Larsen tilbyder at Kerteminde-familien vil betale for et par daglejere, og/eller at han selv vil komme til Småland og hjælpe med landbruget, så Johan/Lysse Larsens ryg kan komme i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z5rm</t>
+  </si>
+  <si>
+    <t>10/6 - 34.
+Kære Bimse og Lysse.
+Tak for mit Fødselsdagsbrev og Beklagelse af at vi ikke fik skrevet til Peter den 27/5. Her har I 2 Beretninger fra Far, som er paa en 14-Dages Tur i England sammen med Else og Johs. V. Jeg skal sende senere Breve efterhaanden som de indløber; I vil nok gemme dem. - Jeg hører af Besse at Lysse endnu har sit Hold fra Influenzaen, det synes jeg er meget foruroligende. Kan der ikke gøres noget, Bimse, saa han kan komme af med det? Et Par Daglejere i 2-3 Uger? Bekostningen vil vi sikkert kunne bestride; hvis du mener det kan ordnes, saa Lysse bliver virkelig fri for Arbejde i den Tid, kan du saa ikke skrive et Par Ord til mig om det? Det kan blive for dyrt for jer senere, hvis han arbejder sig til Invalid. Muligvis kan jeg komme op og hjælpe til en Tid, naar Far kommer jem, der maa vel være en Tid paa Sommeren, hvor Bedriften kan klare sig uden en faglært ["faglært" indsat over linjen] Landmands Arbejde, naar Lysse bare dirigerer. - Vi har Besøg af Hubert i disse Dage, han hilser.
+Mange Hilsnr fra 
+Else og Puf.</t>
+  </si>
+  <si>
+    <t>1934-07-13</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alfred Roepstorff</t>
+  </si>
+  <si>
+    <t>Hovrätten er en appeldomstol, der fungerer som anden instans mellem Byretten og Højesteret.
+Lagaskift: Lovændring.
+Höljeryd er Larsen-familiens ene skovgård i Småland.</t>
+  </si>
+  <si>
+    <t>Dokumenterne vedr. Båxhult og lovændringen er bortkommet, men man kan få nye for 2,50 kr. 
+Klaks/Vilhelm Larsens 60 års fødselsdag skal fejres to dage senere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0cU4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1934.
+Kære Lysse!
+Tak for Brevet. Puf siger ar alle Dokumenter vedrørende Båxhult er bleven borte sammen med Handlingerne vedrørende Lagaskiftet i Höljeryd 1845. Saa vi har altsaa ingen Expl. af Lagparten. Men i Forgaars talte jeg med en Hofrättsassessor der er Svigersøn af Dommer Roepstorff som jeg skal male, og han sagde, at vi kunde faa en ny formedels 2,50 Øre, saa det er jo ikke saa farligt. Nu fik vi 11 mm Regn, men det holdt hurtigt op igen. Ellers staar alt vel til. 
+Mange Hilsner fra os alle 3. Muus kom i Dag, vi skal til stor 60 Aars Fødselsdag hos Klaks i Overmorgen
+Din Far.</t>
+  </si>
+  <si>
+    <t>1934-11-08</t>
+  </si>
+  <si>
+    <t>I flere af de foregående breve fra Johannes Larsen til Johan har Larsen klaget over problemer med at få lov til at indføre jagthund og gevær i Sverige. Johan og hans familie boede på Larsen-familiens skovgård i Småland. 
+Larsen kendte flere ved navn Holstein, så det kan ikke afgøres, hvem de omtalte var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået tilladelse til at tage sit gevær med ind i Sverige, så han og Puf tager afsted tirsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RZVT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Aug. 1934.
+Kære Lysse!
+Jeg har nu faaet Papirerne fra Landbrugsministeriet her og fra Stockholm Tilladelsen til Indførelse af Bøssen. Vi venter nu at kunne starte herfra Mandag, forudsat at vores Kilometertæller der var gaaet i Staa kommer i Stand til den Tid. Vi tager saa over Helsingborg Tirsdag tror vi. Her er Storm med Byger i Dag, Puf og Else og Holsteinerne er kørt til Holstenshus for at plukke Kantareller.
+Din 
+Far.</t>
+  </si>
+  <si>
+    <t>1935-02-08</t>
+  </si>
+  <si>
+    <t>Ib Andersen
+Marie Bregendahl
+Christian Engelstoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Jette Polle
+Helene Sachs
+Gustav Wied
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
+"om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
+Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
+Grete Jensen kan ikke finde ud af, om han er gift.
+Jens Jensen er igen på Frederiksberg Hospital. Han kører nu motorcykel.
+Elisa Hansen har dyrket meget selskabelighed. 
+Elisabeth Neckelmann hænger op på Charlottenborg.
+Elisa sender Peter en brandbil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ARYY</t>
+  </si>
+  <si>
+    <t>Kære Bams.
+Nu kunde det være godt med at faa et Brev fra jer og høre lidt om hvordan det staar til; det kan jo udtrykkes i faa Ord; hvis Travlhed og deraf følgende Søvnighed ikke kan præstere mere, er jeg dermed indforstaaet og glad for det. Jeg vilde jo gærne vide hvordan Kviens Barselaffære forløb; Kaninerne bryder jeg mig ikke om, men det gør Peterm. naturlivis og det bøjer jeg mig for. H[ulæseligt] har jo endnu ikke været paa Båxhult, jeg skrev vel sidst, at Pelsen rimeligvis var taget med Bilen til Kerteminde. Gete kan ikke finde ud af, om han er gift eller hur. Sidst hun ringede til ham, var der en Dame, som sagde, at Fruen kom først hjem Kl 12. Han har vist noget at bestille for Tiden. Jens var her forleden for at hente nogle af sine Sager. Ib Andersen er bleven gift, og saa maatte Jens jo trække sig tilbage. Heldigvis er han jo nu igen paa Frederiksberg Hospital paa Dr Polacks Afdeling, hvor han kan godt lide at være, og han er færdig med sin Turnus og har et mere komfortabelt Værelse. Han syntes ogsaa, at det var udmærket for jer at bruge Levertran, han vilde tage noget med op til jer, men det er for længe at vente paa det, saa køb noget naar I faar Lejlighed til at komme til Unnaryd. Ib Andersen har nu overtaget Bilen, og Jens vil atter vende tilbage til sin gamle Kærlighed Motorcyklen. Jeg har i den sidste Tid levet efter mine Begreber meget selskabeligt. Hr og Fru Polles var her til Middag igaar. Det var morsomt at se dem igen. De bor i 2 Værelser ude paa Østerbro Adgang til Køkken og Fru Jette har altsaa den Adspredelse at gaa ud og gøre Indkøb og lave Mad - og spise den. Han, som er Pessimist, Æstetiker og Raakostæder har kun sin Pessimisme at dyrke. Jeg havde raa Hvidkaalssalat, og Kartofler, og hun spiste dygtigt af Flæskestegen saa begge Parter var tilfredse. Men hvor har de sidste Aar præget dem. Hun synger ikke mere, og hendes naive Glæde over god Mad og gamle Venner er saa afdampet. Vi har været en Aften hos Fru Brunsager. Jeg spillede Bridge med Fru Bregendahl (Jeppe Aakjær) hvor hun morede sig over Peters kraftige Bemærkninger som "jeg gir Fan'en i Julen" og andre Klassikere, det var lige noget for Gustav Wied sagde hun ["sagde hun" indsat over linjen]. Hun er desværre stokdøv, men spille Kort, det kan hun, som den drevne Jyde hun er, og knalder Kortene i Bordet, naar hun sidder med de sidste Stik. Her traf jeg to af Familierne nemlig Fru Spa[ulæseligt], en værdig Dame, der ser interessant ud og Helene Sachs begge to Døtre af to af mine Kusiner fra Aarhus. Sisse er i Aktivitet med Ophængning paa Charlottenborg, "men det smider jo lidt af sig" for at bruge et af [ulæseligt ord] Udtryk", jeg antager hun faar 200 Kr for sit Arbejde. På Søndag skal jeg have Aftenparty nemlig Nille som var i Skandinavisk i Rom, Fru Brunsager, ikke Chr med Fru ["ikke Chr men Fru" indsat over linjen] Engelstoft Carla Rasmussen og saa siden og jeg omtaler, for jeg vil ikke tale om det, at jeg har været hos Egebjergs, Gudrun N. m.m saa maa du da indrømme, at jeg har ført et broget Liv. 
+Jeg har en lille Brandbil til Petermand, den kommer til Lysses Fødselsdag. Sæt dig nu paa din Hale og skriv.
+Masser af Hilsener til jer alle 3
+fra
+Mos.
+8-2-35</t>
+  </si>
+  <si>
+    <t>1935-11-13</t>
+  </si>
+  <si>
+    <t>Jens Larsen</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen opholdt sig den sidste tid af graviditeten i København hos sin mor. Johan Larsen var imens på gården Baxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har om natten født hendes og Johans søn nr. to. Han er så stor, at det vakte opmærksomhed på hospitalet. Fødslen var nem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xZp9</t>
+  </si>
+  <si>
+    <t>Onsdag d. 13-11-35
+Kæreste Lysse!
+Saa har vi vores Søn N_o_ 2 paa det tørre, han indfandt sig i Nat Kl 1/2 3 let og næsten smertefrit, skønt han er en ordentlig Kleppert paa 9 Pund og 57 cm længde, han vakte Furore hos alle de bivaanende Jordemoder og hos Overlægen ved Stuegangen i Morges, saadan fik de højst 10 om Aaret, han blev fremvist som fint Exemplar. Han har sparsomt rødligt Haar og er meget langfingret, hans Øjne har jeg ikke set paa nærmere Hold endnu, han holder dem mest lukkede. - Han er knusende gevaldig død.
+Masser af Hilsner fra din Bimsekone.</t>
+  </si>
+  <si>
+    <t>Endnu et brev fra Andreas/Puf Larsen til Johannes Larsen 1936 omhandler anmeldelsesblanket til en udstilling i Odense (Fyns Forum), som er ankommet til hjemmet i Kerteminde, mens Johannes Larsen opholder sig i Sverige.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen sender Johannes Larsen anmeldelsesblanket til udstillingen i Odense. Andreas beder om titler på værkerne, og han vil skrive mål på blanketten samt sætte nummersedler på billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZNEv</t>
+  </si>
+  <si>
+    <t>Kære Far.
+Vedlagte Kort kom igaar og Brevet, som jeg tilfældig fandt idag, maa være kommet lige efter du er rejst herfra. Hvis det er dig om at gøre at faa noget med, kan det vel nok naa sig. Navnlig med Jeres nye forbedrede Postgang; dit sidste Brev dateret og poststemplet i Sverige den 3. havde vi her den 4de om Morgenen. Enten du vil have noget paa Udstillingen eller ej, vil du saa ikke nok svare med det samme, saa jeg kan lade dem vide i Odense hvad de har at rette sig efter. Numrene til Paaklæbning har jeg beholdt her og den eventuelt udfyldte Anmeldelsesblanket maa du jo hellere sende til mig kun med Titlerne, saa skal jeg maale Billederne. Alt vel.
+Hilsen fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1936-07-30</t>
+  </si>
+  <si>
+    <t>Ebbe Branner
+Else Birgitte Brønsted
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte mange, der hed Jens, så det kan ikke aføres, hvem den omtalte Jens var. 
+Bøgebjerg og Langø er lokaliteter på halvøen Hindsholm nord for Kerteminde.
+Det er uklart, hvem Reservebaronen var. Fritz Syber blev kaldt Baronen. 
+Svensk irisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte bare fuglen for en svensker.
+Olshult er beliggende ved Långaryd og Båxhult i Småland, hvor Johan Larsen med familie boede.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf er ude at sejle og sove i telt. 
+Johannes Larsen spørger, om Johan/Lysse vil hente ham.
+Rosenbedet omkring flagstangen er lavet om til en dam.
+Der er mange fugle i haven. En sortrygget, engelsk vipstjert er set med unger, og det er første gang, den har ynglet i Danmark. Undulater har der også været i haven. 
+Det er ærgerligt, hvis Olshulterne får jagtretten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AthZ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Johannes Larsen
+Kierteminde
+[Håndskrevet:]
+30 Juli 1936.
+Kære Lysse!
+Jeg lukkede Pufs Brev op i Gaar da han er ude at sejle i min Jolle. I Gaar Nat overnattede han lidt N for Bøgebjerg i Telt og i Gaar var han kommen om til Langø hvorfra han ringede og Else og Mudi var ude at se til ham i Bilen. Mornine og Putte er her. Jeg har nu skreven til Ebbe og forklaret ham at hans Besøg ikke kan finde Sted før om Midten af Septbr, men at jeg deroppe fra skal lade ham vide naar jeg rejser hjem. Jeg tænker paa at rejse op til Jer et Par Dage før d 26 Aug. Var det ikke muligt at Du kunde komme herned og køre mig op. For Puf er rimeligvis til den Tid ude at sejle med Jens der har faaet bygget en dejlig Baad, som vi var nede at se sidste Lørdag og kom hjem Søndag, nej forrige Søndag, Tiden gaar. De skulde have sejlet 1st Aug. da Jens faar Ferie men nu er der kommen Besked om at det først kan blive midt i August da hans Overlæge er bleven syg i Kjøbenhavn Jeg ved ikke om vi har fortalt at vi har lavet Rosenbedet om Flagstangen om til en Dam der holder godt paa Vandet i hvert Fald saa længe det regner, andet ved vi ikke endnu. Der kommer en hel Del Smaafugle og samler sig Solsorter Stære Stillitser Irisker Svensker Bogfinker Guldsp. o.s.v. men den mest celebre er en sortrygget, engelsk Vipstjert ♂ der er kommen hver Dag i de sidste 14 Dage – og i den senere Tid af og til med store Unger og en enkelt Gang Hunner for et Par Dage siden desværre fløj den strax jeg fik den i Kikkerten saa jeg kunde ikke blive klar over om den var af samme Race eller det var en alm Vipstjert i Dag var den her igen men den havde vasket sig pjaskvaad saa jeg kunde ikke se hvordan den saa ud, hvis den er samme Slags om Hannen er den første Gang de er truffet ynglende her i Landet. Vi har haft et Par Undulater i Forhaven en 3 Ugers Tid og da det var 2 Hanner anskaffede jeg et Par Hunner til dem, saa blev den ene væk, nogle Dage senere kom Reservebaronen med den bortfløjne som en Mand nede i Byen havde fanget, den blev nu sat ind i Buret til ♀♀ og et Par [”og et Par” overstreget] Min imidlertid havde den fritflyvende Han selv skaffet sig en Hun som den forsvandt med efter nogle Dages Forløb, saa nu har vi kun de 3 i Buret som jeg nok tror er 3 Hanner Det gør naturligvis ingen Ting hvis Jagtselskabet ”Lycken” lejer Haröhult, det er ikke det jeg er bange for, men der var jo tale om Olshulterne der bød saa rasende og det var jo lidt af en Ulykke om de fik den. Else er paa Lindøgaard Med Mornine og Putte. Mange Hilsner til Jer allesammen 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1936-10-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
+Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
+Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
+  </si>
+  <si>
+    <t>Elena Larsen traf ikke Kerteminderne, da hun var på Fyn. De tog ikke telefonen. Hun rejste så med sin mor tilbage til København. På færgen mødte de Johannes V. Jensen, der spiste leverpostejsmad, mens hans kone og sønnen, Emmerik/Em, var søsyge. 
+Elena og hendes mor punkterede på hjemturen og fik hjælp af et par bønder. 
+Jens Larsen undersøger alt i lejligheden og har smadret et par askebægre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJJn</t>
+  </si>
+  <si>
+    <t>Mandag d 26-10-36
+Kære Fasseren!
+Jeg blev rigtignok glad for jeres Breve som kom nu til Morgen, jeg var saa smaat begyndt at ængste mig; men jeg kan jo nok forstaa at jeg ikke er saa nem at faa Ram paa. - Desværre gik it Kertemindebesøg i Vadsken for Guderne maa vide hvor de føjter om. Jeg ringede 4 Gange til dem i Lørdags og een Gang Søndag Morgen med samme negative Resultat: ingen der svarede. Saa kunde det ikke nytte at tage derop, for de maa jo aabenbart være paa længere Expedition, ["," overstreget] siden ogsaa Pigerne er permitterede. Saa tog jeg med tilbage til København i et herligt men stormende Vejr. Paa Færgen traf Vi Johs. V. og Else og Em der havde været nede og besøge Jens. Jeg skal hilse saa mange Gange. Else var ikke rigtig glad ved Søen, hun sad musebomstille i et Hjørne for at beholde det hele indenbords. Ogsaa Em var grøn. Men Jensen spiste Leverpostejmader med Appetit. - Paa Køgevejen punkterede vi med et Brag og maatte afmontere al vores Bagage der var sat fast bagpaa med flere km. Tøjsnor. Selvfølgelig kunde vi ikke finde ud af til hvilken Side vi skulle dreje Skruerne og det saa sort ud for os, indtil der kom et Par Bønderkarle forbi, som foretog sig det fornødne. saa kunde vi rulle videre ad den nye Køgestrandvej og arriverede hertil ["hertil" overstreget] uden videre Uheld hertil, hvor vi blev modtaget af Lis med Bøffer med Løg. - I Dag er Vennejensen ved at tage Lejligheden i Besiddelse, foreløbig er der røget et Par Askebægre, men han gaar ogsaa grundigt til Værks, systematisk og fra en Ende af. Det nytter ikke at man fjerner ham fra det Møbel han er i Gang med at undersøge; selv om man sætter ham i den modsatte Ende af Lejligheden stiler han direkte tilbage til det han var ved. Nu er han heldigvis færdig med Kakkelovne og Boghylder. I Eftermiddag skal jeg have ham anbragt hos Sisse mens jeg gaar i Biografen.
+Jeg er glad ved at du har faaet Harry igen. Det var en ordentlig Omgang Unger den Kanin fik. Mon ikke den anden Hun skal en lille Forlystelsestur ind til Hannen, men det har du selvfølgelig forlystet dig selv med for længe siden din gamle Sybarit. - Ja saa var der ikke andet og mere. Bare en hel Masse Hilsner.
+FRA MOSSEREN.</t>
+  </si>
+  <si>
     <t>1937-2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Jens  Nielsen
 Ane Talbot
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Gnav eller gnavspil: Regler og foto af brikkerne kan ses ved opslag på Wikipedia 
 Martin/Manse Warberg Larsen opholdt sig 1936-1937 på Farmoor Farm nær London for at dygtiggøre sig indenfor landbrug. 
 Målarens Torp er også nævnt i Vilhelm Larsens brev til Johan Larsen 1930-06-23. 
 Carlslund må have været en af bygningerne, der hørte under gården Båxhult i Småland.</t>
   </si>
   <si>
     <t>Andreas Larsen har fået drejet 42 træbrikker til et gnavspil til Johan Larsen. Andreas venter nu på, at Johannes Larsen laver tegninger til påsætning på brikkernes underside. 
 Johannes Larsen vil male på Båxhult en stor del af sommeren. Andreas og Else Larsen overvejer i samme periode at lukke huset i Kerteminde ned og opholde sig i Småland. Herved kan de spare en del penge, som måske kan bruges på at sætte Carlslund istand.
 Andreas sender fotografier og bøger. 
 Isen er næsten væk.
 Rasmus Petersen er død.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PV9y</t>
   </si>
   <si>
     <t>Kære Lysse Tillykke!
 Tak for Jeres Breve igaar. Det er da godt du er rask igen. Jeres Plan med Tinge tror jeg desværre ikke der er megen Chance for at faa realiseret, Manse er jo i England, det har I vist ikke tænkt paa. Jeg skal imidlertid nok spørge Tinge om hans Mening herom, naar jeg ser ham en Dag. - Vi har i længere Tid forberedt en Fødselsdagsgave til dig, som du alligevel ikke naar at faa til Tiden. Det er et Gnav-Spil. Det bestaar af 42 Brikker af denne størrelse og Form: [Tegning]
 Ovenfra saadan: [Tegning]
 Nedenfra saadan: [Tegning]
 Op i den lidt hævede Bund klistres en Papirskive med et Romertal eller billede Altsaa saadan: [Tegning]
 Brikkerne puttes i en Læderpose, Gnavposen, hvor de rystes inden Spillet begynder.
 Jens Nielsen har drejet Brikkerne og de er nu ude
 2.)
 paa Kerteminde Bil-Duso-Lakereri for at blive sorte. Det det kniber mest med er at faa Far til at tegne Figurerne; han er begyndt at male, saa det maa vi jo tage som gyldig Undskyldning. Men ikke nok med disse to Jobsposter! Herfra maa meldes om noget af større Dimensioner som truer Jer. Far vil saavidt vi kan forstaa op til Jer for at male til Sommer. Else og jeg har saa talt om, hvis Far tager afsted først paa Sommeren, at lukke Huset her og flytte op i Målarens Torpshus med Børn og Hund et Par Maaneder. Men det bliver kun hvis Far rejser allerede i Juni, saa vi kan slippe herfra inden der kommer Sommergæster. Vi vil nemlig kun gøre det hvis vi kan spare saa meget ved at lukke Huset H ["H" overstreget] her, at vi kan tjene til at faa Carlslund gjort istand. Kan det reddes endnu -? Hvis du mener det kan, saa lad os vide hvad det vil koste, hvis du vil sætte nogen igang med Reparationerne. Maaske strander det hele paa, at vi ikke kan faa at vide af Far hvornaar han vil derop. Hvis vi ikke ved sikkert at vi kommer afsted i Juni, kan vi ikke skaffe Penge til Reparationen af Huset;
 3.)
 men det vilde være vældig sjov at være deroppe saa længe engang. - Naa det var jo en Række tvivlsomme Gaver; forat bøde lidt herpaa sender jeg nogle Fotografier, som velnok er dine i Forvejen, men som alligevel passende kan komme til Fødselsdagen. Endvidere et Par Bøger fra Far. Else har talt om noget Chokolade, jeg ved ikke om det bliver til noget, jeg skal spørge hende til Middag, hun vasker idag. Naa det bliver ikke til noget med Chokoladen, Far mener det bliver liggende i Tolden. - Nu er det forbi med Isen, der ligger kun et Par sammenskruede Bunker ved Kysten og noget endnu i Fjorden. Vi har dog stadig Kulde og iaftes sneede det saa her er lidt hvidt idag. Rasmus Petersen er død, vi var til hans Begravelse i Søndags. Han var ellers kommet sig nogenlunde efter sin Sygdom i Efteraaret, men for 14 Dage siden blev han syg igen og kom paa Kerteminde Sygehus, hvor han døde efter et Par Dages Forløb. - Det lyder godt med den Is i Ensilage-Beholderen. Saa kan man maaske blive bedt hen til en kold Snaps en Gang imellem! Nu maa jeg vist hellere slutte og se at faa de Bøger [det følgende indsat øverst på næstsidste side:] pakket ind, at jeg kan komme paa Posthuset. Mange Hilsner til Jer alle sammen fra Puf.</t>
   </si>
   <si>
-    <t>22. aug. 1909</t>
-[...102 lines deleted...]
-160
----
-285
-[...6 lines deleted...]
-Bedstemor.</t>
+    <t>1937-09-13</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Boisen
+Thora Cohn
+Andreas Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Müller, Frk. 
+Christine Swane
+Ane Talbot
+Gunnar Tinesen
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen opholdt sig i England, da hun modtog brevet. 
+Båxhult var en af Larsen-familiens skovgårde i Småland. 
+Det vides ikke, hvem Bent var, og det er uklart, hvem "de små", som nævnes i brevet, var. 
+Overskuddet fra ”Kvindernes Udstilling fra Fortid og Nutid” i 1895 gik til opførelsen af til en kvindernes bygning, som var verdens første større bygning af kvinder og for kvinder. Christine Swane solgte i 1937 maleriet "Udsigt i Tisvilde Hegn" til Ny Carlsbergfondet, som forærede det til Kvindernes Bygning. https://www.kvindernesbygning.dk/kvindernes-bygnings-historie-copy-3/</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0414</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Else Larsen har kørt Johannes Larsen/Las til Båxhult. 
+Marie Larsen har hjulpet med høst, tærskning og brænde. Frk. Müller har været på besøg.
+Erik/Tinge og Mary har fået indrettet en dejlig stue. 
+Christine Swane/Tante Ugle har for de penge hun fik for maleriet til "Kvindernes Bygning" købt en trekant jord, så haven er blevet udvidet. Hun sælger godt, og der kommer snart en kunsthandler på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9eus</t>
+  </si>
+  <si>
+    <t>[S. 2. S. 1 og 3 mangler]
+II
+vi hjem i et vidunderligt Måneskin. – 
+Tirsdag d:24, kørte Puf og Else mig herop, men måtte af Sted med det samme, de skulde næste Morgen køre til Båxhult med Las, de var kun deroppe en Dag sejle hjem over Gøteborg - Frederikshavn og havde haft en lang [”lang” overstreget] dejlig Tur, ikke ret lang, (de var kun borte i 5 Dage) men Puf havde travlt og de vilde heller ikke være saa længe borte fra Børnene; - 
+Jeg tog det med Ro i Kerteminde for jeg vidste jo at Gunnar var her og hjalp dem med Høsten, han rejste Dagen efter at jeg var kommen, så jeg kom ligetilpas til at hjælpe med de sidste Læs Korn og al Rivningen, en Dag har jeg ogsaa hjulpet Tinge med at tærske Rivning; så har Tinge og jeg også båret en vældig Stak Rubrænde i Hus, bagefter savede Tinge alle de tykke Stykker, jeg bar dem ind og bagefter gjorde vi rent i Gården så, den var så fin da Frk. Müller kom, vi har været nogle dejlige Ture mens hun var her, men det har Din Mor vel fortalt Dig om; Tante Ugle har jo været en Uge i Kertem. en Dag var hun her; hun rejste i Går jeg tog derud i Går Formiddags, egentlig skulde jeg have bleven der, men Frk Müller var jo lige rejst så de vilde nødig af med mig også, derfor tog jeg tilbage med 5 Bilen og tager så til Kertem. i Morgen og bliver et Par Dage inden jeg rejser til Birkerød; de små var med ned til Bilen, de var aldeles ens klædt på med hvide Bluser og lyseblaa tærnede Bukser med Remme op over Skuldrene og hen over Brystet, de var aldeles bedårende. – Tinge og Mary har fået en yndig Stue der er rigtignok også Billeder på Væggene, så det kan forslå og hvor er det dejligt, at Din Mor har så god Hjælp at hun kan tage den mere med Ro og ikke være så bunden, som nu da Frk. Müller var her og kunne gå alle de dejlige Ture og vide at der var en der tog sig af det herhjemme. -
+Tænk at I nu snart skal til at vende Næsen hjemefter søde Bibbe, hvor jeg glæder mig til at se Jer, men det bliver vel næppe før til Jul, men der er jo også kun 3 Måneder til, den Tid kan snart gå; bare I nu må få godt Vejr til Jeres Tur så kan det blive interessant og morsomt, mon vi ikke vi får et lille Kort en Gang, mens I er på Vandring?
+Mon Du har hørt at Tante Ugle købte den Trekant Jord bag ved Haven, da hun havde solgt det store Billede til ”Kvindernes Hus”, en Bestilling af Carlsbergfondet; Haven er bleven så dejlig og nu får vi ingen op ad os, selv om der med Tiden bliver solgt nogle Byggegrunde; er det dog ikke dejligt at Uglen nu sælger så godt; hun havde haft Brev fra en Jud [”Jud” overstreget] Kunsthandler i Jylland som før har købt af hende at han gerne vilde købe 4 Billeder, han vilde komme midt i Måneden, det bliver spændende hvilke han vælger, han skal naturligvis have dem billigt, men det må da blive adskillige 100 Kr. – Uglen fik malet 7 Billeder, og nogle Aqvareller ovre i x [Resten af brevet mangler]
+[Skrevet på hovedet øverst på s. 2:]
+d.13 – 9.
+Jeg har set Bent 2 Gange, han var i Kerteminde en Aften mens jeg var der og - Fredagsaften var han her - - I Nat og i Dag har det regnet dejligt 27 mm, det tiltrængtes hårdt så alle er glade, vi håber på mere. Rie.</t>
+  </si>
+  <si>
+    <t>1938-2</t>
+  </si>
+  <si>
+    <t>Hans Bendix
+Peter Hansen
+Aksel Jensen
+Annette Jensen
+Elin Jensen
+Villum Jensen
+Jens Larsen
+Johannes Larsen
+Kaj  Munk
+Gerda Rasmussen
+Holger Rasmussen
+William  Scharff
+Leo Swane</t>
+  </si>
+  <si>
+    <t>"Den Hyltebank" må være banken i byen Hylte i Småland, hvor Elena og Johan/Lysse Larsen boede. 
+Johannes Larsen solgte i februar 1938 for 10.000 kr. hos Winkel &amp;amp; Magnussen på Højbro Plads. 
+"vores nye Familie": Thora Larsen, datter af Andreas og Else Larsen, blev født 1938. 
+Det vides ikke, hvem Juliane var, eller om "Det er flovt for Juliane" var en fast vending.</t>
+  </si>
+  <si>
+    <t>Det bliver godt at få omplaceret værdierne fra Landeryd. 
+Johannes Larsen og Elena Larsen har været på Grønningen, hvor Elena vandt et litografisk tryk. Derefter var de på Højbro Plads, hvor Larsen havde solgt godt. 
+Johannes Larsen vil have Elena med til Kerteminde og træffe den nye familie. 
+Elena og Jens skal til frokost hos Villum og Elin Jensen. 
+Hubert Paulsen var i Kerteminde, da Andreas/Puf Larsen kørte Else Larsen til Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqGL</t>
+  </si>
+  <si>
+    <t>Lørdag
+Kære Lysse!
+Tak for Brev. Den Hyltebank er dog fræk, det var næsten ærgerligt at du fik det ordnet i Mindelighed og ikke fik afleveret din Skylde, det var nemlig lige hvad de havde haft godt af at faa fra Fars egen Mund, især Kællingen, men hun var der maaske ikke. Det skal gøre godt at faa omplaceret Værdierne altsaa - Værdierne til Landeryd. - Det er som sædvanlig min Skyld at I faar Aviserne for sent, i Gaar netop som jeg var ved at ordne dem tren Farfar ind ad Døren og efter en hastig Frokost bortfjernede han mig til Grønningen, hvor jeg vandt et Nr i Tombolaen (det var desværre kun et Litografi af Hans Bendix) og derefter tog vi op paa Højbroplads, hvor der var begyndt at komme Liv i Salget, der var solgt et stort Billede til 3000 og 4 mindre til 500 pr stk. Desværre maatte jeg stikke af til min Tandlæge. Paa Grønningen traf vi flere kendte Personligheder, bl.a. Scharff og Skriveswane som jeg skal hilse dig fra, paa Fredag skal vi til Middag hos sidstnævnte sammen med Holger Rasmussens. - Las vilde absolut have at Jens og jeg skulde følges et Svip med ham over til Kerteminde og se paa vores nye Familie, det var jo meget fristende men det kommer an paa hvornaar han rejser, jeg maa ogsaa tænke paa dem derhjemme, det er altsaa jer. Forøvrigt har jeg maattet anlægge en Noteringskalender til at opføre mine Engagementer i og Listen er foreløbig overtegnet til og med Fredag i næste Uge. Nu skal vi til Frokost hos Willum og Elin, Jens skal ud og lege med Ungerne der, uhm gla siger han. I Aften skal vi i det kgl med Erna og se Kaj Munks en Idealist. 
+Hubert har jeg endnu ikke set, Las fortalte at han havde været ovre i Kjerteminde den Dag Else blev bragt til Odense. Da Puf kørte af Sted med hende stod Hubert og raabte Det er flovt for Juliane. - Nu skal vi ind og lave en Pølse, saa at vi ikke gør Skandale ved Frokosten. Farvel med jer.
+Mange Hilsner til Godsejeren og Ladugaardsformanden fra
+Godsejerinden
+(eller nærmere Grevinden)</t>
   </si>
   <si>
     <t>1938-02-02</t>
   </si>
   <si>
     <t>Långaryd
 Båxhult</t>
   </si>
   <si>
     <t>Erna -
 Ludwig Beethoven
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Elise Hansen
 Frederik Hendriksen
 Elin Jensen
 Villum Jensen
 Jens Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Møllers Venus: En æblesort. Det oprindelige modertræ stod indtil 1897 i vognmand Møllers have i Holstebro. Træet menes at stamme fra omkring 1850 og det har sandsynligvis været et kærnetræ, som stod i vognmandens have. Omkring 1920 var sorten det 20. mest udbredte i Danmark (søgning på internettet).
 Johannes Larsens udstilling i februar 1938 blev vist hos Winkel &amp;amp; Magnussen. Han solgte for ca. 10.000 kr. på denne udstilling (1938-02-09, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB0597). 
 Chefen: Johannes Larsen. 
@@ -1228,137 +3070,494 @@
   <si>
     <t>Det er noget sludder, når Johan Larsen siger, at Elena er køn. Nu vil hun få sit hår krøllet. 
 Elena har besøgt Johannes Larsens/Las' udstilling. Han var ikke tilstede, men skar træsnit af Hendriksen/Xylografen hos Brønsted. Der var fire Båxhult-billeder på udstillingen. Det bedste var billedet fra salen. 
 Elena nyder at gå ture i byen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7Xlg</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Båxhult
 Långaryd
 Småland
 Sverige.
 [I brevet:]
 2-2-38
 Kære Gamling!
 Jeg, nej det er sandt saadan maa man jo ikke begynde, altsaa: Det er gaaet op for mig hvad det er for noget forbandet Sludder du prøver paa at bilde mig ind om at jeg ser saa dejlig ud saa der ingen Ende er paa det, og jeg har derfor tænkt mig at tage Skeen i en noget anden Haand og gaa hen og lade mig krølle i hele Hovedet! Jeg haaber du vil tage vel i mod mig, selv om de ikke er gaaet ud til jeg vender hjem. Aprospos Skønhed, kan jeg fortælle dig at vi ikke skal fortryde paa at Møllers Venus var udsolgt fra Planteskolen for jeg smagte det forleden og der var ikke meget Grin ved hende, skønt hun saah dejlig ud. - Jeg var i Dag oppe paa Las' Udstilling som havde Premiére, desværre traf jeg ikke Cefen selv, han havde ikke været der og vilde heller ikke komme der igen i Dag. Derimod traf jeg Tante Lugge og Muddi, Las bor ude hos Magisteren, saa ved jeg da hvor jeg skal faa fat paa ham. Han var kommet i Gaar og var i Gang med at skære en Blok af Xylografen. 
 I Aften kan det dog ikke blive, for Mos og jeg skal til Concertpalæet og høre Laumont spille Beethoven. Paa Udstillingen var der 4 Båxhultbilleder, Tjurhanen, Billedet med de 2 Ballonaspe og det fra Salen og saa det fra i Fjor med Lagaarden der spejler sig i Dammen. Salsbilledet var et af de Billeder jeg syntes saa allerbedst ud paa hele Udstillingen, det har ogsaa en Hædersplads paa ["paa" overstreget] som Midtpunkt paa Væggen lige til venstre for Indgangen, det er altsaa ikke alene mig der synes om det. - I Dag har jeg ikke været hos Tandlæge, jeg reddede mig en Fridag paa Grund af Fernisseringen; derimod fik jeg min daglige Strøgtur og jeg nyder at drysse ind gennem Byen og sluge Butikkerne. Willum og Elin kommer her til Middag i Morgen og i Gaar var Erna her, saa du kan se at jeg ikke spilder Tiden. - Nu skal jeg til at læge Jensebassen i Seng.
 1000 Kys til Fasermand og Petermand
 fra Mosermand.
 P.S. Jeg har ogsaa tænkt paa at tage en Afmagringskur og en Ansigtsbehandling. - Bare inte nervøser. -</t>
   </si>
   <si>
-    <t>1947-08-15</t>
-[...6 lines deleted...]
-Henning Larsen
+    <t>1938-11-29</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Elise Hansen
 Jens Larsen
-Johanne Christine Larsen
-Jonas Larsen
+Johannes Larsen
 Peter Andreas Larsen
-Kirsten Larsen, Elena Larsens veninde
-[...32 lines deleted...]
-Hilsen fra Alle her. -</t>
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Den nyfødte pige, Alhed Maria, var Elena og Johan Larsens tredje barn. Elena opholdt sig udover på fødeklinikken hos sin mor i København. Moderen passede storebror Jens. Faderen og den ældste dreng, Peter, var på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har født en lille pige. Hun var de første par dage blårød over hele kroppen. Elena er stadig på fødeklinikken, og hun læser Den Lange Rejse. Hun beder Johan Larsen sende deres vielsesattest, som skal bruges, når fødslen bliver anmeldt. 
+Elena minder Johan om at vande hendes blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UmiQ</t>
+  </si>
+  <si>
+    <t>Tirsdag 29/11 38
+Kære lille Lyse Larsen!
+Det er nu alligevel en sød lille Pige du har faaet dig, hun var saa blaarød over det hele de 1ste to Døgn men det har nu fortaget sig; og saa er hun begyndt at lukke Glukkerne op, saa at jeg har kunnet konstatere Øjenfarven: blaa. Jesse har lige været inde og se hende og er vist tilfreds, Mor siger ihvertfald at han snakkede meget og med yndig Stemme om "min lille Søster." Strax da de ringede her fra Kliniken og Jens ved Telefonen havde hørt dem tale om en lille Pige var han styrtet ud til Entrédøren og rusket i den, han vilde se sin lille Søster. - Der maa forøvrigt ikke komme Børn herind saa jeg ser desværre ikke mere til ham førend jeg kommer hjem. Jeg ligger ellers og befinder mig vel, jeg er ved at læse den lange Rejse og er snart færdig med Bræen. I Gaar skrev jeg til Farfar og meddelte ham Resultatet. - Det er sandt, vil du med første Post sende mig vores Vielsesattest, den skal bruges ved hendes Anmeldelse til Fødselsregistret som skal ske med det samme. Send den her til Fødeklinikken Jagtvej 111. Kbhvn N. - Husker I mine Blomster? Der staar ogsaa en lille Urt i den grønne Stue, det var den der havde de mange lilla Blomster og som du skar ned til et Minimum.
+Petermanden er rigtignok flink til Skriveriet, Bes sendte ham vist en Trøst- og Opmuntringspræmie for hans Tand i Gaar. Jeg sendte en Flaske D[ulæseligt] inden i Aviserne, den var vel ikke gledet ud? - Nu har jeg ikke Tid længere, Tøsen hyler som en stukken Gris, hun er sulten og skal have Mad. Ellers er hun meget stilfærdig.
+Mange mange Hilsner til jer begge to og et Kys til hver fra
+Mosseren!</t>
+  </si>
+  <si>
+    <t>1938-12-11</t>
+  </si>
+  <si>
+    <t>Jean Borotra
+Christian Boussus
+Ellen Brønsted
+Peter Hansen
+- Hecht-Petersen
+Anker Jacobsen
+Frithiof Kemp
+Peter Andreas Larsen
+Marie Neckelmann
+Helge Plougmand
+Ada Tutein
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Elena Larsen opholdt sig hos sin mor i København, fordi hun netop havde født sit tredje barn, Alhed. Imens var Johan Larsen og den ældste søn, Peter, hjemme på gården Båxhult i Småland. 
+Viggo er muligvis Viggo Winkel.</t>
+  </si>
+  <si>
+    <t>Den lille pige ligger nu og kigger. 
+Elena Larsen har overværet nogle spændende tenniskampe. 
+Kemp har sendt Bes nogle penge, som hun havde tilgode. Elise Hansen har fået besked fra en sagfører om, at svindleren Hecht er kommet til penge og nu vil betale noget, som han skylder hende. Hecht solgte engang nogle billeder for Peter Hansen og beholdt selv pengene. 
+Elena beder Peter om, at tage nogle ting med fra Båxhult til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pUXH</t>
+  </si>
+  <si>
+    <t>11/12 38
+Kære Gamle!
+Tak for Brev, du er en rigtig Flinkenes til at skrive og jeg havde dog befrygtet, at Pettermandens Selskab vilde holde igen paa Skriveriet. Saa faar jeg tværtimod baade i Pose og Sæk, baade fra dig og Knægten. - I Dag har vi saa en sorts Fødselsdag, idet Søster jo egentlig burde have holdt sig tilbage indtil nu, hun fejrer Dagen ved at ligge og kigge sig om i Verden, tidligere har hun bare sovet saasnart hun var færdig med Maden. Hun er sød og ligner nu en lille kinesisk Dukke. Hun er meget skikkelig. 
+I Forgaars var jeg med Kylle ude i K.B. Hallen og se Plougmand - Boussus og Anker Jacobsen - Borotra. Det var mægtig spændende og sjovt at se Tennis praktiseret igen. Som du vel har hørt i Radioen vandt Danskerne begge Kampene. Desværre trak den 1ste Kamp saa længe ud at jeg maatte gaa hjem da jeg havde set 1ste Sæt af Anker J. - Borotra og det var den mest spændende og blændende Kamp. Han spiller fænomenalt, Anker J. baade ved Net og i Baggrunden. I Gaar tabte Danskerne i double og i Dag skal det saa afgøres hvem der gaar med koning Gustavs cup. Da en af Kampene staar mellem Boussus og Anker J. tror jeg danskerne gaar af med Sejren.
+I gaar og i Dag har jeg holdt mig lidt i Ro ovenpaa de foregaaende Dages Strabadser, ligget længe om Morgenen og sovet længe til Middag som en rigtig Divaneser. - I Morgen skal jeg til at ringe lidt fra Telefonen bl.a. til Fru Tutein. Apropos saa fik Bes forleden tilsendt de resterende 400 Kr af Viggos Gæld fra Kemp, han har som sædvanlig ikke ladet Lejligheden gaa fra sig. Men jeg har ikke meget Haab for Peter, der bliver bestemt ikke 400 Kr tilbage til ham. - Mos har i det hele taget haft meget ud af sine dubiøse Debitorer i denne Tid, hun fik pludselig Brev fra en Sagfører i Faaborg som for mer end 100 Aar siden havde i Kommision at faa presset nogle Penge ud af en Svindler Hecht som havde solgt en Mængde Billeder af Fars og derpaa brugt Pengene. Der var endnu en Gæld paa et Par tusind som Mos jo aldrig havde drømt om at se en Øre af. - Men saa kommer altsaa det Brev fra Sagføreren med Meddelelse om at Hecht var kommen til Penge og nu skulde han se at faa Restbeløbet ud. Foreløbig havde Hecht tilbudt 1000 Kr til Afvikling men Sagf. mente nok at han kunde presses noget mere. Det betaler sig altsaa til Tider at have med Svindlere at gøre. - Kan Pettermanden tage Kylles Fotografiapparat med, det laa paa det sorte Bord i Salen. Samt en Svinelædershandske, som han finder i en Skuffe i Soveværelset, vist den øverste i Skuffemøblet. - Masser af Hilsner til begge mine gamle Drenge fra Mossen.</t>
+  </si>
+  <si>
+    <t>1938-12-27</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Elise Hansen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Elena og Johan Larsen kaldte Johannes Larsen for Chefen. Det er uklart, hvad "røget Bukse" er for noget. 
+Barnet, som i brevet bliver kaldt Abelone kom til at hedde Alhed Maria. Elena Larsen fødte hende i København og fik derefter brystbetændelse, hvorefter hun var indlagt i juledagene. Den ældste søn, Peter, kom til Købehavn få dage før jul. Johan var på gården i Småland. 
+Den Lange Rejse er en romancyklus af Johannes V. Jensen. Sjette og afsluttende bind i denne cyklus hedder Christoffer Colombus.</t>
+  </si>
+  <si>
+    <t>Det er Johannes Larsens fødselsdag. Elena Larsen vil, når hun kommer hjem, sende ham blandt andet elgkød.
+Den lille har nu suttet af det dårlige bryst, for det er nu ved at være rask. Det er drøjt at ligge i sengen. Elena læser Johannes V. Jensen. 
+Alhed/Lomme Brønsted vil have Peter Larsen med til Birkerød. 
+Det sner, og Elena håber ikke, at det vil give problemer med hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yVIN</t>
+  </si>
+  <si>
+    <t>27/12 38
+Kære Gamle!
+I Dag er det saa Chefens Fødselsdag til Lykke med ham, jeg fik ikke skrevet men naar jeg kommer op og hjem vil jeg sende det Stk Elgkød og desuden en røget Bukse af den Slags vi delikaterede os med i Fjor, jeg tror ikke Las kender den og det kan jo være det er noget han vil lægge sig efter. - I Dag er der sket gode Fremskridt her paa Pladsen idet Abelone er blevet lagt til det daarlige Bryst som altsaa nu er saa godt som raskt og virkelig fik sig en Taar. Og i Morgen skal jeg op, det er heller ikke et Øjeblik for tidligt for nu var jeg lige ved at tabe Taalmodigheden, det er drøjt i Længden at ligge her, naar man føler sig saa frisk som en Fisk og ogsaa er det. - Jeg har læst den lange Rejse paanær Christoffer Colombus, som Mor har med i Dag; det er en herlig Samling Bøger, vi maa til at dyrke Johs. V. noget mere, man staar jo sig selv i Lyset, ved ikke at læse ham.
+Lomme var her i Gaar, hun vilde have Peter til Birkerød nogle Dage, jeg sagde at det maatte hun snakke med Mor om, men jeg tænker han er derude nu. - Her har det sneet meget i Nat, jeg haaber ikke Sneen skal lægge Hindringer i Vejen for vores Hjemrejse for nu har der ved Gud været Hindringer nok.
+Nu er der vist ikke mer at berette i Dag saa du maa have saa mange kærlige Hilsner
+fra din
+Hømikke.</t>
+  </si>
+  <si>
+    <t>1938-12-28</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Alhed Marie Brønsted
+Elise Hansen
+Jesper Hansen
+Bera Jensen
+Burmand Jensen
+Jens Jensen
+Lykke Jensen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Efter at Elena havde født sit og Johan Larsens tredje barn i København fik hun brystbetændelse og blev indlagt. Elenas mor, Elise Hansen, passede de to ældste børn, og Johan Larsen var hjemme på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen er begyndt at komme lidt op af sengen.
+Lykke Jensen har været på besøg med sin lille datter, Bera.
+Peter Larsen er taget med Alhed/Lomme Brønsted til Birkerød. 
+Elena håber at kunne rejse hjem om to dage. Ebbe Brandstrup vil dog ikke svare på, hvornår hun kan blive udskrevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0JVY</t>
+  </si>
+  <si>
+    <t>18/12 38
+Kære Lysse!
+I Dag skal jeg saa op og movere mig, jeg var oppe og vaske mig i Gaar Aftes og i Morges for at træne. I Gaar var jeg noget dinglende og slatten i Benene men allerede i Morges var jeg fuldt mobil igen. - Jeg skal hilse dig mange Gange fra Lykke, hun var her i Gaar og præsentere Bera, det er en dejlig tyk og mild Unge som er en rigtig Jensen, lys i Teinten og hvidhaaret. Hun er 1 1/4 Aar og snakkede en Masse, det lød som hun sagde lange Sætninger, men det viste sig dog, at ingen forstod hvad hun sagde. Nu skal de igen have Barn i April. - I Gaar tog Peter saa med Lomme og Børnene ud til Birkerød, hvor han kan more sig dejligt med Jesper og Tim i det gode Vejr, i Dag er det nemlig for en Gangs Skyld Solskin og Stille. - Jeg glæder mig til Mors Ankomst i Dag, for jeg venter mig flere Breve fra dig, du gamle, der har aabenbart været Kludder i Juleposten, det Brev der var fra dig i Gaar (d. 27de) var dateret d 23de, det er langsommelig Postgang. Nu venter jeg mig at komme hjem senest i Overmorgen saa begynder jeg hos Tandlægen paa Mandag og laver hende kun lave det allernødvendigste, saa du har os nok igen engang i Slutningen af næste Uge. - Nu var Ebbe her, han vilde ikke give mig noget bestemt Tilsagn om Hjemkomst, han vilde være sikker paa at det ikke kunde komme igen. Puh, ["Puh" overstreget] har, man skal aldrig lade sig indlægge paa Hospitaler, der slipper man ikke ud af igen. - Nu skal du have Farvel for i Dag og 1000 Hilsner og Kys fra
+Nissepigen</t>
+  </si>
+  <si>
+    <t>1939-01-02</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Thora Cohn
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Efter at have født sit tredje barn i december 1938 i København fik Elena Larsen brystbetændelse og blev indlagt. Hendes mor, Elise Hansen, passede de ældste børn, og Johan Larsen var hjemme på gården i Småland. 
+Nimrodsevner: "Han [Nimrod] var en vældig Jæger for Herrens Ansigt". 1Mos.10.9.</t>
+  </si>
+  <si>
+    <t>Elena Larsen rejser hjem 10. januar. Det lange sygeleje har taget på kræfterne.
+Elena er imponeret over Johan/Lysse Larsens bedrifter som jæger.
+Johannes Larsen er forkølet igen. Han går ud i sne og frost uden overtøj, så han beder nærmest om at blive syg. 
+Elena har fået hjemmebrygget øl af Johan/Lysse, og det smager godt, men er også stærkt. Hun vil give Ebbe Brandstrup nogle flasker, for han har fortjent det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AMR0</t>
+  </si>
+  <si>
+    <t>2/1 39
+Kære Gamle!
+Det var dejligt at høre din Stemme i Telefonen Nytaarsaften, jeg tror minsandten ikke at vi fik sagt hinanden glædeligt Nytaar, men det er der jo ogsaa Tid til naar vi kommer hjem. Ja Altsaa for at komme til det vigtigste med det samme, saa er Afrejsedagen endelig og afgjort ansat til Tirsdag d. 10de. Jeg kan ikke naa at blive færdig før med Tænderne og alt; det er nemlig mere anstrengende end jeg havde troet at ligge i Sengen saa længe, saa jeg maa tage den lidt med Ro, jeg vil jo helst være rigtig i Vigeur naar jeg vender hjem til dig. - Sikken en Jægersmand du udvikler dig til, jeg husker nok hvor stolt jeg var af dine Nimrodsevner i vor (korte) Forlovelsestid, og pralede af dem til hvem der gad høre paa det, saa det er godt du atter træner dig op, saa jeg igen kan prale med dig som Jæger. - Jeg fik et langt Brev fra Farfar til Nytaar, det er kedeligt med den Forkølelse han har, men han er jo ogsaa et frygteligt Menneske og uforbedderlig, saadan som han render ud den første Dag han er oppe uden Overtøj i Sne og Frost. Jeg skal skrive til Puf og Else i Dag og takke for Øllerne og et nydeligt Fotografi jeg fik af deres Unger. Øllet er aldeles storartet efter min Smag og frygtelig lumsk, inden man ved et Ord af det er man godt snydefuld, vi var alle mer eller mindre omtaagede Nytaarsaften, skønt vi ikke havde drukket mer end 1 Øl hver og kun et Fingerbøl Snaps. I Morgen skal jeg med Drengene ud til Frokost hos Ebbe, saa vil jeg tage nogle Stk Flasker ["Stk" overstreget; "Flasker" indsat over linjen] med, for Ebbe var saa interesseret i Pufs Ølbryggeriet ["Puf" indsat over linjen; "et" i "Ølbryggeriet" overstreget] og det er jo heller ingen Skade til at det hans Øl ["det" overstreget"; "hans Øl" indsat over linjen] bliver kendt i de mere velhavende Københavnske Kredse; nu kommer det vel snart paa Markedet. Det er ellers ikke med Glæde jeg skiller mig af med det, men Ebbe har nu været saa flink, at han nok har fortjent det. 
+Altsaa i Morgen 8 Dage, du gamle Ven, jeg glæder mig gevaldigt. Mange, mange kærlige Hilsner og Kys fra Nisseren.</t>
   </si>
   <si>
     <t>1939-01-05</t>
   </si>
   <si>
     <t>Erna -
 Else Jensen
 Marie Larsen
 Alhed  Møhl, Lysses datter
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Elena Larsen fødte sit tredje barn i København i december 1939. Hun fik derefter brystbetændelse og var indlagt julen over. Imens var Johan Larsen, hendes mand, hjemme på gården Båxhult i Småland. 
 Det vides ikke, hvem Ellen Haunstrup var.</t>
   </si>
   <si>
     <t>Elena Larsen og børnene kommer hjem tirsdag. Hun regner med, at Johan Larsen henter dem ved toget i Landeryd.
 Elena har en del selskabelighed i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IEcI</t>
   </si>
   <si>
     <t>Tors. 5-1-39
 Kæreste!
 Dette er saa det uigenkaldeligt sidste Brev inden Hjemkomsten som altsaa er fastsat til Tirsdag. - Det gaar ikke saa gelassent med Skriveriet nu paa det sidste, her er meget at bedrive. Tandlæge, Indkøb og Besøg og saa er der jo ogsaa Søster som skal passes engang imellem. Igaar var Erna og Ellen Haunstrup (ogsaa Skolekammerat) her til Middag. I Eftermiddag var Fru Johs. V. her til The og i Aften skal vi til [ulæseligt ord]. I Morgen skal jeg til Middag hos Erna og i Overmorgen kommer Uglen Marie og Lasse her til Middag, saa du kan se at jeg fører en selskabelig Tilværelse. Men det er nu slet ikke noget imod en Invitation jeg har faaet til Tirsdag, til en lille intim Middag paa et Gods i det øde Småland med een jeg kan lide; det er baade romantisk og spændende, og jeg glæder mig vanvittigt. - Du kommer og henter os i Landeryd Kl 1/2 12 og skulde vi mod Forventning ikke være med, maa du vente til 1/2 1 el 1, saa er det fordi Toget i Halmstad er kørt fra os.
 Nu bliver der ikke mere Skriverage i Dag eller Overhovedet mere denne Gang. Men Masser af Hilsner og Kys fra din Nissepige.</t>
   </si>
   <si>
+    <t>1941-01-05</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Christian Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Brevets ejer har oplyst, at linjen med ordene "Bedes returneret ved Lejlighed" er skrevet af Hais. 
+Det vides ikke, hvem Buck var. 
+Indscanningen af originalbrevet er foretaget af ejeren og kan af tekniske grunde ikke indsættes i databasen. 
+Brevets ejer oplyste nov. 2021, at det ikke lykkedes hans bedstemor, Hais, at sælge det omtalte billede under krigen. Det hang i hans barndomshjem. I 1970erne var det til salg via Bruun Rasmussen. Nu (2021) ejer Johannes Larsen Museet værket.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen synes, at hans maleri af Tjalfe er et af de bedste, han har lavet. Hais bør ikke sælge det for under 3500 kr. Hun kan prøve et auktionshus, selvom det er risikabelt. Larsen vil gerne vide, hvem der køber billedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8ico</t>
+  </si>
+  <si>
+    <t>[Denne linje skrevet med anden håndskrift end resten af brevet] Bedes returneret ved Lejlighed
+Kjerteminde 5 jan. 1941.
+Kære Hais
+Jeg ved ikke rigtig hvad jeg skal svare paa Dit Spørgsmål angaaende Billedet af ”Tjalfe”. Jeg regner det selv for et af mine bedste Billeder og hvis det var mit vilde jeg ikke sælge under 3500 kr. Men jeg tror ikke det vil blive let at sælge. Folk der ikke er Jægere bryder sig ikke om et Portræt af en Hund, og Jægere køber ikke Billeder. Havde det bare været i Forfjor, saa kunde jeg have givet Dig et lettere sælgeligt Billede i Bytte, men nu solgte jeg jo alle mine Oljebilleder paa Auktion. W &amp;amp; M køber ikke Billeder og Chr. Larsen byder Dig ikke Halvdelen af hvad han mener det kan indbringe ham. Du kan jo prøve Buck, men det tror jeg heller ikke Du faar noget ud af. Saa er der jo den Udvej at sende det ind til en Auktion, men det er jo risikabelt da der jo skal flere Libhavere til at byde det i Vejret, og det vil jo være ærgerligt at komme af med det for næsten ingen Ting. Ja dette her lyder jo ikke opmuntrende, men jeg kan ikke raade Dig bedre. Vi har det ellers godt og jeg skal hilse fra Puf og Else der sammen med mig ønsker Dig et godt og glædeligt Nytaar.
+Din hengivne
+Johannes Larsen
+P. S.
+Lad mig vide hvordan det gaar Dig, med at komme af med Billedet og eventuelt, hvem der faar det.</t>
+  </si>
+  <si>
+    <t>1942-08-28</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Jens Larsen
+Jeppe Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Gudmund Larsen 
+Kirsten Larsen, Elena Larsens veninde
+Thomas Madsen-Mygdal
+Erhard Meyer
+Marie Meyer
+Sophus  Meyer
+Alhed  Møhl, Lysses datter
+Marie Neckelmann
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
+Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
+Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
+Marie m.fl. har været på tur til Enebærodde.
+Andreas/Lysses børn er yndige. 
+Marie vil meget gerne på besøg på Båxhult.
+Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
+Johannes Larsen arbejder med bestillinger hver dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 28-8-42.
+Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
+Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
+Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
+Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
+Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
+Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-10-08</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborgs hovedbygning på Lolland er opført mellem 1865 og 1866 ved H.S. Sibbern og udvidet i 1885. Bygningerne er beliggende i Nordeuropas største parkanlæg i engelsk stil. Knuthenborg Gods er på 2338 hektar (Wikipedia marts 2022). 
+Vrietorn (Rhamnus cathartica) eller Korsved er en op til 10 m høj busk eller træ, der vokser i skovbryn og på overdrev. Hele planten er giftig (Wikipedia marts 2022).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været over 14 dage på Knuthenborg og malet akvareller. Han vedlægger et kort over den skønne park. Der er mange dyr. Dagen i forvejen begyndte Larsen på en akvarel, men nu er det tordenvejr, så han kan ikke male på den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/64Fi</t>
+  </si>
+  <si>
+    <t>Knuthenborg 8 October 1942.
+Kære Lysse! 
+Tak for Dit Brev som jeg fik lige før jeg rejste hjemme fra. Jeg har været her godt 14 Dage og malet nogle Aquareller. Jeg skal male et Billede til Lensgrevinden Jeg vedlægger et Kort over Parken der ogsaa indeholder en Dyrehave, en pragtfuld gammel Egeskov med Hasler Vrietorn og Skovæbler. Dyrene er Sikahjorte. Det er Tordenregn og lige nu løb der et Par Fasanhaner over Plænen udenfor mit Vindue. Her vrimler med Fasaner og Harer. Jeg havde Brev fra Puf forleden, de har det godt hjemme. Jeg har det ogsaa godt her, sammen med rare naturlige Mennesker, Grevinden 2 søde Børn og en ung Huslærer og en Selskabsdame. Forøvrigt tænker jeg paa at rejse hjem en af de første dage. Her er 4 Paafuglehaner, nogle Høner og en Kylling. 2 Svaner som for det meste ligger ude i Smaalandshavet, se Krydset paa Kortet men en Gang hver anden eller tredje Dag staar de og piller sig i Haven se det andet Kryds. Jeg begyndte paa en Aquarel i Gaar i stille Formiddagssol, som jeg da jeg stod op i Dag troede at faa færdig i Formiddag, men da jeg sad og drak Kaffe begyndte det at regne og ved 10 Tiden begyndte det at blive mørkt og saa kom der en vældig Tordenbyge der nu er ved at forsvinde. Mange Hilsner til Jer allesammen
+fra Din Far. 
+Johannes Larsen
+Kjerteminde
+P.T. Knuthenborg pr. Bandholm.</t>
+  </si>
+  <si>
+    <t>1943-12-22</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Else Larsen
+Johan Larsen
+Peter von Syberg
+Ulla Syberg
+Gitte Wilmann</t>
+  </si>
+  <si>
+    <t>Gitte Wilmann er muligvis kommet i huset hos familien Larsen på Båxhult.
+Ulla Syberg, som var jøde, og hendes søn, Peter, flygtede fra Danmark til Sverige i oktober 1943 og boede i begyndelsen på Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve. Kasse 1, kuvert 4, 2002/61, A8 Lb11</t>
+  </si>
+  <si>
+    <t>Marie Larsen skriver til Christine Swane for at fortælle, at Gitte Wilmann er hos Elena/Bimse Larsen og Johan/Lysse Larsen på skovgården Båxhult i Småland.
+Ulla og Peter (Syberg) er rejst videre til Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DoLU</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 22-12-1943.-
+Kære Ugle!
+Den første Eftermiddag jeg var her skrev jeg et Brevkort til Dig, jeg vilde have gjort det paa Postkontoret, men der var lukket fra 12-14; ved 18-Tiden skulde Puf følge nogle af de Børn, som var her hjem og han tilbød at tage det med; nu cyclede han og Else til Lundsgaard med Julegaverne og da han tog sin Frakke paa halede han Kortet op af Lommen, han havde glemt at lægge det i Postkassen, men bad mig om alligevel at sende det af Sted og fortælle hvordan det var gaaet til.- 
+Jeg vilde nu alligevel skrive til Dig for jeg glemte i Gaar at fortælle Dig at Gitte Wilmann er ovre hos Bimse og Lysse, det tænker jeg Du bliver glad ved at høre; de har nylig hørt fra Lysse og han skriver at de er saa glade ved Gitte; det er rart at tænke paa at hun er der; Ulla og Peter har ogsaa været der en Tid men de er nu i Stockholm og det er Båxhulterne ikke kede af. – Dette lille Lommetørklæde kan Du vel nok bruge. – Hav det godt. Kærlig hilsen Rie.-</t>
+  </si>
+  <si>
+    <t>1944-1045</t>
+  </si>
+  <si>
+    <t>Johannes Larsen overdrog i 1945 skovgården Båxhult i Småland til sin yngste søn, Johan og hans hustru, mens ejerskabet over huset på Møllebakken i Kerteminde gik til den ældste, Andreas/Puf Larsen og dennes kone. 
+Brevet hører formodentlig sammen med et andet i samlingen.</t>
+  </si>
+  <si>
+    <t>Johan Larsen skal ikke betale noget. Hans bror, Andreas/Puf, vil blive sikret en tilsvarende sum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uF4T</t>
+  </si>
+  <si>
+    <t>P.S.
+Jeg er kommen i Tanker om at Du maaske kunde misforstaa ovenstaaende: Det er jo ikke Meningen at Du skal betale noget i Afstaaelse, men at jeg skal sikre Puf en lignende Sum eller Værdi. Det skulde glæde mig om jeg kunde leve saa længe, at jeg kunde faa Dig at se som Herremand, for det er vel det der er Meningen
+JL.</t>
+  </si>
+  <si>
+    <t>1944-05-14</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Georg Jacobsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Johan og Elena Larsen overtog endeligt gården Båxhult i Småland i 1945.</t>
+  </si>
+  <si>
+    <t>Johan/Lysse kan nu få skøde på Båxhult, og Andreas/Puf vil få ejendomme for et tilsvarende beløb. Johannes Larsen ønsker blot, at frontespisen bliver bevaret i hans livstid, og at de træer, som han har fredet, bliver stående.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UiCM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Maj 1944.
+Kære Lysse!
+Efter at have virket med Sagen, siden Du udtalte Ønsket om at faa Skøde paa Båxhult, er jeg nu saadan stillet at det kan lade sig gøre. Da jeg i sin Tid talte med Bankdirektør Jacobsen om det, sagde han at jeg i saa Fald maatte give Puf et lignende Beløb. Du sagde, at Du regnede Båxhult, eller rettere min Part deraf til 30.000 Kr. Forudsat at Du gaar ind paa at jeg tilskøder Puf en tilsvarende Part af de herværende Ejendomme kan Du faa en Sagfører til at lave Dig et Dokument om Overdragelse og sende mig. Du skal saa faa det omgaaende i underskrevet Stand. Der bliver nogle Klausuler, men dem kan vi jo ordne mundtlig. F. Eks. at jeg forbeholder mig Frontespisen paa Livstid, at de Træer, jeg har fredet skal blive staaende, at Du vedligeholder min Jagt mod at jeg betaler Omkostningerne o.s.v. Det kommer vi nok ud af. Vi har det alle godt her og nu er det et dejligt Vejr med stille Varme. Mange Hilsner til Jer allesammen.
+Din 
+Far.
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1945-09-05</t>
+  </si>
+  <si>
+    <t>Kaas pr. Lime</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Familien Hostrup-Schultz havde store jordbesiddelser i Midtjylland, deriblandt Kongsø Plantage. Johannes Larsen kendte familien og tilbragte i august 1945 en uge hos dem i Kongsø. 
+Johan/Lysse Larsen og familien boede i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft hold i ryggen i flere uger. Han rejste til Bryrup og Skive, men måtte tage til Faaborg til Christine Rasmussens begravelse og derefter retur til Jylland. Larsen maler akvareller og skal hjem og have gang i bestillingsopgaver. 
+Johan/Lysse Larsen og familien har først nu fået udrejsetilladelse, og de vil have, at Larsen kommer hjem til dem. Han overvejer at søge polititilladelse til at køre derop i bil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQmy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kaas pr. Lime
+[I brevet:]
+Kaas i Salling 5 Septbr 1945.
+Kære Grevinde!
+Det er snart længe siden Du har hørt fra mig. Jeg ved ikke en Gang om jeg har fortalt at jeg laa i 3 Uger af Hold i Ryggen, d.v.s jeg stod op et Par Gange men maatte i Seng igen. Saa rejste jeg til Kongsø ved Bryrup hvor jeg blev forsinket en Uge af Regnvejr og nu er jeg altsaa her. Det er besværligt at rejse. Jeg tog fra Kongsø til Nørre Snede i Bil, derfra med Rutebil til Viborg, hvor jeg overnattede. Næste Dag til Skive med Tog og derfra hertil med Bil. Saa gik der et Par Dage saa blev jeg ringet op fra Kjerteminde, at Etatsraadinde Rasmussen var død og skulde begraves fra Museet i Faaborg, og i Lørdag Morgen tog jeg saa en Bil til Faaborg, overværede Begravelsen og saa af Sted igen, saa jeg var her Kl. 11,15 om Aftnen. Her er vældig kønt og her er Krikænder i Hundredvis og Graaænder i Tusindvis og de første 4 Dage var her en Svane i Søen, her er ogsaa 3 Hejrer. Jeg maler nogle mindre Akvareller men jeg er sløjt gaaende paa Gr. af det forbandede Hold som stadig generer mig. Jeg tænker paa at rejse hjem i næste Uge, da jeg har Bestilling paa 4 Oljebilleder hvoraf jeg havde lovet det ene til først i denne Maaned hvilket altsaa ikke bliver til noget. Lysse og Familie fik ført Udrejse Tilladelse da Høhøsten var begyndt saa den Rejse gik ind og nu vil de endelig have mig derop, men jeg gruer for at rejse. Jeg spekulerer paa at faa en Lægeattest, saa jeg kan faa Politiets Tilladelse til at køre hjem i Bil. Det kneb med at faa Lov til at køre til Faaborg. Nu skal Brevene af Sted
+Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1946-11-06</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine  Mackie</t>
   </si>
   <si>
     <t>2.
 Aaboulevard 80</t>
-  </si>
-[...1 lines deleted...]
-    <t>Båxhult pr. Landeryd</t>
   </si>
   <si>
     <t>Folmer -
 Bodild Branner
 Ebbe Branner
 Frits Branner
 Thora  Branner
 Louise Brønsted
 Thora Cohn
 Alhed Larsen
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Ane Talbot
 Laura Warberg</t>
   </si>
   <si>
     <t>Andreas/Puf Larsen boede med sin kone, Else, og deres børn sammen med Johannes Larsen i dennes hus på Møllebakken i Kerteminde. 
 Thora Branners ene søn døde som ganske ung, så da hun selv døde, havde hun børnene Bodild og Fritz tilbage.</t>
   </si>
@@ -1375,195 +3574,216 @@
     <t>https://fynboerne.ktdk.dk/d/7qPa</t>
   </si>
   <si>
     <t>[Stemplet på kuvertens forside:]
 Fru C. Mackie
 Aaboulevard 80 II
 [Håndskrevet på kuvertens forside:]
 Hr. Patron Johan Larsen
 Båxhult
 Långaryd
 Småland
 Sverige. 
 [Håndskrevet i brevet:]
 6/11 - 46
 Kære lille Lysse!
 Det er jo lidt sent at takke dig for dit Fødselsdagsbrev til min Fødselsdag d. 10. Maj (er 8) hvor jeg fyldte ikke 74 men, desværre 76! Men her gør jeg det altså. Tak for Brevet! Det indeholdt jo både noget fornøjeligt og det modsatte; det var meget morsomt at høre om alle de Forbedringer i jeres dejlige gamle Hus! det er vel nok imponerende, hvad du beskriver! Med alle de moderne Installationer og Fliser i lange Baner! Hvor vilde jeg dog gærne engang besøge jer, inden jeg dør! Men det er vanskeligt på mange Måder. Jeg tænker tit på gamle Båxhult og den dejlige Egn - Broudåsen! Var det der, den gamle Kone boede? Alhed havde bagt en Kage til hende og vi gik op med den en Sommeraftenstund, lidt hen på Aftnen, så hun var gået i Seng; vi bankede på, jeg kan endnu høre hendes gamle forskrækkede Stemme: "å de' lefvande?" Dengang havde vi endnu det f. som I har sløjfet; for en halv Snes År siden havde jeg en ganske lille Korrespondance med en gammel Kontrakts[ulæseligt] på Orust, han stavede endnu på den gammeldags Manér, den kan jeg bedst lide!
 Det triste var, hvad du fortalte om dit Julebesøg i Kjerteminde, jeg tror nu, du ser for sort på det. Jeg var der i Sommer - hver Sommer bestemmer jeg at jeg vil skrive til dig derfra! - og jeg synes, det hele var forholdsvis harmonisk, det var meget sjældent at det skurrede. Ja, du har sandelig Ret i, at Puf er en ener - Mor sagde så tit "Puf er et herligt Menneske" - et ædelt Menneske, det er hjærteskærende at tænke på, at han skal være halv- eller helulykkelig. Men jeg er nu vis på, at hvis - når - Forholdene engang igen bliver sådan at han kan få fat på det Arbejde, som ligger parat og venter, så vil alt forandre sig derovre; det må jo være frygteligt at gå og vente, når man bare går og længes efter at få Lov at tage fat. Der var en lille Ting, som betød en stor Forbedring af den daglige Atmosfære. Las er holdt op med sin daglige Snaps til Aften (= 3-4 Snapse) og det har gjort, at han er langt mindre irritabel og besværlig end før. Det er jo noget vanskeligere om Vinteren, hvor Børnene er så meget inde, og Las altid sidder i Stuen, han tåler ikke det mindste Kny fra dem, de arme Unger! Men henimod Jul, når de tør begynde at fyre i Centralfyret, så hjælper det, så er de ovenpå med deres Leg og deres Skærmydsler. Jeg havde 3 vidunderlige Uger derovre.
 Vi er så bedrøvede i denne Tid, fordi Tutte ligger for Døden. Hun blev for et Par År siden opereret for Cancer mammæ, og nu er det gået i Lungerne og det er håbløst; det er vist kun Dage - eller Timer, hun har tilbage; hun ligger og døser i Morfinrus for at hindre Smerter og, navnlig Åndenød. Det er hårdt at miste Søskende, det er dog de Mennesker, der som oftest står en nærmest. Bimse ved det nok; og jeg savner da hver Dag din Mor. 
 [Skrevet lodret langs venstre margen side 2:] Folmer ringede forleden og spurgte mig, om du kom til jeres Studenterjubilæum det anede jeg jo intet om; han vilde selv skrive til dig, og da jeg sagde, at jeg havde et Brev på Stabelen, bad han mig styrke til at du kom! det synes jeg i Sandhed også, at du [skrevet side 1, øverst på arket, på tværs:] skal hvis du på nogen Måde kan rive dig Løs et Par Dage! Det måtte da være mægtig sjov at mødes med de gamle Skolekammerater.
 Nu må du hilse hele din søde Familie kærligt fra mig! De kærligste Hilsner til dig selv fra
 Mornine.
 Da jeg havde lukket Brevet, ringede Lugge, at Tutte var død i Nat Kl. 1/2 3. Hun sov stille hen. Hun vidste, at hun skulde dø og havde talt om det med Børnene. De to stakkels Børn vil savne hende bittert; man kan ikke se, hvordan de skal kunne undvære den kloge, stærke Mor. 
 Bodilds Ægteskab er jo ikke af de ideelle, og stakkels Fritz er så ensom og set skævt til af så mange, som ikke kender ham, det søde Menneske han er, men man ser kun hans sære Væsen.</t>
   </si>
   <si>
-    <t>1932-03-08</t>
-[...2 lines deleted...]
-    <t>Christian Cato
+    <t>1947-05-16</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
 Andreas Larsen
 Johan Larsen
-- Vergmann</t>
-[...41 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/6Eao</t>
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Af et brev skrevet til Johan/Lysse Larsen samme dag som dette fremgår det, at Johannes Larsen og Christa Knuth sammen skulle på besøg hos Johan og Elena Larsen i Småland.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf kører Larsen til Svendborg, hvorfra Larsen tager videre til Knuthenborg. Larsen har bedt Johan/Lysse hente ham og Christa Knuth i Hälsingborg. De kan overnatte i Helsingør eller hos Brønsteds.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tR39</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
-Refshalevej.
-Maribo.
+Knuthenborg
+Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
-Kjerteminde 26 April 1950.
+Kjerteminde 16 Maj 1947.
 Kære Grevinde.
-Som Du ser er jeg nu hjemme igen. Jeg havde det som altid dejligt paa Båxhult, men det jeg var kommen derop for faldt ikke saa heldigt ud. Til Trods for at jeg var med Lysse ude ved 4 Tiden 6-7 Gange og selv en Morgen stod op Kl. 2 ¾ og sad paa et Sted i Skoven fra Kl. 3-4 og et andet Sted en halv Time kom jeg ikke Tjurene, nærmere end til et Par Gange at høre nogle fjerne Lyde. For øvrigt regnede det med Undtagelse af et Par Dage hele Tiden og frøs hver Nat. Den Aften vi havde bestemt til at tage hjem næste Dag, sagde min Søster at næste Gang hun kom derop vilde hun gerne til Smålands Taberg, hvorpaa Lysse sagde at det kunde hun komme i Morgen. Næste Dag var det straalende Solskin og næsten Stille. Bimse ringede til Skolen og bad Søster og Jonas fri og saa kørte hun og Marie og Børnene og jeg ad Nissastigen til Jönköping, hvor vi spiste Frokost i Alphyddan, en højt over Byen beliggende Beværtning med Udsigt over Byen og Vättern og Visingsø og Husquarna. Derefter kørte vi op paa Taberg, hvor der var masser af blaa Anemoner, som vi gravede nogle Stykker op af, deriblandt en smuk rød som Søster fandt. saa kørte vi ad Sagastigen hjem og var hjemme til Aftensmad. Dagen efter kørte Bimse mig os ["mig" overstreget; ”os” indsat over linien] til Birkerød hvor jeg overnattede og næste Dag kørte hun mig til Korsør og Puf hentede mig i Nyborg. Nu har jeg i et Par Dage ordnet den Post her laa og besvaret det nødtørftige og saa skulde jeg i Morgen se at faa begyndt at bestille noget. Paa Fredag Kl. 12 skal jeg til Indvielsen af det nybyggede Pax. Mange Hilsener ogsaa til Adam.
+Jeg har nu talt med Puf om Rejsen, og han mener det er bedst, at han kører mig til Svendborg og at jeg saa fortsætter til Knuthenborg o.s.v. Jeg har saa skrevet til Lysse om at hente os i Hälsingborg Fredag aller senest Lørdag før Pintse og meddele hvad Tid han kan være der. 
+Du hører altsaa nærmere fra mig, saasnart jeg har hørt fra Lysse. Tror Du at vi kan faa Hotelophold i Helsingør? 
+Det er Fanden til indviklet Tur. Men det ordner sig vel. Vi kunde vel ogsaa gøre Ophold i Kjøbenhavn, saa kan jeg bo hos Brønsteds og Du kan vel altid faa Plads paa Dit Hotel. Nærmere senere. Mange Hilsner Puf og Else er i Odense.
 Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
-    <t>1930-06-04</t>
-[...4 lines deleted...]
-Vagn Jacobsen
+    <t>1947-05-18</t>
+  </si>
+  <si>
+    <t>Christa Knuth og Johannes Larsen skulle besøge Johan/Lysse Larsen, Johannes Larsens søn, i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christa Knuth skal være i Helsingør fredag. hun hører nærmere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6FTo</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 18 Maj 1947.
+Kære Grevinde
+Dette kom fra Lysse i dag. Det tyder paa at vi maa være i Helsingør Fredag Formiddag. Nærmere naar jeg hører fra Lysse igen
+Mange Hilsner
+JL.</t>
+  </si>
+  <si>
+    <t>1947-07-29</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Hans Hvass
 Johannes V. Jensen
-Aron Bernhard Kjellmann
-Elena Larsen
+Tage la Cour
+Andreas Larsen
 Peter Andreas Larsen
-- Nilsson</t>
-[...9 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/lE3T</t>
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Aage Marcus</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T var. Billederne til Aarhus var muligvis til en tidligere omtalt Hr. Kjær, som heller ikke kendes. 
+Hans Hvass; Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustreret af Johannes Larsen.
+En Hilsen til Johannes Larsen paa 80-Aars Dagen. Gyldendalske Boghandel 1947. Tage la Cour og Aage Marcus (red.)
+Johannes V. Jensen: Aarstiderne. Gyldendal 1924 og 1947. Digte af Johannes V. Jensen, tegninger af Johannes Larsen
+Peter Larsen, Johannes Larsens barnebarn, voksede op på gården Båxhult i Småland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har afsendt billeder og lavet tegninger til Johannes V. Jensens Aarstiderne. Han har også tegnet til Hans Hvass' bog. Nu vil han arbejde på søbilledet. 
+Tage la Cour og aage Marcus arbejder på et festskrift i anledning af Larsens 80års dag. De vil gerne trykke et selvportræt, og Larsen beder Christa Knuth sende hendes ind til Gyldendal til reproduktion.
+Peter har været på besøg. Han havde været på Båxhult og beretter derfra.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IRXy</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr. Johan Larsen 
-[...25 lines deleted...]
-Johan Larsen
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 29 Juli 1947.
+Kære Grevinde.
+Ja nu begynder jeg altsaa at skrive. Udenfor regner det. Jeg var i Odense i Gaar og havde Fru Mackie og Christiansen med. Jeg har faaet afsendt de Billeder til Aarhus og en mindre Bestilling til en Fru T[ulæseligt] og har lavet et Par nye Tegninger til Johs V´s ”Aarstiderne” der skal komme i en ny Udgave og tegnet en 4-5 af de gamle Illustrationer om saa at det hele bliver mere ensartet. Til Hans Hvass nye Bog har jeg gjort de i Avisen færdige Tegninger klar til Bogen og tegnet en Del nye saa jeg nu kun mangler en 14-15 Stkr. Saa nu er jeg snart klar til at begynde paa det store Søbillede igen. Jeg fik i Gaar brev fra Tage la Cour, der redigerer, sammen med Aage Marcus, et Festskrift der skal udkomme hos Gyldendal i Anledning af min 80 Aars Fødselsdag. Han beder om at laane et af Selvportrætterne til Bogen. Jeg ved ikke selv hvilket der er det bedste, men formoder at Dit vil egne sig bedst til Reproduktion, desuden er jeg bange for at det skal give Anledning til Jalousi dersom jeg vælger et af dem her i Byen. Saa dersom Du gider have den Ulejlighed at sende Dit ind til Gyldendal til Reproduktion vil jeg være Dig taknemmelig. Jeg havde Besøg af Peter i Forgaars Aftes han havde været paa Båxhult hvor alt stod godt til, med Undtagelse af at han mente at alle Frugttræerne var gaaet ud paa 3 nær. De havde faaet sat grønne Fliser op i Badeværelset. Her gaar det ogsaa godt. Vi venter saa Puf og Else hjem d. 11 August. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-08-15</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Henning Larsen
+Jens Larsen
+Johanne Christine Larsen
+Jonas Larsen
 Peter Andreas Larsen
-Elisabeth Neckelmann
-[...21 lines deleted...]
-Mos.</t>
+Kirsten Larsen, Elena Larsens veninde
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
+Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
+  </si>
+  <si>
+    <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
+På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
+Johanne/Junge Larsen har ikke mange kræfter.
+Marie håber at komme til Båxhult en anden gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjod</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 15-8-47.
+Kære Lysse og Bimse!
+Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
+Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
+Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
+I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
+Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
+Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
+Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
+Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
+Hilsen fra Alle her. -</t>
   </si>
   <si>
     <t>1948-06-01</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Gustav Helms
 Adolph Larsen
 Marie Larsen
 Axel  Müller
 Lauritz Pedersen
 Ellen  Sawyer
 Karen Warberg
 Marie Warberg
 Lise Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
 Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
 Det vides ikke, hvem Dr. Bech var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
   </si>
@@ -1605,50 +3825,402 @@
 Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
 2) 
 Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
 Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
 3)
 noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
 Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
 [Skrevet på bagsiden af første side; fortsat fra ark 2:] 
 han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
 [Skrevet langs venstre margen på bagsiden af første ark:]
 ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
 [Skrevet øverst på hovedet på ark 2:]
 Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
 [Skrevet langs venstre margen ark 2:]
 mest 1150 Kr til Termin idet han solgte ...
 [Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
 Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
 [Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
 i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
 [Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
 han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
 [Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
 og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
   </si>
   <si>
+    <t>1949-09-28</t>
+  </si>
+  <si>
+    <t>Maribo
+Refshalevej</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa på Refshalevej i Maribo. 
+Båxhult er en skovgård i Småland. Elena/Bimse og Johan/Lysse Larsen boede på stedet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København. Han vil komme til Maribo for at male en akvarel til lægen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/22Qb</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde Chr. Knuth
+Refshalevej 
+Maribo
+Danmark
+[På kuvertens bagside:]
+Johannes Larsen
+Båxhult
+Långaryd
+Sverige
+[I brevet:]
+Båxhult 28 Septbr. 1949.
+Kære Grevinde!
+Tak for de fortsatte Forsendelser og Hilsener! Bimse skal en af Dagene til Kjøbenhavn og hente nogle Møbler, som hun har arvet efter sin Moder og saa kører jeg med. Dagen efter vil hun køre mig til Korsør og saa henter Puf mig i Nyborg. Jeg regner saa med at komme til Maribo en Gang i næste Uge for at male den Akvarel til Doktoren. Altsaa hvis det passer Dig. Jeg har da faaet malet en Del, skønt Vejret har drillet mig i den sidste Tid med at være graat naar jeg skulde have Solskin og omvendt. 
+Mange Hilsner ogsaa fra Lysse og Bimse.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1950-04-26</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elena Larsen
+Johan Larsen
+Jonas Larsen
+Marie Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Tjur er en fugl i gruppen af skovhøns. Den findes ikke længere i Danmark, men yngler i Skandinavien fra Skåne og nordpå – og videre mod øst gennem Finland og Rusland til området ved Lena-floden. Arten findes desuden i Skotland, Polen og Hviderusland (Wikipedia juli 2024). 
+Visingsø: En ø i søen Vättern. 
+Taberg: Et bjerg af jernmalm ca. 13 km. syd for Jönköping. 
+Husquarna staves i dag Huskvarna.
+Pax var en strandpavillon på Sydstranden i Kerteminde og ejet af Johannes Larsens venner Johanne og Johan Due Nielsen. Se deres biografier.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kommet hjem fra Båxhult, hvor han har været med sin søster, Marie. Han fik ingen tjur trods flere jagtture. Marie ville gerne se Taberg, og Elena/Bimse Larsen samt børnene kørte Johannes og Marie dertil. De spiste frokost og så på blå anemoner, og de gravede nogle op. Dagen efter kørte de til Birkerød, og Johannes Larsen tog hjem til Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Eao</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej.
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 April 1950.
+Kære Grevinde.
+Som Du ser er jeg nu hjemme igen. Jeg havde det som altid dejligt paa Båxhult, men det jeg var kommen derop for faldt ikke saa heldigt ud. Til Trods for at jeg var med Lysse ude ved 4 Tiden 6-7 Gange og selv en Morgen stod op Kl. 2 ¾ og sad paa et Sted i Skoven fra Kl. 3-4 og et andet Sted en halv Time kom jeg ikke Tjurene, nærmere end til et Par Gange at høre nogle fjerne Lyde. For øvrigt regnede det med Undtagelse af et Par Dage hele Tiden og frøs hver Nat. Den Aften vi havde bestemt til at tage hjem næste Dag, sagde min Søster at næste Gang hun kom derop vilde hun gerne til Smålands Taberg, hvorpaa Lysse sagde at det kunde hun komme i Morgen. Næste Dag var det straalende Solskin og næsten Stille. Bimse ringede til Skolen og bad Søster og Jonas fri og saa kørte hun og Marie og Børnene og jeg ad Nissastigen til Jönköping, hvor vi spiste Frokost i Alphyddan, en højt over Byen beliggende Beværtning med Udsigt over Byen og Vättern og Visingsø og Husquarna. Derefter kørte vi op paa Taberg, hvor der var masser af blaa Anemoner, som vi gravede nogle Stykker op af, deriblandt en smuk rød som Søster fandt. saa kørte vi ad Sagastigen hjem og var hjemme til Aftensmad. Dagen efter kørte Bimse mig os ["mig" overstreget; ”os” indsat over linien] til Birkerød hvor jeg overnattede og næste Dag kørte hun mig til Korsør og Puf hentede mig i Nyborg. Nu har jeg i et Par Dage ordnet den Post her laa og besvaret det nødtørftige og saa skulde jeg i Morgen se at faa begyndt at bestille noget. Paa Fredag Kl. 12 skal jeg til Indvielsen af det nybyggede Pax. Mange Hilsener ogsaa til Adam.
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
+Kære lille Dis!
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-21</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Wisie Brandt
+Frits Branner
+- Faksø
+Adam Goldschmidt
+Brita Goldschmidt
+Hans Iuel
+Thyra Iuel
+Grethe Jungstedt
+Kurt Jungstedt
+- Kruuse
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie
+Pernille Marryat
+Ib Marryat Johansen
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+- Thomsen, Kerteminde
+Andreas Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Astrid Warbergs svigermor hed. Heller ikke vides det, hvem "Englænderne" og Jørgen var. 
+Familien kendte flere ved navn Kruuse, men den her omtalte var formodentlig i familie med Eline Brandstrup. 
+Christian Brandstrups erindringer kan findes på internettet (maj 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0131</t>
+  </si>
+  <si>
+    <t>Johanne takker for det dejlige tøj og for "Mord-Romanerne", som hun straks har læst. Adolf vil læse dem til vinter. Hun spørger, hvordan det går med Adams ægteskab, og hun håber, at hans kone har skjulte talenter. Johanne spørger også, om det kan passe, at Ib Marryat tjener 1500 kr. om måneden?
+Johannes knæ har det bedre, men hun går ikke ud i haven, som er et vildnis.
+Man tager kartofler op på gården, og det er spændende, hvad de vil indbringe. Ruth tabte sit ur i marken, men en dygtig schæferhund fandt det.
+Frederik Andreas/Dede har været på hospitalet.
+Kornet hos Laurits og Laura har lagt sig ned. De har været på besøg med deres lille dreng.
+Thyra Iuel har også været på besøg med en bog og et servilt brev. Hun inviterede Larsen-familien på besøg. 
+Kurt og Grete Jungstedt kommer 14 dage til Danmark.
+Else og Andreas/Puf venter barn, og Johanne synes, det er en dårlig idé. 
+Johanne har solgt 12 servietter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y5jP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside: Dis’ adresse er skrevet af afsender, andre bemærkninger af ukendt/BWP]
+Modt. ”Midsommardagen”
+24’ Juni 1950.
+besv. 1’ Juli 1950. 
+Fru A. Warberg Müller
+Puttabygget
+Majenfors
+Småland
+21-6-2000 BWP.
+Sverige
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard 21 Juni 1950
+Kære lille Dis!
+Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
+Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
+Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
+Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
+Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
+Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
+Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
+Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
+Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
+Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
+Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
+[S. 2 øv., skrevet på hovedet:]
+En myrdet Flue. Undskyld 
+[S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
+  </si>
+  <si>
+    <t>1950-07-05</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Ellen Agnete Amstrup
+Adolph Hitler
+Thyra Iuel
+Adolph Larsen
+Marie Larsen
+Rasmus Larsen
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Harry Truman
+Ursula Uttenreitter
+Fritz Warberg
+Karen Warberg
+Minna Warberg
+Torkild Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Puttabygget var for et sted i Småland. 
+Onkel Toms hytte er en roman af Harriet Beecher Stowe, udgivet som bog i USA 20. marts 1852. Bogen medførte en voldsom offentlig debat, og bidrog derved til den senere ophævelse af slaveriet i Nordamerika. Bogen var en medvirkende faktor til, at Sydstaterne startede den amerikanske borgerkrig ved at åbne ild mod Fort Sumter den 12. april 1861 (Kilde: Wikipedia dec. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0551</t>
+  </si>
+  <si>
+    <t>Det er koldt.
+Godt med bøger og tiltag, der kan vække samfølelse og forandre verden. Der er trods alt fremgang, og Johanne/Junge tror ikke, at Rusland ønsker krig.
+Fritz Warberg har været på besøg. Han fortalte om sine forældres ægteskab, som ikke har været nemt for faderen. Moderens nerver er "meget sløje". Fritz bestilte 12 broderede servietter hos Johanne.
+Christine Mackie har været på besøg hos familien i Nordjylland. Hun skulle have sunget i radioen, men blev syg.
+Lars og Ursula Swane har været på besøg. De solgte billeder i Odense. 
+Naboens lille Jørgen kan ikke forstå, at Johanne kan klare at sidde så meget alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JQ1X</t>
+  </si>
+  <si>
+    <t>X
+modt. Fredag Morgen, 7/Juli 1950
+besv. Fredag 21’ Juli. ”
+Fru A. Warberg Müller
+Putta bygget
+Majenfors
+Småland
+Sverige
+[Skrevet af ukendt/Laura Warberg Petersen?]
+23-7-2000
+BWP.
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard Onsd. 5-7-1950
+Kære lille Dis!
+Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
+I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
+2.
+om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
+X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
+3.
+op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
+Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
+Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
+Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
+[Skrevet på hovedet øverst på sidste side:]
+underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
+God Bedring m. Astmaen!</t>
+  </si>
+  <si>
     <t>1950-07-26</t>
   </si>
   <si>
     <t>Lindøgaard
 Dræby Station</t>
   </si>
   <si>
     <t>Adolph Larsen
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Christine Swane
 Lasse Taaning
 Aage Taaning
 Fritz Warberg
 Astrid Warberg-Goldschmidt
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
@@ -1662,2673 +4234,205 @@
   <si>
     <t>På konvoluttens forside:
 27 Juli 1950
 besv. 30 Juli
 Fru Astrid Warberg Müller
 Bakkevej 10
 Hareskov St.
 På konvoluttens bagside:
 Lindøgaard Dræby St. Fyen.
 læst 7-5-02.
 Lindøgaard 26-7-1950
 Kæreste lille Dis!
 Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
 det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
 Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
 det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
 Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
 Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
 En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
 Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
 Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
 Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
 Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
   <si>
-    <t>1908-04-18</t>
-[...140 lines deleted...]
-  <si>
     <t>1950-10-09</t>
   </si>
   <si>
     <t>Elena/Bimse Larsen kører Johannes Larsen til København fredag. Dårligt vejr har gjort det svært for Larsen at arbejde med akvarellerne. Desuden rådner kornet, og Johan/Lysse Larsen kan ikke få kartoflerne op.
 Larsen ved ikke, om han kan nå at komme til Maribo.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nAje</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde Chr. Knuth
 Refshalevej
 Maribo
 Danmark. 
 [På kuvertens bagside:]
 Johannes Larsen
 Båxhult
 Långaryd
 Sverige. 
 [I brevet:]
 Båxhult 9 Octbr. 1950.
 Kære Grevinde
 Tak for Søndags B.T. Dersom Du sender den der kommer i Morgen bliver det den sidste, for Bimse har lovet at køre mig til Kjøbenhavn paa Fredag. Det har været et bedrøveligt Vejr, det har regnet hver Dag i de sidste 5 Dage, hvad der har forsinket mit Arbejde meget, jeg har kun faaet malet 9 Akvareller og havde planlagt 6-7 til. Det er jo heller ikke morsomt for Lysse at se Sæden staa og raadne paa Markerne og han kan heller ikke faa pløjet Kartoflerne op. Jeg har en Del jeg skal have gjort i Kjøbenhavn saa jeg ved ikke hvornaar jeg kan komme til Maribo og om jeg i det hele taget kan naa at komme der, men det kan vi jo tale om i Telefonen. Jeg tager ind paa la Cours Hotel, hvis jeg kan faa Plads. Mange Hilsener ogsaa fra Bimse og Lysse.
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>Vinter 1903</t>
-[...152 lines deleted...]
-  <si>
     <t>1950-10-30</t>
   </si>
   <si>
     <t>Adam Knuth</t>
   </si>
   <si>
     <t>Christa Knuth
 Rasmus Rasmussen</t>
   </si>
   <si>
     <t>Larsen sender et fasanhovede og en reproduktion af Tjalfe.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lmlD</t>
   </si>
   <si>
     <t>Kjerteminde 30 Octbr. 1950.
 Kære Adam!
 Hermed et Fasanhoved. Samtidig sender jeg en Reproduktion af ”Tjalfe”. til Skytte Rasmussen.
 Tak for sidst! Vil Du hilse Din Moder. 
 Venlig Hilsen fra 
 Din hengivne 
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1927-10-17</t>
-[...341 lines deleted...]
-Andreas Larsen
+    <t>1951-08-19</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
 Elena Larsen
-Jens Larsen
-[...1125 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/iQmy</t>
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens søn og svigerdatter boede på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København og videre til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/At2V</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
-Knuthenborg
-Bandholm
+Refshalevej
+Maribo.
 [På kuvertens bagside:]
 Johannes Larsen
-p.T. Kaas pr. Lime
-[...4 lines deleted...]
-Mange Hilsner 
+Kjerteminde
+[I kuverten:]
+Kjerteminde 19 Aug. 1951.
+Kære Grevinde
+Tak for Dit Brev. Jeg skal nu om lidt til Odense for at hente Pas og Penge. Bimse er nemlig kommen lidt før Lysse havde bebudet, og i Morgen kører jeg med hende til Kjøbenhavn og fortsætter saa i Overmorgen til Båxhult. Jeg tænker jeg bliver der til først i October og bliver saa nogle Dage i Kjøbenhavn paa Hjemvejen. Jeg skal meddele Dig naar jeg kommer til Kjøbenhavn.
+Mange Hilsener
 Din hengivne
-Johannes Larsen.</t>
-[...18 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/tR39</t>
+Johannes Larsen
+P.S.
+Hils Adam og Elisabeth
+JL.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
-Knuthenborg
-Bandholm.
+Refshalevej 
+Maribo
 [På kuvertens bagside:]
 Johannes Larsen
-Kjerteminde
+p.T. Kastelsvej 23
+Ø.
 [I brevet:]
-Kjerteminde 16 Maj 1947.
-[...44 lines deleted...]
-Elise Hansen
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-11-22</t>
+  </si>
+  <si>
+    <t>L.R.S. Carstensen
+Marius Christiansen
+Else Jensen
+Christa Knuth
 Andreas Larsen
-Elena Larsen
-[...200 lines deleted...]
-Andreas Larsen
+Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
-Christine  Mackie
-[...26 lines deleted...]
-Jeg lukkede Pufs Brev op i Gaar da han er ude at sejle i min Jolle. I Gaar Nat overnattede han lidt N for Bøgebjerg i Telt og i Gaar var han kommen om til Langø hvorfra han ringede og Else og Mudi var ude at se til ham i Bilen. Mornine og Putte er her. Jeg har nu skreven til Ebbe og forklaret ham at hans Besøg ikke kan finde Sted før om Midten af Septbr, men at jeg deroppe fra skal lade ham vide naar jeg rejser hjem. Jeg tænker paa at rejse op til Jer et Par Dage før d 26 Aug. Var det ikke muligt at Du kunde komme herned og køre mig op. For Puf er rimeligvis til den Tid ude at sejle med Jens der har faaet bygget en dejlig Baad, som vi var nede at se sidste Lørdag og kom hjem Søndag, nej forrige Søndag, Tiden gaar. De skulde have sejlet 1st Aug. da Jens faar Ferie men nu er der kommen Besked om at det først kan blive midt i August da hans Overlæge er bleven syg i Kjøbenhavn Jeg ved ikke om vi har fortalt at vi har lavet Rosenbedet om Flagstangen om til en Dam der holder godt paa Vandet i hvert Fald saa længe det regner, andet ved vi ikke endnu. Der kommer en hel Del Smaafugle og samler sig Solsorter Stære Stillitser Irisker Svensker Bogfinker Guldsp. o.s.v. men den mest celebre er en sortrygget, engelsk Vipstjert ♂ der er kommen hver Dag i de sidste 14 Dage – og i den senere Tid af og til med store Unger og en enkelt Gang Hunner for et Par Dage siden desværre fløj den strax jeg fik den i Kikkerten saa jeg kunde ikke blive klar over om den var af samme Race eller det var en alm Vipstjert i Dag var den her igen men den havde vasket sig pjaskvaad saa jeg kunde ikke se hvordan den saa ud, hvis den er samme Slags om Hannen er den første Gang de er truffet ynglende her i Landet. Vi har haft et Par Undulater i Forhaven en 3 Ugers Tid og da det var 2 Hanner anskaffede jeg et Par Hunner til dem, saa blev den ene væk, nogle Dage senere kom Reservebaronen med den bortfløjne som en Mand nede i Byen havde fanget, den blev nu sat ind i Buret til ♀♀ og et Par [”og et Par” overstreget] Min imidlertid havde den fritflyvende Han selv skaffet sig en Hun som den forsvandt med efter nogle Dages Forløb, saa nu har vi kun de 3 i Buret som jeg nok tror er 3 Hanner Det gør naturligvis ingen Ting hvis Jagtselskabet ”Lycken” lejer Haröhult, det er ikke det jeg er bange for, men der var jo tale om Olshulterne der bød saa rasende og det var jo lidt af en Ulykke om de fik den. Else er paa Lindøgaard Med Mornine og Putte. Mange Hilsner til Jer allesammen 
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Båxhult var en af Larsen-familiens skovgårde Landeryd i Småland.
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018).</t>
+  </si>
+  <si>
+    <t>Man kan lave fuglelim ved at koge rå linolie, men det lugter slemt. 
+Johannes Larsen har været i København og også på Lolland, hvor han kørte rundt med Christa Knuth.
+Han er blevet færdig med nogle småbestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g3CC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Novbr. 1951.
+Kære Lysse og Bimse.
+Det er en Skandale at jeg først nu faar samlet mig sammen til at skrive og takke Jer for den dejlige Tid paa Båxhult. Tusind Tak. Og Tak for Brevet Lysse. Jeg har talt med Christiansen om det Fugelim. Raa Linolie koges til det bliver seigt, det er det hele, men det lugter forbandet saa Det maa helst foregaa i Bommastugan. Her var en Stillits for et Par Dage siden i en Burre jeg havde ladet staa i Græsplænen udfor Spisestuen, men jeg har ikke set den siden. Jeg var en Uges Tid i Kjøbenhavn hos Else og endnu et Par Dage hos Grevinden, hvor vi kørte nogle Ture omkring paa Lolland saa nu har jeg snart set hele Øen. Puf og Else hentede mig i Svendborg. Siden har jeg haft travlt med nogle Smaabestillinger. Jeg fik lavet den Akvarel færdig til L.R.S. Carstensen og har sendt den men ikke hørt fra ham endnu. Vi har det godt her og haaber det samme er Tilfældet hos Jer. Mange Hilsener til Jer allesammen ogsaa fra Puf og Else og Børnene.
 Din Far.</t>
-  </si>
-[...475 lines deleted...]
-Kjærlig Hilsen fra os Alle din Moder</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -4405,59 +4509,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1sKv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8ico" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1sKv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8ico" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M105"/>
+  <dimension ref="A1:M108"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4533,4603 +4637,4736 @@
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G3" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>44</v>
-      </c>
-[...36 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...40 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>62</v>
-      </c>
-[...34 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-        <v>76</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="E9" s="5" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="M9" s="5" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>93</v>
-      </c>
-[...55 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-        <v>109</v>
+        <v>95</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>50</v>
+        <v>99</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>117</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>106</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>124</v>
+        <v>56</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>125</v>
-[...14 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I14" s="5"/>
+        <v>114</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>115</v>
+      </c>
       <c r="J14" s="5" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>132</v>
-[...7 lines deleted...]
-        </is>
+        <v>120</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>121</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>129</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>120</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>155</v>
+        <v>85</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>90</v>
+        <v>146</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>156</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>164</v>
+        <v>85</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>35</v>
+        <v>120</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="I19" s="5"/>
+        <v>156</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>157</v>
+      </c>
       <c r="J19" s="5" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>35</v>
+        <v>129</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>172</v>
-[...4 lines deleted...]
-        </is>
+        <v>155</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>120</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>58</v>
+        <v>172</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>34</v>
-[...14 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>179</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="M22" s="5"/>
+        <v>181</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B23" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="C23" s="5" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="L23" s="6" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>188</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...34 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>195</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>197</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="I25" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I25" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>201</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>202</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E26" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>201</v>
+        <v>17</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>204</v>
+        <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>35</v>
-[...12 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>216</v>
+        <v>17</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>58</v>
+        <v>220</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>104</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>35</v>
+        <v>120</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>230</v>
+        <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G31" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="I31" s="5"/>
+        <v>241</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>242</v>
+      </c>
       <c r="J31" s="5" t="s">
-        <v>175</v>
+        <v>21</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>244</v>
-[...10 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>247</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-        </is>
+        <v>254</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>58</v>
+        <v>258</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>263</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>16</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>259</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>264</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>263</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E35" s="5" t="s">
-[...3 lines deleted...]
-        <v>265</v>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J35" s="5" t="s">
+      <c r="H35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="L35" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K36" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="F36" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="M36" s="5"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="5" t="n">
+        <v>1912</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="D37" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="E37" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="I37" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="M36" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>279</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="B37" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>281</v>
       </c>
-      <c r="F37" s="5" t="s">
+      <c r="M37" s="5" t="s">
         <v>282</v>
-      </c>
-[...21 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="L38" s="6" t="s">
         <v>289</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H38" s="5" t="s">
+      <c r="M38" s="5" t="s">
         <v>290</v>
-      </c>
-[...13 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K39" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...26 lines deleted...]
-      <c r="K39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="5" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="5" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>300</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>301</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>302</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>303</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>304</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>306</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F41" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>310</v>
+        <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>311</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>312</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>314</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>231</v>
+        <v>315</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G42" s="5" t="s">
+        <v>316</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>64</v>
+        <v>324</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G43" s="5" t="s">
+        <v>325</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>325</v>
+        <v>51</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>34</v>
+        <v>332</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>64</v>
+        <v>333</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G44" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>335</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>336</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>64</v>
+        <v>341</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>263</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>63</v>
-[...11 lines deleted...]
-        <v>344</v>
+        <v>16</v>
+      </c>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>345</v>
-[...8 lines deleted...]
-        <v>347</v>
+        <v>349</v>
+      </c>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L46" s="6" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>90</v>
+        <v>352</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>353</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>358</v>
+        <v>56</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>231</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>360</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>362</v>
+        <v>21</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>363</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>364</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>366</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>64</v>
-[...7 lines deleted...]
-        </is>
+        <v>367</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>368</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>34</v>
+        <v>375</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>74</v>
+        <v>323</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G50" s="5" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>74</v>
+        <v>383</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>380</v>
+        <v>95</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>69</v>
+        <v>387</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>392</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H52" s="5" t="s">
-        <v>388</v>
+      <c r="H52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I52" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>392</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>35</v>
+        <v>392</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>64</v>
+        <v>402</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>403</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>175</v>
+        <v>21</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>34</v>
+        <v>383</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>74</v>
+        <v>323</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>405</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>131</v>
+        <v>411</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>74</v>
+        <v>383</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>412</v>
+        <v>17</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="s">
-        <v>406</v>
+        <v>417</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>69</v>
+        <v>420</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>419</v>
+        <v>323</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>36</v>
+        <v>425</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H57" s="5" t="s">
+        <v>426</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>69</v>
+        <v>428</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>418</v>
+        <v>432</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>419</v>
+        <v>323</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>36</v>
+        <v>353</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>419</v>
+        <v>433</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>69</v>
+        <v>428</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>131</v>
+        <v>439</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>63</v>
+        <v>383</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>429</v>
+        <v>440</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>430</v>
+        <v>441</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>431</v>
+        <v>442</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>50</v>
+        <v>443</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>383</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>440</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="J61" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="B61" s="5" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="K61" s="5" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>34</v>
+        <v>461</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>74</v>
+        <v>383</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>64</v>
+        <v>462</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G62" s="5" t="s">
-        <v>451</v>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>69</v>
+        <v>464</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>458</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>90</v>
+        <v>454</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>17</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>463</v>
+        <v>428</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>63</v>
+        <v>474</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>132</v>
-[...8 lines deleted...]
-        <v>469</v>
+        <v>454</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>50</v>
+        <v>443</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>229</v>
+        <v>383</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>425</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>479</v>
+        <v>428</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>357</v>
+        <v>486</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>16</v>
+        <v>383</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>90</v>
+        <v>494</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>483</v>
+        <v>495</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>491</v>
-[...3 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>493</v>
+        <v>443</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>458</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>16</v>
+        <v>383</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>17</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>500</v>
+        <v>428</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-        </is>
+        <v>383</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>507</v>
+        <v>428</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>508</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>509</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>511</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>63</v>
+        <v>474</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="F70" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="J70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>515</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="H71" s="5" t="s">
+      <c r="J71" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>521</v>
       </c>
-      <c r="J71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K71" s="5" t="s">
+      <c r="M71" s="5" t="s">
         <v>522</v>
       </c>
-      <c r="L71" s="6" t="s">
+    </row>
+    <row r="72">
+      <c r="A72" s="5" t="n">
+        <v>1936</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I72" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="M71" s="5" t="s">
+      <c r="J72" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K72" s="5" t="s">
         <v>524</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>525</v>
       </c>
-      <c r="B72" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>526</v>
-      </c>
-[...16 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="M73" s="5" t="s">
         <v>532</v>
-      </c>
-[...36 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>541</v>
+        <v>454</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>180</v>
-[...8 lines deleted...]
-        <v>542</v>
+        <v>383</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>50</v>
+        <v>443</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>34</v>
+        <v>323</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>383</v>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>175</v>
+        <v>443</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>546</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>325</v>
+        <v>549</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>34</v>
+        <v>454</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>383</v>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>175</v>
+        <v>443</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>34</v>
+        <v>454</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        </is>
+        <v>383</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>560</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>124</v>
+        <v>561</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>175</v>
+        <v>443</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="M79" s="5" t="s">
         <v>571</v>
-      </c>
-[...40 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="M80" s="5" t="s">
         <v>577</v>
-      </c>
-[...40 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="M81" s="5" t="s">
         <v>583</v>
-      </c>
-[...40 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="M82" s="5" t="s">
         <v>589</v>
-      </c>
-[...40 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>55</v>
+        <v>454</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>35</v>
+        <v>383</v>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>34</v>
+        <v>454</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>605</v>
+        <v>383</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>244</v>
+        <v>603</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="F85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="I85" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="J85" s="5" t="s">
-        <v>58</v>
+        <v>489</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>244</v>
+        <v>383</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>35</v>
+        <v>610</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>244</v>
+        <v>383</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>616</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>58</v>
+        <v>428</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>630</v>
+        <v>104</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>358</v>
+        <v>383</v>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F89" s="5" t="s">
-        <v>359</v>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>638</v>
+        <v>383</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>640</v>
+        <v>443</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>180</v>
+        <v>383</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>175</v>
+        <v>428</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>35</v>
+        <v>617</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-        </is>
+        <v>641</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>616</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>652</v>
+        <v>643</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>175</v>
+        <v>443</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>55</v>
+        <v>146</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>383</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>58</v>
+        <v>651</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>617</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>616</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>617</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>616</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>669</v>
+        <v>383</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>617</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>616</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>244</v>
+        <v>495</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>673</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="K97" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="B97" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E97" s="5" t="s">
+      <c r="L97" s="6" t="s">
         <v>687</v>
       </c>
-      <c r="F97" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G97" s="5" t="s">
+      <c r="M97" s="5" t="s">
         <v>688</v>
-      </c>
-[...16 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="L98" s="6" t="s">
         <v>694</v>
       </c>
-      <c r="B98" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G98" s="5" t="s">
+      <c r="M98" s="5" t="s">
         <v>695</v>
-      </c>
-[...16 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="L99" s="6" t="s">
         <v>701</v>
       </c>
-      <c r="B99" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G99" s="5" t="s">
+      <c r="M99" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="H99" s="5" t="s">
+    </row>
+    <row r="100">
+      <c r="A100" s="5" t="s">
         <v>703</v>
       </c>
-      <c r="I99" s="5" t="s">
+      <c r="B100" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="F100" s="5" t="s">
         <v>704</v>
       </c>
-      <c r="J99" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K99" s="5" t="s">
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="L99" s="6" t="s">
+      <c r="I100" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="M99" s="5" t="s">
+      <c r="J100" s="5" t="s">
         <v>707</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="I100" s="5" t="s">
+      <c r="K100" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="J100" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K100" s="5" t="s">
+      <c r="L100" s="6" t="s">
         <v>709</v>
       </c>
-      <c r="L100" s="6" t="s">
+      <c r="M100" s="5" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E101" s="5" t="s">
         <v>712</v>
       </c>
-      <c r="B101" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F101" s="5" t="s">
-        <v>64</v>
+        <v>713</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>69</v>
+        <v>716</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>34</v>
+        <v>680</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>719</v>
-[...7 lines deleted...]
-        <v>720</v>
+        <v>681</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>721</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>722</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>69</v>
+        <v>723</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>34</v>
+        <v>680</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-        <v>728</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>729</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>730</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>69</v>
+        <v>731</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>35</v>
+        <v>617</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>605</v>
-[...4 lines deleted...]
-        </is>
+        <v>155</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>697</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>175</v>
+        <v>443</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>736</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>737</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>739</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>34</v>
+        <v>740</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>17</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="I105" s="5" t="s">
         <v>741</v>
       </c>
+      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>69</v>
+        <v>443</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>742</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>743</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>744</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="L106" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>762</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9195,44 +9432,47 @@
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
+    <hyperlink ref="M106" r:id="rId111"/>
+    <hyperlink ref="M107" r:id="rId112"/>
+    <hyperlink ref="M108" r:id="rId113"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>