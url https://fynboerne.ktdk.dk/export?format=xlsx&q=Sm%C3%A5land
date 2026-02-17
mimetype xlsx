--- v2 (2026-01-03)
+++ v3 (2026-02-17)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1197" uniqueCount="763" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1209" uniqueCount="772" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -3823,50 +3823,110 @@
 Kæreste lille Dis
 Tusind Tak for dit lange gode Brev i Gaar. Ja, godt skriver jeg, men det var da nu langt fra godt, at du igen fik de Mavesmerter. Jeg synes, at naar det holdt op allerede paa 2den Dag, da vi kom til Nyborg, var borte alle de 11-12 Dage, du havde Ferie og du ["du" indsat over linjen] fik det igen, saa snart du begyndte at arbejde, saa tyder det rigtignok stærkt på, at det er det legemlige Arbejde, du ikke kan taale – og det er saa sandelig ingen Trøst. Du husker nok, at jeg formodede det var nervøst, men hvis den Formodning var rigtig, så skulde man tro, at den Restitution, som Ferien gav dig, skulde have været længere, saa du ikke øjeblikkelig skulde faa de Smerter igen; med mindre naturligvis, at det virkede som et Chok for dig at finde Huset i Uryd ved din Hjemkomst?? Hvis det var Tilfældet, kunde det maaske alligevel være en rigtig Diagnose med Nerverne. Men godt, at han vil indlægge dig og faa det rigtig undersøgt. Det er rigtignok skidt, lille Dis, for det tager jo altfor meget paa dine i Forvejen svage Kræfter. Gud være lovet, at Jomfru Marie vil tage med Jer til Småland, så du ikke behøver at skuffe dem. Gid I dog nu kunde faa lidt godt Vejr, saa maaske de gode Traveture i det underskønne Vejr vil hjælpe dig. Hvor sødt af Axel at han fik lavet alt det i de to Stuer, mens du var borte – ja Lauritz skal nu være godt vaagen, om han skal naa at stikke Axel som Ægtemand.
 Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
 2) 
 Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
 Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
 3)
 noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
 Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
 [Skrevet på bagsiden af første side; fortsat fra ark 2:] 
 han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
 [Skrevet langs venstre margen på bagsiden af første ark:]
 ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
 [Skrevet øverst på hovedet på ark 2:]
 Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
 [Skrevet langs venstre margen ark 2:]
 mest 1150 Kr til Termin idet han solgte ...
 [Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
 Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
 [Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
 i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
 [Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
 han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
 [Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
 og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1949-09-28</t>
   </si>
   <si>
     <t>Maribo
 Refshalevej</t>
   </si>
   <si>
     <t>Helge Bartholdy-Møller
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa på Refshalevej i Maribo. 
 Båxhult er en skovgård i Småland. Elena/Bimse og Johan/Lysse Larsen boede på stedet.</t>
   </si>
   <si>
     <t>Johannes Larsen kører med Elena/Bimse Larsen til København. Han vil komme til Maribo for at male en akvarel til lægen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/22Qb</t>
   </si>
@@ -4509,59 +4569,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1sKv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8ico" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/chq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1sKv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8ico" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6FTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lmlD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M108"/>
+  <dimension ref="A1:M109"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -8856,517 +8916,560 @@
       </c>
       <c r="I97" s="5" t="s">
         <v>684</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>685</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>686</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>687</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>689</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>617</v>
+        <v>546</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>155</v>
+        <v>690</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>443</v>
+        <v>694</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>617</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>443</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>680</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>120</v>
+        <v>617</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>681</v>
+        <v>17</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>707</v>
+        <v>443</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>680</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>712</v>
+        <v>681</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>713</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>714</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>715</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>716</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>717</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>718</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>680</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>681</v>
+        <v>721</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>680</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>728</v>
-[...4 lines deleted...]
-        </is>
+        <v>681</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>16</v>
+        <v>680</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>617</v>
+        <v>120</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>737</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>738</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>739</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>443</v>
+        <v>740</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>740</v>
+        <v>617</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>155</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>706</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>741</v>
+        <v>495</v>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
         <v>443</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>617</v>
+        <v>749</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F106" s="5" t="s">
-        <v>697</v>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
         <v>443</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>617</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>752</v>
+        <v>17</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H107" s="5" t="s">
+        <v>755</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>443</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D109" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="E108" s="5" t="s">
+      <c r="E109" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F108" s="5" t="inlineStr">
-[...15 lines deleted...]
-      <c r="J108" s="5" t="s">
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="J109" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="K108" s="5" t="s">
-[...6 lines deleted...]
-        <v>762</v>
+      <c r="K109" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>771</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9435,44 +9538,45 @@
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
+    <hyperlink ref="M109" r:id="rId114"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>