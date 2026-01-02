--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5542" uniqueCount="3475" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5688" uniqueCount="3577" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -11503,50 +11503,112 @@
 Laura beder Astrid om at sende afdækningspapir til vinduerne.
 2. juledag holdt man Johannes Larsens fødselsdag med gæster til middag. 
 Lauras øjne er meget lysfølsomme, og øjenlægerne ignorerer det. 
 Laura skal til Odense og købe damask til sofaen mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Zs1g</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Søndag Morgen.
 Kære Astrid!
 Det var da nogle henrivende Arbejder, Du glædede os med! Alheds Lysdug er vi alle imponerede af, - det vældige Arbejde, og Johannes ikke mindre; vi er fulde af Be- og Forundring over at lille Sjums kan tegne saadan, hun maa absolut blive til noget ualmindeligt. De søde Smaa! Gid der kan blive en Lejlighed, hvor jeg kan være en Dag over hos Eder; troer Du?? Men min egen Lysdug er henrivende i sin Hvidhed, hvad jeg holder saa meget af. Og saa det dejlige Billede! Nu skal det sammen med nogle andre med paa min Turné, og senere i en fin Ramme! Tusind Tak lille Putte! – foreløbig vist ogsaa for de andre, som hver paa sin Maade er optaget af forskellige Ting; Christine endnu i Sengen. Elle rejser i Nat til Kbh., Birkerød kun da Brønsteds er i Hornbæk. Alhed og Puf i Morgen for en Uge, de boer paa Temperance, ganske incognita, da de ikke vil besøge nogen, det er for at vise Puf Kbh. Han har ikke længe været der. Vi havde en yndig Juleaften; jeg spiste hos Agrarens, Marie boer der, og saa fik Børnene deres Gaver – (Bibbe i Sengen inde i Stuen, Halsen) og Juletræet blev tændt. Saa gik vi til Las’s, Junge blev hos Bibbe, men blev senere afløst af Marie og Puf. Der var et stort mægtigt Juletræ, Borde helt rundt, bugnende af Gaver. Tænk jeg fik af Las’s og Christine et Kaffestel paa Bakke af Nikkel, jeg vilde have købt mig et selv, det var naturligvis ikke paa min Ønskeseddel. En sød Blomsterskaal af Elle og flere pæne Ting. Putte var kørt op i Bil og 9½ hentede den hende og mig. Juledag maatte Junge opgive sit traditionelle Selskab med Grosses, for Bibbes Skyld; nu er hun rask og i Dag kommer alle Agrarens og Elle her til Middag Kl 1; Elle spiller sine 6 Timer til 10¼, saa hjem og pakke ind og afsted Kl 2. Nytaarsdag hos Agrarens, og en Dag senere skal de have en fin Aften for Bu[ulæseligt]els med Pan og Hoffs paa Rørbæk, hendes Elev, den ”norske Frøken” fra Gjelskov. Har Du haft en rar Jul lille Putte? I Fjor var den saa god. I Valby har de haft en meget trist Jul. Berta lige kommen op efter 3-4 Uger i Sengen Lagt paa Rovsings Klinik fra lige [”lige” indsat over linjen] før Juleaften Betændelse i den ene Nyre, meget alvorligt; muligvis en Operation, skrev Tante i Dag. Hør lille Putte, kan Du ikke sende os til Christines store Vinduer Sovekamret, 24 Al af det Papir til at klistre Vinduer med, hun er til Tider ved at blæse ud af Sengen; men strax og sig hvad de koster. – Las’s Fødselsdag blev holdt 2 Juledag, Grosses med Anna, Agrarens og Grethe; Elle havde fri fra 6-7; naaede lige at faae hele Middagen i Køkkenet, Suppe med Kødboller, Vildandesteg – Rødvinsgelé. – Det var en meget morsom Aften. I Aftes igen Selskab; den unge Andresen, Marie er her, H. Mejer, Agrarens og Elle; sprængt Gaas m.m. – Jeg har det saa godt i Julen, taaler al Selskabelighed, men naar jeg som i Gaar strikker en Hæl ved Lys, syer paa noget gammelt et Kvarter, læser nogle Historier for Putte ved Lys, saa var mine Øjne i Aftes saa daarlige, og ingen Øjenlæge tager videre Notits deraf! – Jeg vil gærne have de Tryksager igen nemlig, et Korsbaand med Vinduespapiret? Maatte Du betale Porto for det??? Jeg kom i Tanker om, at et 5 Øres var ikke nok, mulig Tante har sat mere paa? Jeg rejser enten d: 6_te_ eller 9_de_, skal være et Par Timer i Odense og med Elle til Anders Jensen at købe et Divantæppe til Elle [”Elle” overstreget] Gretes Fødselsdag d: 16de, havde Gardiner til min Dagligstue af rød Damask til den gl. Sofa. Nu Farvel lille Putte! Kys de kære Smaa, jeg glæder mig meget til at see dem. Lugge ringede op til Alhed Juleaften, de havde drukket min Skaal og savnet 
 [Skrevet langs venstre kant på s 6:]
 mig meget. Kærlig hilsen fra Mor.
 [Skrevet langs venstre kant på s 5:]
 Nævn ikke til nogen – ikke til [”til” indsat over linjen] nogen – at Alhed kommer til Byen.</t>
   </si>
   <si>
+    <t>1914-1</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+- Gjerulff
+Bodild Holstein
+Grethe Jungstedt
+Alhed Larsen
+Leo Swane
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sjamsk: Utilpas. På jysk dialekt bruges ordet jamsk. På Sjælland forekommer sjamsk (Den Danske Ordbog). 
+Sic transit gloria mundi: Således forgår alverdens herlighed. 
+Biografen: Ellen Sawyer gav fra ca. 1913 til 1930 klaverakkompagnement til stumfilm i biografen i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3805</t>
+  </si>
+  <si>
+    <t>Det er måske gammeldags at skrive tak for sidst. At mene at skulle gøre det, som man ikke gør, minder om et skriftsted hos Paulus.
+Det var en skøn uge med ture, gilder mm. Skidt med at få for lidt søvn. Ellen Sawyers hjemrejse var god. I Odense mødte hun Alhed/Be Larsen, som havde været søsyg. Og i Bullerup Grethe Bichel, som var ærgerlig over, at hun ikke var med til Bodilds fest. 
+Nu er Ellen hjemme igen til kulde, klaverelever og akkompagnement i biografen. Hun øver til musik til et rovmord i en film. 
+Grethe Jungstedt skriver tak for bogen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/egcw</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort blæk:] Kære lille søde Lugge og store søde Magister! 
+[Skrevet med blyant:] 1913?
+[Med blæk:] Det er ikke af Pligt at jeg sætter mig til at skrive til til ["til" overstreget] jer, - tværtimod, - for efter som jeg fik på Hovedet fordi jeg mente Skriveswane ikke skrev, - nej Sludder, - skulde have skrevet, - så kan jeg forstå, at det er vist egentlig lidt gammeldags, filisteragtigt sådan at lade høre fra sig når man er rejst. - Det er måske ikke filisteragtigt at gøre det - heller ikke ikke at gøre det - men at mene at mene ["at mene" overstreget] at skulle gøre det, som man dog ikke gør. Det minder mig om et Skriftsted af Paulus - af Brevet til de Korinthier og ["og" indsat over linjen] - som jeg forøvrigt ikke kan huske.
+Paulus skrev jo altså til sine Venner, når han havde besøgt dem - både de Romere og Korinther og hvad de hed allesammen. Paulus er altså af min Mening. At vi (jeg og Paulus) er gammeldags vil jeg ikke afdisputere jer - men det andet!!!! Men et Spøg et andet til Side. Kære lille Lugge og Magi Aldrig aldrig i mine Levedage har jeg moret mig så godt. Det er Sandheden jeg siger. Paulus var ikke mere sikker på sit end jeg er på, at jeg ikke mindes nogensinde at have tilbragt en mere fuldtud harmonisk Uge. Den indeholdt alt, hvad jeg gærne vil have og den var så mangeartet, så man ellers, - og hvad vi end skriver - om det var Ture eller Mørkninger el. Besøg eller Gilder eller "Hjørner" med Lugge el. Theater, - så var det fuldkomment i sit Slags. Og de to Gilder!! Jeg kipper endnu når jeg tænker på hvor det var morsomt. Det var af dem hvor Tid og Rum forsvinder. Det var en herlig Jul. Jeg morede mig så godt at jeg ikke var ked af at komme hjem. Det er man ikke når det har været fuldkomment. Det er ligesom Byrderne er lettere at slæbe på. - Det var også en god gradevis Måde at komme hjem på. - Det var jo nok lidt kedeligt at stå op Klk 7 1/2 efter Bodild Selskab, men det er nu bedre at sove kort end 
+[Skrevet med blyant øverst på arket:] 1913
+[Skrevet med blæk:] lidt længere når man dog ikke kan få sovet ud; - for på 2 Timer er Festrusen endnu ikke væk, - den var da i mig lige til jeg kom på Færgen. Det var egentlig en yndig Rejse hjem - jeg småsov og kunde i Halvsøvne høre alle jeres Stemmer tydeligt indtil Latterlighed gennem Rejsestøjen. Dis stod op og fulgte til Toget, det hjalp også mægtigt. I Odense var Timerne Slag i Slag og på Banegården stødte jeg på Be, Laurentius og Mor, som havde været i Odense. - Be var meget sjamsk, - havde været søsyg. I Bullerup kom Grethe til - Gr. Bichel fra Praksis. Hun var så glad ved at høre om alt det morsomme, men fortrød at de ikke havde været med De havde tænkt en lille Smule på at komme og overraske Bodild, men kunde ikke for Arbejde.
+Der var så yndigt hyggeligt i Rynkeby, - jeg kæftede op og fortalte til vi var møre allesammen og Peter måtte ligge på Sofa, og vi fik ikke læst Engelsk før den næste Dag. 
+Jeg blev til To-toget for at få sovet ud, - Gud hvor jeg sov.
+Nu er man i fuld Gang i Ga ["Ga" overstreget] igen og man kan vel sige:
+Sic transit gloria mundi. Nu er Julen helt forbi. Jeg øver mig i mine nye Gavotter, render til Elever og Biograf og fryser. Gud hvor vi fryser. Mon det er ligeså koldt hos jer. 6_⁰_ Kulde og knagende Blæst. I Guder hvor vi frøs sidste Nat. - Mine sidder og øver sig på en Mozart Sonate og sender 1000 Hilsner til jer. Sender I ikke Tøsen et Kort til d. 16_de_ da er hun 14 Aar. 
+Magister, jeg er så glad ved det lille Billede jeg tiggede af dig. Hvor er det smukt i Tonen. Magister, jeg Idiot har endnu 2 af the American Journals. -
+Nu skal jeg i Biografen, - det er let denne Gang - kun Elskovsscener og Heste, samt ["samt" indsat over linjen] et tamt Dødsfald. Jeg er ved at indøve en vældig fiks èn til Rovmord. - Hils Gjerulf Masser af Gange - Tak dem fordi de er så søde. Kys og knus Else fra mig også de store og hils Peter fra hans Pige. 
+[Indsat øverst på næstsidste side; på hovedet:] 1000 Hilsner og Tak fra jeres
+Elle
+[Indsat øverst s. 1; anden skrift end Ellens:]
+Kære T. Lugge og Magisteren! Tak skal I ha', fordi I morede mig Elle ["mig" overstreget; "Elle" indsat over linjen] saa godt! Jeg er forfærdelig glad for Afrika Bogen. Den er ug + Glædeligt Nytaar Jeg er 14 Aar nu. Er det ikke meget</t>
+  </si>
+  <si>
     <t>1914-01-02</t>
   </si>
   <si>
     <t>Julie Brandt
 Ina  Goldschmidt
 Alhed Larsen
 Ellen Larsen
 Georg Larsen
 Johannes Larsen
 Marie   Larsen, Georg Larsens datter
 Anna Marie  Larsen, Georg Larsens hustru 
 Vilhelm Larsen, Georgs søn
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidts datter, Ina Goldschmidt, havde syet lysedugen, som er omtalt i flere breve.
 Johanne Larsen tog på landet i flere timer ad gangen, fordi hun cyklede rundt til diverse boliger og underviste i klaverspil.
 Marie må have været pife i huset hoa Johanne og Adolph Larsen.</t>
   </si>
   <si>
@@ -12428,50 +12490,91 @@
     <t>Børnene opfører sig eksemplarisk, og de er glade for at bade. I dag spiser de aftensmad ved stranden. Alhed Larsen troede, at Alhed/Lomme Brønsted ville spise med de voksne, men det ville hun ikke. 
 Christine har haft børnene med til kager på hotellet, og de gik selv hjem, da hun mødte bekendte og blev der.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UqQn</t>
   </si>
   <si>
     <t>[Med Christine Mackies skrift:]
 Fredag 14 Juli 1916.
 [Med blyant; ukendt persons skrift:]
 Fra Alhed Larsen?
 Fortsættelsen fra Mornine = Mackie
 [Med pen; Alhed Larsens skrift:]
 Kære søde Lugge!
 Børnene har det udmærket og er forfærdelig søde, ligefrem exemplariske af Opførsel. De kommer og spørger om alt og vi giver jo kun Lov til det mest ufarlige. Jeg indprenter stadig Børnene og alle Husstandens Medlemmer at naar Forældrene er saa langt borte, kan man ikke være for forsigtig. De gaar til Stranden hver Efterm. og er henrykte for at bade. I Dag skal de have Aftensmaden med, Valborg og Margrethe gaar med dem . - Vi har sat et Bord i Gaarden, hvor de spiser i godt Vejr, jeg mente, Lomme skulde spise med de voxne, men hun udbad sig at spise med de andre. I daarligt Vejr spiser de i deres Værelse (det ny Værksted). Nogle Gange har de alle spist inde og da har da siddet aldeles exemplarisk. - Lille Mudi kom jo saa i Onsdags med straalende Ansigt og begejstret Stemme. Hvor er hun bedaarende. Vi haaber, I har en rigtig god Rejse, det bliver forfærdelig sjov at høre om, naar I kommer. Vi bliver her mindst en Dag sammen med jer.
 1000 Hilsner til jer begge. Be
 [Med pen; Christine Mackies skrift:]
 Kære Lugge og Mag!
 Hvor er det storartet at høre, at I har det godt og morer jer - og ikke mindre rart, at vi kan melde alt vel i enhver Henseende, Børnene er fremdeles komplette, og jeg tror, de morer sig udmærket, vi mærker ikke meget til dem i Stuerne, de leger ude omkring, og i Regnvejr er de i deres Værelser. I Aftes havde jeg de store Piger til Kager paa Hotellet, og en Eft. har jeg haft dem alle fire og Drengen i Skoven til Chokolade. I Aftes gik de alene hjem fra Hotellet fordi jeg fandt Selskab dernede, som gærne vilde have mig med i Laget, Dahlerups, Meierne, og Minna kom senere. Vi drak og røg, Kl. 1/2 12 skiltes vi på Hovedtrappen hvorpå Minna og jeg gik lige omkring Haven og ind igen og spiste Smørrebrød. 
 Tusinde Hilsner til jer begge!
 Mornine
 [Med Alhed Larsens skrift:]
 Ligenu kom Dit Kort Tak.</t>
   </si>
   <si>
+    <t>1916-07-22</t>
+  </si>
+  <si>
+    <t>Norge
+Bergensbanen</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Ina  Goldschmidt
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
+De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
+  </si>
+  <si>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7sM</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i kortets adressefelt:]
+Hr. Professor Brønsted
+Myrdal
+(Bergensbanen)
+Norge
+poste restante
+[Håndskrevet i adressefelterne:]
+Kære Lugge og Mag!
+Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
+Tusende Hilsner fra os alle!
+M.
+22/7- 16.</t>
+  </si>
+  <si>
     <t>1916-08-09</t>
   </si>
   <si>
     <t>5300 Kerteminde</t>
   </si>
   <si>
     <t>Marie Schou
 Anna Syberg
 Fritz Syberg
 Hans  Syberg</t>
   </si>
   <si>
     <t>Fortrykt tekst er angivet med store bogstaver.
 Udfyldt tekst skrevet i hånden er anført med små bogstaver.</t>
   </si>
   <si>
     <t>Skibsskøde på Fritz Sybergs salg af båden "Skjold" til sønnen Hans Peter Syberg med en andel på 88/100 og en mindre part på 12/100 til hustruen Marie Syberg (Schou). Pris: 150 kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GBcu</t>
   </si>
   <si>
     <t>[1]
 FORMULAR B. BY-OG HERREDSFOGEDKONTORET
 KERTEMINDE
@@ -12714,54 +12817,103 @@
   <si>
     <t>Laura Warberg har været helt lammet over Astrids skrækkelige affære.
 Christine og Elisabeth/Putte Mackie har været på besøg. De står uden lejlighed. 
 Johanne/Junge Larsen rejser til Astrid den følgende dag. 
 Laura Warberg skal have 14 til middag i påsken. Ikke Uttenreitter, da man ikke kan lide frk. Bech.
 Laura har ligget syg i 14 dage. Anna har passet hende godt, og der har været gæster til bridge. 
 Ellen og Grethes kat er blevet kørt over.
 De fleste fryser og må spare på brændslen. 
 Johannes Larsen maler på portrætter af Hempel Syberg og Carl Kyed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WNSF</t>
   </si>
   <si>
     <t>[Håndskrevet med blæk:] Mandag 2den April
 [Håndskrevet med blyant:] 1917
 Kæreste lille Muk!
 Jeg var meget glad ved dit Brev, jeg skyldte da vist Dig forresten – som saa mange andre! – men jeg har været saa inderlig sløj, ligefrem lidt lammet over den skrækkelige Affaire med Astrid. – Hvor det er godt, at Matidien boer i København og at det har hjulpen paa hans Befindende. Jeg kan forstaae, at Lørdag og Søndag er rene Festdage for Eder alle. Hvor morsomt at høre om Ballet og de kære Ungers Dragt, jeg kan se dem for mig. I Aftes kom Christine og Putte; inden for hos mig et Øjeblik, mens Bilen holdt uden for; Toget ikke et Minut forsinket. Men tænk hvad jeg hørte, at Chr. skal flytte og ingen Lejlighed har. Godt med Eders Gæstekammer og Gæstfrihed. Johanne rejser jo ind til Astrid i Morgen tidlig, (hun vil jo ingen Steder derinde, men bede Dig og Thora see hende paa Rolfsvej. Vi skal ingen fremmede have inden 2den Paaskedag da har vi bedt ”dem alle” til tidlig Middag paa ”Suppe Kød og Kage! vi bliver 14, Las’s hele Flok og Agrarens do. Vor gode Ven Uttenreiter kan vi ikke have med, da han har Besøg af Frøken Bech, og hende lider vi ikke. Alhed vil kun have Gratulanter paa Lørdag hun er ikke saa rask i denne Tid, beder derfor ingen. Dejligt for hende at have Christine i Paasken. 
 Jeg har ligget en 14 Dage ad 2 Gange, af en ret lille Forkølelse, som min Angst for Lungebetændelse bød mig at tage alvorligt. I Gaar var jeg oppe 3 Timer, i Dag er jeg helt vel igen. Elle og Grethe græd hele Lørdag over deres lille søde fine Mis, som var vist kørt over og maatte aflives. En Opmuntring for Grethe, at hun blev budt ud til Kat’s i Odense og med dem paa en Koncert; blev hos dem til i Dag, da hun har Time og Elever derude. Det har sneet hele Formiddagen med store Fnugge; og faaer næppe godt mildt Vejr før midt i April, naaer de 40 Ridderes Tid er inde. Hvor I maa have det lunt og hyggeligt i de to Stuer; paa den Maade spares mange Mennesker; Onkel Syberg har kun Ild i en Stue, vi bruger aldeles ikke Spisestuen i Vinter; en hel Maaned sad jeg i Elles Stue hos Grethe, men til sidst blev det mig for meget med al den Musik. Elle laa en Del af Tiden, paa ["paa" overstreget] jeg laa, de havde fyret i den store indmurede en Uge, den tog Brændsel, men det var en behagelig Varme, ikke over 10 á 11_°. Anna var _mageløs rar og flink, passede mig og alt udmærket. Hendes mugne Anfald har næsten fortaget sig, og dygtig er hun. Hun faaer 18 i Løn; men til Maj vil jeg lægge 2 paa. Vi veed endnu intet om Syberg vil have nogen d. 12_te_; hidtil har han sagt Nej. Alhed er begyndt med at tage til Odense og underholde ham, mens Las maler 2 Portræter; Hr. Kyed har bestilt et til sig selv. A. siger de tegner til at blive gode, især det ene. Syberg ”sidder” udmærket og fortæller hende imens en hel Del om gamle Dage. Han er saa flink mod dem! Elle og Grethe var bedt til Brædstrup i Paasken, men har sagt Nej. E. ælter omkring paa sin Cycle i Dag og i Morgen vidt omkring.
 Stakkels lille søde Mudi skal have den slemme Omgang. Hils dem allesammen fra Bedstemor. Jeg kan tænke det er en rigtig Hviletid for Dig lille Muk; ingen Selskabelighed og tidlig i Seng. Hvor Putte er voxet! Nu Farvel. Der er ikke meget at skrive om naar man har ligget i Sengen 14 Dage. Forresten en af de 5 Dage jeg var oppe havde jeg et morsomt Bridge Parti med Alhed, Bøttern og Frøken Delcomyn. Disse kom mens jeg laa med en Masse dejlige Eranthis og Dorthealiljer. Fru Svendsen kom med Tulipaner, Johanne med en ny pragtfuld Alpeviol Jeg har faaet hængt Billeder op paa den nøgne Væg over min Seng, jeg vender Hovedgærdet, naar jeg er syg og har nu meget at se paa, bl.a. det gamle [ulæseligt ord] Maleri fra min Ungdom; Far 
 [Skrevet langs side 6 højre kant:]
 gav mig det. Kærlige Hilsener lille Muk. 
 Mor.</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-06-14</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frederiksberg Have</t>
   </si>
   <si>
     <t>Charles Abrahams
 Ingeborg Abrahams
 Olaf Brahm
 Bodild Branner
 Thora  Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Alhed Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Jørgen Schou
 Marie Syberg</t>
   </si>
   <si>
     <t>Astrid Warberg blev skilt fra Alfred Goldschmidt og flyttede fra Malmø til Frederiksberg for at være sammen med sin nye kæreste Jørgen/Buf Schou. Hans mor, Marie Syberg, boede på dette tidspunkt på det nedlagte gartneri, Valdal, i Valby. 
 Astrid Warberg og Jørgen Schou fik sammen datteren Janna. 
 Det vides ikke, hvad Grete Hammeleffs mor hed. Astrid Warbergs nabokones navn kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg til Laura Warberg, 1917-06-14, BB2432</t>
   </si>
   <si>
@@ -12967,50 +13119,95 @@
 Laura Warberg</t>
   </si>
   <si>
     <t>Gartnerens syge søn: Der er formodentlig tale om den gartner, som ejede det det nedlagte gartneri Valdal, Valby Langgade 30, hvor adskillige af Fynbomalerne gennem årene boede til leje. Marie og Jørgen/Buf Schou boede på dette sted, efter at Marie Schou/Syberg var blevet skilt fra Karl Schou. 
 Astrid W-G blev gravid med Jørgen/Buf Schou, mens hun stadig var gift med Alfred Goldschmidt. Det er formodentlig derfor, Laura Warberg er "misfornøjet" med hende.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0457</t>
   </si>
   <si>
     <t>Astrid takker for sendingen med madvarer og tøj. Hun inviterede straks Marie og Jørgen/Buf Schou på middag. Marie er nu glad for lille Janna. Astrid tager vuggen ind i stuen henunder aften hver dag. 
 Jørgen/Buf sover på Valdal, fordi gartnerens søn truer med at slå sin far ihjel, så Jørgen må være på vagt.
 Johanne/Besse Syberg og Harald Giersing skal giftes, og Marie har købt bryllupsgave. Jørgen/Buf må ikke gifte sig. 
 Astrid er ked af, at hendes mor ikke skriver til hende. Laura Warberg er åbenbart misfornøjet med datteren. Johanne må fortælle deres mor, at Ida Kattrup også blev gravid, uden at være gift, og sådan kan det gå også i "andre bedre Familier".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RYZw</t>
   </si>
   <si>
     <t>Kæreste lille Junge!
 Tusind Tak for den storartede Sending! hvor har jeg svælget og haft det godt hele Ugen! med reel og flot Mad hverevige Dag – i Dag nød jeg den sidste Suppe – som [ulæseligt]. Ævlerne er jeg også henrykt over – og Tøjet til Janna. Kassen kom i Mandags Morges – jeg ringede straks til Valdal og inviterede Fru Syberg og Buf til Middag. Buf gav Smør, Ost og Kix, så fik de altså den herlige Frikassé - lavet efter Din Anvisning – og Frugt til Dessert. Fru S. i glimrende Humør og øjensynlig glad ved Indbydelsen – morsomt, ikke sandt? Hun er jo nu overlykkelig ved Ungen, som efter Bordet blev badet og var yndig. Ja, Junge, hun er nu yndig! Nu er hun begyndt at ”være oppe” lidt – d v s. henunder Aften triller jeg Vuggen ind i Stuen – hænger lidt op i Stangen – og så ligger hun og pludrer begejstret og ler i ét væk – hun er forfærdelig sød og jeg elsker hende. Buf sover hjemme hele denne Uge, fordi Gartnerens syge Søn forleden lavede en rystende Ballade deroppe, de frygter, han skal slå den Gamle i hjel under et Anfald. Da Fru S. så i denne Tid er vældig ophængt i Rigsdagen til sene Aftenmøder har hun udbedt sig Buf som Mandfolk til Beskyttelse. Men jeg har jo mit lille Nus og er ikke mere bange for at være her alene. Du har vel set at Besse og Giersing skal giftes en af Dagene? Fru S. havde den Aften lige købt Brudegave, som hun viste os - for 100 Kr dejligt gammelt Sølvtøj, (en Ske fra 1747 og 6 store Gafler – mrk. K, hvilket antyder at det er jødiske Gafler: til Kød!) da hun viste os Gaven, må hun vist være kommen til at tænke på noget – for hun sagde pludselig til Nusset – som hun havde på Armen – ”ja, Du skal rigtignok også få en fin Brudegave af mig!” og det er da også Synd at Buf skal snydes for ["for" overstreget] Brudegave bare fordi han ikke må gifte sig! – Tutte hører og ser jeg intet til – hun bebudede jo sin Ankomst Dagen efter d 26’, men derved er det bleven. Og hvad er det med Mor? Jeg telefonerede lige med Tante, som antydede at der var noget – men hun kom senere op og talte om det, jeg beklagede nemlig, at jeg aldrig mere hørte fra Mor. Kan Du ikke få ordnet lidt Forsoning? det er dog så meningsløst, synes jeg, at gå og være misfornøjet med mig, når jeg går og er så rasende glad og lykkelig. Brænd dette Brev straks – og fortæl så Mor, at Ida Kattrup blev viet igår til en Assistent i Banken - jeg fik lige Kort derom nu, de var begge heroppe for c 3 Uger sidem, da stod den på, at han ikke vilde gifte sig – Ida havde fået ½ Års Permission fra Banken og vilde rejse til Jylland – Barnet ventes i Februar -: altså kan denslags også hænde i andre bedre Familier! – Jeg skal hen at skrive en Lykønskning til hende – hun var så fortvivlet sidst heroppe. 
 Ja, så Tusind Tak lille søde Junge, og mange Hilsner fra Din Dis.
 Ps: Når Du ser Be, så røm Dig for hende – fra mig! så ved hun nok!</t>
   </si>
   <si>
+    <t>Sommer 1918</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Ellen  Sawyer
+Martha -, Stuepige hos Brønsted
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3827</t>
+  </si>
+  <si>
+    <t>Det er trist, at Laura Warberg har været syg så længe, og at Louise/Lugge Brønsted ikke har vidst det. Louise er dårlig til at vedligeholde brevkommunikationen.
+Louise vil meget gerne have Ellen Sawyer og hendes datter på besøg.
+Johannes Brønsted/Magisteren er ved Refsnæs for at lede efter et sommerlogi.
+Louise har gennemgået børnenes tøj.
+Det var trist, at Astrid/Dis Warberg-Goldschmidt og børnene ikke kom.
+Den 14-årige datter kan ikke alene stå for hus og børn. Børnene er søde, og haven er pæn.
+Laura må hilse Andreas/Dede Warberg og sige tak for hans svar. Vil Laura sælge sin ene obligation? Louise arbejder på at samle sine gældsposter, så det bliver nemmere at overskue økonomien. 
+Johannes fandt ikke et hus, som familien kunne leje i ferien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9VSf</t>
+  </si>
+  <si>
+    <t>Kære Mor! Tænk, at Du har ligget i Sengen og været syg af saadan en ækel Sygdom, som jeg tænker, det maa være, og at det er 14 Dage siden, og jeg ikke har anet det. Dette er ikke en Bebrejdelse, men en Selv-do, for havde jeg selv været noget skrivende, var der ogsaa nok tilfløjet mig nogle Meddelelser fra en eller anden af alle Jer. Men det er nu desværre saadan med mig, at Brevskrivning skal jeg have en ganske særlig Stimulation til, og uagtet jeg ["jeg" overstreget] lige siden vi kom hjem fra Rejsen et Brev til Dig saa at sige daglig har staaet paa min Liste over Ting, der skulde gøres, og uagtet jeg har trængt meget til Samkvem med alle fra Kerteminde, be[ulæseligt] altsaa endnu denne [ulæseligt ord] i Form af Dit Brev. Først nu som Svar paa Dine Meddelelser om Elle og Grete; vi har rigtignok ganske bestemt regnet med et Besøg af Elle i Ferien, og vil meget gerne have have baade hende og Grete enten sammen eller hver for sig; og det maa sikkert kunne lade sig gøre tiltrods for vores Plan om et 14 Dages Vandophold, som Magisteren for Øjeblikket er ude at arrangere for os i Refsnæsegnen; holde Hus selv, ingen Pige med, andet har vi ikke Raad til, men det gaar ogsaa nok, naar vi laver det hele primitivt, og Børnene er saa sore og flinke nu, og navnlig Bes et Vidunder af Iver og Hjælpsomhed til alt husligt. Disse Dage Magisteren har været borte, har jeg benyttet til Eftersyn af Børnegarderoben, der er ret omfangsrig efterhaanden, og i det hele taget, som Du antyder, repræsenterer en alsidig Vedligeholdelse af de 4 et ret stort Energiforbrug fra min Side, navnlig under de nuværende Tyendeforhold - uden at jeg dog sædvanligvis opfatter dette som "Travlhed" eller andet af det Onde; det er jo nu engang mit Embede. - Det var en stor Skuffelse for os alle, at Dis og Børnene ikke kom; sig til hende, at mit lille aabne Brevkort, som hun maaske ikke engang fik nærmest var tænkt som en Appel til Alfred; mon de dog ikke kan komme her en Dagstid i det mindste paa Tilbagerejsen. Hvad vores Kertemindebesøg angaar, saa haaber jeg rigtignok meget paa, at det kan gennemføres, men naar? og hvorledes? Til den fjortenaarige, hvor relativt flink hun end er, kan jeg fornuftigvis ikke betro Bestyrelsen af Børn og Hus; dette er først efterhaanden gaaet op for mig i min Forvænthed med Marta. - Jeg har endnu ikke faaet meddelt, hvor de plejer at være den første Passus i Børneferien, at vi har det alle godt, ja udmærket. Vi nyder det dejlige Vejr, og alle Børnene er søde og fulde af glad Forventning om Strandopholdet. Hrpeter bliver meget stor, er nu klippet som Dreng og ser meget mandig ud. Else er saa sød, at det er Synd og Skam, ingen af jer ser hende. Hun og "Pe'er" holder trofast sammen, og ogsaa de to store er udmærkede Venner. Der hersker i Almindelighed stor Offervillighed med at "hjælpe til", dog er Lomme den mest beherskede i saa Henseende, og foretrækker i Reglen at spille, male el. lign. hvad jeg egentlig aldrig fortænker hende i. Haven har været pragtfuld, og er det egentlig endnu, trods Tørken; vi har een Gang faaet en dejlig Regn, som hjalp godt paa Jordbærrene og alt det andet. Hækken uden for Huset er ryddet væk, her er dejlige Pladser uden for nu; jeg sidder her i Øjeblikket og skriver, det er en vidunderlig Aften. Jeg har badet alle 4 paa Græsplænen lige før deres Sengetid; om lidt skal jeg selv ned og have en Dukkert. Med Selskabelighed har vi det som sædvanligt; vi ser af og til vores Venner, navnlig om Søndagen, men ingen større Festligheder. Vi er en Del optagne af en "Ordning" af mine Pengeforhold, som bestaar i at faa min løse Gæld samlet paa en Haand; hvis Dede kommer, saa tak ham for hans hurtige og klare Svar og Raad og Tilsagn; det sidste faar vi maaske ikke Brug for. Vi har vist før spurgt Dig, om Du havde noget imod at sælge den ene Obligation, saa vi kunde udbetale de 1500 Kr. ogsaa, men der var vist en Vanskelighed, noget med Udtrækning? men kunde vi ikke tage den Forpligtelse paa os? Du maa ikke tro, vi sidder daarligt i det, dette er gammel Gæld, som kun er flyttet med fra daarligere Tider, og paa Huset skylder vi kun 1000 ialt, naar vi regner Dine 1500 med, det giver jo kun en meget lille Husleje, og som Aktier er det ganske sikkert adskillig mere værd, selv om der ikke kan laanes mere paa det. Dette nu altsaa en Forespørgsel, men synes Du og Dine Raadgivere ikke om det, saa lader vi det falde [fire overstregede ord]. Vi kan faa et Laan i Landmandsbanken, mod Kaution af 2 paalidelige Mand, som vi nok tænker at kunne finde; det bliver rart at faa den løse Gæld samlet, saa vi ved, hvad vi har; det er næsten umuligt at være økonomisk paa den anden Maade. Jeg er stolt over, at vi har brugt saa lidt i den Maaned, jeg selv har lavet Mad og staaet for det hele, og Marta var dog meget sparsommelig. - Ja, det evige økonomiske Spørgsmaal. 
+Nu er det forresten næsten helt mørkt, venter Mg. i Aften eller i Morgen Formiddag, og skal saa tilføje Resultatet af hans Eftersøgning. 
+Mandag.
+Mg kom først hjem i Aftes, og havde intet fundet. Nu er vi altsaa lige vidt. Nærmere, naar vi har bestemt noget. I hvert Fald maa vi hos Elle og Grete, det staar først.
+Mange Hilsner. 
+Jeg haaber, snart at høre, at du er helt rask. Lugge</t>
+  </si>
+  <si>
     <t>Ca. 1918</t>
   </si>
   <si>
     <t>Alhed Larsen
 Christine Rasmussen</t>
   </si>
   <si>
     <t>Inga Nielsen</t>
   </si>
   <si>
     <t>Mads Rasmussen var formodentlig død, da datteren, Inga, blev konfirmeret. Takkekortet er kun påtrykt moderens navn.</t>
   </si>
   <si>
     <t>Håndskrevet: Alhed Larsen sender nøgler. Der er tomt uden drengene.
 Fortrykt: Tak for opmærksomheden ved Ingas konfirmation.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xdOe</t>
   </si>
   <si>
     <t>Kære søde Drenge!
 Hermed Nøglerne. Jeg er lige kommen hjem. Her er meget tomt efter jer. Lad mig se I endelig skriver. 1000 Hilsener jeres Mor
 [Trykt på kortets anden side. Dette overstreget med blyant]:
 Hjertelig Tak for venlig Opmærksomhed ved Inga’s Konfirmation.
 Christine Rasmussen
@@ -13434,50 +13631,83 @@
     <t>1919-04-22</t>
   </si>
   <si>
     <t>Adolph Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er elever på Birkerød Kostskole og er muligvis cyklet til Kerteminde på besøg og hjem igen.
 Peter var en hund.</t>
   </si>
   <si>
     <t>Alhed Larsen kan ikke finde glosebogen og spørger, om drengene alligevel har fået den med sig. Det var svært at sige farvel til dem, og hunden Peter peb, da de rejste. 
 Alhed og Johannes Larsen har været på cykler på besøg hos Adolph Larsen (Johannes' bror), og det var en hård tur.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JXMl</t>
   </si>
   <si>
     <t>Kære søde Drenge!
 Jeg kan ikke finde de Gloser nogen Steder, lad mig vide [ordet ”vide” indsat over linjen] om I ikke har faaet dem i Kufferten alligevel, ellers maa jeg jo lede videre, var det en lille Bog? Nu sender jeg alligevel disse Par Ord, jeg tænker I er glade ved hurtig at faa et Livstegn herhjemme fra. Det var ikke morsomt at sige Farvel til Eder, og Peter peb ynkeligt, vi holdt paa ham lige til I drejede om dernede. I giver nok Meme Kurven saa snart den kommer og lidt Æbler ogsaa, I kan bare sende Kassen tilbage naar den er tom. Og lad mig saa se I meget snart skriver hvordan Hjemturen er gaaet og hvad der ellers er – Jeres Far cyclede alene ud til Onkel Basers og skulde prøve at faa den med hjem til Aften. Jeg var træt og cyclede lige hjem hvor jeg drak mig et stort Glas Piskefløde og Kærnemælk. Her er godt tomt efter jer. – Nu gaar jeg ned med dette.
 Skriv saa rigtig snart lille Unger 1000 Hilsner fra jeres Mor 
 Tirsdag 22ende april -19
 Husk at sende den tomme Kuffert til rent Tøj</t>
+  </si>
+  <si>
+    <t>1919-05-11</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Grethe Jungstedt
+Thyra Larsen
+Thøger  Larsen</t>
+  </si>
+  <si>
+    <t>Bodild er muligvis Bodild Holstein. Hun boede ikke på Lemvig-kanten, men kan have haft et sommerhus der el.lign.
+Landinspektøren og Mads kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3807</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer skriver tillykke på sit fineste brevpapir. Hun har i påsken været i Lemvig hos Thyra og Thøger Larsen. "Opsynet" var skrappere end i fjor. Selskabet var på ture til Gjellerodde, hos Bodild og Mads, i Kappelskoven, ved Ferring Sø og ved Vesterhavet. Thyra Larsen virker bedst, når hun ikke er der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhKW</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] Elle
+Maj 1919
+[Herefter med sort blæk:]
+Kære lille Lugge!
+Idet jeg sender dig mange mange Lykønskninger på mit allerfineste Brevpapir, som du kender min økonomiske Sans nok til at vide at det er et ikke ringe Offer, der derfor i Reglen bliver forbeholdt Breve som jeg skal gøre et godt Indtryk på, hvis de ikke har det i Forvejen, når de nemlig ikke kender mig, f. Eks. svare på Advertissementer, så det bliver fordelagtigt og bøder på mulige Mangler i Stilen. - - -
+(Vejret vil jeg nu ikke skrive om, skønt det er fristende, når det er noget så guddommeligt som det er i disse Dage, - jeres Have er nok bedårende med Zwibler og Fuglesang og Børnevrimmel, - gid jeg var der, - men jeg tjener så mange Penge nu, at jeg ikke har Raad til at lade være med det. Den Gang, jeg var fattig, kunde jeg komme og gå som jeg vilde. - Nå, jeg har da med Drikkepenge og varm Mad på Hjemrejsen og Mine med gjort en Rejse på 70 Kr. 39 Øre i Paasken. Men den var alle Pengene Vejr, - nej værd!! (Det var uforvarende og ikke af min ellers medfødte Vittighed, det "Vejr". - ) Det var knusende sødt i Lemvig og Lugge helt mellem os sagt, Th. var mægtig glad ved mig, men han bar det som en Mand, undtagen en enkelt Gang. Jeg synes også Opsynet var endnu skarpere end i fjor, - men derfor kan vi jo godt indkassere lidt Ædelhed. Mine var forresten også en elendig Makker. Men det var yndigt at være der og Thøger var akkurat ligesom i fjor - stampede ud og ind efter Bøger, som vi skulde se og ind og stoppe Pibe og på Lur efter en Myg og gik jo ellers op i at more os. Vi var den første Dag uden Kone på Gjeller Odde, hos Bodild, hvor vi drak Kaffe, så til Ma-a-ds hvor vi fik Chokolade og Kaffe - der har været Konfirmation og vi beså de rørende Gaver, og Mads førte os ud i Hønsehuset og Materialhuset - vi så også alle 10 Unger - i Anl. af Konfirm. var de knap så snottede som i fjor og meget søde. Så gik vi til Bodild og spiste til Aften og sad så sødt bænket der i den lille gamle Stue, - Thøger var så inderligt lykkelig ved at sidder der. - En anden Dag var vi i Kappelskoven m. Kone, sylende ["m. Kone, sylende" indsat over linjen] - den er som en Æventyr og 1ste Paaskedag, da det stormede var vi med Toget ud til Strande ved, Fæhring Sø og ude ved Vesterhavet. I Guder som det pjaskede og Sandet føg om Ørerne - men bag efter lå vi i Klitterne i Læ og Sol. Men Konen var så ekstra sylende den Dag. - Hun var meget sylende og skønt hun jo er så venlig og gæstfri, så kan man ikke nægte at hun virker bedst, når hun ikke er der. - Så spillede vi L'hombre en Aften, Th., jeg og Landinspektøren - uha, hvor vi morede os - og Skak de andre Aftner og Billard en Gang. Vi var der 5 Dage, men de fløj. Vi så også i Kiggert på Plænen Saturn [tegning] 
+[Indsat øverst s. 1:] Dato behøves da ikke når det er Dagen før din Fødselsdag, - det er så meget Ulejlighed med de Datoer.
+[Indsat øverst s. 1; på tværs:] Nu kun 1000 Hilsner. Elle
+[Indsat i venstre margen s. 1; på tværs:] Tillykke fra Grethe.</t>
   </si>
   <si>
     <t>1919-9</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Astrid Bøttern
 Ellen Bøttern
 Eric Bøttern
 Elise Hansen
 Peter Hansen
 Adolph Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
 Albert Naur
 Ella Ungermann
 Laura Warberg</t>
   </si>
@@ -14045,50 +14275,80 @@
 Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
   </si>
   <si>
     <t>Brevet ejes af en efterkommer af Elena Larsen</t>
   </si>
   <si>
     <t>Elise Hansen/Mosser har fået stjålet sin pung. 
 Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
 Både Elise og Peter Hansen er sløje. 
 Elise og Grete har været på Campidoglio og se illuminationer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5qwN</t>
   </si>
   <si>
     <t>Rom d 10/1 - 20
 [Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
 Kære Bimme!.
 Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
 Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
 Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
 Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
 [Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
 Mos.
 Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
+  </si>
+  <si>
+    <t>1920-03-06</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elisabeth Neckelmann
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Sorrento
+Napoli</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Elisabetrh og Marie har vist ikke fået alle fotografierne. Grete og moderen skal til at lave badedragter. Grete får en golftrøje i fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/astS</t>
+  </si>
+  <si>
+    <t>Sorrento 
+Lørdag Aften (bliver først afsendt Søndagmorgen) d 6/3 1920.
+Kære Yndigheder?
+Mange Tak Sidse for Brevet; Det lader ikke til at I har faaet alle de Fotografier vi sendte og tænk! Jeg hører I har nok kun faaet 2 Lommetørklæder og vi sendte 3 af Sted, 2 ens og 1 andet; mange Tak for de søde Blomster jeg fik i sidste Brev det har vi faaet men ikke Brevkortet som du sagde at du sendte samtidig. – Ja, her bliver yndigere og yndigere Mos og jeg skal snart til at lave Badedragter og Sommerkjolerne er jo kommet i Brug. Naar jeg kommer hjem vil I ikke kunde kende mig igen
+Napoli, forleden Dag fik jeg en vidunderlig Golftrøje rød tyk og dejlig og I kan ikke g hvad den kostede - - - 225 kan I tænke Jer 225 L den er vidunderlig noget af det fiskeste jeg faar den først til min Fødsdag saa jeg ved det naturligvis slet ikke. Er I ikke grønne g o.s.v.! Og har I i Grunden ken[dt] Mage til Flothed hvad? Jeg kan se jeres Ansigter, naar I læser dette i er alle 3 ganske Paf og en Besvimelse nær Tænk hvad vi skal vise hinanden naar vi kommer hjem ["naar vi kommer hjem” indsat over linjen] Sikk ["Sikk" overstreget] Japanesiskesilkestykker og jeg min Golf. Men nu er der snart ikke Plads til stort mere end at sige mange mange Hilsner fra Jeres hengivne og henrykte Gretemor</t>
   </si>
   <si>
     <t>1920-03-17</t>
   </si>
   <si>
     <t>Ejnar Axelsen-Drejer
 - Brincher
 Alhed Marie Brønsted
 Else Birgitte Brønsted
 Johannes Larsen</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er elever på Birkerød Kostskole.
 Det er ikke muligt at opklare, hvem Vups og Hr. Y er.</t>
   </si>
   <si>
     <t>Andreas og Johan skal straks sende vasketøjet hjem. Johannes Larsen er rejst til Filsø. 
 Alhed Larsen vil gerne vide, hvordan det gik med det sidste fag, med stilen og med Brincker.
 Markmusene har ødelagt meget i drivhuset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PhLN</t>
   </si>
   <si>
     <t>Kære lille Drenge!
@@ -14284,50 +14544,91 @@
 - Skipper
 - Vangberg
 Laura Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er kostelever på Birkerød Statsskole.
 Det er ikke muligt at afgøre, hvilken Bentzen/Bendtsen det er, Alhed skal følges med til valg. Der kan i øvrigt hverken være tale om Folketings- eller Landstingsvalg, for disse fandt sted 21. september og 1. oktober 1920. 
 Alhed og Johannes Larsen havde nogle år privat tennisbane i haven.</t>
   </si>
   <si>
     <t>Andreas og Johan skal på tur, og Alhed Larsen skriver, at de skal være forsigtige.
 Svanerne har ikke lagt æg, men de raserer blomsterbedene.
 Johanne Larsen (Junge) har haft elevkoncert, og det gik fantastisk. Der var mange gæster, de gav stort bifald, og der blev overskud ud af arrangementet.
 Alhed Larsen har sunget til Pastor Bojesens begravelse. Bagefter var de på hotellet.
 Vangberg har set på tennisbanen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rHUU</t>
   </si>
   <si>
     <t>Kære søde Drenge!
 Vasketøjet er sendt i Efterm, Fedtlæderstøvlerne er det min Agt at finde, men de andre Ting er der. Tak for Brevet lille Gamle, det er morsomt I skal paa den Udflugt, rigtig god Fornøjelse og gid I maa faa godt Vejr. Hils Skipper og Hr. Lindhard, men især den søde Skipper mange Gange. I Dag er det Valddag [Valgdag], vi skal med Bentzen op at stemme om lidt. – I spørger til Svanerne. De har ikke lagt Æg endnu, men virker stadig ganske kolossalt, Saxifragaplanterne har de snart ryddet og det store Liljebed pynter de heller ikke paa, men det skal være dem tilgivet, naar der bare kommer noget ud af det. De gaar i permanent Raseri og farer i Hovedet paa os, saasnart vi viser os i Haven. – Tante Junge havde Elevprøve i Aftes paa Tornøes Hotel i den store Sal. Det gik glimrende. Der var 20 Elever, der alle klarede sig nydeligt. Lille Bibbe gjorde kolossal Lykke, det var ogsaa en glimrende Præstation, en svær Sonate, som hun spillede fejlfrit og med nydeligt Foredrag. De klappede som de var gale. Og da Tante Junge tilsidst kom ind og spillede noget paa to Klaverer med Fru Nielsen klappede de ogsaa voldsomt og Jun [”Jun” overstreget] hun fik overrakt en stor Buket af nogle Elevforældre og blev flere Gange fremkaldt. Der var en Masse Mennesker og der bliver 150 Kr. i Overskud, det er fint. - - Pastor Bojsen er død og blev begravet i Lørdags. Jeg var med at synge 4stemmigt fra Orglet. Det var en drøj Tur vi maatte staa op stuvet tæt sammen i 2 ½ Time. Det er den største Begravelse der er set i Kerteminde. Masser af Mennesker maatte staa udenfor Kirken deriblandt jeres Far. Bagefter gik vi paa Hotellet og styrkede os sammen med Frk. Hviid og Mareje, der ogsaa havde sungen. Jeres Far nød 4 Kaffepunscher! Tante Mis er her. Hun og Bedstemor kommer her til Aften, vi skal have Asparges for anden Gang, det er tidlig. – Vi har haft Vangberg oppe at se paa Tennisbanen. I skal spille Tennis med mig til Sommer. Nu ved jeg saa ikke mere. Skriv snart igen, lad mig vide, hvor Turen saa kommer til at gaa hen, at jeg kan vide, hvor jeg skal tænke hen. 1000 Hilsner fra jeres Mor. Vær endelig forsigtige, hvis det bliver Bornholm, ogsaa paa den anden Tur naturligvis, men Bornholm er værre med Vand og de Klipper.
 Hermed Nøglen
 Mandag</t>
+  </si>
+  <si>
+    <t>1920-05-07</t>
+  </si>
+  <si>
+    <t>Birkerød St.
+Kajerødvej</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>De to nabokoner kendes ikke.
+Christine var Warberg-parrets første barn. Hun blev født på gården Ensomhed i Heden på Fyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3837</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tænke 50 år tilbage på den søndag, hvor hun fødte Christine. Lauras to nabokoner græd. Hempel Syberg holdt Albrecht Warberg med selskab i haven. Omsider kom en stor, velskabt pige til verden.
+Laura troede op til sit bryllup, at Albrecht ikke brød sig om børn, så det var en dejlig overraskelse, at han var så glad for dem. Laura og han fik en hel flok, og nu er de ved at blive gamle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D76Z</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside]
+Fru Mackie
+Kajerødvej
+Birkerød St
+[Med kuglepen på kuvertens bagside:]
+8. Maj
+1930
+[Med blæk i brevet:]
+Kerteminde d. 7_de_ Maj 1920
+Kære Christine!
+Jeg er vis paa, at mine Tanker Dagen lang i Morgen vil gaae de 50 Aar tilbage i Tiden, til den lange ret svære Søndag, hvor de to gode Nabokoner græd over mig, mens Onkel Syberg holdt Far med Selskab nede i Haven til ved 6 Tiden, da en stor velnæret Pige paa 9 Pund endelig lod sig see!
+Det staaer saa tydeligt for mig altsammen, ogsaa Fars og min Glæde først over at vente Dig og saa at have Dig. Jeg kan ogsaa huske, at jeg mente ikke Far holdt af Børn og blev derfor glad overrasket, da han paa vor Bryllupsaften sagde, at det vilde være dejligt, om vi kunde faae Børn! Og dem fik vi altsaa en Flok af og nu begynder de at "blive gamle" - om jeg tør sige det slemme Ord! Naa Du behøver nu ikke bekymre Dig for Dine 50 Aar, for ingen vilde gætte paa det Tal! Til Lykke, lille kære "gamle" Basse! Gid foreløbig de følgende 10 Aar maa blive gode og sorgfri; naar Du saa bliver de 60, kan der altid ønskes igen! Og gid Du maa faae en rigtig rar Fødselsdag! Jeg vil længes efter at høre, hvordan Du har tilbragt den. Jeg haaber det gl. Porcelæn kommer helt til Dig og at Du vil blive glad ved det. De andre Ting kan Du faae ved Lejlighed. Hvor den søde Putte vist er ivrig paa Færde Dagen igennem! Kærlige Hilsener til Eder begge fra
+Mor</t>
   </si>
   <si>
     <t>1920-05-08</t>
   </si>
   <si>
     <t>Jørgen Brandstrup
 Alhed Marie Brønsted
 Ellen Brønsted
 Louise Brønsted
 Christian Caspersen
 Emmy Caspersen
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 - Nielsen, pige i huset hos Astrid Warberg-Goldschmidt
 Ellen  Sawyer
 Hempel Syberg
 Else Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Den mark, som Louise/Lugge Brønsted og manden ville sælge i Birkerød har formodentlig hørt til det gartneri, Tornehave, som de havde købt. Marken kan jvnf. bemærkningerne om den anslåede indtægt have været forpagtet ud. 
 1918 flyttede Laura Warberg ind hos Agraren (Adolph Larsen) og hans kone Johanne (en datter af Laura Warberg) på gården Store Kærbyhus i Kerteminde med en husassistent.
 I 1918 havde Johannes Larsen købt Kirkemøllehuset, som lå lige nedenfor hans have på Møllebakken, og i 1920 solgte han huset til Ellen Sawyer. Laura Warberg flyttede ind hos datter, Ellen. 
@@ -16423,50 +16724,92 @@
 Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
 Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
 Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
 Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
 Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
 Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
 Ingen Læge er som du 
 når vort Legem går i tu
 eller Sjælen bløder - 
 Lige vel var Legemspragt
 som vor sarte Sjæledragt
 du med Omhu bøder -!
 osv. 
 Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
 Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
 (Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
 Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
 Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
 Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
 Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
 Kom så! Tusinde Hilsner fra din Dis.
 Ark 5, s.1. Venstre margin lodret. 
 Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
   </si>
   <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
+  </si>
+  <si>
     <t>1926-08-27</t>
   </si>
   <si>
     <t>Wedellsborg
 Odense
 København
 Landeryd, Sweden
 Halmstad, Sweden</t>
   </si>
   <si>
     <t>Carl Andresen
 Esben Hansen
 - Hecht-Petersen
 - Højlund
 Vagn Jacobsen
 Xenia Jacobsen
 Rigmor Klein
 Jørgen Hermann Kruuse
 Alhed Larsen
 Johan Larsen
 Johanne Christine Larsen
 Marie Larsen
 Johannes Madsen
 Poul Uttenreitter</t>
   </si>
@@ -17228,50 +17571,100 @@
 Ellen har været tre dage på Rødding Højskole til gode foredrag og en udflugt til Ribe.
 Ellens kat er forkælet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LGaA</t>
   </si>
   <si>
     <t>Torsdag 18/10 - 28
 Kæreste Lugge!
 Jeg maa nu være meget udygtig, for jeg har altid "masende travlt, - er altid tilbage i "det, - " og hvad "det" er, - det ved intet Menneske, for jeg synes ikke at jeg faar noget udrettet. Se nu bare Breve, - jeg skylder altid Ja, nogen skriver jeg jo - idag afgik der 4, - men jeg har mange tilbage. Naa, men skidt med det. Mulig min Kapløbs-Travlheds Fornemmelse er en Arv fra Mor, - men der er bare den Forskel, at Mor fik en Masse udrettet.
 Tak for dit Brev fra d. 25 Sept; Lige efter det kom jo saa Dis-Bryllupet og om det skrev jeg til Mornine og det læste du vel nok, - det var da Meningen Jeg syntes jeg skyldte Mornine Brev i saa høj Grad.
 Se Lugge, - jeg skrev vel nok lidt mere modereret til Mornine om den ny Svoger. Du kan vist godt forstaa den Fornemmelse. Det var saamænd i og for sig rigtig nok, hvad jeg skrev, for han var saamænd rar og flink nok og der var noget ved ham som gjorde at man havde ondt af det for ham. Men der var ogsaa - hvad jeg ikke skrev noget ved ham som gjorde, at man ikke stolede rigtig paa ham - noget vagtsomt i Øjnene, - ligesom en Slags Angst. Jeg har set det Udtryk før, hos Folk, som der var noget muggent ved. Men en saadan ugrundet Fornemmelse burde man maaske slet ikke udtale. - At Dis kan være saa betaget af ham, er mig en ren Gaade. Jeg synes helt han mangler Carme og er let kedelig - triviel. Junge og jeg følte det ens, - men maaske han vinder ved nærmere Eftersyn. Lille Dis var nu rørende i sin Glæde og var rigtig pæn og taktfuld med det, hvorimod han nok kunde være generende med offentlig Ømhed, - du vèd, det ser jo ikke saa godt ud. Det er vist egentlig tarveligt at komme frem med disse Indtryk, - det er jo ingen Nytte til, og naar Dis er tilfreds med ham saa er det jo nok. 
 Lille Junge er jo i Kbnh. og du ser hende vel nok. Jeg sendte hende et Kort idag gennem dig, da jeg ikke kan huske deres Gadenummer. Jeg synes hun skulde vide, at det gaar godt med Agraren. - 
 Den lille hos Las har sagt op og de har nu fæstet Ediths Søster. Hun skal være meget dygtig. Hun har en lille, som er hjemme hos Moderen og saa kan man gaa ud fra, at hun er lidt mere adstadig og ikke skal "se noget andet," naar hun har været der 1/2 Aar. Den Lille Frk. J. ["Frk. J" indsat over linjen] er vist ret umulig. Las gik en Dag ned i Kælderen og noterede 12 Levninger paa et Papir og satte "fordærvet" ved de fleste af dem.
 Jeg haaber din vedvarende er en Juvel! Gid det maa vare rigtig længe! 
 Lille Mudi kommer af og til ned og besøger mig og snakker lidt med mig. Hun har Ferie i disse Dage, da Las er paa Jagt paa Mors med Bryggeren og Foch. I Aften er hun og Puf hos Erik Bøttern for at høre Rasio. 
 Jeg har været 3 Dage paa Rødding Højskole til et Fredsmøde fra Lørdag til Tirsdag Det var meget interessant. Det er dog forbavsende hvor de Fredsdamer og kloge og inde i Tingene. Der var en Fru Sonne Hall fra Frederikshavn, som holdt et ganske glimrende Foredrag om Storpolitik og Nationaløkonomi. Man fik sandelig noget at vide. Biskop Ammundsen fra Haderslev talte ogsaa godt, - men ikke saa godt og mange andre danske og tyske Foredrag, om Situationen i Verden, - [ulæseligt]pagtens Betydning (som der var divergerende Meninger om) Afrustningsbestræbelserne, Toldspørgsmaal o.m.a. Jeg skrev alle foredragene ned - saa meget af dem, som jeg kunde og synes jeg fik meget ud af det. Og saa var Vejret jo bedaarende og Egnen dejlig - vide Marskhegn med Kvæg og blånende Horisont, - GranSkove i det fjærne. Du fik vist et Kort fra Ribe, - der bilede vi til i et Frikvarter paa 2 Timer og var i Domkirken og i Weis' Vinstue. Turen dertil og fra ikke det mindst morsomme. De Sønderjydske Bøndergaarde finder jeg saa pragtfulde, - enkle og rene i Stilen. Der var mange. - Der var mange flinke Damer og Koner og Piger. En Del af dem havde jeg truffet i Flensborg for 2 Aar siden og fornyede nu Bekendtskabet, - det var virkelig saa hyggeligt. -
 Lille Mis har det godt, en er grænseløs forkælet. Den vil ikke være her alene. De Dage jeg var væk, flyttede den ned til "Människorna", - ligesaa Fredag og Lørdag. Den følger mig i Hælene, naar jeg er hjemme.
 Det er dejligt med det milde Vejr, - der er mange Blomster i Haven endnu
 [Indsat s. 4 i venstre margen; lodret:] Ja, lille Lugge, - jeg er lidt søvnig og det kan vist tydelig spores, - men jeg vilde nu skrive i Aften, - ellers gik der igen 2-3 Dage, - saa undskyld
 [Indsat s. 4, øverst; på hovedet:]
 1000 Hilsner til jer alle fra Elle
 Du maa endelig skrive udførligt og sandfærdigt hvordan du har det !!!</t>
   </si>
   <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
     <t>ca. 10. februar 1929</t>
   </si>
   <si>
     <t>Hanne -  -, kokkepige Erikshaab
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Andreas Warberg</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3798</t>
   </si>
   <si>
     <t>Ellen Sawyer beder indtrængende Louise Brønsted om ikke at rejse til Otto Emil Paludan/Pallams begravelse. Det fryser 20 grader, og det stormer, så der er risiko for, at isen pakker. Louise må ikke risikere at blive syg. Christine/Mornine kommer, og det kan Ellen næppe forhindre. 
 Gamle Hanne fylder 80.
 Ellen tør gæsteværelser op.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/o0Ss</t>
   </si>
   <si>
     <t>Kære lille Lugge!
 Du maa ikke komme til Begravelsen. Det er Vanvid. Det er, - om jeg saa maa sige - at gøre Pallam en daarlig Tjeneste. Han, som vilde os det saa godt, - at tvinge ham til at gøre dig Fortræd til allersidst. For det vilde gøre dig Fortræd. Jeg synes slet ikke du har Lov til det.
 Det er meget sandsynligt at der bliver Istransport. Det kan ventes hvert Øjeblik med den Storm. Isen pakker sammen og man ved ikke hvor den pakker hen. Gør det ikke. - Det er ogsaa Vanvid af Mornine - men der er vel ikke noget at stille op. - Hvis du gavnede noget Menneske med det, saa var det noget andet. Men det gør du ikke Det er kun en Fornemmelsessag. Jeg vilde ikke sige "kun" hvis det var paa en anden Aarstid, - men det er idag det frygteligste Vejr vi har haft i flere Aar. 20 ÷ og Storm. Det er uhørt. - Og tænk hvor bittert det kommer til at gaa ud over din Flok - og os alle - lille Lugge, - om du bliver syg af det. Baade, [kommaet overstreget] Dede, Junge og jeg beder dig indtrængende om at blive hjemme. - 
 Tak for dit søde Brev. Jeg har ingen Tid at skrive nu.
@@ -17319,103 +17712,175 @@
   <si>
     <t>Tirsdag 25/5-29
 Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
 Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
 Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
 De Smaasager kan du jo faa, naar du kommer.
 Skriv snart igen
 1000 Hilsner
 E</t>
   </si>
   <si>
     <t>1929-06-21</t>
   </si>
   <si>
     <t>Hestehavegaard pr. Faxe</t>
   </si>
   <si>
     <t>Peter Andreas Larsen
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Elena/Bimse Larsen fødte hendes og Johan/Lysse Larsens første barn 27. maj 1929, og en tid efter opholdt hun sig hos sin mor på Enghavevej i København. 
 Pegøjen må være en form for vogn.</t>
   </si>
   <si>
-    <t>Brevet er i privateje</t>
-[...1 lines deleted...]
-  <si>
     <t>Den følgende dag kommer Johan/Lysse, og Elena/Bimse rejser til et badested i nærheden af ham. Hun er spændt som et barn på hans fødselsdagsgave til hende. Elena håber, at de kan få en fragtmand. Hvis ikke kører Kylle gerne, og de tager tog eller taxa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JDvB</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Landmand Hr Johan Larsen
 Adr. Hr. Prop. Skovgaard
 Hestehavegaard
 pr. Faxe.
 [I brevet:]
 Fredag d. 21.
 Til min allerbedste Ven og min Mand!
 Kæreste Lysse! Naturligvis rejser jeg til Ladepladsen næste Lørdag (d 29de), jeg glæder mig vældigt, for nu er det snart lidt for meget af det gode at være Græsenke; jeg synes det er ubegribelig længe siden du var her inde sidst, men nu skal det blive noget andet!! Hurra, hurra, jeg vil bare fortælle dig, hvis du ikke ved det, at i Morgen kommer min Mand hjem, og paa næste Lørdag rejser jeg paa Badested i umiddelbar Nærhed af min Mand. Og endvidere vil jeg fortælle dig at jeg glæder mig gevaldigt. - Jeg er saa morderlig spændt paa hvad det er du har set paa til Fødselsdagsgave til mig, akkurat som da jeg var lille Pige og vaagnede før det blev lyst paa mine Fødselsdagsmorgner f [et overstreget bogstav] og ravede ud paa Gavebordet for at føle mig til hvad det var for Herligheder der vankede. - Bare vi nu kan faa Fragtmanden til Lørdag, ellers kan vi faa Kylle til at køre et Læs paa Pegøjen, det har hun tilbudt (uopfordret) og saa tager vi to (jeg og min søde, kønne Unge) Toget. Ellers er der jo en Taxa, men alt dette kan vi jo tales ved om i Morgen. I Virkeligheden skriver jeg kun dette Brev for at fortælle dig at jeg glæder mig saadan. Farvel med dig og paa Gensyn i Morgen Aften.
 100.000 Hilsner
 Din egen Bimsekone.</t>
   </si>
   <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
+  </si>
+  <si>
     <t>1929-10-24</t>
   </si>
   <si>
     <t>Anna Louise Syberg</t>
   </si>
   <si>
     <t>Pilegaarden</t>
   </si>
   <si>
     <t>Johanne Giersing
 - Hillingsøe
 Hans  Syberg
 Kirsten Syberg
 Ulla Syberg</t>
   </si>
   <si>
     <t>Eftersom brevet er underskrevet "Far", må det være stilet til et af Fritz Sybergs børn. Kælenavnet Rulser kendes ikke umiddelbart fra andet Syberg-materiale. Hans og Johanne er omtalt i brevet. Clara var død i 1929. Den eneste af de resterende, der havde fødselsdag i oktober, var Anna Louise/Rabbe. Man må formode, at hun opholdt sig hos Hans og Ulla Syberg, eftersom Fritz beder hende hilse dem.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, No. 2, 1239</t>
   </si>
   <si>
     <t>Kunsthandler Hillingsøe vil komme hjem til Hans og se på billeder. Fritz Syberg sender prisoversigt. Hvis Hans er i tvivl, må Hillingsøe ringe eller skrive til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/M6zq</t>
   </si>
   <si>
     <t>Pilegaarden 24-10-29
 Kære lille Rulser.
 Tak for Dit Brev, hvoraf jeg ser at Du har det godt og har havt en indbringende Fødselsdag. Jeg sender her et Brev og nogle Kritiker fra Besse som I kan more Jer med at læse. Her paa Stedet passerer ingenting, og det er godt det samme, intet Nyt er jo godt Nyt naar alt hidtil har gaaet vel. Vil Du sige til Hans at der kommer en af Dagene en Kunsthandler Hillingsøe og ser paa mine Billeder. Han købte i Sommer for 1500 Kr. og vil denne Gang købe noget mere, men han vil gærne se hvad jeg har staaende hos Hans. Der er dels Aquarellerne og dels alle mine Smaabilleder baade fra Søndermarken og Frederiksberg Have. Disse sidste koster fra 100 Kr. til 300, altsaa naar han køber "en bloc" faar han dem til en Gennemsnitspris paa 200. Noget lignende gælder for Aquarellerne, dog er Forskellen større der de koster fra 80 K. til 350 Kr. Gennemsnitten er altsaa ogsaa der 200 men det kommer jo an paa hvad han vælger ud. Han vil muligvis ogsaa have større Billeder - han er ikke bange for at købe Billeder til 2000 K. Men hvis Hans ikke er sikker paa hvad han skal forlange [det følgende indsat øverst s. 2, på hovedet] kan Hillingsøe jo skrive eller telefonere til mig. Ha et nu godt [det følgende indsat øverst s. 1, på hovedet] Hils Hans og Ulla og lille Kjesser mange Gange. Et Kys fra Far.</t>
+  </si>
+  <si>
+    <t>1930-05-12</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Clara -, vaskekone</t>
+  </si>
+  <si>
+    <t>Hjort er formodentlig familie til Holger Hjorth, som Louise Amstrup/Tante Visses adoptivdatter blev gift med.
+Gitte, hendes mor og præsten kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3822</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og alt godt fremover. Hun savnede Louise Brønsted ved Louise Amstrup/Tante Visses begravelse.
+Johanne C. Larsen har også været til sin veninde Claras begravelse. Præsten sagde i sin tale, at hun var "galhovedet", og det var ikke sandt. Clara havde et hjerte af guld. Der var mange kranse og blomster i kirken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlwy</t>
+  </si>
+  <si>
+    <t>Kære lille Lugge!
+Jeg er jo desværre kommen for sent paa det med min Lykønksning til dig, men des varmere vil jeg gøre den! Gid alt godt og lykkeligt maa times dig i Aaret, du har for dig! Et godt Helbred, Lugge! det ved du nok jeg er saa inde paa er godt for ens Tilværelse, saa har man større Kraft til at "ordne" alt det som Skæbnen lægger paa en og det er jo tit ikke saa lidt! Vi savnede dig ved Tante Visses Gravøl, som jo ellers forløb helt rart og harmonisk: Hjorts var saadan søde Værtsfolk. Lille Gitte havde spurgt sin Mor, hvad der dog var i den store Kasse. 
+I havde vel en dejlig Festdag i Gaar, jeg tænkte meget paa jer - min Søndag var noget stille. Om Formiddagen var jeg med til at begrave min gamle Vaskekone Clara. Vi har været Veninder i over 20 Aar, saa skønt hun var 79, var det meget vemodigt; jeg vilde ønske det var mig der havde talt over hende Præsten har aabenbart kun vidst om hende, at hun var "galhovedet" (hvilket han dog ikke sagde med helt disse Ord) men ikke at hun havde et Hjærte af Guld, og at hun følte varmt for dem, hun holdt af og aldrig var bleven træt af at slide for sine Børn. Forøvrigt fik hun en festlig Begravelse med mange smukke Kranse og der var baade Palmegrene og hvide Silkebaand med Inskription. Hvor vilde jeg ønske at hun kunde have set det selv! Og hvem ved?
+Saa faar du tilsidst en Mængde Hilsner først til dig selv og saa til Magisteren Børnene, Elle og hvem der er
+fra din Junge
+12 Maj 1930. -
+Gud Fader bevares Lugge, jeg ved jo ikke din Adresse</t>
   </si>
   <si>
     <t>1930-07-06</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Tornevangsvej Birkerød</t>
   </si>
   <si>
     <t>Hatla Helweg-Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Martin Larsen
 Peter Andreas Larsen
 Lars Swane
 Sigurd  Swane
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Lasse er færdig med eksamen, og Christine Swane har fået et stipendium, så hun spørger, om de må komme på besøg et par dage. 
 Johannes Larsen maler portræt af Fru Helweg-Larsen. 
@@ -17533,51 +17998,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -19190,51 +19655,51 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
   </si>
   <si>
     <t>1939-12-23</t>
   </si>
   <si>
     <t>Johanne Giersing
 Anna Syberg
 Ernst Syberg
@@ -19626,50 +20091,109 @@
 Jon Beck Thomsen
 Thora Cohn
 Andreas Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Peter Magnussen
 - Møller, havemand
 Leo Swane
 Ane Talbot
 Viggo Winkel</t>
   </si>
   <si>
     <t>Johannes Larsen, Andreas, Else og børnene har været en måned ved Henne Strand. Vejret var dårligt, så Larsen fik ikke malet noget. Han har en udstilling i februar.
 Hans Beck og Larsen roede i Fiilsø og fik set alle tre svanearter på én dag. 
 Hans Becks søn fangede aborrer og en stor gedde, men gedden slap væk. 
 Nye Møller har passet alt godt hjemme i Kerteminde, mens familien var bortrejst.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pNaX</t>
   </si>
   <si>
     <t>Kjerteminde 7 Aug 1942.
 Kære Lysse.
 Vi er nu hjemme igen. Ja jeg ved for øvrigt ikke om I er klar over at vi fra den 23 Juni til den 23 Juli har opholdt os paa Hotel Henne Strand. Puf og Else og Børnene for at rekreere sig og jeg for at male. Det sidste blev nu mislykket for af alle de Lærreder jeg havde med, blev kun et mindre Billede paabegyndt mens alle de andre kom ligesaa uberørte hjem, som de blev sendt ud. Det var et temmeligt umuligt Vejr hele Tiden, koldt og afvekslende Blæst og Storm. Nu har jeg nogle Bestillinger i Gang som jeg skal være færdig med til den 15 og saa skal jeg til at male saa jeg kan faa en Udstilling til Februar hos W &amp;amp; M, Lokalet er bestilt. Jeg var en Dag med Hans Beck ude at ro i Fiilsø. Jeg vilde se paa et Par Knobsvaner med Unger som jeg et Par Dage før havde set fra Langodde, sammen med Skriveswane som var med deroppe de første 10 Dage. De forsvandt imidlertid i Sivene inden vi kom der ned og vi satte os saa til at spise Frokost. Saa kom Hannen og lagde sig udenfor os og passede paa saa længe vi var der. Beck havde et Par Dage før set et Par Svaner i Nørresø og vi roede saa op for at finde dem. Ved Kirkespids laa der en men det var en Sangsvane. Derfra saa vi i Gammeltoft Vig en anden Svane, som vi saa roede efter, den gemte sig i nogle Padderokker og først lige før vi var kommen gennem dem kom den ud, det var en Pibesvane. Begge sidstnævnte var unge Fugle med lidt graat på Halsene og svagt gult paa Næbbene. Men det var helt morsomt at se alle 3 Slags Svaner paa en Dag om Sommeren. Becks Dreng Jon var med og tog 5 gode Abborer paa Blink ca 1 Pund Stk og derefter fik han en stor Gedde paa, da vi var bange for at miste den hvis vi halede den op i Baaden roede vi mod Land for at trække den op i Græsset, men lige før vi kom i Land sprang Snøren. Her stod alt godt til da vi kom hjem. Vores nye Møller havde passet Odderen og Fjerkræet og Volieren. Vi mangler bare noget Regn, vores Plæner har kun været slaaet 3 Gange siden Vinter mens de normalt skulde slaas en Gang om Ugen. Hilsen fra os alle til Jer allesammen 
 Din Far.</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1942-10-08</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborgs hovedbygning på Lolland er opført mellem 1865 og 1866 ved H.S. Sibbern og udvidet i 1885. Bygningerne er beliggende i Nordeuropas største parkanlæg i engelsk stil. Knuthenborg Gods er på 2338 hektar (Wikipedia marts 2022). 
 Vrietorn (Rhamnus cathartica) eller Korsved er en op til 10 m høj busk eller træ, der vokser i skovbryn og på overdrev. Hele planten er giftig (Wikipedia marts 2022).</t>
   </si>
   <si>
     <t>Johannes Larsen har været over 14 dage på Knuthenborg og malet akvareller. Han vedlægger et kort over den skønne park. Der er mange dyr. Dagen i forvejen begyndte Larsen på en akvarel, men nu er det tordenvejr, så han kan ikke male på den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/64Fi</t>
   </si>
   <si>
     <t>Knuthenborg 8 October 1942.
 Kære Lysse! 
 Tak for Dit Brev som jeg fik lige før jeg rejste hjemme fra. Jeg har været her godt 14 Dage og malet nogle Aquareller. Jeg skal male et Billede til Lensgrevinden Jeg vedlægger et Kort over Parken der ogsaa indeholder en Dyrehave, en pragtfuld gammel Egeskov med Hasler Vrietorn og Skovæbler. Dyrene er Sikahjorte. Det er Tordenregn og lige nu løb der et Par Fasanhaner over Plænen udenfor mit Vindue. Her vrimler med Fasaner og Harer. Jeg havde Brev fra Puf forleden, de har det godt hjemme. Jeg har det ogsaa godt her, sammen med rare naturlige Mennesker, Grevinden 2 søde Børn og en ung Huslærer og en Selskabsdame. Forøvrigt tænker jeg paa at rejse hjem en af de første dage. Her er 4 Paafuglehaner, nogle Høner og en Kylling. 2 Svaner som for det meste ligger ude i Smaalandshavet, se Krydset paa Kortet men en Gang hver anden eller tredje Dag staar de og piller sig i Haven se det andet Kryds. Jeg begyndte paa en Aquarel i Gaar i stille Formiddagssol, som jeg da jeg stod op i Dag troede at faa færdig i Formiddag, men da jeg sad og drak Kaffe begyndte det at regne og ved 10 Tiden begyndte det at blive mørkt og saa kom der en vældig Tordenbyge der nu er ved at forsvinde. Mange Hilsner til Jer allesammen
 fra Din Far. 
@@ -21602,50 +22126,147 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Warberg Müller
 Bakkevej 12
 Haveskov St
 [Skrevet af ukendt:]
 Aug 1950
 modt. 11 Jan. 1941 [linjen overstreget]
 25-1-2002.
 29-7-2009
 [På kuvertens bagside:]
 Lindøgaard Dræby St.
 [I brevet:]
 Lindøgaard Mand. 28-8-1950
 Kære lille Dis!
 Tak for dit gode Brev! Jeg fik det i Fredags, og det kom saa uhyre tilpas som en Opmuntring i den store Sorg, vi lige var bleven ramt af. Jeg har paa Fornemmelsen, at jeg aldrig har faaet dig fortalt, at Else (Puf) ventede sig en lille; de havde hele Tiden sagt d. 20/8, og en dejlig lille Dreng kom d. 23_de_ ved 3 Tiden om Natten; det var gaaet saa uhyre let for Else, og det hele kun varet et Par Timer. Else havde glædet sig saadan til det lille Barn, og som du kan tænke dig var Lykken stor. Marie, Bibbe og Elle, som naaede at faa ham at se, har sagt, at det var saadan en ualmindelig dejlig Dreng, og han laa og sov saa trygt og saa saa sund ud, men Natten til Fredag blev han syg, Doktoren fik ham paa Sygehuset i Odense, hvor han døde om Morgenen. Det var et forfærdeligt Slag, det gjorde os saa bitterlig ondt for Else, men alligevel var det jo godt, at Drengen ikke var bleven større end de to Døgn. Bibbe var saa ude af sig selv af Sorg – hun havde været der om Torsdagen med Marie, som skulde rejse Dagen efter og derfor fik Lov at komme ind til hende og set det hele saa lykkeligt Else laa og straalede, et Blomsterflor var der det hele saa smukt og godt – og saa det hele vendt til Sorg og Smerte. 
 Jeg ved ikke rigtig om jeg i mit sidste Brev fortalte om mit Doktorbesøg, hvor det blev konstateret, at det var Næse-Betændelse – er det dog ikke kunstigt, som jeg altid hitter paa mærkelige Sygdomme. Marie dryppede saa min Næse, og saa maa det vel være gået over, jeg kunde ellers ikke mærke noget, det var kun den stadige Feber, der fik mig til at faa fat i Doktoren. Der gik 3 Uger ialt ["ialt indsat over linjen], hvor jeg var til ingen Ting, hvilket vil sige, at jeg ikke bestilte Haands Gavn. Men nu er det jo et overvundet Stadium, og mit Knæ bedres ogsaa helt godt, men Doktoren mener nu ikke, jeg skal gaa paa det ud over, hvad der er nødvendigt. - - Nu har jeg syet 17 Servietter til M. alle forskellige, men hvis det ikke haster med Holgers, vil jeg først sy den Lysedug til min gamle Veninde Nelly i Amerika, Putte skal have den med, naar hun rejser hjem.
 Jeg synes, det er saa forfærdeligt morsomt med dit nye Forfatterskab, du kan vist sagtens skrive noget, der er bedre end, hvad der foreligger, dog maa jeg siger ["r" sidst i ordet overstreget], at jeg ikke kender stort til dem – Drengebøger med spændende Æventyr morer mig at læse (jeg har fortæret Masser af Pers og Oles Bøger) men Ungpigebøger er jeg altid gaaet udenom i en stor Bue. Dine bliver nok med lidt Humør i. Det var morsomt at høre om dit Sjumse-Besøg pg den lille Solstraalefortælling om Dessau. 
 Du spørger om Høsten – ja Kornhøsten var til Ende, før vi fik Regn, vi havde ikke saa meget med Korn i Aar; Korn er det som paa disse magre Jorde daarligst taaler Tørke (hvad vi jo altid plages af netop paa den Tid, hvor det gerne skulde regne) derfor er Manse slaaet ind paa saa meget andet. Han har i Aar haft: Tidlige Kartofler, grøn Lucerne til Fabrikker, modne Ærter, Lupiner, Sennep, Kaalfrø, Rajgræsfrø, Sukkerroer. Ærter og Lupiner er høstet, men ude endnu, Sennep skal de høste i Eftermiddag, saa selv om det vi tidligere forstod ved ”Høsten” er ovre, har de meget Arbejde endnu. Det hele har været under Middel, Kornet naaede kun 10-12 Fold, og det er jo meget sløjt. Alle Landbrugets Udgifter er saa høje saa f. Eks. de store Kornpriser ikke forslaar. Desværre har vi en dyr Tid for os: i Gaar ankom de to Englændere, som jeg vist maa have skrevet om. Joy Deason og hendes ”friend”. Manse hentede dem i Odense og maatte tage Bil hjem, da der ingen Forbindelse var, og saa maa man jo leve anderledes, end vi plejer, tænk bare paa alt det Franskbrød; vi bruger jo Gas og har aldrig Ild paa Komfuret, bager ikke selv. Hun er 21 Aar, Manse siger at hun er i Udvikling som en 14 Aars. Vi har alle været meget nedbøjede over at skulde have det Besøg, men Manse kunde ikke sige nej; han har tidligere inviteret hendes Forældre, som var saa mageløse mod M. da han for 13-14 Aar siden boede hos dem; men de er saamænd meget søde; nu skal vi se, om jeg kan formaa dem til at tale saa højt og tydeligt, at jeg kan forstaa dem. Marie lærte det ikke i de 4 Uger, hun var her, hun mumlede den sidste Dag som den første – og altid fik hun et Hva’be’har? - - Vil du nøjes med dette sløje Brev – jeg tror ikke, jeg endnu har faaet Humøret efter Sorgen over Puf og Else. - - Elle ser jeg aldrig, hendes Hud er dog bedre nu, gid hun igen kunde blive til at cycle. Lille er stadig hos hende, venter sig i Oktober. 
 [Skrevet på hovedet på s4:]
 Nede paa Lindø har de det godt. Grete er altid elskelig imod mig, kommer ofte op med dejlige Blomster, som de har i lange Baner, og Ungernes Besøgen os, kan jeg ikke klage paa; de savner Rie,
 [Skrevet langs venstre kant på s4:]
 som var meget for dem, hun er jo Børneven, saa det kan forslaa.
 Tusinde Hilsner til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-02-24</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Johannes Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Andreas/Lysse Larsen fyldte 50 år 27. feb. 1951.
+Johannes Larsens bog "Jeg kan huske" udkom på Gyldendalske Boghandel 1950. 
+Else Larsen blev indlagt i februar 1951. Hun var dels overanstrengt dels deprimeret efter at have mistet et nyfødt barn året i forvejen.</t>
+  </si>
+  <si>
+    <t>Elisabeth/Putte Mackie ønsker tillykke med fødselsdagen. Hendes mor har lavet en gave til Andreas/Lysse Larsen. 
+Elisabeth har fået arbejde på en operaskole og skal opsætte Don Juan. Hun håber, at Else Larsen har fået det bedre</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d00C</t>
+  </si>
+  <si>
+    <t>Feb 24-51
+Kæreste Lysse,
+Mange kærlige Hilsner og Lykønskninger til dig på din Fødselsdag - jeg sidder og hører på Rosenkavaleren, så det er jo "fitting" at jeg sender dig en Rose til din Fødselsdag, jeg håber bare den når at ose af inden den når Sverige, men den har jo flere Dage at ose af i så det går nok; jeg håber i får en rigtig dejlig Dag og jeg ved du bliver glad for Mors Gave hun har glædet sig sådan til at lave den og få den i Orden til dig.
+Jeg har meget at gøre - og er glad og lykkelig over mit Arbejde Jeg er begyndt at arbejde på en Operaskole - med Staging og Lys Efect og diriktion det er simpelthen facinerende - den 10 Marts skal jeg første Gang presentere Don Juan under min Staging - det er noget så spændende -
+Jeg kan tænke mig hvor hyggeligt i får det på din Fødselsdag, - mon Onkel Las er hos jer? - jeg læste hans henrivende lille bog ved Juletid det er en virkelig yndig Bog, - Jeg håber Else er bedre igen, det lød ikke så godt sidste Gang jeg hørte.
+Hils din søde Kone, og dine dejlige Unger, og hav den bedste Fødselsdag - you ever had.
+tusinde kærlige Hilsner til jer alle fra Putte.</t>
   </si>
   <si>
     <t>1889-1890</t>
   </si>
   <si>
     <t>Sverige
 Höör</t>
   </si>
   <si>
     <t>- Gren
 Johanne  Larsen
 Ellen  Sawyer
 - Ström
 Vilhelmine von Sperling
 Emilie Zeuthen
 Ernst Zeuthen
 Laura Zeuthen
 Magda Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Den eller de første sider af brevet mangler. Da der heller ikke er bevaret en kuvert, vides det ikke, hvem brevet er stilet til, men det er formodentlig til Christines mor, Laura Warberg. En del andre nære familiemedlemmer nævnes i brevet.
 Christine Warberg, g. Mackie, var 1889-1890 i huset hos familien Zeuthen på gården Fögdaröd i Höör i Sverige.</t>
   </si>
   <si>
@@ -21847,59 +22468,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CNUr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4wSi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Pev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RriA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xtPc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KUpO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aG2S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qQ8W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tctt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r8iU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/970P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rb7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/INyF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yuBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eig9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SaL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8K8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7j7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fOeIbSMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pfx61W4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0Z69NEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GWjQdCmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c18V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Oz6B6yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OwTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F7S0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vP3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDvB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JUFd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pNaX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CNUr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4wSi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Pev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RriA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xtPc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KUpO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aG2S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qQ8W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tctt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r8iU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/970P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rb7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/INyF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yuBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eig9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SaL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/astS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8K8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7j7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fOeIbSMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pfx61W4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0Z69NEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GWjQdCmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c18V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Oz6B6yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OwTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F7S0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vP3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDvB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlwy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JUFd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pNaX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d00C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M520"/>
+  <dimension ref="A1:M534"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -33690,6254 +34311,6260 @@
       </c>
       <c r="I267" s="5" t="s">
         <v>1857</v>
       </c>
       <c r="J267" s="5" t="s">
         <v>1858</v>
       </c>
       <c r="K267" s="5" t="s">
         <v>1859</v>
       </c>
       <c r="L267" s="6" t="s">
         <v>1860</v>
       </c>
       <c r="M267" s="5" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
         <v>1862</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>269</v>
+        <v>1863</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>571</v>
+        <v>1864</v>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F268" s="5" t="s">
-        <v>1317</v>
+      <c r="F268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>15</v>
+        <v>269</v>
       </c>
       <c r="D269" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="s">
         <v>1317</v>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D270" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="D270" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F270" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F270" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1877</v>
-[...1 lines deleted...]
-      <c r="I270" s="5"/>
+        <v>1879</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1880</v>
+      </c>
       <c r="J270" s="5" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>144</v>
+        <v>571</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1883</v>
-[...3 lines deleted...]
-      </c>
+        <v>1886</v>
+      </c>
+      <c r="I271" s="5"/>
       <c r="J271" s="5" t="s">
-        <v>46</v>
+        <v>1887</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D272" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="J272" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F273" s="5" t="s">
-        <v>1317</v>
+      <c r="F273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1897</v>
+        <v>46</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>1902</v>
+        <v>571</v>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F274" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F274" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>241</v>
+        <v>1904</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1847</v>
+        <v>1911</v>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1909</v>
+        <v>241</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D276" s="5" t="s">
         <v>1847</v>
       </c>
-      <c r="E276" s="5" t="s">
-[...3 lines deleted...]
-        <v>1848</v>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D277" s="5" t="s">
         <v>1847</v>
       </c>
       <c r="E277" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F277" s="5" t="s">
+        <v>1848</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>571</v>
+        <v>15</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>1930</v>
-[...7 lines deleted...]
-        <v>1931</v>
+        <v>1847</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H278" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H278" s="5" t="s">
+        <v>1932</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>15</v>
+        <v>571</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1938</v>
-[...7 lines deleted...]
-        </is>
+        <v>1939</v>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F279" s="5" t="s">
+        <v>1940</v>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="s">
-        <v>1939</v>
+      <c r="H279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>1946</v>
+        <v>15</v>
       </c>
       <c r="D280" s="5" t="s">
         <v>1947</v>
       </c>
-      <c r="E280" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E280" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
         <v>1948</v>
       </c>
-      <c r="I280" s="5"/>
+      <c r="I280" s="5" t="s">
+        <v>1949</v>
+      </c>
       <c r="J280" s="5" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H281" s="5" t="s">
+        <v>1957</v>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="L281" s="6" t="s">
+        <v>1960</v>
+      </c>
+      <c r="M281" s="5" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C282" s="5" t="s">
         <v>1955</v>
       </c>
-      <c r="M281" s="5" t="s">
-[...10 lines deleted...]
-      <c r="C282" s="5" t="s">
+      <c r="D282" s="5" t="s">
         <v>1956</v>
       </c>
-      <c r="D282" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="s">
-        <v>1957</v>
+      <c r="H282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="283">
-      <c r="A283" s="5" t="s">
-        <v>1961</v>
+      <c r="A283" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="284">
-      <c r="A284" s="5" t="n">
-        <v>1916</v>
+      <c r="A284" s="5" t="s">
+        <v>1970</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>1962</v>
+        <v>1971</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="285">
-      <c r="A285" s="5" t="s">
+      <c r="A285" s="5" t="n">
+        <v>1916</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C285" s="5" t="s">
         <v>1971</v>
       </c>
-      <c r="B285" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D285" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>1972</v>
+        <v>1956</v>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1976</v>
+      </c>
+      <c r="I285" s="5"/>
       <c r="J285" s="5" t="s">
-        <v>1975</v>
+        <v>1958</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1962</v>
+        <v>571</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>1947</v>
-[...4 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1981</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="I286" s="5"/>
+        <v>1982</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>1983</v>
+      </c>
       <c r="J286" s="5" t="s">
-        <v>1949</v>
+        <v>1984</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1985</v>
+        <v>1971</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>1986</v>
+        <v>1956</v>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H287" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H287" s="5" t="s">
+        <v>1989</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>41</v>
+        <v>1994</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>144</v>
+        <v>1956</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>541</v>
+        <v>1995</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G288" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I288" s="5"/>
       <c r="J288" s="5" t="s">
-        <v>46</v>
+        <v>1958</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>1998</v>
+        <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>241</v>
-[...4 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>42</v>
+        <v>541</v>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G289" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G289" s="5" t="s">
+        <v>2000</v>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="I289" s="5" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="J289" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>14</v>
+        <v>2007</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>315</v>
-[...7 lines deleted...]
-        </is>
+        <v>241</v>
+      </c>
+      <c r="D290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>2007</v>
+        <v>365</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C291" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="C291" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>1847</v>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G291" s="5" t="s">
-        <v>2012</v>
+      <c r="G291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>365</v>
+        <v>2016</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>1127</v>
+        <v>391</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1864</v>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F292" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>2021</v>
+      </c>
+      <c r="G292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C293" s="5" t="s">
-[...3 lines deleted...]
-        <v>827</v>
+      <c r="C293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G293" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G293" s="5" t="s">
+        <v>2029</v>
       </c>
       <c r="H293" s="5" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="J293" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>14</v>
+        <v>1127</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>1847</v>
-[...4 lines deleted...]
-        </is>
+        <v>2036</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F294" s="5" t="s">
-        <v>1848</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="G294" s="5" t="s">
+        <v>2037</v>
       </c>
       <c r="H294" s="5" t="s">
-        <v>2034</v>
+        <v>2038</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>2037</v>
+        <v>2041</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>1962</v>
+        <v>144</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>1947</v>
+        <v>827</v>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H295" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I295" s="5"/>
+      <c r="H295" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>2046</v>
+      </c>
       <c r="J295" s="5" t="s">
-        <v>1949</v>
+        <v>365</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D296" s="5" t="s">
         <v>1847</v>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F296" s="5" t="s">
+        <v>1848</v>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2051</v>
+        <v>2057</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>571</v>
+        <v>1971</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2052</v>
+        <v>1956</v>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H297" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I297" s="5"/>
       <c r="J297" s="5" t="s">
-        <v>2055</v>
+        <v>1958</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>1962</v>
+        <v>15</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>1947</v>
+        <v>1847</v>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2060</v>
-[...1 lines deleted...]
-      <c r="I298" s="5"/>
+        <v>2062</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>2063</v>
+      </c>
       <c r="J298" s="5" t="s">
-        <v>1949</v>
+        <v>2064</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>41</v>
+        <v>571</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>144</v>
+        <v>269</v>
       </c>
       <c r="E299" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>2069</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>1028</v>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>2065</v>
+        <v>2070</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>1432</v>
+        <v>2072</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2067</v>
+        <v>2073</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>41</v>
+        <v>571</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>42</v>
+        <v>2069</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="I300" s="5"/>
+        <v>2077</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>2078</v>
+      </c>
       <c r="J300" s="5" t="s">
-        <v>46</v>
+        <v>2079</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2072</v>
+        <v>2080</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>15</v>
+        <v>1971</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1847</v>
-[...5 lines deleted...]
-        <v>1848</v>
+        <v>1956</v>
+      </c>
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>2084</v>
+      </c>
+      <c r="I301" s="5"/>
       <c r="J301" s="5" t="s">
-        <v>2078</v>
+        <v>1958</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2080</v>
+        <v>2086</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2082</v>
+        <v>2088</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>2085</v>
+        <v>1432</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>2090</v>
+        <v>41</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2091</v>
-[...3 lines deleted...]
-      </c>
+        <v>2095</v>
+      </c>
+      <c r="I303" s="5"/>
       <c r="J303" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>1342</v>
-[...9 lines deleted...]
-        </is>
+        <v>1847</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>1848</v>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>365</v>
+        <v>2102</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>241</v>
+        <v>571</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>1604</v>
-[...2 lines deleted...]
-        <v>2103</v>
+        <v>269</v>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>1613</v>
+        <v>2109</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>144</v>
+        <v>1847</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-        <v>2110</v>
+        <v>15</v>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G306" s="5" t="s">
-        <v>2111</v>
+      <c r="G306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>2114</v>
+      </c>
+      <c r="I306" s="5"/>
       <c r="J306" s="5" t="s">
-        <v>365</v>
+        <v>2115</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>144</v>
+        <v>2120</v>
       </c>
       <c r="D307" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="J307" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D308" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="J308" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>144</v>
+        <v>241</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>1342</v>
+        <v>1604</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>2110</v>
-[...2 lines deleted...]
-        <v>2129</v>
+        <v>2133</v>
+      </c>
+      <c r="F309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>365</v>
+        <v>1613</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D310" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="E310" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E310" s="5" t="s">
+        <v>2140</v>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="s">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2137</v>
+        <v>41</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="J310" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D311" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
       <c r="J311" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>2149</v>
+        <v>144</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>768</v>
+        <v>1342</v>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2151</v>
+        <v>2154</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>2152</v>
+        <v>365</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D313" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="E313" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E313" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F313" s="5" t="s">
+        <v>2159</v>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>41</v>
+        <v>2160</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="J313" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="314">
-      <c r="A314" s="5" t="n">
-        <v>1919</v>
+      <c r="A314" s="5" t="s">
+        <v>2165</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D314" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="E314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G314" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G314" s="5" t="s">
+        <v>2166</v>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="J314" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D315" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="J315" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>144</v>
+        <v>2179</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>768</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2173</v>
+        <v>2180</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2174</v>
+        <v>2181</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>365</v>
+        <v>2182</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>2179</v>
+        <v>144</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>2180</v>
+        <v>1342</v>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>2181</v>
+        <v>41</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>2182</v>
+        <v>2187</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>2183</v>
+        <v>365</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="318">
-      <c r="A318" s="5" t="s">
-        <v>2187</v>
+      <c r="A318" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D318" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="J318" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1342</v>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1342</v>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1847</v>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>46</v>
+        <v>2211</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>41</v>
+        <v>2216</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>2217</v>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G322" s="5" t="s">
-        <v>2212</v>
+      <c r="G322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>46</v>
+        <v>2220</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1342</v>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G323" s="5" t="s">
-        <v>2219</v>
+      <c r="G323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2220</v>
+        <v>2225</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2221</v>
+        <v>2226</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2222</v>
+        <v>2227</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D324" s="5" t="s">
         <v>144</v>
       </c>
       <c r="E324" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G324" s="5" t="s">
-        <v>2226</v>
+      <c r="G324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2227</v>
+        <v>2231</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>2228</v>
+        <v>2232</v>
       </c>
       <c r="J324" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2229</v>
+        <v>2233</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2230</v>
+        <v>2234</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>144</v>
       </c>
       <c r="E325" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G325" s="5" t="s">
-        <v>2233</v>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2234</v>
+        <v>2237</v>
       </c>
       <c r="I325" s="5" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="J325" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D326" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D326" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E326" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D327" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D327" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E327" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D328" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D328" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E328" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G328" s="5" t="s">
-        <v>2253</v>
-[...4 lines deleted...]
-        </is>
+        <v>2256</v>
+      </c>
+      <c r="H328" s="5" t="s">
+        <v>2257</v>
       </c>
       <c r="I328" s="5" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="J328" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D329" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D329" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E329" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="I329" s="5" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
       <c r="J329" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2263</v>
+        <v>2267</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D330" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D330" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E330" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>827</v>
+        <v>1342</v>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G331" s="5" t="s">
-        <v>2273</v>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2275</v>
+        <v>2278</v>
       </c>
       <c r="J331" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2279</v>
+        <v>2282</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>2280</v>
+        <v>144</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>1946</v>
-[...2 lines deleted...]
-        <v>2281</v>
+        <v>827</v>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G332" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G332" s="5" t="s">
+        <v>2283</v>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>2284</v>
+        <v>365</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>1342</v>
+        <v>827</v>
       </c>
       <c r="E333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G333" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>2289</v>
+      <c r="G333" s="5" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I333" s="5" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="J333" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2288</v>
+        <v>2295</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>1847</v>
-[...10 lines deleted...]
-        </is>
+        <v>827</v>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="s">
+        <v>2296</v>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="I334" s="5" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="J334" s="5" t="s">
-        <v>2297</v>
+        <v>365</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2302</v>
+        <v>827</v>
+      </c>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="s">
         <v>2303</v>
       </c>
       <c r="H335" s="5" t="s">
         <v>2304</v>
       </c>
       <c r="I335" s="5" t="s">
         <v>2305</v>
       </c>
       <c r="J335" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K335" s="5" t="s">
         <v>2306</v>
       </c>
       <c r="L335" s="6" t="s">
         <v>2307</v>
       </c>
       <c r="M335" s="5" t="s">
         <v>2308</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
         <v>2309</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>269</v>
+        <v>827</v>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G336" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G336" s="5" t="s">
+        <v>2310</v>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>2312</v>
+        <v>365</v>
       </c>
       <c r="K336" s="5" t="s">
         <v>2313</v>
       </c>
       <c r="L336" s="6" t="s">
         <v>2314</v>
       </c>
       <c r="M336" s="5" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
         <v>2316</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>198</v>
+        <v>2317</v>
       </c>
       <c r="D337" s="5" t="s">
-        <v>1847</v>
+        <v>1955</v>
       </c>
       <c r="E337" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>2317</v>
+        <v>2318</v>
+      </c>
+      <c r="F337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="I337" s="5" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="J337" s="5" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>144</v>
+        <v>2326</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>2327</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>2328</v>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G338" s="5" t="s">
-        <v>2325</v>
+      <c r="G338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H338" s="5" t="s">
-        <v>2326</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="I338" s="5"/>
       <c r="J338" s="5" t="s">
-        <v>365</v>
+        <v>2329</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>269</v>
+        <v>1342</v>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>2334</v>
+        <v>365</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2338</v>
+        <v>2333</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>14</v>
+        <v>391</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>1342</v>
-[...9 lines deleted...]
-        </is>
+        <v>1847</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>2339</v>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>365</v>
+        <v>2342</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D341" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D341" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E341" s="5" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G341" s="5" t="s">
+        <v>2348</v>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2345</v>
-[...1 lines deleted...]
-      <c r="I341" s="5"/>
+        <v>2349</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>2350</v>
+      </c>
       <c r="J341" s="5" t="s">
-        <v>2183</v>
+        <v>46</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2349</v>
+        <v>2354</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>2180</v>
-[...5 lines deleted...]
-        <v>83</v>
+        <v>269</v>
+      </c>
+      <c r="E342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>2351</v>
+        <v>2356</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>2183</v>
+        <v>2357</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2352</v>
+        <v>2358</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2353</v>
+        <v>2359</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2354</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2355</v>
+        <v>2361</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>144</v>
+        <v>198</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1847</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F343" s="5" t="s">
-        <v>83</v>
+        <v>2362</v>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2356</v>
+        <v>2363</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>2357</v>
+        <v>2364</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>2183</v>
+        <v>2365</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>827</v>
+        <v>1342</v>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="s">
-        <v>2362</v>
+        <v>2370</v>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="J344" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>827</v>
-[...9 lines deleted...]
-        </is>
+        <v>152</v>
+      </c>
+      <c r="E345" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F345" s="5" t="s">
+        <v>2377</v>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2369</v>
+        <v>2378</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2370</v>
+        <v>2379</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2183</v>
+        <v>2380</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2371</v>
+        <v>2381</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2372</v>
+        <v>2382</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2373</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2374</v>
+        <v>2384</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>2180</v>
+        <v>269</v>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F346" s="5" t="s">
-        <v>83</v>
+      <c r="F346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2375</v>
+        <v>2385</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>2376</v>
+        <v>2386</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>2183</v>
+        <v>2387</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2377</v>
+        <v>2388</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2378</v>
+        <v>2389</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2379</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2380</v>
+        <v>2391</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>2180</v>
+        <v>1342</v>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F347" s="5" t="s">
-        <v>83</v>
+      <c r="F347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2381</v>
+        <v>2392</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2382</v>
+        <v>2393</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>2183</v>
+        <v>365</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2383</v>
+        <v>2394</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2384</v>
+        <v>2395</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2385</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>2180</v>
+        <v>2217</v>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="s">
         <v>83</v>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2387</v>
-[...3 lines deleted...]
-      </c>
+        <v>2398</v>
+      </c>
+      <c r="I348" s="5"/>
       <c r="J348" s="5" t="s">
-        <v>2183</v>
+        <v>2220</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2389</v>
+        <v>2399</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2390</v>
+        <v>2400</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>2391</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2392</v>
+        <v>2402</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>827</v>
-[...9 lines deleted...]
-        </is>
+        <v>2217</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F349" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>2393</v>
+        <v>2403</v>
       </c>
       <c r="I349" s="5" t="s">
-        <v>2394</v>
+        <v>2404</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>365</v>
+        <v>2220</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2395</v>
+        <v>2405</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2396</v>
+        <v>2406</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2397</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2398</v>
+        <v>2408</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>198</v>
+        <v>144</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>827</v>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F350" s="5" t="s">
-        <v>2399</v>
+        <v>83</v>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2400</v>
+        <v>2409</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>2401</v>
+        <v>2410</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>2402</v>
+        <v>2220</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2404</v>
+        <v>2412</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2405</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2406</v>
+        <v>2414</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>827</v>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G351" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G351" s="5" t="s">
+        <v>2415</v>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2407</v>
-[...5 lines deleted...]
-        </is>
+        <v>2416</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>2417</v>
+      </c>
+      <c r="J351" s="5" t="s">
+        <v>365</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2408</v>
+        <v>2418</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2409</v>
-[...1 lines deleted...]
-      <c r="M351" s="5"/>
+        <v>2419</v>
+      </c>
+      <c r="M351" s="5" t="s">
+        <v>2420</v>
+      </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2410</v>
+        <v>2421</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>827</v>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2411</v>
-[...5 lines deleted...]
-        </is>
+        <v>2422</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2423</v>
+      </c>
+      <c r="J352" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2408</v>
+        <v>2424</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2412</v>
-[...1 lines deleted...]
-      <c r="M352" s="5"/>
+        <v>2425</v>
+      </c>
+      <c r="M352" s="5" t="s">
+        <v>2426</v>
+      </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2413</v>
+        <v>2427</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>2217</v>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F353" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F353" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H353" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H353" s="5" t="s">
+        <v>2428</v>
+      </c>
+      <c r="I353" s="5" t="s">
+        <v>2429</v>
+      </c>
+      <c r="J353" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2414</v>
+        <v>2430</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2415</v>
-[...1 lines deleted...]
-      <c r="M353" s="5"/>
+        <v>2431</v>
+      </c>
+      <c r="M353" s="5" t="s">
+        <v>2432</v>
+      </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2416</v>
+        <v>2433</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>2217</v>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F354" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F354" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>827</v>
-[...5 lines deleted...]
-        </is>
+        <v>2434</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>2435</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="K354" s="5" t="s">
-        <v>2408</v>
+        <v>2436</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2417</v>
-[...1 lines deleted...]
-      <c r="M354" s="5"/>
+        <v>2437</v>
+      </c>
+      <c r="M354" s="5" t="s">
+        <v>2438</v>
+      </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2418</v>
+        <v>2439</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>2217</v>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F355" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F355" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2180</v>
-[...5 lines deleted...]
-        </is>
+        <v>2440</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>2441</v>
+      </c>
+      <c r="J355" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2419</v>
+        <v>2442</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2420</v>
-[...1 lines deleted...]
-      <c r="M355" s="5"/>
+        <v>2443</v>
+      </c>
+      <c r="M355" s="5" t="s">
+        <v>2444</v>
+      </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2421</v>
+        <v>2445</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>827</v>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2407</v>
-[...5 lines deleted...]
-        </is>
+        <v>2446</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>365</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2419</v>
+        <v>2448</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2422</v>
-[...1 lines deleted...]
-      <c r="M356" s="5"/>
+        <v>2449</v>
+      </c>
+      <c r="M356" s="5" t="s">
+        <v>2450</v>
+      </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2423</v>
+        <v>2451</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>198</v>
+      </c>
+      <c r="D357" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F357" s="5" t="s">
+        <v>2452</v>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2424</v>
-[...5 lines deleted...]
-        </is>
+        <v>2453</v>
+      </c>
+      <c r="I357" s="5" t="s">
+        <v>2454</v>
+      </c>
+      <c r="J357" s="5" t="s">
+        <v>2455</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2419</v>
+        <v>2456</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2425</v>
-[...1 lines deleted...]
-      <c r="M357" s="5"/>
+        <v>2457</v>
+      </c>
+      <c r="M357" s="5" t="s">
+        <v>2458</v>
+      </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2426</v>
+        <v>2459</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>41</v>
+      </c>
+      <c r="D358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F358" s="5" t="s">
-        <v>2427</v>
+      <c r="F358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2428</v>
-[...5 lines deleted...]
-        <v>365</v>
+        <v>2460</v>
+      </c>
+      <c r="I358" s="5"/>
+      <c r="J358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2430</v>
+        <v>2461</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2431</v>
-[...3 lines deleted...]
-      </c>
+        <v>2462</v>
+      </c>
+      <c r="M358" s="5"/>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2433</v>
+        <v>2463</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>41</v>
+      </c>
+      <c r="D359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F359" s="5" t="s">
-[...3 lines deleted...]
-        <v>2434</v>
+      <c r="F359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2435</v>
-[...5 lines deleted...]
-        <v>2437</v>
+        <v>2464</v>
+      </c>
+      <c r="I359" s="5"/>
+      <c r="J359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2438</v>
+        <v>2461</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2439</v>
-[...3 lines deleted...]
-      </c>
+        <v>2465</v>
+      </c>
+      <c r="M359" s="5"/>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2441</v>
+        <v>2466</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>41</v>
+      </c>
+      <c r="D360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H360" s="5" t="s">
-[...6 lines deleted...]
-        <v>365</v>
+      <c r="H360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I360" s="5"/>
+      <c r="J360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2444</v>
+        <v>2467</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2445</v>
-[...3 lines deleted...]
-      </c>
+        <v>2468</v>
+      </c>
+      <c r="M360" s="5"/>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2447</v>
+        <v>2469</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D361" s="5" t="s">
         <v>41</v>
       </c>
+      <c r="D361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2448</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>827</v>
+      </c>
+      <c r="I361" s="5"/>
+      <c r="J361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2450</v>
+        <v>2461</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2451</v>
-[...3 lines deleted...]
-      </c>
+        <v>2470</v>
+      </c>
+      <c r="M361" s="5"/>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D362" s="5" t="s">
         <v>41</v>
       </c>
+      <c r="D362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>2454</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>2217</v>
+      </c>
+      <c r="I362" s="5"/>
+      <c r="J362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2456</v>
+        <v>2472</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2457</v>
-[...3 lines deleted...]
-      </c>
+        <v>2473</v>
+      </c>
+      <c r="M362" s="5"/>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2459</v>
+        <v>2474</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D363" s="5" t="s">
         <v>41</v>
+      </c>
+      <c r="D363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
         <v>2460</v>
       </c>
-      <c r="I363" s="5" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="I363" s="5"/>
+      <c r="J363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K363" s="5" t="s">
-        <v>2462</v>
+        <v>2472</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2463</v>
-[...3 lines deleted...]
-      </c>
+        <v>2475</v>
+      </c>
+      <c r="M363" s="5"/>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>571</v>
-[...8 lines deleted...]
-        <v>1028</v>
+        <v>41</v>
+      </c>
+      <c r="D364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2467</v>
-[...5 lines deleted...]
-        <v>2469</v>
+        <v>2477</v>
+      </c>
+      <c r="I364" s="5"/>
+      <c r="J364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2471</v>
-[...3 lines deleted...]
-      </c>
+        <v>2478</v>
+      </c>
+      <c r="M364" s="5"/>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2473</v>
+        <v>2479</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>1342</v>
       </c>
       <c r="E365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F365" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F365" s="5" t="s">
+        <v>2480</v>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H365" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H365" s="5" t="s">
+        <v>2481</v>
+      </c>
+      <c r="I365" s="5" t="s">
+        <v>2482</v>
+      </c>
+      <c r="J365" s="5" t="s">
+        <v>365</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2474</v>
+        <v>2483</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2475</v>
-[...1 lines deleted...]
-      <c r="M365" s="5"/>
+        <v>2484</v>
+      </c>
+      <c r="M365" s="5" t="s">
+        <v>2485</v>
+      </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2476</v>
+        <v>2486</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>1342</v>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F366" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F366" s="5" t="s">
+        <v>2480</v>
+      </c>
+      <c r="G366" s="5" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H366" s="5" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I366" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="J366" s="5" t="s">
+        <v>2490</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2477</v>
+        <v>2491</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2478</v>
-[...1 lines deleted...]
-      <c r="M366" s="5"/>
+        <v>2492</v>
+      </c>
+      <c r="M366" s="5" t="s">
+        <v>2493</v>
+      </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2479</v>
+        <v>2494</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2480</v>
+        <v>1342</v>
+      </c>
+      <c r="E367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G367" s="5" t="s">
-        <v>2481</v>
+      <c r="G367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H367" s="5" t="s">
-        <v>2482</v>
+        <v>2495</v>
       </c>
       <c r="I367" s="5" t="s">
-        <v>2483</v>
+        <v>2496</v>
       </c>
       <c r="J367" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K367" s="5" t="s">
-        <v>2484</v>
+        <v>2497</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2485</v>
+        <v>2498</v>
       </c>
       <c r="M367" s="5" t="s">
-        <v>2486</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2487</v>
+        <v>2500</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C368" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D368" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D368" s="5" t="s">
-[...3 lines deleted...]
-        <v>2488</v>
+      <c r="E368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G368" s="5" t="s">
-        <v>2489</v>
+      <c r="G368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H368" s="5" t="s">
-        <v>2490</v>
+        <v>2501</v>
       </c>
       <c r="I368" s="5" t="s">
-        <v>2491</v>
+        <v>2502</v>
       </c>
       <c r="J368" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K368" s="5" t="s">
-        <v>2492</v>
+        <v>2503</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2493</v>
+        <v>2504</v>
       </c>
       <c r="M368" s="5" t="s">
-        <v>2494</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2495</v>
+        <v>2506</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C369" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D369" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D369" s="5" t="s">
-[...3 lines deleted...]
-        <v>2496</v>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G369" s="5" t="s">
-        <v>2497</v>
+      <c r="G369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2498</v>
+        <v>2507</v>
       </c>
       <c r="I369" s="5" t="s">
-        <v>2499</v>
+        <v>2508</v>
       </c>
       <c r="J369" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K369" s="5" t="s">
-        <v>2500</v>
+        <v>2509</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2501</v>
+        <v>2510</v>
       </c>
       <c r="M369" s="5" t="s">
-        <v>2502</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2503</v>
+        <v>2512</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D370" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D370" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H370" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H370" s="5" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K370" s="5" t="s">
-        <v>2474</v>
+        <v>2515</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2504</v>
-[...1 lines deleted...]
-      <c r="M370" s="5"/>
+        <v>2516</v>
+      </c>
+      <c r="M370" s="5" t="s">
+        <v>2517</v>
+      </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2505</v>
+        <v>2518</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>571</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>2519</v>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>1028</v>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H371" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H371" s="5" t="s">
+        <v>2520</v>
+      </c>
+      <c r="I371" s="5" t="s">
+        <v>2521</v>
+      </c>
+      <c r="J371" s="5" t="s">
+        <v>2522</v>
       </c>
       <c r="K371" s="5" t="s">
-        <v>2474</v>
+        <v>2523</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2506</v>
-[...1 lines deleted...]
-      <c r="M371" s="5"/>
+        <v>2524</v>
+      </c>
+      <c r="M371" s="5" t="s">
+        <v>2525</v>
+      </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2507</v>
+        <v>2526</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C372" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H372" s="5" t="s">
-        <v>2508</v>
+      <c r="H372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I372" s="5"/>
       <c r="J372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K372" s="5" t="s">
-        <v>2474</v>
+        <v>2527</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2509</v>
+        <v>2528</v>
       </c>
       <c r="M372" s="5"/>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2510</v>
+        <v>2529</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C373" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I373" s="5"/>
       <c r="J373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K373" s="5" t="s">
-        <v>2474</v>
+        <v>2530</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2511</v>
+        <v>2531</v>
       </c>
       <c r="M373" s="5"/>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2512</v>
+        <v>2532</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D374" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D374" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>2533</v>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G374" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G374" s="5" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H374" s="5" t="s">
+        <v>2535</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>2536</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2474</v>
+        <v>2537</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2513</v>
-[...1 lines deleted...]
-      <c r="M374" s="5"/>
+        <v>2538</v>
+      </c>
+      <c r="M374" s="5" t="s">
+        <v>2539</v>
+      </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2514</v>
+        <v>2540</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="E375" s="5" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>2541</v>
+      </c>
+      <c r="F375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G375" s="5" t="s">
+        <v>2542</v>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2515</v>
+        <v>2543</v>
       </c>
       <c r="I375" s="5" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="J375" s="5" t="s">
-        <v>2517</v>
+        <v>46</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>2518</v>
+        <v>2545</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2519</v>
+        <v>2546</v>
       </c>
       <c r="M375" s="5" t="s">
-        <v>2520</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2521</v>
+        <v>2548</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>1571</v>
+        <v>41</v>
       </c>
       <c r="D376" s="5" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>2549</v>
+      </c>
+      <c r="F376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G376" s="5" t="s">
+        <v>2550</v>
       </c>
       <c r="H376" s="5" t="s">
-        <v>2522</v>
+        <v>2551</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>2523</v>
+        <v>2552</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2524</v>
+        <v>2553</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2525</v>
+        <v>2554</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2526</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2527</v>
+        <v>2556</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C377" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D377" s="5" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="D377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G377" s="5" t="s">
-[...9 lines deleted...]
-        <v>46</v>
+      <c r="G377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I377" s="5"/>
+      <c r="J377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2532</v>
-[...3 lines deleted...]
-      </c>
+        <v>2557</v>
+      </c>
+      <c r="M377" s="5"/>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2534</v>
+        <v>2558</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C378" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I378" s="5"/>
       <c r="J378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K378" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K378" s="5" t="s">
+        <v>2527</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2535</v>
+        <v>2559</v>
       </c>
       <c r="M378" s="5"/>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2536</v>
+        <v>2560</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C379" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H379" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H379" s="5" t="s">
+        <v>2561</v>
       </c>
       <c r="I379" s="5"/>
       <c r="J379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K379" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K379" s="5" t="s">
+        <v>2527</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2537</v>
+        <v>2562</v>
       </c>
       <c r="M379" s="5"/>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2538</v>
+        <v>2563</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I380" s="5"/>
       <c r="J380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K380" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K380" s="5" t="s">
+        <v>2527</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2539</v>
+        <v>2564</v>
       </c>
       <c r="M380" s="5"/>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2540</v>
+        <v>2565</v>
       </c>
       <c r="B381" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K381" s="5" t="s">
-        <v>2541</v>
+        <v>2527</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2542</v>
+        <v>2566</v>
       </c>
       <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2543</v>
+        <v>2567</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>2544</v>
+        <v>571</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>1847</v>
+        <v>134</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>42</v>
-[...7 lines deleted...]
-        <v>2545</v>
+        <v>43</v>
+      </c>
+      <c r="F382" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2546</v>
+        <v>2568</v>
       </c>
       <c r="I382" s="5" t="s">
-        <v>2547</v>
+        <v>2569</v>
       </c>
       <c r="J382" s="5" t="s">
-        <v>2548</v>
+        <v>2570</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2549</v>
+        <v>2571</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2550</v>
+        <v>2572</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>2551</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2552</v>
+        <v>2574</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>144</v>
+        <v>1571</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>827</v>
-[...12 lines deleted...]
-        <v>2553</v>
+        <v>134</v>
+      </c>
+      <c r="E383" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F383" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H383" s="5" t="s">
-        <v>2554</v>
+        <v>2575</v>
       </c>
       <c r="I383" s="5" t="s">
-        <v>2555</v>
+        <v>2576</v>
       </c>
       <c r="J383" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2556</v>
+        <v>2577</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2557</v>
+        <v>2578</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>2558</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2559</v>
+        <v>2580</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1604</v>
+      </c>
+      <c r="E384" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="s">
-        <v>2560</v>
+        <v>2581</v>
       </c>
       <c r="H384" s="5" t="s">
-        <v>2561</v>
+        <v>2582</v>
       </c>
       <c r="I384" s="5" t="s">
-        <v>2562</v>
+        <v>2583</v>
       </c>
       <c r="J384" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K384" s="5" t="s">
-        <v>2563</v>
+        <v>2584</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2564</v>
+        <v>2585</v>
       </c>
       <c r="M384" s="5" t="s">
-        <v>2565</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2566</v>
+        <v>2587</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C385" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>41</v>
+      </c>
+      <c r="D385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H385" s="5" t="s">
-[...9 lines deleted...]
-        <v>2569</v>
+      <c r="H385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I385" s="5"/>
+      <c r="J385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2570</v>
-[...3 lines deleted...]
-      </c>
+        <v>2588</v>
+      </c>
+      <c r="M385" s="5"/>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2572</v>
+        <v>2589</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2573</v>
+        <v>2590</v>
       </c>
       <c r="M386" s="5"/>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2574</v>
+        <v>2591</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>2544</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G387" s="5" t="s">
-[...12 lines deleted...]
-        <v>2577</v>
+      <c r="G387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I387" s="5"/>
+      <c r="J387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2578</v>
-[...3 lines deleted...]
-      </c>
+        <v>2592</v>
+      </c>
+      <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2580</v>
+        <v>2593</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>2544</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G388" s="5" t="s">
-[...3 lines deleted...]
-        <v>2581</v>
+      <c r="G388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I388" s="5"/>
-      <c r="J388" s="5" t="s">
-        <v>2548</v>
+      <c r="J388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2582</v>
+        <v>2594</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2583</v>
-[...3 lines deleted...]
-      </c>
+        <v>2595</v>
+      </c>
+      <c r="M388" s="5"/>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2585</v>
+        <v>2596</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>41</v>
+        <v>2597</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>144</v>
+        <v>1847</v>
       </c>
       <c r="E389" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="s">
-        <v>2586</v>
+        <v>2598</v>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2587</v>
+        <v>2599</v>
       </c>
       <c r="I389" s="5" t="s">
-        <v>2588</v>
+        <v>2600</v>
       </c>
       <c r="J389" s="5" t="s">
-        <v>46</v>
+        <v>2601</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2589</v>
+        <v>2602</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2590</v>
+        <v>2603</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>2591</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2592</v>
+        <v>2605</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>2544</v>
+        <v>144</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>827</v>
+      </c>
+      <c r="E390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="s">
-        <v>2545</v>
+        <v>2606</v>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2593</v>
-[...1 lines deleted...]
-      <c r="I390" s="5"/>
+        <v>2607</v>
+      </c>
+      <c r="I390" s="5" t="s">
+        <v>2608</v>
+      </c>
       <c r="J390" s="5" t="s">
-        <v>2548</v>
+        <v>365</v>
       </c>
       <c r="K390" s="5" t="s">
-        <v>2594</v>
+        <v>2609</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2595</v>
+        <v>2610</v>
       </c>
       <c r="M390" s="5" t="s">
-        <v>2596</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2597</v>
+        <v>2612</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>41</v>
+        <v>827</v>
       </c>
       <c r="E391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G391" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G391" s="5" t="s">
+        <v>2613</v>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2598</v>
+        <v>2614</v>
       </c>
       <c r="I391" s="5" t="s">
-        <v>2599</v>
+        <v>2615</v>
       </c>
       <c r="J391" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2600</v>
+        <v>2616</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2601</v>
+        <v>2617</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2602</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2603</v>
+        <v>2619</v>
       </c>
       <c r="B392" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="D392" s="5" t="s">
+        <v>827</v>
       </c>
       <c r="E392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H392" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H392" s="5" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I392" s="5" t="s">
+        <v>2621</v>
+      </c>
+      <c r="J392" s="5" t="s">
+        <v>365</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2604</v>
+        <v>2622</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2605</v>
-[...1 lines deleted...]
-      <c r="M392" s="5"/>
+        <v>2623</v>
+      </c>
+      <c r="M392" s="5" t="s">
+        <v>2624</v>
+      </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2606</v>
+        <v>2625</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C393" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I393" s="5"/>
       <c r="J393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K393" s="5" t="s">
-        <v>2604</v>
+      <c r="K393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="M393" s="5"/>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2608</v>
+        <v>2627</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>41</v>
-[...9 lines deleted...]
-        </is>
+        <v>2597</v>
+      </c>
+      <c r="D394" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G394" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G394" s="5" t="s">
+        <v>2598</v>
+      </c>
+      <c r="H394" s="5" t="s">
+        <v>2628</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>2629</v>
+      </c>
+      <c r="J394" s="5" t="s">
+        <v>2601</v>
       </c>
       <c r="K394" s="5" t="s">
-        <v>2604</v>
+        <v>2630</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2609</v>
-[...1 lines deleted...]
-      <c r="M394" s="5"/>
+        <v>2631</v>
+      </c>
+      <c r="M394" s="5" t="s">
+        <v>2632</v>
+      </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2610</v>
+        <v>2633</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>2544</v>
+        <v>2597</v>
       </c>
       <c r="D395" s="5" t="s">
         <v>1847</v>
       </c>
       <c r="E395" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="s">
-        <v>2611</v>
+        <v>2598</v>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2612</v>
-[...3 lines deleted...]
-      </c>
+        <v>2634</v>
+      </c>
+      <c r="I395" s="5"/>
       <c r="J395" s="5" t="s">
-        <v>2548</v>
+        <v>2601</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2614</v>
+        <v>2635</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2615</v>
+        <v>2636</v>
       </c>
       <c r="M395" s="5" t="s">
-        <v>2616</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2617</v>
+        <v>2638</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
-        <v>2544</v>
+        <v>41</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>1847</v>
+        <v>144</v>
       </c>
       <c r="E396" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="s">
-        <v>2545</v>
+        <v>2639</v>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2618</v>
-[...1 lines deleted...]
-      <c r="I396" s="5"/>
+        <v>2640</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>2641</v>
+      </c>
       <c r="J396" s="5" t="s">
-        <v>2548</v>
+        <v>46</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2619</v>
+        <v>2642</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2620</v>
+        <v>2643</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>2621</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2622</v>
+        <v>2645</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
-        <v>144</v>
+        <v>2597</v>
       </c>
       <c r="D397" s="5" t="s">
-        <v>827</v>
+        <v>1847</v>
       </c>
       <c r="E397" s="5" t="s">
-        <v>2623</v>
+        <v>42</v>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="s">
-        <v>2624</v>
+        <v>2598</v>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2625</v>
-[...3 lines deleted...]
-      </c>
+        <v>2646</v>
+      </c>
+      <c r="I397" s="5"/>
       <c r="J397" s="5" t="s">
-        <v>365</v>
+        <v>2601</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2627</v>
+        <v>2647</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2628</v>
+        <v>2648</v>
       </c>
       <c r="M397" s="5" t="s">
-        <v>2629</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2630</v>
+        <v>2650</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D398" s="5" t="s">
-        <v>827</v>
+        <v>41</v>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2631</v>
+        <v>2651</v>
       </c>
       <c r="I398" s="5" t="s">
-        <v>2632</v>
+        <v>2652</v>
       </c>
       <c r="J398" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2633</v>
+        <v>2653</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2634</v>
+        <v>2654</v>
       </c>
       <c r="M398" s="5" t="s">
-        <v>2635</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2636</v>
+        <v>2656</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>2180</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>41</v>
+      </c>
+      <c r="D399" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G399" s="5" t="s">
-[...9 lines deleted...]
-        <v>365</v>
+      <c r="G399" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H399" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I399" s="5"/>
+      <c r="J399" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2640</v>
+        <v>2657</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2641</v>
-[...3 lines deleted...]
-      </c>
+        <v>2658</v>
+      </c>
+      <c r="M399" s="5"/>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2643</v>
+        <v>2659</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>41</v>
+      </c>
+      <c r="D400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G400" s="5" t="s">
-[...9 lines deleted...]
-        <v>365</v>
+      <c r="G400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I400" s="5"/>
+      <c r="J400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2647</v>
+        <v>2657</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2648</v>
-[...3 lines deleted...]
-      </c>
+        <v>2660</v>
+      </c>
+      <c r="M400" s="5"/>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2650</v>
+        <v>2661</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C401" s="5" t="s">
-        <v>2651</v>
-[...1 lines deleted...]
-      <c r="D401" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E401" s="5" t="s">
-[...15 lines deleted...]
-        <v>2656</v>
+      <c r="D401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I401" s="5"/>
+      <c r="J401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K401" s="5" t="s">
         <v>2657</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2658</v>
-[...3 lines deleted...]
-      </c>
+        <v>2662</v>
+      </c>
+      <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2660</v>
+        <v>2663</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>198</v>
+        <v>2597</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>144</v>
+        <v>1847</v>
       </c>
       <c r="E402" s="5" t="s">
-        <v>2661</v>
-[...2 lines deleted...]
-        <v>2662</v>
+        <v>42</v>
+      </c>
+      <c r="F402" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G402" s="5" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2663</v>
+        <v>2665</v>
       </c>
       <c r="I402" s="5" t="s">
-        <v>2664</v>
+        <v>2666</v>
       </c>
       <c r="J402" s="5" t="s">
-        <v>365</v>
+        <v>2601</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2665</v>
+        <v>2667</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2667</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2668</v>
+        <v>2670</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>144</v>
+        <v>2597</v>
       </c>
       <c r="D403" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1847</v>
+      </c>
+      <c r="E403" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="s">
-        <v>2669</v>
+        <v>2598</v>
       </c>
       <c r="H403" s="5" t="s">
-        <v>2670</v>
-[...1 lines deleted...]
-      <c r="I403" s="5" t="s">
         <v>2671</v>
       </c>
+      <c r="I403" s="5"/>
       <c r="J403" s="5" t="s">
-        <v>365</v>
+        <v>2601</v>
       </c>
       <c r="K403" s="5" t="s">
         <v>2672</v>
       </c>
       <c r="L403" s="6" t="s">
         <v>2673</v>
       </c>
       <c r="M403" s="5" t="s">
         <v>2674</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
         <v>2675</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D404" s="5" t="s">
-        <v>144</v>
+        <v>827</v>
       </c>
       <c r="E404" s="5" t="s">
         <v>2676</v>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="s">
         <v>2677</v>
       </c>
       <c r="H404" s="5" t="s">
         <v>2678</v>
       </c>
       <c r="I404" s="5" t="s">
         <v>2679</v>
       </c>
       <c r="J404" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K404" s="5" t="s">
         <v>2680</v>
       </c>
       <c r="L404" s="6" t="s">
@@ -39948,5193 +40575,5825 @@
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
         <v>2683</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D405" s="5" t="s">
         <v>827</v>
       </c>
       <c r="E405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G405" s="5" t="s">
+      <c r="G405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H405" s="5" t="s">
         <v>2684</v>
       </c>
-      <c r="H405" s="5" t="s">
+      <c r="I405" s="5" t="s">
         <v>2685</v>
-      </c>
-[...1 lines deleted...]
-        <v>2686</v>
       </c>
       <c r="J405" s="5" t="s">
         <v>365</v>
       </c>
       <c r="K405" s="5" t="s">
+        <v>2686</v>
+      </c>
+      <c r="L405" s="6" t="s">
         <v>2687</v>
       </c>
-      <c r="L405" s="6" t="s">
+      <c r="M405" s="5" t="s">
         <v>2688</v>
-      </c>
-[...1 lines deleted...]
-        <v>2689</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C406" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D406" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G406" s="5" t="s">
         <v>2690</v>
       </c>
-      <c r="B406" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C406" s="5" t="s">
+      <c r="H406" s="5" t="s">
         <v>2691</v>
       </c>
-      <c r="D406" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H406" s="5" t="s">
+      <c r="I406" s="5" t="s">
         <v>2692</v>
       </c>
-      <c r="I406" s="5" t="s">
+      <c r="J406" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K406" s="5" t="s">
         <v>2693</v>
       </c>
-      <c r="J406" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K406" s="5" t="s">
+      <c r="L406" s="6" t="s">
         <v>2694</v>
       </c>
-      <c r="L406" s="6" t="s">
+      <c r="M406" s="5" t="s">
         <v>2695</v>
-      </c>
-[...1 lines deleted...]
-        <v>2696</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B407" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C407" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D407" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G407" s="5" t="s">
         <v>2697</v>
-      </c>
-[...24 lines deleted...]
-        </is>
       </c>
       <c r="H407" s="5" t="s">
         <v>2698</v>
       </c>
-      <c r="I407" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I407" s="5" t="s">
+        <v>2699</v>
+      </c>
+      <c r="J407" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K407" s="5" t="s">
+        <v>2700</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2699</v>
-[...1 lines deleted...]
-      <c r="M407" s="5"/>
+        <v>2701</v>
+      </c>
+      <c r="M407" s="5" t="s">
+        <v>2702</v>
+      </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2700</v>
+        <v>2703</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C408" s="5" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D408" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D408" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="E408" s="5" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F408" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G408" s="5" t="s">
+        <v>2706</v>
       </c>
       <c r="H408" s="5" t="s">
-        <v>2701</v>
-[...10 lines deleted...]
-        </is>
+        <v>2707</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>2708</v>
+      </c>
+      <c r="J408" s="5" t="s">
+        <v>2709</v>
+      </c>
+      <c r="K408" s="5" t="s">
+        <v>2710</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2702</v>
-[...1 lines deleted...]
-      <c r="M408" s="5"/>
+        <v>2711</v>
+      </c>
+      <c r="M408" s="5" t="s">
+        <v>2712</v>
+      </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2703</v>
+        <v>2713</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>41</v>
-[...19 lines deleted...]
-        </is>
+        <v>198</v>
+      </c>
+      <c r="D409" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F409" s="5" t="s">
+        <v>2715</v>
+      </c>
+      <c r="G409" s="5" t="s">
+        <v>2714</v>
       </c>
       <c r="H409" s="5" t="s">
-        <v>2704</v>
-[...10 lines deleted...]
-        </is>
+        <v>2716</v>
+      </c>
+      <c r="I409" s="5" t="s">
+        <v>2717</v>
+      </c>
+      <c r="J409" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K409" s="5" t="s">
+        <v>2718</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2705</v>
-[...1 lines deleted...]
-      <c r="M409" s="5"/>
+        <v>2719</v>
+      </c>
+      <c r="M409" s="5" t="s">
+        <v>2720</v>
+      </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2706</v>
+        <v>2721</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D410" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="E410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G410" s="5" t="s">
+        <v>2722</v>
+      </c>
+      <c r="H410" s="5" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I410" s="5" t="s">
+        <v>2724</v>
+      </c>
+      <c r="J410" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K410" s="5" t="s">
+        <v>2725</v>
+      </c>
+      <c r="L410" s="6" t="s">
+        <v>2726</v>
+      </c>
+      <c r="M410" s="5" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="5" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B411" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C411" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E410" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C411" s="5" t="s">
+      <c r="D411" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D411" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E411" s="5" t="s">
-        <v>43</v>
+        <v>2729</v>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G411" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G411" s="5" t="s">
+        <v>2730</v>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2714</v>
+        <v>2731</v>
       </c>
       <c r="I411" s="5" t="s">
-        <v>2715</v>
+        <v>2732</v>
       </c>
       <c r="J411" s="5" t="s">
-        <v>46</v>
+        <v>365</v>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2716</v>
+        <v>2733</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2717</v>
+        <v>2734</v>
       </c>
       <c r="M411" s="5" t="s">
-        <v>2718</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2719</v>
+        <v>2736</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>571</v>
+        <v>144</v>
       </c>
       <c r="D412" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>1028</v>
+        <v>827</v>
+      </c>
+      <c r="E412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G412" s="5" t="s">
-        <v>2721</v>
+        <v>2737</v>
       </c>
       <c r="H412" s="5" t="s">
-        <v>2722</v>
+        <v>2738</v>
       </c>
       <c r="I412" s="5" t="s">
-        <v>2723</v>
+        <v>2739</v>
       </c>
       <c r="J412" s="5" t="s">
-        <v>2724</v>
+        <v>365</v>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2725</v>
+        <v>2740</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2726</v>
+        <v>2741</v>
       </c>
       <c r="M412" s="5" t="s">
-        <v>2727</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2728</v>
+        <v>2743</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
-        <v>1363</v>
+        <v>2744</v>
       </c>
       <c r="D413" s="5" t="s">
-        <v>827</v>
+        <v>144</v>
       </c>
       <c r="E413" s="5" t="s">
-        <v>541</v>
-[...5 lines deleted...]
-        <v>2729</v>
+        <v>2452</v>
+      </c>
+      <c r="F413" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G413" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H413" s="5" t="s">
-        <v>2730</v>
+        <v>2745</v>
       </c>
       <c r="I413" s="5" t="s">
-        <v>2731</v>
+        <v>2746</v>
       </c>
       <c r="J413" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2732</v>
+        <v>2747</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2733</v>
+        <v>2748</v>
       </c>
       <c r="M413" s="5" t="s">
-        <v>2734</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2735</v>
+        <v>2750</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>198</v>
-[...8 lines deleted...]
-        <v>2736</v>
+        <v>41</v>
+      </c>
+      <c r="D414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H414" s="5" t="s">
-        <v>2737</v>
-[...8 lines deleted...]
-        <v>2740</v>
+        <v>2751</v>
+      </c>
+      <c r="I414" s="5"/>
+      <c r="J414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2741</v>
-[...3 lines deleted...]
-      </c>
+        <v>2752</v>
+      </c>
+      <c r="M414" s="5"/>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2743</v>
+        <v>2753</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C415" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>41</v>
+      </c>
+      <c r="D415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H415" s="5" t="s">
-        <v>2744</v>
-[...8 lines deleted...]
-        <v>2746</v>
+        <v>2754</v>
+      </c>
+      <c r="I415" s="5"/>
+      <c r="J415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2747</v>
-[...3 lines deleted...]
-      </c>
+        <v>2755</v>
+      </c>
+      <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2749</v>
+        <v>2756</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C416" s="5" t="s">
-        <v>250</v>
-[...8 lines deleted...]
-        <v>2750</v>
+        <v>41</v>
+      </c>
+      <c r="D416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2751</v>
-[...8 lines deleted...]
-        <v>2754</v>
+        <v>2757</v>
+      </c>
+      <c r="I416" s="5"/>
+      <c r="J416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2755</v>
-[...3 lines deleted...]
-      </c>
+        <v>2758</v>
+      </c>
+      <c r="M416" s="5"/>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D417" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D417" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F417" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F417" s="5" t="s">
+        <v>2760</v>
+      </c>
+      <c r="G417" s="5" t="s">
+        <v>2761</v>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2758</v>
-[...5 lines deleted...]
-        </is>
+        <v>2762</v>
+      </c>
+      <c r="I417" s="5" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J417" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2759</v>
+        <v>2764</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2760</v>
-[...1 lines deleted...]
-      <c r="M417" s="5"/>
+        <v>2765</v>
+      </c>
+      <c r="M417" s="5" t="s">
+        <v>2766</v>
+      </c>
     </row>
     <row r="418">
-      <c r="A418" s="5" t="s">
-        <v>2761</v>
+      <c r="A418" s="5" t="n">
+        <v>1926</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C418" s="5" t="s">
-        <v>269</v>
+        <v>144</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="E418" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>2762</v>
+        <v>43</v>
+      </c>
+      <c r="F418" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>2763</v>
-[...1 lines deleted...]
-      <c r="I418" s="5"/>
+        <v>2767</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>2768</v>
+      </c>
       <c r="J418" s="5" t="s">
-        <v>2764</v>
+        <v>46</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="M418" s="5" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C419" s="5" t="s">
-        <v>41</v>
-[...30 lines deleted...]
-        </is>
+        <v>571</v>
+      </c>
+      <c r="D419" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E419" s="5" t="s">
+        <v>2773</v>
+      </c>
+      <c r="F419" s="5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G419" s="5" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H419" s="5" t="s">
+        <v>2775</v>
+      </c>
+      <c r="I419" s="5" t="s">
+        <v>2776</v>
+      </c>
+      <c r="J419" s="5" t="s">
+        <v>2777</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2769</v>
+        <v>2778</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2770</v>
-[...1 lines deleted...]
-      <c r="M419" s="5"/>
+        <v>2779</v>
+      </c>
+      <c r="M419" s="5" t="s">
+        <v>2780</v>
+      </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2771</v>
+        <v>2781</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C420" s="5" t="s">
-        <v>144</v>
+        <v>198</v>
       </c>
       <c r="D420" s="5" t="s">
-        <v>41</v>
+        <v>1847</v>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F420" s="5" t="s">
-[...3 lines deleted...]
-        <v>2773</v>
+      <c r="F420" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G420" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2774</v>
+        <v>2782</v>
       </c>
       <c r="I420" s="5" t="s">
-        <v>2775</v>
+        <v>2783</v>
       </c>
       <c r="J420" s="5" t="s">
-        <v>46</v>
+        <v>2784</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2776</v>
+        <v>2785</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2777</v>
+        <v>2786</v>
       </c>
       <c r="M420" s="5" t="s">
-        <v>2778</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2779</v>
+        <v>2788</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>41</v>
-[...19 lines deleted...]
-        </is>
+        <v>1363</v>
+      </c>
+      <c r="D421" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="E421" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="F421" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G421" s="5" t="s">
+        <v>2789</v>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2780</v>
-[...5 lines deleted...]
-        </is>
+        <v>2790</v>
+      </c>
+      <c r="I421" s="5" t="s">
+        <v>2791</v>
+      </c>
+      <c r="J421" s="5" t="s">
+        <v>365</v>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2769</v>
+        <v>2792</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2781</v>
-[...1 lines deleted...]
-      <c r="M421" s="5"/>
+        <v>2793</v>
+      </c>
+      <c r="M421" s="5" t="s">
+        <v>2794</v>
+      </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2782</v>
+        <v>2795</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C422" s="5" t="s">
-        <v>269</v>
+        <v>198</v>
       </c>
       <c r="D422" s="5" t="s">
-        <v>571</v>
+        <v>1847</v>
       </c>
       <c r="E422" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F422" s="5" t="s">
-        <v>2783</v>
+        <v>2796</v>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2784</v>
+        <v>2797</v>
       </c>
       <c r="I422" s="5" t="s">
-        <v>2785</v>
+        <v>2798</v>
       </c>
       <c r="J422" s="5" t="s">
-        <v>2786</v>
+        <v>2799</v>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2787</v>
+        <v>2800</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2788</v>
+        <v>2801</v>
       </c>
       <c r="M422" s="5" t="s">
-        <v>2789</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2790</v>
+        <v>2803</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C423" s="5" t="s">
-        <v>571</v>
+        <v>144</v>
       </c>
       <c r="D423" s="5" t="s">
-        <v>250</v>
+        <v>827</v>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="s">
-        <v>2791</v>
+        <v>2804</v>
       </c>
       <c r="I423" s="5" t="s">
-        <v>2792</v>
+        <v>2805</v>
       </c>
       <c r="J423" s="5" t="s">
-        <v>2793</v>
+        <v>365</v>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2795</v>
+        <v>2807</v>
       </c>
       <c r="M423" s="5" t="s">
-        <v>2796</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C424" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>250</v>
+      </c>
+      <c r="D424" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E424" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F424" s="5" t="s">
+        <v>2810</v>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
-        <v>2798</v>
-[...5 lines deleted...]
-        </is>
+        <v>2811</v>
+      </c>
+      <c r="I424" s="5" t="s">
+        <v>2812</v>
+      </c>
+      <c r="J424" s="5" t="s">
+        <v>2813</v>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2799</v>
+        <v>2814</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2800</v>
-[...1 lines deleted...]
-      <c r="M424" s="5"/>
+        <v>2815</v>
+      </c>
+      <c r="M424" s="5" t="s">
+        <v>2816</v>
+      </c>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2801</v>
+        <v>2817</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>2802</v>
+        <v>41</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2802</v>
+        <v>2818</v>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2803</v>
+        <v>2819</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2804</v>
+        <v>2820</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2805</v>
+        <v>2821</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C426" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D426" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="D426" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E426" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F426" s="5" t="s">
-        <v>42</v>
+        <v>2822</v>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="s">
-        <v>2806</v>
-[...3 lines deleted...]
-      </c>
+        <v>2823</v>
+      </c>
+      <c r="I426" s="5"/>
       <c r="J426" s="5" t="s">
-        <v>2808</v>
+        <v>2824</v>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2809</v>
+        <v>2825</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2810</v>
+        <v>2826</v>
       </c>
       <c r="M426" s="5" t="s">
-        <v>2811</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2812</v>
+        <v>2828</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C427" s="5" t="s">
-        <v>571</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H427" s="5" t="s">
-[...6 lines deleted...]
-        <v>2815</v>
+      <c r="H427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I427" s="5"/>
+      <c r="J427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2816</v>
+        <v>2829</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2817</v>
-[...3 lines deleted...]
-      </c>
+        <v>2830</v>
+      </c>
+      <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2812</v>
+        <v>2831</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>571</v>
+        <v>144</v>
       </c>
       <c r="D428" s="5" t="s">
-        <v>250</v>
+        <v>41</v>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F428" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F428" s="5" t="s">
+        <v>2832</v>
+      </c>
+      <c r="G428" s="5" t="s">
+        <v>2833</v>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2819</v>
+        <v>2834</v>
       </c>
       <c r="I428" s="5" t="s">
-        <v>2820</v>
+        <v>2835</v>
       </c>
       <c r="J428" s="5" t="s">
-        <v>2815</v>
+        <v>46</v>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2821</v>
+        <v>2836</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2822</v>
+        <v>2837</v>
       </c>
       <c r="M428" s="5" t="s">
-        <v>2823</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2824</v>
+        <v>2839</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C429" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>2825</v>
+        <v>41</v>
+      </c>
+      <c r="D429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H429" s="5" t="s">
-        <v>2826</v>
-[...5 lines deleted...]
-        <v>2828</v>
+        <v>2840</v>
+      </c>
+      <c r="I429" s="5"/>
+      <c r="J429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K429" s="5" t="s">
         <v>2829</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2830</v>
-[...3 lines deleted...]
-      </c>
+        <v>2841</v>
+      </c>
+      <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2832</v>
+        <v>2842</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>2833</v>
+        <v>269</v>
       </c>
       <c r="D430" s="5" t="s">
-        <v>2834</v>
+        <v>571</v>
       </c>
       <c r="E430" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F430" s="5" t="s">
+        <v>2843</v>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="s">
-        <v>2835</v>
+        <v>2844</v>
       </c>
       <c r="I430" s="5" t="s">
-        <v>2836</v>
+        <v>2845</v>
       </c>
       <c r="J430" s="5" t="s">
-        <v>2837</v>
+        <v>2846</v>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2838</v>
+        <v>2847</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2839</v>
+        <v>2848</v>
       </c>
       <c r="M430" s="5" t="s">
-        <v>2840</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2841</v>
+        <v>2850</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>241</v>
+        <v>571</v>
       </c>
       <c r="D431" s="5" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>2103</v>
+        <v>250</v>
+      </c>
+      <c r="E431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H431" s="5" t="s">
-        <v>2842</v>
+        <v>2851</v>
       </c>
       <c r="I431" s="5" t="s">
-        <v>2843</v>
+        <v>2852</v>
       </c>
       <c r="J431" s="5" t="s">
-        <v>46</v>
+        <v>2853</v>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2844</v>
+        <v>2854</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2845</v>
+        <v>2855</v>
       </c>
       <c r="M431" s="5" t="s">
-        <v>2846</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2847</v>
+        <v>2857</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>1847</v>
+        <v>41</v>
+      </c>
+      <c r="D432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2848</v>
-[...5 lines deleted...]
-        <v>2850</v>
+        <v>2858</v>
+      </c>
+      <c r="I432" s="5"/>
+      <c r="J432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2851</v>
+        <v>2859</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2852</v>
-[...3 lines deleted...]
-      </c>
+        <v>2860</v>
+      </c>
+      <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>14</v>
+        <v>1020</v>
       </c>
       <c r="C433" s="5" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>1847</v>
+        <v>2862</v>
+      </c>
+      <c r="D433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H433" s="5" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
       <c r="I433" s="5"/>
-      <c r="J433" s="5" t="s">
-        <v>2856</v>
+      <c r="J433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2857</v>
+        <v>2863</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2858</v>
-[...3 lines deleted...]
-      </c>
+        <v>2864</v>
+      </c>
+      <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2860</v>
+        <v>2865</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>198</v>
+        <v>571</v>
       </c>
       <c r="D434" s="5" t="s">
-        <v>1847</v>
-[...9 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E434" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F434" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="s">
-        <v>2861</v>
+        <v>2866</v>
       </c>
       <c r="I434" s="5" t="s">
-        <v>2862</v>
+        <v>2867</v>
       </c>
       <c r="J434" s="5" t="s">
-        <v>2863</v>
+        <v>2868</v>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2864</v>
+        <v>2869</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2865</v>
+        <v>2870</v>
       </c>
       <c r="M434" s="5" t="s">
-        <v>2866</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2867</v>
+        <v>2872</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C435" s="5" t="s">
-        <v>1946</v>
+        <v>571</v>
       </c>
       <c r="D435" s="5" t="s">
-        <v>2180</v>
-[...4 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E435" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F435" s="5" t="s">
-        <v>2868</v>
+        <v>42</v>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
       <c r="I435" s="5" t="s">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="J435" s="5" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="M435" s="5" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B436" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C436" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D436" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="E436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H436" s="5" t="s">
+        <v>2879</v>
+      </c>
+      <c r="I436" s="5" t="s">
+        <v>2880</v>
+      </c>
+      <c r="J436" s="5" t="s">
         <v>2875</v>
-      </c>
-[...29 lines deleted...]
-        <v>2880</v>
       </c>
       <c r="K436" s="5" t="s">
         <v>2881</v>
       </c>
       <c r="L436" s="6" t="s">
         <v>2882</v>
       </c>
       <c r="M436" s="5" t="s">
         <v>2883</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
         <v>2884</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>134</v>
+        <v>269</v>
       </c>
       <c r="D437" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E437" s="5" t="s">
         <v>2885</v>
       </c>
-      <c r="E437" s="5" t="s">
+      <c r="F437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H437" s="5" t="s">
         <v>2886</v>
       </c>
-      <c r="F437" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H437" s="5" t="s">
+      <c r="I437" s="5" t="s">
         <v>2887</v>
       </c>
-      <c r="I437" s="5"/>
       <c r="J437" s="5" t="s">
-        <v>2828</v>
+        <v>2888</v>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="M437" s="5" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>241</v>
+        <v>2893</v>
       </c>
       <c r="D438" s="5" t="s">
-        <v>1610</v>
+        <v>2894</v>
       </c>
       <c r="E438" s="5" t="s">
-        <v>2103</v>
+        <v>43</v>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
       <c r="I438" s="5" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="J438" s="5" t="s">
-        <v>1613</v>
+        <v>2897</v>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
       <c r="M438" s="5" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>827</v>
+        <v>241</v>
       </c>
       <c r="D439" s="5" t="s">
-        <v>2180</v>
-[...4 lines deleted...]
-        </is>
+        <v>1610</v>
+      </c>
+      <c r="E439" s="5" t="s">
+        <v>2133</v>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
       <c r="I439" s="5" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="J439" s="5" t="s">
-        <v>2871</v>
+        <v>46</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
       <c r="M439" s="5" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
       <c r="B440" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>1962</v>
+        <v>198</v>
       </c>
       <c r="D440" s="5" t="s">
-        <v>1946</v>
+        <v>1847</v>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
       <c r="I440" s="5" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
       <c r="J440" s="5" t="s">
-        <v>2871</v>
+        <v>2910</v>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2906</v>
+        <v>2911</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2907</v>
+        <v>2912</v>
       </c>
       <c r="M440" s="5" t="s">
-        <v>2908</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2909</v>
+        <v>2914</v>
       </c>
       <c r="B441" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>571</v>
+        <v>198</v>
       </c>
       <c r="D441" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>2911</v>
+        <v>1847</v>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
       <c r="I441" s="5" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
       <c r="J441" s="5" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2916</v>
+        <v>2919</v>
       </c>
       <c r="M441" s="5" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2918</v>
+        <v>2921</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>241</v>
+        <v>198</v>
       </c>
       <c r="D442" s="5" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>2103</v>
+        <v>1847</v>
+      </c>
+      <c r="E442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2919</v>
-[...3 lines deleted...]
-      </c>
+        <v>2922</v>
+      </c>
+      <c r="I442" s="5"/>
       <c r="J442" s="5" t="s">
-        <v>1613</v>
+        <v>2923</v>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="M442" s="5" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="D443" s="5" t="s">
-        <v>2180</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1847</v>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H443" s="5" t="s">
-        <v>2925</v>
+        <v>2928</v>
       </c>
       <c r="I443" s="5" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
       <c r="J443" s="5" t="s">
-        <v>2828</v>
+        <v>2930</v>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
       <c r="M443" s="5" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>2931</v>
+        <v>1955</v>
       </c>
       <c r="D444" s="5" t="s">
-        <v>2932</v>
-[...7 lines deleted...]
-        </is>
+        <v>2217</v>
+      </c>
+      <c r="E444" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F444" s="5" t="s">
+        <v>2935</v>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2933</v>
-[...1 lines deleted...]
-      <c r="I444" s="5"/>
+        <v>2936</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>2937</v>
+      </c>
       <c r="J444" s="5" t="s">
-        <v>2934</v>
+        <v>2329</v>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="M444" s="5" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C445" s="5" t="s">
-        <v>571</v>
+        <v>198</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>2940</v>
+        <v>1847</v>
+      </c>
+      <c r="E445" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F445" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="I445" s="5" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="J445" s="5" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>41</v>
+        <v>241</v>
       </c>
       <c r="D446" s="5" t="s">
-        <v>2885</v>
-[...4 lines deleted...]
-        </is>
+        <v>2949</v>
+      </c>
+      <c r="E446" s="5" t="s">
+        <v>2950</v>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
       <c r="I446" s="5" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
       <c r="J446" s="5" t="s">
-        <v>2828</v>
+        <v>2953</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="M446" s="5" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>2180</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1847</v>
+      </c>
+      <c r="E447" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="I447" s="5" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="J447" s="5" t="s">
-        <v>2828</v>
+        <v>2960</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2956</v>
+        <v>2961</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2957</v>
+        <v>2962</v>
       </c>
       <c r="M447" s="5" t="s">
-        <v>2958</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2959</v>
+        <v>2964</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>41</v>
+        <v>134</v>
       </c>
       <c r="D448" s="5" t="s">
-        <v>2180</v>
+        <v>2965</v>
       </c>
       <c r="E448" s="5" t="s">
-        <v>42</v>
+        <v>2966</v>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2960</v>
-[...3 lines deleted...]
-      </c>
+        <v>2967</v>
+      </c>
+      <c r="I448" s="5"/>
       <c r="J448" s="5" t="s">
-        <v>2828</v>
+        <v>2888</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2962</v>
+        <v>2968</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2963</v>
+        <v>2969</v>
       </c>
       <c r="M448" s="5" t="s">
-        <v>2964</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2965</v>
+        <v>2971</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C449" s="5" t="s">
         <v>241</v>
       </c>
       <c r="D449" s="5" t="s">
-        <v>2932</v>
+        <v>1610</v>
       </c>
       <c r="E449" s="5" t="s">
-        <v>2103</v>
+        <v>2133</v>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2966</v>
-[...1 lines deleted...]
-      <c r="I449" s="5"/>
+        <v>2972</v>
+      </c>
+      <c r="I449" s="5" t="s">
+        <v>2973</v>
+      </c>
       <c r="J449" s="5" t="s">
-        <v>2967</v>
+        <v>1613</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2968</v>
+        <v>2974</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2969</v>
+        <v>2975</v>
       </c>
       <c r="M449" s="5" t="s">
-        <v>2970</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C450" s="5" t="s">
-        <v>556</v>
+        <v>827</v>
       </c>
       <c r="D450" s="5" t="s">
-        <v>2180</v>
-[...2 lines deleted...]
-        <v>2129</v>
+        <v>2217</v>
+      </c>
+      <c r="E450" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2972</v>
-[...1 lines deleted...]
-      <c r="I450" s="5"/>
+        <v>2978</v>
+      </c>
+      <c r="I450" s="5" t="s">
+        <v>2979</v>
+      </c>
       <c r="J450" s="5" t="s">
-        <v>2973</v>
+        <v>2329</v>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2974</v>
+        <v>2980</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2975</v>
+        <v>2981</v>
       </c>
       <c r="M450" s="5" t="s">
-        <v>2976</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2977</v>
+        <v>2983</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>827</v>
+        <v>1971</v>
       </c>
       <c r="D451" s="5" t="s">
-        <v>41</v>
+        <v>1955</v>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2978</v>
+        <v>2984</v>
       </c>
       <c r="I451" s="5" t="s">
-        <v>2979</v>
+        <v>2985</v>
       </c>
       <c r="J451" s="5" t="s">
-        <v>2871</v>
+        <v>2329</v>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2980</v>
+        <v>2986</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2981</v>
+        <v>2987</v>
       </c>
       <c r="M451" s="5" t="s">
-        <v>2982</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2983</v>
+        <v>2989</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C452" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D452" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D452" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E452" s="5" t="s">
-        <v>2940</v>
-[...4 lines deleted...]
-        </is>
+        <v>2990</v>
+      </c>
+      <c r="F452" s="5" t="s">
+        <v>2991</v>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2984</v>
+        <v>2992</v>
       </c>
       <c r="I452" s="5" t="s">
-        <v>2985</v>
+        <v>2993</v>
       </c>
       <c r="J452" s="5" t="s">
-        <v>2986</v>
+        <v>2994</v>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2987</v>
+        <v>2995</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2988</v>
+        <v>2996</v>
       </c>
       <c r="M452" s="5" t="s">
-        <v>2989</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2990</v>
+        <v>2998</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C453" s="5" t="s">
-        <v>41</v>
+        <v>241</v>
       </c>
       <c r="D453" s="5" t="s">
-        <v>2180</v>
+        <v>1610</v>
       </c>
       <c r="E453" s="5" t="s">
-        <v>42</v>
+        <v>2133</v>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2991</v>
+        <v>2999</v>
       </c>
       <c r="I453" s="5" t="s">
-        <v>2992</v>
+        <v>3000</v>
       </c>
       <c r="J453" s="5" t="s">
-        <v>2828</v>
+        <v>1613</v>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2993</v>
+        <v>3001</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2994</v>
+        <v>3002</v>
       </c>
       <c r="M453" s="5" t="s">
-        <v>2995</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2996</v>
+        <v>3004</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D454" s="5" t="s">
-        <v>2997</v>
+        <v>2217</v>
       </c>
       <c r="E454" s="5" t="s">
-        <v>2998</v>
-[...2 lines deleted...]
-        <v>2999</v>
+        <v>42</v>
+      </c>
+      <c r="F454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
-        <v>3000</v>
+        <v>3005</v>
       </c>
       <c r="I454" s="5" t="s">
-        <v>3001</v>
+        <v>3006</v>
       </c>
       <c r="J454" s="5" t="s">
-        <v>3002</v>
-[...4 lines deleted...]
-        </is>
+        <v>2888</v>
+      </c>
+      <c r="K454" s="5" t="s">
+        <v>3007</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>3003</v>
+        <v>3008</v>
       </c>
       <c r="M454" s="5" t="s">
-        <v>3004</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>3005</v>
+        <v>3010</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>571</v>
+        <v>3011</v>
       </c>
       <c r="D455" s="5" t="s">
-        <v>2997</v>
+        <v>3012</v>
       </c>
       <c r="E455" s="5" t="s">
-        <v>3006</v>
-[...2 lines deleted...]
-        <v>3007</v>
+        <v>2950</v>
+      </c>
+      <c r="F455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
-        <v>3008</v>
-[...3 lines deleted...]
-      </c>
+        <v>3013</v>
+      </c>
+      <c r="I455" s="5"/>
       <c r="J455" s="5" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
       <c r="K455" s="5" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="M455" s="5" t="s">
-        <v>3013</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C456" s="5" t="s">
-        <v>241</v>
+        <v>571</v>
       </c>
       <c r="D456" s="5" t="s">
-        <v>2932</v>
+        <v>269</v>
       </c>
       <c r="E456" s="5" t="s">
-        <v>3015</v>
-[...4 lines deleted...]
-        </is>
+        <v>3019</v>
+      </c>
+      <c r="F456" s="5" t="s">
+        <v>3020</v>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>3016</v>
+        <v>3021</v>
       </c>
       <c r="I456" s="5" t="s">
-        <v>3017</v>
+        <v>3022</v>
       </c>
       <c r="J456" s="5" t="s">
-        <v>3018</v>
+        <v>3023</v>
       </c>
       <c r="K456" s="5" t="s">
-        <v>3019</v>
+        <v>3024</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
       <c r="M456" s="5" t="s">
-        <v>3021</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>3022</v>
+        <v>3027</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>571</v>
+        <v>2965</v>
       </c>
       <c r="E457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>3023</v>
+        <v>3028</v>
       </c>
       <c r="I457" s="5" t="s">
-        <v>3024</v>
+        <v>3029</v>
       </c>
       <c r="J457" s="5" t="s">
-        <v>3025</v>
+        <v>2888</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>3026</v>
+        <v>3030</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>3027</v>
+        <v>3031</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>3028</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C458" s="5" t="s">
-        <v>241</v>
+        <v>41</v>
       </c>
       <c r="D458" s="5" t="s">
-        <v>2932</v>
+        <v>2217</v>
       </c>
       <c r="E458" s="5" t="s">
-        <v>3015</v>
+        <v>42</v>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
       <c r="I458" s="5" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="J458" s="5" t="s">
-        <v>3018</v>
+        <v>2888</v>
       </c>
       <c r="K458" s="5" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="M458" s="5" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C459" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D459" s="5" t="s">
-        <v>571</v>
+        <v>2217</v>
       </c>
       <c r="E459" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3007</v>
+        <v>42</v>
+      </c>
+      <c r="F459" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
       <c r="I459" s="5" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
       <c r="J459" s="5" t="s">
-        <v>3038</v>
+        <v>2888</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>3039</v>
+        <v>3042</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>3040</v>
+        <v>3043</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>3041</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>3042</v>
+        <v>3045</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>269</v>
+        <v>241</v>
       </c>
       <c r="D460" s="5" t="s">
-        <v>1847</v>
-[...4 lines deleted...]
-        </is>
+        <v>3012</v>
+      </c>
+      <c r="E460" s="5" t="s">
+        <v>2133</v>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>3043</v>
-[...3 lines deleted...]
-      </c>
+        <v>3046</v>
+      </c>
+      <c r="I460" s="5"/>
       <c r="J460" s="5" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
       <c r="K460" s="5" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="M460" s="5" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>1962</v>
+        <v>556</v>
       </c>
       <c r="D461" s="5" t="s">
-        <v>1946</v>
-[...4 lines deleted...]
-        </is>
+        <v>2217</v>
+      </c>
+      <c r="E461" s="5" t="s">
+        <v>2159</v>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>3050</v>
-[...3 lines deleted...]
-      </c>
+        <v>3052</v>
+      </c>
+      <c r="I461" s="5"/>
       <c r="J461" s="5" t="s">
-        <v>2871</v>
+        <v>3053</v>
       </c>
       <c r="K461" s="5" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
       <c r="M461" s="5" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C462" s="5" t="s">
-        <v>556</v>
+        <v>827</v>
       </c>
       <c r="D462" s="5" t="s">
-        <v>2833</v>
-[...2 lines deleted...]
-        <v>3056</v>
+        <v>41</v>
+      </c>
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="I462" s="5" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="J462" s="5" t="s">
-        <v>3059</v>
+        <v>2329</v>
       </c>
       <c r="K462" s="5" t="s">
         <v>3060</v>
       </c>
       <c r="L462" s="6" t="s">
         <v>3061</v>
       </c>
       <c r="M462" s="5" t="s">
         <v>3062</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
         <v>3063</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C463" s="5" t="s">
-        <v>556</v>
+        <v>269</v>
       </c>
       <c r="D463" s="5" t="s">
-        <v>2833</v>
-[...4 lines deleted...]
-        </is>
+        <v>571</v>
+      </c>
+      <c r="E463" s="5" t="s">
+        <v>3020</v>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
         <v>3064</v>
       </c>
       <c r="I463" s="5" t="s">
         <v>3065</v>
       </c>
       <c r="J463" s="5" t="s">
         <v>3066</v>
       </c>
       <c r="K463" s="5" t="s">
         <v>3067</v>
       </c>
       <c r="L463" s="6" t="s">
         <v>3068</v>
       </c>
       <c r="M463" s="5" t="s">
         <v>3069</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
         <v>3070</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="5" t="s">
-        <v>241</v>
+        <v>41</v>
       </c>
       <c r="D464" s="5" t="s">
-        <v>2932</v>
+        <v>2217</v>
       </c>
       <c r="E464" s="5" t="s">
-        <v>2103</v>
+        <v>42</v>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
         <v>3071</v>
       </c>
       <c r="I464" s="5" t="s">
         <v>3072</v>
       </c>
       <c r="J464" s="5" t="s">
+        <v>2888</v>
+      </c>
+      <c r="K464" s="5" t="s">
         <v>3073</v>
       </c>
-      <c r="K464" s="5" t="s">
+      <c r="L464" s="6" t="s">
         <v>3074</v>
       </c>
-      <c r="L464" s="6" t="s">
+      <c r="M464" s="5" t="s">
         <v>3075</v>
-      </c>
-[...1 lines deleted...]
-        <v>3076</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B465" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C465" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D465" s="5" t="s">
         <v>3077</v>
       </c>
-      <c r="B465" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C465" s="5" t="s">
+      <c r="E465" s="5" t="s">
         <v>3078</v>
       </c>
-      <c r="D465" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="5" t="s">
+      <c r="F465" s="5" t="s">
         <v>3079</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="s">
         <v>3080</v>
       </c>
       <c r="I465" s="5" t="s">
         <v>3081</v>
       </c>
       <c r="J465" s="5" t="s">
         <v>3082</v>
       </c>
-      <c r="K465" s="5" t="s">
+      <c r="K465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L465" s="6" t="s">
         <v>3083</v>
       </c>
-      <c r="L465" s="6" t="s">
+      <c r="M465" s="5" t="s">
         <v>3084</v>
-      </c>
-[...1 lines deleted...]
-        <v>3085</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B466" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C466" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D466" s="5" t="s">
+        <v>3077</v>
+      </c>
+      <c r="E466" s="5" t="s">
         <v>3086</v>
       </c>
-      <c r="B466" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F466" s="5" t="s">
+        <v>3087</v>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>3087</v>
-[...1 lines deleted...]
-      <c r="I466" s="5"/>
+        <v>3088</v>
+      </c>
+      <c r="I466" s="5" t="s">
+        <v>3089</v>
+      </c>
       <c r="J466" s="5" t="s">
-        <v>2871</v>
+        <v>3090</v>
       </c>
       <c r="K466" s="5" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="M466" s="5" t="s">
-        <v>3090</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>3091</v>
+        <v>3094</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>269</v>
+        <v>241</v>
       </c>
       <c r="D467" s="5" t="s">
-        <v>571</v>
+        <v>3012</v>
       </c>
       <c r="E467" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3092</v>
+        <v>3095</v>
+      </c>
+      <c r="F467" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>3093</v>
+        <v>3096</v>
       </c>
       <c r="I467" s="5" t="s">
-        <v>3094</v>
+        <v>3097</v>
       </c>
       <c r="J467" s="5" t="s">
-        <v>3095</v>
+        <v>3098</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>3099</v>
+        <v>3102</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D468" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="D468" s="5" t="s">
-[...6 lines deleted...]
-        <v>2940</v>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="I468" s="5" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="J468" s="5" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>3105</v>
+        <v>3107</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>3106</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
       <c r="B469" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>571</v>
+        <v>3012</v>
       </c>
       <c r="E469" s="5" t="s">
-        <v>3108</v>
+        <v>3095</v>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
       <c r="I469" s="5" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="J469" s="5" t="s">
-        <v>3111</v>
+        <v>3098</v>
       </c>
       <c r="K469" s="5" t="s">
         <v>3112</v>
       </c>
       <c r="L469" s="6" t="s">
         <v>3113</v>
       </c>
       <c r="M469" s="5" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
         <v>3115</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D470" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E470" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F470" s="5" t="s">
+        <v>3087</v>
+      </c>
+      <c r="G470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H470" s="5" t="s">
         <v>3116</v>
       </c>
-      <c r="D470" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F470" s="5" t="s">
+      <c r="I470" s="5" t="s">
         <v>3117</v>
       </c>
-      <c r="G470" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H470" s="5" t="s">
+      <c r="J470" s="5" t="s">
         <v>3118</v>
       </c>
-      <c r="I470" s="5" t="s">
+      <c r="K470" s="5" t="s">
         <v>3119</v>
       </c>
-      <c r="J470" s="5" t="s">
+      <c r="L470" s="6" t="s">
         <v>3120</v>
       </c>
-      <c r="K470" s="5" t="s">
+      <c r="M470" s="5" t="s">
         <v>3121</v>
-      </c>
-[...4 lines deleted...]
-        <v>3123</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>3124</v>
+        <v>3122</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3007</v>
+        <v>1847</v>
+      </c>
+      <c r="E471" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F471" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
+        <v>3123</v>
+      </c>
+      <c r="I471" s="5" t="s">
+        <v>3124</v>
+      </c>
+      <c r="J471" s="5" t="s">
         <v>3125</v>
       </c>
-      <c r="I471" s="5" t="s">
+      <c r="K471" s="5" t="s">
         <v>3126</v>
       </c>
-      <c r="J471" s="5" t="s">
+      <c r="L471" s="6" t="s">
         <v>3127</v>
       </c>
-      <c r="K471" s="5" t="s">
+      <c r="M471" s="5" t="s">
         <v>3128</v>
-      </c>
-[...4 lines deleted...]
-        <v>3130</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B472" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C472" s="5" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D472" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H472" s="5" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I472" s="5" t="s">
         <v>3131</v>
       </c>
-      <c r="B472" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H472" s="5" t="s">
+      <c r="J472" s="5" t="s">
+        <v>2329</v>
+      </c>
+      <c r="K472" s="5" t="s">
         <v>3132</v>
       </c>
-      <c r="I472" s="5" t="s">
+      <c r="L472" s="6" t="s">
         <v>3133</v>
       </c>
-      <c r="J472" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K472" s="5" t="s">
+      <c r="M472" s="5" t="s">
         <v>3134</v>
-      </c>
-[...4 lines deleted...]
-        <v>3136</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B473" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C473" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="D473" s="5" t="s">
+        <v>2893</v>
+      </c>
+      <c r="E473" s="5" t="s">
+        <v>3136</v>
+      </c>
+      <c r="F473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H473" s="5" t="s">
         <v>3137</v>
       </c>
-      <c r="B473" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F473" s="5" t="s">
+      <c r="I473" s="5" t="s">
         <v>3138</v>
       </c>
-      <c r="G473" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H473" s="5" t="s">
+      <c r="J473" s="5" t="s">
         <v>3139</v>
       </c>
-      <c r="I473" s="5" t="s">
+      <c r="K473" s="5" t="s">
         <v>3140</v>
       </c>
-      <c r="J473" s="5" t="s">
+      <c r="L473" s="6" t="s">
         <v>3141</v>
       </c>
-      <c r="K473" s="5" t="s">
+      <c r="M473" s="5" t="s">
         <v>3142</v>
-      </c>
-[...4 lines deleted...]
-        <v>3144</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B474" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C474" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="D474" s="5" t="s">
+        <v>2893</v>
+      </c>
+      <c r="E474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H474" s="5" t="s">
+        <v>3144</v>
+      </c>
+      <c r="I474" s="5" t="s">
         <v>3145</v>
       </c>
-      <c r="B474" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E474" s="5" t="s">
+      <c r="J474" s="5" t="s">
         <v>3146</v>
       </c>
-      <c r="F474" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H474" s="5" t="s">
+      <c r="K474" s="5" t="s">
         <v>3147</v>
       </c>
-      <c r="I474" s="5" t="s">
+      <c r="L474" s="6" t="s">
         <v>3148</v>
       </c>
-      <c r="J474" s="5" t="s">
+      <c r="M474" s="5" t="s">
         <v>3149</v>
-      </c>
-[...7 lines deleted...]
-        <v>3152</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B475" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C475" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="D475" s="5" t="s">
+        <v>3012</v>
+      </c>
+      <c r="E475" s="5" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H475" s="5" t="s">
+        <v>3151</v>
+      </c>
+      <c r="I475" s="5" t="s">
+        <v>3152</v>
+      </c>
+      <c r="J475" s="5" t="s">
         <v>3153</v>
       </c>
-      <c r="B475" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D475" s="5" t="s">
+      <c r="K475" s="5" t="s">
         <v>3154</v>
       </c>
-      <c r="E475" s="5" t="s">
+      <c r="L475" s="6" t="s">
         <v>3155</v>
       </c>
-      <c r="F475" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H475" s="5" t="s">
+      <c r="M475" s="5" t="s">
         <v>3156</v>
-      </c>
-[...13 lines deleted...]
-        <v>3161</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B476" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C476" s="5" t="s">
+        <v>3158</v>
+      </c>
+      <c r="D476" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E476" s="5" t="s">
+        <v>3159</v>
+      </c>
+      <c r="F476" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G476" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H476" s="5" t="s">
+        <v>3160</v>
+      </c>
+      <c r="I476" s="5" t="s">
+        <v>3161</v>
+      </c>
+      <c r="J476" s="5" t="s">
         <v>3162</v>
       </c>
-      <c r="B476" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H476" s="5" t="s">
+      <c r="K476" s="5" t="s">
         <v>3163</v>
       </c>
-      <c r="I476" s="5" t="s">
+      <c r="L476" s="6" t="s">
         <v>3164</v>
       </c>
-      <c r="J476" s="5" t="s">
+      <c r="M476" s="5" t="s">
         <v>3165</v>
-      </c>
-[...7 lines deleted...]
-        <v>3168</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B477" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C477" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="D477" s="5" t="s">
+        <v>2965</v>
+      </c>
+      <c r="E477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H477" s="5" t="s">
+        <v>3167</v>
+      </c>
+      <c r="I477" s="5"/>
+      <c r="J477" s="5" t="s">
+        <v>2329</v>
+      </c>
+      <c r="K477" s="5" t="s">
+        <v>3168</v>
+      </c>
+      <c r="L477" s="6" t="s">
         <v>3169</v>
       </c>
-      <c r="B477" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E477" s="5" t="s">
+      <c r="M477" s="5" t="s">
         <v>3170</v>
-      </c>
-[...24 lines deleted...]
-        <v>3177</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>3178</v>
+        <v>3171</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D478" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E478" s="5" t="s">
-        <v>2940</v>
+        <v>3020</v>
       </c>
       <c r="F478" s="5" t="s">
-        <v>3138</v>
+        <v>3172</v>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>3179</v>
+        <v>3173</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>3180</v>
+        <v>3174</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>3181</v>
+        <v>3175</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>3182</v>
+        <v>3176</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>3183</v>
+        <v>3177</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>3184</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B479" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C479" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D479" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E479" s="5" t="s">
+        <v>3180</v>
+      </c>
+      <c r="F479" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="G479" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H479" s="5" t="s">
+        <v>3181</v>
+      </c>
+      <c r="I479" s="5" t="s">
+        <v>3182</v>
+      </c>
+      <c r="J479" s="5" t="s">
+        <v>3183</v>
+      </c>
+      <c r="K479" s="5" t="s">
+        <v>3184</v>
+      </c>
+      <c r="L479" s="6" t="s">
         <v>3185</v>
       </c>
-      <c r="B479" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H479" s="5" t="s">
+      <c r="M479" s="5" t="s">
         <v>3186</v>
-      </c>
-[...13 lines deleted...]
-        <v>3191</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B480" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C480" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="D480" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E480" s="5" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H480" s="5" t="s">
+        <v>3189</v>
+      </c>
+      <c r="I480" s="5" t="s">
+        <v>3190</v>
+      </c>
+      <c r="J480" s="5" t="s">
+        <v>3191</v>
+      </c>
+      <c r="K480" s="5" t="s">
         <v>3192</v>
       </c>
-      <c r="B480" s="5" t="s">
-[...28 lines deleted...]
-      <c r="I480" s="5" t="s">
+      <c r="L480" s="6" t="s">
         <v>3193</v>
       </c>
-      <c r="J480" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K480" s="5" t="s">
+      <c r="M480" s="5" t="s">
         <v>3194</v>
-      </c>
-[...4 lines deleted...]
-        <v>3196</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B481" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C481" s="5" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D481" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E481" s="5" t="s">
+        <v>2990</v>
+      </c>
+      <c r="F481" s="5" t="s">
         <v>3197</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H481" s="5" t="s">
         <v>3198</v>
       </c>
-      <c r="I481" s="5"/>
+      <c r="I481" s="5" t="s">
+        <v>3199</v>
+      </c>
       <c r="J481" s="5" t="s">
-        <v>2828</v>
+        <v>3200</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>3199</v>
+        <v>3201</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>3200</v>
+        <v>3202</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>2180</v>
+        <v>571</v>
       </c>
       <c r="E482" s="5" t="s">
-        <v>3203</v>
-[...4 lines deleted...]
-        </is>
+        <v>3020</v>
+      </c>
+      <c r="F482" s="5" t="s">
+        <v>3087</v>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>3204</v>
+        <v>3205</v>
       </c>
       <c r="I482" s="5" t="s">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="J482" s="5" t="s">
-        <v>2828</v>
+        <v>3207</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>3206</v>
+        <v>3208</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>3208</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>41</v>
+        <v>1955</v>
       </c>
       <c r="D483" s="5" t="s">
-        <v>3204</v>
-[...5 lines deleted...]
-        <v>3203</v>
+        <v>2217</v>
+      </c>
+      <c r="E483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
       <c r="I483" s="5" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="J483" s="5" t="s">
-        <v>2871</v>
+        <v>2329</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>3212</v>
+        <v>3214</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>3213</v>
+        <v>3215</v>
       </c>
       <c r="M483" s="5" t="s">
-        <v>3214</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C484" s="5" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D484" s="5" t="s">
-        <v>3204</v>
+        <v>571</v>
       </c>
       <c r="E484" s="5" t="s">
-        <v>42</v>
+        <v>3020</v>
       </c>
       <c r="F484" s="5" t="s">
-        <v>3203</v>
+        <v>3218</v>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H484" s="5" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
       <c r="I484" s="5" t="s">
-        <v>3217</v>
+        <v>3220</v>
       </c>
       <c r="J484" s="5" t="s">
-        <v>2871</v>
+        <v>3221</v>
       </c>
       <c r="K484" s="5" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
       <c r="M484" s="5" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D485" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E485" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3138</v>
+        <v>3226</v>
+      </c>
+      <c r="F485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H485" s="5" t="s">
-        <v>3222</v>
+        <v>3227</v>
       </c>
       <c r="I485" s="5" t="s">
-        <v>3223</v>
+        <v>3228</v>
       </c>
       <c r="J485" s="5" t="s">
-        <v>3224</v>
+        <v>3229</v>
       </c>
       <c r="K485" s="5" t="s">
-        <v>3225</v>
+        <v>3230</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>3226</v>
+        <v>3231</v>
       </c>
       <c r="M485" s="5" t="s">
-        <v>3227</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>3228</v>
+        <v>3233</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C486" s="5" t="s">
-        <v>269</v>
+        <v>1571</v>
       </c>
       <c r="D486" s="5" t="s">
-        <v>571</v>
+        <v>3234</v>
       </c>
       <c r="E486" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3170</v>
+        <v>3235</v>
+      </c>
+      <c r="F486" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H486" s="5" t="s">
-        <v>3229</v>
+        <v>3236</v>
       </c>
       <c r="I486" s="5" t="s">
-        <v>3230</v>
+        <v>3237</v>
       </c>
       <c r="J486" s="5" t="s">
-        <v>3231</v>
+        <v>3238</v>
       </c>
       <c r="K486" s="5" t="s">
-        <v>3232</v>
+        <v>3239</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>3233</v>
+        <v>3240</v>
       </c>
       <c r="M486" s="5" t="s">
-        <v>3234</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>3235</v>
+        <v>3242</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D487" s="5" t="s">
-        <v>2180</v>
+        <v>571</v>
       </c>
       <c r="E487" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>3020</v>
+      </c>
+      <c r="F487" s="5" t="s">
+        <v>3218</v>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H487" s="5" t="s">
-        <v>3236</v>
+        <v>3243</v>
       </c>
       <c r="I487" s="5" t="s">
-        <v>3237</v>
+        <v>3244</v>
       </c>
       <c r="J487" s="5" t="s">
-        <v>2828</v>
+        <v>3245</v>
       </c>
       <c r="K487" s="5" t="s">
-        <v>3238</v>
+        <v>3246</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>3239</v>
+        <v>3247</v>
       </c>
       <c r="M487" s="5" t="s">
-        <v>3240</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>3241</v>
+        <v>3249</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C488" s="5" t="s">
-        <v>3242</v>
+        <v>571</v>
       </c>
       <c r="D488" s="5" t="s">
-        <v>2180</v>
-[...9 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E488" s="5" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F488" s="5" t="s">
+        <v>3251</v>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
-        <v>3243</v>
+        <v>3252</v>
       </c>
       <c r="I488" s="5" t="s">
-        <v>3244</v>
+        <v>3253</v>
       </c>
       <c r="J488" s="5" t="s">
-        <v>2871</v>
+        <v>3254</v>
       </c>
       <c r="K488" s="5" t="s">
-        <v>3245</v>
+        <v>3255</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>3246</v>
+        <v>3256</v>
       </c>
       <c r="M488" s="5" t="s">
-        <v>3247</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>3248</v>
+        <v>3258</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C489" s="5" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D489" s="5" t="s">
-        <v>3204</v>
+        <v>571</v>
       </c>
       <c r="E489" s="5" t="s">
-        <v>42</v>
+        <v>3020</v>
       </c>
       <c r="F489" s="5" t="s">
-        <v>3203</v>
+        <v>3218</v>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="s">
-        <v>3249</v>
+        <v>3259</v>
       </c>
       <c r="I489" s="5" t="s">
-        <v>3250</v>
+        <v>3260</v>
       </c>
       <c r="J489" s="5" t="s">
-        <v>2871</v>
+        <v>3261</v>
       </c>
       <c r="K489" s="5" t="s">
-        <v>3251</v>
+        <v>3262</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>3252</v>
+        <v>3263</v>
       </c>
       <c r="M489" s="5" t="s">
-        <v>3253</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>3254</v>
+        <v>3265</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C490" s="5" t="s">
-        <v>152</v>
+        <v>269</v>
       </c>
       <c r="D490" s="5" t="s">
-        <v>2180</v>
-[...9 lines deleted...]
-        </is>
+        <v>571</v>
+      </c>
+      <c r="E490" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F490" s="5" t="s">
+        <v>3218</v>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H490" s="5" t="s">
-        <v>3255</v>
+        <v>3266</v>
       </c>
       <c r="I490" s="5" t="s">
-        <v>3256</v>
+        <v>3267</v>
       </c>
       <c r="J490" s="5" t="s">
-        <v>2871</v>
+        <v>3268</v>
       </c>
       <c r="K490" s="5" t="s">
-        <v>3257</v>
+        <v>3269</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>3258</v>
+        <v>3270</v>
       </c>
       <c r="M490" s="5" t="s">
-        <v>3259</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>3260</v>
+        <v>3272</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C491" s="5" t="s">
-        <v>269</v>
+        <v>1955</v>
       </c>
       <c r="D491" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3138</v>
+        <v>2217</v>
+      </c>
+      <c r="E491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H491" s="5" t="s">
-        <v>3261</v>
+      <c r="H491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I491" s="5" t="s">
-        <v>3262</v>
+        <v>3273</v>
       </c>
       <c r="J491" s="5" t="s">
-        <v>3263</v>
+        <v>2329</v>
       </c>
       <c r="K491" s="5" t="s">
-        <v>3264</v>
+        <v>3274</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>3265</v>
+        <v>3275</v>
       </c>
       <c r="M491" s="5" t="s">
-        <v>3266</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>3267</v>
+        <v>3277</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D492" s="5" t="s">
-        <v>2180</v>
+        <v>2217</v>
       </c>
       <c r="E492" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>3268</v>
-[...3 lines deleted...]
-      </c>
+        <v>3278</v>
+      </c>
+      <c r="I492" s="5"/>
       <c r="J492" s="5" t="s">
-        <v>2828</v>
+        <v>2888</v>
       </c>
       <c r="K492" s="5" t="s">
-        <v>3270</v>
+        <v>3279</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>3271</v>
+        <v>3280</v>
       </c>
       <c r="M492" s="5" t="s">
-        <v>3272</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>3273</v>
+        <v>3282</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C493" s="5" t="s">
-        <v>572</v>
+        <v>1847</v>
       </c>
       <c r="D493" s="5" t="s">
-        <v>134</v>
+        <v>269</v>
       </c>
       <c r="E493" s="5" t="s">
-        <v>1364</v>
-[...4 lines deleted...]
-        </is>
+        <v>3283</v>
+      </c>
+      <c r="F493" s="5" t="s">
+        <v>3284</v>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H493" s="5" t="s">
-        <v>3274</v>
+        <v>3285</v>
       </c>
       <c r="I493" s="5" t="s">
-        <v>3275</v>
+        <v>3286</v>
       </c>
       <c r="J493" s="5" t="s">
-        <v>3276</v>
-[...2 lines deleted...]
-        <v>3277</v>
+        <v>3287</v>
+      </c>
+      <c r="K493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L493" s="6" t="s">
-        <v>3278</v>
+        <v>3288</v>
       </c>
       <c r="M493" s="5" t="s">
-        <v>3279</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>3280</v>
+        <v>3290</v>
       </c>
       <c r="B494" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C494" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D494" s="5" t="s">
-        <v>3281</v>
+        <v>2217</v>
       </c>
       <c r="E494" s="5" t="s">
-        <v>42</v>
+        <v>3291</v>
       </c>
       <c r="F494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H494" s="5" t="s">
-        <v>3282</v>
-[...1 lines deleted...]
-      <c r="I494" s="5"/>
+        <v>3292</v>
+      </c>
+      <c r="I494" s="5" t="s">
+        <v>3293</v>
+      </c>
       <c r="J494" s="5" t="s">
-        <v>2828</v>
+        <v>2888</v>
       </c>
       <c r="K494" s="5" t="s">
-        <v>3283</v>
+        <v>3294</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>3284</v>
+        <v>3295</v>
       </c>
       <c r="M494" s="5" t="s">
-        <v>3285</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
-        <v>3286</v>
+        <v>3297</v>
       </c>
       <c r="B495" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C495" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D495" s="5" t="s">
-        <v>571</v>
+        <v>3292</v>
       </c>
       <c r="E495" s="5" t="s">
-        <v>2940</v>
+        <v>42</v>
       </c>
       <c r="F495" s="5" t="s">
-        <v>3138</v>
+        <v>3291</v>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="s">
-        <v>3287</v>
+        <v>3298</v>
       </c>
       <c r="I495" s="5" t="s">
-        <v>3288</v>
+        <v>3299</v>
       </c>
       <c r="J495" s="5" t="s">
-        <v>3289</v>
+        <v>2329</v>
       </c>
       <c r="K495" s="5" t="s">
-        <v>3290</v>
+        <v>3300</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>3291</v>
+        <v>3301</v>
       </c>
       <c r="M495" s="5" t="s">
-        <v>3292</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>3293</v>
+        <v>3303</v>
       </c>
       <c r="B496" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>2833</v>
+        <v>41</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>269</v>
-[...9 lines deleted...]
-        </is>
+        <v>3292</v>
+      </c>
+      <c r="E496" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F496" s="5" t="s">
+        <v>3291</v>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H496" s="5" t="s">
-        <v>3294</v>
+        <v>3304</v>
       </c>
       <c r="I496" s="5" t="s">
-        <v>3295</v>
+        <v>3305</v>
       </c>
       <c r="J496" s="5" t="s">
-        <v>3296</v>
+        <v>2329</v>
       </c>
       <c r="K496" s="5" t="s">
-        <v>3297</v>
+        <v>3306</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>3298</v>
+        <v>3307</v>
       </c>
       <c r="M496" s="5" t="s">
-        <v>3299</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>3300</v>
+        <v>3309</v>
       </c>
       <c r="B497" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C497" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D497" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E497" s="5" t="s">
-        <v>2940</v>
+        <v>3020</v>
       </c>
       <c r="F497" s="5" t="s">
-        <v>3138</v>
+        <v>3218</v>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>3301</v>
+        <v>3310</v>
       </c>
       <c r="I497" s="5" t="s">
-        <v>3302</v>
+        <v>3311</v>
       </c>
       <c r="J497" s="5" t="s">
-        <v>3303</v>
+        <v>3312</v>
       </c>
       <c r="K497" s="5" t="s">
-        <v>3304</v>
+        <v>3313</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>3305</v>
+        <v>3314</v>
       </c>
       <c r="M497" s="5" t="s">
-        <v>3306</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>3307</v>
+        <v>3316</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C498" s="5" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D498" s="5" t="s">
-        <v>3204</v>
+        <v>571</v>
       </c>
       <c r="E498" s="5" t="s">
-        <v>42</v>
+        <v>3020</v>
       </c>
       <c r="F498" s="5" t="s">
-        <v>3203</v>
+        <v>3250</v>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H498" s="5" t="s">
-        <v>3308</v>
+        <v>3317</v>
       </c>
       <c r="I498" s="5" t="s">
-        <v>3309</v>
+        <v>3318</v>
       </c>
       <c r="J498" s="5" t="s">
-        <v>2871</v>
+        <v>3319</v>
       </c>
       <c r="K498" s="5" t="s">
-        <v>3310</v>
+        <v>3320</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>3311</v>
+        <v>3321</v>
       </c>
       <c r="M498" s="5" t="s">
-        <v>3312</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>3313</v>
+        <v>3323</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D499" s="5" t="s">
-        <v>571</v>
+        <v>2217</v>
       </c>
       <c r="E499" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3138</v>
+        <v>42</v>
+      </c>
+      <c r="F499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H499" s="5" t="s">
-        <v>3314</v>
-[...1 lines deleted...]
-      <c r="I499" s="5"/>
+        <v>3324</v>
+      </c>
+      <c r="I499" s="5" t="s">
+        <v>3325</v>
+      </c>
       <c r="J499" s="5" t="s">
-        <v>3315</v>
+        <v>2888</v>
       </c>
       <c r="K499" s="5" t="s">
-        <v>3316</v>
+        <v>3326</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>3317</v>
+        <v>3327</v>
       </c>
       <c r="M499" s="5" t="s">
-        <v>3318</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>3319</v>
+        <v>3329</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>2833</v>
+        <v>3330</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>3171</v>
+        <v>2217</v>
+      </c>
+      <c r="E500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="s">
-        <v>3321</v>
+        <v>3331</v>
       </c>
       <c r="I500" s="5" t="s">
-        <v>3322</v>
+        <v>3332</v>
       </c>
       <c r="J500" s="5" t="s">
-        <v>3323</v>
+        <v>2329</v>
       </c>
       <c r="K500" s="5" t="s">
-        <v>3324</v>
+        <v>3333</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>3325</v>
+        <v>3334</v>
       </c>
       <c r="M500" s="5" t="s">
-        <v>3326</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>3327</v>
+        <v>3336</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>571</v>
+        <v>3292</v>
       </c>
       <c r="E501" s="5" t="s">
-        <v>2940</v>
+        <v>42</v>
       </c>
       <c r="F501" s="5" t="s">
-        <v>3138</v>
+        <v>3291</v>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H501" s="5" t="s">
-        <v>3328</v>
+        <v>3337</v>
       </c>
       <c r="I501" s="5" t="s">
-        <v>3329</v>
+        <v>3338</v>
       </c>
       <c r="J501" s="5" t="s">
-        <v>3330</v>
+        <v>2329</v>
       </c>
       <c r="K501" s="5" t="s">
-        <v>3331</v>
+        <v>3339</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>3332</v>
+        <v>3340</v>
       </c>
       <c r="M501" s="5" t="s">
-        <v>3333</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>3334</v>
+        <v>3342</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>269</v>
+        <v>152</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3138</v>
+        <v>2217</v>
+      </c>
+      <c r="E502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H502" s="5" t="s">
-        <v>3335</v>
+        <v>3343</v>
       </c>
       <c r="I502" s="5" t="s">
-        <v>3336</v>
+        <v>3344</v>
       </c>
       <c r="J502" s="5" t="s">
-        <v>3337</v>
+        <v>2329</v>
       </c>
       <c r="K502" s="5" t="s">
-        <v>3338</v>
+        <v>3345</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>3339</v>
+        <v>3346</v>
       </c>
       <c r="M502" s="5" t="s">
-        <v>3340</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>3341</v>
+        <v>3348</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C503" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D503" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E503" s="5" t="s">
-        <v>2940</v>
+        <v>3020</v>
       </c>
       <c r="F503" s="5" t="s">
-        <v>3138</v>
+        <v>3218</v>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>3342</v>
+        <v>3349</v>
       </c>
       <c r="I503" s="5" t="s">
-        <v>3343</v>
+        <v>3350</v>
       </c>
       <c r="J503" s="5" t="s">
-        <v>3344</v>
+        <v>3351</v>
       </c>
       <c r="K503" s="5" t="s">
-        <v>3345</v>
+        <v>3352</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>3346</v>
+        <v>3353</v>
       </c>
       <c r="M503" s="5" t="s">
-        <v>3347</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>3348</v>
+        <v>3355</v>
       </c>
       <c r="B504" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>571</v>
+        <v>2217</v>
       </c>
       <c r="E504" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3138</v>
+        <v>42</v>
+      </c>
+      <c r="F504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="s">
-        <v>3349</v>
+        <v>3356</v>
       </c>
       <c r="I504" s="5" t="s">
-        <v>3350</v>
+        <v>3357</v>
       </c>
       <c r="J504" s="5" t="s">
-        <v>3351</v>
+        <v>2888</v>
       </c>
       <c r="K504" s="5" t="s">
-        <v>3352</v>
+        <v>3358</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>3353</v>
+        <v>3359</v>
       </c>
       <c r="M504" s="5" t="s">
-        <v>3354</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>3355</v>
+        <v>3361</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>41</v>
+        <v>572</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>3204</v>
+        <v>134</v>
       </c>
       <c r="E505" s="5" t="s">
-        <v>3356</v>
-[...2 lines deleted...]
-        <v>3203</v>
+        <v>1364</v>
+      </c>
+      <c r="F505" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>3357</v>
+        <v>3362</v>
       </c>
       <c r="I505" s="5" t="s">
-        <v>3358</v>
+        <v>3363</v>
       </c>
       <c r="J505" s="5" t="s">
-        <v>2871</v>
+        <v>3364</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>3359</v>
+        <v>3365</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>3360</v>
+        <v>3366</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>3361</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>3362</v>
+        <v>3368</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>571</v>
+        <v>3369</v>
       </c>
       <c r="E506" s="5" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-        <v>3138</v>
+        <v>42</v>
+      </c>
+      <c r="F506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
-        <v>3363</v>
-[...3 lines deleted...]
-      </c>
+        <v>3370</v>
+      </c>
+      <c r="I506" s="5"/>
       <c r="J506" s="5" t="s">
-        <v>3365</v>
+        <v>2888</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>3366</v>
+        <v>3371</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>3367</v>
+        <v>3372</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>3368</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>3369</v>
+        <v>3374</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="D507" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E507" s="5" t="s">
-        <v>2940</v>
+        <v>3020</v>
       </c>
       <c r="F507" s="5" t="s">
-        <v>3138</v>
+        <v>3218</v>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3370</v>
+        <v>3375</v>
       </c>
       <c r="I507" s="5" t="s">
-        <v>3371</v>
+        <v>3376</v>
       </c>
       <c r="J507" s="5" t="s">
-        <v>3372</v>
+        <v>3377</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3373</v>
+        <v>3378</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3374</v>
+        <v>3379</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3375</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3376</v>
+        <v>3381</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>152</v>
+        <v>2893</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>2180</v>
-[...5 lines deleted...]
-        <v>3378</v>
+        <v>269</v>
+      </c>
+      <c r="E508" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F508" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3379</v>
+        <v>3382</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>3380</v>
+        <v>3383</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>3381</v>
+        <v>3384</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3382</v>
+        <v>3385</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3383</v>
+        <v>3386</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3384</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3385</v>
+        <v>3388</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D509" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E509" s="5" t="s">
-        <v>2940</v>
+        <v>3020</v>
       </c>
       <c r="F509" s="5" t="s">
-        <v>3138</v>
+        <v>3218</v>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>3386</v>
+        <v>3389</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3387</v>
+        <v>3390</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>3388</v>
+        <v>3391</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3390</v>
+        <v>3393</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3391</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3392</v>
+        <v>3395</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>2885</v>
-[...9 lines deleted...]
-        </is>
+        <v>3292</v>
+      </c>
+      <c r="E510" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>3291</v>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3393</v>
+        <v>3396</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>3394</v>
+        <v>3397</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>2871</v>
+        <v>2329</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3397</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>3398</v>
+        <v>3401</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D511" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E511" s="5" t="s">
-        <v>3108</v>
+        <v>3020</v>
       </c>
       <c r="F511" s="5" t="s">
-        <v>3170</v>
+        <v>3218</v>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>3399</v>
-[...3 lines deleted...]
-      </c>
+        <v>3402</v>
+      </c>
+      <c r="I511" s="5"/>
       <c r="J511" s="5" t="s">
-        <v>3401</v>
+        <v>3403</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3402</v>
+        <v>3404</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3403</v>
+        <v>3405</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3404</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D512" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D512" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E512" s="5" t="s">
-        <v>2940</v>
+        <v>3408</v>
       </c>
       <c r="F512" s="5" t="s">
-        <v>3170</v>
+        <v>3251</v>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>3406</v>
+        <v>3409</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>3407</v>
+        <v>3410</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>3408</v>
+        <v>3411</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3409</v>
+        <v>3412</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3410</v>
+        <v>3413</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3411</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3412</v>
+        <v>3415</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D513" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="D513" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E513" s="5" t="s">
-        <v>2910</v>
+        <v>3020</v>
       </c>
       <c r="F513" s="5" t="s">
-        <v>2940</v>
+        <v>3218</v>
       </c>
       <c r="G513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H513" s="5" t="s">
-        <v>3413</v>
+        <v>3416</v>
       </c>
       <c r="I513" s="5" t="s">
-        <v>3414</v>
+        <v>3417</v>
       </c>
       <c r="J513" s="5" t="s">
-        <v>3415</v>
+        <v>3418</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>3416</v>
+        <v>3419</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3417</v>
+        <v>3420</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3418</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3419</v>
+        <v>3422</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>3420</v>
+        <v>269</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>134</v>
+        <v>571</v>
       </c>
       <c r="E514" s="5" t="s">
-        <v>3421</v>
+        <v>3020</v>
       </c>
       <c r="F514" s="5" t="s">
-        <v>3422</v>
+        <v>3218</v>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H514" s="5" t="s">
         <v>3423</v>
       </c>
       <c r="I514" s="5" t="s">
         <v>3424</v>
       </c>
       <c r="J514" s="5" t="s">
         <v>3425</v>
       </c>
       <c r="K514" s="5" t="s">
         <v>3426</v>
       </c>
       <c r="L514" s="6" t="s">
         <v>3427</v>
       </c>
       <c r="M514" s="5" t="s">
         <v>3428</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
         <v>3429</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D515" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E515" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F515" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H515" s="5" t="s">
         <v>3430</v>
       </c>
-      <c r="D515" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E515" s="5" t="s">
+      <c r="I515" s="5" t="s">
         <v>3431</v>
       </c>
-      <c r="F515" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H515" s="5" t="s">
+      <c r="J515" s="5" t="s">
         <v>3432</v>
       </c>
-      <c r="I515" s="5" t="s">
+      <c r="K515" s="5" t="s">
         <v>3433</v>
       </c>
-      <c r="J515" s="5" t="s">
+      <c r="L515" s="6" t="s">
         <v>3434</v>
       </c>
-      <c r="K515" s="5" t="s">
+      <c r="M515" s="5" t="s">
         <v>3435</v>
-      </c>
-[...4 lines deleted...]
-        <v>3437</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3438</v>
+        <v>3436</v>
       </c>
       <c r="B516" s="5" t="s">
-        <v>14</v>
+        <v>391</v>
       </c>
       <c r="C516" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D516" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E516" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F516" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H516" s="5" t="s">
+        <v>3437</v>
+      </c>
+      <c r="I516" s="5" t="s">
+        <v>3438</v>
+      </c>
+      <c r="J516" s="5" t="s">
         <v>3439</v>
       </c>
-      <c r="F516" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H516" s="5" t="s">
+      <c r="K516" s="5" t="s">
         <v>3440</v>
       </c>
-      <c r="I516" s="5" t="s">
+      <c r="L516" s="6" t="s">
         <v>3441</v>
       </c>
-      <c r="J516" s="5" t="s">
+      <c r="M516" s="5" t="s">
         <v>3442</v>
-      </c>
-[...7 lines deleted...]
-        <v>3445</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B517" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C517" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D517" s="5" t="s">
+        <v>3292</v>
+      </c>
+      <c r="E517" s="5" t="s">
+        <v>3444</v>
+      </c>
+      <c r="F517" s="5" t="s">
+        <v>3291</v>
+      </c>
+      <c r="G517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H517" s="5" t="s">
+        <v>3445</v>
+      </c>
+      <c r="I517" s="5" t="s">
         <v>3446</v>
       </c>
-      <c r="B517" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H517" s="5" t="s">
+      <c r="J517" s="5" t="s">
+        <v>2329</v>
+      </c>
+      <c r="K517" s="5" t="s">
         <v>3447</v>
       </c>
-      <c r="I517" s="5" t="s">
+      <c r="L517" s="6" t="s">
         <v>3448</v>
       </c>
-      <c r="J517" s="5" t="s">
+      <c r="M517" s="5" t="s">
         <v>3449</v>
-      </c>
-[...7 lines deleted...]
-        <v>3452</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B518" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C518" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D518" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E518" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F518" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G518" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H518" s="5" t="s">
+        <v>3451</v>
+      </c>
+      <c r="I518" s="5" t="s">
+        <v>3452</v>
+      </c>
+      <c r="J518" s="5" t="s">
         <v>3453</v>
       </c>
-      <c r="B518" s="5" t="s">
-[...10 lines deleted...]
-      <c r="E518" s="5" t="s">
+      <c r="K518" s="5" t="s">
         <v>3454</v>
       </c>
-      <c r="F518" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H518" s="5" t="s">
+      <c r="L518" s="6" t="s">
         <v>3455</v>
       </c>
-      <c r="I518" s="5" t="s">
+      <c r="M518" s="5" t="s">
         <v>3456</v>
-      </c>
-[...10 lines deleted...]
-        <v>3460</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>3461</v>
+        <v>3457</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
-        <v>1930</v>
+        <v>250</v>
       </c>
       <c r="D519" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E519" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F519" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H519" s="5" t="s">
+        <v>3458</v>
+      </c>
+      <c r="I519" s="5" t="s">
+        <v>3459</v>
+      </c>
+      <c r="J519" s="5" t="s">
+        <v>3460</v>
+      </c>
+      <c r="K519" s="5" t="s">
+        <v>3461</v>
+      </c>
+      <c r="L519" s="6" t="s">
         <v>3462</v>
       </c>
-      <c r="F519" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H519" s="5" t="s">
+      <c r="M519" s="5" t="s">
         <v>3463</v>
-      </c>
-[...13 lines deleted...]
-        <v>3468</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B520" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C520" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D520" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E520" s="5" t="s">
+        <v>3465</v>
+      </c>
+      <c r="F520" s="5" t="s">
+        <v>3466</v>
+      </c>
+      <c r="G520" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H520" s="5" t="s">
+        <v>3467</v>
+      </c>
+      <c r="I520" s="5" t="s">
+        <v>3468</v>
+      </c>
+      <c r="J520" s="5" t="s">
         <v>3469</v>
       </c>
-      <c r="B520" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C520" s="5" t="s">
+      <c r="K520" s="5" t="s">
+        <v>3470</v>
+      </c>
+      <c r="L520" s="6" t="s">
+        <v>3471</v>
+      </c>
+      <c r="M520" s="5" t="s">
+        <v>3472</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="5" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B521" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C521" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D521" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E521" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F521" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H521" s="5" t="s">
+        <v>3474</v>
+      </c>
+      <c r="I521" s="5" t="s">
+        <v>3475</v>
+      </c>
+      <c r="J521" s="5" t="s">
+        <v>3476</v>
+      </c>
+      <c r="K521" s="5" t="s">
+        <v>3477</v>
+      </c>
+      <c r="L521" s="6" t="s">
+        <v>3478</v>
+      </c>
+      <c r="M521" s="5" t="s">
+        <v>3479</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="5" t="s">
+        <v>3480</v>
+      </c>
+      <c r="B522" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C522" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D522" s="5" t="s">
+        <v>2965</v>
+      </c>
+      <c r="E522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H522" s="5" t="s">
+        <v>3481</v>
+      </c>
+      <c r="I522" s="5" t="s">
+        <v>3482</v>
+      </c>
+      <c r="J522" s="5" t="s">
+        <v>2329</v>
+      </c>
+      <c r="K522" s="5" t="s">
+        <v>3483</v>
+      </c>
+      <c r="L522" s="6" t="s">
+        <v>3484</v>
+      </c>
+      <c r="M522" s="5" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="5" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B523" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C523" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D523" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E523" s="5" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F523" s="5" t="s">
+        <v>3250</v>
+      </c>
+      <c r="G523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H523" s="5" t="s">
+        <v>3487</v>
+      </c>
+      <c r="I523" s="5" t="s">
+        <v>3488</v>
+      </c>
+      <c r="J523" s="5" t="s">
+        <v>3489</v>
+      </c>
+      <c r="K523" s="5" t="s">
+        <v>3490</v>
+      </c>
+      <c r="L523" s="6" t="s">
+        <v>3491</v>
+      </c>
+      <c r="M523" s="5" t="s">
+        <v>3492</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="5" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B524" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C524" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D524" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E524" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F524" s="5" t="s">
+        <v>3250</v>
+      </c>
+      <c r="G524" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H524" s="5" t="s">
+        <v>3494</v>
+      </c>
+      <c r="I524" s="5" t="s">
+        <v>3495</v>
+      </c>
+      <c r="J524" s="5" t="s">
+        <v>3496</v>
+      </c>
+      <c r="K524" s="5" t="s">
+        <v>3497</v>
+      </c>
+      <c r="L524" s="6" t="s">
+        <v>3498</v>
+      </c>
+      <c r="M524" s="5" t="s">
+        <v>3499</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="5" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B525" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C525" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D525" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E525" s="5" t="s">
+        <v>2990</v>
+      </c>
+      <c r="F525" s="5" t="s">
+        <v>3020</v>
+      </c>
+      <c r="G525" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H525" s="5" t="s">
+        <v>3501</v>
+      </c>
+      <c r="I525" s="5" t="s">
+        <v>3502</v>
+      </c>
+      <c r="J525" s="5" t="s">
+        <v>3503</v>
+      </c>
+      <c r="K525" s="5" t="s">
+        <v>3504</v>
+      </c>
+      <c r="L525" s="6" t="s">
+        <v>3505</v>
+      </c>
+      <c r="M525" s="5" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="5" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B526" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C526" s="5" t="s">
+        <v>3508</v>
+      </c>
+      <c r="D526" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E526" s="5" t="s">
+        <v>3509</v>
+      </c>
+      <c r="F526" s="5" t="s">
+        <v>3510</v>
+      </c>
+      <c r="G526" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H526" s="5" t="s">
+        <v>3511</v>
+      </c>
+      <c r="I526" s="5" t="s">
+        <v>3512</v>
+      </c>
+      <c r="J526" s="5" t="s">
+        <v>3513</v>
+      </c>
+      <c r="K526" s="5" t="s">
+        <v>3514</v>
+      </c>
+      <c r="L526" s="6" t="s">
+        <v>3515</v>
+      </c>
+      <c r="M526" s="5" t="s">
+        <v>3516</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="5" t="s">
+        <v>3517</v>
+      </c>
+      <c r="B527" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C527" s="5" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D527" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E527" s="5" t="s">
+        <v>3519</v>
+      </c>
+      <c r="F527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H527" s="5" t="s">
+        <v>3520</v>
+      </c>
+      <c r="I527" s="5" t="s">
+        <v>3521</v>
+      </c>
+      <c r="J527" s="5" t="s">
+        <v>3522</v>
+      </c>
+      <c r="K527" s="5" t="s">
+        <v>3523</v>
+      </c>
+      <c r="L527" s="6" t="s">
+        <v>3524</v>
+      </c>
+      <c r="M527" s="5" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="5" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B528" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C528" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D528" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E528" s="5" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F528" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G528" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H528" s="5" t="s">
+        <v>3528</v>
+      </c>
+      <c r="I528" s="5" t="s">
+        <v>3529</v>
+      </c>
+      <c r="J528" s="5" t="s">
+        <v>3530</v>
+      </c>
+      <c r="K528" s="5" t="s">
+        <v>3531</v>
+      </c>
+      <c r="L528" s="6" t="s">
+        <v>3532</v>
+      </c>
+      <c r="M528" s="5" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="5" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B529" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C529" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D529" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E529" s="5" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F529" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H529" s="5" t="s">
+        <v>3535</v>
+      </c>
+      <c r="I529" s="5" t="s">
+        <v>3536</v>
+      </c>
+      <c r="J529" s="5" t="s">
+        <v>3537</v>
+      </c>
+      <c r="K529" s="5" t="s">
+        <v>3538</v>
+      </c>
+      <c r="L529" s="6" t="s">
+        <v>3539</v>
+      </c>
+      <c r="M529" s="5" t="s">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="5" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B530" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C530" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D530" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E530" s="5" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F530" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G530" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H530" s="5" t="s">
+        <v>3542</v>
+      </c>
+      <c r="I530" s="5" t="s">
+        <v>3543</v>
+      </c>
+      <c r="J530" s="5" t="s">
+        <v>3544</v>
+      </c>
+      <c r="K530" s="5" t="s">
+        <v>3545</v>
+      </c>
+      <c r="L530" s="6" t="s">
+        <v>3546</v>
+      </c>
+      <c r="M530" s="5" t="s">
+        <v>3547</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="5" t="s">
+        <v>3548</v>
+      </c>
+      <c r="B531" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C531" s="5" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D531" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="E531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H531" s="5" t="s">
+        <v>3550</v>
+      </c>
+      <c r="I531" s="5" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J531" s="5" t="s">
+        <v>2329</v>
+      </c>
+      <c r="K531" s="5" t="s">
+        <v>3552</v>
+      </c>
+      <c r="L531" s="6" t="s">
+        <v>3553</v>
+      </c>
+      <c r="M531" s="5" t="s">
+        <v>3554</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="5" t="s">
+        <v>3555</v>
+      </c>
+      <c r="B532" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C532" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D532" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E532" s="5" t="s">
+        <v>3556</v>
+      </c>
+      <c r="F532" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G532" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H532" s="5" t="s">
+        <v>3557</v>
+      </c>
+      <c r="I532" s="5" t="s">
+        <v>3558</v>
+      </c>
+      <c r="J532" s="5" t="s">
+        <v>3559</v>
+      </c>
+      <c r="K532" s="5" t="s">
+        <v>3560</v>
+      </c>
+      <c r="L532" s="6" t="s">
+        <v>3561</v>
+      </c>
+      <c r="M532" s="5" t="s">
+        <v>3562</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="5" t="s">
+        <v>3563</v>
+      </c>
+      <c r="B533" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C533" s="5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D533" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E533" s="5" t="s">
+        <v>3564</v>
+      </c>
+      <c r="F533" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G533" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H533" s="5" t="s">
+        <v>3565</v>
+      </c>
+      <c r="I533" s="5" t="s">
+        <v>3566</v>
+      </c>
+      <c r="J533" s="5" t="s">
+        <v>3567</v>
+      </c>
+      <c r="K533" s="5" t="s">
+        <v>3568</v>
+      </c>
+      <c r="L533" s="6" t="s">
+        <v>3569</v>
+      </c>
+      <c r="M533" s="5" t="s">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="5" t="s">
+        <v>3571</v>
+      </c>
+      <c r="B534" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C534" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D520" s="5" t="s">
+      <c r="D534" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="E520" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F520" s="5" t="s">
+      <c r="E534" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F534" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="G520" s="5" t="inlineStr">
-[...20 lines deleted...]
-        <v>3474</v>
+      <c r="G534" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H534" s="5" t="s">
+        <v>3572</v>
+      </c>
+      <c r="I534" s="5" t="s">
+        <v>3573</v>
+      </c>
+      <c r="J534" s="5" t="s">
+        <v>2220</v>
+      </c>
+      <c r="K534" s="5" t="s">
+        <v>3574</v>
+      </c>
+      <c r="L534" s="6" t="s">
+        <v>3575</v>
+      </c>
+      <c r="M534" s="5" t="s">
+        <v>3576</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -45615,44 +46874,58 @@
     <hyperlink ref="M496" r:id="rId501"/>
     <hyperlink ref="M497" r:id="rId502"/>
     <hyperlink ref="M498" r:id="rId503"/>
     <hyperlink ref="M499" r:id="rId504"/>
     <hyperlink ref="M500" r:id="rId505"/>
     <hyperlink ref="M501" r:id="rId506"/>
     <hyperlink ref="M502" r:id="rId507"/>
     <hyperlink ref="M503" r:id="rId508"/>
     <hyperlink ref="M504" r:id="rId509"/>
     <hyperlink ref="M505" r:id="rId510"/>
     <hyperlink ref="M506" r:id="rId511"/>
     <hyperlink ref="M507" r:id="rId512"/>
     <hyperlink ref="M508" r:id="rId513"/>
     <hyperlink ref="M509" r:id="rId514"/>
     <hyperlink ref="M510" r:id="rId515"/>
     <hyperlink ref="M511" r:id="rId516"/>
     <hyperlink ref="M512" r:id="rId517"/>
     <hyperlink ref="M513" r:id="rId518"/>
     <hyperlink ref="M514" r:id="rId519"/>
     <hyperlink ref="M515" r:id="rId520"/>
     <hyperlink ref="M516" r:id="rId521"/>
     <hyperlink ref="M517" r:id="rId522"/>
     <hyperlink ref="M518" r:id="rId523"/>
     <hyperlink ref="M519" r:id="rId524"/>
     <hyperlink ref="M520" r:id="rId525"/>
+    <hyperlink ref="M521" r:id="rId526"/>
+    <hyperlink ref="M522" r:id="rId527"/>
+    <hyperlink ref="M523" r:id="rId528"/>
+    <hyperlink ref="M524" r:id="rId529"/>
+    <hyperlink ref="M525" r:id="rId530"/>
+    <hyperlink ref="M526" r:id="rId531"/>
+    <hyperlink ref="M527" r:id="rId532"/>
+    <hyperlink ref="M528" r:id="rId533"/>
+    <hyperlink ref="M529" r:id="rId534"/>
+    <hyperlink ref="M530" r:id="rId535"/>
+    <hyperlink ref="M531" r:id="rId536"/>
+    <hyperlink ref="M532" r:id="rId537"/>
+    <hyperlink ref="M533" r:id="rId538"/>
+    <hyperlink ref="M534" r:id="rId539"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>