--- v1 (2026-01-02)
+++ v2 (2026-03-01)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5688" uniqueCount="3577" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5822" uniqueCount="3672" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -725,50 +725,95 @@
     <t>https://fynboerne.ktdk.dk/n/m5DIwCRs</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Sigrid Storråde
 Olav Tryggvason</t>
   </si>
   <si>
     <t>Omslag
 S. 2 blank
 S. 3-5: Rimbrev til "den grønne Pære". Skribenter: Peer og Poul
 S. 6: Sommernatten. Skribent: Ellen Warberg
 S. 7-9: Fra Borgmesterens Dagbog. Skribent: Ellen Warberg
 S. 10-11: Ulykkestilfælde (Tre Digte). Skribent: "En fjortenaarig"
 S. 12-13: P. Konvel: "En modig Handling". Skribent ukendt
 S. 13-14: Literatur. "Olav Trygvesøn". Skribent: En Abonnent
 S. 14: Til Abonnenterne. Skribent: Dehla Vendt</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/f6OnKrlW</t>
+  </si>
+  <si>
+    <t>1888-12-17</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup</t>
+  </si>
+  <si>
+    <t>Mary Brandstrup
+Susan Brandstrup
+Stephen Grover Cleveland
+Maria Krümmelbein</t>
+  </si>
+  <si>
+    <t>M.K. er muligvis Maria Kristina/Kirstine Krümmelbein, som var Frederik Brandstrups mor. Blandt efterkommere af Brandstrup-familien er bevaret (2026) fotos af et portrætmaleri af denne kvinde, mens man ikke ved, om det originale maleri stadig findes. 
+H. Peter Nielsen og Winding kendes ikke. De firmaer, som er omtalt i brevet, er også ukendte. 
+St. Paul ligger i staten Minnesota i USA.
+Milwaukie ligger i staten Wisconsin i USA.
+Duluth er en amerikansk by i staten Minnesota. Byen er administrativt centrum i det amerikanske county St. Louis County
+US Gallon: 1 gallon = 3,78541 liter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1394</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup takker for faderens brev med kvittering for modtagelse af portrættet. Forretningen kører ikke godt, men Frederik går måske i kompagni med en malermester. Der er to gode kontrakter, og Frederik har arbejdet med Winding en uge. Winding betaler altid hotel, god mad og dyre cigarer.
+Den lille datter, Mary, har tre tænder, og hun er sød og nem. Susan siger, at hun er den smukkeste pige, hun har set, og at hun ligner sin far. 
+Susan har gemt brevet fra Frederiks far i en kasse, hvori også Frederiks frier-brev ligger. 
+Der er blevet bygget et whisky-destilleri i St. Paul. En af Frederiks venner arbejdede på, at Frederik kunne få job på stedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kDJH</t>
+  </si>
+  <si>
+    <t>17de Dec. 1888
+Kjæreste Forældre,
+Vi bleve meget glade ved at modtage Faders Brev, i hvilket Du kvitterer for Modtagelsen af M. Ks Portrait. Forretningen gaaer kun smaat men vi ere ved frisk Mod og gaaer det ikke saa tager vi fat paa noget frisk. Gud ske Lov, her i dette velsignede Land kan en Mand bestille, hvad han vil – om han kan.
+Muligvis gaaer jeg efter Nytaar i Compagni med min Ven H. Peter Nielsen, velbestaltet Malermester her i Staden. Han troer, han trænger til mig; og heri bestyrker jeg ham af bedste Evne. Han har været etableret i tre Aar og klarer sig godt. Men herom er endnu ikke noget bestemt. Min gode Winding har sat en Deel flere Penge i sin Forretning i Milwaukee og kan derfor ikke holde St. Paul gaaende længere. Vi har to ret gode Contracter for det tidlige Foraar; men det er et Spørgsmaal, om han vil holde mig til den Tid, da der Intet er at giøre for mig. Men som sagt, det gaaer nok. Jeg var en dum Hund at jeg ikke stjal nogle Hundreder Dollars fra ham mens Tid var. Nu er det for sent. – Jeg fik Arbeidet i Duluth, som jeg skrev om og var deroppe med W. en Ugestid. Jeg holder altid af at være med ham; for vi spise den bedste Mad paa de bedste Hoteller og ryge gode Cigarer, som her ere dyre. Og min Ven W betaler. Og det kan jeg godt lide. 
+Veiret har dette Efteraar været ubeskrivelig deiligt. Endnu har vi ikke Vinter; men da Vinteren i Regelen sætter ind i Begyndelsen af November er dette noget aldeles ualmindeligt. 
+Med Undtagelse af ganske faa Dage har S. regelmæssigt havt den lille Pige med om Eftermiddagen, kjørende hende omkring for en Timestid i Nabolavets Gader eller Veie rettere sagt. Dette bidrager til at holde hende frisk og vel, det søde og lille Væsen. Hun har tre Tænder og tre andre kunne sees gjennem Skindet. Hun blev vaccineret for to – tre Maaneder siden; men end ikke dette gjorde hende syg den mindste Smule. Grædee gjør hun aldrig, hverken Nat eller Dag - men hun er fuld af Kraft og Liv og Lystighed. Susan paastaaer, at hun er den smukkeste, deiligste Unge, der nogensinde existerede. Og da S. endvidere paastaaer, at hun er mit udtrykte Billed, saa maa jeg jo troe hende; for det er jo et ubestrideligt Beviss paa hendes Skjønhed. Vi har Grund til at takke Gud for hende; ikke en Feil eller et Mærke paa hele det lille deilige Legeme. Og det ivrige, klare lille Ansigt med de spillende Øine viser tydeligt, at hendes Aand er ligesaa frisk som Legemet. S læste rørt og glad Dit Brev kjære Fader; Enhver som foorstaar Engelsk, kunde forstaa det tiltrods for enkelte Vendinger, som var "mindre correcte". Susan har lagt Brevet i en liden Kasse, hvori hun opbevarer bl.a. mit Frierbrev (hvori et Blad af en Nyboders Geranium). Hun vil opbevare Dit Brev til vor lille maiden og lade hende faa det, naar hun er gammel nok til at læse det. 
+Jovist stemte jeg paa Cleveland – desværre forgjæves, som I for længst vide. – Her er bygget et Whiskey distillery i St. Paul hvorfra der daglig skal produceres 18000 glls. I den Anledning er Styrken i Revenue Comptoiret forøget med ni Mand. Chefen er en Nordmand, der boer hos en af mine danske Venner. En anden dansk er Clerk i Comptoiret og boer samme Sted. Han arbeidede for at jeg skulde faae en af Pladserne paa $ 4 om Dagen – men hvad skeer!</t>
   </si>
   <si>
     <t>1889-08-16</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
   </si>
   <si>
     <t>Lundeborg</t>
   </si>
   <si>
     <t>Lundeborg Havn, 5874 Hesselager, Danmark
 Langtved 5540 Ullerslev
 København
 Vor Frue Kirke Kalundborg
 Ullerslev</t>
   </si>
   <si>
     <t>Cathrine -
 Dora -
 Line -
@@ -2911,50 +2956,111 @@
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0347</t>
   </si>
   <si>
     <t>Laura Warberg vil tage til sin søster (Jo)hanne i Snøde. Sønnen Dede får gode karakterer og meget ros i skolen.
 Mens Laura læste i en god bog, blev hun afbrudt af Frøken Jensen.
 Fr. Berg og Laura har været i kirke, og den nye præst var god. 
 Christine vil flytte.
 Gamle Breinholt har holdt stor fest. 
 Frederik/Dede har været spændt på invalidefesten med fyrværkeri. 
 Laura beder Albrecht hente nogle forføddede strømper.
 Alhed kommer samme aften. Hun er begyndt at male. Et billede af havre har Johanne/Junge købt. Laura og Thorvald Balslev har begge bestilt malerier.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SqKV</t>
   </si>
   <si>
     <t>Erikshaab - Tirsdag d: 27de.
 Kjæreste Abba!
 Tak for Brevet; nu vil jeg gjøre det til en Regel at skrive Dagen efter hvert Brev, jeg faar fra Dig det næste maa Du vist adressere til Snøde pr Lohals jeg tager nemlig imod Hannes Indbydelse i indlagte Brev og rejser derned paa 8 Dage paa Lørdag. Synes Du ikke det er kiederligt, at jeg altsaa rejser fra Dedes Besøg næste Lørdag og Søndag; ja mulig at han bliver dernede, naar han hører, at jeg er borte. Alhed rejste i Lørdags til Tarup og vilde strax fra Banegaarden gaae ud og sige til Dede, at han kunde godt blive i Odense og gaae i Fruens Bøge til Invalidefest, men hun kom for sent, saa han var allerede væk. Jeg ventede ham altsaa ikke, blev derfor højlig glad, da han glad og livlig indfandt sig. Han var saa overvældet snaksom, fortalte om alt dernede han forstaar saae godt Matematik, Latin er heller ikke saa svært, Læreren havde rost ham for Skrivning, han var den eneste i Klassen, der vidste rede paa kunde og kunne skulde og skulle, han var hørt i Fransk hos L[ulæseligt] og ”(havde) sagde ikke en Fejl”,["sagde" indsat over linjen] og saadan gik det i en Uendelighed. Nogle Drenge havde sagt til ham ”ja Du kommer nok oven for den og den og den. Der er mange grulig daarlige Drenge siger han. Han fortalte Dig vel, at Rektor kom ind i B og sagde ”Hvor er Warberg?” Dede med snøvlende Rektorstemme! Saa blev han nederst i A, saa der er nogen at rykke op over, de er 23. Fru Nielsen er glad ved ham og han ved hende og Johanne. I Søndags Efterm var Frøken Berg Astrid og Dede oppe hos Hanne og Hans Jørgen, fik Blomster med hjem og Dede sagde, at Fru Nielsen skulde have nogle af dem. Paa Turen til Sallinge gik han ogsaa og fortalte hele Tiden, saa Fr. Berg var helt forbavset over ham. De gik over Mosen dertil, Fr. B. sank dybt i, stod næsten i samme Situation, som Trisse ved sin Cycle i Snøde; saa Dede i en Fart vendte Ryggen til, hun mente at kunne træde de samme Steder, som de smaa. Mens de var der, sad jeg og læste i en meget spændende tysk bog blev til min Sorg afbrudt af Frøken Jensen, der kom spadserende uventet. Da saa hendes Tøj skulde hentes i Højrup, kjørte vi alle med ned til Toget og fik Dengse afsted med det samme. Om Formiddagen var Fr. Berg og jeg i Lyndelse Kirke, det er vist en god Taler den unge Præst og han ser godt ud. I Lørdags fik vi indhøstet. Dora ved jeg intet om, den staaer paa Græs i Engen og bliver ikke brugt. I Fredags kom Thorvald og Junge cyclende fra Faaborg, havde ikke været andre Steder, blev her til Lørdag, da kom Christine cyclende helt uventet for at fortælle, at hun havde sagt til Jenny hun vilde flytte, dersom Leutenant Basse vilde have hendes Værelser, (hvilket jeg endnu intet har hørt om), men hun troede det. Fru L. var bleven kjed af det, men kunde nok forstaae, at hun vilde boe billigere. Hun havde ingen nye Elever faaet. De cyclede saa alle tre sammen hjem [oven over linien er skrevet: ”henad”] Kl. 3, paa samme Tid som Alhed gik til Højrup. Syberg kom hjem Lørdag Aften, de andre Søndag. Der havde været 3 Dage Gilde i Esbjerg voldsom flot allsammen: gl. Breinholt holdt 70 aarig Fødselsdag med stort Knald. Igaar skulde Dengse til Invalidefest; bare der er bleven noget af, da Vejret var saa slemt, han var meget optaget af at skulle see Fyrværkeri. Gustav er han vred paa, han slaaer og driller ham og er saa uartig, siger Dede og saa kræsen og saa muggen mod Fru Nielsen. Iaften kommer Alhed, Pigerne gaar ned efter hende til sidste Tog. Naar Du en Gang kommer i Nærheden af Nørrefarimagsgade, vil Du saa ikke i Trikotagefabriken ”Norden” hente et Par forføddede sorte Strømper, som Muk leverede ind og som de skulde have sendt. Den er et Par Huse ind i Gaden fra den (Side) [oven over linien er skrevet: ”Ende”], der vender til Banegaardene. Et Par nye af samme Slags vilde være velkomne, det er saadan et godt Strømpested. } De forføddede er til ca. 85 Øre, nye til 1½ Kr. Baron Otto – Ny Adelgade No 5 – 2 Sal. Den stakkels Feilberg. Vil Du hilse Emil og hvem Du ellers ser af bekjendte. Tænk Alhed har begyndt at male! Har lavet et pænt Stykke med Havre, som Junge og Thorvald var meget begejstrede for, Junge kjøbte det. Jeg har bestilt et hos hende, nu maa hun opmuntres! Thorvald har ogsaa bestilt et ved Tarup. Her er saa koldt og uhyggeligt, regner hver Dag.
 Alhed gaaer nu i Skole.
 Kjærlig Hilsen fra Din Smaa.</t>
   </si>
   <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
     <t>1895-09-03</t>
   </si>
   <si>
     <t>Snøde pr. Lohals</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 Niels Elgaard Amstrup
 Johanne  Larsen
 - Leisner
 Hans Rasmussen
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Frederik/Dede Warberg var 12 år i 1895. 
 Det vides ikke, hvem Karen og Sørensens var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2122</t>
   </si>
   <si>
     <t>Frederik/Dede kom først søndag morgen. Han havde taget fejl af et tog. Han havde et brev med fra Fru Leisner. Frederik tog med Astrid/Dis hjem medbringende en kurv med æbler mm.
 Johanne og Alhed Larsen har været til en fest hos Hans Rasmussen. De blev åbenbart betragtet som meget fornemme, for de to søstre sad på stole, mens de øvrige gæster sad på bænke. 
 Vejret er smukt, og Alhed håber, at hendes mor nyder tilværelsen på Langeland.</t>
@@ -4957,87 +5063,188 @@
   <si>
     <t>Astrid takker for, at Johanne har meldt sig ind i Dragtreformforeningen. Da foreningen var blevet stiftet, blev Astrid formand. Der er god opbakning, og den tyske søsterorganisation vil lave en udstilling i Sønderborg, som den danske forening også skal bidrage til.
 Astrid har deltaget i et hårdt kursus, og nu er der afslutning med karakterer. Hun regner med at overtage gymnastikundervisning flere steder derefter. Astrid har lånt og fået menneskeknogler af Dakka Svendsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dLi0</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frk.
 Johanne Warberg
 Hotel Phønix
 K. Kjøbenhavn
 Odense d 21 April 1899.
 Kære Junge! Grundet på at jeg mærker, at jeg snart helt har glemt Dig, vil jeg i Aften tage mig så meget Tid som til et lille Brev til Dig.
 Tak fordi Du melder Dig ind i Dragtreformforeningen. Jeg sender Dig herved Love og Emblem, [kommaet overstreget] hvis Du med det samme betaler Årsbidrag udgør det hele 1 Krone, som kan sendes til Undertegnede. – Du kan tro, der er voldsom Fart i det Hele – i Tilværelsen mener jeg; man synes, man får en Smule ud af det. Nu først Foreningen; Du har vist nok hørt nu, hvorledes vi fik den stiftet – om Mødet, der i Sandhed var festligt! Jeg blev Formand, holdt [ulæseligt ord] efter Bestyrelsesmøde – med stor Højtidelighed. Og nu går den strygende! Vi omvender en Del! der melder sig stadig ny Tilhængere af Sagen (Kammerherre Vind bl.a.!) og Dakka Svendsen har i sin Herlighed skreven et glimrende Stykke i F. Stiftstidende om Foreningen, som han anbefaler varmt til Folks Opmærksomhed (o.s.v.) nej, sidst – i Dag – fik vi atter Brev fra den store tyske Forening – Allgemeiner Verein zum Verbesserung der Frauenkleidung in Berlin; den meddeler os, at Afdelingen i Sønderborg vil lave en Udstilling nu til Sommer; Programmet, der er meget righoldigt, fulgte indlagt. Vi blev anmodet om at udstille noget i én eller anden Retning; Tutte har foreslået mig at forevise et Gymnastikhold af unge smukke Damer, der ikke bære Korset!
 I den Retning går Udstillingen nemlig også. Osv. – men det var nu Dakka Svendsen; Mornine har gået til ham med sin Arm, og vi ere enige om at elske ham, Du kan ikke tænke Dig, hvor Dakkaen er enestående pragtfuld, jeg går der heldigvis hver Dag endnu; på en Måde er det dog mindre heldigt, da min Mave stadig er lige ubehagelig – afbrudt.
 Søndag. Nej, det kan ikke blive til noget at skrive Breve i denne Måned Junge! 
 Jeg er på et April Kursus hos Olav Schrøder, hvor vi må hænge så ganske rasende i. Op 6 om Morgenen, skal møde 7¾ på Seminariet hver Morgen og er først færdig Kl C 7 om Aftenen. Og nu i den sidste Uge skal vi have Karakterer, for at han kan have noget at rette sig efter ved Anbefalinger. Uha! Der må skam hænges i. – Nu i Aften skal vi alle til Gilde hos Schrøders, det kan vel blive helt sjov. Jeg rejser så hjem til Maj og agter da at lede Gymnastikken i Hillerslev, hvis Frands tillader. Og til Askov til November Junge! – Ja, den er som sagt snart glimrende. Men lad mig da ikke glemme ét Punkt, der vil more Dig. Jeg har lånt hele Dakkaens Samling af Menneskeben; de ligger og pryder mit lille stilfulde Værelse. Og – et Menneskehovede har han foræret mig! Det står naturligvis på mit Bord! – Blandt de lånte Ben er en hel sammenhængende Hånd, de blodige Ligamenter sidder på endnu.
 Ja, nu må jeg slutte! Kronen skal være velkommen, hvis Du ikke skriver til mig inden Maj, må Du helst sende den til Tutte. Indlagt Lov og Emblem.
 Med 1000 Hilsner til højre og venstre
 Din
 Dis</t>
   </si>
   <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
     <t>1899-05-09</t>
   </si>
   <si>
     <t>Margrethe Bentzen
 Wilhelmine Berg
 Victor Bøttern
 Georg Larsen
 Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
 Albrecht  Warberg
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er hjemme hos forældrene for at føde sit og Johannes Larsens første barn. Drengen, som fik navnet Andreas (Puf) blev født 12. maj.</t>
   </si>
   <si>
     <t>Alhed håber på godt vejr, så Johannes Larsen kan komme videre med sine billeder. Hun maler stadig på sit billede, men hun kan ikke få tapetet pænt.
 Fosteret har lagt sig i "Angrebsstilling", og Alhed synes, hun ser "gebrummerlig" ud, men derfor kan der godt gå 14 dage, før hun føder.
 Alhed har været ude at gå tur med sin mor, og hun gik let og ubesværet. Ellen (Elle, søster) har købt en kjole til "Niecen" og sendt den med en mand (fra USA) til Danmark. 
 Christine og Alhed har plukket anemoner og også plantet nogle i haven. De spiller l'hombre om aftenen. 
 Alhed antager, at Johannes Larsen ikke har tid til at komme til Erikshaab lige nu.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3xKC</t>
   </si>
   <si>
     <t>Min egen Frajsermand!
 Far sidder og siger, om jeg ikke vil begynde Brevet med: Hvad siger Ladersen? Tak for Dit Brev med Dit nye Motiv, det ser nydeligt ud. Blot nu Vejret vil føje sig lidt efter alle Dine Billeder, saa faar Du jo nok et udmærket Foraarsresultat. Det er jo rigtig rart, at Regnen kommer nu, inden Pæretræet er sprungen ud. Man staa nu bare ikke og frys saa Du faar en Forkølelse, det vilde være rædsom ærgerligt! – Jeg hænger stadig i med mit Billede; Tapetet driller mig, jeg kan slet ikke faa det kønt, Urtepotterne og Bordet mangler jeg ogsaa meget paa, men det kunde jeg da tilnøds nok male, naar jeg er bleven rask igen, derimod ikke Tapetet, da der skal hænges hvide Gardiner op, som vil give et helt andet Skær. – Du spørger, om jeg tror det varer ret længe, inden den lille kommer, jeg kan saamænd slet ikke sige det, men jeg synes, jeg ser saa gebrummerlig ud de sidste Dage, jeg tror, den lille har lagt sig i Angrebsstilling, men derfor kan det nok godt trække ud en 8-14 Dage. Mor og jeg var ude at spadsere i Aftes, og Mor var meget imponeret af saa hurtig og let, jeg kunde gaa, det er helt enestaaende, siger hun, saa hun mener, jeg nok vil komme meget nemt over det. Elle skriver i Dag, at hun og Eastman har været ude at købe en lille Kjole til ”Niecen”, og de har sendt den med en ung Mand, der er afrejst til Kjbn. og som skal bo i Tante Mis’s Pensionat, saa den kommer nok en af Dagene er det ikke morsomt? – Jeg husker ikke, om jeg skrev i Gaar at Christine og jeg tog Mellemstokke af nogle gule Anemoner i Gaar oppe i Skoven og at jeg plantede dem nede i Haven i Aftes; de ere saa kønne, de gule Anemoner, vi har et helt Glas fuldt staaende af dem nede i Stuen. – Vi spille fremdeles L’Hombre hver Aften. Palam smed den anden Aften en ”Maar”, som Far derefter beviste ham var oplagt!! det var Aftenens ”cloux” (ved ikke Stavningen) og saadan et ”clou” har vi jo cirka hver Aften. – Dis gaar og [ulæseligt ord] med Høns en stor Del af Dagen, og hun og lille Bentzen lader til at kunne rigtig godt sammen. – Nu vil jeg slutte, Christine rejser til Odense med Iltoget og skal have det med. Hils dem alle mange Gange. Saa ser jeg Dig vel ikke paa Torsdag, Du kan vel ikke rejse fra Dine Billeder? Men Du ved nok, at naar jeg ikke skriver, at Du endelig maa komme, saa er det ikke fordi jeg ikke længes efter Dig, men af Dyd og Pligt. – Jeg savner Dig jo forfærdelig, naar jeg ikke er sammen med Dig, men jeg har det jo ellers udmærket herhjemme, de ere søde imod mig alle sammen. Far og Mor er saa glade ved mit Billede og følger det med stor Interesse; naa nu skal Chr. nok af Sted! 1000 Hilsner af de allerkærligste til min egen Ven fra Din A.
 Vil Du gratulere Grossereren fra mig.
 d. 9ende Maj 1899.</t>
   </si>
   <si>
     <t>1899-05-11</t>
   </si>
   <si>
+    <t>Wilhelmine Berg
+Johanne  Brandstrup
+- Jensen, Frøken, Erikshaab
+Asta Krohn
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år i et hus sammen med hans forældre, hans søstre og flere uidentificerede familiemedlemmer. Det vides ikke, hvad Harris Sawyers mor hed. 
+Alhed Larsen fik ikke en pige. Hun fødte en dreng 12. maj 1899.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1520</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer håber, at Alhed Larsen får en pige.
+Harris Sawyer er rejst til Milwaukee, hvor han skal indføre mælkesyre på et bryggeri. Det var en skuffelse, at Ellen ikke kunne komme med. Harris har besøgt Frederik Brandstrup og hans familie i Chicago. Datteren ligner Alhed/B og Johanne/Junge. Når Harris er væk, føler Ellen sig ikke hjemme. Hans familie er søde, men hun har det, som var hun en gæst. Harris troede på forhånd, at det skulle være hans og Ellens hjem, men de andre er for mange, og de dominerer.
+Ellen og Harris har besøgt nogle andre familiemedlemmer. Hun fik blomster, og flere personer sang, spillede og læste historier på dialekt.
+Ellen og Harris har fået en karaffel og en frugtskål.
+Ellen har broderet en bordløber til sin mor som tak for hjælpen med kasserne. Harris har syet et par hvide tråde.
+Ellen har været på biblioteket og i en fin gade med mange velklædte mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vwuv</t>
+  </si>
+  <si>
+    <t>Maj 11-99
+Kære Moder
+Jeg er meget angergiven over at jeg har ladet en Brevdag skyde over. Der havde været så megen Uro og Travlhed at jeg kun kunde skrive et Gadskebrev og så vilde jeg hellere vente et Par Dage. – 
+Vil du takke Frk. Jensen så meget for hendes Brev. Bare hun nu må komme sig helt for Hosten og Influenzaen. Alheds lille Pige kommer da ikke til at lide Mangel på Velyndere når hun kommer. – Det vilde være underligt, hvis det blev en Dreng, - det må vi da ikke håbe. Når du får dette Brev er det måske overstået.
+Jeg er Enke i denne Tid. Harris rejste i Fredags til Milwaukee, en lille By i Nærheden af Chicago, hvor han skulde indføre Mælkesyre på et stort Bryggeri, et af de største i Amerika. Han venter sig rigtig gode Forretninger af det, men jeg er ikke Mand for at klare hvordan det egentlig hænger sammen. Det var jo en lille Skuffelse, at jeg ikke kunde komme med, men han bliver kun borte c. 8 Dage og de ere snart gåede. Han skriver hver Dag og har det godt. Han var dårlig da han rejste, et af sine Mavetilfælde men Luftforandringen har gjort ham godt. Tænk han har besøgt Onkel Frederik og syntes så godt om dem alle. Onkel Fr. lod til at være meget glad over at se ham og få en Passiar med ham alt hjemme. E. skriver at Børnene er så søde. Mary Kirstine er en ægte Brandstrup, - hun ligner [”n” i "ligner" indsat over linien] Junge, B og mig men mest B. Drengen er allerkæreste. Når han kommer hjem skal jeg forklare meget mere om dem og skrive derom. – 
+Det er skrækkelig trist når East er væk og jeg føler rigtig hvor lidt hjemme jeg i Grunden føler mig i hele denne Familjere'lighed, som jo slet ikke kommer mig ved i Grunden. De ere udsøgt rare imod mig og lader mig passe mig selv så meget jeg vil, men jeg føler mig som Gæst her og det er jo i Længden trættende, selv om man bliver behandlet med udsøgt Gæstfrihed. Harris mente da han flyttede herind at det skulde være vores Hjem og de andre som boede hos os, men han er begyndt at indse, at han gjorde en Bommert der. – De er for mange om os og det er fuldstændig deres Aand der er den herskende. Jeg har længe været ked af det hele Arrangement og det har længe ulmet i East. Forleden mig straks ”cousin Elle” og jeg følte mig hele Dagen som mellem andre borgerlige Mennesker. Vi gik fra det ene Hus til det andet og blev hædret og underholdt på det kraftigste. ”Cousin Ed” havde en stor Have og gav mig så mange Blomster som vi kunde slæbe hjem, Violer, Æblegrene, en stor Magnoliablomst og en dejlig Cactus. De fleste af dem spiller el synger, om Aftenen samledes de alle med deres Koner i det Hus, som vi oprindeligt besøgte og spillede og sang, èn læste Historier i Bondedialekt og alle morede sig fortræffeligt. 
+Det var næsten på Landet derude og meget smukt. 
+Jeg var helt begejstret over at se Køer græsse og rigtige Pløjemarker. 
+Vi har fået to Presenter siden jeg skrev sidst, - en Vandkaraffel af tykt slebet Glas og en dito Frugtskål. Jeg ved ikke rigtig hvad man kalder sådan den Slags hjemme. Det er sådan noget som det lille Glas du en Gang fik af Bedstemoder el – det lille Glas Asta gav mig da hun rejste. Vores Frugtskål er det tykkeste og tungeste jeg nogensinde har set i den Branche.- 
+Det kunde more mig ved Lejlighed at få at vide om Mr. Pray er kommen til at bo hos Tante Mis og om han skikker sig vel! 
+Er Pakken kommet sikkert derover med Guldfingerbøl og det hele. Bordløberen er til dig til Gengæld for at den Styr du har haft med mine Kasser. – Jeg syede den i sådan en Fart at den vist ikke kan stå for en kritisk Prøve, og der en Stilk og nogle Pletter som jeg ikke nåede. Den Plet, hvor som ["hvor" overstreget; ”som” indsat over linien] der er syt en hvid Tråd over, har Eastman syt. Han tiggede hele Tiden, mens jeg syede den, om han måtte have den, - det egoistiske Asen, men jeg var stærk! 
+Jeg har været i Byen idag og inde på det store offentlige Bibliotek efter Bøger. Jeg spadserede ned gennem Boilston St., en af de fine Gader. Det er aldeles imponerende hvad man der ser af Elegance og fine Klæder. Man kan ikke gøre sig nogen Forestilling om det der er èn Raslen af Silke og en Dunst af Parfume, og Hattene – Bjærge af Blomster og Tull. -
+Her er meget smukt nu. Her er Tusinder af blomstrende Frugttræer, Syrenerne og Kastanjerne ere næsten udsprungne, - smukt er her, det kan ikke nægtes. 
+Nu kun Hilsen til alle, mest til dig fra Pelle. 
+[Skrevet langs venstre margen s. 7; lodret:]
+Helen beder, om du ikke vil sende en gammel Avis, ligegyldig hvilken ved Lejlighed – der er én som samler udenlandske Blade.</t>
+  </si>
+  <si>
     <t>Victor Bøttern
 Carl Meyer
 Ulrik Plesner</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun skal føde.
 Karl Meyer har købt akvareller hos Plesner: Johannes Larsen betalte arkitekt Plesner for tegninger til villaen på Møllebakken i Kerteminde med akvareller. Det er muligvis derfor, at Meyer har kunnet købe akvareller hos Plesner.
 "saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion": Der har tidligere været tale om at holde auktion over Larsens billeder hos Winkel &amp;amp; Magnussen. 
 Billedet af åkandebuketten: Johannes Larsen har fortalt billedets nuværende ejers morfar, at Alheds brudebuket bestod af åkander, og at han efter brylluppet malede et billede af buketten.</t>
   </si>
   <si>
     <t>Johannes Larsen maler på Morgenbilledet. Solen forsvandt, da han skulle male på pæretræet, og kodriverne var visne, så han måtte plukke nye til billedet af buketten. Larsen maler også på et motiv fra gaden, men et stort kastanietræ, der optræder midt i billedet, er blevet fældet.
 Johannes Larsen vil være "slave af pæretræet", så længe det blomstrer.
 Han har fået 200 kr. i betaling for akvareller fra en overretssagfører Karl Meyer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YqJo</t>
   </si>
   <si>
     <t>Kjerteminde 11. Maj 1899.
 Kæreste Alhed!
 Maa jeg allerførst takke Dig for Dine Breve i Gaar og i Dag, jeg skrev jo ikke i Gaar i Anledning af at det er Helligdag i Dag. Jeg fik arbejdet ganske godt i Gaar nemlig paa de tre Billeder, om Aftenen var vi til Gilde hos Grossereren med 2 varme Retter og koldt Bord og Rødvin og Madeira og bag efter fik de andre Kaffe og jeg Toddy, i Morges fik jeg malet en hel Masse paa Morgenbilledet derimod snød Solen mig akkurat de 3 Timer jeg skulde male paa Pæretræet og Kodriverne var visne saa jeg maatte have en ny Buket i og de skal først staa og rette sig til i Morgen inden jeg kan begynde og saa maa jeg male det hele om den Del af Buketten som jeg har malet færdig er nemlig kønnere paa den ny Buket. I Eftermiddag har jeg været med ude at vande Kør og flytte dem hen i en anden Mark og i Aften har jeg ogsaa været med ude at flytte og er en Del træt nu. Jeg har længe syntes at det Motiv ned paa Gaden saa saa underligt bart ud i Aar men jeg har troet at det var fordi Træerne endnu ikke vare rigtig udsprungne, men saa opdager jeg i Dag til min store Ærgrelse at der er fældet et meget smukt Kastanietræ lige midt i Billedet, det mest fremragende Træ i hele Motivet. I Gaar sprang Skoven ud her, og i Dag har jeg set de første Bysvaler og de første Terner, saa nu maa vi vel faa Sommer, det har været dejligt Vejr i dag og i Gaar. Pæretræet er nu halvt udsprunget, det bliver dejligt, men alligevel er jeg somme Tider ved at blive gal paa det naar jeg tænker paa at nu er jeg Slave af det saalænge det staar i Blomst eller ogsaa maa Billedet udsættes i 2 Aar og det maa det maaske nok alligevel hvis Vejret ikke bliver meget naadigt, det er ogsaa lige haardt nok at skulde være lige oplagt paa samme korte Tid hver Dag. Jeg har det ogsaa lige haardt nok i disse Dage med 4 Billeder, men jeg naar ogsaa sjældent at komme i Lav med mere end de 3 af Gangen, det med Kodriverne driller mig næsten mest fordi jeg maa sidde inde i det dejlige Vejr, det er vist nok fordi jeg ikke har faaet bestilt noget i Eftermiddag at jeg sidder og bliver saa gal paa mine Billeder. Det er sandt jeg glemmer nok noget af det vigtigste, i Gaar da jeg sad her og malede blev jeg overrasket af Postbudet som kom med et Pengebrev fra Overretssagfører Karl Meyer, som indeholdt 200 Kr for 2 Aquareller, som han havde købt hos Plesner, saa det lader jo til at gaa helt godt med dem, det nu 5 til 100 Kr. og Aakanderne, saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion. Nu kan jeg ikke skrive mere for de sidder her og snakker i Munden paa hinanden og det er mørkt. Godnat mange Hilsner Din
 Johannes Larsen.</t>
   </si>
   <si>
@@ -5188,50 +5395,102 @@
   <si>
     <t>1899-05-19</t>
   </si>
   <si>
     <t>Andreas Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Træernes blomstring: Johannes Larsen har flere forår i træk malet på et billede af et blomstrende pæretræ.
 Har malet kruset om: Larsen har en tid malet på et billede med kodrivere i et "hammershøisk" krus.
 "Fader og Moder er gaaet i Seng": Mens Alhed Larsen, som lige har født, opholder sig hos sine forældre på Erikshaab, bor Johannes Larsen hjemme hos sine forældre.</t>
   </si>
   <si>
     <t>Johannes Larsen klager over, at vejret er dårligt, og nu er træernes blomstring forbi. Han har malet kruset om, og billedet bliver færdigt den følgende dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kNYe</t>
   </si>
   <si>
     <t>Kjerteminde 19 Maj 1899.
 Min egen Kæreste!
 Tak for Dit Brev i Aften, det var da et udmærket langt Brev, m[en] I er jo ogsaa 2 om [noget af papiret mangler] jeg gaar her [noget af papiret mangler] kan ikke finde [noget af papiret mangler] at skrive om. [noget af papiret mangler] i Dag malet paa [noget af papiret mangler]erne men det [noget af papiret mangler] men det h[noget af papiret mangler]t et tarveligt U[noget af papiret mangler] mig mest ondt[noget af papiret mangler]ledet, det har ikke været godt Vejr til det en eneste Morgen siden jeg kom hjem og i den Tid har Træerne staaet og blomstret og er nu forbi og sidste Aar fik jeg jo slet ikke malet paa Træerne heller. Denne Gang har jeg dog malet dem en Gang igennem i Forgaars Morges da der var enkelte Solblink hovedsagelig efter den Tid jeg egentlig skulde male det. Det ærgrer mig sa[noget af papiret mangler]re som det m[noget af papiret mangler]t blive et bedr[noget af papiret mangler] end jeg havde [noget af papiret mangler] jeg synes plu[dselig je]g har faaet det [noget af papiret mangler]i de Farver som [noget af papiret mangler] Tiden forgæves [noget af papiret mangler] efter, men det er maaske noget Vrøvl. Kruset har jeg malet om i Dag og i Morgen tænker jeg at blive færdig med det Billede, det er vist et meget hæderligt og maaske daarligt Arbejde men jeg tror ikke at det er videre kønt. Fader og Moder er gaaet i Seng, Moder stak for Hovedet ind ad Døren og bad mig hilse Dig. Vi venter Klaks i Nat. Nu vil jeg slutte med mange kæ[rlige Hils]ner til den lille [noget af papiret mangler] egen søde [noget af papiret mangler]
 Din Jo[hannes] Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
   </si>
   <si>
     <t>1899-05-31</t>
   </si>
   <si>
     <t>Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Alhed er hos sine forældre på Erikshaab, fordi hun lige har født. De første uger kaldte Alhed og Johannes Larsen den lille dreng Jeppe. Han kom til at hedde Jeppe Andreas, men blev siden kaldt Andreas og Puf.
 Johannes Larsen bor i Alheds fravær hos sine forældre.</t>
   </si>
   <si>
     <t>Johannes Larsen skal male på sit aftenbillede, selvom han ikke er tilfreds med det.
 Hans forældre rejser til Sverige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gQMq</t>
   </si>
   <si>
     <t>Kjerteminde 31 Maj 1899.
 Kæreste Alhed!
 Ja i Aften er jeg omtrent lige nær med Hensyn til Tiden, da jeg skal ud at male paa Aftenbilledet, det skal jeg nemlig strax, ikke fordi jeg længes efter det, for Billedet ser mildest talt [um]uligt ud paa et nu, [noget af papiret mangler] Standpunkt, [me]n jeg synes ikke jeg vil opgive det da jeg har malet saa længe paa det, noget godt Billede tror jeg nu aldrig det bliver. Jeg skulde bede Marie om at komme hjem saa hurtigt som muligt da Fader og Moder rejser til Sverige Natten mellem Fredag og Lørdag. Jeg har ellers ikke bestilt andet i Dag end skyde en lille Rotteunge og hjælpe Fader med at vande Kreaturer. Det er el[lers] nogle smaa Breve [vi] skriver til hinand[en] i disse Dage. Mange kærlige Hilsner til Dig og den lille søde Jeppe fra Din Johannes Larsen</t>
@@ -5549,50 +5808,97 @@
   <si>
     <t>[På kuvertens forside:]
 Frøken Johanne Warberg
 Snøde 
 pr Lohals
 [På kuvertens bagside er på hovedet skrevet:]
 Sommersol paa gylden Sæd
 fryde kan mit Hjærte
 Leen hugger Rugen net
 - jeg forgaar af Smærte
 Snøde – Høst -1900
 [I brevet:]
 Tirsdag Aften
 Kære lille Junge! Det er mig med hvert Second en stor Glæde at Du er over alle Bjerge og at Du har så godt Vejr – for det er da et Vejr, der kan friske, og et Vejr, der gir Mod på Vagabondlune.
 Fredag Formd. Som Du ser tager jeg med alle Ting småt af det – og har lige nu på Sengen modtaget Dit gode Breve [det sidste e overstreget], som jeg takker Dig af Hjertens Grund for! Hvor det er godt at læse, Junge – sådanne Ord af Dig – jeg stiller mig nu langt mere modtagende overfor alt, hvad som bydes, end Tilfældet før var, nu da jeg véd, hvor jeg har Dig. Jeg befinder mig foreløbig i en Slobrok henne ved mit Bord for lige strax at besvare Dit Brev, og siden lægge mig igen. Jeg står nemlig først op henunder Middag og går i Seng ved 9 Tiden – på anden Måde går det vist ikke, Trætheden sætter sig nemlig stadig på det onde Sted fra gamle Dage nede i Roden, og dette inspirerer mig til megen Forsigtighed – så Du skal ikke være ængstelig for mig.
 Med Dede er det da heldigvis ikke så slemt, men de handler rigtig nok efter min Mening højst uforsigtigt med ham. Han lå hele Dagen i Går – fik derefter Lov at stå op, mens Sengen blev redet – sås kort efter – ovre i Aftenluften og Stikkelsbærrene -! og blev vel at mærke ikke kaldt tilbage men gående!
 Din indtrængende Sætning om ham til mig i Dag har vist imidlertid virket.
 Tutte har sendt ham Bøger, mig ligeledes samt Julebryg og Chokolade, af hvilke begge jeg ved Guds nådige Bistand har reserveret til Din lykkelige – for mig – Genkomst. Af Nervøsitet er der ikke megen, på Søndag er hele Slænget – unge – bedt til Ungt hos Degnens – og glæder sig. 
 (jeg holder mig ved Roden, som bliver hjemme.)
 Lad mig ikke glemme en Ting, jeg væsentlig skriver for Mor vilde skrive, men jeg påtog mig det.
 Til min Forbavselse drejer det sig om, at jeg absolut til Vinter skal: enten til Kerteminde eller til Kjøbenhavn. Du gætter letlig hvad jeg foretrækker – særlig når jeg tvinges til Kerteminde – må jeg, som Du forstår – afsky Tanken. Ærlig – mellem os – har Tanken om at komme der, kun tiltalt mig under den Forudsætning, at man modsatte sig. Du kender Sjælens undertiden Meningsløs-hed.
 Altså bad Mor mig bede Dig skrive strax til Astrid og bede hende svare strax om jeg må komme om til ham – el anden Tid.
 Gør det for Himlens og min Sjælefreds Skyld Junge, jeg vilde under nærværende Omstændigheder i Kerteminde fortæres af Mug og Elde – som gamle Præst udtrykker sig.
 Sindsstemning p.t: normal.
 Dermed Tusinde Hilsner til Jer alle og Dig Junge med en Tak til Dig for Din Meddelelse som stedse opfylder mig og giver mig nok af nyt at betænke!! Dis</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Tailors, Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
   </si>
   <si>
     <t>1899-08-30</t>
   </si>
   <si>
     <t>Louise Amstrup
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Thora  Branner
 Niels Elgaard Amstrup
 - Kraus
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
 Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
   </si>
@@ -5866,53 +6172,50 @@
     <t>Louise Brønsted
 Christian Eckardt
 Margrethe  Eckardt
 Peter Hansen
 Anker Heegaard
 Andreas Larsen
 Karl Schou
 Christine Swane
 Viggo Winkel</t>
   </si>
   <si>
     <t>Johannes Larsen har købt lærred og også sendt noget til Alhed.
 Han sidder på et kvistværelse og maler, og han laver akvareller nær Langebro og Gasværket. Han har været på Charlottenborg og i Bræddehytten.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3qpa</t>
   </si>
   <si>
     <t>Kjøbenhavn 3/4 190[noget af papiret mangler]
 Kæreste Alhed!
 Jeg skrev ikke til dig i Gaar fordi jeg gik og var i trist Humør over at Du var rejst og jeg følte mig saa ensom. Fra Banegaarden gik jeg med Uglen hen og fik en Kop Kaffe, vi mødte Lugge udenfor, hun havde vinket til Toget men ikke set Dig. Derfra gik jeg op til Winkels og fik noget Lærred [og jeg] fik sendt noget over [til] Dig som jeg haaber Du har faaet, jeg betalte ca: 15 Kr for det, saa nu har jeg kun et Par Kr tilbage, men jeg haaber at der snart kommer fra Anker Heegaard. Jeg begyndte paa Billedet i Gaar og sidder oppe paa Kvistværelset og maler, der sidder jeg rart i Fred og der bor jeg nu. Jeg lavede en Aquarel i Gaar af det [Mo]tiv nærmest Langebro og i Dag har jeg lagt [noget af papiret mangler]maleriet an samme Motiv og lavet en Aquarel omtrent færdig af det Motiv ud mod Gasværket. I Gaar var jeg sammen med Uglen og Schou paa Charlottenborg og da vi gik derfra gik Schou og jeg ind i Bræddehytten hvor vi traf Hr og fru P. Jeg trakterede Schou med Bayerske Pølser og Øl og [noget af papiret mangler] desuden en fransk [noget af papiret mangler] gav Cigarer fra R [noget af papiret mangler] og Peter gav Kaffe. Uglen klagede i Gaar over Ondt i Halsen og nu hører jeg at Eckardt, hvor jeg nu er. At hun ligger i Dag. Han er alene hjemme, Margrethe er i Skole og Klaks som kom i Aftes i Theatret. Jeg længes meget efter Dig og den lille søde Ven og skal hænge voldsomt i for snart at komme over til Jer. Jeg glæder mig til [at] faa Brev i Morgen. Mange [kærl]ige Hilsner Din
 Johannes Larsen</t>
   </si>
   <si>
     <t>1900-04-09</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bellevue St.</t>
   </si>
   <si>
     <t>Nelly -
 - Jenkins
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Hempel Syberg</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin amerikanske mand, og parret fik i 1900 datteren Grethe. 
 Alhed Larsen udstillede på Charlottenborg foråret 1900. Johannes Larsen havde en udstilling på Den Frie.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1669</t>
   </si>
   <si>
     <t>Ellen springer sommetider en "brevdag" over, da hun har travlt med nyfødt barn og med gæster. 
 Udgifterne til fødsel og efterfølgende behandlinger blev 300 dollars. Ellen fik feber og problemer med leveren efter fødslen, og hun er stadig mat. 
 Grethe er sød og nem. Hun smiler meget og bliver voldsomt ivrig, når hun hører sang eller klavermusik.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gWgR</t>
   </si>
   <si>
@@ -7913,50 +8216,103 @@
 Dåbsbarnet må have været Thora og Wilhelm Branners førstefødte, Bodild, og Thoras adoptivfar, Hempel Syberg, lagde hus til festen. 
 Det vides ikke, hvem Kaufmann, Meyer, Helga og Johanne G. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0891</t>
   </si>
   <si>
     <t>Dåbsfesten i Odense var vellykket. Den lille pige var yndig, og Thora/Tutte havde ny dragt på. Laura Warberg har været fire dage på Erikshaab.
 Christine Mackie er bange for kryb, og Laura ville hjælpe med at indfange dem.
 Louise/Lugge Brønsted er rejst til Småland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4KkS</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 Kjerteminde d. 11te
 Kære Astrid!
 Jeg blev meget betuttet over Dit Brev i Dag, for Sidsel er sikkert rejst for flere dage siden. Nøglerne er hos Madam Str[ulæseligt] Ryesgade No 1 3; Nøgle[ulæseligt] bad jeg Sidsel sætte ovenpaa Skabet i Sovekamret og der er vist Nøglen til Symaskinen. Hvis ikke, saa er der 2 Nøgler under Papiret i den 3_de_ øverste Skuffe i Chiffonnièren, den ene er til Konsolen ved Portièren og saa er den maaske i den Skuffe. Kaufmann klippede Thoras Bleer, bed ham om det; der skal ingen Baand i. Der er absolut ingen Optegnelse om Børnetøj paa Værelset elles har været, mens jeg har boet der, men Kaufmann veed jo Besked om alting; de er saa flinke. Tak for dit forrige Brev lille Putte, jeg vilde have skrevet til Dig i Morgen, i Dag hygger vi og i Gaar var jeg saa sløj og træt efter de 4 anstrængende Dage paa Erikshaab og Festen i Odense, der var meget vellykket. Der kom flere Telegrammer bl.a. fra Las og Be fra Gedser; det var jo kedeligt Du ikke fik skrevet. Pigen var henrivende i sin fine Kjole med blegrøde Baand; Thora i en ny lys [ulæseligt] som Wilhelm havde valgt afsendt, den blev syet i Odense. Fru Drude og hendes Mand, Vesterdal (Hempel Dede Syberg Faddere) [Ulæseligt] Meyer med Forlovede fra Kbh. Fra hver var der 2 smaa Naale til den lilles [ulæselig] samt et Brev fra Kusine Alhed meget sjov sat sammen. Børnene her er søde, Du skal nok få et Brev herfra en Gang til, men skriv saa fint et Brevkort om hvor Du er. Du holder vel næppe af at gaae alene der og er Sidsel ikke rejst, saa maa hun være lige ved hun skulde jo nødig ofre noget af sin Ferie. Naar Johanne G. er bortrejst saa tænker jeg mig, Du indtager hendes Plads der, men[ulæseligt] jo ligefuldt [ulæseligt] hen hos mig og [ulæseligt]. Hermed et Par Breve, da jeg mangler Tid til at skrive mere i Dag; jeg skal ned med Breve og saa stryge igen. Jeg var oppe før 7 i Morges og [ulæseligt] først; jeg ligger i Sovekamret sammen med Børnene, Myg, Fluer, Ørentviste, Edderkopper m.m. Chr. er syg af Angst for Kryb. I Aftes var hun til The hos Sybergs, jeg havde i Sinde at staae op at hjælpe hende at indfange Ørent. men saa kom hun med herind [ulæseligt]. Chr. rejser paa Fredag ned til Tutte Dagen efter til Snøde; jeg er glad for hende de Dage her. Nu gaaer Du da endelig op til Ta[ulæseligt] og giver hende Din Adr: Jeg har fortalt hende at hendes Veninde har intet Renommé som Læge, derfor tager Du en anden. Hun fandt dette i sin Orden. Hvor kedeligt at Alfreds Rejse ikke blev i August, naar Chr. og jeg er dernede! Saa yndigt vi kunde have haft det! Jeg har faaet et Par ord fra Muk fra Landeryd, hvortil de var ankommen i god Behold. Wilhelm havde saa ondt af Muk i den sidste Tid, han gav hende en hel Del Kakao og Chcolade med. Adr: er jo. Båxhult, pr. Landeryd – Småland. Hun vil være henrykt ved Breve. – De gamle Lagner Du havde liggende i et af Skabene. Du tør maaske nok ligge der, om ogsaa Sidsel er væk.- Er Pan der, kan hun jo ligge hos Dig eller Helga? Saa faaer jeg et Par Ord paa Torsdag Morgen. 
 Kærlig Hilsen! Jeg skal skrive samme Dag jeg faaer fra Dig.
 Mor. 
 Skuddene kan nok taale lidt Morgensol.
 Vild Du lade Brevene ligge hos mig?</t>
   </si>
   <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
+  </si>
+  <si>
     <t>1905-02-18</t>
   </si>
   <si>
     <t>Haslev, Næstved
 Nybro Frugtplantage </t>
   </si>
   <si>
     <t>Marie, Alhed Larsens stuepige -
 Laurentius Allerup
 Herman Bang
 Johan Elmqvist
 Valborg Gregersen
 Adolph Larsen
 Alhed Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelm Larsen
 Olga Lau
 Hedevig Lützhøft
 Karen Meisner-Jensen
 Julie Sophie Anette Augusta  Teisen
 Gunhilde Viborg</t>
   </si>
   <si>
     <t>Christine er indlagt med tuberkulose på sanatoriet i Haslev
@@ -14277,50 +14633,84 @@
   <si>
     <t>Brevet ejes af en efterkommer af Elena Larsen</t>
   </si>
   <si>
     <t>Elise Hansen/Mosser har fået stjålet sin pung. 
 Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
 Både Elise og Peter Hansen er sløje. 
 Elise og Grete har været på Campidoglio og se illuminationer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5qwN</t>
   </si>
   <si>
     <t>Rom d 10/1 - 20
 [Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
 Kære Bimme!.
 Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
 Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
 Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
 Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
 [Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
 Mos.
 Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
   </si>
   <si>
+    <t>1920-01-19</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Jens Theodor Berg
+Leif Berg
+Hans Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg fyldte 75 år i 1920. Jørgen og hans barn kendes ikke. Ej heller Kristian.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3851</t>
+  </si>
+  <si>
+    <t>Wilhelmine/Tante Mis ønsker tillykke med de 75 år. Laura Warberg får sikkert en dejlig dag hos Alhed og Johannes Larsen, som er så gode til at holde fest. Wilhelmine og Laura ses heldigvis snart i København. 
+Wilhelmine skal holde fest med 24 deltagere for sønnen Leif, og hun gruer for det. Efter at have serveret aftensmad for pensionærerne, skal hun stå for en stor middag for Leifs gæster, og der skal være dans mm.
+Wilhelmine sender Laura et sjal. Hun har besøgt Hanne/Johanne Caspersen.
+Kristian er syg af ischias.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fHKI</t>
+  </si>
+  <si>
+    <t>Sønd. 19-1-20
+Kæe Laura.
+Modtag de kjærligste ønsker fra Theo og mig i Dagens anl. Du får nok en yndig Dag hos din kære søde Alhed. Er der nogen, der forstår at lave fest, så er det da Alhed og Las. Hvor jeg husker den sommer, jeg var paying guest hos dem. En middag med stegt flæsk med ny kartofler og salade romaine pyntet med de små blå blomster. En vase med roser på bordet. Festivitas over det hele. Som sagt 75 år båret med oprejst pande og rank ryg i medg. og modg. som Du bærer dem. Det er sandelig godt gjort. Hanne og jeg var i dag enige i, at var du ikke nu kommen herover så snart, var vi begge to kommen til Kerteminde trods vintertid og dyrtid; men nu ses vi jo som sagt meget snart her. På Lørdag 24 skal Lejf have en Dans. Han er bedt så umådelig meget ud, og jeg kan ikke lide ikke at gøre gengæld; men ærlig talt gruer jeg nok. Først pensionærmiddag. 5 1/2 45 men. så opvask til side, stuerne pyntet bordet dækket til 24 unge gæster souper. Tunger i oliven med fiskerand. salater, sandwiches, cakes med roquefort og parfait med nougat, rødvin og madeira, ud på aftnen "A.b.c. vand" og appelsinsalat og 1 1/2 kaffe med kager Kl. 2 Afhentning. Gid det var vel overstået. Jeg sender dig hermed et lille hvidt sjal. De er trods finheden meget varme. Skulde du gå til at få ét til eller lign. kan det byttes i Mag. du N. Jeg var hos Hanne i formiddags. Max var i Valby til frok. Jeg blev hos Hanne vi havde så meget at tale om. Jeg havde ikke været der så længe. Det var meget hyggeligt. Bagefter gik vi på visit hos Jørgens, som jo bor i Blågårdsgade. Traf dem ikke. Barnet så vi. Den var sød, lign Jørgen som 2 dråber vand. Stakkels Kristian er stadig dårlig af Ichias. Det er meget drøjt og smertefuldt. Nætterne er rædsomme trods sovemidler. Under sådanne forhold savnes telefonen meget. Nå nu farvel for denne gang. Daisy har det godt men desværre endnu intet arbejde. Det er vist håbløst i England for tiden. Der er en syndflod af massøser. Hils nu alle, Junge, Elle, Alhed tusinde gange fra Tante Mis.</t>
+  </si>
+  <si>
     <t>1920-03-06</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Elisabeth Neckelmann
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Sorrento
 Napoli</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Elisabetrh og Marie har vist ikke fået alle fotografierne. Grete og moderen skal til at lave badedragter. Grete får en golftrøje i fødselsdagsgave.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/astS</t>
   </si>
   <si>
     <t>Sorrento 
 Lørdag Aften (bliver først afsendt Søndagmorgen) d 6/3 1920.
@@ -17804,50 +18194,111 @@
   <si>
     <t>Johanne Giersing
 - Hillingsøe
 Hans  Syberg
 Kirsten Syberg
 Ulla Syberg</t>
   </si>
   <si>
     <t>Eftersom brevet er underskrevet "Far", må det være stilet til et af Fritz Sybergs børn. Kælenavnet Rulser kendes ikke umiddelbart fra andet Syberg-materiale. Hans og Johanne er omtalt i brevet. Clara var død i 1929. Den eneste af de resterende, der havde fødselsdag i oktober, var Anna Louise/Rabbe. Man må formode, at hun opholdt sig hos Hans og Ulla Syberg, eftersom Fritz beder hende hilse dem.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, No. 2, 1239</t>
   </si>
   <si>
     <t>Kunsthandler Hillingsøe vil komme hjem til Hans og se på billeder. Fritz Syberg sender prisoversigt. Hvis Hans er i tvivl, må Hillingsøe ringe eller skrive til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/M6zq</t>
   </si>
   <si>
     <t>Pilegaarden 24-10-29
 Kære lille Rulser.
 Tak for Dit Brev, hvoraf jeg ser at Du har det godt og har havt en indbringende Fødselsdag. Jeg sender her et Brev og nogle Kritiker fra Besse som I kan more Jer med at læse. Her paa Stedet passerer ingenting, og det er godt det samme, intet Nyt er jo godt Nyt naar alt hidtil har gaaet vel. Vil Du sige til Hans at der kommer en af Dagene en Kunsthandler Hillingsøe og ser paa mine Billeder. Han købte i Sommer for 1500 Kr. og vil denne Gang købe noget mere, men han vil gærne se hvad jeg har staaende hos Hans. Der er dels Aquarellerne og dels alle mine Smaabilleder baade fra Søndermarken og Frederiksberg Have. Disse sidste koster fra 100 Kr. til 300, altsaa naar han køber "en bloc" faar han dem til en Gennemsnitspris paa 200. Noget lignende gælder for Aquarellerne, dog er Forskellen større der de koster fra 80 K. til 350 Kr. Gennemsnitten er altsaa ogsaa der 200 men det kommer jo an paa hvad han vælger ud. Han vil muligvis ogsaa have større Billeder - han er ikke bange for at købe Billeder til 2000 K. Men hvis Hans ikke er sikker paa hvad han skal forlange [det følgende indsat øverst s. 2, på hovedet] kan Hillingsøe jo skrive eller telefonere til mig. Ha et nu godt [det følgende indsat øverst s. 1, på hovedet] Hils Hans og Ulla og lille Kjesser mange Gange. Et Kys fra Far.</t>
   </si>
   <si>
+    <t>1930-04-05</t>
+  </si>
+  <si>
+    <t>Rossia
+Hareskov</t>
+  </si>
+  <si>
+    <t>Ø
+I</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+- Jarmer
+Adolph Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Otto Emil  Paludan
+Janna Schou
+Christine Swane
+Hempel Syberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Rossia var et forsikrimgsselskab, hvori Astrid Warberg-Goldschmidt var ansat. 
+Astrid Warberg og hendes søskende havde som børn et legehus, som de gav navnet Thopedeaborg. Som voksen fik Astrid bygget et udhus eller skur, som hun gav samme navn. 
+Både Hempel Syberg og Otto Emil Paludan/Pallam havde testamenteret Astrid Warberg og hendes søstre penge. 
+Agrarfamilien: Adolf/Agraren, Johanne/Junge Larsen og deres børn. 
+Petersen og Haubo kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3858</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg håber, at Louise Brønsted vil mødes med hende ved Rossia lørdag kl. 14, hvorfra Axel Müller vil køre dem til Hareskov. Adam Goldschmidt kommer også. Astrid ville gerne have inviteret Christine/Mornine Mackie, men Christine er fjendtligt stemt, så Astrid tør ikke. Astrid vil vise Louise sin nye, vidunderlige bolig. Erik/Tinge Warberg Larsen er flyttet ind i et lille træhus i haven. Petersen bor på kvisten, Jarmers på førstesalen og Astrid og Axel i parterret. Arven fra Hempel Syberg har gjort flytningen og køb af en bil mulig. Paludans arv gik til et klaver. Laura/Bibbe Warberg går til klavertimer, og hun har selv klaverelever samt rengøringshjælp. Johanne og Adolph Larsen/Agrarfamilien kommer måske i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U1z2</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Cand polyt
+Fru Louise Brønsted
+Willemoesgade 46 I
+Ø.
+[På kuvertens bagside:]
+A Warberg
+Hareskov
+[I brevet:]
+pt. Rossia, Lørdag Morgen. 5/4-30.
+Kæreste Lugge!
+Sig ikke nej til min Plan, som jeg har brygget på så længe, og hvis Realisation vilde glæde mig usigeligt. Kunde du ikke tænke dig, Lørdag d. 26 ds. at mødes med mig og eventuelt forhåbentlig også Putte, her ved Rossia Kl 2, så vil Axel den Dag bede sig fri til den Tid også, og så kører vi m. Bilen! ["med Bilen!" indsat over linjen] alle fire hjem til os i Hareskov, hvor Bibbe giver os Chokoladen - måske kan vi få Nusset bedt tidlig fri også og få hende med (jeg har fri to om Lørdagen). Min Adam mener også at kunne komme - dog først lidt senere på Dagen. Det kan dog ikke gå an, søde lille Lugge, at vi aldrig ses, vi har dog intetsomhelst udestående med hinanden. Mornine vilde jeg rædsom gerne have med også, men hun kan jo mere og mere ikke lide mig - undskyld jeg siger at det er gådefuldt - men for mig er det en Gåde, jeg kan slet ikke få noget Fjendskab ind i mit Sind med hende - jeg finder ingen Grund dertil - og tænk hvor morsomt og festligt hvis vi fire søstre kunde mødes derinde i vores henrivende bedårende Menage - du vil aldrig have set Mage til mærkværdig Indretning - alting derinde er helt anderledes end jeg ellers har set - og jeg tror, I vil begejstres. Nå, Mornine tør jeg nu ikke nærme mig, men du og Putte har jeg da godt Håb om - sig ikke nej - men glæd mig med et Jabrev. I bør også kende Axel, som er Verdens dejligste Mand og et Unikum. Nu er Tinge flyttet ud til os - vi har lejet et sjovt lille Rum til ham ovre i en Sidefløj til Jarmers (vor Værts) - mærkværdige
+II/ Bolig. (Og mit Thopedeaborg er medbragt!!) Vi var til Indvielse ovre hos Tinge i Aftes - der er bedårende i hans lille Træhus ud til Søen - Bibbe er lyksalig over at have fået sin elskede Tinge derud! Vi bor tre Familier i det store Hus - Petersens på Kvisten - Enke med to søde Ungdommer - og Jarmers i Midten - to meget ejendommeligeog berigende Mennesker - helt anderledes end alle andre - og vi i Parterret - store, lave Stuer med Bjælkeloft - og smårudede venlige Vinduer lige ud til Tipperup Sø, som ligger i den store Have - åh, der er himmelsk - kom og se! Jeg troede ikke, at Jorden kunde være så skøn at bebo, men det er, når man træffer de rette Konstellationer ude og inde. Og Bilen Lugge! Den goe Onkel Syberg! hvor er jeg ham dybt taknemmelig for alle disse uvurderlige Goder - uden den Bil kunde vi ikke bo derude. Og Klaveret - som Pallam skænkede os ved sin Arv! Ham sender jeg rigtignok også mangen taknemmelig Tanke! Bibbe går jo og bliver uddannet i Musik - rationelt - og har samtidig mange Elever, så hun holder Kone selv en Gang om Ugen til at rense Huset. Og Nus spiller hos samme Frøken Haubo, som Bibbe går til i Byen, Nus har allerede medvirket ved 2 Elevprøver og siges at have Evner. Ofte er jeg ganske betaget af alt det skønne, som gror og udvikler sig i éns nærmeste Nærhed - hvilken Lykke at være Ungdommen så nær - man formelig vokser selv derved - det er frydefuldt. Man bør intet savne - og dog savner jeg at se Jer, som jeg nu håber at få lokket herud. S.u. 
+Og tænk dig, vi har Håb om hele Agrarfamilien i Påsken - Mændene skal bo hos Uglens, Junge nødvendigvis hos os - endnu tør jeg næsten ikke tro på så stor en Lykke. Gid du kom! Din Dis. 
+[Indsat øverst s. 1; på hovedet:]
+Axel er mindst lige så spændt på, om I kommer, som jeg - han er et dejligt Menneske.</t>
+  </si>
+  <si>
     <t>1930-05-12</t>
   </si>
   <si>
     <t>Louise Amstrup
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Clara -, vaskekone</t>
   </si>
   <si>
     <t>Hjort er formodentlig familie til Holger Hjorth, som Louise Amstrup/Tante Visses adoptivdatter blev gift med.
 Gitte, hendes mor og præsten kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3822</t>
   </si>
   <si>
     <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og alt godt fremover. Hun savnede Louise Brønsted ved Louise Amstrup/Tante Visses begravelse.
 Johanne C. Larsen har også været til sin veninde Claras begravelse. Præsten sagde i sin tale, at hun var "galhovedet", og det var ikke sandt. Clara havde et hjerte af guld. Der var mange kranse og blomster i kirken.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tlwy</t>
   </si>
@@ -18351,50 +18802,115 @@
 Else Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Thomas Madsen-Mygdal
 Marie Meyer
 Sophus  Meyer
 Anna Meyer 
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Brevet er privateje.</t>
   </si>
   <si>
     <t>Fødselsdagshilsen til Johan Larsen(Lysse) fra hans faster Marie Larsen (Ia). Julen blev holdt hos familierne i Kerteminde og på Lindøgård. Der var voldsomt snevejr flere steder i Danmark. Sophus Meier (IA Larsens svoger) døde knap 96 år gammel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4gyc</t>
   </si>
   <si>
     <t>Birkerød d.27-2-36
 Kære Lysse! Til Lykke med Fødselsdagen, et rigtig godt Aar ønsker jeg Dig i alle Henseender; nu kommer dette Brev alligevel forsent, skønt jeg havde foresat mig at få det af Sted i god Tid! Hvordan mon I dog har det deroppe i denne skrækkelige Vinter? Herhjemme har vi da ikke haft så meget Sne i mange Aar, selv om Kulden ikke har været saa haard; lige her omkring Birkerød har det ikke været værst, men rundt omkring i Landet har der været Togstandsninger; i Nærheden af Roskilde hvor Lasse er havde de ikke fået Post [indsat over linjen:”Post”] omtrent en hel Uge og på Fyen og i Jylland har det jo også været rent galt; men nu er det vist i Orden de aller fleste Steder. – Forhaabentlig har Drengene det godt, den Lille vokser vel normalt og opfører sig pænt; jeg havde Brev fra Else forleden Dag, lille I.A. havde det godt; hvor er det kedeligt at man så sjældent kan få dem at se, det vilde være vældig morsomt at se de 2 små Fyre sammen, jeg håber at det sker en Gang ad Aare.
 Vi var på Fyn Alle 3 i Julen, vi rejste derover d. 22ende, jeg var i Kerteminde til Juleaftensdag, så kørte Puf mig til Lindøgaard, jeg er jo altid hos Agraren Juleaften; Las’s Fødselsdag var jeg derude og så var jeg der 3-4 Dage inden jeg rejste her tilbage. – Vi har hængt et Stykke Flæsk ud i et Træ og har megen Glæde af at se på Smaafuglene og Solsorterne som kommer og hakker i det. – Jeg havde Brev fra Marie Meyer i Dag, hendes Far er jo død, næsten 96 Aar gammel; hun tænker på at flytte fra Feden og få en mindre Lejlighed nu hun er alene, - Mix og Myg havde nær ikke kommet over til Begravelsen på Grund af Togstandsninger. – Hils lille Peter mange Gange, måske kan han more sig lidt med disse Billeder; det var kedeligt at jeg ikke fik skreven til Jer til Jul, jeg vilde have sendt et pund The over til Jer, men Din Svigermor sagde at hun havde et pund som hun tog med; så kan I få et af mig [fortsættes øverst på side 1] en anden Gang. Jeg håber vi en Gang får Lov til at have Peter her et Par Dage når han kommer til Danmark den søde Unge jeg længes tit efter ham; Hav det nu godt Alle 4, mange kærlige Hilsner til Bimse, Peter, den Lille og Dig selv kære Lysse, fra Ia -</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1936-09-01</t>
   </si>
   <si>
     <t>Carl Johannes A. Bless
 Johan Peder Bless
 Sofie Bless
 Alhed Larsen
 Jens Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Vilhelmine  Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel Muus
 Alhed  Møhl, Lysses datter
 H. Rasmussen, politifuldmægtig</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
 De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
   </si>
   <si>
@@ -18723,51 +19239,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -19460,50 +19976,143 @@
 Lindøgaard
 Dræby
 Fyen
 [Skrevet med kuglepen:]
 27-5-03.
 [Med blyant:]
 Margrethe Benzon. Død
 [Håndskrevet på kuvertens bagside:]
 Warberg Larsen 
 Hareskov
 [I brevet:]
 Hareskov, Tirsdag Morgen 2/8 – 38
 Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
 Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
 2)
 Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
 Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
 Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
 Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
 Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
 Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
 [Indsat i venstre margen på sidste side:]
 Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-21</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Ina  Goldschmidt
 Ulf Haxen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
 Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
   </si>
   <si>
     <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
 Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
   </si>
@@ -19806,54 +20415,50 @@
 Onsd. 14-12-05
 Fru Astrid Warberg Müller
 Bakkevej No 12
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgd. 25 Okt 1940
 Kæreste Dis!
 Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
 Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
 Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
 Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
 2
 da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
 Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
 [Skrevet på hovedet øverst på s. 4:]
 Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
   </si>
   <si>
     <t>1941-02-18</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
-  </si>
-[...2 lines deleted...]
-Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Torkil Barfod
 Nicolai  Blædel
 Adolph Hitler
 Charles Morgan
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Kirstine Schou
 Robert Stephenson
 Lars Syberg
 Gertrude Søndergaard
 Ole Søndergaard
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
 Dr. Larsen og Blütten Petersen kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
   </si>
@@ -22011,50 +22616,110 @@
 Marie Larsen
 Torkild Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Kasper og Lisbeth var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swanes brevarkiv kasse 1</t>
   </si>
   <si>
     <t>Ursula Uttenreitter og Lars Swane bor et dejligt sted med udsigt over Middelhavet. De har truffet flere søde mennesker, og egnen er smuk. Lars Swane maler akvareller og nyder solen.
 Bilens forfjedre måtte udskiftes i Cannes, og nu har ægteparret ingen penge. Lars/Lasse Swane beder Christine Swane gå i banken og få dem til at overføre kontanter til ham. Det haster.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IHCv</t>
   </si>
   <si>
     <t>Vence 4-7-49
 Kære Mor! Det er dejligt nu at være faldet lidt til Ro efter de meget forskellige Indtryk. Og saa bor vi hos en vældig flink og hyggelig Kone (renlig ogsaa) højt til Vejrs med Udsigt over Middelhavet og Bjærge og Dale. Jeg var oppe Kl. 6 i Morges og lave en lille Akvarel. Vi gaar temmelig tidlig i Seng og sover ogsaa lidt til Middag, saa er man jo frisk om Morgenen. Mogens Andersen's har vi truffet hernede, de har boet her i nogle Maaneder men rejser i Morgen til Paris, det var ellers helt hyggeligt at tale lidt med ham, han har malet nogle smukke Billeder og er jo overordentlig charmerende. Her er flere meget morsomme smaa Bjærgbyer i Nærheden, med en mærkelig forhistorisk Stemning men meget smukke. Den ene besøgte vi i Dag, der er Appelsintræ'r i Massevis. Saa har vi faaet nogle Venner som er uhyre hjælpsomme, de har en Forretning med Souvenirs, Rammer, Farver o.s.v. Konen taler Engelsk og Manden tysk, saa dem kan vi snakke rigtig med. Jais Nielsens hilste vi paa i Gaar, de bor her ogsaa for længere Tid. Og nu har jeg faaet begyndt paa Akvarellerne. Vi er jo godt brune i Ansigter og paa Arme og Ben og nyder det vidunderlige Vejr. Her har ellers mod Sædvane været Regn og Taage, men nu er her godt, meget varmt i Solen, men behageligt i Skyggen, fordi vi er lidt tilvejrs. 
 Men en Bekymring har vi, og det er Pengene, vi har jo maattet bruge godt 200 Kr. i danske Penge paa nye Fjedre i Vogne, vi fik fornyet Forfjedrene i Cannes saa nu er det helt i Orden. Men jeg havde tænkt mig om du kunde gaa op i Banken og paa en eller anden Maade faa dem til at laane mig eller dig 300 Kr og samtidig ansøge om ekstra Valuta i franske Penge, men det haster jo, saa de maa gøre en Kraftanstrengelse og ikke vente paa den sædvanlige langsomme Maade. Jeg vedlægger saa et Papir med Underskrift og mine Regninger for Bilen og saa maa de finde den bedste Maade at formulere det paa, enten de mener man skal søge som Maler eller udbede sig Pengene i Anledning af Bilreparationer. (Hvis de taler om Forsikring kan det ikke nytte for der er ikke tale om Uheld og selv i saa Fald hæfter jeg selv i Udlandet for de første 200 eller 300.) Men jeg kan ikke tro andet end, at det kan lade sig gøre om blot de vil tage sig af Sagen. Vi sparer alt hvad vi kan men vi jo ikke købt franske Penge for de 150 Kr vi havde Ret til til Benzin og tør ikke sende Bilens Papirer hjem, dem skal vi jo have hos os hernede. Jeg er ked af at maatte be'/dig om at have alt dette Besvær, men paa anden Maade kan jeg ikke nu se at det kan gaa, og jeg vil meget skulle bryde op før Tiden, da jeg haaber rigtig at faa lavet noget her. Du vil nok skrive omgaaende naar du har talt med Banken. Adr. er poste restante Vence, Alpes maritime, France. (Hvis det gaar i Orden med Pengene var det bedst med Kontanter, da det er besværligt med Checks paa Pariserbank hernede, vi havde et farligt Mas i Clermont ferrand, fordi jeg regnede med at Checken gjaldt overalt, og saa var den udstedt paa Pariserafdelingen.)
 Har du hørt noget til Thorkild? Hvordan ser Drivhuset ud nu? Lisbeth skrev at I vilde tage over efter Lærreder, har I været det? Hvordan mon Kasper har det, prøv at ringe til St. Hedinge 448, vi har ikke hørt fra dem, maaske er de paa Ferie. 
 Men nu vil jeg slutte for denne Gang Vil du hilse Rie fra os begge to og vær selv paa det bedste hilset fra Ursula og din Lasse.
 P.S. Pengene skulde gerne være her senest d. 18, da vi skal herfra omkring den 20/7 og det er bedst der er et Par Dage at løbe paa.
 Lasse.
 Tag hellere Brevet med op til Banken</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1950-07-26</t>
   </si>
   <si>
     <t>Lindøgaard
 Dræby Station</t>
   </si>
   <si>
     <t>Adolph Larsen
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Christine Swane
 Lasse Taaning
 Aage Taaning
 Fritz Warberg
 Astrid Warberg-Goldschmidt
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
   </si>
@@ -22468,59 +23133,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CNUr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4wSi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Pev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RriA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xtPc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KUpO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aG2S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qQ8W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tctt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r8iU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/970P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rb7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/INyF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yuBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eig9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SaL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/astS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8K8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7j7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fOeIbSMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pfx61W4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0Z69NEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GWjQdCmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c18V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Oz6B6yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OwTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F7S0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vP3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDvB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlwy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JUFd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pNaX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d00C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CNUr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4wSi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Pev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RriA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xtPc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9Im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KUpO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aG2S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qQ8W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tctt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r8iU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/970P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reqv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rb7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/INyF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yuBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eig9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cErP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SaL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vrQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/astS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8K8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7j7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fOeIbSMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pfx61W4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0Z69NEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GWjQdCmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1hi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c18V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Oz6B6yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3m2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G8TQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OwTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F7S0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AmEz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vP3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDvB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1z2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlwy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JUFd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pNaX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5B9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d00C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M534"/>
+  <dimension ref="A1:M546"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -23277,23123 +23942,23659 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="s">
         <v>130</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>131</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>132</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>133</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="E19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="5" t="s">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="G19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="H19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="E20" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>154</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>155</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>156</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>157</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>158</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>160</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>162</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D25" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...6 lines deleted...]
-        <v>182</v>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>152</v>
+        <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>190</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>191</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>199</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F31" s="5" t="s">
-        <v>25</v>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>234</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...47 lines deleted...]
-        <v>243</v>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="I33" s="5"/>
+      <c r="I33" s="5" t="s">
+        <v>245</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="5" t="s">
-        <v>249</v>
+      <c r="A34" s="5" t="n">
+        <v>1893</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>251</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="I35" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="J35" s="5" t="s">
-[...13 lines deleted...]
-      <c r="A36" s="5" t="n">
+      <c r="D36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="5" t="n">
         <v>1893</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>251</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H37" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>277</v>
+        <v>15</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>144</v>
+        <v>259</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>286</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="s">
-        <v>285</v>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>250</v>
+        <v>153</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>198</v>
-[...12 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>294</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>15</v>
+        <v>259</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>152</v>
+        <v>207</v>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F42" s="5" t="s">
+        <v>310</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="I42" s="5"/>
+        <v>311</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>312</v>
+      </c>
       <c r="J42" s="5" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>315</v>
+        <v>259</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>144</v>
+        <v>324</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E44" s="5" t="s">
-        <v>323</v>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E45" s="5" t="s">
+        <v>332</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>198</v>
+        <v>15</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>207</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>352</v>
+        <v>332</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="F49" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="G49" s="5" t="s">
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>364</v>
       </c>
-      <c r="J49" s="5" t="s">
+      <c r="K49" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="K49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>366</v>
       </c>
-      <c r="L49" s="6" t="s">
+      <c r="M49" s="5" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F50" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>370</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E51" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>16</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>25</v>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>365</v>
+        <v>388</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G53" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>394</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>393</v>
+        <v>374</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>400</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>398</v>
+        <v>153</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>152</v>
+        <v>15</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>399</v>
+        <v>332</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>400</v>
+        <v>109</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I54" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="J54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>404</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="B55" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" s="5" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>323</v>
+        <v>408</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="G55" s="5" t="s">
         <v>409</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>410</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>411</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>365</v>
+        <v>412</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>416</v>
+        <v>332</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>109</v>
+        <v>417</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>420</v>
+        <v>374</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>421</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>422</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>424</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>269</v>
+        <v>153</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>425</v>
       </c>
       <c r="F57" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G57" s="5" t="s">
         <v>426</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>427</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>428</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>429</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>430</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>431</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>433</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>40</v>
+        <v>278</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      <c r="G58" s="5" t="s">
         <v>434</v>
       </c>
+      <c r="F58" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H58" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>46</v>
+        <v>438</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G59" s="5" t="s">
+        <v>443</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>443</v>
+        <v>46</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F60" s="5" t="s">
-        <v>448</v>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D61" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D61" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="5" t="s">
-        <v>153</v>
+        <v>457</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>110</v>
+        <v>162</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F62" s="5" t="s">
+        <v>465</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-        <v>470</v>
+        <v>162</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>46</v>
+        <v>475</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G64" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>46</v>
+        <v>482</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>153</v>
-[...7 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>487</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="I65" s="5"/>
+        <v>488</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>489</v>
+      </c>
       <c r="J65" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...3 lines deleted...]
-        <v>483</v>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>494</v>
+      </c>
+      <c r="H66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I66" s="5" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>499</v>
+        <v>46</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>16</v>
-[...12 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>506</v>
+        <v>46</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E69" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>513</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>513</v>
-[...4 lines deleted...]
-        </is>
+        <v>516</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F70" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>517</v>
+      <c r="F70" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>46</v>
+        <v>523</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>16</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="I71" s="5"/>
+        <v>528</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>529</v>
+      </c>
       <c r="J71" s="5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>530</v>
+      </c>
+      <c r="K71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L71" s="6" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>534</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>535</v>
-[...3 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="I73" s="5"/>
       <c r="J73" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>42</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>544</v>
+        <v>46</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G75" s="5" t="s">
-        <v>549</v>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>556</v>
+        <v>15</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>558</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>566</v>
+        <v>46</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>361</v>
+        <v>42</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>41</v>
-[...10 lines deleted...]
-        <v>580</v>
+        <v>15</v>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>581</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>582</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>46</v>
+        <v>583</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>144</v>
+        <v>589</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>370</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>46</v>
+        <v>592</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G81" s="5" t="s">
+        <v>597</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>43</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="I82" s="5"/>
+        <v>604</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>605</v>
+      </c>
       <c r="J82" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G83" s="5" t="s">
-        <v>604</v>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E84" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="F84" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>611</v>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>616</v>
+      </c>
+      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>134</v>
+        <v>41</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G85" s="5" t="s">
+        <v>621</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G86" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G86" s="5" t="s">
+        <v>628</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="I86" s="5"/>
+        <v>629</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>630</v>
+      </c>
       <c r="J86" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>627</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="s">
-        <v>628</v>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>635</v>
+        <v>41</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F88" s="5" t="s">
-        <v>243</v>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>636</v>
-[...3 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D89" s="5" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G89" s="5" t="s">
+        <v>645</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>144</v>
+        <v>652</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="s">
-        <v>654</v>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E92" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>134</v>
+        <v>41</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>671</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>139</v>
+        <v>46</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="s">
-        <v>673</v>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>46</v>
+        <v>148</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>691</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>692</v>
+      </c>
       <c r="J96" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="s">
-        <v>692</v>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D98" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G98" s="5" t="s">
+        <v>703</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G99" s="5" t="s">
+        <v>709</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>710</v>
+        <v>41</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>16</v>
+        <v>153</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>711</v>
+        <v>42</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>712</v>
-[...3 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>714</v>
+        <v>46</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>719</v>
+        <v>153</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>323</v>
+        <v>42</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>722</v>
+        <v>46</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>723</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>724</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>726</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>41</v>
+        <v>727</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>144</v>
+        <v>16</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>42</v>
+        <v>728</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="I102" s="5"/>
+        <v>729</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>730</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>46</v>
+        <v>731</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>144</v>
+        <v>736</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>42</v>
+        <v>332</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>46</v>
+        <v>739</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D106" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D106" s="5" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D107" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>761</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>768</v>
+        <v>43</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G110" s="5" t="s">
+        <v>778</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>43</v>
+        <v>785</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>789</v>
+        <v>46</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>635</v>
+        <v>41</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="F113" s="5" t="s">
         <v>43</v>
       </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>796</v>
+        <v>46</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-        <v>801</v>
+        <v>15</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>144</v>
+        <v>652</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>46</v>
+        <v>813</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>144</v>
+        <v>259</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>534</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>818</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>46</v>
+        <v>821</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>826</v>
+      </c>
+      <c r="F117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>46</v>
+        <v>829</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="F118" s="5" t="s">
         <v>109</v>
       </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>269</v>
+        <v>207</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E119" s="5" t="s">
-        <v>833</v>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F120" s="5" t="s">
-        <v>109</v>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>827</v>
+        <v>846</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="G121" s="5" t="s">
-        <v>846</v>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>109</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>41</v>
+        <v>278</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>864</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>46</v>
+        <v>867</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>41</v>
-[...9 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>865</v>
+        <v>858</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>877</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>109</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>883</v>
+        <v>890</v>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>46</v>
+        <v>893</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>243</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...3 lines deleted...]
-        <v>243</v>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E130" s="5" t="s">
-        <v>109</v>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>243</v>
-[...7 lines deleted...]
-        <v>908</v>
+        <v>42</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D132" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D132" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" s="5" t="s">
-        <v>243</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="G132" s="5" t="s">
-        <v>243</v>
+        <v>922</v>
       </c>
       <c r="H132" s="5" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>250</v>
+        <v>153</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>252</v>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>924</v>
+        <v>46</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>496</v>
+        <v>153</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>931</v>
+        <v>46</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>936</v>
+        <v>41</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>938</v>
+        <v>109</v>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>941</v>
+        <v>46</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>946</v>
-[...7 lines deleted...]
-        </is>
+        <v>252</v>
+      </c>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>947</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>43</v>
+        <v>252</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="s">
-        <v>953</v>
+        <v>252</v>
       </c>
       <c r="H137" s="5" t="s">
         <v>954</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>955</v>
       </c>
       <c r="J137" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>956</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>957</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>959</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>144</v>
+        <v>259</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>960</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>465</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>46</v>
+        <v>963</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>134</v>
+        <v>15</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>890</v>
+      </c>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>144</v>
-[...10 lines deleted...]
-        <v>973</v>
+        <v>16</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="I140" s="5"/>
+        <v>975</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>976</v>
+      </c>
       <c r="J140" s="5" t="s">
-        <v>46</v>
+        <v>977</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>198</v>
+        <v>40</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>15</v>
+        <v>982</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>979</v>
-[...4 lines deleted...]
-        </is>
+        <v>983</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>984</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>41</v>
-[...12 lines deleted...]
-        <v>987</v>
+        <v>143</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G143" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G143" s="5" t="s">
+        <v>999</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="s">
-        <v>1000</v>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F145" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F145" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>46</v>
+        <v>1014</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1011</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G146" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G146" s="5" t="s">
+        <v>1019</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1020</v>
+      </c>
+      <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
-        <v>1015</v>
+        <v>46</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>571</v>
-[...9 lines deleted...]
-        </is>
+        <v>207</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>890</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1021</v>
-[...5 lines deleted...]
-        </is>
+        <v>1025</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>1027</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="M147" s="5"/>
+        <v>1029</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>1030</v>
+      </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G148" s="5" t="s">
+        <v>1032</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1025</v>
-[...10 lines deleted...]
-        </is>
+        <v>1033</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K148" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="M148" s="5"/>
+        <v>1036</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>1037</v>
+      </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>571</v>
-[...7 lines deleted...]
-        <v>1028</v>
+        <v>153</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>1031</v>
+        <v>46</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>269</v>
+        <v>153</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F150" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>1045</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>1039</v>
+        <v>46</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="s">
-        <v>1044</v>
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="I151" s="5"/>
+        <v>1052</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>1053</v>
+      </c>
       <c r="J151" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>153</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="s">
-        <v>1050</v>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>46</v>
+        <v>1060</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>242</v>
-[...5 lines deleted...]
-        <v>1057</v>
+        <v>588</v>
+      </c>
+      <c r="D153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="I153" s="5"/>
-      <c r="J153" s="5" t="s">
-        <v>245</v>
+      <c r="J153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1068</v>
+      </c>
+      <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>588</v>
+      </c>
+      <c r="D154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1063</v>
-[...8 lines deleted...]
-        <v>1065</v>
+        <v>1070</v>
+      </c>
+      <c r="I154" s="5"/>
+      <c r="J154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F155" s="5" t="s">
+        <v>1073</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>46</v>
+        <v>1076</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>40</v>
+        <v>588</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>134</v>
+        <v>278</v>
       </c>
       <c r="E156" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>43</v>
+        <v>1081</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>365</v>
+        <v>1084</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>241</v>
+        <v>153</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>242</v>
+        <v>41</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>1081</v>
+        <v>109</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G157" s="5" t="s">
+        <v>1089</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="s">
-        <v>245</v>
+        <v>46</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1086</v>
+        <v>1094</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="s">
-        <v>1087</v>
+        <v>1095</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>144</v>
+        <v>251</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>250</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>1102</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>1099</v>
+        <v>41</v>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1102</v>
+        <v>46</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E161" s="5" t="s">
-        <v>109</v>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G161" s="5" t="s">
-        <v>1107</v>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="J161" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>241</v>
+        <v>40</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>242</v>
+        <v>143</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>1114</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I162" s="5"/>
+      <c r="H162" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>1121</v>
+      </c>
       <c r="J162" s="5" t="s">
-        <v>1115</v>
+        <v>374</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>144</v>
+        <v>250</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>251</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>1126</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G163" s="5" t="s">
-        <v>1120</v>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1121</v>
-[...3 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>1127</v>
+        <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>1127</v>
+        <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E165" s="5" t="s">
-        <v>43</v>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1135</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F166" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1141</v>
+      <c r="F166" s="5" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>46</v>
+        <v>1147</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>1148</v>
+        <v>153</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G167" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G167" s="5" t="s">
+        <v>1152</v>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1149</v>
-[...1 lines deleted...]
-      <c r="I167" s="5"/>
+        <v>1153</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>1154</v>
+      </c>
       <c r="J167" s="5" t="s">
-        <v>1150</v>
+        <v>46</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>134</v>
+        <v>251</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1159</v>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H168" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>365</v>
+        <v>1160</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F169" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G169" s="5" t="s">
+        <v>1165</v>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1163</v>
+        <v>46</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>14</v>
+        <v>1172</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>1173</v>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>1171</v>
+        <v>46</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>14</v>
+        <v>1172</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E171" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G171" s="5" t="s">
-        <v>1176</v>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="J171" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G172" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G172" s="5" t="s">
+        <v>1186</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="J172" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>40</v>
+        <v>1193</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>15</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1189</v>
-[...3 lines deleted...]
-      </c>
+        <v>1194</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E174" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F174" s="5" t="s">
         <v>43</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="s">
-        <v>1202</v>
+        <v>465</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>1213</v>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>46</v>
+        <v>1216</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>241</v>
+        <v>153</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G177" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>1222</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1115</v>
+        <v>46</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E178" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E178" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="J178" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>41</v>
+        <v>573</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>483</v>
-[...5 lines deleted...]
-        <v>1228</v>
+        <v>500</v>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>46</v>
+        <v>1236</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>269</v>
+        <v>142</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F180" s="5" t="s">
-        <v>1235</v>
+        <v>43</v>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1238</v>
+        <v>374</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>588</v>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F181" s="5" t="s">
-        <v>42</v>
+        <v>1247</v>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>46</v>
+        <v>1250</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>41</v>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F182" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>1255</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1249</v>
-[...1 lines deleted...]
-      <c r="I182" s="5"/>
+        <v>1256</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1257</v>
+      </c>
       <c r="J182" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>242</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>251</v>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H183" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I183" s="5"/>
+      <c r="H183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>1262</v>
+      </c>
       <c r="J183" s="5" t="s">
-        <v>1115</v>
+        <v>1160</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>571</v>
+        <v>153</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>250</v>
-[...8 lines deleted...]
-        <v>1262</v>
+        <v>41</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1265</v>
+        <v>46</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1270</v>
+        <v>500</v>
       </c>
       <c r="F185" s="5" t="s">
-        <v>1271</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>1273</v>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1274</v>
+        <v>46</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>40</v>
+        <v>278</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>588</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F186" s="5" t="s">
-        <v>1279</v>
-[...1 lines deleted...]
-      <c r="G186" s="5" t="s">
         <v>1280</v>
+      </c>
+      <c r="G186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H186" s="5" t="s">
         <v>1281</v>
       </c>
       <c r="I186" s="5" t="s">
         <v>1282</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>365</v>
+        <v>1283</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="E187" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F187" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F187" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1289</v>
+        <v>46</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>1290</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>1291</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
         <v>1293</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="E188" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F188" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F188" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G188" s="5" t="s">
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="s">
         <v>1294</v>
       </c>
-      <c r="H188" s="5" t="s">
+      <c r="I188" s="5"/>
+      <c r="J188" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="K188" s="5" t="s">
         <v>1295</v>
       </c>
-      <c r="I188" s="5" t="s">
+      <c r="L188" s="6" t="s">
         <v>1296</v>
       </c>
-      <c r="J188" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K188" s="5" t="s">
+      <c r="M188" s="5" t="s">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F189" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H189" s="5" t="s">
         <v>1300</v>
       </c>
-      <c r="B189" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E189" s="5" t="s">
+      <c r="I189" s="5"/>
+      <c r="J189" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="K189" s="5" t="s">
         <v>1301</v>
       </c>
-      <c r="F189" s="5" t="s">
+      <c r="L189" s="6" t="s">
         <v>1302</v>
       </c>
-      <c r="G189" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H189" s="5" t="s">
+      <c r="M189" s="5" t="s">
         <v>1303</v>
-      </c>
-[...13 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F190" s="5" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H190" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I190" s="5" t="s">
         <v>1309</v>
       </c>
-      <c r="B190" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H190" s="5" t="s">
+      <c r="J190" s="5" t="s">
         <v>1310</v>
       </c>
-      <c r="I190" s="5" t="s">
+      <c r="K190" s="5" t="s">
         <v>1311</v>
       </c>
-      <c r="J190" s="5" t="s">
+      <c r="L190" s="6" t="s">
         <v>1312</v>
       </c>
-      <c r="K190" s="5" t="s">
+      <c r="M190" s="5" t="s">
         <v>1313</v>
-      </c>
-[...4 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F191" s="5" t="s">
         <v>1316</v>
       </c>
-      <c r="B191" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F191" s="5" t="s">
+      <c r="G191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H191" s="5" t="s">
         <v>1317</v>
       </c>
-      <c r="G191" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H191" s="5" t="s">
+      <c r="I191" s="5" t="s">
         <v>1318</v>
       </c>
-      <c r="I191" s="5" t="s">
+      <c r="J191" s="5" t="s">
         <v>1319</v>
       </c>
-      <c r="J191" s="5" t="s">
+      <c r="K191" s="5" t="s">
         <v>1320</v>
       </c>
-      <c r="K191" s="5" t="s">
+      <c r="L191" s="6" t="s">
         <v>1321</v>
       </c>
-      <c r="L191" s="6" t="s">
+      <c r="M191" s="5" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F192" s="5" t="s">
         <v>1324</v>
       </c>
-      <c r="B192" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E192" s="5" t="s">
+      <c r="G192" s="5" t="s">
         <v>1325</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="H192" s="5" t="s">
         <v>1326</v>
       </c>
       <c r="I192" s="5" t="s">
         <v>1327</v>
       </c>
       <c r="J192" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="K192" s="5" t="s">
         <v>1328</v>
       </c>
-      <c r="K192" s="5" t="s">
+      <c r="L192" s="6" t="s">
         <v>1329</v>
       </c>
-      <c r="L192" s="6" t="s">
+      <c r="M192" s="5" t="s">
         <v>1330</v>
-      </c>
-[...1 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H193" s="5" t="s">
         <v>1332</v>
       </c>
-      <c r="B193" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C193" s="5" t="s">
+      <c r="I193" s="5" t="s">
         <v>1333</v>
       </c>
-      <c r="D193" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="5" t="s">
+      <c r="J193" s="5" t="s">
         <v>1334</v>
       </c>
-      <c r="F193" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H193" s="5" t="s">
+      <c r="K193" s="5" t="s">
         <v>1335</v>
       </c>
-      <c r="I193" s="5" t="s">
+      <c r="L193" s="6" t="s">
         <v>1336</v>
       </c>
-      <c r="J193" s="5" t="s">
+      <c r="M193" s="5" t="s">
         <v>1337</v>
-      </c>
-[...7 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H194" s="5" t="s">
         <v>1341</v>
       </c>
-      <c r="B194" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D194" s="5" t="s">
+      <c r="I194" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="E194" s="5" t="s">
+      <c r="J194" s="5" t="s">
         <v>1343</v>
       </c>
-      <c r="F194" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I194" s="5" t="s">
+      <c r="K194" s="5" t="s">
         <v>1344</v>
       </c>
-      <c r="J194" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K194" s="5" t="s">
+      <c r="L194" s="6" t="s">
         <v>1345</v>
       </c>
-      <c r="L194" s="6" t="s">
+      <c r="M194" s="5" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G195" s="5" t="s">
         <v>1348</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H195" s="5" t="s">
         <v>1349</v>
       </c>
       <c r="I195" s="5" t="s">
         <v>1350</v>
       </c>
       <c r="J195" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="K195" s="5" t="s">
         <v>1351</v>
       </c>
-      <c r="K195" s="5" t="s">
+      <c r="L195" s="6" t="s">
         <v>1352</v>
       </c>
-      <c r="L195" s="6" t="s">
+      <c r="M195" s="5" t="s">
         <v>1353</v>
-      </c>
-[...1 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="E196" s="5" t="s">
         <v>1355</v>
       </c>
-      <c r="B196" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F196" s="5" t="s">
-        <v>1325</v>
+        <v>1356</v>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1363</v>
+        <v>251</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>134</v>
+        <v>250</v>
       </c>
       <c r="E197" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F197" s="5" t="s">
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H197" s="5" t="s">
         <v>1364</v>
       </c>
-      <c r="G197" s="5" t="s">
+      <c r="I197" s="5" t="s">
         <v>1365</v>
       </c>
-      <c r="H197" s="5" t="s">
+      <c r="J197" s="5" t="s">
         <v>1366</v>
       </c>
-      <c r="I197" s="5" t="s">
+      <c r="K197" s="5" t="s">
         <v>1367</v>
       </c>
-      <c r="J197" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K197" s="5" t="s">
+      <c r="L197" s="6" t="s">
         <v>1368</v>
       </c>
-      <c r="L197" s="6" t="s">
+      <c r="M197" s="5" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F198" s="5" t="s">
         <v>1371</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
         <v>1372</v>
       </c>
       <c r="I198" s="5" t="s">
         <v>1373</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>46</v>
+        <v>1374</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>144</v>
+        <v>588</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>41</v>
-[...9 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>1356</v>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>46</v>
+        <v>1382</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>144</v>
+        <v>1387</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>46</v>
+        <v>1391</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>14</v>
+        <v>1172</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D201" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E201" s="5" t="inlineStr">
-[...16 lines deleted...]
-      </c>
       <c r="I201" s="5" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>573</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>558</v>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>46</v>
+        <v>1405</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1390</v>
+        <v>1409</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>41</v>
-[...7 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>1379</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>46</v>
+        <v>1412</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1405</v>
+        <v>1414</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1406</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1407</v>
+        <v>1416</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>41</v>
+        <v>1417</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E204" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F204" s="5" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
       <c r="G204" s="5" t="s">
-        <v>1408</v>
+        <v>1419</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1409</v>
+        <v>1420</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1410</v>
+        <v>1421</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1411</v>
+        <v>1422</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1413</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1414</v>
+        <v>1425</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1417</v>
+        <v>46</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1419</v>
+        <v>1429</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>250</v>
+        <v>41</v>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1423</v>
+        <v>1433</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1424</v>
-[...4 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="K206" s="5" t="s">
+        <v>1434</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1425</v>
+        <v>1435</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1426</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D207" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D207" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E207" s="5" t="s">
-        <v>1429</v>
+        <v>1438</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1430</v>
+        <v>1439</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1431</v>
+        <v>1440</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1432</v>
+        <v>46</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>250</v>
+        <v>41</v>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F208" s="5" t="s">
-        <v>1437</v>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1440</v>
+        <v>46</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
         <v>1444</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D209" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F209" s="5" t="s">
-        <v>1445</v>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="J209" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1451</v>
+        <v>1444</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>241</v>
+        <v>153</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1452</v>
+        <v>41</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>42</v>
+        <v>1455</v>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G210" s="5" t="s">
-        <v>1453</v>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1456</v>
+        <v>46</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>241</v>
+        <v>41</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>1452</v>
+        <v>153</v>
       </c>
       <c r="E211" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F211" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F211" s="5" t="s">
+        <v>1455</v>
       </c>
       <c r="G211" s="5" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1456</v>
+        <v>46</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>241</v>
+        <v>15</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1452</v>
+        <v>153</v>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G212" s="5" t="s">
-        <v>1468</v>
+      <c r="G212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H212" s="5" t="s">
         <v>1469</v>
       </c>
       <c r="I212" s="5" t="s">
         <v>1470</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>365</v>
+        <v>1471</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>41</v>
+        <v>259</v>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F213" s="5" t="s">
-        <v>43</v>
+      <c r="F213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1477</v>
+        <v>1478</v>
+      </c>
+      <c r="K213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>15</v>
+        <v>1482</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1481</v>
-[...2 lines deleted...]
-        <v>1482</v>
+        <v>1483</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>571</v>
+        <v>15</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>259</v>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F215" s="5" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>571</v>
+        <v>153</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1498</v>
+        <v>41</v>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F216" s="5" t="s">
-        <v>1482</v>
+        <v>1499</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>1501</v>
+        <v>46</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>1502</v>
       </c>
       <c r="L216" s="6" t="s">
         <v>1503</v>
       </c>
       <c r="M216" s="5" t="s">
         <v>1504</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
         <v>1505</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>571</v>
+        <v>250</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>15</v>
+        <v>1506</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1498</v>
-[...7 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G217" s="5" t="s">
+        <v>1507</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>1513</v>
+        <v>250</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>152</v>
+        <v>1506</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G218" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G218" s="5" t="s">
+        <v>1515</v>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>15</v>
+        <v>250</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>1506</v>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G219" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G219" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>1524</v>
+        <v>374</v>
       </c>
       <c r="K219" s="5" t="s">
         <v>1525</v>
       </c>
       <c r="L219" s="6" t="s">
         <v>1526</v>
       </c>
       <c r="M219" s="5" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
         <v>1528</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>250</v>
+        <v>41</v>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F220" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F220" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
         <v>1529</v>
       </c>
       <c r="I220" s="5" t="s">
         <v>1530</v>
       </c>
       <c r="J220" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K220" s="5" t="s">
         <v>1531</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L220" s="6" t="s">
         <v>1532</v>
       </c>
       <c r="M220" s="5" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
         <v>1534</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>40</v>
+        <v>588</v>
       </c>
       <c r="D221" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="5" t="s">
         <v>1535</v>
       </c>
-      <c r="E221" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F221" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="s">
+        <v>1537</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>1538</v>
+      </c>
+      <c r="J221" s="5" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K221" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="L221" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="M221" s="5" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="G221" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H221" s="5" t="s">
+      <c r="F222" s="5" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>1547</v>
+      </c>
+      <c r="K222" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="L222" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="M222" s="5" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F223" s="5" t="s">
         <v>1536</v>
       </c>
-      <c r="I221" s="5" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>241</v>
+        <v>1553</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>365</v>
+        <v>1555</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>144</v>
+        <v>588</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>43</v>
-[...6 lines deleted...]
-      <c r="G224" s="5" t="s">
         <v>1552</v>
       </c>
+      <c r="F224" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H224" s="5" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>46</v>
+        <v>1562</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>1127</v>
+        <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>162</v>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H225" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I225" s="5"/>
+      <c r="H225" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>1569</v>
+      </c>
       <c r="J225" s="5" t="s">
-        <v>365</v>
+        <v>1570</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1560</v>
+        <v>1571</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1561</v>
+        <v>1572</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1562</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1563</v>
+        <v>1574</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>571</v>
+        <v>259</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1317</v>
+        <v>1575</v>
+      </c>
+      <c r="F226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1564</v>
+        <v>1576</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1568</v>
+        <v>1580</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1570</v>
+        <v>1582</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>1571</v>
+        <v>15</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>134</v>
-[...8 lines deleted...]
-        <v>1573</v>
+        <v>259</v>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1575</v>
+        <v>1584</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1576</v>
+        <v>1585</v>
+      </c>
+      <c r="K227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1579</v>
+        <v>1588</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1571</v>
+        <v>40</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>134</v>
+        <v>1589</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>1572</v>
+        <v>534</v>
       </c>
       <c r="F228" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="G228" s="5" t="s">
-        <v>1580</v>
+      <c r="G228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1581</v>
+        <v>1590</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1582</v>
+        <v>1591</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>1583</v>
+        <v>374</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="229">
-      <c r="A229" s="5" t="s">
-        <v>1587</v>
+      <c r="A229" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>1588</v>
+        <v>251</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>242</v>
-[...10 lines deleted...]
-        </is>
+        <v>1506</v>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G229" s="5" t="s">
+        <v>1595</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1590</v>
-[...1 lines deleted...]
-      <c r="I229" s="5"/>
+        <v>1596</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>1597</v>
+      </c>
       <c r="J229" s="5" t="s">
-        <v>1591</v>
+        <v>374</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="230">
-      <c r="A230" s="5" t="s">
-        <v>1595</v>
+      <c r="A230" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>1317</v>
+        <v>1506</v>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1597</v>
+        <v>250</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>1599</v>
+        <v>374</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1604</v>
+        <v>153</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1605</v>
-[...4 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G231" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G231" s="5" t="s">
+        <v>1606</v>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1588</v>
-[...1 lines deleted...]
-      <c r="I231" s="5"/>
+        <v>1607</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>1608</v>
+      </c>
       <c r="J231" s="5" t="s">
-        <v>1591</v>
+        <v>46</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>14</v>
+        <v>1172</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>241</v>
+        <v>1613</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1610</v>
+        <v>153</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>1589</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H232" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I232" s="5"/>
       <c r="J232" s="5" t="s">
-        <v>1613</v>
+        <v>374</v>
       </c>
       <c r="K232" s="5" t="s">
         <v>1614</v>
       </c>
       <c r="L232" s="6" t="s">
         <v>1615</v>
       </c>
       <c r="M232" s="5" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
         <v>1617</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E233" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F233" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H233" s="5" t="s">
         <v>1618</v>
       </c>
-      <c r="F233" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H233" s="5" t="s">
+      <c r="I233" s="5" t="s">
         <v>1619</v>
       </c>
-      <c r="I233" s="5" t="s">
+      <c r="J233" s="5" t="s">
         <v>1620</v>
       </c>
-      <c r="J233" s="5" t="s">
+      <c r="K233" s="5" t="s">
         <v>1621</v>
       </c>
-      <c r="K233" s="5" t="s">
+      <c r="L233" s="6" t="s">
         <v>1622</v>
       </c>
-      <c r="L233" s="6" t="s">
+      <c r="M233" s="5" t="s">
         <v>1623</v>
-      </c>
-[...1 lines deleted...]
-        <v>1624</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C234" s="5" t="s">
         <v>1625</v>
       </c>
-      <c r="B234" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D234" s="5" t="s">
-        <v>571</v>
+        <v>143</v>
       </c>
       <c r="E234" s="5" t="s">
         <v>1626</v>
       </c>
       <c r="F234" s="5" t="s">
-        <v>1325</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="G234" s="5" t="s">
+        <v>1627</v>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1629</v>
+        <v>374</v>
       </c>
       <c r="K234" s="5" t="s">
         <v>1630</v>
       </c>
       <c r="L234" s="6" t="s">
         <v>1631</v>
       </c>
       <c r="M234" s="5" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G235" s="5" t="s">
         <v>1634</v>
       </c>
-      <c r="D235" s="5" t="s">
+      <c r="H235" s="5" t="s">
         <v>1635</v>
       </c>
-      <c r="E235" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H235" s="5" t="s">
+      <c r="I235" s="5" t="s">
         <v>1636</v>
       </c>
-      <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
         <v>1637</v>
       </c>
       <c r="K235" s="5" t="s">
         <v>1638</v>
       </c>
       <c r="L235" s="6" t="s">
         <v>1639</v>
       </c>
       <c r="M235" s="5" t="s">
         <v>1640</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
         <v>1641</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>15</v>
+        <v>1642</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>571</v>
+        <v>251</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1642</v>
+        <v>43</v>
       </c>
       <c r="F236" s="5" t="s">
-        <v>1317</v>
+        <v>1643</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1643</v>
-[...1 lines deleted...]
-      <c r="I236" s="5" t="s">
         <v>1644</v>
       </c>
+      <c r="I236" s="5"/>
       <c r="J236" s="5" t="s">
         <v>1645</v>
       </c>
       <c r="K236" s="5" t="s">
         <v>1646</v>
       </c>
       <c r="L236" s="6" t="s">
         <v>1647</v>
       </c>
       <c r="M236" s="5" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
         <v>1649</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>241</v>
+        <v>15</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>1610</v>
+        <v>588</v>
       </c>
       <c r="E237" s="5" t="s">
         <v>1650</v>
       </c>
-      <c r="F237" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F237" s="5" t="s">
+        <v>1371</v>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
         <v>1651</v>
       </c>
       <c r="I237" s="5" t="s">
         <v>1652</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1613</v>
+        <v>1653</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>198</v>
+        <v>1658</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>571</v>
+        <v>1659</v>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F238" s="5" t="s">
-        <v>1301</v>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1642</v>
+      </c>
+      <c r="I238" s="5"/>
       <c r="J238" s="5" t="s">
-        <v>1659</v>
+        <v>1645</v>
       </c>
       <c r="K238" s="5" t="s">
         <v>1660</v>
       </c>
       <c r="L238" s="6" t="s">
         <v>1661</v>
       </c>
       <c r="M238" s="5" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
         <v>1663</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>144</v>
+        <v>250</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1664</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="s">
-        <v>1664</v>
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H239" s="5" t="s">
         <v>1665</v>
       </c>
-      <c r="I239" s="5"/>
+      <c r="I239" s="5" t="s">
+        <v>1666</v>
+      </c>
       <c r="J239" s="5" t="s">
-        <v>365</v>
+        <v>1667</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1670</v>
-[...2 lines deleted...]
-        <v>1671</v>
+        <v>1672</v>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>198</v>
+        <v>15</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1680</v>
       </c>
       <c r="F241" s="5" t="s">
-        <v>1301</v>
+        <v>1379</v>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>1688</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>1689</v>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H242" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H242" s="5" t="s">
+        <v>1690</v>
       </c>
       <c r="I242" s="5"/>
-      <c r="J242" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J242" s="5" t="s">
+        <v>1691</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1687</v>
-[...1 lines deleted...]
-      <c r="M242" s="5"/>
+        <v>1693</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>1694</v>
+      </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>41</v>
-[...9 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F243" s="5" t="s">
+        <v>1371</v>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1690</v>
+        <v>1698</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>46</v>
+        <v>1699</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>1588</v>
+        <v>250</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>1605</v>
-[...4 lines deleted...]
-        </is>
+        <v>1664</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1704</v>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1695</v>
-[...1 lines deleted...]
-      <c r="I244" s="5"/>
+        <v>1705</v>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>1706</v>
+      </c>
       <c r="J244" s="5" t="s">
-        <v>1591</v>
+        <v>1667</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1699</v>
+        <v>1710</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>571</v>
-[...7 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>1355</v>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1700</v>
+        <v>1711</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1701</v>
+        <v>1712</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1702</v>
+        <v>1713</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1704</v>
+        <v>1715</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1705</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1706</v>
+        <v>1717</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>571</v>
-[...10 lines deleted...]
-        </is>
+        <v>858</v>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G246" s="5" t="s">
+        <v>1718</v>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1709</v>
-[...3 lines deleted...]
-      </c>
+        <v>1719</v>
+      </c>
+      <c r="I246" s="5"/>
       <c r="J246" s="5" t="s">
-        <v>1711</v>
+        <v>374</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>1571</v>
+        <v>15</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>134</v>
+        <v>588</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>43</v>
+        <v>1724</v>
       </c>
       <c r="F247" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>1716</v>
+        <v>1725</v>
+      </c>
+      <c r="G247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>365</v>
+        <v>1728</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1719</v>
+        <v>1729</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1720</v>
+        <v>1730</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1721</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1588</v>
+        <v>207</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1605</v>
+        <v>588</v>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F248" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F248" s="5" t="s">
+        <v>1355</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="I248" s="5"/>
+        <v>1733</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>1734</v>
+      </c>
       <c r="J248" s="5" t="s">
-        <v>1591</v>
+        <v>1735</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>1708</v>
+        <v>41</v>
+      </c>
+      <c r="D249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H249" s="5" t="s">
-[...6 lines deleted...]
-        <v>1730</v>
+      <c r="H249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I249" s="5"/>
+      <c r="J249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1731</v>
+        <v>1740</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1732</v>
-[...3 lines deleted...]
-      </c>
+        <v>1741</v>
+      </c>
+      <c r="M249" s="5"/>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>1735</v>
+        <v>153</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>1325</v>
+        <v>41</v>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1738</v>
+        <v>46</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>15</v>
+        <v>1642</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>1743</v>
+        <v>1659</v>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1744</v>
-[...3 lines deleted...]
-      </c>
+        <v>1749</v>
+      </c>
+      <c r="I251" s="5"/>
       <c r="J251" s="5" t="s">
-        <v>1746</v>
+        <v>1645</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>1751</v>
+        <v>15</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>1605</v>
-[...4 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>534</v>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1752</v>
-[...1 lines deleted...]
-      <c r="I252" s="5"/>
+        <v>1754</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>1755</v>
+      </c>
       <c r="J252" s="5" t="s">
-        <v>1591</v>
+        <v>1756</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>1762</v>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H253" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H253" s="5" t="s">
+        <v>1763</v>
+      </c>
+      <c r="I253" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J253" s="5" t="s">
+        <v>1765</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1686</v>
+        <v>1766</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="M253" s="5"/>
+        <v>1767</v>
+      </c>
+      <c r="M253" s="5" t="s">
+        <v>1768</v>
+      </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1758</v>
+        <v>1769</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>144</v>
+        <v>1625</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F254" s="5" t="s">
-        <v>1759</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="G254" s="5" t="s">
+        <v>1770</v>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1760</v>
+        <v>1771</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1761</v>
+        <v>1772</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>1762</v>
+        <v>374</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1763</v>
+        <v>1773</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1764</v>
+        <v>1774</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1766</v>
+        <v>1776</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>15</v>
+        <v>1642</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>1317</v>
+        <v>1659</v>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="I255" s="5"/>
       <c r="J255" s="5" t="s">
-        <v>1769</v>
+        <v>1645</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>1774</v>
+        <v>15</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>1775</v>
+        <v>588</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>1776</v>
+        <v>1680</v>
       </c>
       <c r="F256" s="5" t="s">
-        <v>1777</v>
+        <v>1762</v>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H256" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H256" s="5" t="s">
+        <v>1782</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1774</v>
+        <v>1789</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>1775</v>
+        <v>588</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>1784</v>
+        <v>42</v>
       </c>
       <c r="F257" s="5" t="s">
-        <v>1777</v>
+        <v>1379</v>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H257" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H257" s="5" t="s">
+        <v>1790</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>162</v>
       </c>
       <c r="F258" s="5" t="s">
-        <v>1317</v>
+        <v>1797</v>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1791</v>
+        <v>1798</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1792</v>
+        <v>1799</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1793</v>
+        <v>1800</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1795</v>
+        <v>1802</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1796</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1797</v>
+        <v>1804</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>15</v>
+        <v>1805</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>571</v>
+        <v>1659</v>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F259" s="5" t="s">
-        <v>1798</v>
+      <c r="F259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1799</v>
-[...3 lines deleted...]
-      </c>
+        <v>1806</v>
+      </c>
+      <c r="I259" s="5"/>
       <c r="J259" s="5" t="s">
-        <v>1801</v>
+        <v>1645</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>1559</v>
-[...2 lines deleted...]
-        <v>1634</v>
+        <v>41</v>
+      </c>
+      <c r="D260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H260" s="5" t="s">
-        <v>1806</v>
+      <c r="H260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I260" s="5"/>
-      <c r="J260" s="5" t="s">
-        <v>1807</v>
+      <c r="J260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1808</v>
+        <v>1740</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1809</v>
-[...3 lines deleted...]
-      </c>
+        <v>1811</v>
+      </c>
+      <c r="M260" s="5"/>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>241</v>
+        <v>153</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>1604</v>
-[...7 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>1813</v>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1613</v>
+        <v>1816</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>571</v>
+        <v>15</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>15</v>
+        <v>588</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>1401</v>
+        <v>1821</v>
       </c>
       <c r="F262" s="5" t="s">
-        <v>1819</v>
+        <v>1371</v>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1820</v>
-[...3 lines deleted...]
-      </c>
+        <v>1822</v>
+      </c>
+      <c r="I262" s="5"/>
       <c r="J262" s="5" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>14</v>
+        <v>400</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>571</v>
+        <v>1828</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>1829</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F263" s="5" t="s">
+        <v>1831</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H263" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I263" s="5"/>
+      <c r="H263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>1832</v>
+      </c>
       <c r="J263" s="5" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>14</v>
+        <v>400</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>571</v>
+        <v>1828</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>1829</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1838</v>
       </c>
       <c r="F264" s="5" t="s">
-        <v>42</v>
+        <v>1831</v>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H264" s="5" t="s">
-        <v>1833</v>
+      <c r="H264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>269</v>
+        <v>15</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="s">
-        <v>1325</v>
+        <v>1371</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>588</v>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F266" s="5" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1855</v>
+        <v>1859</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>15</v>
+        <v>1613</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>571</v>
+        <v>1688</v>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F267" s="5" t="s">
-        <v>1317</v>
+      <c r="F267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1856</v>
-[...3 lines deleted...]
-      </c>
+        <v>1860</v>
+      </c>
+      <c r="I267" s="5"/>
       <c r="J267" s="5" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>1863</v>
+        <v>250</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>1864</v>
-[...4 lines deleted...]
-        </is>
+        <v>1658</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1866</v>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1867</v>
+        <v>1667</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1455</v>
       </c>
       <c r="F269" s="5" t="s">
-        <v>1317</v>
+        <v>1873</v>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D270" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D270" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F270" s="5" t="s">
-        <v>1317</v>
+      <c r="F270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1879</v>
-[...3 lines deleted...]
-      </c>
+        <v>1881</v>
+      </c>
+      <c r="I270" s="5"/>
       <c r="J270" s="5" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="D271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F271" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F271" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1886</v>
-[...1 lines deleted...]
-      <c r="I271" s="5"/>
+        <v>1887</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>1888</v>
+      </c>
       <c r="J271" s="5" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>144</v>
+        <v>278</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F272" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F272" s="5" t="s">
+        <v>1379</v>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>46</v>
+        <v>1896</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>41</v>
-[...9 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>1902</v>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>46</v>
+        <v>1905</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="s">
-        <v>1317</v>
+        <v>1371</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>41</v>
+        <v>1917</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>241</v>
+        <v>1919</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>15</v>
+        <v>278</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1847</v>
+        <v>588</v>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F276" s="5" t="s">
+        <v>1371</v>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>588</v>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F277" s="5" t="s">
-        <v>1848</v>
+        <v>1371</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D278" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D278" s="5" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1932</v>
-[...3 lines deleted...]
-      </c>
+        <v>1940</v>
+      </c>
+      <c r="I278" s="5"/>
       <c r="J278" s="5" t="s">
-        <v>1934</v>
+        <v>1941</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1935</v>
+        <v>1942</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1936</v>
+        <v>1943</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1937</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>571</v>
+        <v>153</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1939</v>
+        <v>41</v>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F279" s="5" t="s">
-        <v>1940</v>
+      <c r="F279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H279" s="5" t="s">
+        <v>1946</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1942</v>
+        <v>46</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1950</v>
+        <v>46</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1955</v>
+        <v>15</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1956</v>
+        <v>588</v>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F281" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F281" s="5" t="s">
+        <v>1371</v>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1957</v>
-[...1 lines deleted...]
-      <c r="I281" s="5"/>
+        <v>1958</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>1959</v>
+      </c>
       <c r="J281" s="5" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>1955</v>
+        <v>41</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1956</v>
+        <v>1965</v>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I282" s="5"/>
+      <c r="H282" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>1966</v>
+      </c>
       <c r="J282" s="5" t="s">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1961</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="283">
-      <c r="A283" s="5" t="n">
-        <v>1916</v>
+      <c r="A283" s="5" t="s">
+        <v>1971</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>1965</v>
+        <v>15</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1956</v>
+        <v>1901</v>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1966</v>
-[...1 lines deleted...]
-      <c r="I283" s="5"/>
+        <v>1972</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>1973</v>
+      </c>
       <c r="J283" s="5" t="s">
-        <v>1958</v>
+        <v>1974</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>1971</v>
+        <v>15</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>1956</v>
-[...9 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>1902</v>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="I284" s="5"/>
+        <v>1979</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>1980</v>
+      </c>
       <c r="J284" s="5" t="s">
-        <v>1958</v>
+        <v>1981</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1973</v>
+        <v>1982</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1974</v>
+        <v>1983</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1975</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="285">
-      <c r="A285" s="5" t="n">
-        <v>1916</v>
+      <c r="A285" s="5" t="s">
+        <v>1985</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>1971</v>
+        <v>15</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>1956</v>
-[...4 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="I285" s="5"/>
+        <v>1986</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>1987</v>
+      </c>
       <c r="J285" s="5" t="s">
-        <v>1958</v>
+        <v>1988</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1977</v>
+        <v>1989</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1978</v>
+        <v>1990</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1979</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>269</v>
-[...7 lines deleted...]
-        </is>
+        <v>1993</v>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>1994</v>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="s">
-        <v>1982</v>
+      <c r="H286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>1984</v>
+        <v>1996</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1985</v>
+        <v>1997</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1987</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1971</v>
+        <v>15</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1956</v>
-[...4 lines deleted...]
-        </is>
+        <v>2001</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="I287" s="5"/>
+        <v>2002</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>2003</v>
+      </c>
       <c r="J287" s="5" t="s">
-        <v>1958</v>
+        <v>2004</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1992</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>1994</v>
+        <v>2009</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>1956</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>2010</v>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H288" s="5" t="s">
+        <v>2011</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="s">
-        <v>1958</v>
+        <v>2012</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1998</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>41</v>
+        <v>2009</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>2010</v>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G289" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
-        <v>46</v>
+        <v>2012</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>2005</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="290">
-      <c r="A290" s="5" t="s">
-        <v>2006</v>
+      <c r="A290" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>2007</v>
+        <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>241</v>
-[...7 lines deleted...]
-        <v>42</v>
+        <v>2019</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I290" s="5"/>
       <c r="J290" s="5" t="s">
-        <v>365</v>
+        <v>2012</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>315</v>
+        <v>2025</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1847</v>
+        <v>2010</v>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="I291" s="5"/>
       <c r="J291" s="5" t="s">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>2017</v>
+        <v>2027</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>2018</v>
+        <v>2028</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="292">
-      <c r="A292" s="5" t="s">
-        <v>2020</v>
+      <c r="A292" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>152</v>
+        <v>2025</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1864</v>
+        <v>2010</v>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F292" s="5" t="s">
-        <v>2021</v>
+      <c r="F292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2030</v>
+      </c>
+      <c r="I292" s="5"/>
       <c r="J292" s="5" t="s">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C293" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="C293" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>2035</v>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G293" s="5" t="s">
-        <v>2029</v>
+      <c r="G293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>365</v>
+        <v>2038</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>2032</v>
+        <v>2039</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>2033</v>
+        <v>2040</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>1127</v>
+        <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>144</v>
+        <v>2025</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>2036</v>
-[...8 lines deleted...]
-        <v>2037</v>
+        <v>2010</v>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>2038</v>
-[...3 lines deleted...]
-      </c>
+        <v>2043</v>
+      </c>
+      <c r="I294" s="5"/>
       <c r="J294" s="5" t="s">
-        <v>2040</v>
+        <v>2012</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>144</v>
+        <v>2048</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>2010</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>2049</v>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H295" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I295" s="5"/>
       <c r="J295" s="5" t="s">
-        <v>365</v>
+        <v>2012</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>1847</v>
-[...12 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G296" s="5" t="s">
+        <v>2054</v>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2051</v>
+        <v>2055</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>2053</v>
+        <v>46</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>14</v>
+        <v>2061</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>1971</v>
-[...7 lines deleted...]
-        </is>
+        <v>250</v>
+      </c>
+      <c r="D297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H297" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I297" s="5"/>
+      <c r="H297" s="5" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>2063</v>
+      </c>
       <c r="J297" s="5" t="s">
-        <v>1958</v>
+        <v>374</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2060</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2061</v>
+        <v>2067</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>1847</v>
+        <v>1901</v>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2062</v>
+        <v>2068</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>2063</v>
+        <v>2069</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>2064</v>
+        <v>2070</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2065</v>
+        <v>2071</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2066</v>
+        <v>2072</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2067</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>14</v>
+        <v>400</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>571</v>
+        <v>161</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>2069</v>
+        <v>1918</v>
+      </c>
+      <c r="E299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F299" s="5" t="s">
-        <v>1028</v>
+        <v>2075</v>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>2071</v>
+        <v>2077</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C300" s="5" t="s">
-[...6 lines deleted...]
-        <v>2069</v>
+      <c r="C300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G300" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G300" s="5" t="s">
+        <v>2083</v>
       </c>
       <c r="H300" s="5" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="J300" s="5" t="s">
-        <v>2079</v>
+        <v>374</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2080</v>
+        <v>2086</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2082</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>14</v>
+        <v>1172</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>1971</v>
+        <v>153</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1956</v>
-[...14 lines deleted...]
-        </is>
+        <v>2090</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G301" s="5" t="s">
+        <v>2091</v>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2084</v>
-[...1 lines deleted...]
-      <c r="I301" s="5"/>
+        <v>2092</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>2093</v>
+      </c>
       <c r="J301" s="5" t="s">
-        <v>1958</v>
+        <v>2094</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2085</v>
+        <v>2095</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2086</v>
+        <v>2096</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2087</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2088</v>
+        <v>2098</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>858</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2089</v>
+        <v>2099</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2090</v>
+        <v>2100</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>1432</v>
+        <v>374</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2091</v>
+        <v>2101</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2092</v>
+        <v>2102</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2093</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2094</v>
+        <v>2104</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>144</v>
-[...7 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F303" s="5" t="s">
+        <v>1902</v>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2095</v>
-[...1 lines deleted...]
-      <c r="I303" s="5"/>
+        <v>2105</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>2106</v>
+      </c>
       <c r="J303" s="5" t="s">
-        <v>46</v>
+        <v>2107</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2096</v>
+        <v>2108</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2097</v>
+        <v>2109</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>15</v>
+        <v>2025</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>1847</v>
-[...5 lines deleted...]
-        <v>1848</v>
+        <v>2010</v>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H304" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I304" s="5"/>
       <c r="J304" s="5" t="s">
-        <v>2102</v>
+        <v>2012</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2103</v>
+        <v>2112</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2104</v>
+        <v>2113</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2105</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2106</v>
+        <v>2115</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>571</v>
+        <v>15</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>269</v>
+        <v>1901</v>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2107</v>
+        <v>2116</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>2108</v>
+        <v>2117</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>2109</v>
+        <v>2118</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2110</v>
+        <v>2119</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2111</v>
+        <v>2120</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2112</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2113</v>
+        <v>2122</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>1847</v>
+        <v>588</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>2123</v>
+      </c>
+      <c r="F306" s="5" t="s">
+        <v>1073</v>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2114</v>
-[...1 lines deleted...]
-      <c r="I306" s="5"/>
+        <v>2124</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>2125</v>
+      </c>
       <c r="J306" s="5" t="s">
-        <v>2115</v>
+        <v>2126</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2116</v>
+        <v>2127</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2117</v>
+        <v>2128</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2118</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2119</v>
+        <v>2130</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>2120</v>
+        <v>588</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>2123</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2121</v>
+        <v>2131</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2122</v>
+        <v>2132</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>365</v>
+        <v>2133</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2123</v>
+        <v>2134</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2124</v>
+        <v>2135</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2125</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2126</v>
+        <v>2137</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>144</v>
+        <v>2025</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>1342</v>
+        <v>2010</v>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2127</v>
-[...3 lines deleted...]
-      </c>
+        <v>2138</v>
+      </c>
+      <c r="I308" s="5"/>
       <c r="J308" s="5" t="s">
-        <v>365</v>
+        <v>2012</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2129</v>
+        <v>2139</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2130</v>
+        <v>2140</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2131</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2132</v>
+        <v>2142</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>241</v>
+        <v>41</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>1604</v>
+        <v>153</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>2133</v>
+        <v>42</v>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2134</v>
+        <v>2143</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2135</v>
+        <v>2144</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>1613</v>
+        <v>1486</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2136</v>
+        <v>2145</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2137</v>
+        <v>2146</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2138</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2139</v>
+        <v>2148</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>1342</v>
+        <v>153</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>2140</v>
+        <v>42</v>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G310" s="5" t="s">
-        <v>2141</v>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>2149</v>
+      </c>
+      <c r="I310" s="5"/>
       <c r="J310" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2143</v>
+        <v>2150</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2144</v>
+        <v>2151</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2145</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2146</v>
+        <v>2153</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>1342</v>
-[...9 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>1902</v>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2147</v>
+        <v>2154</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2148</v>
+        <v>2155</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>365</v>
+        <v>2156</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2150</v>
+        <v>2158</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>144</v>
+        <v>588</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>1342</v>
+        <v>278</v>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2153</v>
+        <v>2161</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>365</v>
+        <v>2163</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2155</v>
+        <v>2164</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2156</v>
+        <v>2165</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2157</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2158</v>
+        <v>2167</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>144</v>
+        <v>1901</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>1342</v>
-[...5 lines deleted...]
-        <v>2159</v>
+        <v>15</v>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>2168</v>
+      </c>
+      <c r="I313" s="5"/>
       <c r="J313" s="5" t="s">
-        <v>365</v>
+        <v>2169</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2164</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>2165</v>
+        <v>2173</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>144</v>
+        <v>2174</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="E314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G314" s="5" t="s">
-        <v>2166</v>
+      <c r="G314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>2179</v>
+        <v>250</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>15</v>
+        <v>1658</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>768</v>
+        <v>2187</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>2182</v>
+        <v>1667</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2183</v>
+        <v>2190</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2184</v>
+        <v>2191</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2185</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>1396</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>2194</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G317" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G317" s="5" t="s">
+        <v>2195</v>
       </c>
       <c r="H317" s="5" t="s">
         <v>41</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>2187</v>
+        <v>2196</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2188</v>
+        <v>2197</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2189</v>
+        <v>2198</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>2190</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="318">
-      <c r="A318" s="5" t="n">
-        <v>1919</v>
+      <c r="A318" s="5" t="s">
+        <v>2200</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2191</v>
+        <v>2201</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2192</v>
+        <v>2202</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2193</v>
+        <v>2203</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2194</v>
+        <v>2204</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2195</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2196</v>
+        <v>2206</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2197</v>
+        <v>2207</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2198</v>
+        <v>2208</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2199</v>
+        <v>2209</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2200</v>
+        <v>2210</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2201</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2202</v>
+        <v>2212</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>1342</v>
-[...9 lines deleted...]
-        </is>
+        <v>1396</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>2194</v>
+      </c>
+      <c r="F320" s="5" t="s">
+        <v>2213</v>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>2203</v>
+        <v>2214</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2205</v>
+        <v>2216</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2206</v>
+        <v>2217</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2207</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2208</v>
+        <v>2219</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>198</v>
+        <v>153</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>1847</v>
+        <v>1396</v>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G321" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G321" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="H321" s="5" t="s">
-        <v>2209</v>
+        <v>2221</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>2210</v>
+        <v>2222</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>2211</v>
+        <v>374</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2212</v>
+        <v>2223</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2213</v>
+        <v>2224</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2214</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2215</v>
+        <v>2226</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>2216</v>
+        <v>153</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>2217</v>
+        <v>1396</v>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>2220</v>
+        <v>374</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>144</v>
+        <v>2233</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>785</v>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>365</v>
+        <v>2236</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2227</v>
+        <v>2237</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2228</v>
+        <v>2238</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2229</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2230</v>
+        <v>2240</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H324" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D324" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I324" s="5" t="s">
-        <v>2232</v>
+        <v>2241</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2233</v>
+        <v>2242</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2234</v>
+        <v>2243</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="325">
-      <c r="A325" s="5" t="s">
-        <v>2236</v>
+      <c r="A325" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1396</v>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2237</v>
+        <v>2245</v>
       </c>
       <c r="I325" s="5" t="s">
-        <v>2238</v>
+        <v>2246</v>
       </c>
       <c r="J325" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2242</v>
+        <v>2250</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1396</v>
+      </c>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2243</v>
+        <v>2251</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2244</v>
+        <v>2252</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2245</v>
+        <v>2253</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2246</v>
+        <v>2254</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2247</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2248</v>
+        <v>2256</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1396</v>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G327" s="5" t="s">
-        <v>2249</v>
+      <c r="G327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2250</v>
+        <v>2257</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2251</v>
+        <v>2258</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2252</v>
+        <v>2259</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2253</v>
+        <v>2260</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2254</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2255</v>
+        <v>2262</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1901</v>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G328" s="5" t="s">
-        <v>2256</v>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="I328" s="5" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
       <c r="J328" s="5" t="s">
-        <v>46</v>
+        <v>2265</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2259</v>
+        <v>2266</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2260</v>
+        <v>2267</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2261</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2262</v>
+        <v>2269</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>41</v>
+        <v>2270</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>2271</v>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G329" s="5" t="s">
-        <v>2263</v>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="I329" s="5" t="s">
-        <v>2265</v>
+        <v>2273</v>
       </c>
       <c r="J329" s="5" t="s">
-        <v>46</v>
+        <v>2274</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2266</v>
+        <v>2275</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2267</v>
+        <v>2276</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2268</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2269</v>
+        <v>2278</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1396</v>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G330" s="5" t="s">
-        <v>2270</v>
+      <c r="G330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>2273</v>
+        <v>2281</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2278</v>
+        <v>2286</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>2279</v>
+        <v>2287</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G332" s="5" t="s">
-        <v>2283</v>
+      <c r="G332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2284</v>
+        <v>2291</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>2285</v>
+        <v>2292</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>2286</v>
+        <v>2293</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2287</v>
+        <v>2294</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2288</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2289</v>
+        <v>2296</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G333" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="s">
+        <v>2297</v>
       </c>
       <c r="I333" s="5" t="s">
-        <v>2291</v>
+        <v>2298</v>
       </c>
       <c r="J333" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>2292</v>
+        <v>2299</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2293</v>
+        <v>2300</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2295</v>
+        <v>2302</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G334" s="5" t="s">
-        <v>2296</v>
+        <v>2303</v>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2297</v>
+        <v>2304</v>
       </c>
       <c r="I334" s="5" t="s">
-        <v>2298</v>
+        <v>2305</v>
       </c>
       <c r="J334" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>2299</v>
+        <v>2306</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2300</v>
+        <v>2307</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>2301</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2302</v>
+        <v>2309</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="s">
-        <v>2303</v>
+        <v>2310</v>
       </c>
       <c r="H335" s="5" t="s">
-        <v>2304</v>
+        <v>2311</v>
       </c>
       <c r="I335" s="5" t="s">
-        <v>2305</v>
+        <v>2312</v>
       </c>
       <c r="J335" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E336" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>2315</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>2317</v>
+        <v>41</v>
       </c>
       <c r="D337" s="5" t="s">
-        <v>1955</v>
+        <v>153</v>
       </c>
       <c r="E337" s="5" t="s">
-        <v>2318</v>
+        <v>42</v>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G337" s="5" t="s">
+        <v>2324</v>
       </c>
       <c r="H337" s="5" t="s">
-        <v>2319</v>
+        <v>2325</v>
       </c>
       <c r="I337" s="5" t="s">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="J337" s="5" t="s">
-        <v>2321</v>
+        <v>46</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2322</v>
+        <v>2327</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>2326</v>
+        <v>153</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>2327</v>
-[...2 lines deleted...]
-        <v>2328</v>
+        <v>1396</v>
+      </c>
+      <c r="E338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H338" s="5" t="s">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="I338" s="5"/>
+        <v>2331</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>2332</v>
+      </c>
       <c r="J338" s="5" t="s">
-        <v>2329</v>
+        <v>374</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2330</v>
+        <v>2333</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2331</v>
+        <v>2334</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>2332</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2333</v>
+        <v>2336</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>1342</v>
+        <v>858</v>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G339" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G339" s="5" t="s">
+        <v>2337</v>
       </c>
       <c r="H339" s="5" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2333</v>
+        <v>2343</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>1847</v>
-[...13 lines deleted...]
-        <v>2340</v>
+        <v>858</v>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G340" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>2342</v>
+        <v>374</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2347</v>
+        <v>858</v>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="I341" s="5" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="J341" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>269</v>
+        <v>858</v>
       </c>
       <c r="E342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G342" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G342" s="5" t="s">
+        <v>2357</v>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>2357</v>
+        <v>374</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>198</v>
+        <v>153</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>1847</v>
-[...10 lines deleted...]
-        </is>
+        <v>858</v>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G343" s="5" t="s">
+        <v>2364</v>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>2365</v>
+        <v>374</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>144</v>
+        <v>2371</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>2009</v>
+      </c>
+      <c r="E344" s="5" t="s">
+        <v>2372</v>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G344" s="5" t="s">
-        <v>2370</v>
+      <c r="G344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>365</v>
+        <v>2375</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D345" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D345" s="5" t="s">
-[...6 lines deleted...]
-        <v>2377</v>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>15</v>
+        <v>2387</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-        </is>
+        <v>2388</v>
+      </c>
+      <c r="E346" s="5" t="s">
+        <v>2389</v>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2385</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I346" s="5"/>
       <c r="J346" s="5" t="s">
-        <v>2387</v>
+        <v>2390</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2391</v>
+        <v>2394</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2392</v>
+        <v>2395</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2393</v>
+        <v>2396</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2394</v>
+        <v>2397</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2395</v>
+        <v>2398</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2396</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2397</v>
+        <v>2394</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>14</v>
+        <v>400</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>2217</v>
-[...4 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E348" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="F348" s="5" t="s">
-        <v>83</v>
+        <v>2400</v>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2398</v>
-[...1 lines deleted...]
-      <c r="I348" s="5"/>
+        <v>2401</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>2402</v>
+      </c>
       <c r="J348" s="5" t="s">
-        <v>2220</v>
+        <v>2403</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2399</v>
+        <v>2404</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2400</v>
+        <v>2405</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>2401</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2402</v>
+        <v>2407</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>2217</v>
+        <v>153</v>
       </c>
       <c r="E349" s="5" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-        </is>
+        <v>2408</v>
+      </c>
+      <c r="F349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G349" s="5" t="s">
+        <v>2409</v>
       </c>
       <c r="H349" s="5" t="s">
-        <v>2403</v>
+        <v>2410</v>
       </c>
       <c r="I349" s="5" t="s">
-        <v>2404</v>
+        <v>2411</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>2220</v>
+        <v>46</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2406</v>
+        <v>2413</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2408</v>
+        <v>2415</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>827</v>
+        <v>278</v>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F350" s="5" t="s">
-        <v>83</v>
+      <c r="F350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2409</v>
+        <v>2416</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>2410</v>
+        <v>2417</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>2220</v>
+        <v>2418</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2411</v>
+        <v>2419</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2412</v>
+        <v>2420</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2413</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2414</v>
+        <v>2422</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>827</v>
-[...12 lines deleted...]
-        <v>2415</v>
+        <v>1901</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2417</v>
+        <v>2425</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>365</v>
+        <v>2426</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2418</v>
+        <v>2427</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2419</v>
+        <v>2428</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2420</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2421</v>
+        <v>2430</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>827</v>
+        <v>1396</v>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G352" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G352" s="5" t="s">
+        <v>2431</v>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2422</v>
+        <v>2432</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2423</v>
+        <v>2433</v>
       </c>
       <c r="J352" s="5" t="s">
-        <v>2220</v>
+        <v>374</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2424</v>
+        <v>2434</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2425</v>
+        <v>2435</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2426</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2427</v>
+        <v>2437</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>2217</v>
-[...4 lines deleted...]
-        </is>
+        <v>161</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F353" s="5" t="s">
-        <v>83</v>
+        <v>2438</v>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2428</v>
+        <v>2439</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2429</v>
+        <v>2440</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>2220</v>
+        <v>2441</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2430</v>
+        <v>2442</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2431</v>
+        <v>2443</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2432</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2433</v>
+        <v>2445</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>2217</v>
+        <v>278</v>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F354" s="5" t="s">
-        <v>83</v>
+      <c r="F354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2434</v>
+        <v>2446</v>
       </c>
       <c r="I354" s="5" t="s">
-        <v>2435</v>
+        <v>2447</v>
       </c>
       <c r="J354" s="5" t="s">
-        <v>2220</v>
+        <v>2448</v>
       </c>
       <c r="K354" s="5" t="s">
-        <v>2436</v>
+        <v>2449</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2437</v>
+        <v>2450</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>2438</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2439</v>
+        <v>2452</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>2217</v>
+        <v>1396</v>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F355" s="5" t="s">
-        <v>83</v>
+      <c r="F355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2440</v>
+        <v>2453</v>
       </c>
       <c r="I355" s="5" t="s">
-        <v>2441</v>
+        <v>2454</v>
       </c>
       <c r="J355" s="5" t="s">
-        <v>2220</v>
+        <v>374</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2442</v>
+        <v>2455</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2443</v>
+        <v>2456</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>2444</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2445</v>
+        <v>2458</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>827</v>
+        <v>2271</v>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F356" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F356" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2446</v>
-[...3 lines deleted...]
-      </c>
+        <v>2459</v>
+      </c>
+      <c r="I356" s="5"/>
       <c r="J356" s="5" t="s">
-        <v>365</v>
+        <v>2274</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2448</v>
+        <v>2460</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2449</v>
+        <v>2461</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>2450</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2451</v>
+        <v>2463</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>198</v>
+        <v>153</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>571</v>
+        <v>2271</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="F357" s="5" t="s">
-        <v>2452</v>
+        <v>83</v>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="I357" s="5" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
       <c r="J357" s="5" t="s">
-        <v>2455</v>
+        <v>2274</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2456</v>
+        <v>2466</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2457</v>
+        <v>2467</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>2458</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2459</v>
+        <v>2469</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F358" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F358" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2460</v>
-[...5 lines deleted...]
-        </is>
+        <v>2470</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>2274</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2461</v>
+        <v>2472</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2462</v>
-[...1 lines deleted...]
-      <c r="M358" s="5"/>
+        <v>2473</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>2474</v>
+      </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2463</v>
+        <v>2475</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G359" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G359" s="5" t="s">
+        <v>2476</v>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2464</v>
-[...5 lines deleted...]
-        </is>
+        <v>2477</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>2478</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2461</v>
+        <v>2479</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2465</v>
-[...1 lines deleted...]
-      <c r="M359" s="5"/>
+        <v>2480</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>2481</v>
+      </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2466</v>
+        <v>2482</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H360" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H360" s="5" t="s">
+        <v>2483</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>2484</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>2274</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2467</v>
+        <v>2485</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2468</v>
-[...1 lines deleted...]
-      <c r="M360" s="5"/>
+        <v>2486</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>2487</v>
+      </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2469</v>
+        <v>2488</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>2271</v>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F361" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F361" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>827</v>
-[...5 lines deleted...]
-        </is>
+        <v>2489</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J361" s="5" t="s">
+        <v>2274</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2461</v>
+        <v>2491</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2470</v>
-[...1 lines deleted...]
-      <c r="M361" s="5"/>
+        <v>2492</v>
+      </c>
+      <c r="M361" s="5" t="s">
+        <v>2493</v>
+      </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2471</v>
+        <v>2494</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>2271</v>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F362" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F362" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>2217</v>
-[...5 lines deleted...]
-        </is>
+        <v>2495</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>2274</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2472</v>
+        <v>2497</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2473</v>
-[...1 lines deleted...]
-      <c r="M362" s="5"/>
+        <v>2498</v>
+      </c>
+      <c r="M362" s="5" t="s">
+        <v>2499</v>
+      </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2474</v>
+        <v>2500</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>2271</v>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F363" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F363" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
-        <v>2460</v>
-[...5 lines deleted...]
-        </is>
+        <v>2501</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="J363" s="5" t="s">
+        <v>2274</v>
       </c>
       <c r="K363" s="5" t="s">
-        <v>2472</v>
+        <v>2503</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2475</v>
-[...1 lines deleted...]
-      <c r="M363" s="5"/>
+        <v>2504</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>2505</v>
+      </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2476</v>
+        <v>2506</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2477</v>
-[...5 lines deleted...]
-        </is>
+        <v>2507</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2472</v>
+        <v>2509</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2478</v>
-[...1 lines deleted...]
-      <c r="M364" s="5"/>
+        <v>2510</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>2511</v>
+      </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2479</v>
+        <v>2512</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E365" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F365" s="5" t="s">
-        <v>2480</v>
+        <v>2513</v>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>2481</v>
+        <v>2514</v>
       </c>
       <c r="I365" s="5" t="s">
-        <v>2482</v>
+        <v>2515</v>
       </c>
       <c r="J365" s="5" t="s">
-        <v>365</v>
+        <v>2516</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2483</v>
+        <v>2517</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2484</v>
+        <v>2518</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>2485</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2486</v>
+        <v>2520</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>41</v>
+      </c>
+      <c r="D366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F366" s="5" t="s">
-[...3 lines deleted...]
-        <v>2487</v>
+      <c r="F366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>2488</v>
-[...5 lines deleted...]
-        <v>2490</v>
+        <v>2521</v>
+      </c>
+      <c r="I366" s="5"/>
+      <c r="J366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2491</v>
+        <v>2522</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2492</v>
-[...3 lines deleted...]
-      </c>
+        <v>2523</v>
+      </c>
+      <c r="M366" s="5"/>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2494</v>
+        <v>2524</v>
       </c>
       <c r="B367" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>41</v>
+      </c>
+      <c r="D367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H367" s="5" t="s">
-        <v>2495</v>
-[...5 lines deleted...]
-        <v>365</v>
+        <v>2525</v>
+      </c>
+      <c r="I367" s="5"/>
+      <c r="J367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K367" s="5" t="s">
-        <v>2497</v>
+        <v>2522</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2498</v>
-[...3 lines deleted...]
-      </c>
+        <v>2526</v>
+      </c>
+      <c r="M367" s="5"/>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2500</v>
+        <v>2527</v>
       </c>
       <c r="B368" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D368" s="5" t="s">
         <v>41</v>
       </c>
+      <c r="D368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H368" s="5" t="s">
-[...6 lines deleted...]
-        <v>46</v>
+      <c r="H368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I368" s="5"/>
+      <c r="J368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K368" s="5" t="s">
-        <v>2503</v>
+        <v>2528</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2504</v>
-[...3 lines deleted...]
-      </c>
+        <v>2529</v>
+      </c>
+      <c r="M368" s="5"/>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2506</v>
+        <v>2530</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D369" s="5" t="s">
         <v>41</v>
       </c>
+      <c r="D369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2507</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>858</v>
+      </c>
+      <c r="I369" s="5"/>
+      <c r="J369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K369" s="5" t="s">
-        <v>2509</v>
+        <v>2522</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2510</v>
-[...3 lines deleted...]
-      </c>
+        <v>2531</v>
+      </c>
+      <c r="M369" s="5"/>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2512</v>
+        <v>2532</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D370" s="5" t="s">
         <v>41</v>
       </c>
+      <c r="D370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2513</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>2271</v>
+      </c>
+      <c r="I370" s="5"/>
+      <c r="J370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K370" s="5" t="s">
-        <v>2515</v>
+        <v>2533</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2516</v>
-[...3 lines deleted...]
-      </c>
+        <v>2534</v>
+      </c>
+      <c r="M370" s="5"/>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2518</v>
+        <v>2535</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>571</v>
-[...8 lines deleted...]
-        <v>1028</v>
+        <v>41</v>
+      </c>
+      <c r="D371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="s">
-        <v>2520</v>
-[...1 lines deleted...]
-      <c r="I371" s="5" t="s">
         <v>2521</v>
       </c>
-      <c r="J371" s="5" t="s">
-        <v>2522</v>
+      <c r="I371" s="5"/>
+      <c r="J371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K371" s="5" t="s">
-        <v>2523</v>
+        <v>2533</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2524</v>
-[...3 lines deleted...]
-      </c>
+        <v>2536</v>
+      </c>
+      <c r="M371" s="5"/>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C372" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H372" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H372" s="5" t="s">
+        <v>2538</v>
       </c>
       <c r="I372" s="5"/>
       <c r="J372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K372" s="5" t="s">
-        <v>2527</v>
+        <v>2533</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
       <c r="M372" s="5"/>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="B373" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>1396</v>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F373" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F373" s="5" t="s">
+        <v>2541</v>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H373" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H373" s="5" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>2543</v>
+      </c>
+      <c r="J373" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="K373" s="5" t="s">
-        <v>2530</v>
+        <v>2544</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2531</v>
-[...1 lines deleted...]
-      <c r="M373" s="5"/>
+        <v>2545</v>
+      </c>
+      <c r="M373" s="5" t="s">
+        <v>2546</v>
+      </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2532</v>
+        <v>2547</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>144</v>
-[...7 lines deleted...]
-        </is>
+        <v>1396</v>
+      </c>
+      <c r="E374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F374" s="5" t="s">
+        <v>2541</v>
       </c>
       <c r="G374" s="5" t="s">
-        <v>2534</v>
+        <v>2548</v>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2535</v>
+        <v>2549</v>
       </c>
       <c r="I374" s="5" t="s">
-        <v>2536</v>
+        <v>2550</v>
       </c>
       <c r="J374" s="5" t="s">
-        <v>46</v>
+        <v>2551</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2537</v>
+        <v>2552</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2538</v>
+        <v>2553</v>
       </c>
       <c r="M374" s="5" t="s">
-        <v>2539</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2540</v>
+        <v>2555</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2541</v>
+        <v>1396</v>
+      </c>
+      <c r="E375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G375" s="5" t="s">
-        <v>2542</v>
+      <c r="G375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="I375" s="5" t="s">
-        <v>2544</v>
+        <v>2557</v>
       </c>
       <c r="J375" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>2545</v>
+        <v>2558</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2546</v>
+        <v>2559</v>
       </c>
       <c r="M375" s="5" t="s">
-        <v>2547</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2548</v>
+        <v>2561</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D376" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D376" s="5" t="s">
-[...3 lines deleted...]
-        <v>2549</v>
+      <c r="E376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G376" s="5" t="s">
-        <v>2550</v>
+      <c r="G376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H376" s="5" t="s">
-        <v>2551</v>
+        <v>2562</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>2552</v>
+        <v>2563</v>
       </c>
       <c r="J376" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2553</v>
+        <v>2564</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2554</v>
+        <v>2565</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2555</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2556</v>
+        <v>2567</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D377" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D377" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H377" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H377" s="5" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>2569</v>
+      </c>
+      <c r="J377" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2527</v>
+        <v>2570</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2557</v>
-[...1 lines deleted...]
-      <c r="M377" s="5"/>
+        <v>2571</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>2572</v>
+      </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2558</v>
+        <v>2573</v>
       </c>
       <c r="B378" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D378" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D378" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H378" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H378" s="5" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>2575</v>
+      </c>
+      <c r="J378" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K378" s="5" t="s">
-        <v>2527</v>
+        <v>2576</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2559</v>
-[...1 lines deleted...]
-      <c r="M378" s="5"/>
+        <v>2577</v>
+      </c>
+      <c r="M378" s="5" t="s">
+        <v>2578</v>
+      </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2560</v>
+        <v>2579</v>
       </c>
       <c r="B379" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="5" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F379" s="5" t="s">
+        <v>1073</v>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>2561</v>
-[...5 lines deleted...]
-        </is>
+        <v>2581</v>
+      </c>
+      <c r="I379" s="5" t="s">
+        <v>2582</v>
+      </c>
+      <c r="J379" s="5" t="s">
+        <v>2583</v>
       </c>
       <c r="K379" s="5" t="s">
-        <v>2527</v>
+        <v>2584</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2562</v>
-[...1 lines deleted...]
-      <c r="M379" s="5"/>
+        <v>2585</v>
+      </c>
+      <c r="M379" s="5" t="s">
+        <v>2586</v>
+      </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2563</v>
+        <v>2587</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I380" s="5"/>
       <c r="J380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K380" s="5" t="s">
-        <v>2527</v>
+        <v>2588</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2564</v>
+        <v>2589</v>
       </c>
       <c r="M380" s="5"/>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2565</v>
+        <v>2590</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K381" s="5" t="s">
-        <v>2527</v>
+        <v>2591</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2566</v>
+        <v>2592</v>
       </c>
       <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2567</v>
+        <v>2593</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>2594</v>
+      </c>
+      <c r="F382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G382" s="5" t="s">
+        <v>2595</v>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2568</v>
+        <v>2596</v>
       </c>
       <c r="I382" s="5" t="s">
-        <v>2569</v>
+        <v>2597</v>
       </c>
       <c r="J382" s="5" t="s">
-        <v>2570</v>
+        <v>46</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2571</v>
+        <v>2598</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2572</v>
+        <v>2599</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>2573</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2574</v>
+        <v>2601</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>1571</v>
+        <v>41</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E383" s="5" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>2602</v>
+      </c>
+      <c r="F383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G383" s="5" t="s">
+        <v>2603</v>
       </c>
       <c r="H383" s="5" t="s">
-        <v>2575</v>
+        <v>2604</v>
       </c>
       <c r="I383" s="5" t="s">
-        <v>2576</v>
+        <v>2605</v>
       </c>
       <c r="J383" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2577</v>
+        <v>2606</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2578</v>
+        <v>2607</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>2579</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2580</v>
+        <v>2609</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>1604</v>
+        <v>153</v>
       </c>
       <c r="E384" s="5" t="s">
-        <v>42</v>
+        <v>2610</v>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="s">
-        <v>2581</v>
+        <v>2611</v>
       </c>
       <c r="H384" s="5" t="s">
-        <v>2582</v>
+        <v>2612</v>
       </c>
       <c r="I384" s="5" t="s">
-        <v>2583</v>
+        <v>2613</v>
       </c>
       <c r="J384" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K384" s="5" t="s">
-        <v>2584</v>
+        <v>2614</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2585</v>
+        <v>2615</v>
       </c>
       <c r="M384" s="5" t="s">
-        <v>2586</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2587</v>
+        <v>2617</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C385" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I385" s="5"/>
       <c r="J385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K385" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K385" s="5" t="s">
+        <v>2588</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2588</v>
+        <v>2618</v>
       </c>
       <c r="M385" s="5"/>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2589</v>
+        <v>2619</v>
       </c>
       <c r="B386" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K386" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K386" s="5" t="s">
+        <v>2588</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2590</v>
+        <v>2620</v>
       </c>
       <c r="M386" s="5"/>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2591</v>
+        <v>2621</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C387" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H387" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H387" s="5" t="s">
+        <v>2622</v>
       </c>
       <c r="I387" s="5"/>
       <c r="J387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K387" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K387" s="5" t="s">
+        <v>2588</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2592</v>
+        <v>2623</v>
       </c>
       <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2593</v>
+        <v>2624</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C388" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I388" s="5"/>
       <c r="J388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2594</v>
+        <v>2588</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2595</v>
+        <v>2625</v>
       </c>
       <c r="M388" s="5"/>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2596</v>
+        <v>2626</v>
       </c>
       <c r="B389" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>2597</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G389" s="5" t="s">
-[...9 lines deleted...]
-        <v>2601</v>
+      <c r="G389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I389" s="5"/>
+      <c r="J389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2602</v>
+        <v>2588</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2603</v>
-[...3 lines deleted...]
-      </c>
+        <v>2627</v>
+      </c>
+      <c r="M389" s="5"/>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2605</v>
+        <v>2628</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>144</v>
+        <v>588</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>827</v>
-[...12 lines deleted...]
-        <v>2606</v>
+        <v>143</v>
+      </c>
+      <c r="E390" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F390" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2607</v>
+        <v>2629</v>
       </c>
       <c r="I390" s="5" t="s">
-        <v>2608</v>
+        <v>2630</v>
       </c>
       <c r="J390" s="5" t="s">
-        <v>365</v>
+        <v>2631</v>
       </c>
       <c r="K390" s="5" t="s">
-        <v>2609</v>
+        <v>2632</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2610</v>
+        <v>2633</v>
       </c>
       <c r="M390" s="5" t="s">
-        <v>2611</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2612</v>
+        <v>2635</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
-        <v>144</v>
+        <v>1625</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>827</v>
-[...12 lines deleted...]
-        <v>2613</v>
+        <v>143</v>
+      </c>
+      <c r="E391" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F391" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2614</v>
+        <v>2636</v>
       </c>
       <c r="I391" s="5" t="s">
-        <v>2615</v>
+        <v>2637</v>
       </c>
       <c r="J391" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2616</v>
+        <v>2638</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2617</v>
+        <v>2639</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2618</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2619</v>
+        <v>2641</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D392" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1658</v>
+      </c>
+      <c r="E392" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G392" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G392" s="5" t="s">
+        <v>2642</v>
       </c>
       <c r="H392" s="5" t="s">
-        <v>2620</v>
+        <v>2643</v>
       </c>
       <c r="I392" s="5" t="s">
-        <v>2621</v>
+        <v>2644</v>
       </c>
       <c r="J392" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2622</v>
+        <v>2645</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2623</v>
+        <v>2646</v>
       </c>
       <c r="M392" s="5" t="s">
-        <v>2624</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2625</v>
+        <v>2648</v>
       </c>
       <c r="B393" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C393" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I393" s="5"/>
       <c r="J393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2626</v>
+        <v>2649</v>
       </c>
       <c r="M393" s="5"/>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2627</v>
+        <v>2650</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>2597</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G394" s="5" t="s">
-[...12 lines deleted...]
-        <v>2630</v>
+      <c r="G394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I394" s="5"/>
+      <c r="J394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2631</v>
-[...3 lines deleted...]
-      </c>
+        <v>2651</v>
+      </c>
+      <c r="M394" s="5"/>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2633</v>
+        <v>2652</v>
       </c>
       <c r="B395" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>2597</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G395" s="5" t="s">
-[...3 lines deleted...]
-        <v>2634</v>
+      <c r="G395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I395" s="5"/>
-      <c r="J395" s="5" t="s">
-[...3 lines deleted...]
-        <v>2635</v>
+      <c r="J395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2636</v>
-[...3 lines deleted...]
-      </c>
+        <v>2653</v>
+      </c>
+      <c r="M395" s="5"/>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2638</v>
+        <v>2654</v>
       </c>
       <c r="B396" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D396" s="5" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="D396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G396" s="5" t="s">
-[...9 lines deleted...]
-        <v>46</v>
+      <c r="G396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I396" s="5"/>
+      <c r="J396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2642</v>
+        <v>2655</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2643</v>
-[...3 lines deleted...]
-      </c>
+        <v>2656</v>
+      </c>
+      <c r="M396" s="5"/>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2645</v>
+        <v>2657</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="D397" s="5" t="s">
-        <v>1847</v>
+        <v>1901</v>
       </c>
       <c r="E397" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="s">
-        <v>2598</v>
+        <v>2659</v>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2646</v>
-[...1 lines deleted...]
-      <c r="I397" s="5"/>
+        <v>2660</v>
+      </c>
+      <c r="I397" s="5" t="s">
+        <v>2661</v>
+      </c>
       <c r="J397" s="5" t="s">
-        <v>2601</v>
+        <v>2662</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2647</v>
+        <v>2663</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2648</v>
+        <v>2664</v>
       </c>
       <c r="M397" s="5" t="s">
-        <v>2649</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2650</v>
+        <v>2666</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D398" s="5" t="s">
-        <v>41</v>
+        <v>858</v>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G398" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G398" s="5" t="s">
+        <v>2667</v>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2651</v>
+        <v>2668</v>
       </c>
       <c r="I398" s="5" t="s">
-        <v>2652</v>
+        <v>2669</v>
       </c>
       <c r="J398" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2653</v>
+        <v>2670</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2654</v>
+        <v>2671</v>
       </c>
       <c r="M398" s="5" t="s">
-        <v>2655</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2656</v>
+        <v>2673</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D399" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G399" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G399" s="5" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H399" s="5" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I399" s="5" t="s">
+        <v>2676</v>
+      </c>
+      <c r="J399" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2657</v>
+        <v>2677</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2658</v>
-[...1 lines deleted...]
-      <c r="M399" s="5"/>
+        <v>2678</v>
+      </c>
+      <c r="M399" s="5" t="s">
+        <v>2679</v>
+      </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2659</v>
+        <v>2680</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H400" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H400" s="5" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>2682</v>
+      </c>
+      <c r="J400" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2657</v>
+        <v>2683</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2660</v>
-[...1 lines deleted...]
-      <c r="M400" s="5"/>
+        <v>2684</v>
+      </c>
+      <c r="M400" s="5" t="s">
+        <v>2685</v>
+      </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2661</v>
+        <v>2686</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I401" s="5"/>
       <c r="J401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K401" s="5" t="s">
-        <v>2657</v>
+      <c r="K401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2662</v>
+        <v>2687</v>
       </c>
       <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2663</v>
+        <v>2688</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>1847</v>
+        <v>1901</v>
       </c>
       <c r="E402" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G402" s="5" t="s">
-        <v>2664</v>
+        <v>2659</v>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2665</v>
+        <v>2689</v>
       </c>
       <c r="I402" s="5" t="s">
-        <v>2666</v>
+        <v>2690</v>
       </c>
       <c r="J402" s="5" t="s">
-        <v>2601</v>
+        <v>2662</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2667</v>
+        <v>2691</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2668</v>
+        <v>2692</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2669</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2670</v>
+        <v>2694</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="D403" s="5" t="s">
-        <v>1847</v>
+        <v>1901</v>
       </c>
       <c r="E403" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="s">
-        <v>2598</v>
+        <v>2659</v>
       </c>
       <c r="H403" s="5" t="s">
-        <v>2671</v>
+        <v>2695</v>
       </c>
       <c r="I403" s="5"/>
       <c r="J403" s="5" t="s">
-        <v>2601</v>
+        <v>2662</v>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2672</v>
+        <v>2696</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2673</v>
+        <v>2697</v>
       </c>
       <c r="M403" s="5" t="s">
-        <v>2674</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2675</v>
+        <v>2699</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="D404" s="5" t="s">
-        <v>827</v>
+        <v>153</v>
       </c>
       <c r="E404" s="5" t="s">
-        <v>2676</v>
+        <v>43</v>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="s">
-        <v>2677</v>
+        <v>2700</v>
       </c>
       <c r="H404" s="5" t="s">
-        <v>2678</v>
+        <v>2701</v>
       </c>
       <c r="I404" s="5" t="s">
-        <v>2679</v>
+        <v>2702</v>
       </c>
       <c r="J404" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2680</v>
+        <v>2703</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2681</v>
+        <v>2704</v>
       </c>
       <c r="M404" s="5" t="s">
-        <v>2682</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2683</v>
+        <v>2706</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
-        <v>144</v>
+        <v>2658</v>
       </c>
       <c r="D405" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E405" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G405" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G405" s="5" t="s">
+        <v>2659</v>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>2707</v>
+      </c>
+      <c r="I405" s="5"/>
       <c r="J405" s="5" t="s">
-        <v>365</v>
+        <v>2662</v>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2686</v>
+        <v>2708</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2687</v>
+        <v>2709</v>
       </c>
       <c r="M405" s="5" t="s">
-        <v>2688</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2689</v>
+        <v>2711</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>2217</v>
+        <v>153</v>
       </c>
       <c r="D406" s="5" t="s">
-        <v>827</v>
+        <v>41</v>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G406" s="5" t="s">
-        <v>2690</v>
+      <c r="G406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H406" s="5" t="s">
-        <v>2691</v>
+        <v>2712</v>
       </c>
       <c r="I406" s="5" t="s">
-        <v>2692</v>
+        <v>2713</v>
       </c>
       <c r="J406" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2693</v>
+        <v>2714</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2694</v>
+        <v>2715</v>
       </c>
       <c r="M406" s="5" t="s">
-        <v>2695</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>41</v>
+      </c>
+      <c r="D407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G407" s="5" t="s">
-[...9 lines deleted...]
-        <v>365</v>
+      <c r="G407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I407" s="5"/>
+      <c r="J407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2700</v>
+        <v>2718</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2701</v>
-[...3 lines deleted...]
-      </c>
+        <v>2719</v>
+      </c>
+      <c r="M407" s="5"/>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2703</v>
+        <v>2720</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C408" s="5" t="s">
-        <v>2704</v>
-[...1 lines deleted...]
-      <c r="D408" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E408" s="5" t="s">
-[...15 lines deleted...]
-        <v>2709</v>
+      <c r="D408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I408" s="5"/>
+      <c r="J408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2711</v>
-[...3 lines deleted...]
-      </c>
+        <v>2721</v>
+      </c>
+      <c r="M408" s="5"/>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2713</v>
+        <v>2722</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>198</v>
-[...20 lines deleted...]
-        <v>365</v>
+        <v>41</v>
+      </c>
+      <c r="D409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I409" s="5"/>
+      <c r="J409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K409" s="5" t="s">
         <v>2718</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2719</v>
-[...3 lines deleted...]
-      </c>
+        <v>2723</v>
+      </c>
+      <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="5" t="s">
-        <v>144</v>
+        <v>2658</v>
       </c>
       <c r="D410" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>1901</v>
+      </c>
+      <c r="E410" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="s">
-        <v>2722</v>
+        <v>2725</v>
       </c>
       <c r="H410" s="5" t="s">
-        <v>2723</v>
+        <v>2726</v>
       </c>
       <c r="I410" s="5" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="J410" s="5" t="s">
-        <v>365</v>
+        <v>2662</v>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
       <c r="M410" s="5" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2728</v>
+        <v>2731</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C411" s="5" t="s">
-        <v>41</v>
+        <v>2658</v>
       </c>
       <c r="D411" s="5" t="s">
-        <v>144</v>
+        <v>1901</v>
       </c>
       <c r="E411" s="5" t="s">
-        <v>2729</v>
+        <v>42</v>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="s">
-        <v>2730</v>
+        <v>2659</v>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2731</v>
-[...1 lines deleted...]
-      <c r="I411" s="5" t="s">
         <v>2732</v>
       </c>
+      <c r="I411" s="5"/>
       <c r="J411" s="5" t="s">
-        <v>365</v>
+        <v>2662</v>
       </c>
       <c r="K411" s="5" t="s">
         <v>2733</v>
       </c>
       <c r="L411" s="6" t="s">
         <v>2734</v>
       </c>
       <c r="M411" s="5" t="s">
         <v>2735</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
         <v>2736</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D412" s="5" t="s">
-        <v>827</v>
-[...4 lines deleted...]
-        </is>
+        <v>858</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>2737</v>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="H412" s="5" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
       <c r="I412" s="5" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="J412" s="5" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="M412" s="5" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
-        <v>2744</v>
+        <v>153</v>
       </c>
       <c r="D413" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2452</v>
+        <v>858</v>
+      </c>
+      <c r="E413" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="s">
         <v>2745</v>
       </c>
       <c r="I413" s="5" t="s">
         <v>2746</v>
       </c>
       <c r="J413" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K413" s="5" t="s">
         <v>2747</v>
       </c>
       <c r="L413" s="6" t="s">
         <v>2748</v>
       </c>
       <c r="M413" s="5" t="s">
         <v>2749</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
         <v>2750</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>2271</v>
+      </c>
+      <c r="D414" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G414" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G414" s="5" t="s">
+        <v>2751</v>
       </c>
       <c r="H414" s="5" t="s">
-        <v>2751</v>
-[...10 lines deleted...]
-        </is>
+        <v>2752</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>2753</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="K414" s="5" t="s">
+        <v>2754</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2752</v>
-[...1 lines deleted...]
-      <c r="M414" s="5"/>
+        <v>2755</v>
+      </c>
+      <c r="M414" s="5" t="s">
+        <v>2756</v>
+      </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2753</v>
+        <v>2757</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C415" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="D415" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G415" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G415" s="5" t="s">
+        <v>2758</v>
       </c>
       <c r="H415" s="5" t="s">
-        <v>2754</v>
-[...10 lines deleted...]
-        </is>
+        <v>2759</v>
+      </c>
+      <c r="I415" s="5" t="s">
+        <v>2760</v>
+      </c>
+      <c r="J415" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="K415" s="5" t="s">
+        <v>2761</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2755</v>
-[...1 lines deleted...]
-      <c r="M415" s="5"/>
+        <v>2762</v>
+      </c>
+      <c r="M415" s="5" t="s">
+        <v>2763</v>
+      </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2756</v>
+        <v>2764</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C416" s="5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D416" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D416" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="E416" s="5" t="s">
+        <v>2766</v>
+      </c>
+      <c r="F416" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G416" s="5" t="s">
+        <v>2767</v>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2757</v>
-[...10 lines deleted...]
-        </is>
+        <v>2768</v>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>2769</v>
+      </c>
+      <c r="J416" s="5" t="s">
+        <v>2770</v>
+      </c>
+      <c r="K416" s="5" t="s">
+        <v>2771</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2758</v>
-[...1 lines deleted...]
-      <c r="M416" s="5"/>
+        <v>2772</v>
+      </c>
+      <c r="M416" s="5" t="s">
+        <v>2773</v>
+      </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2759</v>
+        <v>2774</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="D417" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="E417" s="5" t="s">
+        <v>2775</v>
       </c>
       <c r="F417" s="5" t="s">
-        <v>2760</v>
+        <v>2776</v>
       </c>
       <c r="G417" s="5" t="s">
-        <v>2761</v>
+        <v>2775</v>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2762</v>
+        <v>2777</v>
       </c>
       <c r="I417" s="5" t="s">
-        <v>2763</v>
+        <v>2778</v>
       </c>
       <c r="J417" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2764</v>
+        <v>2779</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2765</v>
+        <v>2780</v>
       </c>
       <c r="M417" s="5" t="s">
-        <v>2766</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="418">
-      <c r="A418" s="5" t="n">
-        <v>1926</v>
+      <c r="A418" s="5" t="s">
+        <v>2782</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C418" s="5" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>858</v>
+      </c>
+      <c r="E418" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G418" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G418" s="5" t="s">
+        <v>2783</v>
       </c>
       <c r="H418" s="5" t="s">
-        <v>2767</v>
+        <v>2784</v>
       </c>
       <c r="I418" s="5" t="s">
-        <v>2768</v>
+        <v>2785</v>
       </c>
       <c r="J418" s="5" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2769</v>
+        <v>2786</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2770</v>
+        <v>2787</v>
       </c>
       <c r="M418" s="5" t="s">
-        <v>2771</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2772</v>
+        <v>2789</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C419" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D419" s="5" t="s">
-        <v>269</v>
+        <v>153</v>
       </c>
       <c r="E419" s="5" t="s">
-        <v>2773</v>
-[...2 lines deleted...]
-        <v>1028</v>
+        <v>2790</v>
+      </c>
+      <c r="F419" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G419" s="5" t="s">
-        <v>2774</v>
+        <v>2791</v>
       </c>
       <c r="H419" s="5" t="s">
-        <v>2775</v>
+        <v>2792</v>
       </c>
       <c r="I419" s="5" t="s">
-        <v>2776</v>
+        <v>2793</v>
       </c>
       <c r="J419" s="5" t="s">
-        <v>2777</v>
+        <v>374</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2778</v>
+        <v>2794</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2779</v>
+        <v>2795</v>
       </c>
       <c r="M419" s="5" t="s">
-        <v>2780</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2781</v>
+        <v>2797</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C420" s="5" t="s">
-        <v>198</v>
+        <v>153</v>
       </c>
       <c r="D420" s="5" t="s">
-        <v>1847</v>
+        <v>858</v>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G420" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G420" s="5" t="s">
+        <v>2798</v>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2782</v>
+        <v>2799</v>
       </c>
       <c r="I420" s="5" t="s">
-        <v>2783</v>
+        <v>2800</v>
       </c>
       <c r="J420" s="5" t="s">
-        <v>2784</v>
+        <v>374</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2785</v>
+        <v>2801</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2786</v>
+        <v>2802</v>
       </c>
       <c r="M420" s="5" t="s">
-        <v>2787</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2788</v>
+        <v>2804</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>1363</v>
+        <v>2805</v>
       </c>
       <c r="D421" s="5" t="s">
-        <v>827</v>
+        <v>153</v>
       </c>
       <c r="E421" s="5" t="s">
-        <v>541</v>
-[...5 lines deleted...]
-        <v>2789</v>
+        <v>2513</v>
+      </c>
+      <c r="F421" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G421" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2790</v>
+        <v>2806</v>
       </c>
       <c r="I421" s="5" t="s">
-        <v>2791</v>
+        <v>2807</v>
       </c>
       <c r="J421" s="5" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2792</v>
+        <v>2808</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2793</v>
+        <v>2809</v>
       </c>
       <c r="M421" s="5" t="s">
-        <v>2794</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2795</v>
+        <v>2811</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C422" s="5" t="s">
-        <v>198</v>
-[...8 lines deleted...]
-        <v>2796</v>
+        <v>41</v>
+      </c>
+      <c r="D422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2797</v>
-[...8 lines deleted...]
-        <v>2800</v>
+        <v>2812</v>
+      </c>
+      <c r="I422" s="5"/>
+      <c r="J422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2801</v>
-[...3 lines deleted...]
-      </c>
+        <v>2813</v>
+      </c>
+      <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2803</v>
+        <v>2814</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C423" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>41</v>
+      </c>
+      <c r="D423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="s">
-        <v>2804</v>
-[...8 lines deleted...]
-        <v>2806</v>
+        <v>2815</v>
+      </c>
+      <c r="I423" s="5"/>
+      <c r="J423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2807</v>
-[...3 lines deleted...]
-      </c>
+        <v>2816</v>
+      </c>
+      <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2809</v>
+        <v>2817</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C424" s="5" t="s">
-        <v>250</v>
-[...8 lines deleted...]
-        <v>2810</v>
+        <v>41</v>
+      </c>
+      <c r="D424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
-        <v>2811</v>
-[...8 lines deleted...]
-        <v>2814</v>
+        <v>2818</v>
+      </c>
+      <c r="I424" s="5"/>
+      <c r="J424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2815</v>
-[...3 lines deleted...]
-      </c>
+        <v>2819</v>
+      </c>
+      <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C425" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D425" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D425" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F425" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F425" s="5" t="s">
+        <v>2821</v>
+      </c>
+      <c r="G425" s="5" t="s">
+        <v>2822</v>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2818</v>
-[...5 lines deleted...]
-        </is>
+        <v>2823</v>
+      </c>
+      <c r="I425" s="5" t="s">
+        <v>2824</v>
+      </c>
+      <c r="J425" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2819</v>
+        <v>2825</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2820</v>
-[...1 lines deleted...]
-      <c r="M425" s="5"/>
+        <v>2826</v>
+      </c>
+      <c r="M425" s="5" t="s">
+        <v>2827</v>
+      </c>
     </row>
     <row r="426">
-      <c r="A426" s="5" t="s">
-        <v>2821</v>
+      <c r="A426" s="5" t="n">
+        <v>1926</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>269</v>
+        <v>153</v>
       </c>
       <c r="D426" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="E426" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>2822</v>
+        <v>43</v>
+      </c>
+      <c r="F426" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="s">
-        <v>2823</v>
-[...1 lines deleted...]
-      <c r="I426" s="5"/>
+        <v>2828</v>
+      </c>
+      <c r="I426" s="5" t="s">
+        <v>2829</v>
+      </c>
       <c r="J426" s="5" t="s">
-        <v>2824</v>
+        <v>46</v>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2825</v>
+        <v>2830</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2826</v>
+        <v>2831</v>
       </c>
       <c r="M426" s="5" t="s">
-        <v>2827</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2828</v>
+        <v>2833</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C427" s="5" t="s">
-        <v>41</v>
-[...30 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="D427" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="E427" s="5" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F427" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G427" s="5" t="s">
+        <v>2835</v>
+      </c>
+      <c r="H427" s="5" t="s">
+        <v>2836</v>
+      </c>
+      <c r="I427" s="5" t="s">
+        <v>2837</v>
+      </c>
+      <c r="J427" s="5" t="s">
+        <v>2838</v>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2829</v>
+        <v>2839</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2830</v>
-[...1 lines deleted...]
-      <c r="M427" s="5"/>
+        <v>2840</v>
+      </c>
+      <c r="M427" s="5" t="s">
+        <v>2841</v>
+      </c>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2831</v>
+        <v>2842</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="D428" s="5" t="s">
-        <v>41</v>
+        <v>1901</v>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F428" s="5" t="s">
-[...3 lines deleted...]
-        <v>2833</v>
+      <c r="F428" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G428" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2834</v>
+        <v>2843</v>
       </c>
       <c r="I428" s="5" t="s">
-        <v>2835</v>
+        <v>2844</v>
       </c>
       <c r="J428" s="5" t="s">
-        <v>46</v>
+        <v>2845</v>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2836</v>
+        <v>2846</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2837</v>
+        <v>2847</v>
       </c>
       <c r="M428" s="5" t="s">
-        <v>2838</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2839</v>
+        <v>2849</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C429" s="5" t="s">
-        <v>41</v>
-[...19 lines deleted...]
-        </is>
+        <v>1417</v>
+      </c>
+      <c r="D429" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="E429" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="F429" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G429" s="5" t="s">
+        <v>2850</v>
       </c>
       <c r="H429" s="5" t="s">
-        <v>2840</v>
-[...5 lines deleted...]
-        </is>
+        <v>2851</v>
+      </c>
+      <c r="I429" s="5" t="s">
+        <v>2852</v>
+      </c>
+      <c r="J429" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2829</v>
+        <v>2853</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2841</v>
-[...1 lines deleted...]
-      <c r="M429" s="5"/>
+        <v>2854</v>
+      </c>
+      <c r="M429" s="5" t="s">
+        <v>2855</v>
+      </c>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2842</v>
+        <v>2856</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>269</v>
+        <v>207</v>
       </c>
       <c r="D430" s="5" t="s">
-        <v>571</v>
+        <v>1901</v>
       </c>
       <c r="E430" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F430" s="5" t="s">
-        <v>2843</v>
+        <v>2857</v>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="s">
-        <v>2844</v>
+        <v>2858</v>
       </c>
       <c r="I430" s="5" t="s">
-        <v>2845</v>
+        <v>2859</v>
       </c>
       <c r="J430" s="5" t="s">
-        <v>2846</v>
+        <v>2860</v>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2847</v>
+        <v>2861</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2848</v>
+        <v>2862</v>
       </c>
       <c r="M430" s="5" t="s">
-        <v>2849</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2850</v>
+        <v>2864</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>571</v>
+        <v>153</v>
       </c>
       <c r="D431" s="5" t="s">
-        <v>250</v>
+        <v>858</v>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H431" s="5" t="s">
-        <v>2851</v>
+        <v>2865</v>
       </c>
       <c r="I431" s="5" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="J431" s="5" t="s">
-        <v>2853</v>
+        <v>374</v>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2854</v>
+        <v>2867</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2855</v>
+        <v>2868</v>
       </c>
       <c r="M431" s="5" t="s">
-        <v>2856</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2857</v>
+        <v>2870</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>1020</v>
+        <v>14</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>41</v>
-[...14 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="D432" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E432" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F432" s="5" t="s">
+        <v>2871</v>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2858</v>
-[...5 lines deleted...]
-        </is>
+        <v>2872</v>
+      </c>
+      <c r="I432" s="5" t="s">
+        <v>2873</v>
+      </c>
+      <c r="J432" s="5" t="s">
+        <v>2874</v>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2859</v>
+        <v>2875</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2860</v>
-[...1 lines deleted...]
-      <c r="M432" s="5"/>
+        <v>2876</v>
+      </c>
+      <c r="M432" s="5" t="s">
+        <v>2877</v>
+      </c>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2861</v>
+        <v>2878</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>1020</v>
+        <v>1065</v>
       </c>
       <c r="C433" s="5" t="s">
-        <v>2862</v>
+        <v>41</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H433" s="5" t="s">
-        <v>2862</v>
+        <v>2879</v>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2863</v>
+        <v>2880</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2864</v>
+        <v>2881</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2865</v>
+        <v>2882</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="D434" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="E434" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F434" s="5" t="s">
-        <v>42</v>
+        <v>2883</v>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="s">
-        <v>2866</v>
-[...3 lines deleted...]
-      </c>
+        <v>2884</v>
+      </c>
+      <c r="I434" s="5"/>
       <c r="J434" s="5" t="s">
-        <v>2868</v>
+        <v>2885</v>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2869</v>
+        <v>2886</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2870</v>
+        <v>2887</v>
       </c>
       <c r="M434" s="5" t="s">
-        <v>2871</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2872</v>
+        <v>2889</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C435" s="5" t="s">
-        <v>571</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="D435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H435" s="5" t="s">
-[...6 lines deleted...]
-        <v>2875</v>
+      <c r="H435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I435" s="5"/>
+      <c r="J435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2876</v>
+        <v>2890</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2877</v>
-[...3 lines deleted...]
-      </c>
+        <v>2891</v>
+      </c>
+      <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2872</v>
+        <v>2892</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C436" s="5" t="s">
-        <v>571</v>
+        <v>153</v>
       </c>
       <c r="D436" s="5" t="s">
-        <v>250</v>
+        <v>41</v>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F436" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F436" s="5" t="s">
+        <v>2893</v>
+      </c>
+      <c r="G436" s="5" t="s">
+        <v>2894</v>
       </c>
       <c r="H436" s="5" t="s">
-        <v>2879</v>
+        <v>2895</v>
       </c>
       <c r="I436" s="5" t="s">
-        <v>2880</v>
+        <v>2896</v>
       </c>
       <c r="J436" s="5" t="s">
-        <v>2875</v>
+        <v>46</v>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2881</v>
+        <v>2897</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2882</v>
+        <v>2898</v>
       </c>
       <c r="M436" s="5" t="s">
-        <v>2883</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2884</v>
+        <v>2900</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>2885</v>
+        <v>41</v>
+      </c>
+      <c r="D437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H437" s="5" t="s">
-        <v>2886</v>
-[...5 lines deleted...]
-        <v>2888</v>
+        <v>2901</v>
+      </c>
+      <c r="I437" s="5"/>
+      <c r="J437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2890</v>
-[...3 lines deleted...]
-      </c>
+        <v>2902</v>
+      </c>
+      <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2892</v>
+        <v>2903</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>2893</v>
+        <v>278</v>
       </c>
       <c r="D438" s="5" t="s">
-        <v>2894</v>
+        <v>588</v>
       </c>
       <c r="E438" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F438" s="5" t="s">
+        <v>2904</v>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2895</v>
+        <v>2905</v>
       </c>
       <c r="I438" s="5" t="s">
-        <v>2896</v>
+        <v>2906</v>
       </c>
       <c r="J438" s="5" t="s">
-        <v>2897</v>
+        <v>2907</v>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2898</v>
+        <v>2908</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2899</v>
+        <v>2909</v>
       </c>
       <c r="M438" s="5" t="s">
-        <v>2900</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2901</v>
+        <v>2911</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>241</v>
+        <v>588</v>
       </c>
       <c r="D439" s="5" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>2133</v>
+        <v>259</v>
+      </c>
+      <c r="E439" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2902</v>
+        <v>2912</v>
       </c>
       <c r="I439" s="5" t="s">
-        <v>2903</v>
+        <v>2913</v>
       </c>
       <c r="J439" s="5" t="s">
-        <v>46</v>
+        <v>2914</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2904</v>
+        <v>2915</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2905</v>
+        <v>2916</v>
       </c>
       <c r="M439" s="5" t="s">
-        <v>2906</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2907</v>
+        <v>2918</v>
       </c>
       <c r="B440" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>1847</v>
+        <v>41</v>
+      </c>
+      <c r="D440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2908</v>
-[...5 lines deleted...]
-        <v>2910</v>
+        <v>2919</v>
+      </c>
+      <c r="I440" s="5"/>
+      <c r="J440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2911</v>
+        <v>2920</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2912</v>
-[...3 lines deleted...]
-      </c>
+        <v>2921</v>
+      </c>
+      <c r="M440" s="5"/>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2914</v>
+        <v>2922</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>14</v>
+        <v>1065</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>1847</v>
+        <v>2923</v>
+      </c>
+      <c r="D441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2915</v>
-[...5 lines deleted...]
-        <v>2917</v>
+        <v>2923</v>
+      </c>
+      <c r="I441" s="5"/>
+      <c r="J441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2918</v>
+        <v>2924</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2919</v>
-[...3 lines deleted...]
-      </c>
+        <v>2925</v>
+      </c>
+      <c r="M441" s="5"/>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2921</v>
+        <v>2926</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>198</v>
+        <v>588</v>
       </c>
       <c r="D442" s="5" t="s">
-        <v>1847</v>
-[...9 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="E442" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F442" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2922</v>
-[...1 lines deleted...]
-      <c r="I442" s="5"/>
+        <v>2927</v>
+      </c>
+      <c r="I442" s="5" t="s">
+        <v>2928</v>
+      </c>
       <c r="J442" s="5" t="s">
-        <v>2923</v>
+        <v>2929</v>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2924</v>
+        <v>2930</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2925</v>
+        <v>2931</v>
       </c>
       <c r="M442" s="5" t="s">
-        <v>2926</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2927</v>
+        <v>2933</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>198</v>
+        <v>588</v>
       </c>
       <c r="D443" s="5" t="s">
-        <v>1847</v>
-[...9 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="E443" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F443" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H443" s="5" t="s">
-        <v>2928</v>
+        <v>2934</v>
       </c>
       <c r="I443" s="5" t="s">
-        <v>2929</v>
+        <v>2935</v>
       </c>
       <c r="J443" s="5" t="s">
-        <v>2930</v>
+        <v>2936</v>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2931</v>
+        <v>2937</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2932</v>
+        <v>2938</v>
       </c>
       <c r="M443" s="5" t="s">
-        <v>2933</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2934</v>
+        <v>2933</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>1955</v>
+        <v>588</v>
       </c>
       <c r="D444" s="5" t="s">
-        <v>2217</v>
+        <v>259</v>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F444" s="5" t="s">
-        <v>2935</v>
+      <c r="F444" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
+        <v>2940</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>2941</v>
+      </c>
+      <c r="J444" s="5" t="s">
         <v>2936</v>
       </c>
-      <c r="I444" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K444" s="5" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
       <c r="M444" s="5" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C445" s="5" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>1847</v>
-[...4 lines deleted...]
-        </is>
+        <v>2271</v>
+      </c>
+      <c r="E445" s="5" t="s">
+        <v>2946</v>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2942</v>
+        <v>2947</v>
       </c>
       <c r="I445" s="5" t="s">
-        <v>2943</v>
+        <v>2948</v>
       </c>
       <c r="J445" s="5" t="s">
-        <v>2944</v>
+        <v>2949</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2945</v>
+        <v>2950</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2946</v>
+        <v>2951</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2947</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2948</v>
+        <v>2953</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>241</v>
+        <v>2954</v>
       </c>
       <c r="D446" s="5" t="s">
-        <v>2949</v>
+        <v>2955</v>
       </c>
       <c r="E446" s="5" t="s">
-        <v>2950</v>
+        <v>43</v>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2951</v>
+        <v>2956</v>
       </c>
       <c r="I446" s="5" t="s">
-        <v>2952</v>
+        <v>2957</v>
       </c>
       <c r="J446" s="5" t="s">
-        <v>2953</v>
+        <v>2958</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2954</v>
+        <v>2959</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2955</v>
+        <v>2960</v>
       </c>
       <c r="M446" s="5" t="s">
-        <v>2956</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2957</v>
+        <v>2962</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>1847</v>
-[...4 lines deleted...]
-        </is>
+        <v>1664</v>
+      </c>
+      <c r="E447" s="5" t="s">
+        <v>2187</v>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2958</v>
+        <v>2963</v>
       </c>
       <c r="I447" s="5" t="s">
-        <v>2959</v>
+        <v>2964</v>
       </c>
       <c r="J447" s="5" t="s">
-        <v>2960</v>
+        <v>46</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
       <c r="M447" s="5" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>134</v>
+        <v>207</v>
       </c>
       <c r="D448" s="5" t="s">
-        <v>2965</v>
-[...2 lines deleted...]
-        <v>2966</v>
+        <v>1901</v>
+      </c>
+      <c r="E448" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2967</v>
-[...1 lines deleted...]
-      <c r="I448" s="5"/>
+        <v>2969</v>
+      </c>
+      <c r="I448" s="5" t="s">
+        <v>2970</v>
+      </c>
       <c r="J448" s="5" t="s">
-        <v>2888</v>
+        <v>2971</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
       <c r="M448" s="5" t="s">
-        <v>2970</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2971</v>
+        <v>2975</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C449" s="5" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="D449" s="5" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>2133</v>
+        <v>1901</v>
+      </c>
+      <c r="E449" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2972</v>
+        <v>2976</v>
       </c>
       <c r="I449" s="5" t="s">
-        <v>2973</v>
+        <v>2977</v>
       </c>
       <c r="J449" s="5" t="s">
-        <v>1613</v>
+        <v>2978</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2974</v>
+        <v>2979</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2975</v>
+        <v>2980</v>
       </c>
       <c r="M449" s="5" t="s">
-        <v>2976</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C450" s="5" t="s">
-        <v>827</v>
+        <v>207</v>
       </c>
       <c r="D450" s="5" t="s">
-        <v>2217</v>
+        <v>1901</v>
       </c>
       <c r="E450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2978</v>
-[...3 lines deleted...]
-      </c>
+        <v>2983</v>
+      </c>
+      <c r="I450" s="5"/>
       <c r="J450" s="5" t="s">
-        <v>2329</v>
+        <v>2984</v>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2980</v>
+        <v>2985</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2981</v>
+        <v>2986</v>
       </c>
       <c r="M450" s="5" t="s">
-        <v>2982</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2983</v>
+        <v>2988</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>1971</v>
+        <v>207</v>
       </c>
       <c r="D451" s="5" t="s">
-        <v>1955</v>
+        <v>1901</v>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2984</v>
+        <v>2989</v>
       </c>
       <c r="I451" s="5" t="s">
-        <v>2985</v>
+        <v>2990</v>
       </c>
       <c r="J451" s="5" t="s">
-        <v>2329</v>
+        <v>2991</v>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2986</v>
+        <v>2992</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2987</v>
+        <v>2993</v>
       </c>
       <c r="M451" s="5" t="s">
-        <v>2988</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2989</v>
+        <v>2995</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C452" s="5" t="s">
-        <v>571</v>
+        <v>2009</v>
       </c>
       <c r="D452" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>2990</v>
+        <v>2271</v>
+      </c>
+      <c r="E452" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F452" s="5" t="s">
-        <v>2991</v>
+        <v>2996</v>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2992</v>
+        <v>2997</v>
       </c>
       <c r="I452" s="5" t="s">
-        <v>2993</v>
+        <v>2998</v>
       </c>
       <c r="J452" s="5" t="s">
-        <v>2994</v>
+        <v>2390</v>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2995</v>
+        <v>2999</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2996</v>
+        <v>3000</v>
       </c>
       <c r="M452" s="5" t="s">
-        <v>2997</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2998</v>
+        <v>3002</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C453" s="5" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="D453" s="5" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>2133</v>
+        <v>1901</v>
+      </c>
+      <c r="E453" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2999</v>
+        <v>3003</v>
       </c>
       <c r="I453" s="5" t="s">
-        <v>3000</v>
+        <v>3004</v>
       </c>
       <c r="J453" s="5" t="s">
-        <v>1613</v>
+        <v>3005</v>
       </c>
       <c r="K453" s="5" t="s">
-        <v>3001</v>
+        <v>3006</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>3002</v>
+        <v>3007</v>
       </c>
       <c r="M453" s="5" t="s">
-        <v>3003</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>3004</v>
+        <v>3009</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>41</v>
+        <v>250</v>
       </c>
       <c r="D454" s="5" t="s">
-        <v>2217</v>
+        <v>3010</v>
       </c>
       <c r="E454" s="5" t="s">
-        <v>42</v>
+        <v>3011</v>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
-        <v>3005</v>
+        <v>3012</v>
       </c>
       <c r="I454" s="5" t="s">
-        <v>3006</v>
+        <v>3013</v>
       </c>
       <c r="J454" s="5" t="s">
-        <v>2888</v>
+        <v>3014</v>
       </c>
       <c r="K454" s="5" t="s">
-        <v>3007</v>
+        <v>3015</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>3008</v>
+        <v>3016</v>
       </c>
       <c r="M454" s="5" t="s">
-        <v>3009</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>3010</v>
+        <v>3018</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>3011</v>
+        <v>588</v>
       </c>
       <c r="D455" s="5" t="s">
-        <v>3012</v>
+        <v>1901</v>
       </c>
       <c r="E455" s="5" t="s">
-        <v>2950</v>
-[...4 lines deleted...]
-        </is>
+        <v>3019</v>
+      </c>
+      <c r="F455" s="5" t="s">
+        <v>3020</v>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
-        <v>3013</v>
-[...1 lines deleted...]
-      <c r="I455" s="5"/>
+        <v>3021</v>
+      </c>
+      <c r="I455" s="5" t="s">
+        <v>3022</v>
+      </c>
       <c r="J455" s="5" t="s">
-        <v>3014</v>
+        <v>3023</v>
       </c>
       <c r="K455" s="5" t="s">
-        <v>3015</v>
+        <v>3024</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>3016</v>
+        <v>3025</v>
       </c>
       <c r="M455" s="5" t="s">
-        <v>3017</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>3018</v>
+        <v>3027</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C456" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="D456" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>3020</v>
+        <v>1901</v>
+      </c>
+      <c r="E456" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F456" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>3021</v>
+        <v>3028</v>
       </c>
       <c r="I456" s="5" t="s">
-        <v>3022</v>
+        <v>3029</v>
       </c>
       <c r="J456" s="5" t="s">
-        <v>3023</v>
+        <v>3030</v>
       </c>
       <c r="K456" s="5" t="s">
-        <v>3024</v>
+        <v>3031</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>3025</v>
+        <v>3032</v>
       </c>
       <c r="M456" s="5" t="s">
-        <v>3026</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>3027</v>
+        <v>3034</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>2965</v>
-[...4 lines deleted...]
-        </is>
+        <v>3035</v>
+      </c>
+      <c r="E457" s="5" t="s">
+        <v>3036</v>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>3028</v>
-[...3 lines deleted...]
-      </c>
+        <v>3037</v>
+      </c>
+      <c r="I457" s="5"/>
       <c r="J457" s="5" t="s">
-        <v>2888</v>
+        <v>2949</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>3030</v>
+        <v>3038</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>3031</v>
+        <v>3039</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>3032</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>3033</v>
+        <v>3041</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C458" s="5" t="s">
-        <v>41</v>
+        <v>250</v>
       </c>
       <c r="D458" s="5" t="s">
-        <v>2217</v>
+        <v>1664</v>
       </c>
       <c r="E458" s="5" t="s">
-        <v>42</v>
+        <v>2187</v>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>3034</v>
+        <v>3042</v>
       </c>
       <c r="I458" s="5" t="s">
-        <v>3035</v>
+        <v>3043</v>
       </c>
       <c r="J458" s="5" t="s">
-        <v>2888</v>
+        <v>1667</v>
       </c>
       <c r="K458" s="5" t="s">
-        <v>3036</v>
+        <v>3044</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>3037</v>
+        <v>3045</v>
       </c>
       <c r="M458" s="5" t="s">
-        <v>3038</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>3039</v>
+        <v>3047</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C459" s="5" t="s">
-        <v>41</v>
+        <v>858</v>
       </c>
       <c r="D459" s="5" t="s">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>2271</v>
+      </c>
+      <c r="E459" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>3040</v>
+        <v>3048</v>
       </c>
       <c r="I459" s="5" t="s">
-        <v>3041</v>
+        <v>3049</v>
       </c>
       <c r="J459" s="5" t="s">
-        <v>2888</v>
+        <v>2390</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>3042</v>
+        <v>3050</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>3043</v>
+        <v>3051</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>3044</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>3045</v>
+        <v>3053</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>241</v>
+        <v>2025</v>
       </c>
       <c r="D460" s="5" t="s">
-        <v>3012</v>
-[...2 lines deleted...]
-        <v>2133</v>
+        <v>2009</v>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>3046</v>
-[...1 lines deleted...]
-      <c r="I460" s="5"/>
+        <v>3054</v>
+      </c>
+      <c r="I460" s="5" t="s">
+        <v>3055</v>
+      </c>
       <c r="J460" s="5" t="s">
-        <v>3047</v>
+        <v>2390</v>
       </c>
       <c r="K460" s="5" t="s">
-        <v>3048</v>
+        <v>3056</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>3049</v>
+        <v>3057</v>
       </c>
       <c r="M460" s="5" t="s">
-        <v>3050</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>3051</v>
+        <v>3059</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>556</v>
+        <v>588</v>
       </c>
       <c r="D461" s="5" t="s">
-        <v>2217</v>
+        <v>278</v>
       </c>
       <c r="E461" s="5" t="s">
-        <v>2159</v>
-[...4 lines deleted...]
-        </is>
+        <v>3060</v>
+      </c>
+      <c r="F461" s="5" t="s">
+        <v>3061</v>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>3052</v>
-[...1 lines deleted...]
-      <c r="I461" s="5"/>
+        <v>3062</v>
+      </c>
+      <c r="I461" s="5" t="s">
+        <v>3063</v>
+      </c>
       <c r="J461" s="5" t="s">
-        <v>3053</v>
+        <v>3064</v>
       </c>
       <c r="K461" s="5" t="s">
-        <v>3054</v>
+        <v>3065</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>3055</v>
+        <v>3066</v>
       </c>
       <c r="M461" s="5" t="s">
-        <v>3056</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>3057</v>
+        <v>3068</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C462" s="5" t="s">
-        <v>827</v>
+        <v>250</v>
       </c>
       <c r="D462" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>1664</v>
+      </c>
+      <c r="E462" s="5" t="s">
+        <v>2187</v>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>3058</v>
+        <v>3069</v>
       </c>
       <c r="I462" s="5" t="s">
-        <v>3059</v>
+        <v>3070</v>
       </c>
       <c r="J462" s="5" t="s">
-        <v>2329</v>
+        <v>1667</v>
       </c>
       <c r="K462" s="5" t="s">
-        <v>3060</v>
+        <v>3071</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>3061</v>
+        <v>3072</v>
       </c>
       <c r="M462" s="5" t="s">
-        <v>3062</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>3063</v>
+        <v>3074</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C463" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D463" s="5" t="s">
-        <v>571</v>
+        <v>2271</v>
       </c>
       <c r="E463" s="5" t="s">
-        <v>3020</v>
+        <v>42</v>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>3064</v>
+        <v>3075</v>
       </c>
       <c r="I463" s="5" t="s">
-        <v>3065</v>
+        <v>3076</v>
       </c>
       <c r="J463" s="5" t="s">
-        <v>3066</v>
+        <v>2949</v>
       </c>
       <c r="K463" s="5" t="s">
-        <v>3067</v>
+        <v>3077</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>3068</v>
+        <v>3078</v>
       </c>
       <c r="M463" s="5" t="s">
-        <v>3069</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>3070</v>
+        <v>3080</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="5" t="s">
-        <v>41</v>
+        <v>3081</v>
       </c>
       <c r="D464" s="5" t="s">
-        <v>2217</v>
+        <v>3082</v>
       </c>
       <c r="E464" s="5" t="s">
-        <v>42</v>
+        <v>3011</v>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>3071</v>
-[...3 lines deleted...]
-      </c>
+        <v>3083</v>
+      </c>
+      <c r="I464" s="5"/>
       <c r="J464" s="5" t="s">
-        <v>2888</v>
+        <v>3084</v>
       </c>
       <c r="K464" s="5" t="s">
-        <v>3073</v>
+        <v>3085</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>3074</v>
+        <v>3086</v>
       </c>
       <c r="M464" s="5" t="s">
-        <v>3075</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>3076</v>
+        <v>3088</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="D465" s="5" t="s">
-        <v>3077</v>
+        <v>278</v>
       </c>
       <c r="E465" s="5" t="s">
-        <v>3078</v>
+        <v>3089</v>
       </c>
       <c r="F465" s="5" t="s">
-        <v>3079</v>
+        <v>3090</v>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="s">
-        <v>3080</v>
+        <v>3091</v>
       </c>
       <c r="I465" s="5" t="s">
-        <v>3081</v>
+        <v>3092</v>
       </c>
       <c r="J465" s="5" t="s">
-        <v>3082</v>
-[...4 lines deleted...]
-        </is>
+        <v>3093</v>
+      </c>
+      <c r="K465" s="5" t="s">
+        <v>3094</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>3083</v>
+        <v>3095</v>
       </c>
       <c r="M465" s="5" t="s">
-        <v>3084</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>3085</v>
+        <v>3097</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C466" s="5" t="s">
-        <v>571</v>
+        <v>41</v>
       </c>
       <c r="D466" s="5" t="s">
-        <v>3077</v>
-[...5 lines deleted...]
-        <v>3087</v>
+        <v>3035</v>
+      </c>
+      <c r="E466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>3088</v>
+        <v>3098</v>
       </c>
       <c r="I466" s="5" t="s">
-        <v>3089</v>
+        <v>3099</v>
       </c>
       <c r="J466" s="5" t="s">
-        <v>3090</v>
+        <v>2949</v>
       </c>
       <c r="K466" s="5" t="s">
-        <v>3091</v>
+        <v>3100</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>3092</v>
+        <v>3101</v>
       </c>
       <c r="M466" s="5" t="s">
-        <v>3093</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>3094</v>
+        <v>3103</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>241</v>
+        <v>41</v>
       </c>
       <c r="D467" s="5" t="s">
-        <v>3012</v>
+        <v>2271</v>
       </c>
       <c r="E467" s="5" t="s">
-        <v>3095</v>
+        <v>42</v>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>3096</v>
+        <v>3104</v>
       </c>
       <c r="I467" s="5" t="s">
-        <v>3097</v>
+        <v>3105</v>
       </c>
       <c r="J467" s="5" t="s">
-        <v>3098</v>
+        <v>2949</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>3099</v>
+        <v>3106</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>3100</v>
+        <v>3107</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>3101</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>3102</v>
+        <v>3109</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D468" s="5" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-        </is>
+        <v>2271</v>
+      </c>
+      <c r="E468" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>3103</v>
+        <v>3110</v>
       </c>
       <c r="I468" s="5" t="s">
-        <v>3104</v>
+        <v>3111</v>
       </c>
       <c r="J468" s="5" t="s">
-        <v>3105</v>
+        <v>2949</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>3106</v>
+        <v>3112</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>3107</v>
+        <v>3113</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>3108</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>3109</v>
+        <v>3115</v>
       </c>
       <c r="B469" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>3012</v>
+        <v>3082</v>
       </c>
       <c r="E469" s="5" t="s">
-        <v>3095</v>
+        <v>2187</v>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>3110</v>
-[...3 lines deleted...]
-      </c>
+        <v>3116</v>
+      </c>
+      <c r="I469" s="5"/>
       <c r="J469" s="5" t="s">
-        <v>3098</v>
+        <v>3117</v>
       </c>
       <c r="K469" s="5" t="s">
-        <v>3112</v>
+        <v>3118</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>3113</v>
+        <v>3119</v>
       </c>
       <c r="M469" s="5" t="s">
-        <v>3114</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>3115</v>
+        <v>3121</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>269</v>
+        <v>573</v>
       </c>
       <c r="D470" s="5" t="s">
-        <v>571</v>
+        <v>2271</v>
       </c>
       <c r="E470" s="5" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>3087</v>
+        <v>2213</v>
+      </c>
+      <c r="F470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>3116</v>
-[...3 lines deleted...]
-      </c>
+        <v>3122</v>
+      </c>
+      <c r="I470" s="5"/>
       <c r="J470" s="5" t="s">
-        <v>3118</v>
+        <v>3123</v>
       </c>
       <c r="K470" s="5" t="s">
-        <v>3119</v>
+        <v>3124</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>3120</v>
+        <v>3125</v>
       </c>
       <c r="M470" s="5" t="s">
-        <v>3121</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>3122</v>
+        <v>3127</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>1847</v>
-[...9 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="E471" s="5" t="s">
+        <v>3128</v>
+      </c>
+      <c r="F471" s="5" t="s">
+        <v>3129</v>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>3123</v>
+        <v>3130</v>
       </c>
       <c r="I471" s="5" t="s">
-        <v>3124</v>
+        <v>3131</v>
       </c>
       <c r="J471" s="5" t="s">
-        <v>3125</v>
+        <v>3132</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>3126</v>
+        <v>3133</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>3127</v>
+        <v>3134</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>3128</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>3129</v>
+        <v>3136</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="5" t="s">
-        <v>1971</v>
+        <v>858</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>1955</v>
+        <v>41</v>
       </c>
       <c r="E472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H472" s="5" t="s">
-        <v>3130</v>
+        <v>3137</v>
       </c>
       <c r="I472" s="5" t="s">
-        <v>3131</v>
+        <v>3138</v>
       </c>
       <c r="J472" s="5" t="s">
-        <v>2329</v>
+        <v>2390</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>3132</v>
+        <v>3139</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>3133</v>
+        <v>3140</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>3134</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>3135</v>
+        <v>3142</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C473" s="5" t="s">
-        <v>556</v>
+        <v>278</v>
       </c>
       <c r="D473" s="5" t="s">
-        <v>2893</v>
+        <v>588</v>
       </c>
       <c r="E473" s="5" t="s">
-        <v>3136</v>
+        <v>3090</v>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>3137</v>
+        <v>3143</v>
       </c>
       <c r="I473" s="5" t="s">
-        <v>3138</v>
+        <v>3144</v>
       </c>
       <c r="J473" s="5" t="s">
-        <v>3139</v>
+        <v>3145</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>3140</v>
+        <v>3146</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>3141</v>
+        <v>3147</v>
       </c>
       <c r="M473" s="5" t="s">
-        <v>3142</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>3143</v>
+        <v>3149</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>556</v>
+        <v>41</v>
       </c>
       <c r="D474" s="5" t="s">
-        <v>2893</v>
-[...4 lines deleted...]
-        </is>
+        <v>2271</v>
+      </c>
+      <c r="E474" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>3144</v>
+        <v>3150</v>
       </c>
       <c r="I474" s="5" t="s">
-        <v>3145</v>
+        <v>3151</v>
       </c>
       <c r="J474" s="5" t="s">
-        <v>3146</v>
+        <v>2949</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>3147</v>
+        <v>3152</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>3148</v>
+        <v>3153</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>3149</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>3150</v>
+        <v>3155</v>
       </c>
       <c r="B475" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>241</v>
+        <v>588</v>
       </c>
       <c r="D475" s="5" t="s">
-        <v>3012</v>
+        <v>3156</v>
       </c>
       <c r="E475" s="5" t="s">
-        <v>2133</v>
-[...4 lines deleted...]
-        </is>
+        <v>3157</v>
+      </c>
+      <c r="F475" s="5" t="s">
+        <v>3158</v>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H475" s="5" t="s">
-        <v>3151</v>
+        <v>3159</v>
       </c>
       <c r="I475" s="5" t="s">
-        <v>3152</v>
+        <v>3160</v>
       </c>
       <c r="J475" s="5" t="s">
-        <v>3153</v>
-[...2 lines deleted...]
-        <v>3154</v>
+        <v>3161</v>
+      </c>
+      <c r="K475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L475" s="6" t="s">
-        <v>3155</v>
+        <v>3162</v>
       </c>
       <c r="M475" s="5" t="s">
-        <v>3156</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>3157</v>
+        <v>3164</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C476" s="5" t="s">
-        <v>3158</v>
+        <v>588</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>1847</v>
+        <v>3156</v>
       </c>
       <c r="E476" s="5" t="s">
-        <v>3159</v>
-[...4 lines deleted...]
-        </is>
+        <v>3165</v>
+      </c>
+      <c r="F476" s="5" t="s">
+        <v>3166</v>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>3160</v>
+        <v>3167</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>3161</v>
+        <v>3168</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>3162</v>
+        <v>3169</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>3163</v>
+        <v>3170</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>3164</v>
+        <v>3171</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>3165</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>3166</v>
+        <v>3173</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="5" t="s">
-        <v>827</v>
+        <v>250</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>2965</v>
-[...4 lines deleted...]
-        </is>
+        <v>3082</v>
+      </c>
+      <c r="E477" s="5" t="s">
+        <v>3174</v>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>3167</v>
-[...1 lines deleted...]
-      <c r="I477" s="5"/>
+        <v>3175</v>
+      </c>
+      <c r="I477" s="5" t="s">
+        <v>3176</v>
+      </c>
       <c r="J477" s="5" t="s">
-        <v>2329</v>
+        <v>3177</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>3168</v>
+        <v>3178</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>3169</v>
+        <v>3179</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>3170</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>3171</v>
+        <v>3181</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3172</v>
+        <v>588</v>
+      </c>
+      <c r="E478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>3173</v>
+        <v>3182</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>3174</v>
+        <v>3183</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>3175</v>
+        <v>3184</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>3176</v>
+        <v>3185</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>3177</v>
+        <v>3186</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>3178</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>3179</v>
+        <v>3188</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>571</v>
+        <v>250</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>269</v>
+        <v>3082</v>
       </c>
       <c r="E479" s="5" t="s">
-        <v>3180</v>
-[...2 lines deleted...]
-        <v>3020</v>
+        <v>3174</v>
+      </c>
+      <c r="F479" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H479" s="5" t="s">
-        <v>3181</v>
+        <v>3189</v>
       </c>
       <c r="I479" s="5" t="s">
-        <v>3182</v>
+        <v>3190</v>
       </c>
       <c r="J479" s="5" t="s">
-        <v>3183</v>
+        <v>3177</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>3184</v>
+        <v>3191</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>3185</v>
+        <v>3192</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>3186</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>3187</v>
+        <v>3194</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C480" s="5" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E480" s="5" t="s">
-        <v>3188</v>
-[...4 lines deleted...]
-        </is>
+        <v>3090</v>
+      </c>
+      <c r="F480" s="5" t="s">
+        <v>3166</v>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>3189</v>
+        <v>3195</v>
       </c>
       <c r="I480" s="5" t="s">
-        <v>3190</v>
+        <v>3196</v>
       </c>
       <c r="J480" s="5" t="s">
-        <v>3191</v>
+        <v>3197</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>3192</v>
+        <v>3198</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>3193</v>
+        <v>3199</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>3194</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>3195</v>
+        <v>3201</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="5" t="s">
-        <v>3196</v>
+        <v>278</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>3197</v>
+        <v>1901</v>
+      </c>
+      <c r="E481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H481" s="5" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
       <c r="I481" s="5" t="s">
-        <v>3199</v>
+        <v>3203</v>
       </c>
       <c r="J481" s="5" t="s">
-        <v>3200</v>
+        <v>3204</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>269</v>
+        <v>2025</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3087</v>
+        <v>2009</v>
+      </c>
+      <c r="E482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
       <c r="I482" s="5" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
       <c r="J482" s="5" t="s">
-        <v>3207</v>
+        <v>2390</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>3208</v>
+        <v>3211</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>3209</v>
+        <v>3212</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>3210</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>3211</v>
+        <v>3214</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>1955</v>
+        <v>573</v>
       </c>
       <c r="D483" s="5" t="s">
-        <v>2217</v>
-[...4 lines deleted...]
-        </is>
+        <v>2954</v>
+      </c>
+      <c r="E483" s="5" t="s">
+        <v>3215</v>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>3212</v>
+        <v>3216</v>
       </c>
       <c r="I483" s="5" t="s">
-        <v>3213</v>
+        <v>3217</v>
       </c>
       <c r="J483" s="5" t="s">
-        <v>2329</v>
+        <v>3218</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>3214</v>
+        <v>3219</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
       <c r="M483" s="5" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>3217</v>
+        <v>3222</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C484" s="5" t="s">
-        <v>269</v>
+        <v>573</v>
       </c>
       <c r="D484" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3218</v>
+        <v>2954</v>
+      </c>
+      <c r="E484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H484" s="5" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
       <c r="I484" s="5" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
       <c r="J484" s="5" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="K484" s="5" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="M484" s="5" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C485" s="5" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="D485" s="5" t="s">
-        <v>571</v>
+        <v>3082</v>
       </c>
       <c r="E485" s="5" t="s">
-        <v>3226</v>
+        <v>2187</v>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H485" s="5" t="s">
-        <v>3227</v>
+        <v>3230</v>
       </c>
       <c r="I485" s="5" t="s">
-        <v>3228</v>
+        <v>3231</v>
       </c>
       <c r="J485" s="5" t="s">
-        <v>3229</v>
+        <v>3232</v>
       </c>
       <c r="K485" s="5" t="s">
-        <v>3230</v>
+        <v>3233</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>3231</v>
+        <v>3234</v>
       </c>
       <c r="M485" s="5" t="s">
-        <v>3232</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>3233</v>
+        <v>3236</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C486" s="5" t="s">
-        <v>1571</v>
+        <v>3237</v>
       </c>
       <c r="D486" s="5" t="s">
-        <v>3234</v>
+        <v>1901</v>
       </c>
       <c r="E486" s="5" t="s">
-        <v>3235</v>
+        <v>3238</v>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H486" s="5" t="s">
-        <v>3236</v>
+        <v>3239</v>
       </c>
       <c r="I486" s="5" t="s">
-        <v>3237</v>
+        <v>3240</v>
       </c>
       <c r="J486" s="5" t="s">
-        <v>3238</v>
+        <v>3241</v>
       </c>
       <c r="K486" s="5" t="s">
-        <v>3239</v>
+        <v>3242</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>3240</v>
+        <v>3243</v>
       </c>
       <c r="M486" s="5" t="s">
-        <v>3241</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>3242</v>
+        <v>3245</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>269</v>
+        <v>858</v>
       </c>
       <c r="D487" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3218</v>
+        <v>3035</v>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H487" s="5" t="s">
-        <v>3243</v>
-[...3 lines deleted...]
-      </c>
+        <v>3246</v>
+      </c>
+      <c r="I487" s="5"/>
       <c r="J487" s="5" t="s">
-        <v>3245</v>
+        <v>2390</v>
       </c>
       <c r="K487" s="5" t="s">
-        <v>3246</v>
+        <v>3247</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>3247</v>
+        <v>3248</v>
       </c>
       <c r="M487" s="5" t="s">
-        <v>3248</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>3249</v>
+        <v>3250</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C488" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="D488" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="E488" s="5" t="s">
-        <v>3250</v>
+        <v>3090</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>3251</v>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
         <v>3252</v>
       </c>
       <c r="I488" s="5" t="s">
         <v>3253</v>
       </c>
       <c r="J488" s="5" t="s">
         <v>3254</v>
       </c>
       <c r="K488" s="5" t="s">
         <v>3255</v>
       </c>
       <c r="L488" s="6" t="s">
         <v>3256</v>
       </c>
       <c r="M488" s="5" t="s">
         <v>3257</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
         <v>3258</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C489" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="D489" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="E489" s="5" t="s">
-        <v>3020</v>
+        <v>3259</v>
       </c>
       <c r="F489" s="5" t="s">
-        <v>3218</v>
+        <v>3090</v>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="s">
-        <v>3259</v>
+        <v>3260</v>
       </c>
       <c r="I489" s="5" t="s">
-        <v>3260</v>
+        <v>3261</v>
       </c>
       <c r="J489" s="5" t="s">
-        <v>3261</v>
+        <v>3262</v>
       </c>
       <c r="K489" s="5" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
       <c r="M489" s="5" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C490" s="5" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="D490" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E490" s="5" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>3218</v>
+        <v>3267</v>
+      </c>
+      <c r="F490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H490" s="5" t="s">
-        <v>3266</v>
+        <v>3268</v>
       </c>
       <c r="I490" s="5" t="s">
-        <v>3267</v>
+        <v>3269</v>
       </c>
       <c r="J490" s="5" t="s">
-        <v>3268</v>
+        <v>3270</v>
       </c>
       <c r="K490" s="5" t="s">
-        <v>3269</v>
+        <v>3271</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>3270</v>
+        <v>3272</v>
       </c>
       <c r="M490" s="5" t="s">
-        <v>3271</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>3272</v>
+        <v>3274</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C491" s="5" t="s">
-        <v>1955</v>
+        <v>3275</v>
       </c>
       <c r="D491" s="5" t="s">
-        <v>2217</v>
-[...9 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="E491" s="5" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F491" s="5" t="s">
+        <v>3276</v>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H491" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H491" s="5" t="s">
+        <v>3277</v>
       </c>
       <c r="I491" s="5" t="s">
-        <v>3273</v>
+        <v>3278</v>
       </c>
       <c r="J491" s="5" t="s">
-        <v>2329</v>
+        <v>3279</v>
       </c>
       <c r="K491" s="5" t="s">
-        <v>3274</v>
+        <v>3280</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>3275</v>
+        <v>3281</v>
       </c>
       <c r="M491" s="5" t="s">
-        <v>3276</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>3277</v>
+        <v>3283</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C492" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="D492" s="5" t="s">
-        <v>2217</v>
+        <v>278</v>
       </c>
       <c r="E492" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>3060</v>
+      </c>
+      <c r="F492" s="5" t="s">
+        <v>3284</v>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>3278</v>
-[...1 lines deleted...]
-      <c r="I492" s="5"/>
+        <v>3285</v>
+      </c>
+      <c r="I492" s="5" t="s">
+        <v>3286</v>
+      </c>
       <c r="J492" s="5" t="s">
-        <v>2888</v>
+        <v>3287</v>
       </c>
       <c r="K492" s="5" t="s">
-        <v>3279</v>
+        <v>3288</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>3280</v>
+        <v>3289</v>
       </c>
       <c r="M492" s="5" t="s">
-        <v>3281</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>3282</v>
+        <v>3291</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C493" s="5" t="s">
-        <v>1847</v>
+        <v>278</v>
       </c>
       <c r="D493" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="E493" s="5" t="s">
-        <v>3283</v>
+        <v>3090</v>
       </c>
       <c r="F493" s="5" t="s">
-        <v>3284</v>
+        <v>3166</v>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H493" s="5" t="s">
-        <v>3285</v>
+        <v>3292</v>
       </c>
       <c r="I493" s="5" t="s">
-        <v>3286</v>
+        <v>3293</v>
       </c>
       <c r="J493" s="5" t="s">
-        <v>3287</v>
-[...4 lines deleted...]
-        </is>
+        <v>3294</v>
+      </c>
+      <c r="K493" s="5" t="s">
+        <v>3295</v>
       </c>
       <c r="L493" s="6" t="s">
-        <v>3288</v>
+        <v>3296</v>
       </c>
       <c r="M493" s="5" t="s">
-        <v>3289</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>3290</v>
+        <v>3298</v>
       </c>
       <c r="B494" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C494" s="5" t="s">
-        <v>41</v>
+        <v>2009</v>
       </c>
       <c r="D494" s="5" t="s">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>3291</v>
+        <v>2271</v>
+      </c>
+      <c r="E494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H494" s="5" t="s">
-        <v>3292</v>
+        <v>3299</v>
       </c>
       <c r="I494" s="5" t="s">
-        <v>3293</v>
+        <v>3300</v>
       </c>
       <c r="J494" s="5" t="s">
-        <v>2888</v>
+        <v>2390</v>
       </c>
       <c r="K494" s="5" t="s">
-        <v>3294</v>
+        <v>3301</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>3295</v>
+        <v>3302</v>
       </c>
       <c r="M494" s="5" t="s">
-        <v>3296</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
-        <v>3297</v>
+        <v>3304</v>
       </c>
       <c r="B495" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C495" s="5" t="s">
-        <v>41</v>
+        <v>278</v>
       </c>
       <c r="D495" s="5" t="s">
-        <v>3292</v>
+        <v>588</v>
       </c>
       <c r="E495" s="5" t="s">
-        <v>42</v>
+        <v>3090</v>
       </c>
       <c r="F495" s="5" t="s">
-        <v>3291</v>
+        <v>3305</v>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="s">
-        <v>3298</v>
+        <v>3306</v>
       </c>
       <c r="I495" s="5" t="s">
-        <v>3299</v>
+        <v>3307</v>
       </c>
       <c r="J495" s="5" t="s">
-        <v>2329</v>
+        <v>3308</v>
       </c>
       <c r="K495" s="5" t="s">
-        <v>3300</v>
+        <v>3309</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>3301</v>
+        <v>3310</v>
       </c>
       <c r="M495" s="5" t="s">
-        <v>3302</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>3303</v>
+        <v>3312</v>
       </c>
       <c r="B496" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>41</v>
+        <v>278</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>3292</v>
+        <v>588</v>
       </c>
       <c r="E496" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>3291</v>
+        <v>3313</v>
+      </c>
+      <c r="F496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H496" s="5" t="s">
-        <v>3304</v>
+        <v>3314</v>
       </c>
       <c r="I496" s="5" t="s">
-        <v>3305</v>
+        <v>3315</v>
       </c>
       <c r="J496" s="5" t="s">
-        <v>2329</v>
+        <v>3316</v>
       </c>
       <c r="K496" s="5" t="s">
-        <v>3306</v>
+        <v>3317</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>3307</v>
+        <v>3318</v>
       </c>
       <c r="M496" s="5" t="s">
-        <v>3308</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>3309</v>
+        <v>3320</v>
       </c>
       <c r="B497" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>269</v>
+        <v>1625</v>
       </c>
       <c r="D497" s="5" t="s">
-        <v>571</v>
+        <v>3321</v>
       </c>
       <c r="E497" s="5" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>3218</v>
+        <v>3322</v>
+      </c>
+      <c r="F497" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>3310</v>
+        <v>3323</v>
       </c>
       <c r="I497" s="5" t="s">
-        <v>3311</v>
+        <v>3324</v>
       </c>
       <c r="J497" s="5" t="s">
-        <v>3312</v>
+        <v>3325</v>
       </c>
       <c r="K497" s="5" t="s">
-        <v>3313</v>
+        <v>3326</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>3314</v>
+        <v>3327</v>
       </c>
       <c r="M497" s="5" t="s">
-        <v>3315</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>3316</v>
+        <v>3329</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C498" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D498" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E498" s="5" t="s">
-        <v>3020</v>
+        <v>3090</v>
       </c>
       <c r="F498" s="5" t="s">
-        <v>3250</v>
+        <v>3305</v>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H498" s="5" t="s">
-        <v>3317</v>
+        <v>3330</v>
       </c>
       <c r="I498" s="5" t="s">
-        <v>3318</v>
+        <v>3331</v>
       </c>
       <c r="J498" s="5" t="s">
-        <v>3319</v>
+        <v>3332</v>
       </c>
       <c r="K498" s="5" t="s">
-        <v>3320</v>
+        <v>3333</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>3321</v>
+        <v>3334</v>
       </c>
       <c r="M498" s="5" t="s">
-        <v>3322</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>3323</v>
+        <v>3336</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>41</v>
+        <v>588</v>
       </c>
       <c r="D499" s="5" t="s">
-        <v>2217</v>
+        <v>278</v>
       </c>
       <c r="E499" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>3337</v>
+      </c>
+      <c r="F499" s="5" t="s">
+        <v>3284</v>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H499" s="5" t="s">
-        <v>3324</v>
+        <v>3338</v>
       </c>
       <c r="I499" s="5" t="s">
-        <v>3325</v>
+        <v>3339</v>
       </c>
       <c r="J499" s="5" t="s">
-        <v>2888</v>
+        <v>3340</v>
       </c>
       <c r="K499" s="5" t="s">
-        <v>3326</v>
+        <v>3341</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>3327</v>
+        <v>3342</v>
       </c>
       <c r="M499" s="5" t="s">
-        <v>3328</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>3329</v>
+        <v>3344</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>3330</v>
+        <v>278</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>2217</v>
-[...9 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E500" s="5" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F500" s="5" t="s">
+        <v>3305</v>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="s">
-        <v>3331</v>
+        <v>3345</v>
       </c>
       <c r="I500" s="5" t="s">
-        <v>3332</v>
+        <v>3346</v>
       </c>
       <c r="J500" s="5" t="s">
-        <v>2329</v>
+        <v>3347</v>
       </c>
       <c r="K500" s="5" t="s">
-        <v>3333</v>
+        <v>3348</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>3334</v>
+        <v>3349</v>
       </c>
       <c r="M500" s="5" t="s">
-        <v>3335</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>3336</v>
+        <v>3351</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>41</v>
+        <v>278</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>3292</v>
+        <v>588</v>
       </c>
       <c r="E501" s="5" t="s">
-        <v>42</v>
+        <v>3090</v>
       </c>
       <c r="F501" s="5" t="s">
-        <v>3291</v>
+        <v>3305</v>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H501" s="5" t="s">
-        <v>3337</v>
+        <v>3352</v>
       </c>
       <c r="I501" s="5" t="s">
-        <v>3338</v>
+        <v>3353</v>
       </c>
       <c r="J501" s="5" t="s">
-        <v>2329</v>
+        <v>3354</v>
       </c>
       <c r="K501" s="5" t="s">
-        <v>3339</v>
+        <v>3355</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>3340</v>
+        <v>3356</v>
       </c>
       <c r="M501" s="5" t="s">
-        <v>3341</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>3342</v>
+        <v>3358</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>152</v>
+        <v>2009</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>2217</v>
+        <v>2271</v>
       </c>
       <c r="E502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H502" s="5" t="s">
-        <v>3343</v>
+      <c r="H502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I502" s="5" t="s">
-        <v>3344</v>
+        <v>3359</v>
       </c>
       <c r="J502" s="5" t="s">
-        <v>2329</v>
+        <v>2390</v>
       </c>
       <c r="K502" s="5" t="s">
-        <v>3345</v>
+        <v>3360</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>3346</v>
+        <v>3361</v>
       </c>
       <c r="M502" s="5" t="s">
-        <v>3347</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>3348</v>
+        <v>3363</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C503" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D503" s="5" t="s">
-        <v>571</v>
+        <v>2271</v>
       </c>
       <c r="E503" s="5" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>3218</v>
+        <v>42</v>
+      </c>
+      <c r="F503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>3349</v>
-[...3 lines deleted...]
-      </c>
+        <v>3364</v>
+      </c>
+      <c r="I503" s="5"/>
       <c r="J503" s="5" t="s">
-        <v>3351</v>
+        <v>2949</v>
       </c>
       <c r="K503" s="5" t="s">
-        <v>3352</v>
+        <v>3365</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>3353</v>
+        <v>3366</v>
       </c>
       <c r="M503" s="5" t="s">
-        <v>3354</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>3355</v>
+        <v>3368</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>41</v>
+        <v>1901</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>2217</v>
+        <v>278</v>
       </c>
       <c r="E504" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>3369</v>
+      </c>
+      <c r="F504" s="5" t="s">
+        <v>3370</v>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="s">
-        <v>3356</v>
+        <v>3371</v>
       </c>
       <c r="I504" s="5" t="s">
-        <v>3357</v>
+        <v>3372</v>
       </c>
       <c r="J504" s="5" t="s">
-        <v>2888</v>
-[...2 lines deleted...]
-        <v>3358</v>
+        <v>3373</v>
+      </c>
+      <c r="K504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L504" s="6" t="s">
-        <v>3359</v>
+        <v>3374</v>
       </c>
       <c r="M504" s="5" t="s">
-        <v>3360</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>3361</v>
+        <v>3376</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>572</v>
+        <v>41</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>134</v>
+        <v>2271</v>
       </c>
       <c r="E505" s="5" t="s">
-        <v>1364</v>
+        <v>3377</v>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>3362</v>
+        <v>3378</v>
       </c>
       <c r="I505" s="5" t="s">
-        <v>3363</v>
+        <v>3379</v>
       </c>
       <c r="J505" s="5" t="s">
-        <v>3364</v>
+        <v>2949</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>3365</v>
+        <v>3380</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>3366</v>
+        <v>3381</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>3367</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>3368</v>
+        <v>3383</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>3369</v>
+        <v>3378</v>
       </c>
       <c r="E506" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F506" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F506" s="5" t="s">
+        <v>3377</v>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
-        <v>3370</v>
-[...1 lines deleted...]
-      <c r="I506" s="5"/>
+        <v>3384</v>
+      </c>
+      <c r="I506" s="5" t="s">
+        <v>3385</v>
+      </c>
       <c r="J506" s="5" t="s">
-        <v>2888</v>
+        <v>2390</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>3371</v>
+        <v>3386</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>3372</v>
+        <v>3387</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>3373</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>3374</v>
+        <v>3389</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>571</v>
+        <v>3378</v>
       </c>
       <c r="E507" s="5" t="s">
-        <v>3020</v>
+        <v>42</v>
       </c>
       <c r="F507" s="5" t="s">
-        <v>3218</v>
+        <v>3377</v>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3375</v>
+        <v>3390</v>
       </c>
       <c r="I507" s="5" t="s">
-        <v>3376</v>
+        <v>3391</v>
       </c>
       <c r="J507" s="5" t="s">
-        <v>3377</v>
+        <v>2390</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3378</v>
+        <v>3392</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3379</v>
+        <v>3393</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3380</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3381</v>
+        <v>3395</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>2893</v>
+        <v>278</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>269</v>
-[...9 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E508" s="5" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F508" s="5" t="s">
+        <v>3305</v>
       </c>
       <c r="G508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3382</v>
+        <v>3396</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>3383</v>
+        <v>3397</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>3384</v>
+        <v>3398</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3385</v>
+        <v>3399</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3386</v>
+        <v>3400</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3387</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3388</v>
+        <v>3402</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E509" s="5" t="s">
-        <v>3020</v>
+        <v>3090</v>
       </c>
       <c r="F509" s="5" t="s">
-        <v>3218</v>
+        <v>3337</v>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>3389</v>
+        <v>3403</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3390</v>
+        <v>3404</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>3391</v>
+        <v>3405</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3392</v>
+        <v>3406</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3393</v>
+        <v>3407</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3394</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3395</v>
+        <v>3409</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>3292</v>
+        <v>2271</v>
       </c>
       <c r="E510" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="F510" s="5" t="s">
-        <v>3291</v>
+      <c r="F510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3396</v>
+        <v>3410</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>3397</v>
+        <v>3411</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>2329</v>
+        <v>2949</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3398</v>
+        <v>3412</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3399</v>
+        <v>3413</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3400</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>3401</v>
+        <v>3415</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
-        <v>269</v>
+        <v>3416</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3218</v>
+        <v>2271</v>
+      </c>
+      <c r="E511" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F511" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>3402</v>
-[...1 lines deleted...]
-      <c r="I511" s="5"/>
+        <v>3417</v>
+      </c>
+      <c r="I511" s="5" t="s">
+        <v>3418</v>
+      </c>
       <c r="J511" s="5" t="s">
-        <v>3403</v>
+        <v>2390</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3404</v>
+        <v>3419</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3405</v>
+        <v>3420</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3406</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3407</v>
+        <v>3422</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>2893</v>
+        <v>41</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>269</v>
+        <v>3378</v>
       </c>
       <c r="E512" s="5" t="s">
-        <v>3408</v>
+        <v>42</v>
       </c>
       <c r="F512" s="5" t="s">
-        <v>3251</v>
+        <v>3377</v>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>3409</v>
+        <v>3423</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>3410</v>
+        <v>3424</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>3411</v>
+        <v>2390</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3412</v>
+        <v>3425</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3413</v>
+        <v>3426</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3414</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3415</v>
+        <v>3428</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>269</v>
+        <v>161</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3218</v>
+        <v>2271</v>
+      </c>
+      <c r="E513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H513" s="5" t="s">
-        <v>3416</v>
+        <v>3429</v>
       </c>
       <c r="I513" s="5" t="s">
-        <v>3417</v>
+        <v>3430</v>
       </c>
       <c r="J513" s="5" t="s">
-        <v>3418</v>
+        <v>2390</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>3419</v>
+        <v>3431</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3420</v>
+        <v>3432</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3421</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3422</v>
+        <v>3434</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E514" s="5" t="s">
-        <v>3020</v>
+        <v>3090</v>
       </c>
       <c r="F514" s="5" t="s">
-        <v>3218</v>
+        <v>3305</v>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H514" s="5" t="s">
-        <v>3423</v>
+        <v>3435</v>
       </c>
       <c r="I514" s="5" t="s">
-        <v>3424</v>
+        <v>3436</v>
       </c>
       <c r="J514" s="5" t="s">
-        <v>3425</v>
+        <v>3437</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>3426</v>
+        <v>3438</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>3427</v>
+        <v>3439</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>3428</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>3429</v>
+        <v>3441</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D515" s="5" t="s">
-        <v>571</v>
+        <v>2271</v>
       </c>
       <c r="E515" s="5" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>3218</v>
+        <v>42</v>
+      </c>
+      <c r="F515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>3430</v>
+        <v>3442</v>
       </c>
       <c r="I515" s="5" t="s">
-        <v>3431</v>
+        <v>3443</v>
       </c>
       <c r="J515" s="5" t="s">
-        <v>3432</v>
+        <v>2949</v>
       </c>
       <c r="K515" s="5" t="s">
-        <v>3433</v>
+        <v>3444</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>3434</v>
+        <v>3445</v>
       </c>
       <c r="M515" s="5" t="s">
-        <v>3435</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3436</v>
+        <v>3447</v>
       </c>
       <c r="B516" s="5" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
-        <v>269</v>
+        <v>589</v>
       </c>
       <c r="D516" s="5" t="s">
-        <v>571</v>
+        <v>143</v>
       </c>
       <c r="E516" s="5" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>3218</v>
+        <v>1418</v>
+      </c>
+      <c r="F516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H516" s="5" t="s">
-        <v>3437</v>
+        <v>3448</v>
       </c>
       <c r="I516" s="5" t="s">
-        <v>3438</v>
+        <v>3449</v>
       </c>
       <c r="J516" s="5" t="s">
-        <v>3439</v>
+        <v>3450</v>
       </c>
       <c r="K516" s="5" t="s">
-        <v>3440</v>
+        <v>3451</v>
       </c>
       <c r="L516" s="6" t="s">
-        <v>3441</v>
+        <v>3452</v>
       </c>
       <c r="M516" s="5" t="s">
-        <v>3442</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
-        <v>3443</v>
+        <v>3454</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D517" s="5" t="s">
-        <v>3292</v>
+        <v>3455</v>
       </c>
       <c r="E517" s="5" t="s">
-        <v>3444</v>
-[...2 lines deleted...]
-        <v>3291</v>
+        <v>42</v>
+      </c>
+      <c r="F517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H517" s="5" t="s">
-        <v>3445</v>
-[...3 lines deleted...]
-      </c>
+        <v>3456</v>
+      </c>
+      <c r="I517" s="5"/>
       <c r="J517" s="5" t="s">
-        <v>2329</v>
+        <v>2949</v>
       </c>
       <c r="K517" s="5" t="s">
-        <v>3447</v>
+        <v>3457</v>
       </c>
       <c r="L517" s="6" t="s">
-        <v>3448</v>
+        <v>3458</v>
       </c>
       <c r="M517" s="5" t="s">
-        <v>3449</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>3450</v>
+        <v>3460</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E518" s="5" t="s">
-        <v>3020</v>
+        <v>3090</v>
       </c>
       <c r="F518" s="5" t="s">
-        <v>3218</v>
+        <v>3305</v>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
-        <v>3451</v>
+        <v>3461</v>
       </c>
       <c r="I518" s="5" t="s">
-        <v>3452</v>
+        <v>3462</v>
       </c>
       <c r="J518" s="5" t="s">
-        <v>3453</v>
+        <v>3463</v>
       </c>
       <c r="K518" s="5" t="s">
-        <v>3454</v>
+        <v>3464</v>
       </c>
       <c r="L518" s="6" t="s">
-        <v>3455</v>
+        <v>3465</v>
       </c>
       <c r="M518" s="5" t="s">
-        <v>3456</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>3457</v>
+        <v>3467</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
-        <v>250</v>
+        <v>2954</v>
       </c>
       <c r="D519" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>3218</v>
+        <v>278</v>
+      </c>
+      <c r="E519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H519" s="5" t="s">
-        <v>3458</v>
+        <v>3468</v>
       </c>
       <c r="I519" s="5" t="s">
-        <v>3459</v>
+        <v>3469</v>
       </c>
       <c r="J519" s="5" t="s">
-        <v>3460</v>
+        <v>3470</v>
       </c>
       <c r="K519" s="5" t="s">
-        <v>3461</v>
+        <v>3471</v>
       </c>
       <c r="L519" s="6" t="s">
-        <v>3462</v>
+        <v>3472</v>
       </c>
       <c r="M519" s="5" t="s">
-        <v>3463</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>3464</v>
+        <v>3474</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="5" t="s">
-        <v>152</v>
+        <v>278</v>
       </c>
       <c r="D520" s="5" t="s">
-        <v>2217</v>
+        <v>588</v>
       </c>
       <c r="E520" s="5" t="s">
-        <v>3465</v>
+        <v>3090</v>
       </c>
       <c r="F520" s="5" t="s">
-        <v>3466</v>
+        <v>3305</v>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="s">
-        <v>3467</v>
+        <v>3475</v>
       </c>
       <c r="I520" s="5" t="s">
-        <v>3468</v>
+        <v>3476</v>
       </c>
       <c r="J520" s="5" t="s">
-        <v>3469</v>
+        <v>3477</v>
       </c>
       <c r="K520" s="5" t="s">
-        <v>3470</v>
+        <v>3478</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>3471</v>
+        <v>3479</v>
       </c>
       <c r="M520" s="5" t="s">
-        <v>3472</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>3473</v>
+        <v>3481</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D521" s="5" t="s">
-        <v>571</v>
+        <v>3378</v>
       </c>
       <c r="E521" s="5" t="s">
-        <v>3020</v>
+        <v>42</v>
       </c>
       <c r="F521" s="5" t="s">
-        <v>3218</v>
+        <v>3377</v>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="s">
-        <v>3474</v>
+        <v>3482</v>
       </c>
       <c r="I521" s="5" t="s">
-        <v>3475</v>
+        <v>3483</v>
       </c>
       <c r="J521" s="5" t="s">
-        <v>3476</v>
+        <v>2390</v>
       </c>
       <c r="K521" s="5" t="s">
-        <v>3477</v>
+        <v>3484</v>
       </c>
       <c r="L521" s="6" t="s">
-        <v>3478</v>
+        <v>3485</v>
       </c>
       <c r="M521" s="5" t="s">
-        <v>3479</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>3480</v>
+        <v>3487</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C522" s="5" t="s">
-        <v>152</v>
+        <v>278</v>
       </c>
       <c r="D522" s="5" t="s">
-        <v>2965</v>
-[...9 lines deleted...]
-        </is>
+        <v>588</v>
+      </c>
+      <c r="E522" s="5" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F522" s="5" t="s">
+        <v>3305</v>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H522" s="5" t="s">
-        <v>3481</v>
-[...3 lines deleted...]
-      </c>
+        <v>3488</v>
+      </c>
+      <c r="I522" s="5"/>
       <c r="J522" s="5" t="s">
-        <v>2329</v>
+        <v>3489</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>3483</v>
+        <v>3490</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>3484</v>
+        <v>3491</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>3485</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>3486</v>
+        <v>3493</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>269</v>
+        <v>2954</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="E523" s="5" t="s">
-        <v>3188</v>
+        <v>3494</v>
       </c>
       <c r="F523" s="5" t="s">
-        <v>3250</v>
+        <v>3284</v>
       </c>
       <c r="G523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>3487</v>
+        <v>3495</v>
       </c>
       <c r="I523" s="5" t="s">
-        <v>3488</v>
+        <v>3496</v>
       </c>
       <c r="J523" s="5" t="s">
-        <v>3489</v>
+        <v>3497</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>3490</v>
+        <v>3498</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>3491</v>
+        <v>3499</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>3492</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>3493</v>
+        <v>3501</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C524" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E524" s="5" t="s">
-        <v>3020</v>
+        <v>3090</v>
       </c>
       <c r="F524" s="5" t="s">
-        <v>3250</v>
+        <v>3305</v>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="s">
-        <v>3494</v>
+        <v>3502</v>
       </c>
       <c r="I524" s="5" t="s">
-        <v>3495</v>
+        <v>3503</v>
       </c>
       <c r="J524" s="5" t="s">
-        <v>3496</v>
+        <v>3504</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>3497</v>
+        <v>3505</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>3498</v>
+        <v>3506</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>3499</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>3500</v>
+        <v>3508</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>571</v>
+        <v>278</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
       <c r="E525" s="5" t="s">
-        <v>2990</v>
+        <v>3090</v>
       </c>
       <c r="F525" s="5" t="s">
-        <v>3020</v>
+        <v>3305</v>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H525" s="5" t="s">
-        <v>3501</v>
+        <v>3509</v>
       </c>
       <c r="I525" s="5" t="s">
-        <v>3502</v>
+        <v>3510</v>
       </c>
       <c r="J525" s="5" t="s">
-        <v>3503</v>
+        <v>3511</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>3504</v>
+        <v>3512</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>3505</v>
+        <v>3513</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>3506</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>3507</v>
+        <v>3515</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>3508</v>
+        <v>278</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>134</v>
+        <v>588</v>
       </c>
       <c r="E526" s="5" t="s">
-        <v>3509</v>
+        <v>3090</v>
       </c>
       <c r="F526" s="5" t="s">
-        <v>3510</v>
+        <v>3305</v>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
-        <v>3511</v>
+        <v>3516</v>
       </c>
       <c r="I526" s="5" t="s">
-        <v>3512</v>
+        <v>3517</v>
       </c>
       <c r="J526" s="5" t="s">
-        <v>3513</v>
+        <v>3518</v>
       </c>
       <c r="K526" s="5" t="s">
-        <v>3514</v>
+        <v>3519</v>
       </c>
       <c r="L526" s="6" t="s">
-        <v>3515</v>
+        <v>3520</v>
       </c>
       <c r="M526" s="5" t="s">
-        <v>3516</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
-        <v>3517</v>
+        <v>3522</v>
       </c>
       <c r="B527" s="5" t="s">
-        <v>14</v>
+        <v>400</v>
       </c>
       <c r="C527" s="5" t="s">
-        <v>3518</v>
+        <v>278</v>
       </c>
       <c r="D527" s="5" t="s">
-        <v>134</v>
+        <v>588</v>
       </c>
       <c r="E527" s="5" t="s">
-        <v>3519</v>
-[...4 lines deleted...]
-        </is>
+        <v>3090</v>
+      </c>
+      <c r="F527" s="5" t="s">
+        <v>3305</v>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H527" s="5" t="s">
-        <v>3520</v>
+        <v>3523</v>
       </c>
       <c r="I527" s="5" t="s">
-        <v>3521</v>
+        <v>3524</v>
       </c>
       <c r="J527" s="5" t="s">
-        <v>3522</v>
+        <v>3525</v>
       </c>
       <c r="K527" s="5" t="s">
-        <v>3523</v>
+        <v>3526</v>
       </c>
       <c r="L527" s="6" t="s">
-        <v>3524</v>
+        <v>3527</v>
       </c>
       <c r="M527" s="5" t="s">
-        <v>3525</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
-        <v>3526</v>
+        <v>3529</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="D528" s="5" t="s">
-        <v>571</v>
+        <v>3378</v>
       </c>
       <c r="E528" s="5" t="s">
-        <v>3527</v>
-[...4 lines deleted...]
-        </is>
+        <v>3530</v>
+      </c>
+      <c r="F528" s="5" t="s">
+        <v>3377</v>
       </c>
       <c r="G528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H528" s="5" t="s">
-        <v>3528</v>
+        <v>3531</v>
       </c>
       <c r="I528" s="5" t="s">
-        <v>3529</v>
+        <v>3532</v>
       </c>
       <c r="J528" s="5" t="s">
-        <v>3530</v>
+        <v>2390</v>
       </c>
       <c r="K528" s="5" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
       <c r="L528" s="6" t="s">
-        <v>3532</v>
+        <v>3534</v>
       </c>
       <c r="M528" s="5" t="s">
-        <v>3533</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>3534</v>
+        <v>3536</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D529" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E529" s="5" t="s">
-        <v>3188</v>
+        <v>3090</v>
       </c>
       <c r="F529" s="5" t="s">
-        <v>3218</v>
+        <v>3305</v>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="s">
-        <v>3535</v>
+        <v>3537</v>
       </c>
       <c r="I529" s="5" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
       <c r="J529" s="5" t="s">
-        <v>3537</v>
+        <v>3539</v>
       </c>
       <c r="K529" s="5" t="s">
-        <v>3538</v>
+        <v>3540</v>
       </c>
       <c r="L529" s="6" t="s">
-        <v>3539</v>
+        <v>3541</v>
       </c>
       <c r="M529" s="5" t="s">
-        <v>3540</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>3541</v>
+        <v>3543</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="D530" s="5" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
       <c r="E530" s="5" t="s">
-        <v>3188</v>
-[...4 lines deleted...]
-        </is>
+        <v>3090</v>
+      </c>
+      <c r="F530" s="5" t="s">
+        <v>3305</v>
       </c>
       <c r="G530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H530" s="5" t="s">
-        <v>3542</v>
+        <v>3544</v>
       </c>
       <c r="I530" s="5" t="s">
-        <v>3543</v>
+        <v>3545</v>
       </c>
       <c r="J530" s="5" t="s">
-        <v>3544</v>
+        <v>3546</v>
       </c>
       <c r="K530" s="5" t="s">
-        <v>3545</v>
+        <v>3547</v>
       </c>
       <c r="L530" s="6" t="s">
-        <v>3546</v>
+        <v>3548</v>
       </c>
       <c r="M530" s="5" t="s">
-        <v>3547</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
-        <v>3548</v>
+        <v>3550</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>3549</v>
+        <v>161</v>
       </c>
       <c r="D531" s="5" t="s">
-        <v>827</v>
-[...9 lines deleted...]
-        </is>
+        <v>2271</v>
+      </c>
+      <c r="E531" s="5" t="s">
+        <v>3551</v>
+      </c>
+      <c r="F531" s="5" t="s">
+        <v>3552</v>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H531" s="5" t="s">
-        <v>3550</v>
+        <v>3553</v>
       </c>
       <c r="I531" s="5" t="s">
-        <v>3551</v>
+        <v>3554</v>
       </c>
       <c r="J531" s="5" t="s">
-        <v>2329</v>
+        <v>3555</v>
       </c>
       <c r="K531" s="5" t="s">
-        <v>3552</v>
+        <v>3556</v>
       </c>
       <c r="L531" s="6" t="s">
-        <v>3553</v>
+        <v>3557</v>
       </c>
       <c r="M531" s="5" t="s">
-        <v>3554</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>3555</v>
+        <v>3559</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C532" s="5" t="s">
-        <v>152</v>
-[...4 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="D532" s="5" t="s">
+        <v>588</v>
       </c>
       <c r="E532" s="5" t="s">
-        <v>3556</v>
-[...4 lines deleted...]
-        </is>
+        <v>3090</v>
+      </c>
+      <c r="F532" s="5" t="s">
+        <v>3305</v>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
-        <v>3557</v>
+        <v>3560</v>
       </c>
       <c r="I532" s="5" t="s">
-        <v>3558</v>
+        <v>3561</v>
       </c>
       <c r="J532" s="5" t="s">
-        <v>3559</v>
+        <v>3562</v>
       </c>
       <c r="K532" s="5" t="s">
-        <v>3560</v>
+        <v>3563</v>
       </c>
       <c r="L532" s="6" t="s">
-        <v>3561</v>
+        <v>3564</v>
       </c>
       <c r="M532" s="5" t="s">
-        <v>3562</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
-        <v>3563</v>
+        <v>3566</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>1939</v>
+        <v>161</v>
       </c>
       <c r="D533" s="5" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-        <v>3564</v>
+        <v>3035</v>
+      </c>
+      <c r="E533" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H533" s="5" t="s">
-        <v>3565</v>
+        <v>3567</v>
       </c>
       <c r="I533" s="5" t="s">
-        <v>3566</v>
+        <v>3568</v>
       </c>
       <c r="J533" s="5" t="s">
-        <v>3567</v>
+        <v>2390</v>
       </c>
       <c r="K533" s="5" t="s">
-        <v>3568</v>
+        <v>3569</v>
       </c>
       <c r="L533" s="6" t="s">
-        <v>3569</v>
+        <v>3570</v>
       </c>
       <c r="M533" s="5" t="s">
-        <v>3570</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>3571</v>
+        <v>3572</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="5" t="s">
-        <v>144</v>
+        <v>278</v>
       </c>
       <c r="D534" s="5" t="s">
-        <v>1342</v>
+        <v>588</v>
       </c>
       <c r="E534" s="5" t="s">
-        <v>2140</v>
+        <v>3267</v>
       </c>
       <c r="F534" s="5" t="s">
+        <v>3337</v>
+      </c>
+      <c r="G534" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H534" s="5" t="s">
+        <v>3573</v>
+      </c>
+      <c r="I534" s="5" t="s">
+        <v>3574</v>
+      </c>
+      <c r="J534" s="5" t="s">
+        <v>3575</v>
+      </c>
+      <c r="K534" s="5" t="s">
+        <v>3576</v>
+      </c>
+      <c r="L534" s="6" t="s">
+        <v>3577</v>
+      </c>
+      <c r="M534" s="5" t="s">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="5" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B535" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C535" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D535" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E535" s="5" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F535" s="5" t="s">
+        <v>3337</v>
+      </c>
+      <c r="G535" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H535" s="5" t="s">
+        <v>3580</v>
+      </c>
+      <c r="I535" s="5" t="s">
+        <v>3581</v>
+      </c>
+      <c r="J535" s="5" t="s">
+        <v>3582</v>
+      </c>
+      <c r="K535" s="5" t="s">
+        <v>3583</v>
+      </c>
+      <c r="L535" s="6" t="s">
+        <v>3584</v>
+      </c>
+      <c r="M535" s="5" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="5" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B536" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C536" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D536" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="E536" s="5" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F536" s="5" t="s">
+        <v>3090</v>
+      </c>
+      <c r="G536" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H536" s="5" t="s">
+        <v>3587</v>
+      </c>
+      <c r="I536" s="5" t="s">
+        <v>3588</v>
+      </c>
+      <c r="J536" s="5" t="s">
+        <v>3589</v>
+      </c>
+      <c r="K536" s="5" t="s">
+        <v>3590</v>
+      </c>
+      <c r="L536" s="6" t="s">
+        <v>3591</v>
+      </c>
+      <c r="M536" s="5" t="s">
+        <v>3592</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="5" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B537" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C537" s="5" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D537" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E537" s="5" t="s">
+        <v>3595</v>
+      </c>
+      <c r="F537" s="5" t="s">
+        <v>3596</v>
+      </c>
+      <c r="G537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H537" s="5" t="s">
+        <v>3597</v>
+      </c>
+      <c r="I537" s="5" t="s">
+        <v>3598</v>
+      </c>
+      <c r="J537" s="5" t="s">
+        <v>3599</v>
+      </c>
+      <c r="K537" s="5" t="s">
+        <v>3600</v>
+      </c>
+      <c r="L537" s="6" t="s">
+        <v>3601</v>
+      </c>
+      <c r="M537" s="5" t="s">
+        <v>3602</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="5" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B538" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C538" s="5" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D538" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E538" s="5" t="s">
+        <v>3605</v>
+      </c>
+      <c r="F538" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G538" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H538" s="5" t="s">
+        <v>3606</v>
+      </c>
+      <c r="I538" s="5" t="s">
+        <v>3607</v>
+      </c>
+      <c r="J538" s="5" t="s">
+        <v>3608</v>
+      </c>
+      <c r="K538" s="5" t="s">
+        <v>3609</v>
+      </c>
+      <c r="L538" s="6" t="s">
+        <v>3610</v>
+      </c>
+      <c r="M538" s="5" t="s">
+        <v>3611</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="5" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B539" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C539" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="D539" s="5" t="s">
+        <v>2954</v>
+      </c>
+      <c r="E539" s="5" t="s">
+        <v>3613</v>
+      </c>
+      <c r="F539" s="5" t="s">
+        <v>3614</v>
+      </c>
+      <c r="G539" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H539" s="5" t="s">
+        <v>3615</v>
+      </c>
+      <c r="I539" s="5" t="s">
+        <v>3616</v>
+      </c>
+      <c r="J539" s="5" t="s">
+        <v>3617</v>
+      </c>
+      <c r="K539" s="5" t="s">
+        <v>3618</v>
+      </c>
+      <c r="L539" s="6" t="s">
+        <v>3619</v>
+      </c>
+      <c r="M539" s="5" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="5" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B540" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C540" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D540" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E540" s="5" t="s">
+        <v>3622</v>
+      </c>
+      <c r="F540" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G540" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H540" s="5" t="s">
+        <v>3623</v>
+      </c>
+      <c r="I540" s="5" t="s">
+        <v>3624</v>
+      </c>
+      <c r="J540" s="5" t="s">
+        <v>3625</v>
+      </c>
+      <c r="K540" s="5" t="s">
+        <v>3626</v>
+      </c>
+      <c r="L540" s="6" t="s">
+        <v>3627</v>
+      </c>
+      <c r="M540" s="5" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="5" t="s">
+        <v>3629</v>
+      </c>
+      <c r="B541" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C541" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D541" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E541" s="5" t="s">
+        <v>3267</v>
+      </c>
+      <c r="F541" s="5" t="s">
+        <v>3305</v>
+      </c>
+      <c r="G541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H541" s="5" t="s">
+        <v>3630</v>
+      </c>
+      <c r="I541" s="5" t="s">
+        <v>3631</v>
+      </c>
+      <c r="J541" s="5" t="s">
+        <v>3632</v>
+      </c>
+      <c r="K541" s="5" t="s">
+        <v>3633</v>
+      </c>
+      <c r="L541" s="6" t="s">
+        <v>3634</v>
+      </c>
+      <c r="M541" s="5" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="5" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B542" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C542" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D542" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E542" s="5" t="s">
+        <v>3267</v>
+      </c>
+      <c r="F542" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G542" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H542" s="5" t="s">
+        <v>3637</v>
+      </c>
+      <c r="I542" s="5" t="s">
+        <v>3638</v>
+      </c>
+      <c r="J542" s="5" t="s">
+        <v>3639</v>
+      </c>
+      <c r="K542" s="5" t="s">
+        <v>3640</v>
+      </c>
+      <c r="L542" s="6" t="s">
+        <v>3641</v>
+      </c>
+      <c r="M542" s="5" t="s">
+        <v>3642</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="5" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B543" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C543" s="5" t="s">
+        <v>3644</v>
+      </c>
+      <c r="D543" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="E543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H543" s="5" t="s">
+        <v>3645</v>
+      </c>
+      <c r="I543" s="5" t="s">
+        <v>3646</v>
+      </c>
+      <c r="J543" s="5" t="s">
+        <v>2390</v>
+      </c>
+      <c r="K543" s="5" t="s">
+        <v>3647</v>
+      </c>
+      <c r="L543" s="6" t="s">
+        <v>3648</v>
+      </c>
+      <c r="M543" s="5" t="s">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="5" t="s">
+        <v>3650</v>
+      </c>
+      <c r="B544" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C544" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="D544" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E544" s="5" t="s">
+        <v>3651</v>
+      </c>
+      <c r="F544" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G544" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H544" s="5" t="s">
+        <v>3652</v>
+      </c>
+      <c r="I544" s="5" t="s">
+        <v>3653</v>
+      </c>
+      <c r="J544" s="5" t="s">
+        <v>3654</v>
+      </c>
+      <c r="K544" s="5" t="s">
+        <v>3655</v>
+      </c>
+      <c r="L544" s="6" t="s">
+        <v>3656</v>
+      </c>
+      <c r="M544" s="5" t="s">
+        <v>3657</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="5" t="s">
+        <v>3658</v>
+      </c>
+      <c r="B545" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C545" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D545" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E545" s="5" t="s">
+        <v>3659</v>
+      </c>
+      <c r="F545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H545" s="5" t="s">
+        <v>3660</v>
+      </c>
+      <c r="I545" s="5" t="s">
+        <v>3661</v>
+      </c>
+      <c r="J545" s="5" t="s">
+        <v>3662</v>
+      </c>
+      <c r="K545" s="5" t="s">
+        <v>3663</v>
+      </c>
+      <c r="L545" s="6" t="s">
+        <v>3664</v>
+      </c>
+      <c r="M545" s="5" t="s">
+        <v>3665</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="5" t="s">
+        <v>3666</v>
+      </c>
+      <c r="B546" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C546" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D546" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E546" s="5" t="s">
+        <v>2194</v>
+      </c>
+      <c r="F546" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="G534" s="5" t="inlineStr">
-[...20 lines deleted...]
-        <v>3576</v>
+      <c r="G546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H546" s="5" t="s">
+        <v>3667</v>
+      </c>
+      <c r="I546" s="5" t="s">
+        <v>3668</v>
+      </c>
+      <c r="J546" s="5" t="s">
+        <v>2274</v>
+      </c>
+      <c r="K546" s="5" t="s">
+        <v>3669</v>
+      </c>
+      <c r="L546" s="6" t="s">
+        <v>3670</v>
+      </c>
+      <c r="M546" s="5" t="s">
+        <v>3671</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -46888,44 +48089,56 @@
     <hyperlink ref="M510" r:id="rId515"/>
     <hyperlink ref="M511" r:id="rId516"/>
     <hyperlink ref="M512" r:id="rId517"/>
     <hyperlink ref="M513" r:id="rId518"/>
     <hyperlink ref="M514" r:id="rId519"/>
     <hyperlink ref="M515" r:id="rId520"/>
     <hyperlink ref="M516" r:id="rId521"/>
     <hyperlink ref="M517" r:id="rId522"/>
     <hyperlink ref="M518" r:id="rId523"/>
     <hyperlink ref="M519" r:id="rId524"/>
     <hyperlink ref="M520" r:id="rId525"/>
     <hyperlink ref="M521" r:id="rId526"/>
     <hyperlink ref="M522" r:id="rId527"/>
     <hyperlink ref="M523" r:id="rId528"/>
     <hyperlink ref="M524" r:id="rId529"/>
     <hyperlink ref="M525" r:id="rId530"/>
     <hyperlink ref="M526" r:id="rId531"/>
     <hyperlink ref="M527" r:id="rId532"/>
     <hyperlink ref="M528" r:id="rId533"/>
     <hyperlink ref="M529" r:id="rId534"/>
     <hyperlink ref="M530" r:id="rId535"/>
     <hyperlink ref="M531" r:id="rId536"/>
     <hyperlink ref="M532" r:id="rId537"/>
     <hyperlink ref="M533" r:id="rId538"/>
     <hyperlink ref="M534" r:id="rId539"/>
+    <hyperlink ref="M535" r:id="rId540"/>
+    <hyperlink ref="M536" r:id="rId541"/>
+    <hyperlink ref="M537" r:id="rId542"/>
+    <hyperlink ref="M538" r:id="rId543"/>
+    <hyperlink ref="M539" r:id="rId544"/>
+    <hyperlink ref="M540" r:id="rId545"/>
+    <hyperlink ref="M541" r:id="rId546"/>
+    <hyperlink ref="M542" r:id="rId547"/>
+    <hyperlink ref="M543" r:id="rId548"/>
+    <hyperlink ref="M544" r:id="rId549"/>
+    <hyperlink ref="M545" r:id="rId550"/>
+    <hyperlink ref="M546" r:id="rId551"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>