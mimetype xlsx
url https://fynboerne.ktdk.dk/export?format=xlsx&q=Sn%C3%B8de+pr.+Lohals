--- v0 (2025-10-01)
+++ v1 (2026-03-01)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="75" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="83" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -105,50 +105,114 @@
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0347</t>
   </si>
   <si>
     <t>Laura Warberg vil tage til sin søster (Jo)hanne i Snøde. Sønnen Dede får gode karakterer og meget ros i skolen.
 Mens Laura læste i en god bog, blev hun afbrudt af Frøken Jensen.
 Fr. Berg og Laura har været i kirke, og den nye præst var god. 
 Christine vil flytte.
 Gamle Breinholt har holdt stor fest. 
 Frederik/Dede har været spændt på invalidefesten med fyrværkeri. 
 Laura beder Albrecht hente nogle forføddede strømper.
 Alhed kommer samme aften. Hun er begyndt at male. Et billede af havre har Johanne/Junge købt. Laura og Thorvald Balslev har begge bestilt malerier.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SqKV</t>
   </si>
   <si>
     <t>Erikshaab - Tirsdag d: 27de.
 Kjæreste Abba!
 Tak for Brevet; nu vil jeg gjøre det til en Regel at skrive Dagen efter hvert Brev, jeg faar fra Dig det næste maa Du vist adressere til Snøde pr Lohals jeg tager nemlig imod Hannes Indbydelse i indlagte Brev og rejser derned paa 8 Dage paa Lørdag. Synes Du ikke det er kiederligt, at jeg altsaa rejser fra Dedes Besøg næste Lørdag og Søndag; ja mulig at han bliver dernede, naar han hører, at jeg er borte. Alhed rejste i Lørdags til Tarup og vilde strax fra Banegaarden gaae ud og sige til Dede, at han kunde godt blive i Odense og gaae i Fruens Bøge til Invalidefest, men hun kom for sent, saa han var allerede væk. Jeg ventede ham altsaa ikke, blev derfor højlig glad, da han glad og livlig indfandt sig. Han var saa overvældet snaksom, fortalte om alt dernede han forstaar saae godt Matematik, Latin er heller ikke saa svært, Læreren havde rost ham for Skrivning, han var den eneste i Klassen, der vidste rede paa kunde og kunne skulde og skulle, han var hørt i Fransk hos L[ulæseligt] og ”(havde) sagde ikke en Fejl”,["sagde" indsat over linjen] og saadan gik det i en Uendelighed. Nogle Drenge havde sagt til ham ”ja Du kommer nok oven for den og den og den. Der er mange grulig daarlige Drenge siger han. Han fortalte Dig vel, at Rektor kom ind i B og sagde ”Hvor er Warberg?” Dede med snøvlende Rektorstemme! Saa blev han nederst i A, saa der er nogen at rykke op over, de er 23. Fru Nielsen er glad ved ham og han ved hende og Johanne. I Søndags Efterm var Frøken Berg Astrid og Dede oppe hos Hanne og Hans Jørgen, fik Blomster med hjem og Dede sagde, at Fru Nielsen skulde have nogle af dem. Paa Turen til Sallinge gik han ogsaa og fortalte hele Tiden, saa Fr. Berg var helt forbavset over ham. De gik over Mosen dertil, Fr. B. sank dybt i, stod næsten i samme Situation, som Trisse ved sin Cycle i Snøde; saa Dede i en Fart vendte Ryggen til, hun mente at kunne træde de samme Steder, som de smaa. Mens de var der, sad jeg og læste i en meget spændende tysk bog blev til min Sorg afbrudt af Frøken Jensen, der kom spadserende uventet. Da saa hendes Tøj skulde hentes i Højrup, kjørte vi alle med ned til Toget og fik Dengse afsted med det samme. Om Formiddagen var Fr. Berg og jeg i Lyndelse Kirke, det er vist en god Taler den unge Præst og han ser godt ud. I Lørdags fik vi indhøstet. Dora ved jeg intet om, den staaer paa Græs i Engen og bliver ikke brugt. I Fredags kom Thorvald og Junge cyclende fra Faaborg, havde ikke været andre Steder, blev her til Lørdag, da kom Christine cyclende helt uventet for at fortælle, at hun havde sagt til Jenny hun vilde flytte, dersom Leutenant Basse vilde have hendes Værelser, (hvilket jeg endnu intet har hørt om), men hun troede det. Fru L. var bleven kjed af det, men kunde nok forstaae, at hun vilde boe billigere. Hun havde ingen nye Elever faaet. De cyclede saa alle tre sammen hjem [oven over linien er skrevet: ”henad”] Kl. 3, paa samme Tid som Alhed gik til Højrup. Syberg kom hjem Lørdag Aften, de andre Søndag. Der havde været 3 Dage Gilde i Esbjerg voldsom flot allsammen: gl. Breinholt holdt 70 aarig Fødselsdag med stort Knald. Igaar skulde Dengse til Invalidefest; bare der er bleven noget af, da Vejret var saa slemt, han var meget optaget af at skulle see Fyrværkeri. Gustav er han vred paa, han slaaer og driller ham og er saa uartig, siger Dede og saa kræsen og saa muggen mod Fru Nielsen. Iaften kommer Alhed, Pigerne gaar ned efter hende til sidste Tog. Naar Du en Gang kommer i Nærheden af Nørrefarimagsgade, vil Du saa ikke i Trikotagefabriken ”Norden” hente et Par forføddede sorte Strømper, som Muk leverede ind og som de skulde have sendt. Den er et Par Huse ind i Gaden fra den (Side) [oven over linien er skrevet: ”Ende”], der vender til Banegaardene. Et Par nye af samme Slags vilde være velkomne, det er saadan et godt Strømpested. } De forføddede er til ca. 85 Øre, nye til 1½ Kr. Baron Otto – Ny Adelgade No 5 – 2 Sal. Den stakkels Feilberg. Vil Du hilse Emil og hvem Du ellers ser af bekjendte. Tænk Alhed har begyndt at male! Har lavet et pænt Stykke med Havre, som Junge og Thorvald var meget begejstrede for, Junge kjøbte det. Jeg har bestilt et hos hende, nu maa hun opmuntres! Thorvald har ogsaa bestilt et ved Tarup. Her er saa koldt og uhyggeligt, regner hver Dag.
 Alhed gaaer nu i Skole.
 Kjærlig Hilsen fra Din Smaa.</t>
   </si>
   <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
     <t>1895-09-03</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Snøde pr. Lohals</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 Niels Elgaard Amstrup
 Johanne  Larsen
 - Leisner
 Hans Rasmussen
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Frederik/Dede Warberg var 12 år i 1895. 
 Det vides ikke, hvem Karen og Sørensens var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2122</t>
   </si>
   <si>
@@ -156,53 +220,50 @@
 Johanne og Alhed Larsen har været til en fest hos Hans Rasmussen. De blev åbenbart betragtet som meget fornemme, for de to søstre sad på stole, mens de øvrige gæster sad på bænke. 
 Vejret er smukt, og Alhed håber, at hendes mor nyder tilværelsen på Langeland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qIVy</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Fru Laura Warberg
 Ads. Hr Dyrlæge Caspersen
 Snøde pr Lohals
 [I brevet:]
 Tirsdag.
 Kommer "mæn gamle Bæstemouer" saa med hjem?
 Kæreste Mor!
 Det var jo skrækkeligt, at jeg ikke fik skreven til Dig i Gaar, men Snedkeren kom om Morgenen saa jeg glemte det fuldstændig indtil det var for sent. - Alt gaar sin fredelige Gang, Dede kom ko ["ko" overstreget] først Søndag Morgen, han havde Lørdag Aften gaaet paa Statsbaneperronen; og ganske vist ik ["ik" overstreget] set et Tog afgaa der holdt henne ved Siden, men først for sent fik han at vide, at det var Faaborgtoget. Nu er han indstrueret til al Tid at gaa paa Sydfynske. - Dis var dernede for at hente ham og vi blev jo lange i Ansigterne, da han kun medbragte medf. Brev fra Fru Leisner, jeg kunde kende Haandskriften og brækkede det derfor. Dis gik saa ned Søndag Morgen med et Brev til hende om Sagernes Stilling. Tænk, hvis vi nu først havde faaet Brevet Mandag, saa havde vi staaet net i det, vi skulde jo til ["til" indsat over linjen] Hans Rasmussens med Vognen. - Naa, Dede kom saa med Dis hjem Søndag Morgen og var vældig sød hele Dagen. Johanne og jeg fulgte ham ned Søndag Aften og han kom til at følges med Karen og Sørensen. Vi drak Solbærrom, inden han vi ["han" overstreget; "vi" indsat over ordet] gik, og forsynede hans lille Kurv med Æbler, Kager og Sokker. - - Vi morede os brillant hos Hans Rasmussens o.s.v. de første 5 Timer var haarde at faa Has paa; da vi først havde faaet, hvad vi kunde stoppe i os af [overstregede bogstaver], Kager og Kaffe og Lag- og Kransekage med [ulæseligt ord] samt gaaet "et Omgang" i Haven og smagt paa Ribsene, Sommerpærerne Blommerne og Ævlerne, var der ikke mere at gøre, navnlig da der var "noget Familie" fra V. Hæsinge som vi skulde underholde. - Først da Kl. var over 8 kom vi til at spise. Joh. og jeg sad paa to Stole midt for det store Hesteskobord, alle andre paa Bænke. Stuepigen paa Gelskov var den "fineste" efter os og sad ved min højre Side, jeg øste op og skar for. - - Ved 10 Tiden begyndte Dansen og med den det morsomste; der var mange udmærkede Dansere. Kl. 2 1/2 var vi hjemme.
 Sikken et bedaarende Septembervejr, det var rigtignok godt, Du kom af Sted, jeg haaber Du ["haaber Du" indsat over linjen] nyder det ordentligt, og driver vældigt.
 Onkel Amst. kom i Søndags Morges med Agurker, der blev til Asier i Gaar
 Mange Hilsner fra os alle til dem alle og Dig selv! Din Alhed.</t>
   </si>
   <si>
     <t>1896-08-09</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Snøde</t>
   </si>
   <si>
     <t>Höljeryd</t>
   </si>
   <si>
     <t>Ejnar -
 Christian Caspersen
 Marie Larsen</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Alhed Warberg er på Langeland hos sin onkel Max og familie. De cykler ture, bader og dovner. Alhed synes, at Larsens sidste brev var lidt kort. Hun savner ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/alYT</t>
   </si>
   <si>
     <t>Kære Las!
 Endelig i Gaar fik jeg da [noget af papiret mangler] Livstegn fra Dem og i D[ag vil] jeg afsende et dito til Dem. Jeg var meget glad ved at høre, at De var kommen godt derop, og jeg haaber, der laa et Brev til Dem fra mig, da De kom til Höljeryd, jeg afsendte da et saadant til Dem forrige Mandag. Som jeg skrev til Dem, rejste jeg herover til Langeland og her er jeg nu. De er vel paa det [noget af papiret mangler] med, at det er den M[and som] har foræret sin Kone en Cycle som jeg besøger herovre. De kan tro jeg gaar og nyder Til[værel]sen herovre lige fra Mor[gen] til Aften, det passer mig [noget af papiret mangler]tet saadan rigtig at gaa [og dr]ive. Hver Formiddag cycler [noget af papiret mangler]artis med min Onkel, som [noget af papiret mangler] brillant med: og paa [disse] Ture faar vi noget aldeles [noget af papiret mangler]tet gammelt Øl. De kan [nok] tænke dem, hvor de lave glimrende Øl her paa Langeland, det er saa klart og stærkt som Vin, men ogsaa meget berusende. – Om Eftermiddagen cycle vi i Vandet. Hvor det er dejligt at bade! I Gaar var der høje Bølger, det er forfærdelig morsomt at svømme med Bølgerne og blive løftet et langt Stykke hen i Vandet. [noget af papiret mangler] er der desværre ingen [noget af papiret mangler] -, men saa er det til Gengæld det mest henrivende Vejr. Det er Søndag og Max (min Onkel) og jeg have været ude en Cycletur [noget af papiret mangler] paa en høj Bakke at se [noget af papiret mangler] Kapsejlads, og i Efterm[iddag] skulle vi ud til Lohals [til] en ”Fætter Einar”. – Hør Las, det var ellers et r[igtigt] Snyderbrev, jeg fik i G[aar], jeg lagde mig velbehagelig ude i Hængekøjen for rigtig at nyde det, og saa var jeg færdig med det paa mindre end en halv Minut! Men nu haaber jeg, der er et bedre et undervejs til mig. – Jeg har for Resten ikke mere at skrive nu, d.v.s. jeg synes hele Tiden, der er noget, jeg skal fortælle Dem, men naar jeg tænker mig om, for a[noget af papiret mangler] hvad det er, er det [noget af papiret mangler] end at jeg længes efter [Dem og] at jeg glæder mig, til jeg skal se Dem igen. Men jeg har en Følelse af, at jeg har skreven det saa [at] jeg ikke kan forsvare at [skriv]e det tiere. Saa nu [kom]mer Posten snart, saa [jeg maa] slutte. Hils Marie [mang]e Gange. Men flest [Hilsn]er til Dem selv fra 
 A.
 Snøde pr. Lohals
 Søndag d. 9ende August
 De har da lagt Mærke til, at jeg ikke mere skriver ”Hr. Maler” udenpaa Brevene?</t>
@@ -534,59 +595,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/alYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -660,306 +721,350 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E3" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      <c r="G5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>43</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>58</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="M8" s="5" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
         <v>74</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
+    <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>