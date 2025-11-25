--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3124" uniqueCount="1950" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3179" uniqueCount="1989" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3325,68 +3325,68 @@
   </si>
   <si>
     <t>Alhed bor endnu hjemme hos forældrene på gården Erikshaab.
 Chr. A(ndersen) og von Rosen: Johannes Larsen har i et tidligere brev skrevet om, at de to har en avispolemik om en redningsaktion.</t>
   </si>
   <si>
     <t>Alhed har været på brinken med de to hunde og sidder nu på sit værelse og ryger.
 Der kommer mange gæster, så Alhed er i køkkenet og får ikke tid til at skrive brev.
 Alheds far er syg, og han kommanderer med lægen. 
 Alhed spørger til, hvilket stolebetræk, der er kønnest.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ui56</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg er lige kommen hjem fra den dejligste Spadseretur, sikken et henrivende Vejr, det dog er. Du kan ikke tænke Dig, hvor der var smukt omme paa Brinken. Jeg havde begge Hundene med og vi morede os lige udmærket alle tre, Gamle og jeg nød det stille, mens Mestermand fløj omkring som en besat. Han jagede to Agerhøns op. – Jeg blev egentlig meget længere ude, end jeg havde tænkt mig, saa nu bliver Du snydt da jeg nu ikke har saa lang Tid at skrive i. Eller det er vist snarere Berta der bliver snydt, da hun nu slet intet Brev faar. Jeg havde lagt i Kakkelovnen heroppe paa mit Kammer, inden jeg gik ud, saa her er varmt og rart og jeg sidder og ryger mig en Cigaret. Jeg har desværre kun to tilbage og jeg har ingen rigtig Tro til den Højrup Cigarettobak man faar saadan en Masse for 10 Øre. – Tak for Dit Brev i Dag; nej, Du fik nok ingen Brev i Gaar men Grunden kender Du jo nu, men i Dag har Du faaet og i Morgen faar Du og i Overmorgen faar Du dette, jeg her skriver paa. – Hvad strides Chr. A. og Hr. v. Rosen om? dog vel ikke den Redningshistorie? Jeg skal hilse Dig fra Far, paa Mandag er det hans Fødselsdag, han vilde vist sætte meget Pris paa om du sendte ham en lille Lykønskning, men hvis Du synes det er et besværligt Stykke arbejde, skal Du ikke. – Næste Dag. – Det er gaaet med Travlhed hele Dagen, saa jeg har slet ikke haft Tid at skrive, jeg kom først fra Køkkenet Kl. 4, her kommer saa mange Visitter. – Om lidt gaar jeg til Højrup nogle Ærinder, det er et henrivende Vejr, og jeg glæder mig til Turen, naar jeg bare ikke var saa træt, jeg er bleven saa uvant med at gaa i Køkkenet. – I Dag for et Aar siden var jeg nede at besøge Dig, kan Du huske, vi sad oppe paa Dit Værelse og skrev til Elle, hvis Fødseldag det er i Morgen, og i Morgen for et Aar siden kørte I mig til Glorup. – Doktoren har været her i Dag. Far har tvungen ham til at lade sig komme op i Morgen skønt Dr. siger, det er for tidligt. Far kommanderer i det hele taget Dr. fuldstændig. Mor siger det lyder saa grinagtig, naar de forhandler om, hvad Slags Medicin han skal have. – Naar han nu bare vil være forsigtig, at han ikke faar Tilbagefald. - - I Morgen er det Søndag, da kan jeg ikke skrive til Dig, og hvad værre er, jeg faar heller ingen Brev, - jo sandelig det er sandt, Anna (vores Pige) kommer hjem fra 5 Toget, saa har hun vist et med til mig. Det er storartet, saa har jeg det at glæde mig til hele Dagen i Morgen. Nu maa jeg slutte da jeg skal gaa. ”Glædelig Søndag”. Agraren er vist hjemme hils ham og Dine Forældre og Klax. Men allermest Dig selv fra Din Kæreste, som længes efter Dig! Din
 Alhed.
 5te Marts - 98
 [Skrevet lodret på papiret] Hvilket er det kønneste af disse to Dele til Betræk her i Dagligstuen, jeg skal bestemme det. S.u.</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
-    <t>Pouline -
-Tanus -
+    <t>Tanus -
 Louise Brønsted
+Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
-    <t>Ellen har talt med Tante Pouline om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
 Hun beder om rapport om faderens sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
@@ -7354,50 +7354,123 @@
   </si>
   <si>
     <t>1916-05-16</t>
   </si>
   <si>
     <t>A. Falck Rasmussen</t>
   </si>
   <si>
     <t>Peter Hansen orienteres om, at udstillingen i Grönningen slutter den 22. maj, hvorefter billederne sendes til udstilling i Aalborg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4zWF</t>
   </si>
   <si>
     <t>A. FALCK RASMUSSEN
 KASSERER I FREDERIKSBERG BANK København, d. 16' Maj 1916.
 pr. Telefon Bellevue 104.
 Udstillingen i Grönningen slutter den 22'ds., derefter sendes Billederne til Aalborg, hvor de vil blive udstillede i ca 14 Dage, og maaske videre til Aarhus, hvor de i tilfælde af Overenskomst ligeledes vil blive udstillede i ca 14 Dage.-
 Billederne bliver transportforsikrede for Kr. 50 000.-
 Önskes nogle af Billederne tilbageholdte, bedes Anmeldelse herom tilstillet Udstillingen snarest.-
 Ærbödigst
 P.B.V.
 Falck Rasmussen</t>
   </si>
   <si>
+    <t>1916-11-30</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Martinsvej 17 København V</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Carl Berthelsen
+Agnes Berthelsen, Nislevgaard
+Grethe Bichel
+Peter Bichel
+Grethe Jungstedt
+Camilla Kattrup
+Eline Kattrup
+Frits Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Johannes Madsen
+Peter Magnussen
+Ellen  Sawyer
+Andreas Warberg
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mogens Warberg blev født 20. november 1916. 
+Familien, som skulle komme fra København, tilhørte muligvis Minna Warbergs gren.
+Det vides ikke, hvem lille Conrad, Meier, Tonni (svært læseligt), Einar C. og Dr. Hartmann var. Peter er muligvis Peter Bichel.
+Eline og Rasmus Kattrup boede på herregården Risinge. 
+Tante var Wilhelmine Berg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3771</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har solgt billeder til Peter Magnussen for 15.000 kr, og han har nogle til rest til en ny udstilling. Alhed Larsen solgte Magnussen for 400 kr.
+Andreas/Dede og Minna Warberg har fået søn nr. to, og han er nem. Minna får en mængde gaver. Andreas kommer til sin mor i julen.
+Alle fra Kerteminde var inviteret til middag på Risinge, og Johanne C. Larsen glædede sig, men hun, manden og børnene måtte alligevel ikke komme pga. mæslingesmitte. Det var en stor skuffelse.
+Ellen Sawyer har solgt to akvareller, og der spørges efter flere hos glarmester Madsen.
+Grethe Jungstedt komponerer små musikstykker, og alle er imponerede.
+Laura Warberg fortæller ikke Thora Branner, at Louise Brønsted er indlagt. Laura håber, at Louise bliver rask til juletravlheden.
+Laura Warberg har fået en god pige i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kFkS</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:]
+1916
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+p.t. H_r_ Dr. Hartmanns Klinik
+Martinsvej 17.
+København V.
+[I brevet:]
+Kerteminde d: 30/11 - 16
+Kære lille Muk!
+Vi blev meget glade ved Dit sidste Brevkort i Tirsdags; jeg var begyndt at blive en Smule urolig, men saa ringede Alhed og Christine Mandag Aften og fik at vide, det gik godt med Dig. Nu haaber jeg Du faaer denne lille Sending "Bagateller" Søndag Morgen. Vi har som sædvanlig ingen Nyheder at fortælle; det skulde da være, Du endnu ikke har hørt det gode Kup Las har gjort nemlig at Magnussen har købt Malerier for 15000, saa han slipper for at lave Udstillingen, hvad han egentlig nødig vilde saa kort efter den forrige store og efter Kunstforeningens! Og der blev heldigvis en hel Del tilbage, som kan være Grundlag for en Udstilling ad Aare. Af Båxhult Billederne blev de bedste tilbage. Alhed selv solgte for 300. Magnussen var der 4 Dage; det er en elskværdig Mand; de var her med ham til en 5 The, og han saae hele Huset. - I Brædstrup staaer alt saare godt til, veed jeg dels pr. Brev og dels pr. Telefon. Minna nyder i fulde Drag sin Barselseng; bliver overlæsset med Gaver af alle Slags; Ørenringe med Diamanter til 500!! ["til 500!!" indsat over linjen] af sin Broder Frits; en Bankbog med 100 Kr. af Dede samt en magelig Lænestol. De har faaet ny Pige til Nobr; Line sagde op, da det viste sig at der skulde komme en Baby igen!! men den nye er "en Engel", siger Dede, og nu har de ogsaa Barnepige, saa de kan nok klare sig, mener han! - Sygeplejersken er uhyre rar og flink. Paa Fredag skal Minna op. Drengen "siger aldrig et Muk"! - Jeg citerer stadig Dede! Han venter "en meget stor Termin" - men paa en lidt anden Facon end vi andre Stakler! Hans giver dem en god Indtægt? Tænk han vil komme her et Par Dage i Julen! det glæder vi os alle meget til; enten efter Julen eller Nytaar. De venter hele Familien fra Kbh der nogle Dage; jeg antager, de skal have Barnedaab og at Fru Kattrup skal bære. - Paa Mandag skal vi alle til Middag paa Risinge og jeg havde den Sorg i Gaar, at de tør ikke have Agrarens med for Mæslingerne; Johanne var saa grulig skuffet; havde lige en Timestid at glæde sig og fik gjort Aftale med Alhed om at laane Kjole hos hende! Men saa gav det sig, at Peter havde fraraadet Kattrups dem! Saa sjelden de bliver bedt til noget og at Johanne glædede sig dertil. Berthelsens skulde der og Bichels. - Nu er lille Conrad ogsaa syg, men endnu ret mildt; Bibbe oppe, Grethe endnu ikke smittet. - Vi har haft en festlig Dag med Elle hjemme. Hun har været et Par Smaature ude at male to Akvareller og derved tjent ca. til Julegaver. Der er bleven spurgt hos Madsen efter Billeder af hende, saa hun vil hænge i det hun kan inden Jul. Hun har nylig igen faaet Procenter af et Klaver; det 6_te_ i Aar!! - det ene et Flygel, et andet for nylig til 1300 (H. Meier.) Elle og Grethe har siddet derinde og spillet noget fin og kønt firhændigt og da jeg kom ind og skulde høre hvad det var, viste det sig at være Grethes Kompositioner lige ud af Hovedet og Elle ligesaadan Bassen dertil ! Jeg synes det er imponerende og det samme mener Elle og Johanne, som var her til Kaffe og hørte det. Nu er Eller gaaet hen paa Hotellet til Dahlerup, som var her en Visit, mens hun var ude; Grethe i Biografen, her er saa stille og naar dette Brev er færdigt, skal jeg have fat paa mit Maaneds Regnskab. I Morgen skal jeg til Odense, være sammen med Thora, som kommer Kl. 5, og saa til Kirkekoncert med Grethe Kl. 8 og hjem med sidste Tog. Dersom Thora intet veed om at Du er paa Klinik, skal jeg ikke fortælle det; jeg husker nok i Fjor, jeg holdt heller ikke af at faae talt derom. Tante er raskere nu, skrev hun i Gaar; hun har jo længe været snavs. Tonni skal hjem nu; Daisy er kommen fra sin Plads allerede; Tante veed fra Einar C. at de var meget misfornøjede med hende. Vi er stadig uhyre tilfredse med vor Pige i enhver Retning; det er en uhyre Lettelse for mig i Husførelsen. Grethe er saa gode Venner med hende. Jeg veed ogsaa, at hun er glad ved at være her. - Stakkels lille Peter, der endnu ikke er videre! Gid det maa gaae fremad nu uden Tilbagefald. Hvilken Lykke for Eder med den flinke Sygeplejerske! Jeg vil haabe lille Muk at Du nu vil kunne taale Juletravlheden! den nærmer sig jo stærkt. Tænk at der nu er gaaet næsten et Aar, siden I havde mig som halvvejes Patient og allesammen var saa mageløse mod mig! I Vinter er jeg saa rask. - Nu troer jeg ikke Du gider høre mere af denne Smaasnak! Rigtig god Bedring lille Muk! Kærlige Hilsener fra Elle, Grethe og
+Mor.</t>
+  </si>
+  <si>
     <t>Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Grete skriver om sin hverdag og forestående fødselsdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/90HJ</t>
   </si>
   <si>
     <t>Kære Fasser!.
 Hvordan har du det? jeg har det godt. Jeg har fri i to Dage og paa Torsdag er det min Fødselsdag óm! Jeg skal have 12 Skolekammerater her hos mig og vi skal spille Komedie. Kommer du ikke snart herover? I Søndags var Ausa her og Kylle og jeg spillede Halma om et Paaskeæg til 25 Øre og tænk jeg vandt.
 Du kan tro jeg er glad ved at gaa i Skole og jeg har været til Selskab hos Else Mowinckel hvor jeg morede mig storartet.
 Og ved du hvad Mor og Bomse de er saa hemmelige og før sagde de noget paa fransk de sagde a mi de son fon jeg kan ikke stave det derfor har jeg skreve det som det udtales og det er noget jeg faar det ved jeg. I Gaard gik Mor Kylle Bomse og jeg ud til Damhussøen og Mor Kylle og jeg blev fotograferet af Bomse. Nu mange Hilsner fra Mudde Pjevs Bomse Kylle Sis og Mor men flest fra din hengivne
 Grete</t>
   </si>
   <si>
     <t>Vinter 1917</t>
   </si>
   <si>
     <t>Thora  Branner
 Alhed Larsen
 Christine  Mackie
 Ellen  Sawyer
 Janna Schou
 Jørgen Schou
@@ -7819,50 +7892,104 @@
   </si>
   <si>
     <t>Foreningen Fremtiden sender en anmodning til Johannes Larsen om at indsende nogle billeder til salg. Det er en del år siden, at Larsen sidst har indsendt billeder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/99li</t>
   </si>
   <si>
     <t>[Fortrykt]:
 FORENINGEN FREMTIDEN'S KONTOR - NIELS BROCKSGADE 5
 Kontortid Kl. 10-1 København B
 Telefon Byen 4804 d. 19
 [Herefter i håndskrift]:
 14/10 19
 Hr. Maler Johannes Larsen Kjerteminde.
 Jeg tillader mig herved høfligst at henlede Deres Opmærksom paa, at Foreningen Fremtiden i denne Tid _og senest d. 25. oktober _modtager Billeder til evt. Køb i indeværende Aar. Da det er en hel Del Aar siden, De sidst har indsendt noget Arbejde til Deres egen Konto (i 1915 modtog vi et Billede fra Dem til Deres Hustrus Conto) er det vi forespørger om De ikke har et Par Billeder i Aar.
 Til Deres Frue, som jo er medlem ogsaa (som selvstændig Malerinde) har vi sendt en Opfordring.
 Saafremt vi har nogle Billeder i Aar, bedes disse venligst afsendt snarest.
 Jeg skriver til Dem, for at fritage Hr. Xylograf Hendriksen, som for nogen Tid siden sagde til mig, at han vilde henvende sig til Dem, men da hans Tid er meget optaget, vil jeg gerne anmode paa hans Vegne.
 Foreningens Adresse ses bag paa nærværende Papir. 
 Billedernes Titel og Priser bedes venligst opgivet ogsaa.
 Ærbødigst 
 for Foreningen Fremtiden
 Ove Haue
 Forretningsfører</t>
+  </si>
+  <si>
+    <t>1920-01-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Ausa -
+Elise Hansen
+Peter Hansen
+Betty Nansen
+Marie Neckelmann
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Grete Hansen, g. Jensen, var omkring 14 år, da hun skrev brevet. 
+Bimme/Bams: Elena Larsen. 
+Elise Hansen: Mosser.
+Peter Hansen: Fasser.
+Kylle: Marie Neckelmann.
+N.E.: Niels Erik Schoubye.
+Det vides ikke, hvem Bente og Haiser var. 
+Perugia er hovedstad i regionen Umbria, der er en af de få regioner i Italien, der ikke grænser op til havet. (Wikipedia, okt. 2025).
+Piazza del Campidoglio er en plads med Roms rådhus og museer. Pladsen er udtænkt af Michelangelo.
+Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
+  </si>
+  <si>
+    <t>Brevet ejes af en efterkommer af Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen/Mosser har fået stjålet sin pung. 
+Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
+Både Elise og Peter Hansen er sløje. 
+Elise og Grete har været på Campidoglio og se illuminationer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5qwN</t>
+  </si>
+  <si>
+    <t>Rom d 10/1 - 20
+[Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
+Kære Bimme!.
+Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
+Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
+Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
+Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
+[Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
+Mos.
+Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
   </si>
   <si>
     <t>1920-06-03</t>
   </si>
   <si>
     <t>Anders, havemand -
 Johannes Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen er ved Filsø for at male. Johan og Andreas Larsen er på kostskole i Birkerød.</t>
   </si>
   <si>
     <t>Svanerne har anbragt en kartoffel i reden. Den ene gråand har syv ællinger. Johannes Larsen er ikke kommet hjem, for han fandt et lærred mere at male på.
 Alhed Larsen slår græs. Hun har malet to små pasteller.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/m5Ai</t>
   </si>
   <si>
     <t>Kære, søde Drenge!
 Tak for jeres Breve. Det er dejligt den skriftlige er godt overstaaet. I spørger om flere Ting: Svanerne er galere end nogensinde og meget flittig ved Reden, hvori de foreløbig har anbragt en Kartoffel! Jeg synes det er lovende, det er nok en af dem de unge Stære stak med. Den anden Graaand er ikke mødt endnu, den første gaar med 7, en druknede i den ene Balje. Krikanden kom igen og ligger ikke. Jeres Far er stadig ikke kommen hjem, han opdagede at han havde Lærred deroppe til et Billede han ellers vilde have malet naar han kom hjem, Vejret har drillet ham men nu kommer han i Morgen eller Overmorgen. Haven naar næsten at blive snavset igen. Jeg er begyndt at slaa Plænen, dels for at lette Anders og dels fordi jeg tænker mig det er en god Motion, men det er svært til at begynde med. – Jeg har malet to smaa Pasteller, den fra i Dag er knap færdig, det er de svære blaa Kaktus for 5te Gang, jeg kan ikke blive fra den Blomst. Jeg har sat den Du sendte i Vand lille Gamle, [resten af brevet er skrevet øverst på papiret, på tværs] jeg haaber den kan holde sig til Din Far kommer hjem. Du skal nok faa en Pibe og tag de 10 Kr. Dette er i stor Hast for Toget. 1000 Hilsner fra jeres Mor
 Torsdag d. 3de Juni</t>
   </si>
   <si>
     <t>1920-10-16</t>
@@ -8603,53 +8730,50 @@
   <si>
     <t>Kopierne findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Familien Larsen tager deres mange feriegæster med på en tur til Romsø.
 Der er problemer med, at feriegæsters medbragte hunde skaber en del uro blandt de andre dyr på Møllebakken.
 Der bades og sejles meget, hvorimod det kniber med at samle interesse omkring at spille tennis.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hSH8</t>
   </si>
   <si>
     <t>Tirsdag d 9 Juli 1923.
 Kære Muk og Bes!
 Tak for jeres Kort og Brev i Gaar. I kan sagtens, men det kan vi ogsaa. Om Aftenerne sejler vi med Puf. Ligger i Bunden af Baaden og hører Vandet skvulpe og se Solen gaa ned og Stjernerne komme frem. I Søndags var vi paa Romsø (Las, Be, Agraren, Junge, Puf, Lysse, Fætter Lauritz, Basse, Putte, Peder, Mudi og jeg med Madkurv og det hele. (Tante Elle bemærkede ved Middagsbordet om 13 om Bord ikke var lige saa slemt som 13 til Bords; men hendes Vittighed gik ubemærket hen.) Vi plukkede Hjertegræs og Fo[ulæseligt]lejere og saa en masse Harer. Vi var ogsaa i Vandet, som var blikstille. 
 Hvad Hvapperne angaard (a propos: det forekommer mig at jeg i det forrige Brev stavede ” i Gaard” med d. Er det gjorde jeg det?) saa tænker vi paa at sætte dem i Pleje hos en Hr. Hvidsteen. Vi var oppe for at snakke med ham i Aftes, men han var ikke hjemme. Jeg ved ikke om jeg har fortalt at vi ikke kan (maa) have dem her og at de har boet hos Las’s. Men da de gøer om natten vil de ikke have dem længere. Hos Hr. Hvidsteen kan de maaske faa en Indhegning at gaa i. Det er da altid bedre end at de staar bundne. Derfra kunde vi saa hente dem og gaa Ture med dem. 
 Maa vi evt. sælge eller forære Gnomen bort? Saa vilde vi ogsaa kunde tage os mere af Miko, da een Hund er hundred Gange lettere at have end to. Og desuden virker Gnomen demoraliserende paa Miko. Bl.a. lærer han ham at fange Kyllinger. Gnomen bed en stor Kylling halv ihjæl forleden. Jeg haaber vi faar Lov til det, saa vil vi se at finde et riktigt godt Sted og I kan jo altid besøge den der. 
 Vi glæder os til I kommer. Desværre gaar det smaat med Tennissen. Peder og Putte gider ikke riktig.
 I Morges Kl. 4½ stod Mudi og Peder op og forsvandt. Jeg tror de vilde hjælpe Puf i Haven og gaa i Vandet med Putte. Jeg vil ogsaa gaa tidligt i Vandet, da her er Masser af Badegæster. Har jeg fortalt at vi forleden Aften var ovre hos Tante Junge og fik Kaffe og Lagkage til Afsked for ”Maleren”. Tante Junge har forandret sig, synes jeg, hun ligner heller ikke dig saa meget mere. 
 P.S Hvis Nu tror jeg at jeg har vrøvlet nok op om ligegyldige Ting. I Eftermiddag sætter jeg de smaa til at skrive. 
 Hiilsen fra Lomme
 Hvis I faar brug for de til Aftryk jeg tog af Bes’ Pasfotografi kan jeg sende dem.</t>
   </si>
   <si>
     <t>1923-12-12</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 - Johnsen
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Elisabeth Mackie
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Kopier findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted har besøg af sin far i Kerteminde. Hun har travlt med juleforberedelser og ønskeseddel til broderen Peter. Hun har slået en fod under skøjteløb. Der skal afholdes koncert og derefter bal på Møllebakken.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EvC6</t>
   </si>
   <si>
@@ -9574,50 +9698,112 @@
 Ellen Dorothea Lehn Schiøler
 Christian Treschow
 Frederik Treschow</t>
   </si>
   <si>
     <t>Ellens far Lehn Schiøler bor på Uraniavej på Frederiksberg.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
   </si>
   <si>
     <t>Ellen og Chr. Treschow beder inderligt Alhed og Johannes Larsen om et besøg hos dem og deltagelse i jagten hos Treschows far Frederik. De trænger til opmuntring, idet det går skidt for landbruget, og Ellens far Lehn Schiøler er ramt af en hjerneblødning.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zkqN</t>
   </si>
   <si>
     <t>Orelund
 d. 12/10-26.
 Kære Las!
 Undskyld Skriften, men jeg ligger i Sengen af en nederdrægtig og grundig Forkølelse. Blot dette for at spørge om ikke det var muligt ligesom sidste Aar at lokke dig og Fru Las herover for at være med til Jagt hos min Fader i Dag otte Dage saaledes at I kom her senest paa Mandag d. 18 ds. og hvis I kunde slaa Eder til Ro en Dag eller to efter Jagten vilde I glæde os meget vi trænger saadan til at se og tale med nogle rare Mennesker for Landbruget er trist og Forholdene paa Uraniavej saa sørgelige at det Hele synes os Graat i Graat. Jeg ved ogsaa at I vilde glæde Fader meget hvis det er Eder muligt at komme. - Vi vilde have telefoneret, fordi Faderen er utaalmodig efter Svar, men opgav det paa Grund af Stormen, men vil du ikke nok være rar at sende os et Par Ord snarest. - Og kom nu endelig hvis det paa nogen Maade er Eder muligt. - 
 Mange Hilsner til Fru Las og dig selv fra Ellen og din heng.
 Chr. Treschow.</t>
   </si>
   <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
     <t>13. jun. 1927</t>
   </si>
   <si>
     <t>Kristín Jónsdóttir
 Frank  le Sage de Fontenay
 Valtýr Stefánsson</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/aannmv6K</t>
   </si>
   <si>
     <t>1927-10-23</t>
   </si>
   <si>
     <t>Th Hatt</t>
   </si>
   <si>
     <t>Gudmund Hatt
 Marie Larsen
@@ -9735,77 +9921,186 @@
   </si>
   <si>
     <t>Andreas/Puf Larsens tomatdrivhus var opvarmet. Varmeanlægget gav i 1932 en del problemer. 
 Det vides ikke, hvem Tykke og Dul var. 
 Køberne af Johannes Larsens store billede fra Romsø kendes ikke.</t>
   </si>
   <si>
     <t>Andreas/Puf og Johannes Larsen kan ikke komme på besøg hos Elena og Johan/Lysse lige nu. Andreas er ved at få opført et tomatdrivhus, og Johannes Larsen får købere af et stort billede på besøg samt også andre gæster. 
 Andreas spørger, om han må låne 400 kr. 
 Johannes Larsen nyder at være på Romsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lc4Z</t>
   </si>
   <si>
     <t>Vend!
 Vend!
 Vend!
 Kære Lysse!
 Vi kommer desværre ikke over til dig denne Søndag heller. Der er meget i Vejen, nu skal du høre: For det første: hvad der optager mig den ganske Dag, og ligger mig paa Sinde om Natten: jeg er ved at faa bygget et Tomathus. Fabrikanten som byggede Drivhusene 1918 har lavet det, og han kommer og stiller det op Fredag eller Lørdag og saa kan jeg jo ikke tage herfra om Søndagen, da jeg ikke ved hvordan han vil indrette sig. For det andet venter Far i denne Uge de Mennesker som har bestilt det store Billede fra Romsø og for det 3die og 4de venter vi G[ulæseligt ord], Tykke og muligvis Dul hertil Lørdag og muligvis Magisterens Lørdag eller Søndag, saa du kan se der er nok at gøre! Men som vi har tænkt os at gøre Turen frem og tilbage paa en Dag, kan det jo være en hvilkensomhelst Søndag ellers. maaske den næste, hvis vi er færdige med at lægge Glas i Drivhuset til den Tid. Du skrev ["Du skrev" overstreget] da du skrev sidst, havde din Vigtighed bredt sig til, foruden din Søn, ogsaa at omfatte din Bankbog. Du kan vel ikke tænke dig at laane mig 400 Kr til November altsaa fra nu - November? S. u. s. (Svar udb. snarest) Far har det aabenbart godt paa Romsø, jeg taler med ham i Telefonen næsten hver Dag. -
 Nu fik jeg Brev fra din Kone, hun skriver, at det vilde passe bedre om vi kommer næste Søndag istedet, saa vil vi blive modtaget paa Jeres "Landsted". Det lyder lovende og passer altsaa ogsaa os godt.
 Mange Hilsner
 Puf.</t>
   </si>
   <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
     <t>1929-05-21</t>
   </si>
   <si>
     <t>S. Høg</t>
   </si>
   <si>
     <t>Østergade 4, 1100 København </t>
   </si>
   <si>
     <t>S. Høg
 Hjalmar Kleis
 Johannes Larsen</t>
   </si>
   <si>
     <t>På vegne af Kleis Kunsthandel beder S.Høg Johannes Larsen fremsende et udvalg af malerier, som skal fremvises for kunder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/oIW4</t>
   </si>
   <si>
     <t>[Fortrykt: 
 Exlibris Kunsthandel Østergade 4. Telf. Byen 4978. København den / 19 
 Herefter med håndskrift: 21 5 29 
 Maleren Herr Johs. Larsen Kerteminde 
 Idet jeg takker for Malerens venlige af 18 ds, beder jeg Herr Johs Larsen sende mig et Udvalg som foreslaaet, som jeg saa vil vise mine Kunder.
 Hvad Størrelse angaar, tror jeg, at Billeder paa ca 1 m. vil have større Chancer, og beder jeg Maleren afgive mig lavest mulige netto Priser.
 de omskrevne Billeder snarest [Ulæselig] tegner jeg med Højagtelse Ærbødigst pr. Hjalm Kleis [underskrevet af] S. Høg.</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1929-10-08</t>
   </si>
   <si>
     <t>Aage Grønlund</t>
   </si>
   <si>
     <t>Østergade 33, 1602 København K</t>
   </si>
   <si>
     <t>Aage Grønlund
 Johannes Larsen
 Egmont H Petersen</t>
   </si>
   <si>
     <t>Bogværket " De Danskes Øer" bd. 1-3 udgives i årene 1926-28 af Forlaget Gyldendal med tekst af Achton Friis og illustrationer af Johannes Larsen.</t>
   </si>
   <si>
     <t>Boghandler og forlægger Grønlund i København beder Johannes Larsen om tilladelse til at benytte nogle af hans motiver på julekort, han vil udgive.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rPwi</t>
   </si>
   <si>
@@ -11873,59 +12168,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nziL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fJru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvmT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rKke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zadm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P9N0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b99q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BJPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ESN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mn1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nziL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fJru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvmT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rKke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zadm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P9N0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b99q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BJPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ESN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mn1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M298"/>
+  <dimension ref="A1:M303"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -20132,5073 +20427,5298 @@
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
         <v>945</v>
       </c>
       <c r="K186" s="5" t="s">
         <v>1218</v>
       </c>
       <c r="L186" s="6" t="s">
         <v>1219</v>
       </c>
       <c r="M186" s="5" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="187">
-      <c r="A187" s="5" t="n">
+      <c r="A187" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H187" s="5" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>1226</v>
+      </c>
+      <c r="K187" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L187" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="5" t="n">
         <v>1917</v>
       </c>
-      <c r="B187" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D187" s="5" t="s">
+      <c r="B188" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D188" s="5" t="s">
         <v>855</v>
       </c>
-      <c r="E187" s="5" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J187" s="5" t="s">
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I188" s="5"/>
+      <c r="J188" s="5" t="s">
         <v>945</v>
       </c>
-      <c r="K187" s="5" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="K188" s="5" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>1193</v>
+        <v>201</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>855</v>
+        <v>693</v>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1233</v>
-[...1 lines deleted...]
-      <c r="I189" s="5"/>
+        <v>1235</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>1236</v>
+      </c>
       <c r="J189" s="5" t="s">
-        <v>945</v>
+        <v>1237</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>1238</v>
+        <v>1193</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>855</v>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
         <v>945</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>265</v>
+        <v>1247</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>855</v>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>1248</v>
+      </c>
+      <c r="I191" s="5"/>
       <c r="J191" s="5" t="s">
-        <v>918</v>
+        <v>945</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>186</v>
+        <v>982</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>17</v>
+        <v>1253</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>1253</v>
+        <v>918</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D193" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D193" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E193" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>403</v>
+        <v>1262</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G194" s="5" t="s">
-        <v>1265</v>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="J194" s="5" t="s">
         <v>403</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>1272</v>
+        <v>186</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G195" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G195" s="5" t="s">
+        <v>1274</v>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>1276</v>
+        <v>403</v>
       </c>
       <c r="K195" s="5" t="s">
         <v>1277</v>
       </c>
       <c r="L195" s="6" t="s">
         <v>1278</v>
       </c>
       <c r="M195" s="5" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
         <v>1280</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>186</v>
+        <v>1281</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>1258</v>
+        <v>1282</v>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>403</v>
+        <v>1285</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1267</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>21</v>
+        <v>403</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>1293</v>
+        <v>16</v>
       </c>
       <c r="D198" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H198" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H198" s="5" t="s">
+        <v>1296</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="J198" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1292</v>
+        <v>1301</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
       <c r="E199" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H199" s="5" t="s">
-        <v>1298</v>
+      <c r="H199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="J199" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>186</v>
+        <v>1302</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>1258</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>403</v>
+        <v>21</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>186</v>
+        <v>1313</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1247</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1314</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>21</v>
+        <v>1317</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1276</v>
+        <v>403</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>630</v>
+        <v>186</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1273</v>
-[...8 lines deleted...]
-        <v>1323</v>
+        <v>16</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>403</v>
+        <v>21</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>265</v>
+        <v>186</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>1282</v>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>918</v>
+        <v>1285</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>16</v>
+        <v>630</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1336</v>
+        <v>1282</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>17</v>
-[...9 lines deleted...]
-        </is>
+        <v>1340</v>
+      </c>
+      <c r="F205" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>1341</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="J205" s="5" t="s">
         <v>403</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>265</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>1253</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1343</v>
-[...5 lines deleted...]
-        </is>
+        <v>1348</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="J206" s="5" t="s">
+        <v>918</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1345</v>
-[...1 lines deleted...]
-      <c r="M206" s="5"/>
+        <v>1351</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>1352</v>
+      </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>186</v>
+        <v>1354</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1212</v>
+        <v>17</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G207" s="5" t="s">
-        <v>1347</v>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>21</v>
+        <v>403</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D208" s="5" t="s">
-[...3 lines deleted...]
-        <v>1212</v>
+      <c r="D208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G208" s="5" t="s">
-        <v>1354</v>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>630</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>1361</v>
+      </c>
+      <c r="I208" s="5"/>
+      <c r="J208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1357</v>
-[...3 lines deleted...]
-      </c>
+        <v>1363</v>
+      </c>
+      <c r="M208" s="5"/>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D209" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1212</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G209" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G209" s="5" t="s">
+        <v>1365</v>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1360</v>
-[...5 lines deleted...]
-        </is>
+        <v>1366</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J209" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="M209" s="5"/>
+        <v>1369</v>
+      </c>
+      <c r="M209" s="5" t="s">
+        <v>1370</v>
+      </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>1364</v>
+        <v>1212</v>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1366</v>
+        <v>630</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="J210" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>16</v>
+      </c>
+      <c r="D211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1372</v>
-[...5 lines deleted...]
-        <v>403</v>
+        <v>1378</v>
+      </c>
+      <c r="I211" s="5"/>
+      <c r="J211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1375</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>1119</v>
+        <v>1382</v>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1379</v>
-[...1 lines deleted...]
-      <c r="I212" s="5"/>
+        <v>1384</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1385</v>
+      </c>
       <c r="J212" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>693</v>
+        <v>186</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>1385</v>
+        <v>1267</v>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1388</v>
+        <v>403</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E214" s="5" t="s">
         <v>1119</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      </c>
+        <v>1397</v>
+      </c>
+      <c r="I214" s="5"/>
       <c r="J214" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>693</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1403</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H215" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H215" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="J215" s="5" t="s">
+        <v>1406</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1401</v>
-[...1 lines deleted...]
-      <c r="M215" s="5"/>
+        <v>1408</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>1409</v>
+      </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1273</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>1119</v>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>403</v>
+        <v>21</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>1070</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H217" s="5" t="s">
-[...6 lines deleted...]
-        <v>403</v>
+      <c r="H217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I217" s="5"/>
+      <c r="J217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1414</v>
-[...3 lines deleted...]
-      </c>
+        <v>1419</v>
+      </c>
+      <c r="M217" s="5"/>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>1070</v>
+        <v>16</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>408</v>
-[...10 lines deleted...]
-        </is>
+        <v>1282</v>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G218" s="5" t="s">
+        <v>1421</v>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="J218" s="5" t="s">
         <v>403</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>16</v>
+        <v>1070</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>186</v>
+        <v>408</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1423</v>
-[...7 lines deleted...]
-        <v>1424</v>
+        <v>1428</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>21</v>
+        <v>403</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>16</v>
+        <v>1070</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>186</v>
+        <v>408</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1431</v>
-[...7 lines deleted...]
-        <v>1432</v>
+        <v>18</v>
+      </c>
+      <c r="F220" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>21</v>
+        <v>403</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1070</v>
+        <v>16</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>408</v>
+        <v>186</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>1439</v>
-[...2 lines deleted...]
-        <v>1440</v>
+        <v>1441</v>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G221" s="5" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>403</v>
+        <v>21</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>1448</v>
+        <v>16</v>
       </c>
       <c r="D222" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E222" s="5" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="s">
         <v>1450</v>
       </c>
       <c r="H222" s="5" t="s">
         <v>1451</v>
       </c>
       <c r="I222" s="5" t="s">
         <v>1452</v>
       </c>
       <c r="J222" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K222" s="5" t="s">
         <v>1453</v>
       </c>
-      <c r="K222" s="5" t="s">
+      <c r="L222" s="6" t="s">
         <v>1454</v>
       </c>
-      <c r="L222" s="6" t="s">
+      <c r="M222" s="5" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E223" s="5" t="s">
         <v>1457</v>
       </c>
-      <c r="B223" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D223" s="5" t="s">
+      <c r="F223" s="5" t="s">
         <v>1458</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G223" s="5" t="s">
         <v>1459</v>
       </c>
       <c r="H223" s="5" t="s">
         <v>1460</v>
       </c>
-      <c r="I223" s="5"/>
+      <c r="I223" s="5" t="s">
+        <v>1461</v>
+      </c>
       <c r="J223" s="5" t="s">
-        <v>1461</v>
+        <v>403</v>
       </c>
       <c r="K223" s="5" t="s">
         <v>1462</v>
       </c>
       <c r="L223" s="6" t="s">
         <v>1463</v>
       </c>
       <c r="M223" s="5" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
         <v>1465</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1466</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G224" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G224" s="5" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H224" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="K224" s="5" t="s">
+        <v>1472</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1466</v>
-[...1 lines deleted...]
-      <c r="M224" s="5"/>
+        <v>1473</v>
+      </c>
+      <c r="M224" s="5" t="s">
+        <v>1474</v>
+      </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>16</v>
+        <v>1466</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1336</v>
+        <v>1222</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      </c>
+        <v>1477</v>
+      </c>
+      <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
-        <v>403</v>
+        <v>1478</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D226" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G226" s="5" t="s">
-[...12 lines deleted...]
-        <v>1478</v>
+      <c r="G226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I226" s="5"/>
+      <c r="J226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1479</v>
-[...3 lines deleted...]
-      </c>
+        <v>1483</v>
+      </c>
+      <c r="M226" s="5"/>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>186</v>
+        <v>1354</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>1482</v>
+        <v>17</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>21</v>
+        <v>403</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1448</v>
+        <v>16</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1458</v>
+        <v>186</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="s">
-        <v>1459</v>
+        <v>1492</v>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1490</v>
-[...1 lines deleted...]
-      <c r="I228" s="5"/>
+        <v>1493</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1494</v>
+      </c>
       <c r="J228" s="5" t="s">
-        <v>1461</v>
+        <v>21</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>1495</v>
+        <v>16</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>1496</v>
-[...2 lines deleted...]
-        <v>1141</v>
+        <v>1499</v>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G229" s="5" t="s">
-        <v>1141</v>
+        <v>1500</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="J229" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>1448</v>
+        <v>1466</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>1458</v>
+        <v>1222</v>
       </c>
       <c r="E230" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="s">
-        <v>1503</v>
+        <v>1476</v>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1504</v>
-[...3 lines deleted...]
-      </c>
+        <v>1507</v>
+      </c>
+      <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
-        <v>1461</v>
+        <v>1478</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1448</v>
+        <v>1512</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1458</v>
+        <v>16</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1513</v>
+      </c>
+      <c r="F231" s="5" t="s">
+        <v>1141</v>
       </c>
       <c r="G231" s="5" t="s">
-        <v>1510</v>
+        <v>1141</v>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1461</v>
+        <v>21</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>186</v>
+        <v>1466</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1222</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>21</v>
+        <v>1478</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>186</v>
+        <v>1466</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1222</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G233" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G233" s="5" t="s">
+        <v>1527</v>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>21</v>
+        <v>1478</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D234" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G234" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G234" s="5" t="s">
+        <v>1534</v>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="J234" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D235" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D235" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H235" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H235" s="5" t="s">
+        <v>1541</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="J235" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1537</v>
-[...1 lines deleted...]
-      <c r="M235" s="5"/>
+        <v>1544</v>
+      </c>
+      <c r="M235" s="5" t="s">
+        <v>1545</v>
+      </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D236" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D236" s="5" t="s">
-[...9 lines deleted...]
-        <v>1540</v>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>403</v>
+        <v>21</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D237" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G237" s="5" t="s">
-[...9 lines deleted...]
-        <v>403</v>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I237" s="5"/>
+      <c r="J237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1551</v>
-[...3 lines deleted...]
-      </c>
+        <v>1554</v>
+      </c>
+      <c r="M237" s="5"/>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D238" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D238" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F238" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="G238" s="5" t="s">
+        <v>1557</v>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1554</v>
-[...10 lines deleted...]
-        </is>
+        <v>1558</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J238" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="K238" s="5" t="s">
+        <v>1560</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1555</v>
-[...1 lines deleted...]
-      <c r="M238" s="5"/>
+        <v>1561</v>
+      </c>
+      <c r="M238" s="5" t="s">
+        <v>1562</v>
+      </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D239" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G239" s="5" t="s">
+        <v>1564</v>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1557</v>
-[...10 lines deleted...]
-        </is>
+        <v>1565</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J239" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="K239" s="5" t="s">
+        <v>1567</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1558</v>
-[...1 lines deleted...]
-      <c r="M239" s="5"/>
+        <v>1568</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>1569</v>
+      </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1559</v>
+        <v>1571</v>
       </c>
       <c r="I240" s="5"/>
       <c r="J240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1560</v>
+        <v>1572</v>
       </c>
       <c r="M240" s="5"/>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1561</v>
+        <v>1573</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D241" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F241" s="5" t="s">
-[...3 lines deleted...]
-        <v>1563</v>
+      <c r="F241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1564</v>
-[...8 lines deleted...]
-        <v>1566</v>
+        <v>1574</v>
+      </c>
+      <c r="I241" s="5"/>
+      <c r="J241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1567</v>
-[...3 lines deleted...]
-      </c>
+        <v>1575</v>
+      </c>
+      <c r="M241" s="5"/>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
       <c r="M242" s="5"/>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D243" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D243" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F243" s="5" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G243" s="5" t="s">
+        <v>1580</v>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1573</v>
-[...10 lines deleted...]
-        </is>
+        <v>1581</v>
+      </c>
+      <c r="I243" s="5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J243" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K243" s="5" t="s">
+        <v>1583</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1574</v>
-[...1 lines deleted...]
-      <c r="M243" s="5"/>
+        <v>1584</v>
+      </c>
+      <c r="M243" s="5" t="s">
+        <v>1585</v>
+      </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1575</v>
+        <v>1586</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1576</v>
+        <v>1587</v>
       </c>
       <c r="I244" s="5"/>
       <c r="J244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1577</v>
+        <v>1588</v>
       </c>
       <c r="M244" s="5"/>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1578</v>
+        <v>1589</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
       <c r="I245" s="5"/>
       <c r="J245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
       <c r="M245" s="5"/>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
       <c r="I246" s="5"/>
       <c r="J246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="M246" s="5"/>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1585</v>
+        <v>1596</v>
       </c>
       <c r="I247" s="5"/>
       <c r="J247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1586</v>
+        <v>1597</v>
       </c>
       <c r="M247" s="5"/>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1587</v>
+        <v>1598</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>693</v>
-[...11 lines deleted...]
-        <v>1589</v>
+        <v>16</v>
+      </c>
+      <c r="D248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1590</v>
-[...8 lines deleted...]
-        <v>1593</v>
+        <v>1599</v>
+      </c>
+      <c r="I248" s="5"/>
+      <c r="J248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1594</v>
-[...3 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="M248" s="5"/>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D249" s="5" t="s">
-[...3 lines deleted...]
-        <v>465</v>
+      <c r="D249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G249" s="5" t="s">
-        <v>1597</v>
+      <c r="G249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1598</v>
-[...8 lines deleted...]
-        <v>1600</v>
+        <v>1602</v>
+      </c>
+      <c r="I249" s="5"/>
+      <c r="J249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1601</v>
-[...3 lines deleted...]
-      </c>
+        <v>1603</v>
+      </c>
+      <c r="M249" s="5"/>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>1604</v>
+        <v>693</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="E250" s="5" t="s">
         <v>1605</v>
       </c>
       <c r="F250" s="5" t="s">
-        <v>17</v>
+        <v>1403</v>
       </c>
       <c r="G250" s="5" t="s">
         <v>1606</v>
       </c>
       <c r="H250" s="5" t="s">
         <v>1607</v>
       </c>
       <c r="I250" s="5" t="s">
         <v>1608</v>
       </c>
       <c r="J250" s="5" t="s">
         <v>1609</v>
       </c>
       <c r="K250" s="5" t="s">
         <v>1610</v>
       </c>
       <c r="L250" s="6" t="s">
         <v>1611</v>
       </c>
       <c r="M250" s="5" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
         <v>1613</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D251" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D251" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>465</v>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G251" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G251" s="5" t="s">
+        <v>1614</v>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1614</v>
-[...5 lines deleted...]
-        </is>
+        <v>1615</v>
+      </c>
+      <c r="I251" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="J251" s="5" t="s">
+        <v>403</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1616</v>
-[...1 lines deleted...]
-      <c r="M251" s="5"/>
+        <v>1618</v>
+      </c>
+      <c r="M251" s="5" t="s">
+        <v>1619</v>
+      </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>408</v>
+        <v>16</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>18</v>
+        <v>1622</v>
       </c>
       <c r="F252" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G252" s="5" t="s">
+        <v>1623</v>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1619</v>
-[...1 lines deleted...]
-      <c r="I252" s="5"/>
+        <v>1624</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>1625</v>
+      </c>
       <c r="J252" s="5" t="s">
-        <v>403</v>
+        <v>1626</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>509</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>1631</v>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1624</v>
-[...5 lines deleted...]
-        </is>
+        <v>1632</v>
+      </c>
+      <c r="I253" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="J253" s="5" t="s">
+        <v>1634</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1625</v>
+        <v>1635</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1626</v>
-[...1 lines deleted...]
-      <c r="M253" s="5"/>
+        <v>1636</v>
+      </c>
+      <c r="M253" s="5" t="s">
+        <v>1637</v>
+      </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D254" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1629</v>
-[...5 lines deleted...]
-        <v>1631</v>
+        <v>1639</v>
+      </c>
+      <c r="I254" s="5"/>
+      <c r="J254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1641</v>
+      </c>
+      <c r="M254" s="5"/>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>630</v>
+        <v>1643</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>1273</v>
-[...9 lines deleted...]
-        </is>
+        <v>408</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1636</v>
-[...3 lines deleted...]
-      </c>
+        <v>1644</v>
+      </c>
+      <c r="I255" s="5"/>
       <c r="J255" s="5" t="s">
-        <v>1631</v>
+        <v>403</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>14</v>
+        <v>692</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>1642</v>
-[...1 lines deleted...]
-      <c r="D256" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E256" s="5" t="s">
-        <v>18</v>
+      <c r="D256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G256" s="5" t="s">
-        <v>1643</v>
+      <c r="G256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="I256" s="5"/>
-      <c r="J256" s="5" t="s">
-        <v>403</v>
+      <c r="J256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1646</v>
-[...3 lines deleted...]
-      </c>
+        <v>1651</v>
+      </c>
+      <c r="M256" s="5"/>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1649</v>
+        <v>16</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>16</v>
+        <v>1653</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G257" s="5" t="s">
-        <v>1650</v>
+      <c r="G257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>403</v>
+        <v>1656</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H258" s="5" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J258" s="5" t="s">
         <v>1656</v>
       </c>
-      <c r="B258" s="5" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="K258" s="5" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>630</v>
+        <v>509</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>1273</v>
+        <v>1222</v>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1631</v>
+        <v>1669</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>693</v>
+        <v>1674</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>1671</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G260" s="5" t="s">
+        <v>1675</v>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1673</v>
-[...3 lines deleted...]
-      </c>
+        <v>1676</v>
+      </c>
+      <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
-        <v>1675</v>
+        <v>403</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>693</v>
+        <v>509</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-        <v>1671</v>
+        <v>1222</v>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1680</v>
-[...1 lines deleted...]
-      <c r="I261" s="5"/>
+        <v>1681</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>1682</v>
+      </c>
       <c r="J261" s="5" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D262" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D262" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E262" s="5" t="s">
-        <v>1686</v>
+        <v>18</v>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G262" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G262" s="5" t="s">
+        <v>1689</v>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>1689</v>
+        <v>403</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>630</v>
+        <v>1696</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>1694</v>
-[...4 lines deleted...]
-        </is>
+        <v>1282</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1697</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>1689</v>
+        <v>1656</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>1701</v>
+        <v>1282</v>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>1631</v>
+        <v>1656</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>265</v>
+        <v>693</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>982</v>
+        <v>201</v>
       </c>
       <c r="E265" s="5" t="s">
-        <v>1244</v>
-[...4 lines deleted...]
-        </is>
+        <v>1710</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>1711</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1708</v>
-[...1 lines deleted...]
-      <c r="I265" s="5"/>
+        <v>1712</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1713</v>
+      </c>
       <c r="J265" s="5" t="s">
-        <v>918</v>
+        <v>1714</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>1193</v>
+        <v>693</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>1238</v>
-[...4 lines deleted...]
-        </is>
+        <v>1222</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1710</v>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1713</v>
-[...3 lines deleted...]
-      </c>
+        <v>1719</v>
+      </c>
+      <c r="I266" s="5"/>
       <c r="J266" s="5" t="s">
-        <v>1631</v>
+        <v>1720</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>1238</v>
+        <v>16</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>1273</v>
-[...4 lines deleted...]
-        </is>
+        <v>630</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1725</v>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1631</v>
+        <v>1728</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>265</v>
+        <v>630</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>1733</v>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G268" s="5" t="s">
-        <v>1725</v>
+      <c r="G268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>918</v>
+        <v>1728</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>1732</v>
+        <v>630</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>1273</v>
-[...2 lines deleted...]
-        <v>1733</v>
+        <v>1740</v>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1734</v>
-[...1 lines deleted...]
-      <c r="I269" s="5"/>
+        <v>1741</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>1742</v>
+      </c>
       <c r="J269" s="5" t="s">
-        <v>1735</v>
+        <v>1656</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1738</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1739</v>
+        <v>1746</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>201</v>
+        <v>265</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>693</v>
+        <v>982</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1741</v>
+        <v>1253</v>
+      </c>
+      <c r="F270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1742</v>
-[...3 lines deleted...]
-      </c>
+        <v>1747</v>
+      </c>
+      <c r="I270" s="5"/>
       <c r="J270" s="5" t="s">
-        <v>1744</v>
+        <v>918</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>1749</v>
+        <v>1193</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>1247</v>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1752</v>
+        <v>1656</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>265</v>
+        <v>1247</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>1282</v>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="I272" s="5"/>
+        <v>1758</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>1759</v>
+      </c>
       <c r="J272" s="5" t="s">
-        <v>1758</v>
+        <v>1656</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>1732</v>
+        <v>265</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1763</v>
-[...4 lines deleted...]
-        </is>
+        <v>914</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>1253</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G273" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G273" s="5" t="s">
+        <v>1764</v>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1766</v>
+        <v>918</v>
       </c>
       <c r="K273" s="5" t="s">
         <v>1767</v>
       </c>
       <c r="L273" s="6" t="s">
         <v>1768</v>
       </c>
       <c r="M273" s="5" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
         <v>1770</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>201</v>
+        <v>1771</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1771</v>
+        <v>1772</v>
+      </c>
+      <c r="F274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1772</v>
-[...1 lines deleted...]
-      <c r="I274" s="5" t="s">
         <v>1773</v>
       </c>
+      <c r="I274" s="5"/>
       <c r="J274" s="5" t="s">
         <v>1774</v>
       </c>
       <c r="K274" s="5" t="s">
         <v>1775</v>
       </c>
       <c r="L274" s="6" t="s">
         <v>1776</v>
       </c>
       <c r="M274" s="5" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
         <v>1778</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>630</v>
+        <v>201</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1238</v>
-[...9 lines deleted...]
-        </is>
+        <v>693</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F275" s="5" t="s">
+        <v>1780</v>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1631</v>
+        <v>1783</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>630</v>
+        <v>1788</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1273</v>
+        <v>1788</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>17</v>
+        <v>1253</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1631</v>
+        <v>1791</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>201</v>
+        <v>265</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>693</v>
+        <v>1788</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1771</v>
+        <v>1253</v>
+      </c>
+      <c r="F277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1791</v>
-[...3 lines deleted...]
-      </c>
+        <v>1796</v>
+      </c>
+      <c r="I277" s="5"/>
       <c r="J277" s="5" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>630</v>
+        <v>1771</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>1798</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1802</v>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1799</v>
+        <v>1803</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1631</v>
+        <v>1805</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>1805</v>
+        <v>201</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1806</v>
+        <v>693</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1779</v>
+      </c>
+      <c r="F279" s="5" t="s">
+        <v>1810</v>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1814</v>
-[...2 lines deleted...]
-        <v>1815</v>
+        <v>1247</v>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1631</v>
+        <v>1656</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1822</v>
+        <v>1282</v>
       </c>
       <c r="E281" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>1689</v>
+        <v>1656</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>630</v>
+        <v>201</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1273</v>
+        <v>693</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1779</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>1810</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1631</v>
+        <v>1832</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>1835</v>
+        <v>630</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>408</v>
+        <v>1837</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>1836</v>
+        <v>17</v>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H283" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H283" s="5" t="s">
+        <v>1838</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1838</v>
+        <v>1656</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>201</v>
+        <v>1844</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>693</v>
+        <v>1845</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1771</v>
+        <v>17</v>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>1850</v>
+        <v>630</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>1273</v>
+        <v>1853</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>17</v>
+        <v>1854</v>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>1631</v>
+        <v>1656</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1855</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>225</v>
+        <v>630</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>1273</v>
+        <v>1861</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>1857</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>17</v>
+      </c>
+      <c r="F286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>1860</v>
+        <v>1728</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>16</v>
+        <v>630</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1865</v>
+        <v>1282</v>
       </c>
       <c r="E287" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F287" s="5" t="s">
-        <v>1866</v>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="I287" s="5" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="J287" s="5" t="s">
-        <v>1631</v>
+        <v>1656</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>982</v>
+        <v>1874</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>1873</v>
+        <v>408</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>1874</v>
-[...1 lines deleted...]
-      <c r="F288" s="5" t="s">
         <v>1875</v>
       </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="s">
-        <v>16</v>
+      <c r="H288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I288" s="5" t="s">
         <v>1876</v>
       </c>
       <c r="J288" s="5" t="s">
         <v>1877</v>
       </c>
       <c r="K288" s="5" t="s">
         <v>1878</v>
       </c>
       <c r="L288" s="6" t="s">
         <v>1879</v>
       </c>
       <c r="M288" s="5" t="s">
         <v>1880</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
         <v>1881</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>1273</v>
+        <v>693</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1779</v>
+      </c>
+      <c r="F289" s="5" t="s">
+        <v>1810</v>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
         <v>1882</v>
       </c>
       <c r="I289" s="5" t="s">
         <v>1883</v>
       </c>
       <c r="J289" s="5" t="s">
-        <v>1689</v>
+        <v>1884</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>201</v>
+        <v>1889</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1771</v>
+        <v>17</v>
+      </c>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>1890</v>
+        <v>1656</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1865</v>
+        <v>1282</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>17</v>
+        <v>1896</v>
       </c>
       <c r="F291" s="5" t="s">
-        <v>1895</v>
+        <v>667</v>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>1631</v>
+        <v>1899</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1701</v>
+        <v>1904</v>
       </c>
       <c r="E292" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F292" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F292" s="5" t="s">
+        <v>1905</v>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1689</v>
+        <v>1656</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="G293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H293" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D293" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I293" s="5" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>1689</v>
+        <v>1916</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>1865</v>
+        <v>1282</v>
       </c>
       <c r="E294" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F294" s="5" t="s">
-        <v>1895</v>
+      <c r="F294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>1631</v>
+        <v>1728</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D295" s="5" t="s">
         <v>693</v>
       </c>
       <c r="E295" s="5" t="s">
-        <v>1740</v>
+        <v>1779</v>
       </c>
       <c r="F295" s="5" t="s">
-        <v>1920</v>
+        <v>1810</v>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="I295" s="5" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="J295" s="5" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1924</v>
+        <v>1930</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>1258</v>
+        <v>1904</v>
       </c>
       <c r="E296" s="5" t="s">
-        <v>1928</v>
+        <v>17</v>
       </c>
       <c r="F296" s="5" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>1276</v>
+        <v>1656</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-        </is>
+        <v>1740</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>1938</v>
+        <v>1728</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H298" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="K298" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="L298" s="6" t="s">
+        <v>1950</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="5" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="G299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H299" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I299" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="J299" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K299" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="L299" s="6" t="s">
+        <v>1956</v>
+      </c>
+      <c r="M299" s="5" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="5" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F300" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="G300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H300" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J300" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K300" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L300" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M300" s="5" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H301" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J301" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="K301" s="5" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L301" s="6" t="s">
+        <v>1972</v>
+      </c>
+      <c r="M301" s="5" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H302" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J302" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K302" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L302" s="6" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M302" s="5" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C303" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="D298" s="5" t="inlineStr">
-[...33 lines deleted...]
-        <v>1949</v>
+      <c r="D303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H303" s="5" t="s">
+        <v>1983</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J303" s="5" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K303" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="L303" s="6" t="s">
+        <v>1987</v>
+      </c>
+      <c r="M303" s="5" t="s">
+        <v>1988</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -25457,44 +25977,49 @@
     <hyperlink ref="M274" r:id="rId279"/>
     <hyperlink ref="M275" r:id="rId280"/>
     <hyperlink ref="M276" r:id="rId281"/>
     <hyperlink ref="M277" r:id="rId282"/>
     <hyperlink ref="M278" r:id="rId283"/>
     <hyperlink ref="M279" r:id="rId284"/>
     <hyperlink ref="M280" r:id="rId285"/>
     <hyperlink ref="M281" r:id="rId286"/>
     <hyperlink ref="M282" r:id="rId287"/>
     <hyperlink ref="M283" r:id="rId288"/>
     <hyperlink ref="M284" r:id="rId289"/>
     <hyperlink ref="M285" r:id="rId290"/>
     <hyperlink ref="M286" r:id="rId291"/>
     <hyperlink ref="M287" r:id="rId292"/>
     <hyperlink ref="M288" r:id="rId293"/>
     <hyperlink ref="M289" r:id="rId294"/>
     <hyperlink ref="M290" r:id="rId295"/>
     <hyperlink ref="M291" r:id="rId296"/>
     <hyperlink ref="M292" r:id="rId297"/>
     <hyperlink ref="M293" r:id="rId298"/>
     <hyperlink ref="M294" r:id="rId299"/>
     <hyperlink ref="M295" r:id="rId300"/>
     <hyperlink ref="M296" r:id="rId301"/>
     <hyperlink ref="M297" r:id="rId302"/>
     <hyperlink ref="M298" r:id="rId303"/>
+    <hyperlink ref="M299" r:id="rId304"/>
+    <hyperlink ref="M300" r:id="rId305"/>
+    <hyperlink ref="M301" r:id="rId306"/>
+    <hyperlink ref="M302" r:id="rId307"/>
+    <hyperlink ref="M303" r:id="rId308"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>