--- v1 (2025-11-25)
+++ v2 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3179" uniqueCount="1989" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3211" uniqueCount="2012" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4457,51 +4457,51 @@
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
 Larsen maler på et landskab, og han får rammer dagen efter.
 Manden, der graver haven, er nået til aspargesbedet.
-Larsen håber, at Puf (Andreas) har det bedre.</t>
+Larsen håber, at Andreas/Puf Larsen har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A14B</t>
   </si>
   <si>
     <t>Kjerteminde 28 Febr. 1901.
 Kæreste Alhed!
 Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-06-27</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Albert Carl Emil Mohr
 Christine Swane
 Peter Tom-Petersen</t>
   </si>
   <si>
     <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
 Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
 Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
@@ -9925,76 +9925,77 @@
 Køberne af Johannes Larsens store billede fra Romsø kendes ikke.</t>
   </si>
   <si>
     <t>Andreas/Puf og Johannes Larsen kan ikke komme på besøg hos Elena og Johan/Lysse lige nu. Andreas er ved at få opført et tomatdrivhus, og Johannes Larsen får købere af et stort billede på besøg samt også andre gæster. 
 Andreas spørger, om han må låne 400 kr. 
 Johannes Larsen nyder at være på Romsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lc4Z</t>
   </si>
   <si>
     <t>Vend!
 Vend!
 Vend!
 Kære Lysse!
 Vi kommer desværre ikke over til dig denne Søndag heller. Der er meget i Vejen, nu skal du høre: For det første: hvad der optager mig den ganske Dag, og ligger mig paa Sinde om Natten: jeg er ved at faa bygget et Tomathus. Fabrikanten som byggede Drivhusene 1918 har lavet det, og han kommer og stiller det op Fredag eller Lørdag og saa kan jeg jo ikke tage herfra om Søndagen, da jeg ikke ved hvordan han vil indrette sig. For det andet venter Far i denne Uge de Mennesker som har bestilt det store Billede fra Romsø og for det 3die og 4de venter vi G[ulæseligt ord], Tykke og muligvis Dul hertil Lørdag og muligvis Magisterens Lørdag eller Søndag, saa du kan se der er nok at gøre! Men som vi har tænkt os at gøre Turen frem og tilbage paa en Dag, kan det jo være en hvilkensomhelst Søndag ellers. maaske den næste, hvis vi er færdige med at lægge Glas i Drivhuset til den Tid. Du skrev ["Du skrev" overstreget] da du skrev sidst, havde din Vigtighed bredt sig til, foruden din Søn, ogsaa at omfatte din Bankbog. Du kan vel ikke tænke dig at laane mig 400 Kr til November altsaa fra nu - November? S. u. s. (Svar udb. snarest) Far har det aabenbart godt paa Romsø, jeg taler med ham i Telefonen næsten hver Dag. -
 Nu fik jeg Brev fra din Kone, hun skriver, at det vilde passe bedre om vi kommer næste Søndag istedet, saa vil vi blive modtaget paa Jeres "Landsted". Det lyder lovende og passer altsaa ogsaa os godt.
 Mange Hilsner
 Puf.</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
@@ -10123,50 +10124,112 @@
 faa Deres Tilladelse til at vælge 5 Motiver af
 Deres Produktion i Træsnit og trykke disse som
 Julekort ganske som i Fjor. DesudenTilladelse
 til at benytte 5 smaa Vignetter fra "DE DANSKES 
 ØER" udenpå, disse Klicheer kan jeg nemlig faa
 til Laans paa Gyldendal. - Denne Serie bliver nok
 lidt mere "eksklusiv" end Tegningerne fra Vær-
 ket, saa jeg tænker kun jeg tør lave 750 Sæt. 
 Hos Egmont H. Petersen fik jeg i Sommer
 et Par Tilbud paa Udførelse i Offset af nogle
 af Deres Billeder (i en Udførelse som Svanerne
 der i sin Tid var Bilag til Juleroserne) men det
 er meget store Oplag og store Summer der skal
 bindes i det, saa jeg maatte opgive det i Aar,
 men rigtigt salgsmæssigt arrangeret vil det væ-
 re en Opgave, som jeg gerne senere vil tage op, og som
 ogsaa i Kraft af Oplagets Størrelse vil kunne
 give Dem et pænt Kunstnerhonorar.
 Haabende snarest at høre et Par Ord fra 
 Dem 
 Deres ærb.
 Grønlund
 (Håndskreven)</t>
   </si>
   <si>
+    <t>1929-11-02</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Matilda Jungstedt
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Leo Swane
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Bes = Ellen Brønsted. 
+Lille = Matilda Jungstedt. Hun og hendes forældre boede i Stockholm.
+Putte = Elisabeth Mackie. 
+Det vides ikke, hvilken bog Leo Swane arbejdede på under opholdet i Kerteminde.
+Alhed Brønsted og hendes mand fik 14. nov. 1929 sønnen Eskild.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3813</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Louise Brønsted kommer til Kerteminde. Hun må vel hjem hurtigt. Den sidste tid af en graviditet er både hård og spændende.
+Vil Louise købe en bog til Ellen/Bes fra Ellen Sawyer?
+Ellen/Bes Brønsted hjælper Leo Swane med hans nye bog.
+Ellen Sawyer har travlt. Hun skal tjene penge om vinteren, så hun kan have fri i sommerperioden, hvor datteren og barnebarnet er hos hende. 
+Johannes Larsen har solgt billeder for 6000 kr.
+Johanne/Junge Larsen arbejder for meget.
+Elisabeth/Putte Mackie rejser vist nu. Christine/Mornine Mackie bliver nok ensom.
+Matilda/Lille Jungstedt klarer sig godt iskolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BoUn</t>
+  </si>
+  <si>
+    <t>[Skrevet med rød farveblyant øverst s. 1; på skrå:]
+Swane kom nu til Form.
+[Med blæk:]
+2 - Nov. - 29
+Kære lille Lugge!
+Tak for dit Brev, som jeg jo ogsaa havde kigget efter længe, men jeg kan godt forstaa, at du anvender al din Skriveenergi- og -Tid til Bes, og vi hører jo ogsaa fra hende, at alt staar vel til, saa gør det jo heller ikke saa meget
+Bes var lidt hernede i gaar Eft. hun fortalte mig, at du kommer herover til hendes Fødselsdag og er her et Par Dage. Det glæder vi os til!! Saa længe tør du vel ikke være hjemme fra, da nu Begivenheden i Vanløse trækker op. Det kan selvf. trække lidt ud - det synes jeg nu i Reglen det gør, - men du maa jo da være tilrede Det er ikke nogen morsom Tid - den sidste Maaneds Tid - og dog tænker man med en vis Ømhed tilbage paa den Tid, saa fuld af Spænding og Forhaabning. Eskild har jo besøgt Grethe i Stockholm. Hun havde været saa glad ved at snakke med ham og syntes han var saa sød.
+Hør Lugge, jeg skriver egentlig for at bede dig købe en Bog som jeg vil forære Bes d. 12te Den hedder "Paying guests" og er en Tandwitz, - men tænk jeg kan pludselig ikke huske, hvem den er af. Mon du ikke kan udfinde det selv. Den er efter min Mening meget
+2)
+morsom. Kan du ikke faa den, saa find en anden god.
+Bes var saa fornøjet hernede igaar og saa snaksom og meddelsom. Hun hjælper jo Swane med hans Bog og jeg tror det morer hende. Jeg ser jo ellers ikke meget til hende eller til dem deroppe, fordi jeg har saa umaadelig meget at gøre - alle Eft. Aft. ["Eft." overstreget, "Aft" indsat over linjen] er optagne og alle Eft. undtagen Onsdag fra 1/2 4 til 7 og saa Søndag. Men jeg har nogle af Formiddagene ledige og jeg haaber at kunne se dig lidt paa dem. Jeg kan invitere dig paa Morgenkaffe. Jeg er glad ved at have meget at bestille, for det er jo om Vinteren jeg skal tjene lidt, saa jeg kan have det lettere om Somren, nar Gr. og Lille er her. Og man faar saamænd c. ligesaa meget lavet af sit eget, selv om man har mange Timer, for saa økonomiserer man med den Fritid, man har og sviner den ikke bort. - Jeg faar mig øvet næsten hver Dag - hvad jeg aldrig gjorde i Sommer og faar en Del læst - paa Sengen; - og faar ogsaa lidt Tid til at studere det Tyske og Franske, som Bes hjælper mig lidt med.
+Swane har jeg slet ikke set. Jeg havde tænkt, han havde kigget herned igaar, men det 
+3)
+gjorde han ikke. Han rejser vist idag. 
+Bes sagde, at Las solgte for 6000 i gaar. Hvor er det dog dejligt. Mon det dog ikke snart hjælper lidt paa deres Finanser.
+Junge og jeg ses da lidt i Vinter. Vi har jo vore Tysk-Aftner, som hun er saa glad ved og saa optaget af. Vores lille Lærer er en lille intelligent Fyr, og vi har saadan nogle livlige, hyggelige Aftner med det Tyske. Hun har jo ellers altfor meget at gøre. Om Torsdagen 7 Timer - næsten ud i en Køre. Og hun vil have 60 Min.s Timer. Det er nu meget forkert. Hun skulde tage 5 Min. af hver Time og puste lidt. Jeg synes det er for samvittighedsfuldt af hende.
+Jeg tænker saa meget paa Mornine. Nu maa det jo lakke at Putte rejser. Det bliver nu svært for hende. Hvor er hun dog et ensomt Menneske. Men det kommer vel af, at hun er ensomt anlagt. -
+I Stockholm har de det godt. Det ser ud som om Lille alligevel ikke er saa dum i Skolen - hun er meget ivrig til at stave og henrykt ved sin Skole. Igaar var hun 7 Aar. Naa nu skal jeg ud og spise til Middag - 12 10 kommer min Lektiedreng, og saa er mit Program lagt til [teksten fortsætter i venstre margen på sidste ide; lodret:] Resten af Dagen. 1000 Hilsner lille Lugge, til jer alle og paa Gensyn. Din Elle - Husk Bogen!!</t>
+  </si>
+  <si>
     <t>1930-06-23</t>
   </si>
   <si>
     <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Rørdam</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Elise Hansen, Johan/Lysse Larsens svigermor, må have lånt sin datter og svigersøn penge til etablering af land- og skovbrug på gården Båxhult i Småland - eller på anden måde skudt penge ind i foretagendet. Elena og Johan Larsen flyttede til gården i 1929. 
 Det vides ikke, hvem direktør Clausen var. 
 En brand ødelagde i 1930 østfløjen på Brandts Klædefabrik. Denne blev dog hurtigt genopbygget. (Brandts Klædefabriks hjemmeside feb. 2025).</t>
   </si>
   <si>
     <t>Det er trist, hvis Johan/Lysse Larsens svigermors penge går tabt. Derfor har direktør Clausen bedt Brandt tage til Båxhult og se på sagerne. Vilhelm/Klaks Larsen tager efter Brandts ønske med og vurderer skovdriften. Det er ikke for deres fornøjelses skyld, at selskabet rejser til Småland. Landbrugskonsulenten må også være til stede.</t>
   </si>
   <si>
@@ -10213,51 +10276,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -10901,50 +10964,109 @@
 Bakkevej 12
 Hareskov St.
 ” tirsd. ” 23-1-07.
 læst lørd. d. 17-9-05.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby
 [I brevet:]
 Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
 hvor er det snart forfærdeligt
 og det arme Land. 
 Kæreste Dis!
 Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
 Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
 Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
 2
 Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
 3
 med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
 Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
 Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
 Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
 Nu er Tiden omme, søde Dis, vil du nøjes med dette.
 God Bedring!! Kærlig Hilsener! Din Junge</t>
   </si>
   <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
+  </si>
+  <si>
     <t>1943-06-20</t>
   </si>
   <si>
     <t>Jens Jensen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Ane Talbot
 Andreas Warberg</t>
   </si>
   <si>
     <t>Johannes Larsens gode ven, Christa Knuth, boede på Knuthenborg, hvor han ofte besøgte hende. 
 Andreas/Puf Larsens gode ven, maleren Sven Havsteen-Mikkelsen, fik på et tidspunkt den idé, at det var mere "nordisk" at stave ordet "af" som "av". Formodentlig derfor begyndte Andreas Larsen at gøre det samme.</t>
   </si>
   <si>
     <t>Andreas/Dede Warberg fylder 60 år, og Johannes Larsen er inviteret til fest. 
 Jens Jensen har været på besøg. Han medbragte skyr, som Andreas/Puf Larsen nu får sendt fra et mejeri. Da det blev serveret for Johannes Larsen, vidste han ikke, hvad det var. 
 Ane og Jeppe får svømmeundervisning. Andreas Larsen maler familiens joller.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tX0v</t>
   </si>
@@ -11923,50 +12045,113 @@
 Putta bygget
 Majenfors
 Småland
 Sverige
 [Skrevet af ukendt/Laura Warberg Petersen?]
 23-7-2000
 BWP.
 [Skrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen Danmark
 [I brevet:]
 Lindøgaard Onsd. 5-7-1950
 Kære lille Dis!
 Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
 I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
 2.
 om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
 X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
 3.
 op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
 Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
 Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
 Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
 [Skrevet på hovedet øverst på sidste side:]
 underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
 God Bedring m. Astmaen!</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
   </si>
   <si>
     <t>1918-1921</t>
   </si>
   <si>
     <t>Martofte</t>
   </si>
   <si>
     <t>Birkerød Kostskole</t>
   </si>
   <si>
     <t>Ellen Bøttern
 Victor Bøttern
 Axel Muus
 Leo Swane</t>
   </si>
   <si>
     <t>Jokum var Johannes Larsens odder. Peter var Larsen-familiens hund. 
 Et kobbermål er en kobberbeholder med ophæng/øre</t>
   </si>
   <si>
     <t>Drengene skal sende deres vasketøj.
 Bøtterns har været til hummergilde, og Peter og Jokum legede sjovt sammen.</t>
   </si>
   <si>
@@ -12168,59 +12353,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nziL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fJru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvmT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rKke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zadm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P9N0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b99q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BJPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ESN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mn1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nziL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fJru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvmT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rKke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zadm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P9N0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b99q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BJPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ESN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mn1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M303"/>
+  <dimension ref="A1:M306"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -23856,1869 +24041,2006 @@
       </c>
       <c r="I262" s="5" t="s">
         <v>1691</v>
       </c>
       <c r="J262" s="5" t="s">
         <v>403</v>
       </c>
       <c r="K262" s="5" t="s">
         <v>1692</v>
       </c>
       <c r="L262" s="6" t="s">
         <v>1693</v>
       </c>
       <c r="M262" s="5" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
         <v>1695</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H263" s="5" t="s">
         <v>1696</v>
       </c>
-      <c r="D263" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="5" t="s">
+      <c r="I263" s="5" t="s">
         <v>1697</v>
       </c>
-      <c r="F263" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H263" s="5" t="s">
+      <c r="J263" s="5" t="s">
         <v>1698</v>
       </c>
-      <c r="I263" s="5" t="s">
+      <c r="K263" s="5" t="s">
         <v>1699</v>
       </c>
-      <c r="J263" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K263" s="5" t="s">
+      <c r="L263" s="6" t="s">
         <v>1700</v>
       </c>
-      <c r="L263" s="6" t="s">
+      <c r="M263" s="5" t="s">
         <v>1701</v>
-      </c>
-[...1 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C264" s="5" t="s">
         <v>1703</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
       <c r="D264" s="5" t="s">
         <v>1282</v>
       </c>
-      <c r="E264" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E264" s="5" t="s">
+        <v>1704</v>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="J264" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>693</v>
+        <v>630</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>201</v>
-[...4 lines deleted...]
-      <c r="F265" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H265" s="5" t="s">
         <v>1711</v>
       </c>
-      <c r="G265" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H265" s="5" t="s">
+      <c r="I265" s="5" t="s">
         <v>1712</v>
       </c>
-      <c r="I265" s="5" t="s">
+      <c r="J265" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K265" s="5" t="s">
         <v>1713</v>
       </c>
-      <c r="J265" s="5" t="s">
+      <c r="L265" s="6" t="s">
         <v>1714</v>
       </c>
-      <c r="K265" s="5" t="s">
+      <c r="M265" s="5" t="s">
         <v>1715</v>
-      </c>
-[...4 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>693</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>1222</v>
+        <v>201</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1710</v>
-[...4 lines deleted...]
-        </is>
+        <v>1717</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>1718</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
         <v>1719</v>
       </c>
-      <c r="I266" s="5"/>
+      <c r="I266" s="5" t="s">
+        <v>1720</v>
+      </c>
       <c r="J266" s="5" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>16</v>
+        <v>693</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>630</v>
+        <v>1222</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>1725</v>
+        <v>1717</v>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
         <v>1726</v>
       </c>
-      <c r="I267" s="5" t="s">
+      <c r="I267" s="5"/>
+      <c r="J267" s="5" t="s">
         <v>1727</v>
       </c>
-      <c r="J267" s="5" t="s">
+      <c r="K267" s="5" t="s">
         <v>1728</v>
       </c>
-      <c r="K267" s="5" t="s">
+      <c r="L267" s="6" t="s">
         <v>1729</v>
       </c>
-      <c r="L267" s="6" t="s">
+      <c r="M267" s="5" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="E268" s="5" t="s">
         <v>1732</v>
       </c>
-      <c r="B268" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D268" s="5" t="s">
+      <c r="F268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H268" s="5" t="s">
         <v>1733</v>
       </c>
-      <c r="E268" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H268" s="5" t="s">
+      <c r="I268" s="5" t="s">
         <v>1734</v>
       </c>
-      <c r="I268" s="5" t="s">
+      <c r="J268" s="5" t="s">
         <v>1735</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="K268" s="5" t="s">
         <v>1736</v>
       </c>
       <c r="L268" s="6" t="s">
         <v>1737</v>
       </c>
       <c r="M268" s="5" t="s">
         <v>1738</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
         <v>1739</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D269" s="5" t="s">
         <v>1740</v>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
         <v>1741</v>
       </c>
       <c r="I269" s="5" t="s">
         <v>1742</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>1656</v>
+        <v>1735</v>
       </c>
       <c r="K269" s="5" t="s">
         <v>1743</v>
       </c>
       <c r="L269" s="6" t="s">
         <v>1744</v>
       </c>
       <c r="M269" s="5" t="s">
         <v>1745</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
         <v>1746</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>265</v>
+        <v>630</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>1747</v>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1747</v>
-[...1 lines deleted...]
-      <c r="I270" s="5"/>
+        <v>1748</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1749</v>
+      </c>
       <c r="J270" s="5" t="s">
-        <v>918</v>
+        <v>1656</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>1193</v>
+        <v>265</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>1247</v>
-[...4 lines deleted...]
-        </is>
+        <v>982</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1253</v>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1752</v>
-[...3 lines deleted...]
-      </c>
+        <v>1754</v>
+      </c>
+      <c r="I271" s="5"/>
       <c r="J271" s="5" t="s">
-        <v>1656</v>
+        <v>918</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D272" s="5" t="s">
         <v>1247</v>
       </c>
-      <c r="D272" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="J272" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>265</v>
+        <v>1247</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>1282</v>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G273" s="5" t="s">
-        <v>1764</v>
+      <c r="G273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H273" s="5" t="s">
         <v>1765</v>
       </c>
       <c r="I273" s="5" t="s">
         <v>1766</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>918</v>
+        <v>1656</v>
       </c>
       <c r="K273" s="5" t="s">
         <v>1767</v>
       </c>
       <c r="L273" s="6" t="s">
         <v>1768</v>
       </c>
       <c r="M273" s="5" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
         <v>1770</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G274" s="5" t="s">
         <v>1771</v>
       </c>
-      <c r="D274" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="5" t="s">
+      <c r="H274" s="5" t="s">
         <v>1772</v>
       </c>
-      <c r="F274" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H274" s="5" t="s">
+      <c r="I274" s="5" t="s">
         <v>1773</v>
       </c>
-      <c r="I274" s="5"/>
       <c r="J274" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="K274" s="5" t="s">
         <v>1774</v>
       </c>
-      <c r="K274" s="5" t="s">
+      <c r="L274" s="6" t="s">
         <v>1775</v>
       </c>
-      <c r="L274" s="6" t="s">
+      <c r="M274" s="5" t="s">
         <v>1776</v>
-      </c>
-[...1 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C275" s="5" t="s">
         <v>1778</v>
       </c>
-      <c r="B275" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D275" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E275" s="5" t="s">
         <v>1779</v>
       </c>
-      <c r="F275" s="5" t="s">
+      <c r="F275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H275" s="5" t="s">
         <v>1780</v>
       </c>
-      <c r="G275" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H275" s="5" t="s">
+      <c r="I275" s="5"/>
+      <c r="J275" s="5" t="s">
         <v>1781</v>
       </c>
-      <c r="I275" s="5" t="s">
+      <c r="K275" s="5" t="s">
         <v>1782</v>
       </c>
-      <c r="J275" s="5" t="s">
+      <c r="L275" s="6" t="s">
         <v>1783</v>
       </c>
-      <c r="K275" s="5" t="s">
+      <c r="M275" s="5" t="s">
         <v>1784</v>
-      </c>
-[...4 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F276" s="5" t="s">
         <v>1787</v>
       </c>
-      <c r="B276" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C276" s="5" t="s">
+      <c r="G276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H276" s="5" t="s">
         <v>1788</v>
       </c>
-      <c r="D276" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H276" s="5" t="s">
+      <c r="I276" s="5" t="s">
         <v>1789</v>
       </c>
-      <c r="I276" s="5" t="s">
+      <c r="J276" s="5" t="s">
         <v>1790</v>
       </c>
-      <c r="J276" s="5" t="s">
+      <c r="K276" s="5" t="s">
         <v>1791</v>
       </c>
-      <c r="K276" s="5" t="s">
+      <c r="L276" s="6" t="s">
         <v>1792</v>
       </c>
-      <c r="L276" s="6" t="s">
+      <c r="M276" s="5" t="s">
         <v>1793</v>
-      </c>
-[...1 lines deleted...]
-        <v>1794</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C277" s="5" t="s">
         <v>1795</v>
       </c>
-      <c r="B277" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D277" s="5" t="s">
-        <v>1788</v>
+        <v>1795</v>
       </c>
       <c r="E277" s="5" t="s">
         <v>1253</v>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
         <v>1796</v>
       </c>
-      <c r="I277" s="5"/>
+      <c r="I277" s="5" t="s">
+        <v>1797</v>
+      </c>
       <c r="J277" s="5" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>1771</v>
+        <v>265</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>1802</v>
-[...4 lines deleted...]
-        </is>
+        <v>1795</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1253</v>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
         <v>1803</v>
       </c>
-      <c r="I278" s="5" t="s">
+      <c r="I278" s="5"/>
+      <c r="J278" s="5" t="s">
         <v>1804</v>
       </c>
-      <c r="J278" s="5" t="s">
+      <c r="K278" s="5" t="s">
         <v>1805</v>
       </c>
-      <c r="K278" s="5" t="s">
+      <c r="L278" s="6" t="s">
         <v>1806</v>
       </c>
-      <c r="L278" s="6" t="s">
+      <c r="M278" s="5" t="s">
         <v>1807</v>
-      </c>
-[...1 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D279" s="5" t="s">
         <v>1809</v>
       </c>
-      <c r="B279" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F279" s="5" t="s">
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H279" s="5" t="s">
         <v>1810</v>
       </c>
-      <c r="G279" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H279" s="5" t="s">
+      <c r="I279" s="5" t="s">
         <v>1811</v>
       </c>
-      <c r="I279" s="5" t="s">
+      <c r="J279" s="5" t="s">
         <v>1812</v>
       </c>
-      <c r="J279" s="5" t="s">
+      <c r="K279" s="5" t="s">
         <v>1813</v>
       </c>
-      <c r="K279" s="5" t="s">
+      <c r="L279" s="6" t="s">
         <v>1814</v>
       </c>
-      <c r="L279" s="6" t="s">
+      <c r="M279" s="5" t="s">
         <v>1815</v>
-      </c>
-[...1 lines deleted...]
-        <v>1816</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F280" s="5" t="s">
         <v>1817</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
         <v>1818</v>
       </c>
       <c r="I280" s="5" t="s">
         <v>1819</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1656</v>
+        <v>1820</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>630</v>
+        <v>1222</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1282</v>
+        <v>201</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1825</v>
+      </c>
+      <c r="F281" s="5" t="s">
+        <v>1826</v>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>1656</v>
-[...2 lines deleted...]
-        <v>1826</v>
+        <v>1829</v>
+      </c>
+      <c r="K281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>201</v>
+        <v>630</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>693</v>
-[...5 lines deleted...]
-        <v>1810</v>
+        <v>1247</v>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1832</v>
+        <v>1656</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1837</v>
+        <v>1282</v>
       </c>
       <c r="E283" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="J283" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>1844</v>
+        <v>201</v>
       </c>
       <c r="D284" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="G284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H284" s="5" t="s">
         <v>1845</v>
       </c>
-      <c r="E284" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H284" s="5" t="s">
+      <c r="I284" s="5" t="s">
         <v>1846</v>
       </c>
-      <c r="I284" s="5" t="s">
+      <c r="J284" s="5" t="s">
         <v>1847</v>
       </c>
-      <c r="J284" s="5" t="s">
+      <c r="K284" s="5" t="s">
         <v>1848</v>
       </c>
-      <c r="K284" s="5" t="s">
+      <c r="L284" s="6" t="s">
         <v>1849</v>
       </c>
-      <c r="L284" s="6" t="s">
+      <c r="M284" s="5" t="s">
         <v>1850</v>
-      </c>
-[...1 lines deleted...]
-        <v>1851</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1852</v>
+        <v>1851</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D285" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H285" s="5" t="s">
         <v>1853</v>
       </c>
-      <c r="E285" s="5" t="s">
+      <c r="I285" s="5" t="s">
         <v>1854</v>
-      </c>
-[...14 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="J285" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K285" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L285" s="6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="M285" s="5" t="s">
         <v>1857</v>
-      </c>
-[...4 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D286" s="5" t="s">
         <v>1860</v>
-      </c>
-[...7 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="E286" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I286" s="5" t="s">
         <v>1862</v>
       </c>
-      <c r="I286" s="5" t="s">
+      <c r="J286" s="5" t="s">
         <v>1863</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="K286" s="5" t="s">
         <v>1864</v>
       </c>
       <c r="L286" s="6" t="s">
         <v>1865</v>
       </c>
       <c r="M286" s="5" t="s">
         <v>1866</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
         <v>1867</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1282</v>
+        <v>1868</v>
       </c>
       <c r="E287" s="5" t="s">
-        <v>17</v>
+        <v>1869</v>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="I287" s="5" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="J287" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>1874</v>
+        <v>630</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>408</v>
+        <v>1876</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>1875</v>
+        <v>17</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H288" s="5" t="s">
+        <v>1877</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>1877</v>
+        <v>1735</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>201</v>
+        <v>630</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>1779</v>
-[...2 lines deleted...]
-        <v>1810</v>
+        <v>17</v>
+      </c>
+      <c r="F289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="I289" s="5" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="J289" s="5" t="s">
-        <v>1884</v>
+        <v>1656</v>
       </c>
       <c r="K289" s="5" t="s">
         <v>1885</v>
       </c>
       <c r="L289" s="6" t="s">
         <v>1886</v>
       </c>
       <c r="M289" s="5" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
         <v>1888</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>1889</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>1282</v>
+        <v>408</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>17</v>
+        <v>1890</v>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H290" s="5" t="s">
-        <v>1890</v>
+      <c r="H290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I290" s="5" t="s">
         <v>1891</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>1656</v>
+        <v>1892</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>225</v>
+        <v>201</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1282</v>
+        <v>693</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>1896</v>
+        <v>1786</v>
       </c>
       <c r="F291" s="5" t="s">
-        <v>667</v>
+        <v>1817</v>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
         <v>1897</v>
       </c>
       <c r="I291" s="5" t="s">
         <v>1898</v>
       </c>
       <c r="J291" s="5" t="s">
         <v>1899</v>
       </c>
       <c r="K291" s="5" t="s">
         <v>1900</v>
       </c>
       <c r="L291" s="6" t="s">
         <v>1901</v>
       </c>
       <c r="M291" s="5" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
         <v>1903</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>16</v>
+        <v>1904</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1904</v>
+        <v>1282</v>
       </c>
       <c r="E292" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F292" s="5" t="s">
+      <c r="F292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H292" s="5" t="s">
         <v>1905</v>
       </c>
-      <c r="G292" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H292" s="5" t="s">
+      <c r="I292" s="5" t="s">
         <v>1906</v>
-      </c>
-[...1 lines deleted...]
-        <v>1907</v>
       </c>
       <c r="J292" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K292" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="L292" s="6" t="s">
         <v>1908</v>
       </c>
-      <c r="L292" s="6" t="s">
+      <c r="M292" s="5" t="s">
         <v>1909</v>
-      </c>
-[...1 lines deleted...]
-        <v>1910</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E293" s="5" t="s">
         <v>1911</v>
       </c>
-      <c r="B293" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D293" s="5" t="s">
+      <c r="F293" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="G293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H293" s="5" t="s">
         <v>1912</v>
       </c>
-      <c r="E293" s="5" t="s">
+      <c r="I293" s="5" t="s">
         <v>1913</v>
       </c>
-      <c r="F293" s="5" t="s">
+      <c r="J293" s="5" t="s">
         <v>1914</v>
       </c>
-      <c r="G293" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I293" s="5" t="s">
+      <c r="K293" s="5" t="s">
         <v>1915</v>
       </c>
-      <c r="J293" s="5" t="s">
+      <c r="L293" s="6" t="s">
         <v>1916</v>
       </c>
-      <c r="K293" s="5" t="s">
+      <c r="M293" s="5" t="s">
         <v>1917</v>
-      </c>
-[...4 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>1282</v>
+        <v>1919</v>
       </c>
       <c r="E294" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F294" s="5" t="s">
+        <v>1920</v>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
         <v>1921</v>
       </c>
       <c r="I294" s="5" t="s">
         <v>1922</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>1728</v>
+        <v>1656</v>
       </c>
       <c r="K294" s="5" t="s">
         <v>1923</v>
       </c>
       <c r="L294" s="6" t="s">
         <v>1924</v>
       </c>
       <c r="M294" s="5" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
         <v>1926</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>201</v>
+        <v>982</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>693</v>
+        <v>1927</v>
       </c>
       <c r="E295" s="5" t="s">
-        <v>1779</v>
+        <v>1928</v>
       </c>
       <c r="F295" s="5" t="s">
-        <v>1810</v>
+        <v>1929</v>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1927</v>
+        <v>16</v>
       </c>
       <c r="I295" s="5" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="J295" s="5" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>1904</v>
+        <v>1282</v>
       </c>
       <c r="E296" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F296" s="5" t="s">
-        <v>1934</v>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>1656</v>
+        <v>1735</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>1740</v>
+        <v>693</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1786</v>
+      </c>
+      <c r="F297" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>1728</v>
+        <v>1944</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>1282</v>
+        <v>1919</v>
       </c>
       <c r="E298" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F298" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F298" s="5" t="s">
+        <v>1949</v>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>1728</v>
+        <v>1656</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1904</v>
+        <v>1747</v>
       </c>
       <c r="E299" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F299" s="5" t="s">
-        <v>1934</v>
+      <c r="F299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>1656</v>
+        <v>1735</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>1779</v>
-[...2 lines deleted...]
-        <v>1959</v>
+        <v>17</v>
+      </c>
+      <c r="F300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="J300" s="5" t="s">
-        <v>1962</v>
+        <v>1735</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1267</v>
+        <v>1919</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>1967</v>
+        <v>17</v>
       </c>
       <c r="F301" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H301" s="5" t="s">
         <v>1968</v>
       </c>
-      <c r="G301" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H301" s="5" t="s">
+      <c r="I301" s="5" t="s">
         <v>1969</v>
       </c>
-      <c r="I301" s="5" t="s">
+      <c r="J301" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K301" s="5" t="s">
         <v>1970</v>
       </c>
-      <c r="J301" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K301" s="5" t="s">
+      <c r="L301" s="6" t="s">
         <v>1971</v>
       </c>
-      <c r="L301" s="6" t="s">
+      <c r="M301" s="5" t="s">
         <v>1972</v>
-      </c>
-[...1 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F302" s="5" t="s">
         <v>1974</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
         <v>1975</v>
       </c>
       <c r="I302" s="5" t="s">
         <v>1976</v>
       </c>
       <c r="J302" s="5" t="s">
         <v>1977</v>
       </c>
       <c r="K302" s="5" t="s">
         <v>1978</v>
       </c>
       <c r="L302" s="6" t="s">
         <v>1979</v>
       </c>
       <c r="M302" s="5" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
         <v>1981</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>225</v>
-[...4 lines deleted...]
-        </is>
+        <v>201</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>693</v>
       </c>
       <c r="E303" s="5" t="s">
         <v>1982</v>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
         <v>1983</v>
       </c>
       <c r="I303" s="5" t="s">
         <v>1984</v>
       </c>
       <c r="J303" s="5" t="s">
         <v>1985</v>
       </c>
       <c r="K303" s="5" t="s">
         <v>1986</v>
       </c>
       <c r="L303" s="6" t="s">
         <v>1987</v>
       </c>
       <c r="M303" s="5" t="s">
         <v>1988</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H304" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="I304" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="J304" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="K304" s="5" t="s">
+        <v>1994</v>
+      </c>
+      <c r="L304" s="6" t="s">
+        <v>1995</v>
+      </c>
+      <c r="M304" s="5" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H305" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="J305" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K305" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="L305" s="6" t="s">
+        <v>2002</v>
+      </c>
+      <c r="M305" s="5" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="5" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="D306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H306" s="5" t="s">
+        <v>2006</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="J306" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="K306" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L306" s="6" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M306" s="5" t="s">
+        <v>2011</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -25982,44 +26304,47 @@
     <hyperlink ref="M279" r:id="rId284"/>
     <hyperlink ref="M280" r:id="rId285"/>
     <hyperlink ref="M281" r:id="rId286"/>
     <hyperlink ref="M282" r:id="rId287"/>
     <hyperlink ref="M283" r:id="rId288"/>
     <hyperlink ref="M284" r:id="rId289"/>
     <hyperlink ref="M285" r:id="rId290"/>
     <hyperlink ref="M286" r:id="rId291"/>
     <hyperlink ref="M287" r:id="rId292"/>
     <hyperlink ref="M288" r:id="rId293"/>
     <hyperlink ref="M289" r:id="rId294"/>
     <hyperlink ref="M290" r:id="rId295"/>
     <hyperlink ref="M291" r:id="rId296"/>
     <hyperlink ref="M292" r:id="rId297"/>
     <hyperlink ref="M293" r:id="rId298"/>
     <hyperlink ref="M294" r:id="rId299"/>
     <hyperlink ref="M295" r:id="rId300"/>
     <hyperlink ref="M296" r:id="rId301"/>
     <hyperlink ref="M297" r:id="rId302"/>
     <hyperlink ref="M298" r:id="rId303"/>
     <hyperlink ref="M299" r:id="rId304"/>
     <hyperlink ref="M300" r:id="rId305"/>
     <hyperlink ref="M301" r:id="rId306"/>
     <hyperlink ref="M302" r:id="rId307"/>
     <hyperlink ref="M303" r:id="rId308"/>
+    <hyperlink ref="M304" r:id="rId309"/>
+    <hyperlink ref="M305" r:id="rId310"/>
+    <hyperlink ref="M306" r:id="rId311"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>