--- v2 (2026-01-12)
+++ v3 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3211" uniqueCount="2012" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3222" uniqueCount="2020" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -10962,50 +10962,108 @@
 (om Fars 100 års Dag)
 Fru Warberg Müller
 Bakkevej 12
 Hareskov St.
 ” tirsd. ” 23-1-07.
 læst lørd. d. 17-9-05.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby
 [I brevet:]
 Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
 hvor er det snart forfærdeligt
 og det arme Land. 
 Kæreste Dis!
 Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
 Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
 Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
 2
 Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
 3
 med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
 Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
 Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
 Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
 Nu er Tiden omme, søde Dis, vil du nøjes med dette.
 God Bedring!! Kærlig Hilsener! Din Junge</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1942-09-08</t>
   </si>
   <si>
     <t>Blegdamsvej 19 København Ø</t>
   </si>
   <si>
     <t>Lindøgaard Dræby St.</t>
   </si>
   <si>
     <t>Frk. Andersen
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Vilhelm Buhl
 - Gjerulff
 Jesper Hansen
 Eli Larsen
 Christine  Mackie
 Leo Swane
 Mikael Venge
 Erik Warberg Larsen
@@ -12353,59 +12411,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nziL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fJru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvmT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rKke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zadm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P9N0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b99q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BJPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ESN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mn1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nziL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fJru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uvmT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rKke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgTxYWLz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iWvGFacW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4tJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zadm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P9N0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b99q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oXhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BJPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ESN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99li" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzJy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mn1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTYx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzj7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oIW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIDR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fgxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M306"/>
+  <dimension ref="A1:M307"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -24854,1193 +24912,1238 @@
         <v>1820</v>
       </c>
       <c r="K280" s="5" t="s">
         <v>1821</v>
       </c>
       <c r="L280" s="6" t="s">
         <v>1822</v>
       </c>
       <c r="M280" s="5" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
         <v>1824</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>1222</v>
       </c>
       <c r="D281" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="E281" s="5" t="s">
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F281" s="5" t="s">
         <v>1825</v>
       </c>
-      <c r="F281" s="5" t="s">
+      <c r="G281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H281" s="5" t="s">
         <v>1826</v>
       </c>
-      <c r="G281" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H281" s="5" t="s">
+      <c r="I281" s="5" t="s">
         <v>1827</v>
       </c>
-      <c r="I281" s="5" t="s">
+      <c r="J281" s="5" t="s">
         <v>1828</v>
       </c>
-      <c r="J281" s="5" t="s">
+      <c r="K281" s="5" t="s">
         <v>1829</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L281" s="6" t="s">
         <v>1830</v>
       </c>
       <c r="M281" s="5" t="s">
         <v>1831</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
         <v>1832</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>630</v>
+        <v>1222</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1247</v>
-[...9 lines deleted...]
-        </is>
+        <v>201</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>1834</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1656</v>
-[...2 lines deleted...]
-        <v>1835</v>
+        <v>1837</v>
+      </c>
+      <c r="K282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1282</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1247</v>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="J283" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>201</v>
+        <v>630</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>1786</v>
-[...2 lines deleted...]
-        <v>1817</v>
+        <v>17</v>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1847</v>
+        <v>1656</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>630</v>
+        <v>201</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>1852</v>
+        <v>693</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1786</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
         <v>1853</v>
       </c>
       <c r="I285" s="5" t="s">
         <v>1854</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>1656</v>
+        <v>1855</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1859</v>
+        <v>630</v>
       </c>
       <c r="D286" s="5" t="s">
         <v>1860</v>
       </c>
       <c r="E286" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
         <v>1861</v>
       </c>
       <c r="I286" s="5" t="s">
         <v>1862</v>
       </c>
       <c r="J286" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K286" s="5" t="s">
         <v>1863</v>
       </c>
-      <c r="K286" s="5" t="s">
+      <c r="L286" s="6" t="s">
         <v>1864</v>
       </c>
-      <c r="L286" s="6" t="s">
+      <c r="M286" s="5" t="s">
         <v>1865</v>
-      </c>
-[...1 lines deleted...]
-        <v>1866</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C287" s="5" t="s">
         <v>1867</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
       <c r="D287" s="5" t="s">
         <v>1868</v>
       </c>
       <c r="E287" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H287" s="5" t="s">
         <v>1869</v>
       </c>
-      <c r="F287" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H287" s="5" t="s">
+      <c r="I287" s="5" t="s">
         <v>1870</v>
       </c>
-      <c r="I287" s="5" t="s">
+      <c r="J287" s="5" t="s">
         <v>1871</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
       <c r="K287" s="5" t="s">
         <v>1872</v>
       </c>
       <c r="L287" s="6" t="s">
         <v>1873</v>
       </c>
       <c r="M287" s="5" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
         <v>1875</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D288" s="5" t="s">
         <v>1876</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>17</v>
+        <v>1877</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>1735</v>
+        <v>1656</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>630</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>1282</v>
+        <v>1884</v>
       </c>
       <c r="E289" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="I289" s="5" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="J289" s="5" t="s">
-        <v>1656</v>
+        <v>1735</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>1889</v>
+        <v>630</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>408</v>
+        <v>1282</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>1890</v>
+        <v>17</v>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H290" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H290" s="5" t="s">
+        <v>1891</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>1892</v>
+        <v>1656</v>
       </c>
       <c r="K290" s="5" t="s">
         <v>1893</v>
       </c>
       <c r="L290" s="6" t="s">
         <v>1894</v>
       </c>
       <c r="M290" s="5" t="s">
         <v>1895</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
         <v>1896</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>201</v>
+        <v>1897</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>693</v>
+        <v>408</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>1786</v>
-[...2 lines deleted...]
-        <v>1817</v>
+        <v>1898</v>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H291" s="5" t="s">
-        <v>1897</v>
+      <c r="H291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I291" s="5" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1904</v>
+        <v>201</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1282</v>
+        <v>693</v>
       </c>
       <c r="E292" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1786</v>
+      </c>
+      <c r="F292" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
         <v>1905</v>
       </c>
       <c r="I292" s="5" t="s">
         <v>1906</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1656</v>
+        <v>1907</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>225</v>
+        <v>1912</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>1282</v>
       </c>
       <c r="E293" s="5" t="s">
-        <v>1911</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>17</v>
+      </c>
+      <c r="F293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>1914</v>
+        <v>1656</v>
       </c>
       <c r="K293" s="5" t="s">
         <v>1915</v>
       </c>
       <c r="L293" s="6" t="s">
         <v>1916</v>
       </c>
       <c r="M293" s="5" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
         <v>1918</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="D294" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E294" s="5" t="s">
         <v>1919</v>
       </c>
-      <c r="E294" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F294" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="G294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H294" s="5" t="s">
         <v>1920</v>
       </c>
-      <c r="G294" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H294" s="5" t="s">
+      <c r="I294" s="5" t="s">
         <v>1921</v>
       </c>
-      <c r="I294" s="5" t="s">
+      <c r="J294" s="5" t="s">
         <v>1922</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
       <c r="K294" s="5" t="s">
         <v>1923</v>
       </c>
       <c r="L294" s="6" t="s">
         <v>1924</v>
       </c>
       <c r="M294" s="5" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
         <v>1926</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>982</v>
+        <v>16</v>
       </c>
       <c r="D295" s="5" t="s">
         <v>1927</v>
       </c>
       <c r="E295" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F295" s="5" t="s">
         <v>1928</v>
       </c>
-      <c r="F295" s="5" t="s">
+      <c r="G295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" s="5" t="s">
         <v>1929</v>
-      </c>
-[...6 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I295" s="5" t="s">
         <v>1930</v>
       </c>
       <c r="J295" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K295" s="5" t="s">
         <v>1931</v>
       </c>
-      <c r="K295" s="5" t="s">
+      <c r="L295" s="6" t="s">
         <v>1932</v>
       </c>
-      <c r="L295" s="6" t="s">
+      <c r="M295" s="5" t="s">
         <v>1933</v>
-      </c>
-[...1 lines deleted...]
-        <v>1934</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="D296" s="5" t="s">
         <v>1935</v>
       </c>
-      <c r="B296" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C296" s="5" t="s">
+      <c r="E296" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F296" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H296" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D296" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I296" s="5" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>1735</v>
+        <v>1939</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>693</v>
+        <v>1282</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>1786</v>
-[...2 lines deleted...]
-        <v>1817</v>
+        <v>17</v>
+      </c>
+      <c r="F297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>1944</v>
+        <v>1735</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>1919</v>
+        <v>693</v>
       </c>
       <c r="E298" s="5" t="s">
-        <v>17</v>
+        <v>1786</v>
       </c>
       <c r="F298" s="5" t="s">
-        <v>1949</v>
+        <v>1817</v>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
         <v>1950</v>
       </c>
       <c r="I298" s="5" t="s">
         <v>1951</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>1656</v>
+        <v>1952</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1747</v>
+        <v>1927</v>
       </c>
       <c r="E299" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F299" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F299" s="5" t="s">
+        <v>1957</v>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>1735</v>
+        <v>1656</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>1282</v>
+        <v>1747</v>
       </c>
       <c r="E300" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="J300" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1919</v>
+        <v>1282</v>
       </c>
       <c r="E301" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F301" s="5" t="s">
-        <v>1949</v>
+      <c r="F301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="J301" s="5" t="s">
-        <v>1656</v>
+        <v>1735</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>693</v>
+        <v>1927</v>
       </c>
       <c r="E302" s="5" t="s">
-        <v>1786</v>
+        <v>17</v>
       </c>
       <c r="F302" s="5" t="s">
-        <v>1974</v>
+        <v>1957</v>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>1977</v>
+        <v>1656</v>
       </c>
       <c r="K302" s="5" t="s">
         <v>1978</v>
       </c>
       <c r="L302" s="6" t="s">
         <v>1979</v>
       </c>
       <c r="M302" s="5" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
         <v>1981</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D303" s="5" t="s">
         <v>693</v>
       </c>
       <c r="E303" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F303" s="5" t="s">
         <v>1982</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
         <v>1983</v>
       </c>
       <c r="I303" s="5" t="s">
         <v>1984</v>
       </c>
       <c r="J303" s="5" t="s">
         <v>1985</v>
       </c>
       <c r="K303" s="5" t="s">
         <v>1986</v>
       </c>
       <c r="L303" s="6" t="s">
         <v>1987</v>
       </c>
       <c r="M303" s="5" t="s">
         <v>1988</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
         <v>1989</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>1267</v>
+        <v>693</v>
       </c>
       <c r="E304" s="5" t="s">
         <v>1990</v>
       </c>
-      <c r="F304" s="5" t="s">
+      <c r="F304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H304" s="5" t="s">
         <v>1991</v>
       </c>
-      <c r="G304" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H304" s="5" t="s">
+      <c r="I304" s="5" t="s">
         <v>1992</v>
       </c>
-      <c r="I304" s="5" t="s">
+      <c r="J304" s="5" t="s">
         <v>1993</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="K304" s="5" t="s">
         <v>1994</v>
       </c>
       <c r="L304" s="6" t="s">
         <v>1995</v>
       </c>
       <c r="M304" s="5" t="s">
         <v>1996</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
         <v>1997</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>226</v>
-[...9 lines deleted...]
-        </is>
+        <v>1267</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F305" s="5" t="s">
+        <v>1999</v>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>2000</v>
+        <v>1285</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>225</v>
-[...7 lines deleted...]
-        <v>2005</v>
+        <v>186</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
         <v>2006</v>
       </c>
       <c r="I306" s="5" t="s">
         <v>2007</v>
       </c>
       <c r="J306" s="5" t="s">
         <v>2008</v>
       </c>
       <c r="K306" s="5" t="s">
         <v>2009</v>
       </c>
       <c r="L306" s="6" t="s">
         <v>2010</v>
       </c>
       <c r="M306" s="5" t="s">
         <v>2011</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="5" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="D307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H307" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I307" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J307" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K307" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="L307" s="6" t="s">
+        <v>2018</v>
+      </c>
+      <c r="M307" s="5" t="s">
+        <v>2019</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -26307,44 +26410,45 @@
     <hyperlink ref="M282" r:id="rId287"/>
     <hyperlink ref="M283" r:id="rId288"/>
     <hyperlink ref="M284" r:id="rId289"/>
     <hyperlink ref="M285" r:id="rId290"/>
     <hyperlink ref="M286" r:id="rId291"/>
     <hyperlink ref="M287" r:id="rId292"/>
     <hyperlink ref="M288" r:id="rId293"/>
     <hyperlink ref="M289" r:id="rId294"/>
     <hyperlink ref="M290" r:id="rId295"/>
     <hyperlink ref="M291" r:id="rId296"/>
     <hyperlink ref="M292" r:id="rId297"/>
     <hyperlink ref="M293" r:id="rId298"/>
     <hyperlink ref="M294" r:id="rId299"/>
     <hyperlink ref="M295" r:id="rId300"/>
     <hyperlink ref="M296" r:id="rId301"/>
     <hyperlink ref="M297" r:id="rId302"/>
     <hyperlink ref="M298" r:id="rId303"/>
     <hyperlink ref="M299" r:id="rId304"/>
     <hyperlink ref="M300" r:id="rId305"/>
     <hyperlink ref="M301" r:id="rId306"/>
     <hyperlink ref="M302" r:id="rId307"/>
     <hyperlink ref="M303" r:id="rId308"/>
     <hyperlink ref="M304" r:id="rId309"/>
     <hyperlink ref="M305" r:id="rId310"/>
     <hyperlink ref="M306" r:id="rId311"/>
+    <hyperlink ref="M307" r:id="rId312"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>