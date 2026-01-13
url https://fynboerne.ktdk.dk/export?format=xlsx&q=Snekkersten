--- v0 (2025-11-19)
+++ v1 (2026-01-13)
@@ -44,60 +44,123 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1894-04-13</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Sophus Claussen
+Frederik Gad Clement
+August  Eiebakke
+- Ekmann
+Thorvald Erichsen
+Ludvig Find
+Christine  Mackie
+- Rafael
+Alfred Rottbøll
+- Rottbøll, Fru
+Mathias Skeibrok
+- Sukkersten
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895.
+Det er svært at gennemskue, hvis forlovelse der er blevet deklareret. Christine Mackie, f. Warberg, blev forlovet ved nytårstid, men forlovelsen var allerede ophævet igen, da Alhed skrev brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2145</t>
+  </si>
+  <si>
+    <t>Alhed fik 34 breve og kort til sin fødselsdag. Hun fik morgenmad på sengen, og Dannebrog var hejst. Ludvig Brandstrup kom til frokost, og om aftenen fik de blæksprutte. Rottbøll fotograferede dem. Rottbølls gav Alhed potteplanter og et likørsæt, og dagen før fødselsdagen købte han møbler til Alheds værelse, hvis indretning hun har tegnet i brevet. Hun har altid afskårne blomster på værelset. Udenfor synger en nattergal. 
+Alhed ses med Find og Clement samt tre norske malere. Især er hun glad for Thorvald Erichsen, som er meget smuk. Hun vil prøve at få Rottbølls til at invitere ham. Rottbølls lever meget stille og isoleret. Fru Rottbøll må ikke gå alene ud for manden. Alhed gør det, men en aften blev hun forfulgt af to mænd, og hun indser, at hun ikke vil kunne rejse til Rom alene. 
+Rottbølls stilling er ulønnet, men han regner med at blive konsul i Rom, og det er en aflønnet stilling. 
+Det er dejligt, at forlovelsen er deklareret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IynE</t>
+  </si>
+  <si>
+    <t>Fredag d. 13de April 1894
+Kæreste Mor!
+Tak for alle de dejlig, lange Breve til min Fødselsdag! jeg var forfærdelig henrykt over dem allesammen, men foreløbig maa Du overbringe min Tak til dem alle hver især; det svimler for mig, naar jeg tænker paa at besvare det altsammen. Jeg fik ialt 34 Breve og Kort, c. 150 Sider Tekst (foruden Kortene), det var et helt Arbejde at studere det igennem, men jo forfærdelig morsomt. - Dagen forløb rigtig morsomt, jeg blev "hædret paa alle mulige Maader". Om Morgenen kom de begge ind med The paa Sengen til mig, Rottbøll bærende en stor Krukke med Tulipaner. Dannebrog var hejset hele Dagen til stor Forundring for Bello sguardos Indvaanere. Lud ankom til Frokost (Middag) Kl. 12 og vi bekom kogt Lax, Lammefrikasé og Fromage, Rødvin og Marsala. Om Aftenen fik vi stegte Blæksprutter d.v.s. kogte i Olje. Om Eftermiddagen gik vi en lang, dejlig Tur. - Rottbøll tog et Par Smaafotografier af os staaende herudenfor Gangdøren, jeg glæder mig til at sende dem hjem i næste Brev, men det ["t" sidst i ordet overstreget] er ikke fremkaldte endnu, saa vi ved ikke, hvordan de ere. Fru Rottbøll gav mig 3 dejlige Potteplanter til mit Værelse, en Kala i Blomst, en meget stor Forglemmigej og en - jeg husker ikke, hvad den hedder, liljeagtig med gulrød Blomst. [Tegning] Hr Rottbøll gav mig et lille Likørstel med en dejlig grøn Likør, "Cortosalikør" hedder den og laves paa et Kloster her i Nærheden. - Lud vil give mig et Silketørklæde, som vi skal ud at købe sammen. - I kan ikke tænke Eder, hvor mit Værelse er bleven henrivende nu. - Rottbøll tog ned til Byen Dagen før min ["min" indsat over linjen] Fødselsdag og købte flere nye Møbler til mig: et større Bord, en stor Rørlænestol, lille nydeligt Natbord med Marmorplade og et dejligt Toiletspejl, stort med udskaaren Ramme, smaa Skuffer og til at vippe baade op og ned og til Siden. Det staar paa den smukke Kommode. Rottbøll gik selv herinde og rodede hele Eftermiddagen, hængte Gardiner op og stillede i Orden. Det er bedst, I faar en ordenlig Beskrivelse.
+[Tegning med indsatte tal]
+1 Dør
+2 Puf
+3 Natbord
+4 Sofa
+5 Forhæng med Kjoler
+6 Kakkelovn
+7 Bord med Silketæppe Blomst og Fotografier
+8 Kommode med Toiletspejl
+9 Stol
+10 Vaskeri
+11 Vindu, meget stort.
+12 Puf med to Potteplanter bagved
+13 Bord med kønt Tæppe
+14 stor Stol
+Det er ganske yndigt efter min Mening det hyggeligste i Lejligheden, det samme mener Malerne Find og Clément, der var her forleden. - Og saa er her altid fuldt af afskaarne Blomster, som jeg faar af Folk og Børn heromkring, for Tiden 3 Vaser med gule Roser, Reseda, Levkøjer, Sirener, Kamelier, Blaaregn o.s.v. saa her er den dejligste Blomsterduft; jeg sover for aabne Vinduer om Natten. - Her er ganske henrivende oppe paa Bello sguardo, frisk Bjergluft og ingen Støv; en Nattergal synger lige her i Nærheden, o ["o" overstreget] især om Aftenen er det bedaarende og minder svært om gamle Danmark, jeg kan blive helt underlig stemt, naar jeg ligger henne i Vinduet og hører paa det. Dog er Sydens Nattergal noget kvikkere i Vendingen end den hjemme i Hestehaven. - Det er jo sjov med den Fugl, den har smuglet sig ind uden mit Vidende, jeg gad vide, om en saadan Fyr ellers ikke er toldpligtig? Ønsker I tilsendt et Tusindben? Her er udmærkede Exemplarer saa store og tykke som en lille Finger. Føj. - Nu kommer nok Moskitoerne snart, saa skal vi til at sove under Slør, hvis vi ikke vil ædes levende. - - Jeg er i den sidste Tid kommen noget sammen med Find og Clément og nogle andre Malere. Forleden Aften tog Lud mig med op at spise i et Pensionat, hvor han har spist i den sidste Tid sammen med disse unge Fyre. Det var rigtig morsomt. Foruden de to ovennævnte var der to ["to" overstreget] tre Nordmænd: Ejebakke, Erichsen og Sukkkersten alle Malere og en ung italiensk Musiker, der sagde at jeg lignede Rafaels Madonnaer!! - Efter Bordet gik vi alle hen paa Banegaarden og sagde Farvel til en tysk Maler Ekmann, der talte udmærket dansk. Derefter gik vi ind paa en lille Vinknejpe, hvor Find øvede sig i at springe op paa Bordene med samlede Ben, han er en frygtelig Bajads, vældig livlig. Vi sad der en Timestid og morede os godt. Jeg saa mig pludselig i en Ild af tre tegnende Malere, Find, Clement og Snekkersten, de er saa begejstrede for min store nye ["nye" overstreget; "hvide" indsat over linjen] hvide Filthat. - Den jeg synes bedst om af dem er Nordmanden Erichsen, han er en meget lang og ualmindelig smuk Fyr, han ser aldeles ud som en ung Mand fra Empiretiden, baade i Klædedragt og i sit eget Udseende. Vi har en Del fæles Bekendte, da han har gaaet paa Zahrtmanns Skole. Han kunde huske mig fra Konserterne der. Desværre kender Rottbølls ham ikke, men jeg pønser paa at faa ham introduceret [tre ? indsat over ordet] i Familien, [et overstreget ord] idet jeg pusser den lille Frue paa ham. Hun er ikke blind faa ["faa" overstreget] for mandlig Skønhed; jeg har præsenteret dem for hinanden og jeg tror nok, det gaar. Naar hun bare bliver lidt mere begejstret, end hun er, faar hun den uskyldige Mand til at invitere ham! - Er det ikke forfærdelig snedig? Men jeg savner virkelig noget mere Menneskeselskab, vi ser jo sjældent et Menneske, og naar jeg saa endda sympatiserede noget mere med ["med" indsat over linjen] Rottbølls, eller naar der bare var noget Liv i dem, men navnlig han er med al sin Elskværdighed en forfærdelig Tørpind. Lille Fru Pelle kan vist nok blive til, hun er ganske livlig af Naturen, men var bare bleven noget indskrumpet af at leve et komplet Eneboerliv med Manden. Hun fortæller, at før jeg kom, kunde der somme Tider være 14 Dage - tre Uger, hvor hun aldeles ikke ["ikke" indsat over linjen] kom udenfor sin lille 4 Værelses Lejlighed paa 3die Sal; Manden tør ikke lade hende gaa udenfor en Dør alene, og selv cykler han. - I Begyndelsen talte han ogsaa noget om, at jeg ikke maatte gaa ud alene, men det fik jeg heldigvis forpurret. D.v.s. om Aftenen kan man slet ikke gaa alene; jeg er en eneste Aften kommen til at gaa herop alene i Mørkningen og da blev jeg forfulgt af to Mænd, saa jeg maatte løbe det sidste Stykke herop af Bjærget i fuld Galop, saa det pløver ["pløver" overstreget] prøver jeg ikke paa tiere. - Hvad angaar at rejse til Rom saa kan jeg godt indse, at en ung Pige slet ikke skal gøre den Tur alene, Italienerne er ikke saa fredelige som Danskerne, saa jeg vilde aldeles ikke være hyggelig ved at være saadan helt alene en Maanedstid. Det kunde slet ikke lade sig gøre. I gør jer ikke nogen Forestilling [overstregede bogstaver] om, hvilke Glohoveder Italienerne ere, de æder én med Øjnene, og ikke nok med det, men de tiltaler én og gaar efter én ved højlys Dag paa Gaden. Du spørger om, hvad Konsulens Bestilling er; det er at hjælpe danske, der kommer herned til Rette med forskellige Ting, opbevare deres Penge o.sv. og ligeledes tage sig af danske Haandværksvende. Det er en ulønnet Stilling, nærmest en Ærespost; kun Konsulatet i Rom er lønnet, dette venter Rottbøll at faa om et Aarstid, men han har saa mange Rentepenge, at (han) ["(han)" overstreget] de lige kan leve af det. - Her kommer ikke mange danske paa Besøg her. Her har en Aften været en lille Antydning af en Billedhugger. Hans Navn var Berntsen, hvilket er det mest mærkelige, jeg har at meddele om ham. Digteren Sophus Clausen og Malerne Clément og Find har jeg ogsaa set og talt en Smule med. Men Rottbølls leve meget stille, saa her kommer ikke mange andre end Lud. - Nu skal lille Dis have et Par Ord ogsaa og saa maa jeg slutte for i Dag. - Nu skal jeg nok for Fremtiden begynde i Tide paa mit Brev og skrive paa det et Par Dage. - Det er jo morsomt at Forlovelsen nu er deklareret; jeg havde langt Brev fra Christine i Gaar. Saa Du mener, jeg forlængst har fortalt Onklerne det. Nej ikke et Ord, før Du skrev, at den nu skulde deklareres. Lud blev meget glad ved det.
+Nu kun 1000 Hilsner til Eder alle fra Eders
+Alhed
+I Morgen, Mandag om 14 Dage afsender jeg Brev igen. - -</t>
+  </si>
+  <si>
     <t>1902-11-25</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Jean Jensen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Snekkersten</t>
   </si>
   <si>
     <t>Louise Brønsted
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Hempel Syberg
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2664</t>
   </si>
   <si>
     <t>Signe/Jean Jensen takker for Laura Warbergs brev med beretningen om Albrecht Warbergs død og begravelse. Det bliver svært for Laura at bo på Erikshaab uden ham, men det er godt, at både greven og Paludan støtter og hjælper.
 Signe Jensen har været tre måneder på hospitalet. Hun har smerter og er svimmel og synes, at det er svært at være alene.</t>
   </si>
   <si>
@@ -157,113 +220,50 @@
 54 Coolidge Str.
 Brookline (Boston)
 Mass.
 U.S.A.
 [Skrevet på kuvertens bagside:]
 A Goldschmidt
 Kastanievej 13
 Charlottenlund
 Dette brev er altså 101 år glt.
 [I brevet:]
 Kastanievej 13
 25 Sept Søndag 1904
 Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
 Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
 Ja, det var da min Mor.
 ”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
 Pakken var nok Strømperne fra Mornine.
 Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
 Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
 Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
 Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
 I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
 Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
 [Skrevet på hovedet øverst på side 1:]
 Mange gode Hilsener fra Alfred.</t>
-  </si>
-[...61 lines deleted...]
-I Morgen, Mandag om 14 Dage afsender jeg Brev igen. - -</t>
   </si>
   <si>
     <t>1924-02-25</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Vilhelm, prins -
 Ellen Brønsted
 Peter Oluf Brønsted
 Peter Klokker
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
@@ -396,51 +396,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -480,145 +480,145 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
-        <v>17</v>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>35</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>41</v>
       </c>
     </row>