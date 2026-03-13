--- v1 (2026-01-13)
+++ v2 (2026-03-13)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="53" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>