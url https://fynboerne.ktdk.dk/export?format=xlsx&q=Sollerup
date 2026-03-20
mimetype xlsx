--- v0 (2025-10-08)
+++ v1 (2026-03-20)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="203" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -102,240 +102,153 @@
   </si>
   <si>
     <t>Christine m.fl. skal til fest med dans på Sandholt.
 Kunstneren/Fritz Syberg maler et billede på Arreskov.
 Christine har været på Gjærup skole og høre de små være til eksamen. Senere den dag gik hun og flere andre til teglværket, og på hjemturen gennem skoven var det bælgmørkt.
 Lørdag skal eleverne på Sollerup høres i botanik. Christine skriver danske stile.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/e5yq</t>
   </si>
   <si>
     <t>Søndag
 Sollerup d: 24 Oktober.
 Kjære Moder!!
 I Dag haaber jeg, at Du skal faa et mere tilfredsstillende Brev end sidst, der er dog lidt mere at skrive om. Vi skulde jo egentlig have været til Sandholt paa Søndag Aften, men da Frk. Sperling i Gaar var her, blev jeg før Timen kaldt ind til hende, og hun sagde saa, at det skulde bestemmes til Lørdag Aften i Stedet, da vi fire jo ellers ikke kunde komme med. Jeg kommer saa til med Inge, Olga og Martine at kjøre hjem med Alhed. Vi skal nok danse der ovre, det kan blive morsomt; vi glæde os frygtelig til at komme hjem, Søndag Aften skal vi jo ogsaa have os en Svingom, især Olga er henrykt der over, hun elsker at danse. Det er vel bedst, at jeg beholder min røde Kjole paa hjem, jeg synes, at jeg Søndag Aften kan faa den lyseblaa at danse med; jeg tænkte først paa at faa den her over til Lørdag, men det er den vist ikke pæn nok til, og jeg vilde ogsaa blive saa afstikkende. Hvor det er morsomt med det Billede, som Kunstneren maler til Arreskov. Du skrev, at han var tilfreds med Anlæget, men jeg havde ikke Spor af Anelse om, hvad det var for et Anlæg, før jeg saa det i Alheds Brev. Samme Dag, som jeg fik Dit Brev, fik jeg ogsaa Brev fra Alhed, hvor hun dog har moret sig! I Fredags var Frk Sophy og vi ti i Gjærup Skole at høre paa Examen; det var de smaa, vi hørte Læsning og Bibelhistorie, det var rigtig morsomt at høre paa, de var rigtig flinke, de fleste af dem. Da vi kom hjem drak vi Kaffe, og efter en Times Tids Forløb gik nogle af os ud til Teglværket for at se paa, at de fyrede; da vi gik hjem, havde vi en meget eventyrlig Tur, det var næmlig bælmørkt, da vi gik igjennem Skoven, vi kunde ikke skimte dem, der gik lige foran os, vi maatte formelig famle os frem; da vi havde gaaet lidt og rodet, hørte vi, at der kom en Vogn imod os, vi styrtede hen til hver sit Træ, og Frk Sophy, som heldigvis var med, raabte til Manden, om han ikke vilde rive en Svovlstik, hvilket han gjorde, og da vi saa havde faaet Vejen at se, kom vi godt og vel ud af Skoven. Du kan tro, at Aftensmaden smagte efter al den Spaseren. Olga og jeg havde Uge, hvad der jo al Tid sinker noget, og skjønt vi virkede paa det ivrigste, blev vi dog ikke mætte, hvorfor vi efter Bordet maatte ned til Sophie at blive fodrede af, jeg satte 5 Stykker Smørrebrød til Livs! Der var ikke noget i Vejen for, at Spilletimen kunde blive lagt om, det er dog dejligt, at vi saa ikke skal saa rasende tidligt af Sted. Tænk en Gang, paa Lørdag skal vi have Overhøring i alt, hvad vi har læst i Botanik, eller rettere i det, som vi skulde have lært, Frk Elisabeth sagde til os i Gaar, at hun nok havde mærket, vi ingen Ting kunde! der blev naturligvis stor Forfærdelse overalt, men Hr Hansen trøstede os med, at vi skulde kunne det, der stod i Bogen og en Del mere, en sær Trøst! - Til Tirsdag d: 2den have vi faaet en dansk Stil, som hedder: "Land og By", den glæder jeg mig til; den sidste hed "Hunden" den var voldsom kjedelig, den eneste, hvis Stil var god, var Frk Bonne, min var heller ikke af de værste. Frk E. sagde, at der var meget godt i den, men ogsaa meget mindre godt og en Del sørgelige Gjentagelser. Hun morede sig over, at jeg havde skrevet om Hønsehunden; den skræmmede Fuglevildtet op i et Træ, hun tænkte naturligvis strax paa Agerhøns og Vildænder! Inge havde skreven om Mopsen, at den var skabt til Glæde for gamle Jomfruer, hvilken Paastand Frk Elisabeth lod hende analysere, hvem har skabt Mopserne? mon de kun er skabt til gamle Jomfruer o.s.v.
 Nu tror jeg ikke, der er mere at skrive om, og jeg vil derfor slutte med mange Hilsner til alle fra Din
 Basse
 [Skrevet øverst på side 1, til venstre og på tværs:)
 Hvis Du ikke kommer til Sandholt, kan jeg dog saa ikke laane Dine Sko? jeg kan dog vist ikke komme med mine Dagligsko, som desuden ikke mer er pæne, de tage jo ingen Skade, Alhed kunde jo saa faa dem med. 
 [Skrevet øverst på side 1:]
 hvor det er morsomt, at jeg ogsaa faar Knipschildts at se; Martine Boisen glæder sig ogsaa til at se dem hun er en Niece af Frk H[ulæseligt] og har hørt dem meget omtalt. 
 [Skrevet øverst på side 1, til højre og på tværs:]
 Er Kunstneren paa Arreskov? han kommer da hjem paa Søndag!</t>
   </si>
   <si>
-    <t>1886-11-12</t>
-[...17 lines deleted...]
-Johanne Christine Larsen
+    <t>1892-01-10</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Meline -
+Elisabeth Bondesen
+Louise Dons
+Astrid Møller
+Ellen  Sawyer
+Astrid -, Sollerup
+Hilde -, Sollerup
+Ida Vett</t>
+  </si>
+  <si>
+    <t>Johanne Larsen var elev på Skole for Unge Piger, Sollerup, 1891-1892. Der var tale om en kombineret husholdningsskole og kortvarig uddannelse til småbørnslærer.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2001</t>
+  </si>
+  <si>
+    <t>Nu skal Johanne m.fl. igen i gang med lidelserne på Sollerup.
+Når frøknerne er på visit hos elevernes forældre, roser de alle de unge piger. Derfor de pæne ord om Johanne.
+Mange er forkølede på Sollerup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kDjI</t>
+  </si>
+  <si>
+    <t>Sollerup Søndag 10-1-92.
+Kæreste Mor!
+Ja, nu sidder vi altsaa her paa Sollerup igen og skal paabegynde vor Lidelse igen. Humøret paa mig saavelsom paa de andre er upaaklageligt; det hjælper jo også meget, at det er Søndag i dag. 
+Een Ting maa dog først og fremmest gøre Dig og Far opmærksom på: I Går, da vi sad og læste Lektier faldt Talen paa Frkn.s Visit hos flere af Elevernes Forældre efter nogen Snakken fik jeg ud af det at hvor Frkn. kommer, saa roser de de unge Damer pligtskyldigt til hver ”Foreller”. Der har vi Forklaringen paa den uhyre Ros, der blev mig til Del. Astrid Hilde og flere vare alle blevne [”blevne” indsat over linjen] roste efter en større Maalestok. --- Det gør mig ondt men sandt er det dog. ----------
+Her hersker Forkølelse i [”i” overstreget] hos de fleste Gemytter. Trisse hoster, andre pudser Næse eller nyser, og Frk. Elisabeth lagde sig i Gaar Aftes tidlig inden The [”tidlig inden The” indsat over linjen] og er endnu ikke staaet op. – Det fyger jo gevaldig i dag; Ida Wett og Louise Dons skulde komme i dag, men de kommer sandsynligvis ikke. – Meline – Kokkepigen – sagde til mig ”Ja, Frk. W. hvis De havde kommen idag saa havde De da [”vist” indsat over linjen] ikke kommen !” (!!!!) Bare Du dog nu har det lidt godt! Du maa da endelig enten selv sk [”sk” overstreget] eller lade Elle skrive straks om hvordan det gaar.
+Her er jo ikke de store Oplevelser at fortælle om. Tusinde Hilsner til dem alle.
+fra Din Johanne.
+[Skrevet på tværs på brevets bagside:]
+O[ulæseligt]ster kender intet til Rasm.s i Aarhus. -</t>
+  </si>
+  <si>
+    <t>Oktober 1891</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Leonard Holst
 Christine  Mackie
-Ellen  Sawyer
+Astrid Møller
+Hilde -, Sollerup
 Adelheyde Syberg
 Hempel Syberg
-Andreas Warberg, Albrechts far
-[...101 lines deleted...]
-Din Smaa.</t>
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem brevet er stilet til, men formodentlig er det til enten Alhed Larsen eller Ellen Sawyer.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0018</t>
+  </si>
+  <si>
+    <t>Johanne skal have veninder med hjem på efterårsferie.
+Christine har stærk hovedpine. Hempel Syberg og Laura Warberg tror ikke på, at Christine og Leonards forlovelse holder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hvf7</t>
+  </si>
+  <si>
+    <t>[De første to sider af brevet mangler:]
+3.
+Kan dit gamle Asen nu se Du faar skreven et langt Brev til mig. – 
+Paa Lørdag Efteraarsferie, til Tirsdag Morgen; Trisse Kopperne &amp;amp; maaske Hilde med hjem. 
+I Gaar Brev fra Mor, Chr. havde stærk Hovedpine den Dag; Mor skrev ”bare hun er et Skridt videre end før?” og hun [over linjen skrevet ”Chr.”] spekulerer jo paa alt muligt andet ["andet" overstreget]; Hverken Mor el. Sybergs mener at Forlovelsen holder det ængster mig saa forfærdeligt skriv din oprigtige Mening om dem til mig, jeg synes det var grueligt om vi skulde miste Leon. Men Du som kender Christine bedre kunde maaske fortælle mig at der ikke er tale om den Ting. - - Hils Brandt 1000 Gange og sig at da jeg saa nylig har skrevet til hende maa hun være een af de sidste som faar Svar paa Fødselsdagsbrevene. Mange Hilsner til Dig selv din gl. Knaldso fra Johanne.</t>
   </si>
   <si>
     <t>1888-07-31</t>
   </si>
   <si>
     <t>Elisabeth Bondesen</t>
   </si>
   <si>
     <t>Sollerup pr. Korinth</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1827</t>
   </si>
   <si>
     <t>Christine Warberg har uddannet sig et år på Skole for unge Piger. Hun er udgået fra et dannet hjem og har været en flink elev, som har arbejdet med interesse og flid for lærerindevirksomheden.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WV48</t>
   </si>
   <si>
     <t>Gjenpart.
 Frk. Christine Warberg har uddannet sig et Aar paa min ”Skole for unge Piger” og i den Tid deltaget i samtlige Undervisningsfag incl. Musik Mødende med gode Forkundskaber og udgaaet fra et dannet Hjem havde hun de bedste Forudsætninger for at blive en flink Elev, og de Forventninger, hun vakte, blev heller ikke skuffede. Hun viste til Stadighed baade Interesse for de forskjellige Fag og Flid i sin Forberedelse, og megen Troskab og Samvittighedsfuldhed i Opfyldelsen af sine Pligter. Sammen med de gode og solide Kundskaber, hun saaledes har erhvervet sig, hører stor Interesse for Lærerindevirksomheden, hvorfor jeg paa det allerbedste kan anbefale hende til en saadan Plads.
 Elisabeth Bondesen
 Institutbestyrerinde
 Sollerup pr. Korinth d. 31 Juli 1888.
 # #
 Gjenpartens Rigtighed bekræfter
 Laura Warberg</t>
-  </si>
-[...34 lines deleted...]
-I Gaar Brev fra Mor, Chr. havde stærk Hovedpine den Dag; Mor skrev ”bare hun er et Skridt videre end før?” og hun [over linjen skrevet ”Chr.”] spekulerer jo paa alt muligt andet ["andet" overstreget]; Hverken Mor el. Sybergs mener at Forlovelsen holder det ængster mig saa forfærdeligt skriv din oprigtige Mening om dem til mig, jeg synes det var grueligt om vi skulde miste Leon. Men Du som kender Christine bedre kunde maaske fortælle mig at der ikke er tale om den Ting. - - Hils Brandt 1000 Gange og sig at da jeg saa nylig har skrevet til hende maa hun være een af de sidste som faar Svar paa Fødselsdagsbrevene. Mange Hilsner til Dig selv din gl. Knaldso fra Johanne.</t>
   </si>
   <si>
     <t>Forår 1892</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Christian  Brandstrup
 Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 - Castberg
 Peter Hansen
 Benny Henriques
 Bodil Lange
 Ingrid Lange
 Jacob Lange
 Benny Paulsen
 - Schak
 Agnete Skovgaard
 Joakim  Skovgaard
 Niels Skovgaard
 Suzette Skovgaard Holten
@@ -382,524 +295,124 @@
   <si>
     <t>Hanne var kokkepige på Erikshaab i mange år. Om hun hed Sørensen før eller efter brylluppet med Hans Jørgen er uklart.
 Det vides ikke, hvem Fru B var.
 Frk. Hirschsprung, som tilsyneladende er på besøg hos Johannes forældre, må være Berta. Hun blev 14. sept. 1894 gift med Laura warbergs bror, Ludvig Brandstrup.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2045</t>
   </si>
   <si>
     <t>Det er en stor nyhed, at Hanne Kokkepige og Hans Jørgen skal giftes. Så får Hanne da sit eget hjem i en moden alder. Der må holdes stor bryllupsfest. Skal Hans Jørgen så nyde en cigar i Albrecht Warbergs stue? Laura Warberg kommer til at savne Hanne. Mon hun kan få Rasmine i stedet? Fru R har spurgt, om Hanne har været ked af at blive kaldt kokkepige og heller ville hedde Jomfru Sørensen. Men i så fald skulle hun nok stadig sove i pigekammeret.
 Johanne skal spille mandlig elsker i komedien Abekatten, og hun spørger, om hendes mor vil hente et kostume på skolen i Sollerup. Til festen efter forestillingen ville Johanne gerne have sin silkekjole, men den skal nok sprættes op og vaskes, og hvem gør det?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/69Hb</t>
   </si>
   <si>
     <t>Kære Mor!
 Tak for dit lille bitte Brev; sikken en kolosal Nyhed med Hanne og Han'sjørn; jeg maa sige, jeg havde aldrig tænkt mig, at det virkelig var bleven til noget med dem, men godt er det jo, det glæder mig da, at Hanne faar sig sit eget Hjem nu paa sine ældre Dage; skal de saa bo oppe i Hans Jørgens Fars Hus? Det kan rigtignok blive Sjov at komme derop og besøge Hanne som gift Kone. Ja, naturligvis maa vi gøre et flot Bryllup for dem; jeg kan ikke tænke mig hans Højhed H.J. sidde i Spisestuen paa Hæderspladsen og være Brudgom - I Guder sikken en storartet Tanke! Og efter Bordet at nyde en Cigar oppe i Fars Stue!! - [overstregede bogstaver] - -
 Det bliver rigtig nok sært at komme af med Hanne; jeg tror, du vil komme til at savne hende mere end du tænker dig, gid du nu kunde faa Rasmine i Stedet for; der er vist noget med at Broderen har en Plads til hende i Odense, men der er nok ikke kommen Resultat paa det endnu; hvis du kunde faa hende var det rigtignok meget værd; hun er en storartet Pige, noget af det rareste, der tænkes kan; - en Dag kom hun og sagde til mig "Det er kedeligt, Frk. Warberg, for jeg synes aldrig jeg kan faa Lejlighed til at gøre Dem nogen Tjeneste." -
 Fru B har talt noget om, at hun maaske ikke holdt af at kaldes Kokkepige, og spurgte mig, om det ikke kunde tænkes, hun blev kaldt Jomfru Sørensen: det kunde maaske ikke ["ikke" indsat over linjen] gøre noget, men spise i Folkestuen skulde hun vel og selvfølgelig ligge på Pigekamret; men maaske har Fru B. skrevet noget om det i sit brev. -
 - - - Saa vil jeg snakke lidt om Komedien; nej jeg har ikke faaet noget andet Tøj og sætter min Lid til det fra Sollerup; men jeg synes, du sagde, at du vilde køre derover selv for at hente det; brug da noget af alt det Køreværk, I nu har; de store Heste har dog vist ikke for meget at bestille, og jeg syntes det var kedeligt at gøre dem Ulejlighed med at sende det; skylder du dem ikke en Visit? Kan du ikke benytte Lejligheden til at give Frk. Hirschsprung en Kanetur samt præsentere hende derovre? Og det er den lyse dragt, som Ida Vett spillede Elsker med i "Abekatten" Jeg vil meget gærne have det så snart som mulig for ogsaa at faa det paa til nogle af Prøverne - det bliver vist en løjerlig Fremtoning: mig i Herretøj; bare det ikke bliver alt for gyseligt. - Vi har haft to Prøver nu; det er saa sjovt, en dejlig Afveksling paa Tingene; jeg kan saa godt med alle de unge Piger, vi morer os saa godt sammen. - Men ved du, hvad jeg er kommen i Tanker om. Hvad skal jeg have paa til den Festforestilling - bag efter mener jeg; så vidt jeg ved skal det nok være næsten som et Bal vi skal danse i den store Sal; vi faar jo nok at vide til den Tid ["Tid" indsat over linjen] om det bliver rigtigt Bal, men så er det jo for sent at gøre noget ved Silkekjolen; hvad råder du mig til at gjøre? Mon jeg ikke kunde faa Elle til at sprætte den op og vadske den; lunkent Sæbevand er vist det bedste, næsten koldt skal det være og saa sende den med Fragtmanden til Odense, så kan jeg faa Christines Syjomfru til at tage den; mon hun også vilde vadske den og sprætte den op, så slap Elle jo, men det giver hun sig naturligvis ikke af med. Hvad mener du?
 Halløj! nu skal vi ud at køre, ja Brevet maa med, så jeg må slutte.
 Mange Hilsner fra din Junge.</t>
   </si>
   <si>
-    <t>1892-01-10</t>
-[...39 lines deleted...]
-  <si>
     <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
   </si>
   <si>
     <t>Vestergade 58 Aarhus</t>
   </si>
   <si>
     <t>Carl Brandstrup
 Lauritz  Brandstrup
 Johanne Caspersen
 Poul Caspersen
 Henrik Havemann
 - Jensen, Frøken, Erikshaab
 Alhed Larsen
 Johanne Christine Larsen
 Mogens Lindhardt
 Otto Emil  Paludan
 Emilie -, pige i huset på Erikshaab
 Jenny Rasmussen, Aarhus
 Ellen  Sawyer
 Petrea Schmidt, g. Brandstrup
 Adelheyde Syberg
 Hempel Syberg</t>
   </si>
   <si>
     <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
 Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
 Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
 Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
 Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
 Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
   </si>
   <si>
-    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+    <t>Laura Warberg havde en dejlig fødselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
 Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
 Christines anonyme brev til præsten var en sjov idé.
 Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
 Lauras ben er dårligt. 
 Johanne/Junge har været syg og hjemme fra Sollerup.
 En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
 Petrea har fået fjernet et bryst og lider.
 Laura Warberg når kun at skrive hver 14. dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VVAE</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Christine Warberg
 Vestergade 58
 Aarhus.
 [Håndskrevet i brevet:]
 Erikshaab d. 22-1-92.
 Kjæreste Basse!
 Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
 Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
 Mange Hilsener Mor.
 Lørdag Middag!
 Min søde Basse!
 Det er ganske rigtig al Travlheden med Elle, der har ladet det skyde over sig denne Uge med Brev til Dig, og saa vilde jeg vente, til det idag var kommen, om vi saa tillige havde hørt fra Elle. Hun lovede saa sikkert, at skrive et Kort Dagen efter sin Ankomst og jeg havde lagt Mærke til, at vi fik Brevene Dagen efter 2 1/2 til Højrup, sendte imidlertid forgjæves Bud derned igaar sender nu Emilie idag med Brev til Elle om hun mulig har glemt at sætte Danmark_paa Brevet. Havemann _vilde dog vist have skreven strax, dersom hun ikke var kommen Onsdag. Torsdag kom her et fornøjet Kort fra Frederits, hun havde Syd Toget paa [ulæseligt ord], var meget vigtig o.s.v. Paludan fulgte hende til Odense, Sybergs var der ogsaa, Mimi, Paludan og Preisler var paa Banegaarden, da hun smilende og frejdig drog af, med Godter fra Mimi og en dejlig Buket fra Pr. Pojke havde hun vist narret, han var ikke ved Stationen, hun har vist ikke skreven til ham hvad Tog.
 - Det glæder mig meget, at Du har haft den Glæde at have hørt Nerulla og [ulæseligt]. Nej hvem skulde have ventet det i Aarhus. Jeg er glad ved at gaae lidt i Huset, gjør ikke mere, end hvad Benene kan taale, det er ikke meget endnu. Emilie er huslig, har gjort Stuerne rene idag helt alene, er færdig med Lamper, Gang, Barne og Sovekammer og gaaer nu om lidt ned til 2 1/2 Toget; saa har Du vel dette Brev Søndag?? [Det sidste "?" overstreget] Fr. Jensen Junge og jeg var igaar paa Gjelskov til Kaffe og Aften med Schmidts og Preislers, kjørte derom og hjem. Junge har været hjemme denne Uge, var syg i Søndags og Mandag Morgen, hos Doktoren Onsdag, der ordinerede Mælkekur et Par Dage her og siden paa Sollerup lidt Diæt samt Piller og Pulver. Jeg er af hvis det er langvarig Blegsot. Alt gik saa godt for hende. Imorgen - Søndag Formiddag rejser hun derover, men hun er træt og har Trykken og ingen Appetit. - Tante Mimi traf forleden paa en gammel Ven Lollesgaard paa Langeskov (ved [ulæseligt],) hun spurgte om her ikke var en ung Pige for hende til Maj; hun holder Pige derinden, er ene, vil have en der kan spille; Mimi talte om Dig, hvis Du mulig vilde have den Plads i Sommer. Nu har jeg ikke Tid til mere! Hvad for "Folk" kan dog have blandet sig i Sagen med A. og St.? Det maa have været nærgaaende, naar det havde kyst ham. 
 Jeg ønsker forresten ikke Alhed gift med en Præst, faae smaa Kaar og mange Børn som Balslevs - uha! I veed nok jeg har aldrig sværmet for Studenten; haaber A. skulde gjøre et anderledes Parti, hvis hun skal giftes; men den Tid den Sorg, hun er jo tilfreds med Tilværelsen og er kun 20 År. Petrea er opereret igjen i Aalborg, hele Brystet bort, lider meget, men det er godt overstaaet denne Gang. Paa Torsdag rejser Tante og Poul til Kjb. - Bedstefar er temmelig rask igjen. - Lev vel. Kjærlig Hilsen Mor.
 I F ["F" overstreget] faaer vist kun Brev hver 14 Dag jeg kan næsten ikke overkomme den tiere Korrespondance, har vist skreven 30 Breve siden jeg blev rask; nu faaer vi see. Ængstes altsaa ikke, hvis der gaaer en Uge over.</t>
   </si>
   <si>
-    <t>1892-01-28</t>
-[...363 lines deleted...]
-  <si>
     <t>1896-09-02</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>Gothersgade 129 København K</t>
   </si>
   <si>
     <t>Johanne Christine Brandstrup
 Louise Brønsted
 Leonard Holmstrøm
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Nicoline  von Sperling
 Andreas Warberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster drev et pensionat i Gothersgade 129, København.
 Munter var en hund på Erikshaab.
 Den gamle er muligvis Hempel Syberg. 
 Det vides ikke, hvem Fru Nielsen var. 
 Nikoline von Sperling og hendes mostre boede på herregården Sandholt.
 På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene. Christine underviste formodentlig i klaverspil på Sollerup.</t>
   </si>
   <si>
@@ -907,231 +420,50 @@
   </si>
   <si>
     <t>Laura Warberg har spillet kort med Hempel Syberg. Hun har været ude at gå i mørke med hunden og blev bange. Hunden, Munter, svinede hende til.
 Christine og Louise har set på to værelser i Nørregade.
 Christine har nu 29 timer om måneden på Sollerup.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0O1T</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 cand. jur.
 p.t. Gothersgade 129 – 4.
 Kjøbenhavn K. 
 [Håndskrevet på kuvertens bagside:]
 Syberg er bedre nu
 [Poststempel]
 [I brevet:]
 Erikshaab – Onsdag
 Kære Abba!
 Det er nok hver Tirsdag, jeg kan glæde mig til at faae Brev fra Dig, og jeg vil saa besvare det Dagen efter. Vi oplever egentlig ingenting, der er værd at fortælle om. Alt staar godt til. I Aftes efter The gik Paludan og jeg til Gelskov for at give gl. Der en Whist; vi fik Punch og Kager og var meget velkomne. Han er svært glad ved en saadan lille Afveksling fra det ensformige Liv Han vandt lidt over 30 Øre og Bedstemor vilde tigge dem af ham til Frimærker, det vilde han skam ikke gaae ind paa. Hun sad og passiarede med at næste Gang, vi skal derind, maae vi have en af Pigebørnene med til at underholde hende. Vor egen Bedstemor længes vist efter København, men hun hører intet fra Thora, om naar hun skal komme. I Lørdags kom Dengse med 6 Toget og vi ventede Mutters alene med sidste Tog, alle Folkene var til Høstgilde, samt de smaa, vi var svært i Vaande for at faa Muk hentet, baade Alhed og Johanne var ude af Stand til at cycle, jeg havde strøget uafbrudt fra 7 Morgen til 6½ Aften; Pal. var ogsaa til Høstgilde. Resultatet blev at jeg gik alene med Munter og saa fik vi endelig Mor i Seng der absolut vilde med. Men tænk en Hare jeg er! jeg var 2 Gange ved Leddet og tilbage igen og kunde ikke faae Mod til at gaa, Munter løb fra mig kom en Gang stormende lige op paa min Mund med en vaad, [ulæseligt] Snude – til alles Fryd Dagen efter!! Saa kom Paludan og det endte med at Christine ogsaa kom, saa vi kunde helt have sparet os al den Staahej. 
 – Chr. og Muk har Kig paa 2 store rare Værelser i Nørregade, de skal selv møblere dem, saa det bliver billigere at boe der. Muk og Dede vilde skrive til Dig, de fortalte forresten intet nyt. En af Drengene i Dedes Klasse faar extra Timer hos Fru Nielsen i Matematik [oven over linien er skrevet ”i Matematik], hun er jo hjemme nu istedet for Johanne. De snakkede meget om, da jeg var der, om Dengse skulde have det ogsaa, hvis det er ham for svært; men det vidste jeg intet om sagde at det maatte vente til Du kom hjem at tale om det. Han havde ingen daarlige Karakterer faaet endnu. – 
 Frøknerne paa Sandholt er kommen hjem, men rejser igen paa Rundrejse-Billet til København og Jylland om 14 Dage. Paa Tirsdag begynder Chr. paa Sollerup; hun har nu i alt 29 Timer om Maaneden det er henved 100 Kr., Snedkerbørnene er jo billigere, end andre. Hun var i usædvanligt godt Humør i Søndags. – Bare dog Kyllingerne var friske til Mandag??? det er saa store Betydning. Jeg har lagt Tøj sammen i Formiddags, er derfor kommen lidt sent til at skrive. – Nu kun mange Hilsener til Dig og de andre to – tre – fire [et ulæseligt ord i parentes] Din Smaa.
 Holmstrøms Sølvbryllup har jeg glemt Dagen, Elle maa vel kunne sende noget til dem for os med sit eget? eller skal jeg faae købt i Odense og sende?</t>
-  </si>
-[...179 lines deleted...]
-x) Om Forladelse</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
@@ -1166,70 +498,550 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
+  </si>
+  <si>
+    <t>1898-2-29</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Erikshåb</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Peter Hansen og Johannes Larsen har diskuteret, om de skulle stoppe med at udstille på Den frie Udstilling, fordi Gottschalk ikke blev inviteret. De har vendt sagen med Fritz Syberg, som syntes, de skulle fortsætte. 
+Duc van Tol er en type tulipaner.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed er glad for, at Johannes Larsen bliver ved med at udstille på Den frie Udstilling i år også.
+Hendes far har haft slem hoste om natten.
+Familien har pæne tulipaner i stuen, men Alhed mangler sit malergrej, så hun kan ikke lave et billede af dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CFSj</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Mor har været i Odense i dag og havde en dejlig Appelsin med hjem til mig. Mens jeg spiser den, vil jeg dog skrive et par Ord til dig; jeg er ellers gaaet op for at gaa tidlig i Seng, Kl. var 2 ½, da vi kom i Seng i Aftes og vi var tidlig oppe, da Christine skulde af Sted til Sollerup før Kl. 8. – 1000 Tak for dit kære Brev i dag, jeg havde ellers forklaret mig selv, at der jo ikke kunde være Brev fra Dig, saa Du kan tro, jeg blev glad, da Palam kom med det, jeg inviterede ham og mig selv til en Angustura. – Det glæder mig, at det i alt Fald er udsat med at stikke af fra den frie, saa kan I da have Tid til at tænke ordentlig over det og snakke om det. – Nu har jeg spist min Appelsin, den smagte dejlig, jeg skriver ikke ret meget, da jeg er noget søvnig, men jeg har heller ikke oplevet ret meget i Dag, det vigtigste var Dit Brev, men det kan jeg jo ikke fortælle Dig om. Jo, jeg kan dog fortælle Dig, at jeg bliver saa forfærdelig glad ved hvert eneste Bevis jeg faar paa, at Du holder af mig; jeg ved det jo nok, men jeg bliver aldrig træt af at glæde mig over det. Men jeg holder ogsaa saa uendelig meget af Dig, jeg har tænkt paa Dig næsten hele Dagen. Du har forhaabentlig faaet et Brev fra mig i Dag, jeg fik det med Mor ned til 10 1/2 Toget, men i Morgen faar Du ingen, jeg kunde jo ikke skrive Kl. 11 ½, naar jeg skrev Kl. 10 1/2 . – Nu vil jeg sige Dig Godnat, Du er den bedste af dem alle sammen. Næste Dag. Væmmeligt Vejr med Regn og Rusk. Far har haft en væmmelig Nat med et forfærdelig slemt Hosteanfald, som næsten vilde kvæle ham. De havde ingen Opium at stille det med, men saa fandt de paa at give ham Rabarber-Hoffmann-Opiumsdraaber. Han fortalte mig det, da jeg var der inde til Morgen, og han fandt det selv umaadelig vittig. Gamle har ikke glemt mig, han følger mig i Hælene, som om han vil passe paa, at jeg ikke rejser igen. – Vores lille Dværghøne er død og paa saadan en skammelig Maade, den blev ædt af Rotterne en Nat omme i Hønsehuset. Mor er meget ked af det, hun holdt saa meget af de to smaa Dyr. – Vi har nogle smaa nydelige Tulipaner (Duc. van Tholl) nede i Stuen, jeg er ked af, at jeg har mit Malervæsen i [ulæseligt ord], ellers vilde jeg male dem. – Nu maa jeg slutte, jeg skal ned at lave Boeuf, jeg er glad ved at komme hjem til at hjælpe Mor, hun har haft det meget svært, siden Elle rejste. – Vil Du hilse Dine Forældre og P. og Klax. Jeg ser at Agraren nok vil spille Esmakker med Klax, det vilde han ikke den Aften.
+1000 Hilsner! Din A.
+29/2 – 98</t>
+  </si>
+  <si>
+    <t>1896-10-05</t>
+  </si>
+  <si>
+    <t>Svanninge
+Langeland
+Nyborg
+Lohals
+Faaborg
+Sollerup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Giersing
+Peter Hansen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
+  </si>
+  <si>
+    <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
+Alhed har tabt en stor gryde med hyldebærsaft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
+Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
+Erikshaab 5de Okt. - 96</t>
+  </si>
+  <si>
+    <t>1898-02-08</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Sollerup, Faaborg</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine er på Sollerup om mandagen:
+Gården Sollerup ligger i Svanninge Bakker nord for Faaborg. I 1885 blev der opført en vinkelbygning til gården, og der blev her frem til 1915 drevet en kostskole/husholdningsskole for unge piger. Det er uklart, om Christine arbejdede på Sollerup hver mandag i perioden, eller om hun deltog i undervisning.
+Codille/kodille: Når en spiller i l’hombre får færre stik end en af modspillerne, får han dobbeltbet kaldet kodille. Spillet l’hombre er spansk, og ordet codillo betyder lille albue.
+Kilde: Ordbog over det Danske Sprog
+Nationalencyclopædien
+Larsens brev slutter meget brat. Det fremgår af hans næste brev til Alhed, at han tabte resten af brevet på gulvet, så det ikke kom med i kuverten 8. februar.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har kørt sin far til Odense i glat føre.
+Han har ventet længe på tegneinspektøren på Teknisk Skole. 
+Forstkandidaterne har været til middag og kortspil i købmandsgården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KG66</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Februar 1898.
+Min egen Kæreste!
+Jeg vil begynde med at fortælle Dig hvorfor jeg ikke fik skrevet til Dig i Gaar. Da jeg kom ned fik jeg nemlig at vide at Fader vilde til Odense og Agraren skulde saa køre med, og da det var glat var Moder ikke rigtig glad ved at lade Fader køre alene hjem, og da det jo desuden var et dejligt Vejr kørte jeg saa med. Jeg havde tænkt mig at gaa op og besøge Christine og saa sidde der og skrive til Dig men saa kom jeg i Tanker om at hun jo er paa Sollerup om Mandagen og da jeg endelig kom hjem om Aftenen gad jeg ikke, skønt jeg blev glædelig overrasket ved at der var Brev fra Dig. Du er snart lige saa flink til at skrive som jeg er, nu har jeg faaet Brev fra dig 4 Dage i Træk. Da jeg skrev til Dig i Søndags var jeg vist ved at begive mig ned til teknisk Skole, jeg kom lidt før Tiden og kom samtidig med Vejassistenten, som mente at det kunde være godt nok at faa ryddet lidt op, hvad jeg maatte give ham Ret i og det gjorde vi saa. Kl 3 ½ kom Sadelmager Nielsen Bestyrelsesmedlem og vi ventede saa henved en Times Tid, men der kom ingen Tegneinspektør og jeg gik saa ned paa Hotellet for at høre efter ham, da jeg kom tilbage med den Besked at han ikke var kommen, blev vi enige om at gaa hjem og lade ham sende Bud efter os hvis han kom. Jeg gik lidt rundt i Byen og ned ved Havnen, og da jeg en Times tid efter kom derned paa Skolen var han kommen. Da han havde set lidt paa Sagerne inviterede han os ned paa Hotellet paa en Kop Kaffe, jeg fik en Bayer, men maatte stikke af før de andre da vi skulde spise Kl 6. og Torsken nødig skulde blive kold. Vi fik Torsk og Rødvin og Snaps og Smørrebrød og Bayer og bagefter spillede vi saa L’Hombre. Jeg vandt mærkelig nok 30 Øre skønt jeg mod Slutningen satte 5 Beter i en Købenote og blev codille i det næste Spil, det var Synd for Notaren, jeg blev taget paa Hjærter 6 og sad med 4 uindtagelige Rudere, som jeg fik Lov at beholde da ingen af de andre havde den farve. Vi spillede til Kl. henad et og Klaks Agraren og jeg fulgte saa Forstkandidaten og Allerup op til Skoven i et dejligt Vejr. De Blomster der er foran i Brevet, har jeg</t>
+  </si>
+  <si>
+    <t>1898-03-08</t>
+  </si>
+  <si>
+    <t>Højrup
+Sollerup
+Odense
+Gelskov</t>
+  </si>
+  <si>
+    <t>Hans Peter -
+Wilhelmine Berg
+Louise Brønsted
+Jørgen -, Erikshaab
+Vilhelm Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Maria von Sperling. g. Balslev
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>"der er kommen en lille Pige ude i Pensionatet": Wilhelmine Berg ejede et pensionat i Gothersgade, København, og hun var Alhed Larsens tante.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er begyndt at rulle cigaretter.
+Tanten Wilhelmine Berg har fået en datter. 
+Det er trist, at Johannes Larsen er forkølet. Bare han alligevel kan male. Han må ikke hente Alhed i Ullerslev lørdag. Hun vil tage dagvognen.
+Christine Warberg vil fotografere stuerne på Gelskov, inden familien flytter derfra.
+Hempel Syberg vil holde Alheds lillebror Frederiks (Dedes) konfirmation i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tm3D</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er egentlig kommen op for at gaa i seng, Kl. er lige ved 11, men her er saa varmt og rart, at jeg synes, det er Synd ikke at benytte det saa nu har jeg tændt mig en Cigaret, og saa skal det som sædvanlig gaa lidt ud over Dig. – Jeg har i Dag rullet mig en hel Del Cigaretter, jeg bad vores Pige, som rejste til Odense i Lørdags om at købe mig noget Tobak, og hun har købt noget rigtig godt, som hedder ”Golden Cupid”, jeg er bleven saa forfalden til at ryge i den senere Tid, og i Dag har jeg opdaget, at jeg egentlig har et stort Talent til at rulle selv. – Jeg er kommen i Tanker om, at det jo er Tjalfes Fødselsdag i Dag, maa jeg gratulere, skønt det jo kommer noget sent. – Jeg glæder mig meget til de Artikler, jeg kunde ikke tro, det var Redningshistorien, de sloges om, da jeg ikke kunde tænke mig, hvordan de havde faaet begyndt, men der har jo altsaa en Tredjemand givet Anledning til det. – Jeg glemte vist at fortælle Dig, at der er kommen en lille Pige ude i Pensionatet i Fredags, og baade hun og min Tante har det godt. Muk skrev det i Gaar, hun skrev at den var hel og velskabt – saa hun maa vel have tænkt sig den i Stumper og Stykker. – Jeg har egentlig ikke noget videre at fortælle Dig, jeg skrev jo til Dig i Eftermiddag, men jeg syntes alligevel, jeg havde Lyst i alt Fald at begynde paa et Brev. – Det er sandt, jeg maa jo rose Dig for Din udmærkede Sildesalat, for jeg tvivler nemlig ikke paa, at den var fortrinlig og langt bedre end Klaxes (det kan Du nok godt lide, jeg skriver!) – Du laver sikkert noget bedre Mad end han, for Du er en langt større Gourman! – (Er Du glad ved den Kompliment?) Du er nu madkær x)! – Nu vil jeg for Resten ikke skrive mere i Aften, men gaa i Seng, bare jeg nu kunde være heldig til at drømme i Nat igen, og bare Du saa kunde se ligesaa smuk ud som sidste Nat. - - Næste Dag. (Jeg drømte ikke om Dig i Nat) Tak for Dit Brev i Dag, hvor det er kedeligt, at Du er bleven forkølet, bare det maa gaa rigtig hurtigt over igen, det var vel denne pludselige Vinter, der gjorde det. – I Morgen haaber, jeg faar Brev om at det er bedre. Det er ogsaa kedeligt for Dit Billedes Skyld, hvis Du gaar og bliver for sløj til at male. Du maa paa ingen mulig Maade hente mig i Ullerslev paa Lørdag, det er dog en lang og kold Aftentur, og Dagvognen er jo et udmærket Befordringsmiddel, og jeg kommer jo omtrent paa samme Tid. – Dette Brev skal med Jørgen til Højrup, han skal ned til 5 Toget efter Christine. Hun kommer fra Sollerup og vil i Morgen tidlig prøve at fotografere et Par af Stuerne omme paa Gelskov. – Jeg skal hen at skrive til Frk. Sperlings Fødselsdag, nu kommer hun snart hjem fra Italien hun skal med til Dedes Konfirmation. Onkel Syberg har skreven derned og inviteret hende. Jeg har vist fortalt Dig, at Onkel Syberg vil gøre Dedes Konfirmation ude i Odense. – Jeg har ikke Tid at skrive mere, og i Morgen er det et stort Spørgsmaal om jeg faar Tid, - nej, det faar jeg sikkert ikke vi skal stryge hele dagen. Jeg var begyndt at blive bange for, at jeg ikke kunde komme paa Lørdag alligevel, Onkel Syberg forærede os nemlig en Gris i Gaar, og den maatte jeg jo hjælpe at slagte, men det bliver heldigvis paa Torsdag; jeg skal ogsaa tappe Ribsvin en af Dagene, saa jeg har meget travlt, kan Du nok tænke! Palam har jeg inviteret til det, men det bliver jo ikke saa festligt som i Fjor. Jørgen egner sig ikke saa godt som Hans Peter til den Slags. – Nu Farvel! og jeg tænker meget paa, hvordan Du har det, der er saa meget Influeza og Bronchitis for Tiden, men Du vil jo nok være færdig, ikke sandt? saa jeg kan træffe Dig frisk og rask paa Lørdag! 1000 kærlige Hilsner til min allerbedste Ven fra Din egen Alhed.
+Erikshaab – 8nde Marts 1898 - 
+x) Om Forladelse</t>
+  </si>
+  <si>
+    <t>1894-02-28</t>
+  </si>
+  <si>
+    <t>- Jensen, Frøken, Erikshaab</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Hanne -  -, kokkepige Erikshaab
+- Rottbøll, Fru
+Maria von Sperling. g. Balslev
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien februar 1894 - maj 1895. 
+"Solleruper": I Sollerup lå Skole for unge Piger, hvor blandt andre Alhed Larsens søster, Christine, en tid var elev.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup Gods.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2218</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ønsker Frk. Jensen tillykke med fødselsdagen. Hendes mor har fortalt, hvordan den skal fejres. 
+Der var koldt de første dage i Firenze, men nu er vejret fint. Konsulen har skaffet Alhed fri adgang til museer. Mens hun skrev på brevet, kom der tre betjente ind og sagde, at der var røvere i huset. Når herren og Fruen kommer hjem, vil de nok opdage, at der mangler sølvtøj. 
+Frk. Jensen skal ikke sende tøj med skib til Alhed. Hun hører nærmere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mUfe</t>
+  </si>
+  <si>
+    <t>28de Febr
+Kære Frøken Jensen
+En rigtig hjærtelig Lykønksning til Deres Fødselsdag d. 3die. Gid De i det nye Aar maa ["maa" indsat over linjen] blive en hel Del mere rask, end De har været i det gamle! - Mor har skreven, hvordan Deres Fødselsdag skal fejres, saa jeg kan tænke paa Dem, der er nok bedt nogle Solleruper. - De kan tro, jeg har det dejligt hernede, jeg begynder rigtig at lære Florenz at kende nu; de første Dage var her rasende koldt, det blæste en stærk Østenvind, vi maatte lægge i Kakkelovnen, men frøs alligevel knagende. Nu er det imidlertid igen bleven det dejligste Vejr, næsten for varmt til Overtøj. - Konsulen har skaffet mig fri Adgang til Museer og alt her i Florenz, det er dejligt for mig. - I Søndags var vi ude en dejlig lang Tur langs Arnoen, Konsulens Lud og jeg. Bagefter spiste vi til Aften paa et Osteri. - Tænk Dem, nu for lidt siden, mens jeg sidder her og skriver, kommer der tre Betjente springende over Havemuren og beder om hurtig at blive lukkede ind, da her er Røvere i Huset. De kom i en Fart ud paa Hovedtrappen og undersøgte Huset, men Asnerne er undslupne. De har været inde nede paa 1ste Sal, hvor Herren Fruen og Pigen var gaaet ud i Morges. Naar de nu om lidt kommer hjem, finde de rimeligvis Huset tomt for Sølvtøj og deslige. - Vi har tilbragt en lang Tid ude paa Trappegangen for at følge Begivenhedernes Gang sammen med Husets øvrige Beboere af hvilke nogle har hørt Skuffer blive lukkede op og i derinde. Det har sinket mig, saa jeg maa slutte snart. Vil De takke Mor mange Gange for hendes Brev, som jeg fik i Lørdags. Jeg er aldeles overvældet over at skulle se Rom og over at skulle blive her saa længe. Jeg har skreven til Frk Sperling. - Nu skriver jeg et langt Brev til Glorup, jeg havde tænkt at lægge lidt herindendeni ["den" sidst i ordet overstreget] til Mor, men naar det ikke nu, hvis De skal have dette d. 3die. - De skulle ikke sende Tøj med Skib, jeg skriver nærmere hvordan. Hils dem allesammen paa det kærligste fra mig! - Endnu en Gang hjærtelig til Lykke kære Frk. Jensen.
+Deres hengivne
+Alhed Warberg
+Hils ogsaa Hanne og Karen, jeg haaber Karens Mor er kommen sig igen.</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Margrethe -
+Louise Amstrup
+Rasmus Balslev
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Louise Brønsted
+Syrak Hansen
+Alhed Larsen
+- Løngreen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad degnen og sadelmageren hed. 
+Kunstneren er Fritz Syberg, som i denne periode gave Warbergs børn tegneundervisning i hjemmet. 
+Warberg-familien kendte mange fra Balslev-slægten, så det er svært at vide, hvilken Balslev, Laura W skulle træffes med. 
+På Arreskov boede Albrecht Warbergs arbejdsgiver. 
+Sollerup Skole for Unge Piger var en kombineret husholdningsskole og et uddannelsessted, hvor kvinder kunne blive småbørnslærerinder. Flere af Warbergs døtre var elever ved denne skole.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0354</t>
+  </si>
+  <si>
+    <t>Det er 22 år siden, at Laura og Albrecht skrev det første brev til hinanden.
+Det glæder Laura, at Albrecht skal mødes med Conrad og Else.
+Hempel Syberg har talt med greven om en ny centrifuge.
+Laura vil tage returbillet til København og besøge sine forældre. 
+Sadelmageren har ordnet gulvtæppet, så det dækker gulvet. Det gamle kom ind i Albrechts stue.
+Børnene tegner ikke om aftenen, for de kan ikke uden hjælp. Fritz Syberg har hentet gipsornamenter til at tegne efter. 
+Thora har fået et dukkekomfur, som hun og Charlotte skal lege med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VGSK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter A C Warberg
+“Tre Hjorte”
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+[Fortrykt logo]
+[Håndskrevet:]
+Erikshaab d: 20de (Aften)
+Kjæreste Abba!
+Paa Mandag er det 22 Aar siden jeg fik det første Brev fra Dig og skrev det første Brev til Dig; gid jeg inden i dette kunde sende et rigtig eftertrykkeligt Kys! Men vær vis paa at Du har det tilgode til vi sees paa Fredag! Jeg længes i mellem Stunder saa latterlig meget efter Dig og efter at kysse Dig Kjæreste! Jeg vil da haabe at Din Lune forlængst er overstaaet; dette forresten sagt i Alvor og ikke for Kyssets Skyld. 
+Det glæder mig at Du træffer sammen derinde med Conne og Else; hun skrev saa beskedent, om jeg troede Du vilde tage Dig lidt af hende, til Conne kom fra Sverrig. Jeg har iaften skreven 4 Sider til hende i det Haab at hun faaer det inden hun rejser; hun bad mig nemlig sende sig Din Adresse. At jeg ikke træffer dem er derimod ikke saa uheldigt; jeg har jo nylig været hos dem og Du veed nok! for mange Bekjendte for nogle faa Dage i Kjøbenhavn, det elsker jeg ikke. Lille Visse var her i Eftermiddag, hun har slet intet hørt fra Vejle Mølle siden vi var der, stakkels Skind! – Sybergs var i Odense i Torsdags; Dagen før var han paa Arreskov for at bede om at stille Centrifuge op. De Grevens [oven over linien er skrevet: ”Grevens”] havde beklaget at jeg var rejst forgjæves derover; imorgen Formiddag gjør jeg det om, saa fortæller jeg Grevinden, at Fader og Moder har bedt mig derind og at jeg gjør Rejsen med Returbillet og for mine egne Penge. – Torsdag og Fredag havde vi Sadelmageren; han syede i Spisestuen, mens der var rykket ud af Kontoret og dette fik en tilgavns Rengjøring. Paludan sad i et grufuldt Roderi i Din Stue, han var flink til at hjælpe med at støve af og ordne alt igjen. Nu er der saa yndigt, Tæppet naar over hele Gulvet og seer ganske nyt ud. Af det gamle blev der et temmelig stort under Sofa og Bord i Din Stue. Jeg glæder mig til at min egen Ven skal komme hjem og finde det saa hyggeligt. Paa Mandag kommer Balslev med Tilbehør, jeg maatte skrive efter ham. Imorgen tænker jeg Styrtebadet kommer repareret tilbage fra Frost. – Børnene tegner ikke om Aftenen, de kan ikke paa egen Haand. Kunstneren medbragte i Lørdags nogle gl. Gibsornamenter fra Maler Hansens Loft at tegne efter, naar han kommer tilbage; de glæder sig meget dertil. Alhed var igaar spadserende hos Komtessen, der har det nogenlunde og lod til at være glad ved Alheds Snak. Jeg vil derover en af Dagene. – I morgen – Søndag – skal de 4 og Frøken Løngren til Høstgilde hos Margrethe Jokums, jeg skal over til Gjelskov. Mimi fik sig da en ny Kaabe i Odense til min store Glæde og hendes egen med vil jeg haabe! Tutte kjøbte sig et lille Komfur som Muk skal om i morgen Formiddag at koge paa med hende. Nu bliver dette vel nok mit sidste Brev til Dig kjæreste Abba! Jeg skal nok huske Degnens Fødselsdag paa Mandag. – 22 Aar! Jeg kan næsten komme til at græde ved at tænke tilbage paa de mange sorgfulde Timer jeg i Løbet af de 22 Aar har voldet Dig. Jeg vil haabe Du selv tænker mest paa de lyse! 
+Og saa Farvel min egen Ven! Børnene hilser! Elle og Muk, - de andre er jo paa Sollerup, kjørte Kl. 3 i den lille aabne Vogn. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1895-09-23</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Louise Brønsted
+Louise Dons
+Peter Eilschov
+- Juul, præst
+Johanne Christine Larsen
+- Leisner
+Astrid Møller
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Klokken var et apparat, hvori Albrecht Warberg fik behandling for sin astma. Behandlingerne foregik i København. 
+Det vides ikke, hvem kopperne eller Kapperne var. 
+Købmand Peter Eilschou opførte 1765-1767 nogle bygninger i Munkemøllestræde i Odense, som blev omdannet til stiftelse for enker af god stand, ugifte købmandsdøtre m.v. Bygningen blev revet ned eller rettere skilt ad i 1930erne, og i 2005 blev den genopoført i Den Gamle By i Århus. (Den Gamle Bys hjemmeside feb. 2023). 
+Ellen Hirschsprung blev kaldt Madame, men Madame kan også være en anden person.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0350</t>
+  </si>
+  <si>
+    <t>Det er godt, at Albrecht bliver kureret i København. Johanne/Junge vil komme for at besøge ham. 
+Stiftsprovsten har sagt til Christine, at hun kan søge Eilschous Boliger. Tre værelser, køkken og have til en meget lav husleje.
+Andreas/Dedde følger godt med i skolen.
+Der kommer mange gæster til Erikshaab, men Laura Warberg synes ikke, at hun kan sige nej til dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Mr2J</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Tre Hjorte 
+Vestergade
+Kjøbenhavn. K. 
+[Skrevet med blyant:]
+1895
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 23de
+Kjæreste Abba!
+Det er meget fornuftigt at Du bliver lidt længere i Klokken og kan oprettte hvad Forkjølesen har forbrudt. Saa faaer vi lige Spisestuen færdig til at flytte ind i paa Søndag, det er Junges Fødselsdag, men nu skal Du høre om Junge! Hun kommer for en Time siden og siger, at hun har faaet en mægtig Lyst til at rejse til København, tager til Nyborg nu efter Middag, boer i Nat hos Louise Dons, Sollerup Bekjendt, tager imorgen til Kopperne, bliver der imorgen Nat og er altsaa i Københaavn paa Onsdag ved 2 Tiden. Hun vil boe hos Trisse, men tager til Dig først; Du maa selvfølgelig ikke vente paa hende, der kunde jo komme Forhindringer og for al Ting ikke sige det til Thorvald. Hun vil kun blive der til Lørdag eller Søndag. – Nu skal Du høre om Christine – Hun kom hjem i Lørdags med den Nyhed, at Stiftsprovsten havde været 4 Gange inen han traf hende [”inden han traf hende” indsat over linjen] hos hende for at sige hende ["hende" overstreget], at hun burde søge Eilskovs Boliger, idag er den sidste Dag til Ansøgningen. Han havde fundet ned i Stamtavlen, at hun er den nærmeste næst efter en gammel Dame paa Landet, der paa ingen Maade vil søge det. Tænk 3 Værelser, Kjøkken og Have og 50 Kr. om Aaret. Hun tjener selv nu 73 Kr. maanedlig foruden Snedkerbørnene, der gives Møbler. Igaaer hjalp Syberg hende med Ansøgningen og hun var i Kirke for at faae Anbefaling af Pastor Juul. Det er meget spændende. De var alle tre hjemme igaar til Høstgilde, Dedde havde faaet et Kvarter fri idag til Morgen. Paa Onsdag er der Omflytning, han er selv meget sikker paa at komme op, har en voldsom Interesse for sine Karakterer, har 4-5 mg’er, i Latin i den sidste Tid og rigtig gode Hoved ["Hoved" indsat over linjen]-Karakterer i næsten alle Fag. Muks har saa let ved det, nu er hun rask igjen, men det har taget paa hende den ene Uges streng Diæt. I Dag kommer Fru Leisner. Madame har jo meldt sig til hele Oktober. Berta har meldt sig til nogle Dage, det er strengt nok med alle de Gjæster, men vi kan da ikke sige Nej. 
+Nu kun en kjærlig hilsen fra Din Smaa. 
+[Skrevet langs venstre kant på side 1:]
+En lille Vadsæk, der kommer til Dig, er Junges Tøj.</t>
+  </si>
+  <si>
+    <t>1892-10-05</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30</t>
+  </si>
+  <si>
+    <t>Mulle -
+Peter Hansen
+Marie Juul
+Sigrid Lang
+Alhed Larsen
+Johanne Lund
+Christine  Mackie
+Peter Rosenberg
+Elisa Schneekloth
+Marie Schou
+Henriette Skram
+Adelheyde Syberg
+Hempel Syberg
+Natalie Zahle</t>
+  </si>
+  <si>
+    <t>Johanne Larsen boede fra efteråret 1892 til foråret 1893 sammen med to af sine søstre, Christine og Alhed, i Waldemarsgade i København. Johanne fulgte forskellige former for undervisning på flere skoler.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2003</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt. Johanne syntes først, at alt var så småt (i lejligheden), men nu finder hun det hyggeligt. 
+Johanne har mødtes med Skram og også haft sin første litteraturtime. Hun har historie med Frk. Skram og fransk på en anden skole. 
+Moderen må godt sende en dug, servietter, bestik, kaffe, smør og æg. 
+Christine og Johanne har besøgt udstillingen på fribilletter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HF37</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30. Onsdag 5-10-92.
+Kære Mor!
+Nu har Christine og jeg spist Frokost og hun er ved at vadske af; nu har jeg et Øjeblik inden vi saa skal ind til Frk. Skram at give Besked. – 
+Rejsen gik godt nok, jeg løste da Billet til Salonen, traf ingen bekendte. De var efter mig paa Banegården og vi gik her til i dejligt Måneskin. Straks syntes jeg at det hele var saa uendelig småt – især da ”Kabinettet” – man kan knap vende sig herinde, - men allerede nu til Morgen har jeg forsonet mig med med Småligheden og finder det meget hyggeligt. Nu skal vi gaa – mere siden. – 
+Saa, nu skal det gaa løs igen; - I Morges fulgte Chr. mig ind til Fru Schnecloth, og jeg havde den første Time i Literatur hos Cand. Rosenberg. Han var storartet; vi skal aldrig høres, vistnok heller ikke skrive op, men blot høre efter. Det blir nogle brillante Timer. – Heldigvis falder Timerne saadan, at jeg nok kan faa Frk. Skrams Historietimer; om Torsdagen har jeg Fransk fra 9-10 og Historie hos Frk. Skram fra 10-11 saa da maa jeg jo ruppe mig for at naa det. Der er vel 1-2 Minutters Gang mellem begge Skolerne. Vi skal læse fra 1814, netop derfra hvortil vi naaede paa Sollerup. – De Bøger vi skal ha’ er lutter nye, ingen som vi har. 
+Af glemte Ting er jeg kun kommen i Tanker om Ske og Gaffel. –
+Vi vil gerne have en Dug. ca som den lille, fine, prikkede, vi har. Af Servietter har vi – ja vent til Alhed kommer hjem fra Fabrik. 
+12 Pudevaar deraf til min lille Pude. Frk. Joh. Lund Mulles Veninde [”Mulles Veninde” skrevet over linjen] er her så en indgående Besked kan Du ikke faa. E ["E" overstreget] Vi har ingen rene Servietter, så vi skal jo have til vore fremmede, da vi ikke faar vasket til den Tid. –
+Manchettøjet skal nok huskes, men vi har ikke faaet Frimærkepakken endnu. Baade Kaffe og Æg skal blive modtaget med vældig Begejstring. Ligeledes mere Smør, da det nok kan holde sig. Jeg skal sige Tak for det tilsendte. Da Chr. og jeg gik fra Frk. Skram gik vi op paa Udstillingen. Ja, nu ser jeg dig i Aanden ryste på Hovedet af Billetter, men Chr. og Alh. har Fribillet og jeg gik paa Alheds. Der traf vi Sigrid Lang, P, og Marie Hansen. Marie Juul var med derhenne. Hun saa os, da vi var hos Frk Zahle – det er neml. i Frk. Zahles Skole at Frk. Skram har Historie – og kom løbende ud, klædte sig om og gik med os. Vi var nede i Køkkenet og saa hele Menagen. Lige nu kom Frimærkepakken. Ja foreløbig er jeg jo ikke saa meget inde i Forholdene at her er ret meget at berette, senere naar jeg får begyndt paa det hele skal jeg give fyldigere Oplysninger. Nu skal vi straks spise. Kun mange Hilsner fra os alle tre til Jer alle sammen. Sybergs
+[Skrevet lodret langs højre margen:] ogsaa. Junge.
+[Skrevet på hovedet øverst på side 1:] Kys dem alle sammen fra mig</t>
+  </si>
+  <si>
+    <t>1894-09-02</t>
+  </si>
+  <si>
+    <t>Agnes Berthelsen, Nislevgaard
+- Blom
+Berta Brandstrup
+Eline  Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+- Gundestrup
+Marie Juul
+- Juul, fru
+Drude Jørgensen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Warberg-familien kendte flere med navnet P. Nielsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0329</t>
+  </si>
+  <si>
+    <t>Christine har fået flere klaverelever. Julie Brandt har meget tegnearbejde.
+Skal Laura bo hos Albrecht eller på et andet hotel i København? 
+Laura og Albrecht skal give Ludvig og Berta en bryllupsgave. 
+Laura m.fl. har været på besøg på Gelskov. 
+Christine har bedt Drude Jørgensen skaffe flere klaverelever.
+Gundestrup har tilbudt at have Frederik det følgende år, men det vil Laura ikke have.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OTcJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Tre Hjorte
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 2den
+Kjæreste Abba!
+I Gaar var Elle og jeg paa Vej til Fru Blom og til P. Nielsens Kone, da vi lige ved Skoven blev overraskede ved at se Christine komme cyklende. Hun var meget glad over at kunde melde, at hun i Torsdags fik 3 Elever, en ung Pige og begge Gundestrups Drenge, hvoraf især den ældste skal være flink og musikalsk, deres Mor har spillet med dem, men er meget glad ved nu at blive fri. Chr. sagde strax, at nu kunde jeg da nok blive noget længere i Kjøbenhavn, det har trykket hende, at jeg skulde ofre den Fornøjelse. Hun har nu 48 Kr. om Maaneden og 12 tilgode hos nogle af Eleverne, som nu har bedt hende sende Regning. Hun er ved rigtig godt Mod og mener nok, hun faar flere nu. Hun fortalte ogsaa, at Brandt har faaet saa meget Tegnearbejde, at hun tjener 62 Kr. om Maaneden. Jeg har nu tænkt at rejse paa Lørdag, da jeg jo gerne vil være et Par Søndage derinde, naar Du er [”er” indsat over linjen] fri. Gid Du nu en af dem havde en kjøn Tur for et eller andet Sted hen. Men naar jeg saa kun bliver en lille Tid, og altsaa rejser hjem før Dig, saa veed jeg ikke, om det er værd Du flytter ud af Dit Værelse, Du kan sige mig hvilken af følgende Ting jeg skal vælge, enten boe paa Missionshotel eller faae et lille Værelse paa Tre Hjorte; jeg har tænkt mig, at naar Lud er rejst igjen, saa kunde jeg være 3-4 Dage hos de gamle og saa i dem helt ofre mig for dem. Jeg morer mig bedst, naar det ikke koster for meget at være derinde. Har Du et stort Værelse, kunde der maaske ogsaa sættes en Seng ind, de Dage jeg er der. Men som sagt, lad mig nu vide, hvad du raader mig til, jeg skriver saa reppetere, men kommer paa Lørdag d. 8de, haabende at finde Dig vel tilpas uden Asthma. Eline fik jeg Brev fra nylig, det lader som hun mener vi nok kan give Brudegave til Lud og Berta nu, de giver Fotografi og de gamle har en Gave. Alt staaer godt til her hjemme. I Fredags var Fru Juul og Marie her en Visit, jeg tog med dem til Gjelskov, hvor Præsten var, vi havde en rar Aften. Hempel kom og tog bagefter herned, vi drak Kaffe og sludrede til Kl. 11½. I Dag er vi bedt til Gjelskov til Kaffe og Aften. Junge drog saa lidt melankolsk afsted i Fredags. Hr. J. kjørte hende ned og Astrid og jeg fulgte hende. Christine mødte Fru Berthelsen igaar i Odense, men hun gaaer altid rask forbi hilser kun. Hvor hun dog er kold. – Idag er Paludan i Odense. Christine har været hos Fr. Jørgensen, som var meget venlig og lovede at gjøre, hvad hun kunde, for at skaffe hende Elever, Hun spurgte, om nogen af Søstrene skulde til Sollerup iaar!! Tro mig, det vilde hjælpe paa hendes Evne til at skaffe Chr. Elever om vi havde en at sende til hendes Skole. Det er uheldigt, at vi ikke netop i Aar skulde have Muk ud at lære noget, saa billigt vi kunde have hende sammen med Christine. Gundesttrups har sagt, at de kunde godt have Dede til næste Aar; men det vilde ingen godt Sted være for ham de Drenge ser dog ud til allehaande. 
+Ja nu er det Middag og derefter skal jeg see at faae Bud til Højrup efter Breve og med dette, jeg længes snart efter et fra Dig. Christine og Elle hilser. Mange Hilsner fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1896-09-16</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Johanne Caspersen
+Niels Elgaard Amstrup
+Hanne Langkilde
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rottbøll, Fru
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Wilhelmine Berg/Tante Mis, drev et pensionat i Gothersgade 129, København. 
+"Klokken tager paa at hjælpe": Albrecht Warberg var jævnligt i behandling for sin astma i en såkaldt luftklokke på en klinik i København. 
+Søholm ved Glamsbjerg har siden slutningen af 1700-tallet tilhørt slægten Rantzau. Kilde: Lex.dk.
+Fru Brand(t) var formodentlig gift med præsten Martin Brandt.
+Det vides ikke, hvem Heinrich og Anna var. Warberg-familien kendte flere, der hed sådan. 
+Familien kendte også mange, der hed Caspersen, og det er uklart hvem af dem, der skulle tilbydes Wilhelmine Berg/Tante Mis' pensionat. 
+Hvem, der er blevet forlovet, kan ikke afgøres. 
+Det er vanskeligt at læse navnet på den person, som Albrecht Warberg skal hilse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0223</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7ySA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. 
+Godsforvalter cand jur. Warberg
+Gothersgade 129-4.
+København K.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag d:16de
+Kæreste Abba!
+Jeg har været gaaende med Alhed i Højrup og nu har jeg kun 3 Kuverter at skrive i; Elle havde jeg tiltænkt Brev ogsaa, men hun maa saa vente til Alhed kommer paa Fredag Aften Kl. 8. Som den Unge glæder sig! Jeg misunder Eder den Fornøjelse det vil blive at vise hende København første Gang. Brandt skrev i Gaar, at hun glæder sig til at have hende, hun faar saa lidt Proviant og Lagner med derind. I Aftes havde vi Gjelskovs til The vi fik dejlige Rødspætter fra Faaborg og da en Kylling med daarligt Ben havde maattet lade Livet, havde vi Mad, som Syberg maatte spise. Paa 2½ Time fik Alhed alt lavet og stegt og saa kom Doktoren, som vilde besøge Syberg, herned ogsaa. De var i meget godt Humør alle sammen, gl. ”Der” rejser paa Fredag til Søholm. I Dag er Syberg og Thora kørt lige til Faaborg med Vogn alene to, han skulde i Retten om den Lærling. Nu har Syberg det meget bedre og ser ogsaa raskere ud, end de første Dage, siger ogsaa selv, at han befinder sig bedre her, spiser og sover bedre end i Karlsbad. Han lader høre fra sig, naar han har faaet Hestene. Frøken Sperling kom hjem i Mandags for at lægge sig til Sengs for en Forkølelse, men vil rejse igen paa Lørdag om mulig. Paludan var der i Gaar. Skovhegnet har han endnu ikke hørt om, mener det bliver først sidst i Maaneden. Gid du kunde blive lidt længere dernede nu da Klokken rigtig tager paa at hjælpe. Greven er i Dag rejst til Holsten at begrave en Broder til Grevinden, der er død uden nogen Sygdom, at de vidste noget om ial Fald. I Lørdags blev Fru Brand begravet i Søby. Bedstemor og jeg kørte derover i Landaueren, der var meget faa Mennesker, Fru Langkilde Oluffa Brandt fra Odense og nogle Niecer af gamle Præst samt et ungt Par, der fulgte med Heinrich og Anna og en ung Kone, en halv Snes Gaardmænd med Koner, - det var alt, jo Amstrups naturligvis. Marie havde Krands og jeg Blomster med til Mimmis Grav paa Tilbagevejen. Pastor Wittrup holdt en lille men ganske net Tale, hans Kone og Datter var der ogsaa. Jeg havde faaet Brev fra Anna om Dødsfaldet, hun var meget bedrøvet. Fru B. var kun syg 2 Dage af Lungebetændelse, gamle Præst kan ikke rigtig fatte, at hun er borte. – Det er dog rigtig elendigt med den Forlovelse derinde hos Eder! Jeg vil da haabe, at Mis først tilbyder Caspersen Pensionatet, hvis hun vil afhænde det. C. havde jo sagt til Hanne da Mis fik det at det kunde de have brugt. Du skal ellers se, at Forlovelsen gaar overstyr igen. – I Søndags var vi alle paa Gjelskov til Chokolade Kl. 3 og til Aften. Vi manglede kun lille Pelle i de 8, der sad sammen ved Bordet. Syberg var uhyre snaksom, fortalte en Del om sin Rejse. Vi har alle faaet Brocher, Elle skal ogsaa have en sendt, han var saa glad ved hendes Brev og Portræt; Dede skal have en Naal. Christine var saa rask denne Gang Muk og Dede blev af Syberg kørt til Højrup Kl. 9, de skulde have gaaet ellers; Chr. cyklede næste Morgen til Sollerup og Alhed fulgte hende for med det samme at høre hos Skovfogeden, om vi maa plukke Brombær. Jeg haaber snart at høre fra Moder, hun var noget ængstelig tilmode over den Forlovelse, bliver vel heller ikke glad ved at faa den paa nært Hold. Du er vel fornøjet med mine Breve. Du forbauser mig ved at skrive ”pluselig” – og ”Brennenelle” – er det maaske moderne Skrivemaade? Vil Du hilse gamle Soldris, det er da morsomt, at Du er gode Venner med Pensionær. Ja, men Farvel søde Ven! Hils min Pelle og ellers hvem Du vil.
+Kærlig Hilsen fra Din 
+Smaa.</t>
   </si>
   <si>
     <t>1916-01-06</t>
   </si>
   <si>
     <t>Nicoline  von Sperling</t>
   </si>
   <si>
     <t>Marie Bang
 Elisabeth Grundtvig</t>
   </si>
   <si>
     <t>Sandholt Gods</t>
   </si>
   <si>
     <t>Hans Agerbek
 Marie Bang
 Bjørnstjerne Bjørnson
 Johannes  Clausen, præst
 Elisabeth Grundtvig
 Frederik Grundtvig
 Ditlev Havemann
 Ludvig  Helveg
 Hanne Langkilde
 Mads Melbye
@@ -1248,83 +1060,271 @@
   <si>
     <t>En del personer, som kun er nævnt ved fornavn eller efternavn, har det ikke været muligt at identificere. Der er ligeledes flere familiemedlemmer, som det ikke har været muligt at finde.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, A 54, Alhed Larsen</t>
   </si>
   <si>
     <t>Nicoline von Sperling sender et "rundrejsebrev" til sine venner i anledning af, at hun har haft 50 års jubilæum som stamhusbesidder. Hun beskriver de første år på Sandholt, hvor hendes forældre og den gamle godsforvalter gjorde alt arbejdet. Hun var meget usikker og kom først ind i arbejdet efter, at hendes forældre var flyttet og den nye godsforvalter Warberg kom til.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ou54</t>
   </si>
   <si>
     <t>Kære Venner! Det er saa trættende og kedeligt ret mange Gange at skrive ét og det samme, men da jeg tror, at mine Venner, som hver især i deres Breve har bragt mig deres Lykønskning paa den kærligste og bedste Maade, gerne vil høre lidt om, hvordan jeg har haft det, saa vil jeg prøve paa at lave et Rundrejsebrev. Mit Jubilæum har staaet truende for mig et Aarstid, fordi jeg var klar over, at skulde der laves til Fest, vilde det voxe mig over Hovedet og hverken blive tilfredsstillende for Deltagerne eller for mig selv. I Stedet for Fest fandt jeg saa paa, at jeg kunde give Lyndelse Kirke, som jo nu er selvejende og hvis Formue og Husholdning bestyres gennem Menighedsraadet, et Varmeapparat i Stedet for den lunefulde Kakkelovn, som varmede daarligt og imellem osede slemt, men da det saa trak ud i det uendelige før Tilladelsen til at sætte dette Apparat op, blev færdig fra de gejstlige Autoriteter, finder jeg igen en Tid af en Del Utaalmodighed og syntes, at Jubilæer var noget rigtig besværligt noget. Imidlertid det naaede sig; skønt en Del udenoms Arbejde stod tilbage, fungerede Apparatet rigtig godt 1ste Juledag, efter Sigende for vi kunde ikke komme til Lyndelse paa Grund af Snedriver. Jeg gik og tav stille med, at jeg skulde have Jubilæum, og ret mange vidste heller ikke noget om det, og efterhaanden kom det ogsaa til at ligge mig temmelig fjærnt. Har det nu i Graven saa meget at sige med saadan et bestemt Aaremaal? 
 2 Juledag kom jeg først rigtig med. Det slog mig, at den Dag for 50 Aar siden kom jeg hertil for saa i de følgende Dage at opleve Bedstefars langvarige Dødskamp og hans Død. Men da det først var gaaet rigtigt op for mig, gennemlevede jeg det altsammen paa ny saa at sige Time for Time. Jeg talte ikke meget om det, men jo mere det trængte paa, jo bestemtere følte jeg, at jeg maatte fortælle det, saadan som det var gaaet til, alt sammen, og da vi kom ned til Folkene for Nytaarsaften at drikke det gamle og det nye Aars Skaal med dem, satte jeg mig, da det var gjort, for Bordenden og fortalte dem om Dagene fra 26 December til 9 Januar 1866. Jeg begyndte med at oplyse dem om, hvordan der den Gang saa ud i Folkestuen, hvor der stod to store Senge med Omhæng, hvori Pigerne laa, og at dersom en af dem laa syg, og her kom fremmede Kuske, maatte de, naar Kuskene kom op for at spise, trække Gardinerne for og lade, som de slet ikke var til, og om forskelligt af den Slags, og derfra gik jeg saa over til Dagene, ganske som de var gaaet. Det faldt mig naturligt at drage dem med ind i denne store Oplevelse, og jeg fandt ogsaa forstaaende Lydhørhed. Jeg tror, det er godt, at de faar at vide, hvordan der har set ud, og hvad der er sket i de Stuer, hvor de færdes, og hvad der har præget den, som de tjener. Nytaarsaften 1865, da Bedstemor og Tante og Hanne Langkilde og jeg sad trykkede og forpinte i Vinterdagligstuen, medens Bedstefar laa og stred med Døden, hørte vi ”Træd frem, min Sjæl, paa Aarets Morgen” blive sunget nede i Husholderskens Stue og fik senere at vide, at det var Skytte Simonsen, der havde sunget den. Det gjorde os den Gang saa godt. Og nu Nytaarsaften 1915 endte vi igen det gamle Aar med alle at synge den gamle Salme.
 Nytaarsmorgen kan jeg godt sige, at jeg kørte til Kirke noget ør i Hovedet af Minder og havde tænkt mig helt og bart at skulle have været sammen med mine gamle i Kirken, men saa tog alligevel Varmeapparaet saa meget af min Interesse, saa det ikke rigtig blev til noget. Saa gennemlunt, ogsaa om Benene, har der aldrig været. Prædikenen var fuld af varm Fædrelandskærlighed og rar, og da vi gik ud af Kirken, vendte jeg tilbage og fik givet Haanden og hilst paa mange af Lyndelsemændene. Ellers var Dagen helt stille. Frandsens kom ikke paa Visit, som de ellers har gjort hvert Aar, - og saa først den Dag fik jeg rigtig begyndt at føle, hvordan det egentlig gik til at blive Stamhusbesidder. Nu kom Gennemlevelsen deraf og af mine første Aar. Til den 2 Januar havde jeg som til et ganske almindeligt lille Nytaarsselskab bedt Provstens og Paludan og Clausens, Henry og Edv. Smidts og Frk. Plum, og saa havde Edvards svaret, om de maatte tage tre Julegæster, Fru Mühldorff og Fru og Frk. Wentorp, med. Jeg havde jo sagt Ja, men var ganske forbløffet over saa mange fremmede Damer, jeg syntes, at jeg helt fik Mundkurv paa, og det tilligemed Træthed, gjorde det saa vanskeligt at faa det, som jeg gærne vilde sige, til at forme sig. Natten mellem 1 og 2 Januar havde vi Storm og næsten Skybrud, vi har det for Resten næsten hver Nat, men den Nat sov vi nu ikke godt, og jeg var en Del kaput om Morgenen. Det øsregnede, saa vi opsatte at lade Martin køre ud for at møde Viktoria, som havde været hjemme, til efter Kl. 12, da det var blevet Tørvejr, men Maren og Marie Sørup og Marie Brandt havde da alligevel faaet dækket det nydeligste Bord med smaa røde Tulipaner i Potter og Liljekonvaller i Glas og Lys i Stedet for Lamper, saa det gjorde et ligefrem grumme kønt Indtryk, da vi Kl. 5 gik ind til Bordet. Den Dag havde jeg Provsten til Bords. Vi fik Dyresuppe, Rouletter, Dyresteg og Risrand med henkogt Frugt, Rødvin og Sherry. Imellem Rouletterne og Dyrestegen lagde vi et langt Mellemrum, og i det holdt Provsten og jeg vore Taler. Jeg kunde ikke andet, end da han var færdig, at tage hans Haand og sige, at han kunde ikke have sagt noget, som jeg kunde være blevet mere glad over. Og hvad sagde han saa, ja, han sagde meget, og alt var godt, men jeg kan slet ikke gengive det. To Ting bed jeg mig fast i, den ene: der er arbejdet meget paa Sandholt. Den anden: hans Omtale af mig, saa at ægte, dyb Menneskelighed er Grundpræget. Det var alt det, som jeg allerhelst vil være, alt, hvad der er Maal for mig, men som jeg slet ikke endnu er, og saa syntes jeg alligevel, at Billedets Lighed var truffet rigtig. Der var Oprejsning i, hvad han sagde, og saa faldt det af sig selv, at det blev en Festdag. Henry Smidt sad og saa til og nikkede bifaldende, og de fremmede Damer var slet ikke mere fremmede. De var nu i sig selv rigtig tiltalende. 
 Saa skulde jeg jo til at tale: ”Ja, lige fra jeg var lille, har jeg elsket Sandholt, og vi har været forlovede, men det var hemmeligt. Folkene gik og sagde til mig: ”Du skal have Sandholt”, men oppe i Stuerne blev der ikke talt om det, og det gav mig ikke nogen rigtig Frimodighed, jeg syntes mest, det var noget flovt noget, som jeg generede mig for. Den 8 Januar 1866, da Mor og jeg stod i den store Dagligstue og saa Lyndelsemændene bære Bedstefar ned ad Broen, gik det op for mig, og nu havde jeg og Sandholt hinanden, saa det er den egentlige Guldbryllupsdag, men da overvældedes jeg i den Grad af Frygt og Bæven, saa at jeg var helt ude af det og først blev kaldt tilbage ved, at Mor talte godt for mig og tog en lille Ring af sin Finger og satte den paa min.
 Efter Bedstemors Død i Marts samme Aar flyttede mine Forældre og smaa Brødre hertil fra Sollerup, og Far styrede saa for Godset, og Mor for Huset, og jeg var som en Datter er i sit Hjem. Det var jo paa en Maade godt nok, jeg blev jo fri for Ansvaret, men alle vidste, at Sandholt var mit, og mange kom til mig med Spørgsmaal og Begæringer, og dem kunde jeg ikke svare paa, dels fordi jeg ikke forstod det, og dels fordi jeg ikke kunde bestemme over noget. Jeg syntes, det var som at sidde i Klemme, naar nogen henvendte sig til mig, og at jeg blev usand ved ligesom at snakke mig fra det. I 1872 bosatte mine Forældre sig paa Frederiksberg og jeg blev ene med Mors to Søstre, men derfor fandt Sandholt og jeg ikke hinanden, og jeg blev ved at være usikker og paa gyngende Grund. Det var ikke, at jeg ikke gærne vilde give Sandholt alt, hvad det kunde ønske sig i Retning af Reparationer og Skovplanter, o.s.v., det var bare saadan at jeg ikke rigtig kunde faa fat. Jeg holdt saa meget af Godsforvalter Havemann, men han var saa gammel og nervesvag, saa at han ikke kunde føre mig frem til bedre Forstand paa Tingene, og i den højeste Grad savnede jeg, at jeg ingen Forberedelse havde hverken til at styre Gods eller Hus, og jeg slap aldeles ikke ud af Klemmen. Men saa var der noget andet, der optog mig. Fra jeg læste hos Agerbæks, har jeg været stærkt taget af alt det Grundtvigske, - Grundtvig var blevet Kongen for mig, - og ikke mindst af hans Folkevækkelse og Folkeoplysning. Noget større kunde jeg ikke tænke mig, end at faa med den Slags at gøre. Derfor holdt vi Aftenskole, og jeg fik de bedste Mænd som Clausen i Nr. Lyndelse, Termansen, Schrøder, Helweg i Odense og Melbye i Asperup til at holde Foredrag paa den store Sal.
 Jeg tror nu, at det har gjort sit Gavn og har sat noget ind her paa Egnen, og naar der jo er et virkeligt Tillidsforhold mellem mig og Lyndelserne, tror jeg nu nok, det har sin Rod i Aftenskolen og Foredragene. Men hvad gik saa for Resten en hel Del af min Tid med? Med Læsning og Veninder og Friluftsliv med to store Hunde. Paa Sandholt fik jeg ikke fat, og jeg led fremdeles ved meget stærkt at føle et Ansvar, som jeg ikke kunde løse. I 1876 døde Far, men det greb just ikke ind i mine Forhold herovre; det gjorde det derimod, da Havemann i 1877 trak sig tilbage, og Warberg blev Godsforvalter. Han magtede det hele og ogsaa at faa mig med ind i Arbejdet. Der var saa meget, der hjalp, han havde det ikke med ”over- og underordnet”, alle var Mennesker for ham, og han vilde gærne hjælpe og støtte dem paa bedste Maade. Jeg slap bort fra den gyngende Grund og fik Fodfæste. Men det, der allermest løste mig ud af den Klemme, hvori jeg sad, naar jeg syntes, jeg snakkede mig fra Spørgsmaal og Begæringer, det var, at han sagde, at jeg dog paa ingen Maade maatte føle det som en Skam eller genere mig for at sige: jeg er ikke rigtig inde i det, maa jeg faa Tid til at tænke mig om og søge Oplysning om det. Fra det af blev det helt rart, naar nogen kom og vilde talte med mig, og jeg har aldrig mærket, at nogen oversaa mig for det. Men Hovedsagen var dog, at jeg fik Lov til at være sand. Dermed blev noget givet mig for hele mit Liv, dette at maatte være helt fri for at lade bedre og klogere, end jeg er, dette at maatte bekende min Ringhed. Og saa var der endnu en anden Ting, som Warberg sagde, der stivede mig af og gav mig et Stød fremad, og det var: ”Ja, hvad skulde Penge dog være gode til, naar det ikke er til at gavne og glæde andre Mennesker!” Jeg havde nok tænkt noget i den Retning, men dog været bange, og nu fik jeg Lov til at lægge ud. I de første 11 Aar havde Sandholt og jeg ikke rigtig haft hinanden, nu fik vi det. Nu var jeg i Gang, og Gangen fortsattes ogsaa, da Warberg døde, og Paludan kom og helt gik ad den samme gode Vej, saa at Samarbejdet er faldet saa naturligt og ligetil. Der fortælles, at Bjørnson en Gang skal have sagt til sin Kone: ”Men, Caroline, skal jeg da altid være gift med Dig?” Og i de mange Aar har jeg ogsaa af og til sagt til Sandholt: ”Skal jeg da altid være bundet til Dig?” Men saa har Sandholt altid svaret: ”Ja, hvad vil Du gøre uden mig? Jeg er jo Din Arv og Dit Ansvar og Dit Hjem og Dit Liv!” Og saa har jeg besindet mig, og mit Ord er blevet, som det nu ogsaa i Dag er mit sidste, til Sandholt, saaledes som der staar i den lille, svenske Folkevise: "Og lever jeg, saa har Du mit Hjerte, og er jeg død, saa har Gud min Sjæl.” Og saa vil jeg bede Dem om at drikke Sandholts, min gamle Ægteherres Skaal.”
 Jeg havde ikke haft Tid til i Forvejen at skrive, hvad jeg vilde sige, men jeg tror da, at det omtrent var, hvad jeg sagde, skønt der vist er lidt bedre Facon paa det skrevne. Nu vil jeg blot tilføje min hjærteligste Tak til hver især af mine kære Venner for al den Forstaaelse og Kjærlighed, de har givet mig, hver eneste en har bragt mig noget, jeg trængte til, og som jeg gemmer, og hver har bragt mig det paa sin Maade, saa jeg har jer saa levende for mig. Maa jeg saa løse følgende Rundrejsebillet til denne lille Skrivelse: Ville Bang og Inger Krogh, Tante Emilie, Elisabeth Grundtvig, Nysøgaard, Hillerød. Derfra tilbage til mig.
 Jeres alles gamle hengivne 
 Line Sperling.
 Sandholt, d. 6. Januar 1916.</t>
   </si>
   <si>
-    <t>1898-2-29</t>
-[...9 lines deleted...]
-Vilhelmine  Larsen
+    <t>august 1893</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Sollerup, 5600 Faaborg</t>
+  </si>
+  <si>
+    <t>H Jørgen -
+Karen på Erikshaab -
+Mine -
+Rigmor Balslev
+Thorvald Balslev
+Christian  Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Louise Brønsted
+Peter Hansen
+Th Jørgensen
+Hanne -  -, kokkepige Erikshaab
+Christine  Mackie
 Otto Emil  Paludan
+Skovfoged Rasmussen
 Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
 Albrecht  Warberg
-Laura Warberg</t>
-[...17 lines deleted...]
-29/2 – 98</t>
+Jens  Ølsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg er muligvis på besøg hos sine forældre i København.
+Thopedeaborg er et lysthus/legehus, som Warberg-pigerne havde på Erikshåb.
+Studenten er en af brødrene Balslev, som alle læste teologi.
+Oste: kjole af ostelærred, som Alhed bl.a. brugte, når hun skulle male.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1969</t>
+  </si>
+  <si>
+    <t>Forældrene er ikke hjemme og "børnene" har det sjovt. Går lange ture og til te på Gelskov. Der har været indbrud i Thopedeaborg. Muligvis er det en af Muks "præstekammerater".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ftB0</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs, side 1:] Du maa endelig blive længe borte, det er sjovt at være alene hjemme! Elle foreslår at vi skal se at faa Hansen herhen nogle Dage, Du vil jo gerne have, at vi skal more os!!
+!!!!!!!!!!!!!!!!!!!! !
+Onsdag
+Kæreste Mor.
+Det var ikke ret meget af et Brev, Du fik i Gaar med Kjolen. Vi fik pludselig saa frygtelig travlt, da det blev bestemt, at Muk skulde af Sted med 2½ Toget og hædre Rimse med sin Nærværelse i Gaar Eftermiddag. Studenten vilde have haft os andre [overstreget: der] til at spadsere derhen, men vi viste Standhaftighed og blev hjemme. Med Muk var det derimod en anden Sag, mente vi. Hun skulde jo ellers af Sted med det første Tog i Dag, og da vi alligevel skulde have Bud derned med Din Kjole, mente vi, at det passende kunde ordnes paa den Maade.
+[Skrevet langs kanten:] Tak for Dit Brev der kom nu mens vi skrev
+– Turen ud til Gammelskov var prægtig. For Resten mest, inden vi naade Gammelskov, vi gik i Straalende Vejr herfra ved 9½ Tiden med Mellemmad i en Taske. Da vi var kommen lidt forbi Sandholt slog vi ind paa Markerne og paa den Maade gik vi lige til Haastrup uden at følge Vej eller Sti. Vi tog det med Ro ude i Bankerne, de [overstreget: r] vare dejlige, saa vi naade først Haastrup ved 1 Tiden. Th. Jørgensens blev meget glade ved os. Kunstneren traf vi der. Der var en Masse dejlige Malerier baade af hans og af P Hansens. – Ved 3 Tiden gik vi derfra – vi slog øjeblikkelig ind paa Markerne og styrede lige i Retning af Gammelskov, [overstreget: og] igen uden at tænke på Vej eller Sti. Vi kom igennem en Skov og over Masser af Gærder, som særlig jeg viste stor Behændighed ved at overstige; jeg opnaaede da ogsaa at rive min Kjole (Oste) i Stykker. Vi holdt Retningen saa godt, at vi kom [overstreget: ud] ud mellem Longhuset og Kistrup Skole, ligeved Opgangen til Bankerne, hvor vi skulle møde de andre. Vi gik derop og krigshylede saa det stod efter, men ingen svarede. Vi laa en lang Tid og ventede – plukke kunde vi ikke, da vi ingen Kurv havde. Saa gennemstrejfede vi Skoven ogsaa den Afdeling, hvor Skovfoged Rasmussen have, men uden Resultat. Tilsidst var der ikke andet at gøre end at gaa tilbage til Longhuset, hvor vi skulde træffe H. Jørgen. Der var de saa kommen. De havde ogsaa rendt rundt i Skoven og ledt efter os men det værste var, at de ingen Brombær havde faaet. Strax, da de var begyndt at plukke, var der kommen en Skovfoged og havde sagt, at de maatte ikke plukke før om en 14 Dages Tid, Greven skulde først have et Par Lispund. Saa hvad Brombærrene angaar, var det jo en uheldig Expedition. Longhusmanden sagde, at han havde en hel Masse paa sin Mark, som vi maatte plukke, og at de var bedre end Grevens. Naar vi vilde komme om 5-6 Dage, ville de være udmærkede.
+[Skrevet langs kanten: Det er dejligt I morer Eder saa godt. – Vi godtede os i Gaar, da Far skrev til Pal at han skulde til Tannhaüser. Hils alle Fyrene særlig lille [ Th?]
+Hvad skal vi nu gøre_?? S.u._ tage derud om 5-6 Dage (han ville sørge for at ingen andre plukkede dem) eller vente de 14 Dage? - - - Da vi kom kom hjem gik vi til Gelskov. Elle, Studenten og jeg til The, de andre (Molle og Muk) bagefter. – Men det var ingen morsom Tur, de var alt andet end elskværdige, navnlig mod Studenten, kaldte ham Kandidat Balslev, nok halvt i Spøg men alligevel paa en uartig Maade. Navnlig Tante Mimi var ikke rar, hun var egentlig ikke i daarligt Humeur, men hun var spids og skarp hele Aftenen.
+[Skrevet rundt i kanten:] Hils [ulæseligt ord] at jeg længes efter hans ”sjø”. Frygtelig Sjov alt sammen.
+Studenten lagde Mærke til det og talte om det baade da vi gik hjem og Dagen efter. Jeg lod det gaa paa Onkel Sybergs Sygdom, men han troede det vist ikke rigtig. – Jeg er rigtig vred paa Sybergs, det er en stor Skam af dem. – I Gaar Formiddags tilbragte vi omme i Pølen, Elle og jeg tegnede hver et Landskab, vi have faaet Malerlyst af at se alle de Malerier. - -
+Det er sandt, lad mig dog ikke glemme den Vigtigste af alle Begivenhederne. – Det er Mux Præstekammerat Mine, der har taget det paa Thopedeaborg. Det er opdaget under Haanden og for gl. Jens Ølsted (hendes Bedstefaders) Skyld lader de det falde med Politiet. Hun kom i Gaar Morges med det hele i et Tørklæde. Dis undersøgte forretningsmæssigt Sagerne og paatalte at Hængelaasen manglede; hun nægtede at have den, men det er nok ikke sandt. Hun skal være en styg Pige. Mux holdt Tale for hende, da de gik til Præst i Gaar, men hun viser ikke særlig Anger. – Gl. Jens er derimod fortvivlet. - - Dis skal have dette med hun gaar til Doktor, de var i Karret i Aftes. Jeg naar ikke at skrive til Christine i Dag, hvad jeg ellers havde villet tak hende foreløbig for Billederne, jeg vælger Profil det er godt det er godt. Alt gaar godt. Hanne er kolossalt elskværdig, Karen ligeså samt Ungerne. – Men Gamle kan kun gaa an. Hun sendte Bud efter mere Steg i Aftes, Hanne mente ikke, hun skulde have haft det, men vi er saa skikkelige med hende, ogsaa Palam og Molle. Hm! – Høgen har taget 3 af de store Kyllinger, Hanne mente, Du skulde have det at vide. – Vi fik brunet Hvidkaalsuppe og Prinsessebudding i Gaar, spiste halv 1 for Mux og Studentens Skyld.
+Hils dem alle Masser af Gange. Din Alhed.
+Greven kom i Gaar. Pal var paa Sandholt. Elle og jeg snakkede med ham, han var meget elskværdig. Jeg fortalte at Du boede hos Chr., han spurgte til Dit Hoved, og jeg sagde at du tog det med Ro derinde hvad Fornøjelser angik og var mest hos Chr. og de gamle i alt Fald de første Dage. Han spurgte ogsaa til mig og jeg fortalte, at jeg blev hjemme i [overstreget: Som] Vinter.</t>
+  </si>
+  <si>
+    <t>1886-11-12</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Wisie Brandt
+Louise Brønsted
+- Fahnøe
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Ernst og Jens var. 
+Christine var i 1886 elev på Sollerup Husholdningsskole. 
+Fritz Syberg underviste fra 1885 og tre år frem børnene på Erikshaab i tegning og maleri hver sommer. 
+Rencontre: Møde, tvist, hændelse (Meyers fremmedordbog).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0371</t>
+  </si>
+  <si>
+    <t>Laura Warberg savner Albrecht mere end tilbørligt er. Hun håber, han bliver rask og også får nogle fornøjelser. 
+Andreas/Dengse har fået medicin til såret og øjet, og Johanne/Junge skal tage levertran. 
+Ernst har befundet sig godt på Erikshaab. 
+Børnene tegner hver aften. 
+Jens og Fahnøe vil komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LCMc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Tre Hjorte
+Vestergade
+Kjøbenhavn K. 
+[Håndskrevet på kuvertens bagside:]
+Tak for Brevet!
+[Poststempel]
+[I brevet:]
+[Påtrykt monogram]
+Erikshaab d: 11te
+Kjæreste Abba!
+Der er kun en lille halv Time at skrive i, men Du skal dog have at vide, at Huset staar og alt er vel undtagen at jeg savner Dig og længes mere efter Dig end fornuftigt og og tilbørligt er. Jeg tror det er værre at undvære Dig om Vinteren end om Sommeren. Dog glæder jeg mig meget over at Du er derinde, først og fremmest fordi jeg haaber Du med hver Dag bliver raskere men ogsaa fordi Du kan faae mangen en Fornøjelse, som Du ikke har kunnet faae alle de Gange Du har været der om Sommeren. Vi fulgte Dig i Tankerne hele Tirsdag Aften til Du Kl. 10 var havnet i Tre Hjorte. Jeg glæder mig meget til det første Brev, og haaber ikke det lader længe vente paa sig. Vi var saa hos Doktoren igaar, fik noget at dryppe i Dengses Øje, det er indvendigt ogsaa, samt Salve til Saaret. Junge var med og skal spise Levertran i ½ Aar; hun gruer. Nu kommer Wiesie Brandt og afbryder mig. Vil Du takke Ernst for hans rare Brev; han har befundet sig saa vel her og betragter Erikshaab som et andet Hjem skriver han. Paa Søndag gaaer vi til Alters og jeg har bedt om Extrafri for Christine. Saa passer det bedre at hun kommer hjem igjen den første Søndag efter at Du er kommen og saa ikke før til Juul. Børnene tegner ivrigt hver Aften, Johannes er snart færdig, men Krøllerne fortrædiger hende. 
+Og nu Farvel min egen søde Ven! Wisse siger at Jens og Fahnøe kommer om 8 Dage og hun vil gjerne have dem ned at tale med mig. Jeg siger, de kan jo komme en Aften, saa beder jeg Sybergs herned, jeg vil da ikke være helt ene om det Rencontre. Mange hjertelige Hilsener fra alle Ungerne og Din egen 
+Smaa.</t>
+  </si>
+  <si>
+    <t>1892-01-28</t>
+  </si>
+  <si>
+    <t>Århus</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Olaf Brahm
+- Grauer
+Frederik  Jensen
+Marie Laub
+Mogens Lindhardt
+Charles Rasmussen
+- Rasmussen, Århus
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Ferdinand Schmidt
+Anton  Svendsen
+Laura Warberg
+Jacob Zahrtmann
+Otto Zinck</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, var gift og gravid og i skjul hos familien Rasmussen i Århus fra januar til slutningen af marts 1892. Hendes mor vidste endnu ikke i januar, at Christine var syv måneder henne. Den officielle forklaring var, at hun var ung pige i huset hos Rasmussen. Da Christine rejste hjemmefra, hævdede hun, at hendes hovede ikke kunne holde til, at hun fortsatte med at undervise i klaverspil på Sollerup Skole for unge Piger. 
+Røverne er formodentlig Friedrich Schillers teaterstykke fra 1781. Teaterstykket Viceværten kendes umiddelbart ikke. 
+Den omtalte Olaf kan være Olaf Brahm. 
+Sophus Schandorph: "Et Levnedsforløb fortalt på Kirkegården". 
+"Han har bestemt friet": Alhed Larsen, f. Warberg, var forlovet med Harald Balslev. Han kunne ikke bestemme sig til, om de skulle giftes, og det endte med et brud.
+Bromkalium: Et beroligende middel.
+Christine Mackie er i flere breve fra perioden inde på de dagbogsblade, som hun sendte pastor Lindhardt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2704</t>
+  </si>
+  <si>
+    <t>Christine har været i teatret fire gange. Hun beholder overtøjet på, og graviditeten ses således ikke.
+Laura Warberg har været bekymret over Christines mange ture i kirke. Gad vidst, hvad hun ville sige, hvis hun vidste, hvad der egentlig er galt?
+Christine er betaget af pastor Lindhardt.
+Hun kan ikke sove om natten.
+Christine er sikker på, at Harald Balslev har friet til Alhed. De passer godt sammen og vil blive lykkelige.
+Lindhardt nævnte Christines brev i sin prædiken. Hun skal til to koncerter.
+Da Alheds brev omsider kom, blev Christine klar over, at Harald ikke har friet.
+Christine vil gerne have, at Alhed skriver til Dr. Grauer. Christine savner meget at tale med et dannet menneske.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YpPV</t>
+  </si>
+  <si>
+    <t>Århus d: 28/1-92
+Min gamle Ven!
+Egentlig kunde jeg jo vente Brev fra dig i Aften, da du jo [”jo” overstreget] skrev ”midt i Ugen,” og vi i Dag har Torsdag; men da jeg antager, at du har fået andre og vigtigere Ting at tænke på, så venter jeg det egentlig ikke så sikkert; desuagtet vil jeg begynde dette Brev til dig. Det er for Resten ikke, fordi jeg har noget særlig at skrive om, men jeg gad ikke tage mig noget andet for i denne Stund, så må du holde for. Jeg gad nok vidst, hvordan min sidste Pille har bekommet dig, det var dog en utrolig Masse Sludder af alle Slags, jeg havde fået skrabet sammen. Nu har jeg i alt været 4 Gange i Teatret, de tre har jeg selv betalt (à 45 Øre) og den sidste Gang var på Fribilletter, som Rasmussens havde fået; da sad vi i 2 Parket, men der var ingen Fare, jeg sad med Tøjet på og Kåbe opknappet, for Resten var der ingen, jeg kendte. Jeg begynder rigtigt at gro ganske ækelt, men desuagtet går jeg aldrig ud alene en Aften, uden at der er Mandfolk, som tiltaler mig – det må da være Tegn på, at det ikke endnu falder ret meget i Øjnene – det synes jeg heller ikke, når jeg spejler mig i Butiksruderne. – Som sagt, jeg har været 4 Gange i Teatret, Røverne har jeg ved et Tilfælde fået at se tre Gange, men det var næsten vel meget af det gode! Men så lærte jeg ved Lejlighed en Mængde Stumper af Melodierne, det er ganske Sjov. Der er to udmærkede Skuespillere: Ferdinand Schmidt og Frederik Jensen; forleden så jeg Ferd. S. i Viceværten, han var ”gamle Der” op af Dage! Frygtelig grinagtig. Han er en udmærket Komiker, lidt efter Otto Zinck, behersket i sit Spil; Fred. Jensen er til at dø af Grin over, men en rædsom Bajads, ligeså kåd som Olaf. Det er en stor Adspredelse med den Komedie, det er jo ellers en Luxus, men Adspredelse har man jo godt af. Jeg havde en kolossal Skrivelse fra Elle i Morges, en lille ds. fra Mor; hende har jeg ude at tænke over det ængstet med at fortælle, at jeg var to Gange i Kirke i Søndags og som Følge deraf blev så rundtosset, at jeg ikke kunde skrive Brev den Aften; hun formaner mig til at skåne mit Hoved og huske, at det er mest derfor, jeg er her (!!) Jeg gad vidst, hvad hun vilde sige, hvis hun vidste den rigtige Grund, om hun ikke alligevel trods Principperne vilde have Medlidenhed med mig. -
+Din Skål, min Ven!! Det er i delikat Sherry, at jeg drikker den (Sherryen er til min Medicin).
+Jeg glæder mig voldsomt til dit Brev, gid det vil komme inden altfor længe.
+Bare jeg ikke bliver aldeles forelsket i Pastor Lindhardt, Du kan ikke tænke dig, hvor smuk han er, temmelig høj og imponerende, blødt mørkt Hår over en dejlig, hvid, hvælvet Pande, bleg ["bleg" overstreget], fine regelmæssige Træk, lidt bleg, uden Skæg - dejlig! Gid jeg havde hans Portræt, så skulde jeg sende dig det, at du kunde se det. Nu skal jeg hen at læse "Et Levnedsløb fortalt på Kirkegården". Farvel til næste Gang.
+Fredag Morgen i Natkjole. Jeg gider ikke klæde mig på, og jeg gider heller ikke lade være; der var så intet Brev i Aftes og intet til Morgen - han har bestemt friet! jeg er meget spændt på det, hjemme er de så sikre som 2 + 2 = 4, skriver Elle; du harmes vel over den Gætten og Læggen-ud! Men når du ret betænker, så er det dog den naturligste Ting! Et så vigtigt Spørgsmål kan jo dog aldrig blive vos andre ligemeget! Vel? - -
+Jeg kan ikke sove om Nætterne, jeg ved ikke om det er Ungen eller hvad; jeg har også så mange Ting i mit Hoved i denne Tid, at "Dag og Nat kan ej forslå dertil!" Men så kan jeg ikke få rigtig Ro i Hovedet om Dagen, jeg kan ikke vide, om jeg ikke skulde have noget Bromkalium, jeg tror, jeg skal spørge Dr. Grauer. 
+Tirsdag d: 2/2. Nej, nu ved jeg virkelig ikke mere, hvad jeg skal tænke og tro! I Dag er det Tirsdag, og du skrev, at jeg skulde få Brev midt i sidste Uge; jo du er en rar en til at narre Folk! Nu er der da ingen Tvivl om at han friede i det Brev forleden; men så meget nærmere er jeg ved at revne af Begærlighed efter Brev, kan du nok tænke. Jo mere jeg sætter mig ind i Muligheden af dette, des mere synes jeg, det vilde glæde mig. Dersom du overhovedet en Gang skal gå i den Trædemølle, som benævnes Ægteskab - og den Vej skal vi jo alle sammen - så kunde du da aldrig i Verden finde en bedre at gå i Trædemøllen sammen med, jeg kunde rigtig unde jer begge hinanden; I er begge rolige, fornuftige Mennesker, som ikke vilde bygge på Forelskelse eller en lignende luftig Grundvold, der dufter væk, inden man ved et Ord af det; hvis I to skulde få hinanden, så tror jeg, I vilde kunne skabe jer en rigtig sund, holdbar Lykke, hvis Grund vilde være Forståelse. Dette både håber og tror jeg; at jeg har en vis Erfaring i det Kapitel - for Resten en yderst sørgelig Erfaring - det vil du vel ikke nægte. Hvor du vist harmer dig og i Tankerne kalder mig en "Kirsten Giftekniv"!! - Alhed, jeg tror ikke, jeg dør ved denne Lejlighed, jeg har tit en Forudanelse om, at jeg har endnu en stor, uendelig Lykke i Vente efter denne "Lutring" - Kærlighedslykke, forstår du! Jeg aner det ikke som i mine unge Dage!["som i mine unge Dage" understreget med blå farveblyant; udråbstegnet indsat med samme redskab], som en berusende Elskov, der ikke ser noget bag "Beruselsen", men som en meget meget dybere, sandere Følelse, som jeg endnu aldrig har kendt, ikke en Gang "anet" før nu, men som jeg sikkert tror vil komme også til mig. Denne Forudanelse er den temmelig metafysiske Grund til, at jeg tror, jeg overlever det. 
+- I Aften skal jeg til Koncert, det morsomste ved den er, at jeg kender det meste, som de skal lave der henne; den er til 35 Øre, men i Morgen skal jeg til en mere kostelig: 2 1/2 Kr. Det er i Musikforeningen, og tænk - Anton Svendsen skal spille!! Ham har jeg ikke set siden 14 Juni 1888 i Folketeatret - den samme Aften døde for Resten Fru Laub. Jeg glæder mig ganske storartet til at høre (og se) Anton, min gamle Flamme. Idet hele taget venter jeg mig noget meget stort af den Aften. Jeg er meget forsigtig ved de Koncerter, kommer lige når Indgangen åbnes og søger den mest ubemærkede Plads og sidder med opknappet Kåbe. For øvrigt gad jeg gærne vide, hvor længe jeg kan gå uden at det ses iøjenfaldende, når jeg går på Gaden ser man det virkelig ikke, når man ikke ved det, Skindslaget hjælper udmærket, da jeg med det ser tyk ud for oven. Jeg læser jo med Charles, han er nu så godt i Gang med at stave, at jeg ikke mere behøver at lægge Bånd på min Utålmodighed, så er der en Del Adspredelse. Kan du huske, jeg skrev, at jeg takkede Pastor Lindhardt med et Par Ord? Eftersom jeg i Dagbogen havde skrevet en Del om det, at jeg vilde "søge Sandheden", så sagde han tit i den første Prædiken derefter: "men er du virkelig et søgende Menneske" o.s.v., derfor skrev jeg under Lappen "En, som søger." Nu bliver han ved at henvende sig til mig: "du, som kalder dig et søgende Menneske -" o.s.v. 
+[Med blyant er mellem linjerne tilføjet:] Til Alhed - 4 - 2 -92.
+Torsdag d: 4/2. Kære Alhed! Endelig kom da dit med megen Længsel ventede Brev, hvorfor du takkes mange Gange jeg har nu også i en hel Uge regelmæssig Morgen og Aften kaldt dig for en Asenskæft, en Svinehas o.s.v. Jeg nød dit Brev på Sengen to Gange, det er frygtelig Sjov, når jeg hører fra dig, ja gør Alvor af at skrive lidt hver Dag, du har Tid, så bliver Brevet langt og interessant, uden at du har synderlig Besvær med det. Nå så han har ikke friet! Jaja da, så må du ikke tage dig videre af ovenstående, som jo næstendels ligner en Lykønskning. Jo, du må heller end gærne skrive til Dr. Grauer. NB dersom du kan gøre det sådan, at han ikke tror, jeg har fået dig til det (du kan jo godt antyde, at jeg ikke véd det, og dersom du kan motivere det, at du skriver fornuftig, så han ikke tror, du gør det for at gøre Spræld; på hvad Måde vil du have ham til at tage sig af mig? Jeg ser umådelig gærne, at du gør det hvis jeg derved kunde komme til at tale lidt med ham en Gang imellem, du kunde jo bede ham se ud til mig en Gang imellem; for yderligere at motivere Brevet, kunde du jo bede ham sende dig Regningen, ikke? Skriv så strax til ham, hvis du tør, og send så mig hans Svar! Du véd ikke, hvor jeg tørster efter at tale med et dannet Menneske, det er et ganske kolossalt Savn; du kan aldeles ikke sætte dig ind i det, når du ikke har prøvet det at være helt ude af den "Luft", du er vant til; det er ligefrem så det kan brænde i mig, når jeg går forbi f. Ex. Dr. Grauers eller Pastod Lindhardts Hjem, ja hver en "Proprietærvogn," som kører forbi mine Vinduer ud ad Landet til, får mig til med blødende Hjærte at udmale mig et Hjem à la Gelskov eller Sludegård! Det var mig en ligefrem Sorg at se i Aftes på Koncerten alle de "dannede", hvoriblandt Pastor Lindhardt, Pastor Zahrtmann og flere, jeg kendte af Udseende, sidde med deres gode Samvittighed på Gulvet, mens jeg sad oppe i den yderste Krog af Balkonen [Teksten fortsætter øverst på side 1; på tværs:] Nu tror jeg, det skal være Slut for denne Gang. Du kan da ikke sige andet, end at jeg er flink til at skrive! Orgelet har jeg endnu ikke fået fra det Snude af en Fyr. Jeg vil i Dag prøve at få et et andet Sted, skal jeg have nogen Nytte af det, må jeg dog have det snart.
+Tusende Hilsner fra din
+Chr.
+Lad mig nu ikke vente længe på Brev!</t>
+  </si>
+  <si>
+    <t>1892-03-01</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup</t>
+  </si>
+  <si>
+    <t>Nørrebro København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Christian  Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Leonard Holst
+Alhed Larsen
+Christine  Mackie
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Warberg, familiens ældste, er gravid med sin forlovede Leonard Holst, og parret er ikke gift. Johanne og Lauritz Brandstrup boede i København, og Lauritz B. var begyndende dement. 
+Sollerup var en husholdningsskole, hvor flere af Warberg-pigerne var elever.
+Historien endte med, at den lille pige blev bortadopteret, og Christine og Leonard blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1367</t>
+  </si>
+  <si>
+    <t>Johanne Brandstrup er frygtelig trist over, hvad der er sket. De unge har ikke grebet sagen rigtigt an ved at hemmeligholde sagen, og Alhed er kommet i knibe på grund af det. Hanne synes bestemt ikke, at man skal lade de to gifte sig. Hun beder om, at man ikke dømmer Christine for hårdt. 
+Johanne er ked af, hvis det er sket på Langeland, og hun bebrejder sig selv, at hun ikke har passet bedre på de unge mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YLsm</t>
+  </si>
+  <si>
+    <t>Nørrebro den 1ste Marts 1892
+Kjære Abba, ja, hvad skal jeg skrive til Jer, jeg kan ingen Hjælp yde, og nogen trøst vil jeg gjærne give, men for Øjeblikket har jeg ingen. Det var for mig en frygtelig Efterretning, hvad maa det nu ikke have været for Eder. Vi bedede jo paa, at Uvejret fra i Sommer var ovre, og at Forholdet mellem dem skulde bedres med Tiden, eller opløses, som nu mange andre Forhold. At de vilde søge at skaane Eder for den store Sorg, naar det nu eengang var sket, kan jeg nok begribe, men de var for unge og for uerfarne til at gribe den Sag rigtig an. Jeg sagde til Alhed, havde de blot kunnet have Fortrolighed til mig, saa havde vi maaske kunne ordne det, men de tænkte jo ikke paa alt det der kan komme af saadan en Begivenhed. Jeg kan slet ikke tænke mig, at Lauras Hoved kan holde ud til al den Sindsbevægelse og Sorg, men haaber dog, at siden hun kan rejse derop, saa maa det gaa nogenlunde.
+Men Abba, jeg kan slet ikke begribe, at I lader dem holde Bryllup. Naar Ch. Ikke holder af ham mere, saa synes jeg det er ren gruligt at lænke dem sammen, for det kan jo ikke være Eders Mening, at de for Fremtiden skulle leve sammen. Havde de noget at leve af, og holdt de af hinanden endnu, saa blev det en anden Sag; ja, saa jævnede jo Tiden det Forhold, som var begyndt saa skjævt; men nu synes jeg I har Ansvar ved at lade dem faa Bryllup. Vi vilde ogsaa Alle helst have det skjult, og sæt nu at Barnet døde, saa stod hun der. Det er vel for Barnets Skyld at I gjøre det, det kan jeg begribe, men alligevel synes jeg det er en fejl. Jeg vil nu gjærne lægge et godt Ord ind for stakkels Christine, hun har bødet haardt allerede, og hun er vel ikke tilende med hvad hun har nedkaldt over sit eget Hoved, tænk paa det naar I dømmer hende, og [ulæseligt] hende ikke for stræng; jeg beklager hende dybt, saavelsom jeg beklager Eder. Hendes Natur er vanskelig, den har hun ikke givet sig selv, og nu maa vi tage alle Ting i Betragtning.
+Jeg har været frygtelig tilmode ved Tanken om, at det kunde være sket ovre paa Langeland, jeg vidste jo fra Laura, at det skulde noget Ansvar til at have dem sammen, og jeg fortalte jo hende alting om hvorledes jeg havde baaren mig ad. Christian trøster mig og siger, at om jeg nu havde meget for dem nok saa meget, saa kunde det dog være gaaet galt. Jeg vilde blot ønske, jeg vidste nu, om Laura tager Ch. ind med her; jeg synes det kunde gaa mere stille af herinde. I maa ikke paa Solleup tale om at det er for Faders Helbred Laura rejser herind, det vil komme fra Astrid til Moderen, og saa staar jeg med det overfor Thora, som har en fin Næse. Jeg har sagt til Th. at Lauras Hoved eer daarligt, det plejer det jo ofte at være; Th. maa nu nødig faa noget at vide, hun har [ulæseligt] Interesse for hver Historie. Christian vilde have været over et Par Dage hos Jer, men jeg skal hilse, [det følgende skrevet langs papirets højre kant, lodret] venter han foreløbig. Stakkels Alhed der har gaaet i alt det [det følgende skrevet på side 1, langs venstre kant og over begyndelsen af brevet] siden Jul, det har taget paa hende, og hun har lidt under al den Løgn hun har været indviklet i, men de har jo ment at gjøre det paa bedste Maade, og det blev gjort for at skaane Eder. Meeste har jeg pint Dig kjære Abba med meget af dette Brev, men jeg kunde ikke skrive andet. [Det følgende skrevet øverst på side 4, på hovedet] Kjærlig Hilsen, Din 
+Hanne.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1401,51 +1401,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WV48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WV48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M25"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1525,1064 +1525,1064 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>27</v>
+        <v>33</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="D6" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>66</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="D9" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>82</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-      <c r="J10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="L10" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="E11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="F11" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="J12" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="E13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="J13" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="F14" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="G14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>115</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D15" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>138</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F18" s="5" t="s">
+      <c r="E18" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>153</v>
-      </c>
-[...12 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L20" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="E20" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>57</v>
+        <v>162</v>
       </c>
       <c r="E21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="H21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>169</v>
-      </c>
-[...13 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>158</v>
+        <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>171</v>
       </c>
       <c r="G22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="J22" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="H22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="J22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I23" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="B23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="C23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="D23" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="I23" s="5"/>
-[...10 lines deleted...]
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="E24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="F24" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>57</v>
+        <v>195</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>158</v>
+        <v>72</v>
       </c>
       <c r="E25" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="F25" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>200</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>201</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>202</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>