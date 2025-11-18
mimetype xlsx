--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -44,60 +44,170 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1905-11-25</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sortedams Dossering 25</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Ellen Brønsted
+Louise Brønsted
+- Frandsen, Fr.
+Ina  Goldschmidt
+- Hammarsköld
+Marie Hansen
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+William Mackie
+- Schrøder, Frk. 
+Hempel Syberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det er ikke let at gennemskue, hvem Frøken Frandsen skal være sygeplejerske for. Hvem Jensen var vides ikke. Familien kendte mange af det navn. 
+Andreas/Dede boede hos sin mor, mens han læste jura. 
+Det vides ikke, hvem Helga var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1905-11-25, 2408</t>
+  </si>
+  <si>
+    <t>Det går godt med lille Bodild. Christine er et døgn forsinket på rejsen til Oslo.
+Frk. Frandsen skal bo hos en af Lauras døtre og hjælpe en tid.
+Louise Brønsted er blevet godt passet på hospitalet. 
+Laura har haft Puf på besøg hver dag, men han forstyrrede Andreas/Dede. 
+Det er en god idé at droppe julegaverne dette år. 
+Godt, at Astrid ikke lader barnet ligge hos sig, mens hun ammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vumR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Dosseringen d: 25/11 – 05
+Kære Astrid!
+Jeg skal hilse Dig fra Alhed og sige at det var en herlig Dag, de tilbragte hos Eder; det var rigtig morsomt, at den Tur blev saa vellykket. Det gik meget godt med lille Bodild, Wilhelm hjalp at faa hende i Bad; hun er jo saa god og skikkelig og som hun bliver hærdet, det er kolossalt. I Aftes ved 8 Tiden fik jeg Brev fra Christine, de var er helt Døgn forsinket til Christiania, hvor hun var i Land og købte sig en Bluse, som hun trængte saa haardt til. Det gik saa aldeles glimrende med den lille som aabenbart havde godt af Søluften; Hosten var i Aftagende og hun græd næsten ikke hverken Nat eller Dag. Frøken Frandsen hjalp hende saa udmærket, havde lavet hele Sa[ulæseligt]historie i Gang for hende; i Køkkenet var de flinke og hjælpsomme, alt tegnede til at gaae saa godt. Lille Marie blev ikke omtalt. Frøken Frandsen er en Sygeplejerske, som skal boe hos dem i [ulæseligt] og Billy see at skaffe noget Virksomhed. Jensen maa altsaa væk, men det var de forberedte paa. Lille Muk har det godt og Barnet er saa god fremdeles. I Dag var jeg der for sidste Gang, Muk var oppe, de vil saa gærne beholde hende til Tirsdag og hente Dig. Frøken Schrøder har sagt til Thora, at de vil ikke tage noget for hende og Thora vil selvfølgelig saa give hende Pengene fra Onkel Syberg. Det er en god Dagleje, Muk tjener, sagde Tutte. Vi er saa henrykte over det for Muks Skyld; i denne Maaned har de kun 90 Kr. og saa fremdeles naturligvis, men i Januar venter de jo det Fond paa 800, saa kan de da faae deres Sølvtøj løst ind og maaske betale deres Gæld. Her faar de altsaa rent ud en 50 Kr ganske uventet de veed det ikke endnu. Og saa har Muk ligget paa Enestue hele Tiden, faaet Dessert til Middag, bleven passet af Oversygeplejersken, jo de forguder hende derude Det lille Asen til Helga vil Muk blive i Birkerød det Par Dage mere til Tirsdag, saa nu skal jeg have Lukke herind i Morgen og saa rejse ud med hende paa Tirsdag; jeg er da kommen lidt til Hægterne igen, men nu har Alhed ogsaa haft Puf med ud hver Dag, for det var mig for meget at have ham hele Dagen og han forstyrrede ofte Dede – Paa Mandag haaber jeg at faae Mønster klippet af Aftenkaaben og sendt over til Eder; jeg glæder mig til at faa den i Stand til min store Vinterrejse. Det er en god Idé ikke at give Julegaver i Aar, saa kan jeg ogsaa faa Raad til en Vinterhat. Lad mig nu snart høre fra Dig igen lille Putte om den lille arter sig godt. Det er meget fornuftigt at Du ikke lægger hende hos Dig, mens hun drikker, men Du kan da sidde op i Sengen med hende, Du faar jo saa let disse Feberanfald, hvis Du vil sidde oppe og blive kold. Hils Fru Hammarsköld. – Paa Tirsdag rejser Alhed og Puf hjem. – Først i Dag har jeg smidt de hvide Krysanthemum ud som Alhed gav mig! Jeg havde glædet mig saa uhyre til 4 rolige Uger fra i Dag til Jul, men nu gaaer det med Uro til Tirsdag Aften, og først i December skal 
+[Skrevet langs sidens venstre kant:]
+[Ulæseligt] hjem til Guldbryllup der gaar 7 Dage
+Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
+    <t>1905-11-29</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Christine  Mackie
+William Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johanne kunne formodentlig ikke rejse fra sin svoger, William/Billy Mackie, før hendes søster, Christine kom hjem, fordi William ikke kunne klare sig uden en til at føre hus for sig. 
+The Oceanic Steam Navigation Company, eller mere kendt som The White Star Line var et prominent britisk skibsrederi, som blev grundlagt i 1845 i Liverpool – er mest berømt for RMS Titanic. (Wikipedia sept. 2023). 
+SS Cymric var et dampskib af White Star Line bygget af Harland og Wolff i Belfast og søsat den 12. oktober 1897 (Wikipedia sept. 2023). 
+United States: Passagerskib fra rederiet Scandinavian America Line, sejlede fra 1903 mellem København via Kristiania (Oslo) til New York (Wikipedia sept. 2023).
+Kaptajn Schmirten: Kaptajn på ”Olav” - Rederiet Scandinavian America Line søsatte 1904 ”Hellig Olav” på en rute mellem Kristiania (Oslo) og New York (Wikipedia sept. 2023). 
+Det vides ikke, hvem Hilde/Hilda, Fru Sonne, Mrs. Waird, Antonie og Charlie var. 
+Vilhelm kan være Vilhelm Larsen, Johannes Larsens bror, men det er uklart.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0425</t>
+  </si>
+  <si>
+    <t>William/Billy og Johanne/Junge ved stadig ikke, hvornår Christine kommer hjem. Johanne håber, at hun på hjemturen kan nå at være fem dage i London, men hvis Christines rejse er udsat, må Johanne vente, til hun er hjemme. Johanne håber, at hendes mor vil sende et poste restante-brev til London, og Johanne vil så telegrafere om hjemkomsttidspunktet, hvis hun har tid. 
+Johanne har bagt til et kaffeselskab. Hunden har fået otte hvalpe, og den har ikke mælk til dem, så Johanne har haft travlt med at lære dem at drikke (af flaske?).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D1e2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Sortedams Dossering 25
+N. København 
+Danmark.
+[På kuvertens bagside:]
+[Logo] White Star Line. 
+[I brevet:]
+Onsdag Eft. 29 Nov 1905.
+Kæreste Mor!
+Mens jeg sidder og venter paa Hilde vil jeg se at faa smurt et Par Ord op til dig – min Tid er ellers begyndt at blive lidt knap nu. Min Rejse staar jo stadig nærmest i det blaa, saa længe vi ikke rigtig ved noget om Christines Ankomst. Vi saa i Aviserne at United States gik fra Kbhvn. omkring ved den 15de Nov, men jeg turde ikke tage min Billet paa det, som da viste sig at være hen i Vejret; siden har Bladene stadig omtalt ”Olavs” Afgang g [”g” overstreget] med de forskelligste Datoer; Agenten her i Boston ved grumme lidt Besked. Der maa vist være gaaet Breve tabt hjemmefra, for vi har intet hørt fra dig og intet Brev fra Chr. Der var i Mandags et Par Ord paa et Brevkort, hvori stod, at hun spiste Østers sammen med Kaptain Schmirten – en meget værdifuld Oplysning naturligvis, men vi havde dog nok saa gærne hørt lidt om Rejseplanerne.
+Jeg haaber jo at komme afsted Torsdag 7nde December, beregner at være i London Lørdag 16de og tager saa fra London [”London” indsat over linjen] Harwich Torsdag 21nde Dec. Kl 10 Aft. og i Kbhvn en eller anden Tid Lillejuleaften. – Men Billy vil stadig ikke tage min Billet, han tænker sig vel Muligheden af, at hun ikke en Gang er kommen afsted Onsd. d. 22nde og i saa Fald kan hun jo ikke være her før d. 7nde og jeg ikke rejse. Saa maa jeg opgive London og tage med det danske Juleskib – hvilket vilde være en stor Skuffelse for mig. Jeg gad vide, om du mulig tror, at jeg paa dette Tidspukt [”n” indsatover linjen] allerede er rejst – skønt nej, det er nok ligefrem Forsinkelse af Posten, hvis den havde været normal, maatte Billy da have faaet et Brev fra Christine. – Naa, jeg fylder nok bare op med alt det Rejsevrøvl, men det er fordi det jo optager mig en Del, og keder mig lidt, at jeg ikke tør tage min Billet, Hvis du ser Vilhelm, saa tak ham for den meget værdifulde Rejseliste, som han sendte mig. Hør, Mor, du vilde da ikke sende mig en Smule Brev til London, hvor jeg jo bliver hele 5 Dage; bare mit Navn og saa poste restante, London, England; når man saa længe har været uden Samkvem med Omverdenen, vil det gøre godt med at høre et Par Ord om alt staar vel til, samt om du vil have mig til at telegrafere fra Esbjerg (hvis der er Tid) naar jeg kommer til Kbhvn; for det kan I vist ikke vide med Bestemthed, og det er jo en nem Sag at sende et Telegram. Hvis jeg kommer af Sted paa Torsdag bliver det med White Star Line; 2de Klasse paa Cymric; jeg vilde helst have haft Leyland Line 1ste Klasse, men nu maa jeg glæde mig over 10 Dollars sparet. – 
+Jeg har i Dag bagt en Valnøddekage til et lille Kaffeselskab paa Lørdag: Fru Sonne Mrs. Waird, Antonie Grethe og Elle; har for Resten haft nok at gøre med at lære de 8 Hvalpe at drikke. Roska har ikke haft Mælk til dem og de skriger af Sult; jeg har da nogenlunde faaet dem det lært, men efter megen Besvær. 
+Vi skal spise ude i Aften sammen med Hilda og Charlie, jeg skal klæde om nu; i Grunden var der vist meget at fortælle om, men det kan jeg gøre, naar jeg kommer hjem, jeg har ligesom ikke rigtig Taalmodighed her til at skrive. Undskyld dette rasende kedelige Brev, jeg skal skrive saa saare min Billet tages og Rejsen dermed bestemt
+Hils alle! Din Junge.</t>
+  </si>
+  <si>
     <t>1903-12-29</t>
-  </si>
-[...7 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Sortedams Dossering 25
 Italien
 Eden Nervi</t>
   </si>
   <si>
     <t>Peter Bichel
 Julie Brandt
 Alfred Goldschmidt
 - Hornemann, Peter Bs ven
 Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Astrid Warberg og Peter Bichel var forlovet en tid i 1903. Alfred Goldschmidt "kom imellem", og Astrid brød forlovelsen for i stedet at gifte sig med Goldschmidt.
 Peter Bichel blev gift med Grethe Jørgensen, som en tid boede sammen med Astrid W og Christine Swane på Bülowsvej i København.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1903-12-29, 2404</t>
   </si>
   <si>
     <t>Laura Warberg er dybt skuffet over, at Astrid har brudt forbindelsen med Peter Bichel. Laura er nok i Boston, når Astrid kommer hjem fra Italien.
 Johanne har besøgt den mand, der kom imellem Peter og Astrid, og det er Laura ked af.
 Astrid vil formodentlig fortryde sin beslutning.</t>
   </si>
@@ -105,53 +215,50 @@
     <t>https://fynboerne.ktdk.dk/d/Ym43</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Signorina Astrid Warberg
 Villa Castella
 Eden Nervi
 via Genua
 Italia [De fire linjer adresse i Italien overstreget]
 Danimarca
 Sortedams Dossering 25
 Copenhague
 [På kuvertens bagside:]
 Poststempler.
 [I brevet:]
 d: 29/12 –
 Kære Astrid!
 Jeg bliver ved at skubbe det hen med dette Brev, det er ikke saa let for mig, for jeg kan ikke se anderledes paa Sagen, end jeg hele Tiden har gjort. Peter har været hos os baade Juleaften til Juletræ, Juledag til Middag og i Søndags Aftes. Vi ser alle noget saa sjældent elskeligt i ham, jeg kan ikke komme over den Sorg det er mig, at min Putte, hvem jeg hidtil har været saa stolt af, ikke kunde ”passe til” et saadant Menneske! Som Du har skuffet os! og Peters Ven Hornemann, der skrev saa kønt til Dig og var saa glad ved Partiet. Jeg vil antage, at naar Du kommer hjem, saa er jeg rejst til Boston: Du maa jo nu i Vinter for Alvor tænke paa at skaffe Dig en Livsstilling, vel foreløbig en Plads ved et eller andet. – Johanne gjorde mig den Sorg at rejse ud og besøge det Menneske i Julen, som har krænket os saa haardt og hvem jeg aldrig tilgiver, at han kunde gaa mellem Dig og Peter og ødelægge Din Fremtid. Men dette skal nu være det sidste jeg skriver om det; jeg kan jo intet forandre og Du maa jo saa tage Fremtiden, som den bliver. Der kommer sikkert en Tid, da Du bittert fortryder dette Brud!
 Hilsener fra Mor.
 Pan beder mig hilse Dig.</t>
   </si>
   <si>
     <t>1904-03-02</t>
   </si>
   <si>
-    <t>Johanne Christine Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Louise Amstrup
 Aammen Jørgensen
 Augusta Mogensen
 Marie Paludan
 Erik Schaffalitzky de Muckadell
 Johanne Schroll
 - Skakke
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Erikshaab nær Sallinge på Sydfyn var godsforvalter Warbergs tjenestebollig, og her voksede Warberg-børnene op. Efter hans død måtte enken, Laura Warberg, fraflytte gården, og hun flyttede i slutningen af oktober 1903 til en fireværelses lejlighed på Sortedam Dossering 25 i København. Her boede hun og sønnen Andreas (Dede) en tid sammen. 
 Sommeren 1904 førte Johanne Warberg Larsen hus for den nye godsforvalter, Otto Emil Paludan/Pallam, på Erikshaab. Hendes lillesøster, Astrid, kom og tilbragte noget tid med dem dér, da der var fjendskab mod hende i familien, efter at hun var blevet forlovet med Alfred Goldschmidt (Astrid Warberg: Mit Livs Bog s. 61. Upublicerede erindringer; Kerteminde Egns- og Byhistoriske Arkiv).
 Familien Schroll boede på gården Lykkenssæde. 
 Det er uklart, hvilken søn der i 1904 blev født på Brobygaard. 
 Det vides ikke, hvad Otto Emil Paludan/Pallams mor hed. 
 Det vides ikke, hvem Viggo, Lisbeth, Kræstine og Hulda var. 
 "Slaa op paa Jensen": Frøken Jensens Kogebog udkom første gang 1901.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0424</t>
   </si>
   <si>
@@ -199,53 +306,50 @@
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg tog i april 1905 til Italien sammen med Birkholm. Anna Syberg vendte hjem efter tre uger. (Erland Porsmose: Fritz Syberg Kunsten, naturen, kærligheden - Gyldendal 2012)</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg er ankommet til Fiesole.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8GC3</t>
   </si>
   <si>
     <t>Kære Las’es 
 Nu sidder vi net i det. Vi forstaar ikke et Kvæk af alt det Lirum larum, det eneste vi har opfattet er at en Kirkegaard hedder en Sancho pansa og en 5 Øre er 5 Centimeter. De første Dage brugte vi paa Ufficierne alle Steder indtil vi opdagede at Ufficio betød ”Kontor” saa hvad forstaar Bønder sig paa Agurkesalat. Her lugter af Hvidløg og Luften er fuld af tørre Hestepærer men Italienerne er kønne. Baron. Høns</t>
   </si>
   <si>
     <t>1905-05-03</t>
   </si>
   <si>
     <t>Dosseringen</t>
-  </si>
-[...1 lines deleted...]
-    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Emil Brandstrup
 Thora  Branner
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 Christine  Mackie
 Andreas Warberg</t>
   </si>
   <si>
     <t>Thora/Tutte Branner fødte sit første barn, Bodild, 8. marts 1905. Hun var efter fødslen syg med smerter i underlivet og var sengeliggende. 
 Det vides ikke, hvem Peter og hans bedstefar var. Warberg-familien kendte mange ved navn Peter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0892</t>
   </si>
   <si>
     <t>Laura Warberg takker for besøget. Hun håber, at Astrid og Alfred Goldschmidt kommer til Christines fødselsdag. Der bliver ikke mere selskabelighed i dette forår, da pengene ikke rækker til det.
 Thora Branner er ved at få det bedre.
 Emil Brandstrup har haft 25-års jubilæum i postvæsenet.
 Sidsel er blevet godt forlovet.</t>
@@ -255,154 +359,50 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogata 19_ ⁴_
 Malmø
 Skåne
 [På kuvertens bagside: Håndskrevet på hovedet:]
 97
 50
 147
 55
 180
 98
 283
 88
 371
 72
 443
 [I brevet:]
 Dosseringen d: 3_de_ Maj
 Kære Astrid!
 Tak for sidst! og for Brevet som jeg først fik Søndag Morgen. Jeg var meget glad ved min lille Visit hos Dig, vi fik rigtignok passiaret godt. Christine var her om Aftenen og jeg fortalte der om min Tur. Nu vil jeg blive meget ked af det, hvis I ikke kommer paa Søndag og bliver Mandag over, jeg vilde dog saa gærne samle Eder alle paa Christines Fødselsdag til Middag 5 ½. Du skriver om at I skal have Abrahams over, men hvis det bliver af, saa maa i al Fald Du komme Mandag, vi kan slet ikke tænke os af at undvære Dig. Kan Alfred ikke faa Ærinde paa i ["paa" overstreget; ”i” indsat over linjen] Forretningen her den Dag??? – Saa gaaer der meget lang Tid inden jeg vil have nogen igen, da vi i dette Foraar har haft saa grumme megen Selskabelighed, og det er vor aller knappeste Tid fra nu og til Terminen. – Med Thora gaaer det vist rigtig godt frem, hun spiser med Appetit er bleven fed, saa rund i Kinderne, maa røre sig i Sengen og mulig komme op i Morgen 8 Dage. Det er store Fremskridt. Jeg var der i Gaar, hun glæder sig til Dit Brev. – I Mandags festede vi for Onkel Emil, der holdt 25 Aars Jubilæum i Postvæsenet. Alle de andre var forhindrede i at have ham, saa bad jeg ham til Middag sammen med Christine, Dede var i Slagelse inviteret derned at hjælpe Amstrup med en Forretning. – Peter var her et lille Svip i Gaar, hans Bedstefar er død, og P. var her til Begravelsen. I Morgen skriver vi alle til hans Fødselsdag og sender ham for 3 Kr. fine Godter. Jeg har ingen Breve faaet i lange Tider fra nogen; har heller ingenting oplevet, gaaer med Sædvane med en ækel Forkølelse og i disse Dage vadsker Sidsel, saa jeg maa jo alligevel passe Huset. Sidsel har forlovet sig! et godt Parti, Tilskærer hos Goldschmidt paa Amagertorv med 1200 om Aaret at begynde med og fri Bolig! en pæn Mand paa 32 Aar; men de skal ikke giftes strax. – Nu – Farvel lille Putte; hæng nu i med Sommer at hun kan faae Din Kjole færdig og faae den i al Fald paa Mandag; nu gaaer der jo saa mange Skibe Ture ["Skibe" overstreget; ”Ture” indsat over linjen] dagig.
 Mange Hilsner til Eder begge 
 fra Mor -</t>
-  </si>
-[...102 lines deleted...]
-Hils alle! Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -479,51 +479,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -563,274 +563,274 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="5" t="inlineStr">
+      <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>42</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>67</v>
       </c>
     </row>