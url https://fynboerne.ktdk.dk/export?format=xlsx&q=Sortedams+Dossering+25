--- v1 (2025-11-18)
+++ v2 (2026-02-27)
@@ -5,209 +5,99 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="68" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1905-11-25</t>
+    <t>1903-12-29</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...108 lines deleted...]
-    <t>1903-12-29</t>
   </si>
   <si>
     <t>Sortedams Dossering 25
 Italien
 Eden Nervi</t>
   </si>
   <si>
     <t>Peter Bichel
 Julie Brandt
 Alfred Goldschmidt
 - Hornemann, Peter Bs ven
 Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Astrid Warberg og Peter Bichel var forlovet en tid i 1903. Alfred Goldschmidt "kom imellem", og Astrid brød forlovelsen for i stedet at gifte sig med Goldschmidt.
 Peter Bichel blev gift med Grethe Jørgensen, som en tid boede sammen med Astrid W og Christine Swane på Bülowsvej i København.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1903-12-29, 2404</t>
   </si>
   <si>
     <t>Laura Warberg er dybt skuffet over, at Astrid har brudt forbindelsen med Peter Bichel. Laura er nok i Boston, når Astrid kommer hjem fra Italien.
 Johanne har besøgt den mand, der kom imellem Peter og Astrid, og det er Laura ked af.
 Astrid vil formodentlig fortryde sin beslutning.</t>
   </si>
@@ -215,50 +105,53 @@
     <t>https://fynboerne.ktdk.dk/d/Ym43</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Signorina Astrid Warberg
 Villa Castella
 Eden Nervi
 via Genua
 Italia [De fire linjer adresse i Italien overstreget]
 Danimarca
 Sortedams Dossering 25
 Copenhague
 [På kuvertens bagside:]
 Poststempler.
 [I brevet:]
 d: 29/12 –
 Kære Astrid!
 Jeg bliver ved at skubbe det hen med dette Brev, det er ikke saa let for mig, for jeg kan ikke se anderledes paa Sagen, end jeg hele Tiden har gjort. Peter har været hos os baade Juleaften til Juletræ, Juledag til Middag og i Søndags Aftes. Vi ser alle noget saa sjældent elskeligt i ham, jeg kan ikke komme over den Sorg det er mig, at min Putte, hvem jeg hidtil har været saa stolt af, ikke kunde ”passe til” et saadant Menneske! Som Du har skuffet os! og Peters Ven Hornemann, der skrev saa kønt til Dig og var saa glad ved Partiet. Jeg vil antage, at naar Du kommer hjem, saa er jeg rejst til Boston: Du maa jo nu i Vinter for Alvor tænke paa at skaffe Dig en Livsstilling, vel foreløbig en Plads ved et eller andet. – Johanne gjorde mig den Sorg at rejse ud og besøge det Menneske i Julen, som har krænket os saa haardt og hvem jeg aldrig tilgiver, at han kunde gaa mellem Dig og Peter og ødelægge Din Fremtid. Men dette skal nu være det sidste jeg skriver om det; jeg kan jo intet forandre og Du maa jo saa tage Fremtiden, som den bliver. Der kommer sikkert en Tid, da Du bittert fortryder dette Brud!
 Hilsener fra Mor.
 Pan beder mig hilse Dig.</t>
   </si>
   <si>
     <t>1904-03-02</t>
   </si>
   <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Louise Amstrup
 Aammen Jørgensen
 Augusta Mogensen
 Marie Paludan
 Erik Schaffalitzky de Muckadell
 Johanne Schroll
 - Skakke
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Erikshaab nær Sallinge på Sydfyn var godsforvalter Warbergs tjenestebollig, og her voksede Warberg-børnene op. Efter hans død måtte enken, Laura Warberg, fraflytte gården, og hun flyttede i slutningen af oktober 1903 til en fireværelses lejlighed på Sortedam Dossering 25 i København. Her boede hun og sønnen Andreas (Dede) en tid sammen. 
 Sommeren 1904 førte Johanne Warberg Larsen hus for den nye godsforvalter, Otto Emil Paludan/Pallam, på Erikshaab. Hendes lillesøster, Astrid, kom og tilbragte noget tid med dem dér, da der var fjendskab mod hende i familien, efter at hun var blevet forlovet med Alfred Goldschmidt (Astrid Warberg: Mit Livs Bog s. 61. Upublicerede erindringer; Kerteminde Egns- og Byhistoriske Arkiv).
 Familien Schroll boede på gården Lykkenssæde. 
 Det er uklart, hvilken søn der i 1904 blev født på Brobygaard. 
 Det vides ikke, hvad Otto Emil Paludan/Pallams mor hed. 
 Det vides ikke, hvem Viggo, Lisbeth, Kræstine og Hulda var. 
 "Slaa op paa Jensen": Frøken Jensens Kogebog udkom første gang 1901.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0424</t>
   </si>
   <si>
@@ -306,50 +199,53 @@
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg tog i april 1905 til Italien sammen med Birkholm. Anna Syberg vendte hjem efter tre uger. (Erland Porsmose: Fritz Syberg Kunsten, naturen, kærligheden - Gyldendal 2012)</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg er ankommet til Fiesole.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8GC3</t>
   </si>
   <si>
     <t>Kære Las’es 
 Nu sidder vi net i det. Vi forstaar ikke et Kvæk af alt det Lirum larum, det eneste vi har opfattet er at en Kirkegaard hedder en Sancho pansa og en 5 Øre er 5 Centimeter. De første Dage brugte vi paa Ufficierne alle Steder indtil vi opdagede at Ufficio betød ”Kontor” saa hvad forstaar Bønder sig paa Agurkesalat. Her lugter af Hvidløg og Luften er fuld af tørre Hestepærer men Italienerne er kønne. Baron. Høns</t>
   </si>
   <si>
     <t>1905-05-03</t>
   </si>
   <si>
     <t>Dosseringen</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Emil Brandstrup
 Thora  Branner
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 Christine  Mackie
 Andreas Warberg</t>
   </si>
   <si>
     <t>Thora/Tutte Branner fødte sit første barn, Bodild, 8. marts 1905. Hun var efter fødslen syg med smerter i underlivet og var sengeliggende. 
 Det vides ikke, hvem Peter og hans bedstefar var. Warberg-familien kendte mange ved navn Peter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0892</t>
   </si>
   <si>
     <t>Laura Warberg takker for besøget. Hun håber, at Astrid og Alfred Goldschmidt kommer til Christines fødselsdag. Der bliver ikke mere selskabelighed i dette forår, da pengene ikke rækker til det.
 Thora Branner er ved at få det bedre.
 Emil Brandstrup har haft 25-års jubilæum i postvæsenet.
 Sidsel er blevet godt forlovet.</t>
@@ -359,50 +255,154 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogata 19_ ⁴_
 Malmø
 Skåne
 [På kuvertens bagside: Håndskrevet på hovedet:]
 97
 50
 147
 55
 180
 98
 283
 88
 371
 72
 443
 [I brevet:]
 Dosseringen d: 3_de_ Maj
 Kære Astrid!
 Tak for sidst! og for Brevet som jeg først fik Søndag Morgen. Jeg var meget glad ved min lille Visit hos Dig, vi fik rigtignok passiaret godt. Christine var her om Aftenen og jeg fortalte der om min Tur. Nu vil jeg blive meget ked af det, hvis I ikke kommer paa Søndag og bliver Mandag over, jeg vilde dog saa gærne samle Eder alle paa Christines Fødselsdag til Middag 5 ½. Du skriver om at I skal have Abrahams over, men hvis det bliver af, saa maa i al Fald Du komme Mandag, vi kan slet ikke tænke os af at undvære Dig. Kan Alfred ikke faa Ærinde paa i ["paa" overstreget; ”i” indsat over linjen] Forretningen her den Dag??? – Saa gaaer der meget lang Tid inden jeg vil have nogen igen, da vi i dette Foraar har haft saa grumme megen Selskabelighed, og det er vor aller knappeste Tid fra nu og til Terminen. – Med Thora gaaer det vist rigtig godt frem, hun spiser med Appetit er bleven fed, saa rund i Kinderne, maa røre sig i Sengen og mulig komme op i Morgen 8 Dage. Det er store Fremskridt. Jeg var der i Gaar, hun glæder sig til Dit Brev. – I Mandags festede vi for Onkel Emil, der holdt 25 Aars Jubilæum i Postvæsenet. Alle de andre var forhindrede i at have ham, saa bad jeg ham til Middag sammen med Christine, Dede var i Slagelse inviteret derned at hjælpe Amstrup med en Forretning. – Peter var her et lille Svip i Gaar, hans Bedstefar er død, og P. var her til Begravelsen. I Morgen skriver vi alle til hans Fødselsdag og sender ham for 3 Kr. fine Godter. Jeg har ingen Breve faaet i lange Tider fra nogen; har heller ingenting oplevet, gaaer med Sædvane med en ækel Forkølelse og i disse Dage vadsker Sidsel, saa jeg maa jo alligevel passe Huset. Sidsel har forlovet sig! et godt Parti, Tilskærer hos Goldschmidt paa Amagertorv med 1200 om Aaret at begynde med og fri Bolig! en pæn Mand paa 32 Aar; men de skal ikke giftes strax. – Nu – Farvel lille Putte; hæng nu i med Sommer at hun kan faae Din Kjole færdig og faae den i al Fald paa Mandag; nu gaaer der jo saa mange Skibe Ture ["Skibe" overstreget; ”Ture” indsat over linjen] dagig.
 Mange Hilsner til Eder begge 
 fra Mor -</t>
+  </si>
+  <si>
+    <t>1905-11-25</t>
+  </si>
+  <si>
+    <t>Sortedams Dossering 25</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Ellen Brønsted
+Louise Brønsted
+- Frandsen, Fr.
+Ina  Goldschmidt
+- Hammarsköld
+Marie Hansen
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+William Mackie
+- Schrøder, Frk. 
+Hempel Syberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det er ikke let at gennemskue, hvem Frøken Frandsen skal være sygeplejerske for. Hvem Jensen var vides ikke. Familien kendte mange af det navn. 
+Andreas/Dede boede hos sin mor, mens han læste jura. 
+Det vides ikke, hvem Helga var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1905-11-25, 2408</t>
+  </si>
+  <si>
+    <t>Det går godt med lille Bodild. Christine er et døgn forsinket på rejsen til Oslo.
+Frk. Frandsen skal bo hos en af Lauras døtre og hjælpe en tid.
+Louise Brønsted er blevet godt passet på hospitalet. 
+Laura har haft Puf på besøg hver dag, men han forstyrrede Andreas/Dede. 
+Det er en god idé at droppe julegaverne dette år. 
+Godt, at Astrid ikke lader barnet ligge hos sig, mens hun ammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vumR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Dosseringen d: 25/11 – 05
+Kære Astrid!
+Jeg skal hilse Dig fra Alhed og sige at det var en herlig Dag, de tilbragte hos Eder; det var rigtig morsomt, at den Tur blev saa vellykket. Det gik meget godt med lille Bodild, Wilhelm hjalp at faa hende i Bad; hun er jo saa god og skikkelig og som hun bliver hærdet, det er kolossalt. I Aftes ved 8 Tiden fik jeg Brev fra Christine, de var er helt Døgn forsinket til Christiania, hvor hun var i Land og købte sig en Bluse, som hun trængte saa haardt til. Det gik saa aldeles glimrende med den lille som aabenbart havde godt af Søluften; Hosten var i Aftagende og hun græd næsten ikke hverken Nat eller Dag. Frøken Frandsen hjalp hende saa udmærket, havde lavet hele Sa[ulæseligt]historie i Gang for hende; i Køkkenet var de flinke og hjælpsomme, alt tegnede til at gaae saa godt. Lille Marie blev ikke omtalt. Frøken Frandsen er en Sygeplejerske, som skal boe hos dem i [ulæseligt] og Billy see at skaffe noget Virksomhed. Jensen maa altsaa væk, men det var de forberedte paa. Lille Muk har det godt og Barnet er saa god fremdeles. I Dag var jeg der for sidste Gang, Muk var oppe, de vil saa gærne beholde hende til Tirsdag og hente Dig. Frøken Schrøder har sagt til Thora, at de vil ikke tage noget for hende og Thora vil selvfølgelig saa give hende Pengene fra Onkel Syberg. Det er en god Dagleje, Muk tjener, sagde Tutte. Vi er saa henrykte over det for Muks Skyld; i denne Maaned har de kun 90 Kr. og saa fremdeles naturligvis, men i Januar venter de jo det Fond paa 800, saa kan de da faae deres Sølvtøj løst ind og maaske betale deres Gæld. Her faar de altsaa rent ud en 50 Kr ganske uventet de veed det ikke endnu. Og saa har Muk ligget paa Enestue hele Tiden, faaet Dessert til Middag, bleven passet af Oversygeplejersken, jo de forguder hende derude Det lille Asen til Helga vil Muk blive i Birkerød det Par Dage mere til Tirsdag, saa nu skal jeg have Lukke herind i Morgen og saa rejse ud med hende paa Tirsdag; jeg er da kommen lidt til Hægterne igen, men nu har Alhed ogsaa haft Puf med ud hver Dag, for det var mig for meget at have ham hele Dagen og han forstyrrede ofte Dede – Paa Mandag haaber jeg at faae Mønster klippet af Aftenkaaben og sendt over til Eder; jeg glæder mig til at faa den i Stand til min store Vinterrejse. Det er en god Idé ikke at give Julegaver i Aar, saa kan jeg ogsaa faa Raad til en Vinterhat. Lad mig nu snart høre fra Dig igen lille Putte om den lille arter sig godt. Det er meget fornuftigt at Du ikke lægger hende hos Dig, mens hun drikker, men Du kan da sidde op i Sengen med hende, Du faar jo saa let disse Feberanfald, hvis Du vil sidde oppe og blive kold. Hils Fru Hammarsköld. – Paa Tirsdag rejser Alhed og Puf hjem. – Først i Dag har jeg smidt de hvide Krysanthemum ud som Alhed gav mig! Jeg havde glædet mig saa uhyre til 4 rolige Uger fra i Dag til Jul, men nu gaaer det med Uro til Tirsdag Aften, og først i December skal 
+[Skrevet langs sidens venstre kant:]
+[Ulæseligt] hjem til Guldbryllup der gaar 7 Dage
+Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
+    <t>1905-11-29</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Christine  Mackie
+William Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johanne kunne formodentlig ikke rejse fra sin svoger, William/Billy Mackie, før hendes søster, Christine kom hjem, fordi William ikke kunne klare sig uden en til at føre hus for sig. 
+The Oceanic Steam Navigation Company, eller mere kendt som The White Star Line var et prominent britisk skibsrederi, som blev grundlagt i 1845 i Liverpool – er mest berømt for RMS Titanic. (Wikipedia sept. 2023). 
+SS Cymric var et dampskib af White Star Line bygget af Harland og Wolff i Belfast og søsat den 12. oktober 1897 (Wikipedia sept. 2023). 
+United States: Passagerskib fra rederiet Scandinavian America Line, sejlede fra 1903 mellem København via Kristiania (Oslo) til New York (Wikipedia sept. 2023).
+Kaptajn Schmirten: Kaptajn på ”Olav” - Rederiet Scandinavian America Line søsatte 1904 ”Hellig Olav” på en rute mellem Kristiania (Oslo) og New York (Wikipedia sept. 2023). 
+Det vides ikke, hvem Hilde/Hilda, Fru Sonne, Mrs. Waird, Antonie og Charlie var. 
+Vilhelm kan være Vilhelm Larsen, Johannes Larsens bror, men det er uklart.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0425</t>
+  </si>
+  <si>
+    <t>William/Billy og Johanne/Junge ved stadig ikke, hvornår Christine kommer hjem. Johanne håber, at hun på hjemturen kan nå at være fem dage i London, men hvis Christines rejse er udsat, må Johanne vente, til hun er hjemme. Johanne håber, at hendes mor vil sende et poste restante-brev til London, og Johanne vil så telegrafere om hjemkomsttidspunktet, hvis hun har tid. 
+Johanne har bagt til et kaffeselskab. Hunden har fået otte hvalpe, og den har ikke mælk til dem, så Johanne har haft travlt med at lære dem at drikke (af flaske?).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D1e2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Sortedams Dossering 25
+N. København 
+Danmark.
+[På kuvertens bagside:]
+[Logo] White Star Line. 
+[I brevet:]
+Onsdag Eft. 29 Nov 1905.
+Kæreste Mor!
+Mens jeg sidder og venter paa Hilde vil jeg se at faa smurt et Par Ord op til dig – min Tid er ellers begyndt at blive lidt knap nu. Min Rejse staar jo stadig nærmest i det blaa, saa længe vi ikke rigtig ved noget om Christines Ankomst. Vi saa i Aviserne at United States gik fra Kbhvn. omkring ved den 15de Nov, men jeg turde ikke tage min Billet paa det, som da viste sig at være hen i Vejret; siden har Bladene stadig omtalt ”Olavs” Afgang g [”g” overstreget] med de forskelligste Datoer; Agenten her i Boston ved grumme lidt Besked. Der maa vist være gaaet Breve tabt hjemmefra, for vi har intet hørt fra dig og intet Brev fra Chr. Der var i Mandags et Par Ord paa et Brevkort, hvori stod, at hun spiste Østers sammen med Kaptain Schmirten – en meget værdifuld Oplysning naturligvis, men vi havde dog nok saa gærne hørt lidt om Rejseplanerne.
+Jeg haaber jo at komme afsted Torsdag 7nde December, beregner at være i London Lørdag 16de og tager saa fra London [”London” indsat over linjen] Harwich Torsdag 21nde Dec. Kl 10 Aft. og i Kbhvn en eller anden Tid Lillejuleaften. – Men Billy vil stadig ikke tage min Billet, han tænker sig vel Muligheden af, at hun ikke en Gang er kommen afsted Onsd. d. 22nde og i saa Fald kan hun jo ikke være her før d. 7nde og jeg ikke rejse. Saa maa jeg opgive London og tage med det danske Juleskib – hvilket vilde være en stor Skuffelse for mig. Jeg gad vide, om du mulig tror, at jeg paa dette Tidspukt [”n” indsatover linjen] allerede er rejst – skønt nej, det er nok ligefrem Forsinkelse af Posten, hvis den havde været normal, maatte Billy da have faaet et Brev fra Christine. – Naa, jeg fylder nok bare op med alt det Rejsevrøvl, men det er fordi det jo optager mig en Del, og keder mig lidt, at jeg ikke tør tage min Billet, Hvis du ser Vilhelm, saa tak ham for den meget værdifulde Rejseliste, som han sendte mig. Hør, Mor, du vilde da ikke sende mig en Smule Brev til London, hvor jeg jo bliver hele 5 Dage; bare mit Navn og saa poste restante, London, England; når man saa længe har været uden Samkvem med Omverdenen, vil det gøre godt med at høre et Par Ord om alt staar vel til, samt om du vil have mig til at telegrafere fra Esbjerg (hvis der er Tid) naar jeg kommer til Kbhvn; for det kan I vist ikke vide med Bestemthed, og det er jo en nem Sag at sende et Telegram. Hvis jeg kommer af Sted paa Torsdag bliver det med White Star Line; 2de Klasse paa Cymric; jeg vilde helst have haft Leyland Line 1ste Klasse, men nu maa jeg glæde mig over 10 Dollars sparet. – 
+Jeg har i Dag bagt en Valnøddekage til et lille Kaffeselskab paa Lørdag: Fru Sonne Mrs. Waird, Antonie Grethe og Elle; har for Resten haft nok at gøre med at lære de 8 Hvalpe at drikke. Roska har ikke haft Mælk til dem og de skriger af Sult; jeg har da nogenlunde faaet dem det lært, men efter megen Besvær. 
+Vi skal spise ude i Aften sammen med Hilda og Charlie, jeg skal klæde om nu; i Grunden var der vist meget at fortælle om, men det kan jeg gøre, naar jeg kommer hjem, jeg har ligesom ikke rigtig Taalmodighed her til at skrive. Undskyld dette rasende kedelige Brev, jeg skal skrive saa saare min Billet tages og Rejsen dermed bestemt
+Hils alle! Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -479,51 +479,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -563,274 +563,274 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
+      <c r="E3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>46</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...3 lines deleted...]
-        <v>61</v>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>67</v>
       </c>
     </row>