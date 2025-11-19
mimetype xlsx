--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1075" uniqueCount="689" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1085" uniqueCount="699" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3957,50 +3957,88 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PxiH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Malerinden
 Fru Christine Swane
 Skovgaardsvej 5
 Birkerød
 Danemark.
 [Håndskrevet på kuvertens bagside:]
 Lars Swane
 c/o Hotel de l'avenir.
 52 Rue Gay Lussac
 Paris V.
 France
 ["France" er skrevet med grønt blæk. Det øvrige med sort]
 [I brevet:]
 Rue Gay Lussac 52 Tirsdag 7-6-49.
 Kære Mor! Tak for Brev som vi fik i Dag! Det var dejligt at Varedirektoratet nu endelig gav sig. Angaaende Ramme til Udkast: jeg havde tænkt mig at vi fik 2 runde Stokke og hæftede det paa, og saa rullede det ud paa Væggen, jeg tror ikke det andet er praktisk, det bliver alt for uhaandterligt, tænk over det. Angaaende Lærred, saa har jeg bare glemt det, der er Lærreder paa Loftet, Lisbeth kan hjælpe dig at faa dem ned. Der er nogle helt hjemmepræparerede til dig og nogle meget glatte paa det købte Lærred, som jeg skulde have selv. Tag i alt Fald bare hvad du kan bruge.
 Vi har det godt hernede nu er Vejret blevet fint. Vi var i Gaar til Frokost fra Kl. 12 til 4 30_hos Rogers Forældre, de er alle vældig søde, bor nydeligt og det har trods Sprogvanskelligheder været _meget hyggeligt, men kan du forstaa ret anstrengende. Vi skal der til Aften i Morgen og haaber at de vil diske lidt mindre op for os. 
 Angaaende Bilkørsel gennem Tyskland mærkede vi ingen Vanskelligheder, kører man blot nogenlunde fornuftigt (og vi kører helt fornuftigt) er der ingen særlig Besvær. Der er meget ujævn Vej gennem Hamborg og Bremen grundet paa Omkørsler ved Bombningerne, men saa maa man sagtne Farten og Fare frembyder det slet ikke. Den daarligste Vej er i Belgien, hvor det er Brosten meget af Vejen, men der gælder det samme.
 I Gaar var vi med Karen og hendes Mand Bob i Versailles, en dejlig Tur, især den kæmpestore Park var smuk. I Dag har jeg hentet Penge og Benzinmærker til Turister (20 fr. billigere pr L.). Benzinen er ellers lige givet fri. Vi bor nu paa Hotellet hvor Karen bor, billigt og ordentlig, de første to Nætter boede vi lidt dyrere paa Hotel Dagmar lige ved Siden af. Men Mad og alle mulige Ting undtagen Vinen er meget dyrt, saa vi maa passe paa, men saa kan det gaa, og efterhaanden faar vi ogsaa Øvelse i at beregne rigtigt. Vi haaber nu at Rie har haft en god Fødselsdag og er blevet tilfreds med Ur og andre Gaver. Du maa hilse hende meget fra os begge to. Vi har ogsaa i Dag haft Kort fra Poul Utt. og hører at han har talt med Jer. Vi har endnu ikke haft Forbindelse med Hans Tabor men skal have fat i ham en af de nærmeste Dage, vi kom jo lige før Pinse og saa havde ["havde" indsat over linjen] Karen fri, derfor har vi særlig været sammen hende nu, og saa var der Roger, men nu kommer Turen til ham som sagt. Vi bliver her ca 10 dage endnu og jeg vil egentlig gerne have de Breve med da jeg ikke ved hvad det drejer sig om. Senere har Karen lovet at sende Brevene efter os naar vi giver hende Besked om Adr. Hils nu Rie mange Gange fra os og vær selv paa det bedste hilset fra Ursula og Lasse.
 P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
+  </si>
+  <si>
+    <t>Udateret. 1916-1925. Forår</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elisabeth Neckelmann
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Harald Schoubye
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Peter Hansen ejede et hus i Faaborg, men han og familien boede det meste af året i København.
+Den usikre sprogbrug og ortografi tyder på, at Grete Hansen, g. Jensen, har skrevet brevet, da hun var arn.</t>
+  </si>
+  <si>
+    <t>Brevet ejes af en efterkommer af Elise og Peter Hansen</t>
+  </si>
+  <si>
+    <t>Grete Hansen, g. Jensen sender violer. 
+Hun er indlogeret på et hotel, hvor hun bruger gulvet som glidebane.
+Gretes far, Peter Hansen, har en dejlig have med bærbuske og frugttræer-</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vGGB</t>
+  </si>
+  <si>
+    <t>Kære Kylle og Sis!
+Hvordan har du ["du" overstreget] I det? jeg har det godt. Her sender vi jer Nogle Violer som vi har plukket for lidt siden da vi var paa en Tur. Vi gik af en yndig Tur af en Vej der førte til Hostrup. Paa Grøftekanten voksede de. Hør hvordan har mine Blomster det. Vi har faaet et dejligt Værelse her paa Hotellet der er saadan et Glat Gulv som jeg bruger som Glidebane. Dejlig Have Far har ved sit Hus. Der er Solbær, Graapærer og et andet Pæretræ E ["E" overstreget] et Blommetræ og to Kirsebærtræ saa er der et Rosenbed og et Lysthus. Mange Hilsner til Jer Begge samt Harald og Niels Erik fra os alle. 
+(Nu kan du Lisbet ikke sige at jeg ikke skriver.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -4077,59 +4115,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6ts1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKWb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yfHC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQEk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1ZzhoUMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KgnZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ob1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xnkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKT2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YeoW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C71i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A2UsJnLI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PC62VM0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Z4lEV68Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LPylMI3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvWcT8E1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VOGQjMQU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9so" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mV9ihoHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/onsZe01k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxMeRFVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwGCNq80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PDoXrJg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/E9r0OiDs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H74NL7Oi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sR2nmHPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JxKM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8dtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6ts1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKWb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yfHC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQEk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1ZzhoUMa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KgnZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ob1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xnkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKT2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YeoW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C71i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A2UsJnLI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PC62VM0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Z4lEV68Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LPylMI3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvWcT8E1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xitGOHEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LiEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VOGQjMQU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9so" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mV9ihoHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/onsZe01k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxMeRFVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwGCNq80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PDoXrJg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/E9r0OiDs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H74NL7Oi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sR2nmHPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IE3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JxKM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8dtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGGB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M115"/>
+  <dimension ref="A1:M116"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9326,50 +9364,97 @@
       <c r="F115" s="5" t="s">
         <v>682</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
         <v>683</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>684</v>
       </c>
       <c r="J115" s="5" t="s">
         <v>685</v>
       </c>
       <c r="K115" s="5" t="s">
         <v>686</v>
       </c>
       <c r="L115" s="6" t="s">
         <v>687</v>
       </c>
       <c r="M115" s="5" t="s">
         <v>688</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>698</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9445,44 +9530,45 @@
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
+    <hyperlink ref="M116" r:id="rId121"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>