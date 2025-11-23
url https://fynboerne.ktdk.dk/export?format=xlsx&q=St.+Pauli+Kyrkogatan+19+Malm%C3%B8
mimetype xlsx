--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -44,2739 +44,67 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1912-05-19</t>
+    <t>1905-02-16</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Ellen  Sawyer
-[...2 lines deleted...]
-  <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...792 lines deleted...]
-Porto 50
-------
-412
-[...1874 lines deleted...]
-    <t>1905-02-16</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Malmø
 Rosenvej 2 og St Paulli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Peter Bichel
 Alfred Goldschmidt
 Malin   Holmström-Ingers
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid og Alfred Goldschmidt flyttede i 1905 fra København til Malmø, da Alfred af sit firma fik tilbudt et bedre job i Malmø, end det han havde i København. 
 På adressen i Boston, hvortil brevet er stilet, boede Astrid og Johannes storesøster, Christine, med sin amerikanske mand. 
 Astrid og Peter Bichel var kærester, da hun mødte Alfred Goldschmidt og afsluttede forholdet til Peter. 
 Malin/Molle Ingers havde ifølge svensk Wikipedia en dreng og en pige. Astrid skriver, at hun havde tvillingedøtre, hvilket også fremgår af andre breve i KTDK.
 Thora/Tutte Branner fik datteren Bodild i 1905, og Astrid og Alfred Goldschmidts datter Ina blev født 17. sept. 1905.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0409</t>
   </si>
   <si>
     <t>Peter Bichel har skrevet, at når han ikke kan få Astrid, vil han ikke giftes. 
 Det er ærgerligt med koncerten, som Christine havde arbejdet på. 
 Johanne/Junge må sørge for at få set andet af USA end kun Boston. 
 Astrid er træt af at bo på Rosenvej, og hun glæder sig til at komme til Malmø. Hun har været syg, og Ingeborg samt moderen har hjulpet. 
@@ -2807,50 +135,178 @@
 [I brevet:]
 Rosenvej 2, III
 Torsd. 16 Febr 1905
 Kære lille Junge! Nu er det nok mig, der sløjer af med Brevene. Jeg sendte Dig forrige Uge et utålsomt Kort – skrevet oppe i Kv. Læseforening – og da jeg kom hjem, så lå der Brev fra Alfred – med Dit lange ”indiskrete” indeni. Hvad Du deri fortalte mig, kunde jeg iøvrigt ikke rime sammen med Peters egne Ord til mig, der rent ud gik ud på, at han aldrig nogen Sinde kunde tænke sig at gifte sig, når det ikke var bleven med mig; og han var stadig af den Mening, at vi kunde være bleven såre lykkelige med hinanden (hvorpå kan intet Menneske svare) der var ingen Misforståelse mulig. 
 Nu har jeg måske også været indiskret. – Så fik jeg atter i Går et langt Brev – gennem Alfred; Du glæder mig uhyre med Din nye Opfattelse af Tiden – selvfølgelig den ene rigtige. Jeg har altid hadet den dovne og tilfredse [”og tilfredse” indsat over linjen] Talemåde – ”så går den Tid med det!” Den Tilfredshed er dog en stor Falliterklæring – og nærmest et Farvel til Livet.
 Med Din nye Metode vil Tiden jo styrte fra Dig – så bagvendt laver Vorherre det for os: vil vi holde fast i Tiden, så render den fra os – og vil vi sende Tiden ad Helvede til – så hager den sig fast i èn – og man slipper den aldrig 
 Det er da ellers knusende ærgerligt med den Koncert når nu Mormine har haft alt det Slid – og vel sagtens også glædet sig. Sch[ulæseligt] er da også en Lort. – Du skriver i den senere Tid slet ikke mere om Planer; se dog for Guds Skyld at komme til Californien – kommer du engang hjem og har kun set Boston af hele Amerika, så vil Du dog ofte ærgre Dig. 
 Ang. Bestikkelser – her og der. Det forekommer mig, at man her i Landet køber sig Kors og Titler – 
 Råddenskab er der vist desværre allevegne i Jordklodens degenererede Befolkning. –
 Som Du ser ovenfor befinder jeg mig stedse på Rosenvej – og sandelig ikke med min gode Villie. Det er nærmest en uudholdelig Tilværelse; tilmed har jeg været syg og ligget flere Dage af en slem Brystforkølelse. Det er højst ubehageligt, når man er muttersalene; Ingeborg har nok været flink til at hjælpe mig, men de har jo selv så meget om Ørene altid. I Morges var Mor herude og gav mig Morgenmad etc – en Kone kommer og gør Ild hver Dag. Mor er jo enestående til at møde altid, når der er noget i Vejen. Hos Tutte er hun jo hver Dag i Eftermiddagstimerne – hun (Tutte) venter sig hver Dag og Time. Alle lever i Spænding - jeg selv mindst, for jeg skal jo have den ene, hvis der er 3 – sådan ser Tutte jo ud – og jeg er barnløs. –
 Du kan ellers tro, at jeg er utålmodig af at sidde indespærret (siden Mandag) – for der er jo stærk Sandsynlighed for, at vi kommer til at flytte på Mandag (Du ser, jeg er evig sangvinsk) og jeg har jo Masser at forberede. Du godeste Gud, hvor jeg dog glæder mig! Vi får det nok langt smukkere dér – Adressen: Sankt Paulli Kirkegade 19 ⁴ - Stuerne er større og hyggeligere – og der er fri Udsigt fra Vinduerne – dette er et uendeligt Plus – jeg er ved at se mig tosset på de Satans Genboere. Dernæst gider man selvfølgelig først derovre være over at lave alt helt i Orden, når man véd, at man [”man” indsat over linjen] bliver der foreløbig. Og endelig: Pigen! 
 Gud Junge, som jeg hver Dag fryder mig ved Tanken om hende. Hun skal læres til at besørge alt – højst vil jeg gøre Indkøb, når jeg alligevel følger Alfred ind til Byen om Morgenen. 
 Ellers: spille – læse – skrive! Hvor knusende sjov, når Du skal besøge os herovre! Vi skal føre highlife, kan Du tro. Vi vil også tage til Lund, der er så meget at se – og til Falsterbo, hvor der vist er pragtfuldt – spørg Elle. Og da også til Åkorp – Molle har et meget smukt og gæstfrit Hjem og de yndigste Børn – Du skulde blot set to små lyshårede – rødkindede og blåøjede Tvillingepiger! de var så lækre og bløde og rene. 
 II) I denne Sammenhæng vil jeg gerne fortælle Dig mit Livs store Hemmelighed, hvis Du vil love mig at bevare den absolut – Du er naturligvis den eneste forude Ægteparret A &amp;amp; A Goldschmidt, der erfarer det kolosalt betydningsfulde og uhyre højtidelige, som jeg for Resten selv neppe tør tro af lutter Glæde - men som forskellige Omstændigheder alligevel nøder mig til at tro på. 
 Inden jeg røber det, som Du selvfølgelig på ingen Måde kan gætte – så vil jeg blot endnu engang bede Dig bevare en ubrydelig Tavshed overfor det, jeg i Fortrolighed meddeler Dig.
 Altså: der er en ganske lille bitte Alfred – eller en ganske ubetydelig lille bitte Dis, hvad det nu kan være, der ligger og gror et Sted dybt inde i mig; den har foreløbig besluttet at se Dagens Lys den 20de September; men sådanne små Beslutninger er jo aldrig helt at stole på; hvis jeg må råde, så skal min lille Unge naturligvis pænt holde sig indenfor mine Grænser indtil den 29 Sept – så opnår Du og jeg på en Måde at holde Fødselsdag på samme Dag. – 
 Nå, nu har Du hørt det hele; og jeg håber da, at Du på det grundigste er imponeret. Junge – smil ikke overbærende – sig ikke, at dette er en Hverdagsbegivenhed – 
 Du skal nemlig vide, Junge, at når dette engang overgår èn selv – så forandrer alt sig; og det, man hos andre finder såre naturligt og ikke videre mærkværdigt – det bliver – Tilfældet overført på en selv – til noget ganske overordentlig besynderligt; noget man i Grunden aldrig rigtig havde tænkt sig Muligheden af for sit eget Vedkommende. 
 Det bliver til et helt lille Vidunder, Junge, dèt, der skal ske; det er en vidunderlig Følelse, at man hver eneste Dag går omkring og nærer med sit Legeme – sin Sjæl – en lille Menneskeskabning i sit eget Indre. 
 Åh Junge – lad mig dog ikke blive ved med at snakke – men vent blot, til Du engang kan sige de stolte Ord, at Du bærer på et lille Barn, så skal Du se, hvor det er underligt, og hvor det kan gøre èn sært lykkelig.
 Altså Junge, når Du engang vender hjem, så er det sandsynligt, at der vrimler med små ubekendte Søskendebørn alle Vegne -.
 Jeg får nu kun èn, for jeg er rask som en Fisk (undt. Forkølelser, som dog ikke vedkommer Ungen) har så at sige ingen Kvalme – og er dog på 3die Måned!!
 Nå, det bliver nok dog ikke andet end Ungesnak – Jungesnak – lad mig så slutte med Tusinde Hilsener fra Din Dis</t>
   </si>
   <si>
+    <t>5.-6. marts</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan No 19 4.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Alfred Goldschmidt
+Malin   Holmström-Ingers
+Hornung &amp; Møller
+Enoch Ingers
+Christine  Mackie
+Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne og Astrids storesøster, Christine/Mornine, boede sammen med sin amerikanske mand på 54 Coolidge Str. i Brookline, Mass., USA. 
+Astrid og Alfred Goldschmidt flyttede i 1905 til Malmø, da han af sit firma der blev tilbudt en højere stilling, end den han havde i København.
+Johanne og Astrids søster, Thora/Tutte, ventede barn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0410</t>
+  </si>
+  <si>
+    <t>Alfred og Astrid Goldschmidt er flyttet i deres nye lejlighed i Malmø. Der er smukt både ude og inde.
+De to har været på gåtur for at besøge Malin/Molle Ingers. Hjemme igen lavede pigen, Mathilde, aftensmad til dem. 
+Astrid skal til København for at besøge sin mor, og måske har Thora/Tutte til den tid født. 
+Johanne skal ikke blive for længe hos de ækle amerikanere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wuMq</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+læst 1964.
+dateret marts 1905.
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline 
+Mass.
+U.S.A. 
+[Skrevet på kuvertens bagside:]
+Afs Astrid Goldschmidt
+St Paulli Kyrkogatan
+19 ⁴ - Malmø
+Sverige
+[På hovedet:]
+Hilsen fra Alfred
+[I brevet:]
+St Pauli Kyrkogatan 19 3 Sal 4 Våning
+5-6 Marts 1905
+Kære Junge! Det er Søndag – lige efter Middag – Alfr. og jeg står i Begreb med at trave ad Landevejen til Åkorp at besøge Molle – og glæder os til den gode Tur.
+Vi er nu så vidt i Orden, at vi har sovet herude i Nat – boet på Hotel hidtil – afventende et Lægesyn, der først skulde tilse vor Bolig. 
+Her er rasende smukt ude - vores nye Møbler tager sig udmærket godt ud her i de store lyse Stuer – og vi hat fået herlige Farver på Væggene – rødt i Alfreds akurat som på Dit Kams, da Farven var ny – ensfarvet grønt hos mig – lidt lysere end i gl Dage på Elles Kams - nu går vi videre her i Morgen ---
+Søndag Aften.
+Det blev en dejlig Spadseretur – kønt, køligt Forårsgråvejr – men rene og tørre Veje. Vi traf Molle og blev vel modtagne – Manden var ikke hjemme. Vi drak Kaffe der og tilbragte nogle hyggelige Timer der – de har det så smukt – og Ungerne er henrivende – Molle selv er også forfærdelig sød. Molle spillede lidt for os – siden Alfred. De har et dejligt Flygel – stort – af et svensk Firma, der ligner Hornung &amp;amp; Møller – siger de, for jeg kan sgutte høre det. 
+Da vi mærkede, at Molle var bedt til Hvilan om Aftenen, så tog vi Afsked - havde ellers tænkt at blive der til Aften.
+Af Turen var vi ellers bleven så skrupsultne, at vi strax, da vi kom til Malmø, maatte ind og have en Forfriskning; vi har jo en lang Vej hertil fra Stationen – c ½ Time. Da vi kom hjem, gav vi strax Pigen Mathilda Ordre at ”duka” Aftensmaden; Du aner ikke, hvor det er herligt at have Pige! hun er nu også så storartet – spørger aldrig om noget – men ordner selv stilfærdigt sit Arbejde og laver alt til Punkt og Prikke, som vi vil have det – desværre er hun kun foreløbig – skal gifte[s] til Maj. ---
+Du er ellers en net èn Junge at skælde mig ud for Troløshed – i Mandags fik jeg et Kort – og forrige Gang et lillebitte 3 Siders Brev fra Dig. Mon Du ikke snart får min rigtige Adresse i Hænde – jeg synes, det er Åringer siden, at jeg opgav den til Dig – men endnu går alle Breve over Fabriken. I Morges havde jeg Brev fra Mor – og var jo strax overbevist om Tutte – særlig da jeg havde drømt en yndig lille Pige om Natten – men nej, Tutte haler det ud bestandig – dog måske det dog er hændt i Nat. 
+På Tirsdag rejser Alfred atter til Leipzig for Resten af Ugen; jeg følger ham til Kjøbenhavn og bliver hos Mor til næste Dag. Måske da Tutte tænder. Uha, det må ellers ikke være rart at skulle på Stiftelse – og endda på Fællesstue; jeg synes da, det må være ganske henrivende at ligge i Barselsseng hjemme i sit eget Hus, hvor man har sin Mand og det hele. Også hvis man skulde dø, hvad man jo altid ricikerer. 
+Når Du svarer på dette Brev, så skriv lidt nøjagtig til mig om, hvornår Du kommer hjem – jeg synes, at Spørgsmålet er noget svævende – men Du vèd måske intet selv derom. Og Pladserne? Sig mig også, om dèt er Chancer. 
+Men bliv dog ikke for længe hos de ækle Amerikanere – Du som ikke behøver det. Molle fortalte om en svensk Digter [”svensk” indsat over linjen], der i et Dagblad havde skreven nogle Artikler, hvori han ikke levnede Amerikanerne Ære for 2 Skilling. Så snart jeg kan få fat i dem – de skal udkomme i Bogform – vil jeg sende Mornine dem – vil de ikke virke som Balsam? 
+Nå - måske ser vi vel Mornine en Dag – det kan jo blive knusende sjov: og hun vil da også have glimrende Gavn af det. –
+Nu må jeg slutte – vi skal i Seng – 
+Tusind Hilsner - Dis</t>
+  </si>
+  <si>
+    <t>1905-03-31</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Sidsel -
+Julie Brandt
+Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+- Fenger
+Alfred Goldschmidt
+Peter Hansen
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Elisabeth Mackie
+Alhed  Møhl, Lysses datter
+Jens Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane takkede i et brev fra 28. marts 1905 Astrid Warberg for, at hun havde skaffet en invitation til at udstille på Journalistforbundets udstilling.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid Warberg, 1905-03-31, 2407, Skagensbrev</t>
+  </si>
+  <si>
+    <t>Alle er glade for, at Christine Swane/Uglen får billeder med på udstillingen. 
+Laura Warberg har haft mange fra familien til aftensmad og overnatning. Alhed og Johannes Larsen rejser nok snart, for han er i gang med et stort billede. 
+Thora Branner er syg efter en fødsel og må ikke amme. Man prøver at hyre Frk. Fenger til at passe hende. 
+Mon Astrid og Alfred kan finde en god jordemoder?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WuGv</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Dosseringen d: 31de Marts.
+Kære Astrid!
+De er alle saa henrykte over, at Du har faaet Uglen med i den Udstilling; her laa Brev til Alhed i Aftes med dette til Dig i. I Gaar ved 12 Tiden fik jeg Telegram at Kjerteminderne vilde komme i Aftes. Jeg skulde til Thora og gik paa Vejen op og bad Christine og Madsen om at gaa paa Banegaarden. Sidsel var ude. Jeg havde Aftensmad til dem alle, Elisabeth kom for at læse, blev her til 11½, da de alle gik. Las og Alhed sov udmærket paa mit Pulterkammer, var paa ”den frie” i Formiddags, spiste Frokost med P. Hansen et Sted i Byen, han er jo vældig rig for Tiden. Kl. 2 skulde Christine mødes med dem ved Charlottenborg og med dem ind at see paa Malerier og paa de Kongelige. Saa er de alle her til Middag paa en vældig Oxesteg, som Alhed havde med til mig foruden 2 Snese Æg og et stort Stykke Salt Kød. Lille Alhed har sovet i Haven, jeg glæder mig til at faae dem samlede her – savner Eder. Stakkels Thora er det kun simpelt med; Dr. Schou har for 3-4 Dage siden undersøgt hendes Lunger og sagt at der er lidt i Vejen med dem og at hun muligvis ikke maa amme, hvad hun har været saa forknyt over. I Gaar havde hun nu tilmed faaet stærke Smerter et Sted i Underlivet og laa med varme Omslag fra Aftenen før, havde Feber i Gaar Morges og kunde intet spise, havde faaet Lov at være fri. Jeg maa hen til Wilhelm i Aften og høre til hende, han er saa grulig forknyt. Nu har de bestemt derude, at hvis de paa nogen Maade kan undvære Frøken Fenger, saa skal hun følge Thora hjem og være der til hun selv kan passe Barnet og Huset; i hvert Tilfælde en Sygeplejerske skal hun have. Vi er ogsaa vis paa, at naar Lægen har sagt, Thora foreløbig maa amme den lille, saa er det bare et Tidsspørgsmaal og Fr. Fenger vil saa nok vænne hende til Flaske, mens hun er der. Vi er meget kede af det for stakkels Tutte og Gud veed, hvad det nu er for Smerter i Underlivet. Den lille er rolig og god heldigvis. Naar Th. kommer hjem skal hun paa Fedekur og meget i frisk Luft, saa hun maa jo have en til at passe Barnet. Der er aldeles ikke Tale om at komme op endnu. – Jeg tænker saa meget paa, naar Du kommer og er sammen med dem her; Kjerteminderne bliver nok ikke ret længe, da Las er ivrig efter at male paa et stort Billede. Kommer Du ikke, mens Alfred er i Leipzig? Herinde kan jeg jo ikke have Dig, Pan derimod godt. Chr. er endnu hos Magisterens. Puf er sød og morsom; var saa henrykt ved at gense alt her, er med Sidsel ”paa Gaden” og slaar mangen en Snak af med hende i Køkkenet. Saa Farvel lille Putte! Jeg tænker ogsaa meget paa, om I nu kan faae opsporet en dygtig Læge og gennem ham en Jordemoder.
+Mange Hilsener til Eder begge fra Muk og Mor.</t>
+  </si>
+  <si>
     <t>1905-04-12</t>
   </si>
   <si>
     <t>Malmø</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Johan -, Erikshaab 1905
 Alfred Goldschmidt
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Petersen Bøgebjerg
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Harris Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, boede med sin mand, William Mackie på 54 Coolidge Str., Brookline, Mass., USA. 
 Det vides ikke, hvem Hilda var - og om det var en person eller et sted. 
 Dr. Petersen er muligvis Dr. Petersen Bøgebjerg. 
@@ -2880,50 +336,2594 @@
 A [Goldsch]midt
 Malmö – Sweden.
 Poststempel. 
 [I brevet:]
 St Pauli Kyrkogata 19, Malmø 12te April 1905
 Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
 I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
 Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
 Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
 Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
 Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
 – Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
 II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
 Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
 Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
 II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
 Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
 -. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
 Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
 Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
 --- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
 Selv hilses Du kraftigt fra Alfred og hans Kone.
 p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
 [Skrevet på hovedet øverst side 1:]
 Det er Onkel Sybergs Fødselsdag i Dag.</t>
+  </si>
+  <si>
+    <t>1905-05-03</t>
+  </si>
+  <si>
+    <t>Dosseringen</t>
+  </si>
+  <si>
+    <t>Sidsel -
+Charles Abrahams
+Ingeborg Abrahams
+Mogens Abrahams
+Emil Brandstrup
+Thora  Branner
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+Christine  Mackie
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner fødte sit første barn, Bodild, 8. marts 1905. Hun var efter fødslen syg med smerter i underlivet og var sengeliggende. 
+Det vides ikke, hvem Peter og hans bedstefar var. Warberg-familien kendte mange ved navn Peter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0892</t>
+  </si>
+  <si>
+    <t>Laura Warberg takker for besøget. Hun håber, at Astrid og Alfred Goldschmidt kommer til Christines fødselsdag. Der bliver ikke mere selskabelighed i dette forår, da pengene ikke rækker til det.
+Thora Branner er ved at få det bedre.
+Emil Brandstrup har haft 25-års jubilæum i postvæsenet.
+Sidsel er blevet godt forlovet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dZLL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19_ ⁴_
+Malmø
+Skåne
+[På kuvertens bagside: Håndskrevet på hovedet:]
+97
+50
+147
+55
+180
+98
+283
+88
+371
+72
+443
+[I brevet:]
+Dosseringen d: 3_de_ Maj
+Kære Astrid!
+Tak for sidst! og for Brevet som jeg først fik Søndag Morgen. Jeg var meget glad ved min lille Visit hos Dig, vi fik rigtignok passiaret godt. Christine var her om Aftenen og jeg fortalte der om min Tur. Nu vil jeg blive meget ked af det, hvis I ikke kommer paa Søndag og bliver Mandag over, jeg vilde dog saa gærne samle Eder alle paa Christines Fødselsdag til Middag 5 ½. Du skriver om at I skal have Abrahams over, men hvis det bliver af, saa maa i al Fald Du komme Mandag, vi kan slet ikke tænke os af at undvære Dig. Kan Alfred ikke faa Ærinde paa i ["paa" overstreget; ”i” indsat over linjen] Forretningen her den Dag??? – Saa gaaer der meget lang Tid inden jeg vil have nogen igen, da vi i dette Foraar har haft saa grumme megen Selskabelighed, og det er vor aller knappeste Tid fra nu og til Terminen. – Med Thora gaaer det vist rigtig godt frem, hun spiser med Appetit er bleven fed, saa rund i Kinderne, maa røre sig i Sengen og mulig komme op i Morgen 8 Dage. Det er store Fremskridt. Jeg var der i Gaar, hun glæder sig til Dit Brev. – I Mandags festede vi for Onkel Emil, der holdt 25 Aars Jubilæum i Postvæsenet. Alle de andre var forhindrede i at have ham, saa bad jeg ham til Middag sammen med Christine, Dede var i Slagelse inviteret derned at hjælpe Amstrup med en Forretning. – Peter var her et lille Svip i Gaar, hans Bedstefar er død, og P. var her til Begravelsen. I Morgen skriver vi alle til hans Fødselsdag og sender ham for 3 Kr. fine Godter. Jeg har ingen Breve faaet i lange Tider fra nogen; har heller ingenting oplevet, gaaer med Sædvane med en ækel Forkølelse og i disse Dage vadsker Sidsel, saa jeg maa jo alligevel passe Huset. Sidsel har forlovet sig! et godt Parti, Tilskærer hos Goldschmidt paa Amagertorv med 1200 om Aaret at begynde med og fri Bolig! en pæn Mand paa 32 Aar; men de skal ikke giftes strax. – Nu – Farvel lille Putte; hæng nu i med Sommer at hun kan faae Din Kjole færdig og faae den i al Fald paa Mandag; nu gaaer der jo saa mange Skibe Ture ["Skibe" overstreget; ”Ture” indsat over linjen] dagig.
+Mange Hilsner til Eder begge 
+fra Mor -</t>
+  </si>
+  <si>
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>1905-05-28</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Hilda -
+Julie Brandt
+Carl Czerny
+Alfred Goldschmidt
+Edvard Grieg
+Alhed Larsen
+Christine  Mackie
+William Mackie
+Wolfgang Mozart
+Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
+Isac Salmonsen
+Ellen  Sawyer
+Franz Schubert
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen opholdt sig i 1905 hos sin søster og svoger i Boston for at føre hus for dem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0412</t>
+  </si>
+  <si>
+    <t>Alfred og Astrid/Dis Goldschmidt har været på tur til Bokskogen. Og der har været Børnehjælpsdag med udklædte personer i byen. 
+På en anden tur plukkede Alfred og Astrid blomster og så en fasan, der lettede fra sin rede. Alfred er naturinteresseret. På en danseplads var det fælt at se på de dansende.
+Lykke kommer nok indefra. Astrid glæder sig til barnet og er glad for Alfred.
+Laura Warberg ville have Astrid og Alfred til København, så de kunne træffe Alhed Larsen, men de havde ikke råd.
+Astrid tror, at Johanne fortier noget. Hun kan ikke forstå, at Johanne kan holde ud at blive i USA så længe og opfordrer hende til at tænke på sig selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/59xR</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk. Johanne Warberg
+54 Coolidge Str
+Brooklyn (Boston)
+Mass.
+U.S.A.
+[På kuvertens bagside:]
+AGoldschmidt
+Pauli Kyrkogata
+Malmø
+Sweden
+[I brevet:]
+”Bokskogen” 28 Maj 1905.
+Kæreste lille Junge! Her ligger Alfred og jeg ude i en stor prægtig Bøgeskov, et Par Mil fra Malmø; det er første Gang vi undersøger Omegnen pr Jernbane – men det er også første Søndag vi har haft rigtig fuldendt Sommervejr – sådan rigtig knaldende Hede – så man ikke kan holde sig hjemme; I Går trak det ellers op til Forandring i Vejret – som så ofte, når en Søndag stod for Døren; vi opgav derfor alt Håb om Tur og sov længe i Morges; og så vågnede vi op til al denne Vejrherlighed. Vi nød en tidlig Middag – gjorde Madposer i Stand og tog af Sted med Toget Kl 2 ad Genarp (Jenarp) [”(Jenarp” indsat over linjen] til, stod af midtvejs ved Bokskogen – travede langt væk fra alt Pøbelværk. Skoven er stor – og nu ligger vi midt i Skoven – på en mægtig Bakke – meget højere end Odensebakken – det hele minder mig snarest om Gammelskov. Selvfølgelig begyndte vi med at spise – hvad kan lignes ved en go hjemmelavet ”Mellemma” med Mildning til! Og nu er vi ved Tobakken; Alfred læser Barselhistorie i min Bog – og jeg snakker lidt med Dig; men det er for Resten ikke så let at ligge ude [”ude” indsat over linjen] og skrive, når man har sådan en stor Unge inden i sig; jeg må vende og dreje mig hvert Øjeblik, og den sparker meget. Den alvorligere Del af Brevet vil jeg derfor opsætte, til jeg er hjemme igen.
+Dit alvorligt bekymrede Brev, som jeg fik i Går, vil vi tale om siden – ja, gid Du var her, så vi kunde tale om det! Jeg fik det, da jeg kom slæbende hjem fra Morgenturen – med en hel Taske fuld af Indkøb – og jeg skulde selv ud at lave Middagsmad, da vi – i Anledning af Børnehjælpsdagen havde givet Mathilda fri. De lukkede Kl 2 på Fabrikken; så snart vi havde spist Middag, begav Alfred og jeg os pligtskyldigt af Sted – for at spytte i Bøsser samt se på Halløjet; hele Byen var i Bevægelse og der var et stort Vogntog med morsomme Udklædninger; det var meget hedt og meget trættende, men man ”må” jo. Bedst var absolut, da vi omsider landede på et lille godt Conditori på Gustav Adolfs Torg, hvor vi nød en forfriskende Is. Da vi kom hjem var jeg usle Pjalt så træt, at jeg måtte skruppe i Seng – Kl 8! – og sov støt i 12 Timer! Men Gud – hvor Styrtebadet så smagte! Det er hver Morgen første Gang for os begge – ind i det lille Baderum til Douchen. –
+Næste Morgen på en Bænk i Parken. 29/5 – 05.
+Jeg afbrød Skriveriet i Går, da vi nemlig besluttede at trave lidt omkring. Udbyttet var umådelig rigt; vi gik ned ad den nydelige Bakke – kom til en ganske henrivende Eng – med Birke – Elle – og små Ege o.m.a.; men i Udkanten af Skoven fandt vi en Masse Lilliekonvaller! de var rigtignok ikke helt udsprungne, men de kommer nok; desuden fandt vi uhyre Mængder af de herligste Forglemmigejer – og jeg havde Held så at sige at træde i en Fasanrede – da min Fod rørte Reden, fløj Fuglen op med stort Brag – der var 13 varme Æg i Reden; desværre var Alfred foran og så den ikke rigtig – det morer ham så rasende at se Fugle og Dyr – den første halve Time holdt han Vagt nærved Reden – for hvis den skulde komme tilbage, og i Morges slog han op i Salmonsen og læste om Fasaner; så der, at de ruger c 26 Dage – og foreslog straks at vi skulde tage derud næste Søndag igen for så om mulig at finde dem. Alfred er henrivende sød at være på Tur med; han er så umådelig interesseret i alt, hvad vi ser.
+Og nede i Engen plukkede vi Bunker af Engblommer og Gøgeurter og unge Bregner tog vi op med Rod – nu skal vi se, om de vil gro. Da endelig vores store Taske var propfuld, forlod vi de yndige Steder og gik tilbage – Kl var bleven c 8; i Skoven lige ved Stationen var der Halløj med Restauranter – Karrusel og Danseplads; sidste var en ret stor Bræddesalon; delt tversover – i Midten sad Musiken og spillede til begge Sider; til højre dansede ”bättre” Folk for 10 Øre Dansen – til venstre ”sämre” – for 5 Øre!!!
+Vi så lidt på dem – de var fæle at se danse – alle sammen; så drak vi en Svalebayer og begav os ned til det lille Tog. - . Nu sidder jeg altså i Parken efter at have fulgt Alfred. Her er nu dejligt! store svalende Lindealleer – udstrakte Græsplæner – udsprungne Sirener – Guldregn – Papyrus – Magnolier (pragtfulde) og Tusinde andre. Dertil en Gøg, som kukker, jeg så den før! og Nattergale – Drosler – Stære – Finker – Skader – Duer; og allerbedst – den varmende – strålende glade Sommersol – som forsølver – forgylder forskønner den hele, herlige Verden. Sådan tror man; men i Virkeligheden kommer hele Herligheden nok indvendig fra – fra Ungen? Manden? Hjemmet? – åhja – jeg tror det kommer fra alt det, man efterhånden har fået sig lavet sammen; og nærmer mig mere og mere den Anskuelse, at Ægteskabet bliver det lykkelige Grundlag for ens Tilværelse – det eneste Grundlag, på hvilket der er [ulæseligt ord] for at arbejde sig til en varig Lykke – om en sådan existerer. 
+- hermed vil jeg slutte mit lille Friluftsbrev. – 
+Brev No 2.
+Hjemkommen; det er knusende hedt, jeg har iført mig let, hvid Friserkåbe – indtaget en mægtig Portion kold Rabarbersuppe – og nu sidder jeg vel forløst i den store Stue, som jeg altid er lige ved at kalde ”Havestuen”; her så lyst og luftigt – hele Ydervæggen optages af to Vinduer – derimellem en Altandør – og Stuen vender mod Sydvest – hvilket betyder kølig Skygge hele Formiddagen – og dejlig Sol fra Middag til Aften; de lyse, gulstribede Gardiner fra Kastanievej ser så bedårende ud i dette Lyshav - og alle vores Blomster gror, så det er en Fornøjelse, vi har sået Nasturtierer (tropæolum) i et Par store Potter, de er alle kommen op, og så snart de gror til skal de ud på Altanen – så bliver der dejligt – Gården er tålelig – nemlig så stor, at vi ikke har Genboere lige for Øjnene – men tænk hvilket Himmerig om der groede en gemen Regenslind! Nå, her er nu ganske godt endda, vi bor jo allerøverst så her [”her” indsat over linjen] er meget Luft og Lys – næsten alle Huse i Malmø er 3die Sals, (på svensk 4de Våning); lige nu er Pigen Mathilda i Færd med at hænge en lille Vask til Tørring hun ser brillant ud i sin lysegule Kjole blandt alt det flagrende Tøj. 
+Jeg har lovet hende Del i alle de ”granne blommor” som vi har med hjem fra Bokskogen – og hun er meget henrykt -. Jeg havde i Går Morges Brev fra Mor – de har nok ikke hørt fra Jer længe; Mor skriver, at Be er i Staden – Forretninger – kom uventet; og Mor opfordrede os til at rejse til Kjøbenhavn og være sammen med dem alle på Dosseringen; men dels kom Brevet en Time efter Skibets Afgang og dels havde vi ikke så mange Penge – det er jo sidst på Måneden – og en Rejse til Kjbh. bliver 6 Kr – alene Billetten, (retur for os begge.) Jeg begynder ellers at blive hed om Ørene m.H.t. Unge – Udstyr – jeg aner ikke, hvordan jeg skal gribe Sagen an – og Alf. vèd det så jo heller ikke.
+Jeg gør ingen Ting ved det – men traver mine lange Ture (går Tur både når jeg følger Alfr og når jeg henter ham -) samt øver mig meget flinkt, er ved at indøve noget firhændigt (Etude i Ddur af Mozart (let) – som vi vil spille for dem i Sommerferien, hvis vi nu opnår at komme til Kerteminde, vi har forespurgt om de vilde tage os i Pension. Desuden spiller jeg ”Lyriske Småstykker” af Grieg, kan tre deraf udenad, samt Schuberts ”impromtu” – kan første Stykke udenad og er nu i Færd med 1ste Variation. Så spiller jeg Zernys Etuder (1ste Del) samt nogle lette af [ulæseligt], samt endelig endnu en 4 hændig – Schubert trois [”trois” indsat over linjen] marches heroique. – om dette nu ellers kan more dig. – Endelig læser og skriver jeg en hel Del – og ser naturligvis også efter, at Pigen M. gør godt rent – samt bestemmer Madretter – men Du kan da ellers tænke, at jeg fører en glimrende Tilværelse – naturligvis er det mest Alfs. Skyld – el rettere: det er derfor, at jeg mere og mere knusende godt kan lide ham – og så er der også det, at jeg til Tider kan blive ganske vild af betaget Henrykkelse ved Tanken om det, der forestår – og jeg nærer naturligvis svimlende Forhåbninger m.H.t. Udfaldet.
+I det hele taget, Junge, Du gør Dig ikke Begreb om, hvor guddommeligt det kan føles at være frugtsommelig; det er, som om der giver sig til at gro helt ukendte Kræfter i ens Indre – som om ens Sjæleliv antager nye – og videre Former; Hjernen giver Plads for Tanker og Forestillinger, som man slet ikke har kendt før; man synes næsten, at man aner en Sammenhæng – en Mening – der hvor alt før var Kaos; så meget er vist – at der er en himmelvid Forskel på dette, at tænke sig til engang at få Børn – (og det er jo en Faktor vi alle regner med) – og så dette – at føle Barnet levende i sig. Åh, Junge, stor er den Verden, vi lever i – og mange er Midlerne, som skaber Glæde for Mennesker. Og denne bestandige Følelse af, at man trods alt har Sværdet over sit Hoved – det tjener dog kun til, at man føler des mere intensivt i Glæden.
+- Vèd Du, at jeg har længe haft på Fornemmelsen, at Dine Breve var ikke helt at stole på – jeg syntes bestandig, at der var Ting, som du forsætlig gik uden om; til noget sådant er der jo ingenting at sige – men vel at mærke: der er ingenting at sige dertil – og det er vel Grunden til, at jeg har narret Dig flere Gange – og ikke skreven, Du forstår det jo nok rigtig - III
+- jeg tænkte – ”mine Ord vil ikke meget sige”. 
+Nu fik jeg Dit s.k. ”Skarnbøttebrev” og skynder mig at smide min Bøtte i Hovedet på Dig til Gengæld; den er rigtignok for Tiden ingen Skarnbøtte – men så kunde den da heller ingen Nytte gøre; nu er min Mening den, at der er ikke idel Elendighed til i Verden – og det har jeg villet lade Dig vide. Noget ”Trøstebrev” i egentlig Forstand kan jeg ikke præstere – der kan aldrig ”trøstes” Junge, når Ulykken stammer fra de indre Dele, og jeg mener jo nok, at Kernen i Din Ulykkelighed ligger i Dit Forhold til [ulæseligt]; dét er første Række (ikke Hjemvéen) – er Skyld i alle Dine Pinsler -. Og så naturligvis Hjemvéen. Jeg kender den – det er som en fysisk Sygdom – jeg fik f.Eks en rædsom Kvalme -; og – tør jeg skrive det, der bestandig har været i mine Tanker? Jeg har ikke kunnet fatte at Du kunde holde den gående derovre så længe! og da der var Tale om, at Morn. vilde hjem til Efteråret – så forlød der samtidig noget om, at Du alligevel vilde blive derovre; Pan har vist været plaget af svære Anfægtelser – og jeg var skam heller ikke glad.
+Jeg kan vel ikke komme med Råd? det synes jo, som om hele Billys Hus’ Existens beror på Din Forbliven; er det muligt! kan der ikke engageres en Pige, som Du kan sætte i Gang, og som Du kan overbevise Dig om er pålidelig – og én, som i får til at binde sig de resterende Måneder – for Fanden – Din Existens går da over Økonomien – fallit kan Billy vel ikke gå, om Du også rejser; og jeg mener virkelig, at Du ofrer altfor meget ved at blive, når Du lider sådan af at være der. Et positivt Råd: fastsæt at Du vil hjem om 1-2-3 [”1” indsat over linjen] Måneder – efter Behag; så snart Du da ser en overkommelig Frist for Dig, vil Du kunne få en Masse ud af Din Tid – en Masse Sprog og Musik – fordi det så ikke længere gælder om at få Ende på Tiden – men om at få den til at slå til. 
+Når jeg har læst i Bladene om de overfyldte Skibe med Passagerer hertil fra Amerika – så har jeg flere Gange tænkt – Gud vèd om ikke lille Junge er med på èt af dem – og det vil ikke overraske mig, om Du en Dag viser Dig på Skuepladsen.
+Søde lille Junge – er jeg en skidt èn til at råde Dig? Men kan jeg da andet end råde til det som jeg selv absolut vilde gøre i sådant Fald.
+Jeg er jo ganske vist en stor Egoist, det er sikkert – men jeg har da heller aldrig set nogen virkelig frugtbar Selvopofrelse; det er ikke til rigtig Gavn for nogen af Parterne; men naturligvis mangler jeg Forudsætninger til helt at kunne se til Bunds i dette specielle Tilfælde; for mig ser det kun ud, som om Din første Pligt her er Pligten mod Dig selv – og døm selv, hvori den beror!
+Nå – dette er nok et Timebrev – gid det dog må træffe Dig i nogenlunde god Condition – se så til at Du kan fejre en måske lille Højtid med Elle og Billy – og Hilda – o.d.a. 
+Nu skal jeg da virkelig blive flink igen til at skrive. Sidst sendte jeg et Kort – har Du fået det?
+Hermed Tusinde sommervarme Pinsehilsner fra din evig heng.
+Dis</t>
+  </si>
+  <si>
+    <t>1905-11-25</t>
+  </si>
+  <si>
+    <t>Sortedams Dossering 25</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Ellen Brønsted
+Louise Brønsted
+- Frandsen, Fr.
+Ina  Goldschmidt
+- Hammarsköld
+Marie Hansen
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+William Mackie
+- Schrøder, Frk. 
+Hempel Syberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det er ikke let at gennemskue, hvem Frøken Frandsen skal være sygeplejerske for. Hvem Jensen var vides ikke. Familien kendte mange af det navn. 
+Andreas/Dede boede hos sin mor, mens han læste jura. 
+Det vides ikke, hvem Helga var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1905-11-25, 2408</t>
+  </si>
+  <si>
+    <t>Det går godt med lille Bodild. Christine er et døgn forsinket på rejsen til Oslo.
+Frk. Frandsen skal bo hos en af Lauras døtre og hjælpe en tid.
+Louise Brønsted er blevet godt passet på hospitalet. 
+Laura har haft Puf på besøg hver dag, men han forstyrrede Andreas/Dede. 
+Det er en god idé at droppe julegaverne dette år. 
+Godt, at Astrid ikke lader barnet ligge hos sig, mens hun ammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vumR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Dosseringen d: 25/11 – 05
+Kære Astrid!
+Jeg skal hilse Dig fra Alhed og sige at det var en herlig Dag, de tilbragte hos Eder; det var rigtig morsomt, at den Tur blev saa vellykket. Det gik meget godt med lille Bodild, Wilhelm hjalp at faa hende i Bad; hun er jo saa god og skikkelig og som hun bliver hærdet, det er kolossalt. I Aftes ved 8 Tiden fik jeg Brev fra Christine, de var er helt Døgn forsinket til Christiania, hvor hun var i Land og købte sig en Bluse, som hun trængte saa haardt til. Det gik saa aldeles glimrende med den lille som aabenbart havde godt af Søluften; Hosten var i Aftagende og hun græd næsten ikke hverken Nat eller Dag. Frøken Frandsen hjalp hende saa udmærket, havde lavet hele Sa[ulæseligt]historie i Gang for hende; i Køkkenet var de flinke og hjælpsomme, alt tegnede til at gaae saa godt. Lille Marie blev ikke omtalt. Frøken Frandsen er en Sygeplejerske, som skal boe hos dem i [ulæseligt] og Billy see at skaffe noget Virksomhed. Jensen maa altsaa væk, men det var de forberedte paa. Lille Muk har det godt og Barnet er saa god fremdeles. I Dag var jeg der for sidste Gang, Muk var oppe, de vil saa gærne beholde hende til Tirsdag og hente Dig. Frøken Schrøder har sagt til Thora, at de vil ikke tage noget for hende og Thora vil selvfølgelig saa give hende Pengene fra Onkel Syberg. Det er en god Dagleje, Muk tjener, sagde Tutte. Vi er saa henrykte over det for Muks Skyld; i denne Maaned har de kun 90 Kr. og saa fremdeles naturligvis, men i Januar venter de jo det Fond paa 800, saa kan de da faae deres Sølvtøj løst ind og maaske betale deres Gæld. Her faar de altsaa rent ud en 50 Kr ganske uventet de veed det ikke endnu. Og saa har Muk ligget paa Enestue hele Tiden, faaet Dessert til Middag, bleven passet af Oversygeplejersken, jo de forguder hende derude Det lille Asen til Helga vil Muk blive i Birkerød det Par Dage mere til Tirsdag, saa nu skal jeg have Lukke herind i Morgen og saa rejse ud med hende paa Tirsdag; jeg er da kommen lidt til Hægterne igen, men nu har Alhed ogsaa haft Puf med ud hver Dag, for det var mig for meget at have ham hele Dagen og han forstyrrede ofte Dede – Paa Mandag haaber jeg at faae Mønster klippet af Aftenkaaben og sendt over til Eder; jeg glæder mig til at faa den i Stand til min store Vinterrejse. Det er en god Idé ikke at give Julegaver i Aar, saa kan jeg ogsaa faa Raad til en Vinterhat. Lad mig nu snart høre fra Dig igen lille Putte om den lille arter sig godt. Det er meget fornuftigt at Du ikke lægger hende hos Dig, mens hun drikker, men Du kan da sidde op i Sengen med hende, Du faar jo saa let disse Feberanfald, hvis Du vil sidde oppe og blive kold. Hils Fru Hammarsköld. – Paa Tirsdag rejser Alhed og Puf hjem. – Først i Dag har jeg smidt de hvide Krysanthemum ud som Alhed gav mig! Jeg havde glædet mig saa uhyre til 4 rolige Uger fra i Dag til Jul, men nu gaaer det med Uro til Tirsdag Aften, og først i December skal 
+[Skrevet langs sidens venstre kant:]
+[Ulæseligt] hjem til Guldbryllup der gaar 7 Dage
+Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
+    <t>1905-12-23</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Johanne Christine Larsen
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og svoger boede i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1908-12-23, Laura Warberg til Astrid, 2410</t>
+  </si>
+  <si>
+    <t>Junge/Johanne er kommet fra London. Hun har glemt tasken med julegaver.
+Laura Warberg takker for den påbegyndte lysedug. 
+Det er småt med julegaver dette år.
+Astrid må give besked om, hvornår Laura skal komme, for hun skal også til Snøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ronk</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Lille Juleaften.
+Kære lille Putte!
+Glædelig Jul! – Det er yndigt I skal have et lille Juletid! Vi er rigtig hver i sin Krog i denne Jul! Saa kom da Junge i Morges Kl. 10! Thora og jeg ventede i 2 stive Timer paa hendes forsinkede Tog! Hun havde 2 II og Sovevogn, sove brillant hele Natten til 8½! – har det glimrende! moret sig godt i London, men derover glemt at faae sin store Kuffert - med alle Julegaver – paa ret Køl, saa der staaer den! Tak for Brev og den pragtfulde Begyndelse paa Lysdug! Jeg kan netop trænge til en pæn! Silketæppet er til at hænge ved Hovedgærdet af den lille Seng; Trøjen er fra Thora. Vinen til Eders Juleaftensmad fra Dede. Det er smaat med Julegaver fra os til alle Sider. – Ja saa følger jeg Johanne over til Eder, men lad os vide en Dag, I er ene; helst Torsdag da jeg nemlig gerne vil rejse til Snøde Lø Fredag; men passer den Dag ikke for Eder, saa venter jeg til Lørdag til Snøde. Min Tid er saa knap lille Putte, jeg har saa mange Breve og Kort at faae klaret i Dag
+Kærlige Hilsner fra Mor. 
+Er nu noget, Du gerne vil have over, saa skriv det til mig; Tallerkener til Køkkenet?</t>
+  </si>
+  <si>
+    <t>1910-05-22</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Hans Jørgen -
+Line Træskomands -
+Hans Christian Caspersen
+Johanne Caspersen
+Rasmus Dalberg
+Adam Goldschmidt
+Ina  Goldschmidt
+Hanne -  -, kokkepige Erikshaab
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Johanne Schroll
+Henry Smith, nær Erikshaab
+Hempel Syberg
+- Thagensen</t>
+  </si>
+  <si>
+    <t>På Glorup boede Albrecht Warbergs bror med familie.
+Det vides ikke, hvem Munk, Doktoren, Jørgensens, Kaptajnen og Marie er.
+På Sandholt boede Nicoline von Sperling, som var en ven af Warberg-familien. 
+Munter var Warberg-familiens hund. Den må være blevet hos Paludan på gården Erikshaab, efter at Laura Warberg flyttede fra stedet, da hendes mand, Albrecht, var død.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1910-05-22, 2420</t>
+  </si>
+  <si>
+    <t>Valget var en skuffelse.
+Der er dejligt på Erikshaab i forårsvejr.
+Laura Warberg har besøgt en masse mennesker, og hun tager nu videre til Glorup. 
+Hunden Munter er blevet gammel. 
+Der er kommet en dygtig afløser for Thagensen på Gelskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0u8z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19.3
+Malmø
+Skåne
+[Diverse tegninger og kradserier]
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 22de Maj – 
+Kære Astrid!
+Skjøndt jeg endnu ikke har hørt fra Dig – men venter i Dag – skal Du dog nu i Morgen ikke kigge forgæves efter Dit Mandagsbrev! Jeg er her og i Odense og vil blive det paa Glorup helt omgiven af Højrefolk, en ren Hvepserede her [”her” indsat over linjen] som Syberg siger; han er selv en Hveps! Det er grulig svært ikke at have nogen at udtale sin Sorg for efter den Skuffelse med Valget. Ja det vil sige, jeg var forberedt, da jeg saae hvor megen Stemning der var mod Radikalerne allevegne! Jeg beklager Caspersens, Tante havde sat sit Haab til et Landstings Mandat under Munks Regimente. Hun er sikkert grulig sart! Fraset alt det er her ganske dejligt baade ude og inde! Jeg stod længe i tavs Beundring af Stuerne til Morgen, fuld Sol ind i Dagligstuen, Havestuedøren aaben, vi har et vidunderligt Vejr og alt er jo saa bedaarende lysegrønt ude; Kastanierne ved at springe ud, Sirenerne ved Vejene ogsaa, Træerne i fuldt hvidt Flor. Jeg spadserede til Højrup i Fredags, var hos Jørgensen og Peja, der nu gaaer lidt ud og har det meget ordentligt. Hun var rørende glad ved at see mig. I Gaar var jeg hos gl. Naade; der var saa mageløs venlig og rar, vilde ikke af med mig igen, jeg var der 5 Kvarter. Hun er meget døv, men har et Hørerør. I Dag er bedt Kaptainens og Jørgensens, der bliver hentet sammen i lukket Vogn herfra, Doktorens og Smidt. Fru S. tager ikke ud. I Morgen er vi bedt til Sandholt og paa Vejen dertil haaber jeg vi kan gøre en Visit paa Brobygaard. En Dag skal jeg til Højrup igen og med Toget til Doktoren! Jeg rejser vist ikke herfra til Glorup før paa Fredag, spekulerer paa at tage over Brobyværk og besøge Hanne og Jørgen mellem 2 Tog og saa over Nyborg. Munter er meget aflagt, men kunde dog kende mig og var ungdommelig ellevild. – Jeg befinder mig saa vel her gør som jeg vil, spadserer, læser og syer. Marie er uhyre flink og rar, hvilket ordentligt og nydeligt Hus hun har; hun er knusende dygtig. Jeg har besøgt Trine Hans Peters, der gaaer meget her, malker deres Ko, hjælper inde, passer deres Kyllinger; og Line Træskomand og Dalbergs. Nu er der en dygtig Mand paa Gelskov, en ligesom Syberg siger de gamle Folk. Som de dog alle som en fortæller om Thagensens Uduelighed! Det er grufuldt som han har forsømt alt. Gud veed hvad der skal blive af de Stakler! Jeg har hørt fra Elle, hun er lykkelig over Tilværelsen, maa knibe sig i Armen for at vide det ikke er en Drøm altsammen. Nu skal jeg en Tur paa Kirkegaarden og [ulæseligt] tager dette med til Højrup. Kys de søde Unger! Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
+    <t>1911-02-12</t>
+  </si>
+  <si>
+    <t>Villa Be</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Wilhelm Branner
+Louise Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Amanda Heinesen
+Elise  Høj
+Adolph Larsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Elisabeth Mackie
+Hempel Syberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Alhed Larsens kælenavn var Be, så Villa Be er hendes og Johannes Larsens hus på Møllebakken i Kerteminde. 
+Det vides ikke, hvem Jacobsens var. Laura Warberg kendte flere af det navn. 
+Kærbyhus var Johannes Larsens forældres hjem/gård. De døde begge i 1910.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid Goldschmidt, 1911-02-12, 2421</t>
+  </si>
+  <si>
+    <t>Det bliver diskuteret, om Amanda skal i huset hos Astrid. Amanda vil hellere spille musik.
+Laura Warberg foreslår, at Astrid begynder i en læseforening, studerer tysk eller andet for at holde tilværelsen med Alfred ud. Astrid må ikke i tilfælde af skilsmisse gå af med børnene.
+Laura ser frem til rejsen. Hun har besøgt en del mennesker.
+Kærbyhus har været nær ved at blive solgt. 
+Alhed har brygget øl og har ondt i armene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NAW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[Håndskrevet på kuvertens bagside:]
+Smør 110
+Tobak 25
+Kød 95
+Ost 57
+Æg 75
+Porto 50
+------
+412
+poststempel
+[I brevet:]
+Villa ”Be” – Søndag Formiddag
+Kære lille Putte!
+I Morgen spiller Amanda hos Johanne, som der vil tale med hende om Dit Projekt at faae hende som Pige i Sommer. Jeg havde selv tænkt derpaa, men J. siger, hun gør det absolut ikke, hun vil ofre sig for Musiken, er jo gaaet uhyre frem. Naa nu faaer vi see! Derimod vil hun jo hellere end gærne være der et Par Maaneder med Pigehjælp eller vel eventuelt en Morgen- eller Formiddagspige, formodentlig ogsaa være noget længere hos Alfred alene, mens Du er i Birkerød med Børnene. Saa snart J. faaer talt med hende, skal Du faae et extra Brev derom. Er der ikke en Kone i Huset som for ikke alt for høj Betaling kunde gaae der lidt om Formiddagen og lidt om Eftermiddagen? Og mon Amanda ikke i saa Tilfælde vilde gøre det for f.Ex. 12 om Maaneden? Hun faaer jo dog vældig gode Dage, især den Tid ene med A. Jeg synes absolut Du efter vor Rejse skulde være en Maaned i Birkerød alene, Du vilde samle vældig Kræfter og Opmuntring i de ca. [”ca” indsat over linjen] to Maaneder. Hør min lille Putte, jeg har talt meget indgaaende med baade Alhed og Johanne om Eders Affærer. Vi synes, at hvad Du selv skriver om at tage Dig selv ved Vingebenet og skabe Dig en taalelig Tilværelse midt i Møget! – det maa kunne lade sig gøre saa længe Alfred bare lader det gaae. Spille, studere et eller andet, Tydsk f. Ex. tage Dig af Huset, og saa de søde, gode morsomme begavede Børn, som Du nu kan begynde at lære noget. Det er dog en uhyre Lettelse, at Despoten kun er hjemme det Par Timer om Dagen. Om Aftenen er Du da i Din egen Stue? Kan Du ikke, hvad vi før har talt om, være i en Læseforening, hvor Du kan gaae hen om Aftenen naar han ikke er ude? Alt dette for Børnenes Skyld, hvem der jo egentlig maa tages mest Hensyn til. Alhed siger, at naar Du har kundet holde ud til A. bestemt siger, nu skal Du fortrække, saa er begge Børnene Dine og han kan jo tvinges til at give Dig tilstrækkeligt til at leve af og opdrage dem for. Alhed siger, var det hende, saa vilde hun sige: ”Jeg har født Børnene, de er mine og ingen jordisk Magt faaer dem fra mig!” – Alt dette i al Fald saa længe de er smaa. Tænk at skille dem ad og lade Adam gaae ene maaske hos en Husholderske der ikke var god ved ham. Du holdt det aldrig ud! Og hos Faderen, som næsten ikke er hjemme, og i den Tid han er der, vilde ødelægge ham ved en forkert Opdragelse. Jeg veed godt, jeg har før ment det er uudholdeligt for Dig derovre, men jeg kan alligevel ikke andet end mene, hvad jeg da forresten før selv har sagt til Dig ”Hold ud saa længe det paa nogen Maade er muligt!["] Kan Du ikke igen tage Undervisning i Musik? og hos Lu[ulæseligt]geberg saa Du kommer til Kbh. en Gang om Maaneden. Nej det haster ikke saa galt med at faae skreven det om Amanda, vi vil alligevel længes efter at vide, hvad Du selv mener om alle vore Forslag, og vente med at skrive, til jeg har hørt fra Dig. Jeg og vi kan saa godt forstaae at Du tager Dine Klæder paa den Maade, Du gør, naar Du ellers ingen vilde faae. Han vil jo selv have det saadan. Kan Du ikke tale ham tilpas til Børnene saa ti helt, mens han er der, det er jo saa kort. Hvor rart, at Din Svigerfader havde den store Triumf og at de nu faaer godt at leve af; saa behøver Alfred da heller ikke mere at ofre saa meget paa dem. Fornuftigt at Du har meldt Dig ind i det Gymnastik Kursus, saadan skal Du på forskellig Maade se at beskæftige Dig. – Og hvem veed saa hvad der kan ske! En af Eder kunde faae Lejlighed til at gøre et andet Parti! saa var Sagen strax i et andet Spor! – Nu vil vi begge glæde os meget til den Rejse, det er jo godt, Du mener at kunne skaffe de 100 Kr; med fornuftig Sparsomhed maa vi kunne være ikke saa kort borte: Hvad mig angaaer vilde jeg jo ingen Steder her hjemme kunne være gratis; jeg har tænkt at være en god Tid hos Agrarens efter Rejsen og betale godt. Nu er der igen Haab om, at jeg faaer Snøderejsen skudt ud til i Sommer, da jeg jo saa gærne vil have Steder at være. Jeg maa ikke holde op at gaae til Tandlæge, og desuden er der noget med Tantes Besøg i Kbh., som taler for en Udsættelse. 
+Nu har jeg Ro i Tænderne, men i Tirsdags, jeg var i Odense at se til Putte, trak en stor Tandbyld til med meget Rabalder, jeg befandt mig saa ilde af det. Tilbragte et Par Timer med at læse for den søde Unge; spise Frokost hos Jacobsens var hos Fru Vinde en Visit, hun viste mig rundt i hele det store dejlige Hus; om Aftenen hos Syberg, der som sædvanlig ikke spurgte til en eneste af Eder. – I Dag kommer Christine og Putte hjem, jeg skal ned med dette Brev ved 2 Tiden og tage imod dem. Vi skal alle til en fin Middag hos Grossers Kl. 5½, vi skal i Galla! Desværre var Johanne her lige nu og sagde at lille Bibbe er forkølet for Brystet og har Feber. Puf ligger paa 3de Dag i Sengen med Feber af en Halshistorie, men er bedre i Dag. Baade Alhed og Junge vil da med til Middagen. Elise spiller i Aften Komedie; vi var til Generalprøve i Fredags, mageløst!!! – Jeg skrev til Wilhelms Fødselsdag i Gaar, ogsaa til Thora og bed hende takke for Lykønskningen og samtidig fortælle mig løst og fast derovre fra – Lugge skal have en lignende Opfordring. En Dame, der har set paa Kærbyhus for mulig at købe det har skreven at hun vilde betænke sig – desværre Hun saae ellers ”lovende” ud. Alhed bryggede i Fredags og har faaet ondt i sine Arme af al det Arbejde – Hvilket herligt Vejr vi altid har i denne Vinter! 
+Nu Farvel lille Putte! Hils Ungerne kærligt og Dig selv fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1911-02-27</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Aage Bertelsen
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+- Gjerulff
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+Kathrine Hviid
+- Joachim, fru
+Alhed Larsen
+Andreas Larsen
+Ellen Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Karl Larsen
+Marie Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Marie Madsen-Mygdal
+Harald Meyer
+Marie Meyer
+- Thalbitzer
+Asta Thalbitzer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T., Nancy, Sigrid, Aage Bertelsens kone, Bodil, Fru Walther, Fru Friis Hjorth, Karl Sørensen og Anna Bentson og dennes pige var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0894</t>
+  </si>
+  <si>
+    <t>Laura Warberg håber, at Astrid og børnene kan komme. De må selv tage lagner og håndklæder med. 
+Laura Warberg forklarer, hvordan man laver en rullepølse.
+Louise/Muk Brønsted har holdt et middagsselskab.
+Johanne C. Larsen skal akkompagnere, og hun er nervøs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DRUD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside poststempel]
+[I brevet:]
+Søndag Formiddag
+Kære Astrid!
+I Morges 3 gode Breve! Fra Dig – Lugge og Anna Bentson, som har tilbudt med sin Pige at gaa hen i min Lejlighed Fredag Form og gøre lidt rent og mulig lægge i en Kakkelovn; saa er de glade ved at see mig der til Middag lige fra Toget ca. 5. Nu haaber jeg Du kan komme de Dage, Du kan jo saa godt have lille Sjums med, mulig Alfred saa tager Adam med til Kbh. om Søndagen, som han gjorde med Sjums X [”X” indsat over linien]?? Vi kan sætte Pigesengen ind i det store Sovekammer naar I bare vil komme lidt tidlig paa Dagen, og en Ting til, - jeg vilde være saa henrykt, hvis Du kunde have Lagner og Haandklæder med til Eder, vil saa nødig have for meget Snavsetøj. Jeg vil bede Tante om det samme. X Det er en meget stor Glæde for mig at høre Du er glad for Gymnastikken og maaske der gennem kan faa lidt bekendte. Hvorfor mon dog Fru T. ikke fik Barn alligevel? og hvad var der med hende?? – Der ser jo ud til at være det bedste Forhold mellem dem? Sigrid?? – Nancy? er hun sagt op, eller holder du ud med hende i Sommer?
+Husk naar Du skal koge Rullepølse, skal der bindes Seglgarn om hele Vejen rundt paa langs tvers ["tvers" indsat over linjen], og naar den er kogt – godt igennem – skal den saa [et overstreget ord] varm som muligt i en god Presse, det er ikke saa let at finde noget passende til, man har smaa Rullepølse Pressere af Træ, brillant. Alhed har en saadan. – Bliver den nemlig ikke presset godt, hænger den slet ikke sammen. – Det var et rigtig morsomt Brev fra Muk. De har haft en lille fin Middag for Gierulfs, Thalbitzers, Joachims og Maleren Berthelsen, - hans Kone var syg, i Stedet Bodil. Den 22de var der de sædvanlige til Aften, Børnene er saa raske og artige Men anden Selskabelighed har de slet ikke haft; hun skriver, at de kan nok mærke mit Hof er flyttet til Kerteminde!! Alt vel her. I Aften skal Johanne altsaa igen accompagnere, bare det gaaer godt! Chr. er lidt bange for hende, hun er slet ikke sikker. Da jeg sendte mit sidste Brev til Dig, var jeg til en pæn Middag hos Grossers; ca. Kl. 2 kom J. med Fru Walther og de prøvede et Par Timer hvorefter J. var ganske uhyre nervøs og bange, jeg ikke mindre, men jeg havde Konduite nok til at opmuntre hende og sige, det gik godt. Hun maatte hen at hvile paa C.’s Seng en lille Times Tid, fik sin Dragt hentet derned, for ikke at komme hjem og blive yderligere nervøs af Børnene. Fru W. var meget elskværdig og opmuntrende; det gik jo ogsaa, Tilhørerne var jo ikke det mest udpræget fine; Muk og Fr. Mygdal og Marie kunde jo nok høre det kunde have været bedre. I Efterm. vil Chr. høre paa Prisen paa Hotellet – Fru Friis Hjorth – og saa kan hun jo hjælpe, hvis det behøves. J. fik da i Mandags en pæn Skrivelse fra Formanden med 10 Kr. og en Tak for hendes ”udmærkede Assistance”. Nu har de Sangprøve til en Koncert – ganske udsøgt lille Kor, dobbelt Kvartet – Dr. Hviid, H. Meier, Muk og Allerup - Alhed, Johanne, Marie Meyer; Frøken Hviid. Det vil give Johanne Anseelse i Byen alt det; - hun og Chr. skulde jo spille en for 2 Klaverer. J. har lige faaet en ny Elev. - Vi har disse Dage [ulæseligt ord] 2 pæne Drengekor; stort Venskab mellem de fire. Puf og Lysse havde en erlig Tur i Søndags og Mandags derind. Alhed besøgte Karl Sørensen, der var saa ovenud henrykt over hende. - Nu er der vist ikke mere at fortælle om. Morsomt at Thora lader til at komme lidt med og morer sig.
+Kærlige Hilsener fra Bedstemor. 
+[Indsat s. 2 i venstre margen; på højkant:] X ligeledes at Du igen har faaet Mad fra Hus[ulæseligt]</t>
+  </si>
+  <si>
+    <t>1911-08-06</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Møllebakken</t>
+  </si>
+  <si>
+    <t>Oline -
+Laurentius Allerup
+Julie Brandt
+Thora  Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Jørgen -, Erikshaab
+Adam Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Christine Swane
+Sigurd  Swane
+Hempel Syberg
+Marie Tom-Petersen
+Peter Tom-Petersen
+Ida Vett
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Alheds kælenavn var Be. Derfor kalder hendes mor huset på Møllebakken for Villa Be. 
+Alheds søster, Ellen Sawyer, flyttede fra Boston hjem til Danmark, da hendes mand døde. Christine Mackie blev skilt og flyttede også til Danmark. 
+Det vides ikke med sikkerhed, hvem Jørgen var, men muligvis ham, der arbejdede på Erikshaab i 1898. 
+”5” i øverste venstre hjørne er en fejl, idet dette er side 6 i brevet.
+Det vides ikke, hvem Wilhelm, Amanda og Kelnerfruen var. 
+Madien var Johannes Nicolaus Brønsteds kælenavn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0237</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ked af, at hun ikke har fået brev fra Astrid længe. Laura har lånt penge af Paludan til døtrenes rejse fra USA til Danmark. Hun er spændt på at høre, om Ellen bliver i Danmark. Louise Brønsted synes, at Ellen og datteren skal bo hos dem den første tid, og Laura vil indlogere sig på kroen. 
+Alhed og Johannes Larsen samt børnene er på cykeltur rundt i Jylland, og Laura passer imens huset. Tom-Petersen har været på ferie i Kerteminde.
+Adolph Larsen har fået en fin høst, og Johanne tjener godt på sin musik, så de vil sende 50 kr. til Ellens rejse. Laura betaler også. Alhed og Johannes Larsen skal have Ellen og Grethe boende og bør derfor ikke betale til billetten. 
+Johanne er nervøs pga. mange gæster, og hun vil gerne på ferie. 
+Christine og Sigurd Swane har lejet deres bolig ud, mens de selv er ude at rejse. 
+Johanne og Adolphs pige i huset har sagt op. Det er de glade for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qVOG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmö
+Skåne
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+Villa Be d:6/8 – 11
+Kære Astrid!
+Det er mig en Gaade, at Du slet ikke lader høre fra Dig! Jeg har slet ikke haft Brev fra Dig siden Dit første efter Eastmans’ Død. Nu er jeg snart bange for, der er Sygdom eller andet galt paa Færde hos Eder. Du plejer jo ellers at være saa grumme expedit til at skrive. Elles Brev fik jeg med et Par Ord fra Lugge i Gaar; hun nævner intet om Dig. Jeg har nu laant 500 Kr. hos Pal og vilde have sendt dem i Dag til Billy, men saa faldt det Christine ind at han lægger Pengene ud til Elles rejse i Stedet for at sende til Christine. Det er akkurat for to Maaneder til hende. I Dag har jeg begyndt at vente Svar fra Elle paa vore første Breve, men det kommer næppe før Tirsdag. Du skal nok strax faae et Kort eller Brevet. Det bliver meget spændende at høre hvad hun tænker sig om Fremtiden: blive her eller sejle over igen. Midt i August er de 4 Uger gaaet, som hun skriver der vist vilde gaae, før de kunde rejse. Mulig hun efter det kommer før vi tænker det. Lugge skriver, at hun synes de skal absolut komme til København først og være hos dem, til L. skal paa Fødehjem. Jeg skulde være der ogsaa og der har Elle jo Adgang ogsaa til Dig og Thora, skriver Lugge - Første September rejser jeg i hvert Fald til Ta[ulæseligt]have. – Kommer Elle og Grethe der, saa har jeg tænkt at ligge om Natten i Birkerød Kro og gaae ned om Morgenen E. og G. skal have Gæstekamret vi maa jo gøre alt for at de kan have det bedst. Ligge i Stue paaa en Sofa er nu saa grulig ubekvemt, saa vil jeg hellere betale den Smule i Kroen eller maaske der er et Højskolehjem. Men derom senere. Lugge vilde skrive meget indtrængende til Elle om det. Tager hun over England, er der jo Ruten over Holland, den tog de sidste Gang altsaa Hamborg Warnemünde Gedser. – Las’s rejste alle fire i Tirsdags til Jylland, pr. Bane til Vejle, sejlede gennem Greisdalen til Jelling, saa Gravhøjene m.m. der, Drengene henrykte over alting. Cyklede i Torsdags til Brædstrup, havde telefoneret til Dede, som modtog dem flot og gæstfrit; først Svaledrikke i hans Stue; Kl. 7 flot Aftensmad paa Hotellet; saa Drengene i Seng og de andre en dejlig Tur. X Drak Kaffe sammen næste Morgen, sludrede en Times tid og cyklede en smuk Tur til Rye Kro ved Himmelbjerget; derfra videre til Viborg, mere ved jeg ikke, men vist Skagen. De bad mig om at ligge her om Natten og være her saa meget som muligt. Det er jeg ogsaa næsten hele Dagen. Johanne spiller jo saa meget, der er saa varmt af Masser af Fluer, Børnene er jo heller ikke af de letteste; her er saa roligt, køligt og hverken Børn eller Fluer. I Dag er det Bibbes Fødselsdag, hun har faaet en Smule Legetøj, ellers tager man ikke Notits af Dagen. J. er i Pavillonen at spille. Jeg har været der et Par Gange, det er jo køn Musik. Christine løser imellem af. Derimod er her en Luftgynge, som plager hele Byen med en rædsom Musik fra 4-10! Her er uhyre mange fremmede i Byen som aldrig før, alt er fuldt. Toms var saa glade ved at være 14 Dage hos Alhed, gav 3 Kr. laante af Ellen Branner havde 14 Dage paa Højskolehjem, var begejstrede for Ugen; Wilhelm en Uge. I Dag har Agraren faaet Rugen ind udmærket. Om vi nu beholder godt Vejr skal alt det [”5” skrevet i øverste venstre hjørne] andet Korn høstes paa Kraft; alt er modent og tegner brillant. De venter sig meget af Høsten Johanne spiller jo mange Penge ind. De vil bidrage 50 Kr. til Elles Rejse; jeg giver Halvparten, 250 Kr., men Las’s skulde jo nødig spændes alt for haardt for, naar de dog vil have dem hele Vinteren. Nu skal Madiens ikke koste Lugges Rejse til Amerika næste Sommer, saa vi haaber de vil give klækkeligt Tilskud – Egentlig skulde der jo have været skreven rundt om de hver især vilde bidrage til Rejsen, men vi brændte naturligvis efter at lade Elle faae et Ord hurtigst muligt, og tænk hvor hun og Grethe er bleven glade og lettede ved Udsigten til Rejsen. 
+Jørgen [oven over linien er skrevet en ulæselig forkortelse] er i Besøg hos Agraren nogle Dage, derefter kommer Pan. Det er for meget for J. med Gæster, hun er meget nervøs. Jeg er slet ingen Hjælp for hende i Aar uden med Sytøj; jeg kan ikke i den Hede tumle med noget, og Børnene er saa vanskelige. Men alt det maa Du da ikke skrive hertil om. Nu har hendes Elever Ferie undtagen Amanda og Kelnerfruen; de er begge meget flinke. En lille Ferie vil J. gærne have og ned til Ida Vette, Du veed i Faaborg, gid hun kunde faae det ordnet med Hus og Børn imens. Paa Lørdag tænker jeg at tage ned til Onkel S. og blive der ca. Maaneden ud. See saa lille Putte! Nu har Du faaet en lang Sludder! Lad mig nu see Du skriver strax. Svanes er ude at rejse en Maaned; imens boer en Broder til Allerup med Familie der og giver 100 Kr. Naar de kommer hjem, haaber jeg de kan have Erik og Agraren kan spise Middag der, saa kan Pigerne nok have Bibbe og det andet. Men jeg har endnu ikke talt noget om det! Oline har sagt op, J. og især Agraren er helt glade ved det; nu vil de prøve at faae en, der kan malke. Den lille 12 Aars Barnepige er saa flink. Oline er saa over alle Grændser bandit og kan slet ikke lave Mad; dertil svagelig. Hils og kys de søde smaa Unger fra Bedstemor. 
+[Skrevet langs kanten på s4 (fortsat sætning ved X på siden):]
+derpaa igen Svaledrik hos ham selv. De maatte ikke betale en Øre!
+[Skrevet langs kanten på s7:]
+Nu skal Lugge og Elle have Brev.</t>
+  </si>
+  <si>
+    <t>1911-08-08</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i en ung alder i 1911, og Ellen og datteren rejste derefter fra Boston til Danmark.</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og datteren er på vej fra Boston til Danmark. 
+Laura Warberg savner at få brev fra Astrid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FtFx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREVKORT.
+[Håndskrevet på brevkortets forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmö
+Skåne 
+[Håndskrevet på kortets bagside:]
+Torsdag. Brev fra Elle i Morges! De er vist allerede paa Vej, hun havde selv Penge til Billeterne. I næste Brev faar jeg Ruten af Skibet, skal strax skrive det til Dig lille Putte. De længes begge kolossalt efter at komme hertil, skriver hun. Den 31te vilde de rejse til Boston, være der en Uge og finde et Skib snarest muligt. Endnu i Dag intet Brev fra Dig! Gaadefuldt! 
+Kærlige Hilsener! Bedstemor.</t>
+  </si>
+  <si>
+    <t>1911-08-20</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Villa Be</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Marie Larsen
+Christine  Mackie
+Ellen  Sawyer
+Agnete Swane
+Sigurd  Swane
+Hempel Syberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brevet lå i kuvert sammen med brevet 1911-08-21 Janna Schou til Astrid Warberg-Goldschmidt s.1-4.
+Alhed og Johannes Larsens hus på Møllebakken i Kerteminde blev undertiden kaldt Villa Be. Be var Alheds kælenavn. 
+Harry Eastman Sawyer døde 4/7 1911. Hans enke, Ellen, f. Warberg, og parrets datter rejste derefter fra USA til Danmark. Laura Warbergs rejse til Esbjerg blev formodentlig foretaget, fordi hun skulle møde datteren Ellen og barnebarnet der.
+Fru Grosse er muligvis Georg Larsens hustru, Marie (han blev kaldt Gross, Grossereren mm. i Larsen-familien). 
+Det vides ikke, hvem Anna var. Marie Kærbj. må have været pige i huset.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2629</t>
+  </si>
+  <si>
+    <t>Laura Warberg skriver om rejseplaner, togtider og om, hvem der skal overnatte hvor. 
+Johanne Larsen har fået en pige i huset. Fru Grosse har sagt sin pige op.
+Andreas/Puf Larsen går i skole, og han kan ikke lide sangtimerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IPz0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Villa Be – Søndag Morgen 7½.
+Kære Astrid! Et lille Kvæk skal Du have om Planerne! Jeg tager med 11 Toget til Esbjerg og haaber at de kommer i Aften eller vel snarere i Morgen sent dertil. Vi vil saa overnatte der, hilser paa Syberg de to Timer i Odense og er her med 6.20 Toget, hvor Alhed vil have Agrarens’ og Christine til Spisning. Jeg tager Brevkort med Udskrift til Dig og Lugge med mig og I faaer et Par Ord med Blyant sendt samme Aften, de kommer. Jeg tænker vi bliver kun faa Dage her vist til Lørdag d: 2_den_. Muk har arrangeret alt, hun vil have, jeg skal ligge i Junges Værelse og denne i Jærnseng paa Loftet. Du har altsaa Sofaen; jeg tager Lagner og Haandklæde [”og Haandklæde” indsat over linjen] med det skulde Du ogsaa. De har vadsket i denne Uge; Anna kom i Søndags: Ja, Du kan faae hendes Brev! – Vejret er grimt og koldt i Dag, men jeg tager 2 Kl. saa kan det alligevel blive en hyggelig Tur. Jeg vil boe paa Højskolehjem eller lignende. Johanne har faaet en Pige til November fra nu af. Marie Kærbj. er sagt op af Fru Grosse, der ikke mere kan holde hende ud. Swanes rejser fra Byen mest for hendes Skyld, saa nu er vi bange for, Marie vil prøve at faae en Plads i Kbh., saa har de hende igen. Johanne tænker en Smule paa at faae Marie til November, det kan jo maaske gaae i Vinter. 
+Ikke Tid til mere, skal have Bad o s v. Vil føje til, hvis der skulde komme noget fra Elle med Posten –
+Kærlige Hilsener!
+Glæder mig til at see Dig lille Putte! Puf gaaer nu i Skole, kun Sangtimer plager ham.
+Kys til Ungerne!
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1911-10-22</t>
+  </si>
+  <si>
+    <t>4. sal
+Nørrevoldgade 29</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Else Birgitte Brønsted
+Louise Brønsted
+Eric Bøttern
+Thora C
+Poul Caspersen
+- Ehlers
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+- Johnsen, Fr. 
+Grethe Jungstedt
+Adolph Larsen
+Georg Larsen
+Johanne Christine Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+- Ryberg-Hauen
+Ellen  Sawyer
+Agnete Swane
+Sigurd  Swane
+Herman Vedel
+Vilhelmine von Sperling</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Caspersen og Jespersen i Charlottenlund var, og heller ikke Herz, Jørgen og Birgit. Tante kan muligvis være Vilhelmine Berg, som Laura Warberg ofte kaldte sådan. 
+Marie er muligvis Marie Larsen, Johannes Larsens søster. 
+Laura Warberg og svigersønnen, Alfred Goldschmidt, kunne ikke sammen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1911-10-22, 2418 B</t>
+  </si>
+  <si>
+    <t>Laura Warberg glæder sig til at vise Astrid sit værelse.
+Laura omgås en del mennesker i Københavnsområdet. 
+Sigurd Swane har én stue i Charlottenlund, og man forstår ikke, hvad han lever af.
+Ludvig og Berta Brandstrup m.fl. har været i Kerteminde og haft nogle skønne dage. Børnene legede, og der var vin og musik. 
+Det er dejligt, at Astrid igen spiller og dyrker gymnastik. 
+Agraren/Adolf og Johanne er flyttet.
+Louise/Lugges lille datter er nem og rolig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ImAB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt 
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Nørrevoldgade 29⁴
+Adr. Fr. Johnsen
+Søndag d: 22de Oktober.
+Kære Astrid!
+Hvor jeg glæder mig til Dit Besøg og til at vise Dig mit yndige Værelse! Lugge mente Du kunde overnatte der, men jeg synes Du maa hellere tage der Søndag 29de og tilbage her igen; naa men det maa Du selv om. Hvis Du derimod slet ikke har tænkt at være her en Nat, saa faaer jeg det nok at vide i denne Uge, i saa Fald vilde jeg til Middag alle tre Lørdag og Caspersens i Charlottenlund [”i Charlottenlund” indsat over linjen] og meget morsomt. I Morgen Aften skal vi til Fru Ehlers, en hel Mængde Damer og Paul. - Thora C. vil alligevel ikke have Tante, saa hun bliver her. Jeg er saae tilfreds med alting, og jeg troer ikke, der kan blive noget at være misfornøjet med. Her er nogle faa Damer jeg er glad ved bl.a. Enkefru Ryberg-Hauen, Moder til [ulæseligt] Herman Wedel – (Hertz tidligere og flere andre. Paa Lørdag er der Fernisering paa den frie, jeg mødte den stakkels elskelige Swane i Gaar og talte lidt med ham; Gud give han dog nu kunde sælge noget. Jørgen har talt med sin Læge Jespersen i Charlottenlund, hvor Swanes bor, har et Atelier og en Stue. Han havde sagt til Jørgen, "hvad mon de skal leve af, for de Malerier kan han da ikke sælge". Lut og Berta var her til The i Torsdags; de saas jo alle i Kerteminde fra Lørdag til Onsdag; det havde været en over alle Maader vellykket Tur, de talte begge uhyre meget om den. Børnene var meget begejstrede; Grethe, Putte og Birgit havde været med ved alle Legene ude i det dejlige Vejr; Erik Bøttern med L. og B. laa paa Hotel; Christine havde været saa livlig og fornøjet; for hende var det en Aften med Vin og Musik. Berta kunde en Masse have den extra Chaissélongue bort, naar Tante er rejst Lørdag Morgen. Mens den, hendes Kuffert og min egen store er her ser Værelset ikke ud efter noget. Lad mig nu vide, naar og hvor Du kommer i Land, at jeg kan være der. Det er mageløst, at Du skal spille igen og ligeledes at Du saa tager herover lidt jævnligt. Ogsaa rart, at Du er begyndt paa Din Gymnastik. Naar A. nu engang er i Kbh. og Du veed det forud, kunde jeg da tage over for en Dag. Jeg har det rigtig rart, har været to Gange i Teatret, sidst til Madame Butterfly, nydeligt. I Fredags var vi
+[Her mangler noget tekst]
+Detailler om Skandalen ved Selskabet. Det er i grunden gruligt at Agrarens skal have Marie i Vinter for længere e det da aldrig. De flyttede over i sidste Uge, Elle hjalp godt. Der er lutter Fryd og Gammen hos Agrarens, tror jeg Chr. skrev til Lugge saa er de da vist glade ved den nye Lejlighed. Kan Du ikke spare sammen til et ganske lille Svip til Kerteminde i Julen mellem Helligdagene; jeg har bestilt Logis hos Grosseren og der er jo to Senge. Tænk saa var der 6 af Eder sammen. Jeg sender Elle lidt Penge til Kort og Frimærker, saa hun kan skrive lidt til mig en Gang om Ugen saa kan vi indrette det saae Du kan faa det af mig. I Gaar var jeg paa Banegaarden at sige Farvel til Lugge; den lille sov trygt under det hele, hun er i det hele taget et Vidunder af Godhed. Hun var saa fin i lutter nyt hvidt, Hue, Trøje, Kaabe m.m. En næsten ny Vogn har de købt for 12 Kr. 
+Nu ikke mere lille Putte, men skal vi rigtig snakke paa Lørdag. Hilsen og Kys til de to kære smaa; hvor var de søde og livlige paa Banegaarden. Jørgen sagde, at lille Sjums har forandret 
+[Skrevet langs sidens venstre kant:]
+sig til sin Fordel. Hun var rask hurtig igen
+Kærlige Hilsener Mor.</t>
+  </si>
+  <si>
+    <t>1912-01-07</t>
+  </si>
+  <si>
+    <t>Øxendrup</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Anna Anna, pige i huset hos Brønsted
+Wilhelmine Berg
+Christian  Brandstrup
+Eline  Brandstrup
+Thora  Branner
+Wilhelm Branner
+Louise Brønsted
+Carl Carl, Ellen Sawyers kæreste
+- Claudie
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Mine Mine, Brædstrup
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Karen Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Glorup, hvor Albrecht Warberg, hendes svoger, var godsforvalter. Det kan ikke afgøres, hvilken af de to døtre fra Glorup der skal rejse med Laura W. De blev samlet kaldt Titterne, og i dette brev optræder navnet Titte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2076</t>
+  </si>
+  <si>
+    <t>Laura Warberg nyder at være på Glorup. Hun rejser derfra til Birkerød for at hjælpe datteren Louise. I april vil hun opholde sig hos Hempel Syberg og i sidste del af april samt maj hos Alhed og Johannes Larsen. 20. maj rejser hun sydpå over Hamborg til Schweiz, München mm. Mon dog ikke Astrid kan komme med på rejsen? Laura har spurgt Else og Conrad Warberg, om deres datter må tage med på rejsen. Hun blev henrykt. 
+Kan Astrid mon ikke tjene lidt penge ved at skrive til bladene?
+Laura spørger, om Ellen stadig har god kontakt med Carl. Grethe har talt om, at hun og moderen skal tilbringe sommeren med ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QkiQ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmö
+Skåne
+[I brevet:]
+Glorup d: 7–1-12
+Kære lille Putte.
+Tænk Dig, jeg rejser i Morgen til Birkerød og hjælper Lugge denne Maaned ud. Før til Februar vil Mine – den brillante Pige paa Hotellet i Brædstrup; hvem jeg straks skrev til – ikke tage til dem. Hun kommer der i Morgen og ”ser paa os” – skriver Muk! Bare hun nu ikke synes der er for tarveligt og for mange Børn! Om hun endda vil være der midlertidig, til Anna kan komme igen. Men kan Du ikke nok forstaa at da jeg samtidig med Dit i Fredags fik indlagte Brev, saa skrev jeg strax, at jeg vilde være der til Februar, specielt her er jo velsignet hyggeligt og komfortabelt. Ild om Formiddagen på mit Værelse, dejlig Spadseretime; Whist om Aftenen, hyggeligt om Dagen i Tante Elses lille Stue, hun læser højt Malstrømmen af Frank Norris. Men jeg er saa glad over, at Muk vil tage mod min Hjælp og ikke være nødt til at fæste den første den bedste Pige. Men nu noget andet! Skulde Du virkelig kunne spare til en Rejse, jeg tænker kun at rejse 200 Kr. op i Aar, næsten direkte til Schweiz, saa Berlin eller München paa Henvejen, Schaffhausen Vandfaldet og saa til Brunnen, gøre Udflugter derfra til Bjærgene, St Gothart; 14 Dage, ikke mere. Jeg kommer vist til at give 300 til Elles Rejse, hvem skal ellers? mulig Christine og Dede deler de manglende 70. Men jeg har forresten faaet Rejseselskab: Da jeg her beklagede mig over at Du næppe kommer med i Aar, sagde Else, om jeg ikke vilde have Titte med! Jo det vilde jeg meget gærne, Conne blev spurgt, der var intet i Vejen og saa blev det fortalt Titte, der var ude af sig selv af Henrykkelse! Men jeg tænkte strax, at det blev et stort Virvar for mig og bare jeg kunde være ene om at tage Bestemmelse o. s v. saa dersom Du virkelig kan sætte det igennem, vilde det være herligt. – Jeg var saa glad ved Dit Brev og ved at høre om den forholdsvis gode Jul .. De søde smaa, hvor er de flinke! Nu kommer de vel ud hver Dag i det dejlige friske Vejr? Her er de forbausede over Inas Præstationer. Mon Du dog ikke kunde faae et og andet optaget i et Blad ligesom Elines Veninde Fru Claudie, der uventet tjente 20 Kr. dels ved en lille Fortælling, og dels ved en Oversættelse. Jeg har intet hørt fra Mis siden jeg rejste, om Christian saa har solgt sin Villa, om Jørgen har faaet Pladsen nu eller om han faaer mit Værelse lejet ud, saa jeg kunde spare Penge ved min i Fraværelse. – Her skal være to store Selskaber, de er meget kede af at jeg rejser fra dem. Men nu vil jeg være den første Del af April hos Syberg og den sidste i Kerteminde og saa mulig de 3 Uger af Maj her og starte herfra ca. d. 20de over Hamborg. Den første Halvdel af Februar vil [over linjen er skrevet ”vil”] vist hele Las-familien; Elle og Grethe være [over linjen er skrevet ”være”] i Kbh. Thora skal nok være hos Syberg sidst i denne Maaned. Gud veed, om Elle dog ikke kan være der nogle Dage. Hun og Grethe er jo indtrængende bedt baade af Thora og Wilhelm til at holde den i Vanløse [over linjen er skrevet ”i Vanløse”] en god Tid, det vil de vist ogsaa nok. Elle havde faaet Brev og 3 store udmærkede Parkazaleas af Carl til Julen, saa Forbindelsen er da ikke helt afbrudt. Jeg spurgte forsigtigt Johanne, om de endnu korresponderede, men hun vidste intet. Alhed turde jeg ikke spørge, men senere saae jeg de Billeder og Grethe fortalte mig at Carl skulde være hos dem til Sommer. Saa Gud ved! Nu skal jeg skrive et andet Brev lille Putte!
+Kærlige Hilsener til Eder alle her fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-02-04</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan No 19 4.
+Malmø</t>
+  </si>
+  <si>
+    <t>Lise Abrahams
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Christian Eckardt
+- Johansen
+Grethe Jungstedt
+Alhed Larsen
+Elena Larsen
+- Lunn
+Frederik Lützhøft
+Hedevig Lützhøft
+Elisabeth Mackie
+Fritz Magnussen
+Karen Meisner-Jensen
+Olga Meisner-Jensen
+Ellen  Sawyer
+- Stockmar
+Cathrine Svendsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen udstillede i Den Fries Udstillingsbygning 1912 sammen med Karen Meisner-Jensen, Olga Meisner-Jensen, Cathrine Svendsen og Anna Syberg.
+”Riget” var en dansk avis, der udkom november 1910 til december 1913 med særlig vægt på udenrigs- og kulturstof. 
+Det vides ikke, hvem Asta, Ingeborg, Madsen og Tomas var. Warberg-familien kendte flere, der hed sådan.
+Det er ikke lykkedes at finde bogen Liv af Johan Maier og heller ikke Ina af Th. Lick.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2077</t>
+  </si>
+  <si>
+    <t>Alhed Larsens udstilling er blevet godt anmeldt i Riget og også i Politiken. Laura Warberg har besøgt udstillingen, hvor hun mødte mange bekendte. Alheds billeder er fine, og hun solgte to, men der er dårlige billeder af et par af de andre udstillere. Alhed sad i flere timer og spiste frokost på Paraplyen, mens der var gæster på Den Frie, og det syntes Laura Warberg var en dårlig idé. 
+Laura Warberg har været til et foredrag, og hun læser i Læseforeningen. 
+Det er en god idé, at Astrid vil lære bogbinding.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OT2N</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkostræde 19
+Malmø
+Skåne
+[I brevet:]
+Nørrevoldgade 29⁴
+Søndag d : 4-2–12 
+Kære Astrid! 
+Der venter Dig vist denne Gang et interessant Brev om Udstillingen, der jo ser meget lovende ud. ”Riget” har i Dag en Anmeldelse af Frits Magnussen, hvori Alhed er mere anerkendende omtalt end i Politiken, der dog ogsaa nok kunde gaa an. A. er i Dag i Birkerød, hun har sikkert købt Blade paa Banegaarden; jeg ringede derind og da vidste de nok derom; der er andre fremmede ogsaa, men det var mig ikke muligt at forstaa [paa] Lugge, hvem det var. Den Dag Du var rejst, kom Elle herop og vi hjalpes ad med at skrive de mange Kort; vi sad og hørte Musiker[ulæseligt] nede fra Fr. Johansens Hjørnestue, var siden nede hos Tomas at drikke The. I Gaar kom Elle ved 11 Tiden, spiste sin medbragte Frokost og fik Solbærrom og The her, mens jeg var nede at spise. Det har hun jo gjort 2 Gange og Lugge en Gang og det var en dessin for Dig ogsaa næste Gang Du skal herover. Ved 1 Tiden gik vi ad de smaa obscure Gade[r] til Østergade, købte en M[ulæseligt] til Hr. Peter det havde han ønsket sig til Flaget, Elle gav ham. Vi gik hele Strøget ned, købte Konfekt og en lille Genstand til Grethe, derfra til Udstillingen, hvor Elle strax traf Fru Asta, meget glædeligt Gensyn. De gik sammen hele Tiden, det er vist hende, der købte ”Petunia”, Berta det lille Landskab fra Fyns Hoved. Det er en smuk Samling Billeder, men dog en Del Jux iblandt; Fr. Svendsens især, men efter min Mening ogsaa Olga Jensens. I Alheds er der intet rent ud disharmonisk; de hænger ogsaa yndigt kønt i den inderste Sal, 2 Vægge fulde. Der var ikke saa faa Mennesker, Lützhöft var der meget tidligt. Abraham og Fru Ingeborg var der, jeg talte med dem. Bimse og Ch. E. og cand. Lunn havde været der. Lud og Berta ogsaa; Madsens kom da jeg gik hen til Paraplyen, hvor Alhed havde siddet et Par Timer med nogle Venner og spist Frokost, vist ikke helt diplomatisk af hende at være borte paa den bedste Tid. I Gaar og i Dag er lille Hr. Peter bedre: Bes var ikke i Skole i Gaar p.Gr.af Kulden der jo ogsaa er ganske overvældende, i Dag kan jeg knap faa varmt her; var alligevel ude en lille Tur i Formiddags uden at fryse synderligt. Elle rejser vist hjem i Morgen og kommer her med sin Kuffert, saa tager jeg en Bil til Banegaarden. Jeg har giver hende 10 Kr, fik endelig i Gaar de Penge fra Madsen jeg kunde betale jovist! – I Torsdags Aftes var jeg min første rigtige Udflugt, henne i et Lokale paa Raadhuspladsen og høre det første af en Række Foredrag af Dr. Munck om Tydskland. Men saa lille en Sal og saa faa Tilhørere! jeg var meget forbavset, og et højst tarveligt Publikum at see til. Det er dog mærkeligt, at der ikke er større Interesse for den Slags her i den store By, hvor Folk har Raad til al mulig Luksus og Fornøjelser. Nu gaaer jeg i Læsef. hver Aften, har læst en dejlig Bog af Johan Maier ”Liv” og en mindre god. – Ina – af J. Th. Lick; overspændt Vrøvl Det glædede mig meget at høre Elle animerer Dig til at lære Bogbinderi, det gør jeg ogsaa i høj Grad især hvis det kan blive inden alle og enhver driver det. Jeg har læst, at det private Bogbinderi er ved at blive en farlig Konkurrent til Fagmændene; ser i Dag i Politiken en Dame, der averterer. – Bare nu Dine Unger kan undgaa Forkølelse i dette Vejr! – Nu er der vist ikke mere at skrive om lille Putte. Jeg skal lidt ned til gl. Fru Stockmar inden Middag. – Kærlige Hilsener til Dig og Børnene fra Bedstemor.
+Udklip af Riget i Gaar; muligt jeg kan faa det fra i Dag senere.</t>
+  </si>
+  <si>
+    <t>1912-02-11</t>
+  </si>
+  <si>
+    <t>Nørrevoldgade 9 København K</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Wilhelm Branner
+Else Birgitte Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Ina  Goldschmidt
+Peter Hansen
+- Holstein, Frk.
+Harald Høffding
+Alhed Larsen
+William Mackie
+Karl Madsen
+Carl V Petersen
+Ellen  Sawyer
+Karl Schou
+Marie Schou
+Hempel Syberg
+Gustav Wied</t>
+  </si>
+  <si>
+    <t>Astrids ægteskab med Alfred Goldschmidt var højst problematisk, og parret endte med at blive skilt.
+Alhed Larsen udstillede sammen med Olga og Karen Meisner-Jensen, Anna Syberg og Cathrine Svendsen på Den Frie.
+Det vides ikke, hvad historien om Laurits, der ikke ville med til Amerika, går ud på. 
+Alhed Larsen sad i København model for Peter Hansen, der malede det store "Stifterbillede" til Faaborg Museum. 
+Gustav Wieds ”Ranke Viljer” 1906 (opført under titlen 2x2=5) fra Ungdomshistorier.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2078</t>
+  </si>
+  <si>
+    <t>Laura Warberg spørger, om hun dog ikke kan komme på besøg hos Astrid i Malmø. 
+Laurits vil ikke med til Amerika nu. Det bliver et hårdt slag for Ellen. Laura Warberg troede engang, at hendes fremtid var sikret. 
+Alhed Larsen sidder model for Peter Hansen. Hun er meget sparsommelig, og det er Christine ikke. 
+Alhed og Laura har været i teatret og på Nimb og spise fint. 
+Louise Brønsted skal til Hagemanns afskedsfest. 
+Laura Warberg går til foredrag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zgFT</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmø
+Skåne
+[I brevet:]
+Nørrevoldgade 29⁴
+Søndag d: 11te
+Kære Astrid!
+Det var et meget rart Brev fra Dig i Gaar; naar mon Du igen kommer over at spille? Dersom nu en Gang Alhed er i Kbh. kommer jeg over en hel Dag med første Færge, naar der igen bliver ordnede Forhold med Sejladsen. Kan det slet ikke tænkes at komme naar han er hjemme?? Vi vilde jo dog kuns ses ved Maaltiderne! I Morgen tager jeg til Birkerød fra første til 6 Toget, haaber lille Muk saa kan gøre en Sviptur ind at se Udstillingen, mens jeg passer Børnene. Bes og Hr. Peter igen lange Tider i Sengen med Feber uden ellers fejle det mindste; gaadefuldt! Jeg spiste til Middag i Fredags hos Fr. Holstein Alhed og Madsen var der og spurgte Fr. H. om Feber ikke kan skrive sig fra Mathed, de spiser jo intet og Sengen tærer. Bare den Læge er dygtig! Gud veed om der skal være Selskab d:22de, jeg tror det næppe, men nu skal jeg køre i Morgen og saa skrive det til Dig. I Dag ved 3 Tiden tager jeg pr. [ulæseligt] til Vanløse, det er Wilhelms Fødselsdag, hans Sødskende kommer der til Aften. Elle rejste først hjem i Mandags, var altsaa ikke hos Syberg sammen med Thora. Veed Du at Laurits ikke vil til Amerika de første Aar? Det bliver vist et haardt Slag for Elle! Mærkeligt at hun kan være saa haabefuld for Fremtiden og Livet deroppe alene! Alhed er saa gruelig bekymret for hende, men saa er der da vel den Udvej, at hun kunde tage til Billy en Tid. A. mener der kunde sagtens blive en Virksomhed her hjemme, at Grethe ogsaa kunde faa Fripladser her og Elle Legater, men hun vil vist ikke paa nogen Maade lade være at rejse derover. Hvor anderledes lyst saae det ud, da vi troede hende vel sikret for Fremtiden; mon han dog ikke kunde betænke sig? I Julen havde de faaet udmærkede [ulæseligt] af ham og Grethe sagde, at Carl skulde være hos dem til Sommer.
+– Alhed ”sidder” en Del af sin Tid herinde for P Hansen til det store Faaborgbillede. Hun er meget sparsommelig køber intet uden nødvendige Smaating. Hvor anderledes med Christine, der vist anvendte ca. 300 Kr. paa Rejsen herind og alt muligt i Magasin! Hun er uforbederlig! Desværre bliver det dog næppe til Efteraaret, hun flytter herind, maa spare derovre endnu et Aar! Slemt for mig, men vil jeg aldeles ikke paavirke hende, selvfølgelig. - 
+I Aftes gav jeg ud paa Alhed og mig selv. Halve Priser i Folketeatret til ”Ranke Viljer” – 2+2=5 – af Gustav Wied; uhyre morsomt, vittigt, satirisk hvor vi lo ! – glimrende spillet. Og tænk Dig saa gik vi til Nimbs nye Lokale ligefor den nye Banegaard, bagved Bræddehytten, hvor er der fint og elegant og smagfuldt. A. spiste Middag i Valby og fortalte, at vi skulde til Nimbs; Nej mente Berta, det var vist ikke muligt, det var jo saa fint! Hvilke elegante Dragter, Damerne selskabsklædte! A. stak jo en Del af i sin gl. blaa Nederdel med Bluse, jeg var pæn nok. Vi satte os beskedent i den første den bedste Krog og spiste en aldeles vidunderlig Souper, Laksesalat á la Tivoli – vi har aldrig smagt noget bedre; Kalvefrika[ulæseligt] avec Chateaubriand – delikat! – en Dessert saa lækker, en halv udhulet Appelsin i et højt klart Glas, den var fyldt med Is og uden om men i Glasset fin rød Gelé med Flødeskum; hver en Pilsner til; 2 Kr. for hver Soupér, 50 Øre i Drikkepenge, Øl og Kaffe vi var jo nok lidt betænkelige strax, men nu var vi der og fortælle Berta, vi var gaaet igen fordi det var for fint, vilde vi da ikke. Jeg syntes det var vældig morsomt ”gav” jo, - men A. tog Øl og Drikkepenge paa sig. Det var en herlig Aften. Der var Karneval ved Siden af og ovenpaa. Hun tog desuden Kaffe og en Cigaret, vi kom hjem Kl. 1. – Alhed var forleden til fin Aften hos Carl V. Petersens, der var en Del Malerfamilier og en Telemarks kendt i national Dragt, hans Kone af en fin Familie i Christiania, han selv en dannet og klog Mand hun Datter af en anset Videnskabsmand. – Paa Onsdag skal der være stort fint Selskab paa Phønix, Direktør Hagemann giver Afsked; Lugge skal med lille Else skal have lidt extra Mad nu! Hvor herligt, at lille Muk kan komme lidt ud nu igen! Jeg hører stadig de højst interessante Foredrag af Dr. Munck; og nu de følgende Tirsdage Høffdings gratis Forelæsninger over Rousseau; desværre undgik det første mig i Tirsdags, jeg kiggede dog stadig i Politiken, som jeg holder nu, efter den. Men jeg skrev til Frøken Shlect om at mødes med mig nær Indgangen og fortælle mig om det, hun er saa forstaaende og husker saa godt. – Nu veed jeg ikke mere lille Putte; hils nu de kære Unger Hvor dejligt at Du nu igen holder Skole med dem baade for Dig og for dem. Inas Bakkeserviet er mig til stor Nytte i min Sølvskaal, naar jeg har The Fremmede. I Onsdags var Alhed her 2-3 Timer, saa jeg ser hende meget denne Gang skal ogsaa til Schous en Gang. Kærlige Hilsener fra Mor.</t>
+  </si>
+  <si>
+    <t>1912-02-18</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Mine -
+Ludvig Brandstrup, billedhugger
+Else Birgitte Brønsted
+Louise Brønsted
+Christian Geismar
+Adam Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Peter Magnussen
+- Richardt
+Olaf Rude
+Ellen  Sawyer
+Karl Schou
+Marie Schou
+Christine Swane
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Laura Warberg var fra februar til juni 1912 uden bolig, da hendes nye lejlighed i København var ved at blive sat i stand. 
+Omnibus: større motorkøretøj med plads til mange passagerer, bus.
+Kilde: Ordbog over det danske sprog.
+Der var uregelmæssig færgedrift i 1912 p.gr.a. isvinter.
+Gustav Wieds ”Ranke Viljer” 1906 (opført under titlen 2x2=5) fra Ungdomshistorier. Kilde: Wikipedia.
+Nimb, restaurant i basarbygningen i Tivoli i København, åbnet i 1909 af Henriette (1863-1919) og Zerina (1865-1939) Nimb, der var døtre af restauratørparret Vilhelm (1830-1900) og Louise Nimb (1842-1903). Den mondæne restaurant blev omkring 1. Verdenskrig tilholdssted for det københavnske borgerskab og mange af tidens store kunstnere. Kilde: Lex.dk.
+Assistenshuset, der gav lån mod håndpant i løsøre, blev oprettet på privat basis i 1688 og i 1753 overtaget af staten. Det lå fra 1758 i Nybrogade 2, der blev ombygget 1765 af Johan Philip de Lange. Assistenshuset kaldtes i folkemunde "Onkel" efter en populær forvalter. Kulturministeriet overtog bygningen 1962, da institutionen flyttede til Svanevej; ni filialer blev nedlagt. Assistenshuset ophørte 1975.
+Kilde: Lex.dk.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2089</t>
+  </si>
+  <si>
+    <t>Astrid skal komme med båden til København, og derfra skal hun og Laura Warberg videre til Vanløse. Laura kan ikke komme til Malmø pga. sit ben. 
+Alhed og Johannes Larsen har været i selskab med Olaf Rude. Alhed har solgt sit billede Blomster i et Drivhus til Winkel &amp;amp; Magnussen. Hun vil nu male noget til Charlottenborg, og Laura håber, at hun og Christine ikke får kasseret deres billeder. 
+Der har været stor fest hos Karl og Marie Schou.
+Børnene har fået gaver. 
+Laura Warberg glæder sig til at få egen bolig igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G3e6</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Søndag d: 18de
+Kære Astrid!
+Jeg fik Dit Brev i Morges paa Sengen, nød det og Adams storartede Præstation, - hvor kan han dog allerede alle de bogstaver, men de er da dikterede? og saa pænt skreven. Nu maa jeg see en af Dagene at faae et Brevkort afsted til ham. Bare min lille Sjums hurtigt maa komme sig, saa Du kan faa Glæde af den lille Udflugt til Vanløse. Jeg vil være ved Baaden 12.45; hvis Du saa kan indrette Dig paa at tage Geismar direkte derfra kan jeg godt gaae med. Til Vanløse maa Du tage med Omnibus, der gaar hver halve Time; Tog kun 3.17 og 6.13. dette sidste vel lidt for sent? Rart at Du kan faa Time med det samme. Dersom Du skal have Din egen Dragt, saa husk at skrive i Tide efter Junges Forklæde; Trafiken over Bæltet er jo saa uregelmæssig; Jeg tager vist saa til Vanløse paa Søndag og hører om Festen; Tog derfra 6.3- i Kbh 6.20, altsaa tidsnok til Færge eller Baad. Nej i denne Uge kommer jeg ikke til Malmø, Benet vil ikke rigtig blive helt godt, jeg kan ingenting gaae men haaber jo det skal komme. Jeg saa Madien i Gaar, han talte ikke om d:22de, der skal vist intet være; men naar Du nu kommer paa Lørdag, kunde Du vel heller ikke mht Torsdag. De havde moret sig godt til Festen paa Phønix i Onsdags og det var gaaet godt med lille Else Mine havde givet hende Mad. Nu kan Lugge da slippe ud en Gang imellem. – I Gaar 12.30 rejste Las og Alhed og en Maler Olaf Rude, der skulde over at købe et Billede af Las til en anden. A. kom af med ”Blomster i et Drivhus” til Winkel &amp;amp; M. 200 Kr. og maaske køber Lud hendes [ulæseligt] til 100 Kr., de har dem hængt op i Spisestuen, hvor de siges at pynte meget. Nu vilde hun prøve at faa malet i al Fald et godt til Charlottenborg. Nu kan da hun og Uglen ikke faae kasseret alt der! 
+Dit Billede kommer her tillige med mit, mon Du kan have det næste Gang? Alhed havde gjort store Indkøb til Drengene og Grethe og Elle, for en Snes Kr. ialt. De var begge hos mig en Visit Aftenen før de rejste, og jeg tog Bil til Banegaarden, T[ulæseligt] var med at sige Farvel. –
+Alhed er anderledes tarvelig og nøjsom end Christine; hun gik stolt med den lidt medtagne grønne Frakke og do Hat og endnu med blaa Nederdel og Bluse. Jeg havde hende med i Folketeatret til ”Ranke Viljer” og bagefter i ”Nimbs. Nej det har Du vist hørt om! Torsdag var der vældig stor Gilde hos Schous til 5 om Morgenen! 30 Mennesker sad meget knebent, de havde bedt 4 mere som heldigvis sendte Afbud. Jeg var der et Svip om Formiddagen. – Puf skulde have en lille Dynamo. Lysse en kinesisk Nattergal i et lille Bur han har en Mage til den. Grethe en lille elektrisk Lygte. [”Grethe en lille elektrisk Lygte.” skrevet over linjen] Desværre er de [ulæseligt ord] kommen med 6 Toget i Gaar, Færgen var 1½ Time forsinket. Richardts, der har Sløjdskole og Bogbinderi boer her en 6 Uger, saa nu kunde jeg faae Besked om alt desangaaende, hvor længe et Kursus varer og hvilken Pris. Nej hvor jeg dog glæder mig til mit eget Hjem igen. Hvis jeg kunde faae en god Lejlighed og med Moderation f Ex. fra Juni, saa tror jeg ikke, jeg dyede mig for at tage den.12 Kr. om Maaneden hos Flyttemanden er da ogsaa Penge at spare. Kunstforeningen er ved Frederiksholms Kanal, lige ved Assistenshuset, men vi ses vel altsaa ved Baaden. Hils nu Børnene mange Gange og sig, naar mit Ben er helt rask kommer jeg over til Eder.
+Kærlige Hilsener fra 
+Mor.</t>
+  </si>
+  <si>
+    <t>1912-03-03</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Laust Jensen
+Alhed Larsen
+Johanne Christine Larsen
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Tornøes Hotel ligger i Kerteminde.
+Det kan ikke afgøres, hvilken Anna der er tale om, for Warberg-familien kendte mange af dette navn, og hendes forkortede efternavn lader sig ikke læse. Muligvis Anna Eckardt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2079</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal ses med sine døtre, til foredrag og koncert mm. Hun skal også til flere børnefødselsdage. Christine og Johanne skal spille koncert på Tornøes Hotel. Laura Warbergs ben er bedre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hX80</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[I brevet:]
+Søndag d: 3de Marts.
+Kære Astrid!
+Jeg havde Besvær med at faa en Krave, der passede, de var næsten udsolgte. Denne kostede 1.-35-, jeg tog to Halsstrimler ogsaa, Kan Du ikke bruge dem, kan Du jo faa Penge for dem hos mig, naar vi ses; 40 Øre. – Paa Fredag kommer vist Elle, hun skrev i Gaar, at d:6te skal de have nogle fremmede saa rejser hun med Alhed til Odense Dagen efter, bliver vist hos Syberg til Fredag og saa til Thora. Bare nu Madame vilde staa ved sin Indbydelse, og have Elle den halve Tid, saa hun kunde faa nogle gratis Fornøjelser der; Hun skal være i Kerteminde igen d:24de da Christine giver en Koncert paa Tornøe assisteret af Laust Jensen og Junge 2 Klaverer: Tro mig saa har de travlt med at øve sig. Mon det nu bliver klar med Din Rejse til Kertem. en Gang i April saa Du kan være med d:12? Noget bliver der nu nok, Thora vil da derover. Jeg vil boe i det store Værelse nede i den røde Gaard, saa Du kan boe hos Alhed. Men nu sès Junge en Gang fra første Færge til sidste. Holder Alhed ikke af at see mig der, saa lad mig vide, hvad vi kan, naar hun er i Kbh. I næste Uge er jeg optaget de tre første Dage, Mandag Daisys Fødselsdag, Tirsdag har jeg bedt Anna [ulæseligt ord], Onsdag i Birkerød, Torsdag et Foredrag, Fredag kommer altsaa Elle, men denne Dag kunde jeg jo nok alligevel, ellers maa det vente til næste Uge. Pokkers saa optaget man er! Naa men saa bliver det lysere om Morgenen, det er ogsaa en Fordel! Men jeg ser nu, at Færgen ikke gaar før 7.30, er det rigtigt? Tidligere var det da før? Hvad mener Du om jeg tog Broderiet til Skamlen med over og vi fik en derovre og jeg lavede den i Stand den Dag?? Du kunde ikke lide en S[ulæseligt]skammel, saa kunde jeg bruge af det Klæde af Dit, jeg fik alligevel ikke Pelskaaben gjort i Stand og saa kunde Du godt faa Resten til din Kjole? Det var vel lettere end at føre en færdig Skammel gennem Tolden? Jeg har det nu bedre i Benet, har de tre sidste Dage gaaet en ordentlig Tur, til Langelinie. I Dag skal jeg til Palækoncert, og derfra til Vanløse; jeg ringede derud for at gratulere lille Frits, og Thora sagde jeg maatte endelig komme i Aften. Ellers intet nyt! Kærlige Hilsener til Dig og Børnene.
+Bedstemor.
+Her er mange Spørgsmaal at besvare!</t>
+  </si>
+  <si>
+    <t>1912-04-07</t>
+  </si>
+  <si>
+    <t>Glorup</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19
+Malmø</t>
+  </si>
+  <si>
+    <t>Anna Abel
+Hedevig Abel
+Helvius Abel
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Conrad Warberg
+Else Warberg
+Karen Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. 
+Laura Warberg planlagde en rejse sydpå i maj 1912. En af Conrad Warbergs døtre skulle med.
+Erikshaab er den gård, hvor Warberg-familien boede, indtil Albrecht Warberg døde. 
+Det vides ikke, hvad historien om Grethe og Ina gik ud på.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2080</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ked af, at hun ikke har råd til at betale Astrids rejse, så hun kunne tage med til Schweiz, men hun får mange udgifter til flytning m.v. Laura ligger syg på Glorup, og hun bliver passet godt samt får mange besøg.
+Skal Astrid mon tage imod Grethe i Malmø?
+Johanne skal have elevkoncert.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6exN</t>
+  </si>
+  <si>
+    <t>8På kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Glorup – Torsdag
+Kære Astrid!
+Til Lykke lille Putte! Det gl. Aar endte sig ligenok med en stor Skuffelse, jeg tager mig det meget nær for Dig, men Æren nød Du dog, at Du var dygtig nok til at kunne være kommen til Stokholm. Gid jeg dog havde Raad til at lade Dig rejse med os, men jeg tør ikke tænke derpaa, har jo store extra Udgifter i Sommer; 200 til Flyttemand, 100 gaaer der nok til at faae malet nogle Møbler og skaffe et og andet nyt. Skat er endnu ikke betalt. Vi vil jo til Schweiz og der vil gaae 30-40 udover de 200. Nu faaer jeg igen Læge at betale; jeg har ligget en Uge med en rigtig lille Aarebetændelse i mit raske Ben, der aldrig før har fejlet noget. Her er en rar og meget omhyggelig Læge, hvem jeg gik op til i Torsdags og som beordrede mig i Seng; han var her i Gaar oog sagde:” en Uge endnu![)] – et haardt Slag for mig. Men de er alle mageløse mod mig her, og naar jeg selv intet Hjem har, kunde jeg ikke være bleven daarlig noget bedre Sted, hvad den søde Tante Else selv siger. Pigen hjælper mig om Morgenen med Toilet og Bækken og reder p[ulæseligt] Seng; lille Ninna bringer mig alle Maaltider. Else er her meget, Conne en Visit hver Dag Børnene ofte. Forleden Dag Fru Abel og i Dag Datteren. Jeg læser en hel Del og har hæklet lidt. Jeg kan ikke lade være at tænke paa, om ikke mon Alhed og Christine skulde komme rejsende i Morgen. I Dag stryger A. Gardiner og saa er hun færdig med sin Rengøring Elle har travlt med at tage til Grethe, der jo rejser paa Mandag. Saa skal Du vel tage imod hende i Malmø Jeg tænker paa hvor kedeligt det var at hun gjorde lille Ina bange, mon Alfred af den Grund ikke vil. [Ulæseligt ord] lidt, hun kommer til Eder? Men Du kan jo da forbyde Grethe det; vilde være Synd om hun ikke havde Eder at komme til. Det lille Pus, kan blive svært nok for hende at skulde fra Elle alene til fremmede. Paa Lørdag er der stor Elevprøve hos Johanne, der skulde Grethe og Tutte spille firhændigt. – Det var rart Du fik Besøget paa Erikshaab men jeg vidste ikke, Du var syg der. – Hvor er det mærkeligt, at jeg ikke kan blive sikker paa Datoen for Din Fødselsdag! Jeg havde netop skreven til Alhed, at de maatte endelig alle fire huske at skrive til Dig d: 26de, men efter det slog det ned i mig, at det var d: 24de; jeg havde lige 2 Minutter til at skrive de forrige Linier om. – Saa i Aften sagde Alhed til Elle
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1912-04-18</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Adolph Larsen
+Georg Larsen
+Ellen  Sawyer
+Hempel Syberg
+Conrad Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup, som ligger syd for Nyborg. Laura Warberg opholdt sig hos familien der en tid i foråret 1912, hvor hun var boligløs, mens hendes nye lejlighed i København blev sat i stand. Hun planlagde en rejse sydpå med Else og Conrad Warbergs datter i maj 1912. Denne blev imidlertid udsat; blandt andet fordi Laura Warberg havde årebetændelse i det ene ben.
+Erikshaab var gården, hvor Laura Warberg og hendes familie boede frem til Albrecht Warbergs død. 
+Det vides ikke, hvem Gartnerens tykke Marie var. Heller ikke Madiens. 
+Grünes Gewölbe, (ty. 'grøn hvælving'), museum i Dresden og en del af Staatliche Kunstsammlungen Dresden. Grünes Gewölbe har navn efter det hvælvede rum i kurfyrsteslottet, hvori August 2. den Stærkes skatkammer var indrettet. De rige samlinger af bl.a. sølv- og guldsmedekunst og arbejder i andre kostbare materialer fra 1500-1700-tallet blev reddet under 2. Verdenskrig, kom som krigsbytte til Sovjetunionen, men tilbageleveredes til DDR i 1958. Fra 1974 blev kostbarhederne opbevaret i Albertinum i Dresden, før de i 2004 og 2006 atter fandt plads i det restaurerede residensslot. Kilde: Lex.dk.
+Haupitt formodes at være et hotel.
+Ellen Sawyer, Laura Warbergs datter, tog efter sin mands død hjem fra Boston til Danmark, og i 1912 rejste hun til Boston for at pakke sit indbo med henblik på at flytte permanent til Danmark. 
+Titanic var et britisk passagerskib, der på sin jomfrurejse fra Southampton, England, til New York City, USA, i april 1912 kolliderede med et isbjerg og totalforliste ca. 200 sømil sydøst for Newfoundland med tab af ca. 1.500 menneskeliv. Kilde: Lex.dk.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2081</t>
+  </si>
+  <si>
+    <t>Alhed Larsen får vist omsider en dygtig pige i huse. I familien har de talt om hendes mange udygtige piger. 
+Laura Warberg planlægger sin rejse sydpå med Else Marie Warberg.
+Laura er "betaget" over Titanics forlis, men glæder sig over, at datteren Ellen ikke i år, hvor der er mange isbjerge, skal sejle mellem USA og Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8odw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Glorup d: 18–4–12
+Kære Astrid!
+Jeg synes at et Mandagsbrev vil denne Gang vil komme saa nær op ad Din Fødselsdag, at jeg hellere maa skrive nu, skjøndt der intet siden er at fortælle. Vi hørte af Onkel Syberg Dagen efter, at Du var rejst ned til Erikshaab og det var jeg glad over. Jeg synes det maa have været saa yndigt for Eder der! De kan ikke lide, man ringer op herfra – Conne sige faaer de for mange Samtaler men i Forgaars Aftes var de alle ude, og saa bad jeg om at ringe op til Alhed; Tænk at hun faaer vist til Efteraaret en meget dygtig og rar og udmærket Pige fra Ølstedgaard. Vi vilde jo alle saa nødig see hende igen begynde med en ussel Pige paa 16 Aar, Gartnerens tykke Marie, som hun halvvejs havde fæstet. Vi tiggede hende alle om at lade være, Grosses og Agraren mente det var rædsomt! Du kan tro vi er glade, hvis hun nu endelig en Gang kan faae en rigtig Pige. Muk har ogsaa tidt talt om Alheds udygtige Piger. Jeg haaber de ringer mig op fra Erikshaab i Dag. - Jeg hører nok snart lidt fra Dig, havde Børnene det godt mens Du var borte? Var Du meget sløj efter Rejsen? Har Du begyndt at tage Jærn?? Gør det endelig og spis Æg; og gaae meget ud. Jeg har gaaet lange Ture hver Dag her. Vi spiller Whist om Aftenen; ellers intet oplevet. Jeg har skrevet til [ulæseligt] om at give os lidt Vejledning om Rejsen og saa beder jeg senere Madien's om at udarbejde ligesom i Fjor. Vi vil alligevel til Schweiz, 2 Dage i München, maaske en Dag i Dresden og da paa vort pæne Haupitt og se Grünes Gewölbe. Ellers til Brunnen ved Vierwald --- Søen og derfra gøre Udflugter 5-6 Dage. Marie vil saa gærne dertil vi lægger saa hver ca. 30 Kr. til Rejsen ud den sidste Uge af Maj og godt 14 Dage borte! om intet kommer i Vejen!! – Jeg er saa betaget over Titanics Forlis! Godt Elle ikke skulde sejle gennem alle de Isbjærge, der er i Aar! Saa Farvel lille Putte! Kys Ungerne og kærlige Hilsener fra
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-05-08</t>
+  </si>
+  <si>
+    <t>Mine -
+Frederik Bokkenheuser
+Alhed Marie Brønsted
+Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Jens Rasmussen
+Mads Rasmussen
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Conrad Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på gården Glorup ved Øxendrup syd for Nyborg. Da dette brev blev skrevet, havde Laura Warberg opholdt sig på Glorup en måned. Hun havde årebetændelse i det ene ben. Laura blev flere gange tilset af en læge, Dr. B., og hans navn kendes ikke. 
+I maj 1912 ville Laura Warberg af sted på en rejse til bl.a. Schweiz. Denne har hun omtalt i flere breve. 
+Johannes Larsens bror, Klaks/Vilhelm, var skovridder på Wedellsborg, og Johannes Larsen besøgte ham jævnligt bl.a. for at male. 
+Anna og Fritz Syberg var i 1912 i Italien i en længere periode. Måske derfor tænkte Laura Warberg, at Brønsted kunne leje "deres huse på Hindsholmen".</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2082</t>
+  </si>
+  <si>
+    <t>Laura Warbergs ben er stadig ikke rask, men hun må godt rejse tre uger senere. 
+Johannes Larsens har solgt et billede fra Wedellsborg til Jens Rasmussen. Mads Rasmussen vil muligvis købe et andet. 
+Louise Brønsteds pige rejser og datteren er syg. Kan Astrid måske hjælpe lidt? 
+Laura ville ønske, at Brønsteds ville sælge noget af deres grund, så de fik økonomisk frirum. Datteren må til vandet. Måske kan de leje Sybergs hus, men det ligger så ensomt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jmQ4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Glorup – d : 8de Maj
+Kære Astrid!
+I Gaar var jeg oppe første Gang og det er fuldstændig forbi i Benet, men derimod er det andet mig en Skuffelse, jeg havde haabet – Dr. B. ogsaa – at det vilde have lukreret af de 3 Uger i Sengen: Det blev jo slet ikke helt kureret i Vinter; gid jeg havde haft Dr. B. ogsaa den Gang. Men nu vil jeg tale med ham derom, naar jeg paa Fredag skal op at betale ham og jeg haaber, at et Bind til det Ben ogsaa vil hjælpe. Vi maa godt rejse om 3 Uger; jeg foreslog ham ellers at vi kunde vente til September, men det var der ingen Grund til, sagde han. Jeg tænker at kunne tage til Alhed senest paa Søndag Formiddag – Hun ringede Conne op i Aftes, fortalte at de gør fin Middag for Christine i Dag, de sædvanlige Gæster, saa hun og Elle havde meget travlt. Las slider i Rengøring i Haven. Han har solgt et af de 3 store Malerier fra Wedellsborg til Overretssagfører Rasmussens for 1200 og et lignende meget kønt mente han at Broderen – Mads Tomat vilde have – Ja gid det maa vare med Grethes Glæde paa Hvilan, men hun er vel noget ustadig. Dit Brev var slet ikke lukket, vi fik det en Ombæring for sent, de havde paa Stationen læst det, mente Marie. Godt Du saa hurtigt fik bugt med ”Væggetøjet”! 
+Hvorfor Du faar Brev, er i Anledning af et Brevkort fra Muk i Morgen. De Stakler, hvor er de dog altid hjemsøgt af Modgang! Mine rejser 1 Juni. Lomme i Sengen i Dag med Feber og rheumatiske Smerter, men bedre, - og Lønningsloven gaaer ikke igennem, saa nu ligger deres Sommerbolig ved Stranden. Jeg mente, Du kunde tænke over, inden Du kommer der paa Søndag, om i Tilfælde af hun ingen Pige faaer Du kunde være der med Børnene. Det er maaske vildt, ["," overstreget] men Du kunde da gøre opmærksom derpaa. Gud give de dog kunde og vilde sælge hele den nye Mark og lidt af den vældige Have til en Byggegrund, saa de kunde faa det lidt mindre trangt med Penge! Intet er dog værre end at skulle nægte sig alt. Muk skriver, at Lomme maae til Vandet, om monstro Sybergs Huse paa Hindsholmen er til at leje, men det var et rædsom ensomt Sted – at hae nogle Maaneder og tænk hvis Vejret blev regnfuldt! Nu skriver jeg ikke igen før paa Mandag i Kerteminde lille Putte. Hils de smaa. Jeg glemte at skrive til Din Fødselsdag at Du skulde købe Dig lidt for de 2 Kr. – Nu kun kærlige Hilsener – ogsaa fra Nina, som sidder her og som har været en mageløs trofast Plejerske. – 
+Mor.</t>
+  </si>
+  <si>
+    <t>1912-05-15</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Frederik Bokkenheuser
+Niels Elgaard Amstrup
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer
+Hempel Syberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Villa "Be": Alhed Larsens kælenavn var Be, så Villa Be er hendes og Johannes Larsens hjem på Møllebakken i Kerteminde. 
+Laura Warberg havde årebetændelse i det ene ben. Hun opholdt sig Glorup hos svogeren, hos Alhed i Kerteminde og flere andre steder, mens hendes nye lejlighed i København blev sat i stand. 
+Filippine, (af fr. philippine, af ty. Vielliebchen 'lille hjertenskær'), kælenavn for de to små tvillingekerner, man kan finde i en mandel eller nød. Får man to sådanne kerner, spørger man, om der er en, der vil være med til at lege filippine. Er der det, spiser man hver én af kernerne og aftaler et tidspunkt, hvor det gælder om at være den første, der siger "filippine". Taberen må af med en lille gave. Kilde: Lex.dk.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2083</t>
+  </si>
+  <si>
+    <t>Man har fejret Pufs fødselsdag. Der er dejligt i huset og haven på Mølleballen. 
+Laura Warberg har udsat sin rejse sydpå til september. Hendes nye lejlighed bliver nok først færdig i juni. 
+Ellen har engelskelever og tjener også penge som pige i huset. Johanne har musikprøver. 
+Puf har bygget en bil med tre hjul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OHEL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmø
+Skåne
+[Der er tegnet et menneske henover adressen på kuvertens forside]
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Villa “Be” – d: 15 – 5 – 12
+Kære Astrid!
+I Søndags Kl. 6 kom jeg hertil, var imellem to Tog hos Syberg og spiste til Middag. De havde fejret Pufs Fødselsdag i Skoven 25 til Chocolade, Kager og Leg; to af hans Skolekammerater her til Middag senere. Han fik et godt Sølvuhr af Forældrene, Kæde af Elle, Kompas af Christine, 2 Kr. af mig. Her er vidunderlig smukt ude i Haven, andre Steder kommer jeg ikke endnu, gaar 2-3 Gange om Dagen lidt i Haven. Det gaaer fremad med Benene; det lader til at Omslag om Natten hjælper paa det sidste Ben - [ulæseligt]! – Dr. Bokkenheuser kan det udmærket, om 14 Dage maa jeg lægge Bindet. Alligevel bestemte vi os den sidste Aften paa Glorup til at opsætte Rejsen til September, ogsaa for Maries Skyld, der laa i Sengen af Forkølelse og endnu var daarlig i den slemme Finger. Nu bliver jeg rolig her til efter Pinse, tager saa et Par Dage til Erikshaab og igen hertil, mulig saa midt i Juni lidt til Snøde. Før sidst i Juni er min Lejlighed næppe færdig. – Du kan tro her er nydeligt og propert allevegne inde nu og det gaaer saa godt for Elle; Jeg har overtaget Lysse og læser alt med ham 2 Timer hver Formiddag; han er virkelig flink og ivrig og meget lærenem. Han kan sagtens naae hvad han skal til næste Maj. Alhed maler det meste af Dagen. Elle har jo nu 3 Elever i Engelsk 16 Kr. om Maaneden og 20 som Pige; det er rart for hende Las slider i Haven der er kønnere end nogensinde. I Morgen er altsaa Grethe med paa Skovtur; jeg er bange Du ikke naaer at faae dette i Morgen tidlig. Jeg glæder mig til at høre fra Dig om Dagene i Morgen og i Søndags. Johanne har begyndt Musikprøver med en ny Viol[ulæseligt] fra Mesinge og en d: Violin d:; der saa forhaabentlig kan spille en Aften om Ugen i Pavillonen; Muk vil ikke mere og den væmmelige Organist kan de saa undvære. Putte gaaer jo i Skole men er ikke videre glad ved det, hun siger de slider gruligt i det! – Amstrup har sendt Tøj til to nye Kjoler til Grethe i Filipinegave, men det veed Du vel. I Dag er her første Dag ikke i Kakkelovnen. Puf har saa travlt med at lave en Bil med 3 Hjul, han er et helt Geni til den Slags! Der er ingenting mere at skrive om lille Putte; bliver der ikke videre Stof til paa Mandag faaer Du kun et Kort, skal vi sige paa Tirsdag. Vi skal vist spise til Middag hos Agrarens paa Søndag, første Gang jeg er der og tager Trapperne. – Hils Børnene ogsaa Grethe, hvis hun endnu er der. Det var et pænt Portræt Du sendte mig, Tak for det! Det var en Lykke, hvis hun slap for Utøj i det store tykke Haar. Nej saa er jo aabenbart Sletterne en Umulighed. Kærlige Hilsener fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-05-19</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Else Birgitte Brønsted
+Louise Brønsted
+Mogens Frijs
+Ina  Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig i foråret 2012 hos Alhed og Johannes Larsen i Kerteminde, mens hendes nye lejlighed i København blev klargjort til indflytning. Hun havde en tid døjet med årebetændelse i benet. 
+Maleur er fransk og betyder ´”ulykke”.
+Der var planer om, at Louise Brønsted og hendes familie skulle bo i Larsen-familiens købmandsgård i Kerteminde sommeren over. 
+Grethe Sawyer, g. Jungstedt, var på besøg hos sin moster, Astrid, i Malmø.
+Ægteparret Tulle og Nan Due Nielsen ejede Strandpavillon PAX ved Sydstranden i Kerteminde. De var nære venner med Johannes Larsen og på væggene i deres hjem og virksomhed hang kunsten tæt. Ved Kerteminde Kommunes overtagelse i 1985 og åbningen af Johannes Larsen Museet det følgende år donerede kunstsamlerparret deres meget omfattende samling af især Johannes Larsens værker – den såkaldte Pax-samling – til museet. Pavillon Pax blev senere revet ned, og i dag (marts 2021) er der ferielejligheder på stedet. 
+Kilde: Thøgersen, Mette Ladegaard: Johannes Larsen Museet: Gæst på Møllebakken. 2019. 
+Falsterbo ligger ca. 30 km syd for Malmø og tidligere feriested for velhavende borgere herfra. Kilde: Wikipedia.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2085</t>
+  </si>
+  <si>
+    <t>Laura Warberg: Louise overvejer stadig, om hun med familien skal være på pension hos Georg Larsen og hans kone sommeren over i Kerteminde.
+Laura Warberg læser med Lysse/Johan, som er dygtig. Johanne skal have prøve med musikere.
+Johannes Larsen skal til København og male i Zoo, og han skal mødes med Grev Frijs.
+Ellen Sawyer: Er Grethe ikke sød? Alhed og Christine synes, at hun er forkælet. 
+Ellen sender penge, når hun får det af Johannes Larsen, som hun har til gode.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1A3S</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kerteminde – Søndag
+Kære Astrid!
+Tak for det gode Brev, som jeg og Elle nød, glade ved alt om Grethe. Vi har straalende Solskin i Dag, haaber at I har det samme til Turen. Arme lille Sjums med Forkølelse og Luse[ulæseligt]! Gid dog Grethe er sluppen fri! Vi taler om den rædsomme Malheur det vilde være i hendes Haar og paa et fremmed Sted. Samtidig med Dit Brev fik jeg et 8 Siders fra lille Muk! Hvor yndigt der maa være nu allevegne, især Spisestuen glæder jeg mig over, den var under al Kritik! De har igen begyndt at tænke paa Kerteminde Juli og August og tænk hvor mærkeligt, Aftenen før havde Chr. Alhed og Elle ved en Kop Kaffe paa Hotellet drøftet samme Sag og tænkt paa at tilbyde dem det store Gavlværelse og forhaabentlig Pension hos Grossers. Da saa Brevet kom var Grundlaget der og nu i Eftermiddag taler vi med Fru Gros; vi haaber de gør det for at tjene en samlet Skilling. Lugge har tænkt 300 mdl. ialt, men vi mener der gaaer kun godt 200. Her vil de nok have Madien og lille Alhed paa det solrige Gæsteværelse. Gid det kunde gaa i Orden! Du skal faae et Brevkort midt i Ugen. Jeg fik i Morges søde smaa Breve fra alle til Børn, jeg havde sagt, at jeg kom igen om ½ Aar, nu mener Lomme at det halve Aar er lisom et helt! Jeg er saa interesseret i at læse med Lysse, han ikke mindre! har Karakterbog og faaer Smaaskillinger. Han kan virkelig meget i alle Fag - - I Gaar vadskede Alhed alene en 4 Ugers Vadsk, Elle hjalp lidt, alt ude i Aftes og tørt nu. – Vi skal til Middag hos Agrarens i Dag Kl. 5. Hun har Prøve først med 2 Musikere fra Mesinge, en Violin og en Cellist, de skulde spille i Pax en Aften om Ugen. Saa gaar den ækle Organist ud! Om det saa bare vil gaa for dem! J. var i Odense i Gaar at see paa et Klaver at leje dertil. – I Morgen rejser Alhed og Las til København og bliver til Pinsedag Han skal tale med Grev Friis og male Dyr i zoologisk Have. – Nu er der ikke mere at skrive om, lille Putte. Her er saa usædvanlig roligt denne Gang. Elle kommer med Kaffe til mig paa Sengen 8½, jeg er aldrig nede før lidt i 10, saa læser jeg med Lysse til 12, saa dækker jeg Bord for hende, tørrer af i Dagligstuen i Frikvarteret. Jeg spadserer 3 Gange om Dagen en lille Tur Haven 2 Gange rundt, er snart lidt utaalmodig over Benet – Frøken H - ikke vil komme sig, trods Omslag hver Nat hæver Anklen stadig. Men det kommer vel. – Kærlige Hilsener! fra os alle.
+Mor.
+[Indlagt i brevet:]
+KæreDisserbein
+Hvorfor skriver du aldrig mere til mig -? Var mit sidste ikke fedt nok? Jeg havde nu ellers ventet et lille Ord mere i Mors sidste.
+Tak for Grette!
+Er det ikke morsomt som det (foreløbig) er falden godt ud med det Foretagende. Jeg tror nu ogsaa sikkert at det bliver ved. – Ser hun pæn når hun kommer, og mon hun dog holder sig ren. – 
+Lad hende endelig betale sine Udgifter selv når hun er hos jer. – 
+Er hun egentlig ikke en sød Unge? Jeg tror ikke Be og Mornine kan lide hende videre. De synes bl.a. hun er så forkælet og jeg synes egentlig hun er en kæk lille Unge. 
+Jeg har meget at bestille kan du tro men kan godt lide det. Ellers intet nyt under Solen Herlig Forårsvejr, - men I er i Falsterbo i dag. Hvor det er morsomt at Grethe får det at se, nu ["nu" overstreget] og Studenterkoncert i Lunds Domkirke. Skriv så din So
+Elle
+[Skrevet øverst på første side på hovedet:]
+Jeg sender Penge til Væven ["til Væven" indsat over linjen] så såre jeg kan få hos Las hvad jeg har til Gode</t>
+  </si>
+  <si>
+    <t>1912-05-27</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+August Bagge, Bogtrykker
+Alhed Marie Brønsted
+Else Birgitte Brønsted
+Louise Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+- Holstein, Frk.
+Else Jensen
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Alhed Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Anna Rosenørn
+Ellen  Sawyer
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>"Den røde Gaard" er købmandsgården, Langegade 50, Kerteminde, hvor Johannes Larsens far tidligere drev sin forretning og hvor Larsen-familien boede indtil faderens konkurs. I 1912 ejede Johannes Larsen gården, og hans lillebror, Georg (Gros) havde købmandsforretning og skænkestue i bygningen. Gavlværelset boede Johannes Larsen i, indtil han flyttede hjemmefra. 
+Modien er formodentlig Else Birgitte Brønsted, som i andre breve oftest blev kaldt Muddi.
+Næsseslottet, andet navn på Dronninggård ved Furesøen. er en tidligere lystgård og stamhus på et næs ved Furesøen nær Holte. Dronninggård blev oprettet i 1660 af dronning Sophie Amalie og købtes i 1781 af storkøbmanden Frédéric de Coninck. Han lod den nyklassicistiske hovedbygning opføre i 1783 af Andreas Kirkerup. Bagge ejede slottet i en årrække. En tid fungerede det som hotel, og siden blev det privatbolig. 1985 kom slottet atter i privat eje og blev restaureret - haveanlægget blev i 1995-96 renoveret af Søllerød Kommune. 
+Kilde: Lex.dk.
+Frijsenborg er en herregård beliggende i Hammel Sogn, Favrskov Kommune i Østjylland. Johannes Larsen havde flere illustrationsopgaver for Grev Frijs.
+Hvilan var en højskole i Sverige. Flere af Warberg-familiens medlemmer havde ophold der.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2084</t>
+  </si>
+  <si>
+    <t>Louise Brønsted og hendes familie skal formodentlig bo i Larsens købmandsgård i juli. De lejer sig billigt ind og har udlejet deres eget hus.
+Laura Warberg flytter ind i sin nye lejlighed 29. juni og spørger, om Astrid kan hjælpe. Alhed Larsen kan evt. passe børnene. 
+Alhed og Johannes Larsen har været på Næsseslottet sammen med Johannes V. Jensen. 
+Johannes Larsen skal til Frijsenborg og male dyr og skind. Alhed maler en buket tulipaner. 
+Grethe har det godt på Hvilan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3A6Y</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø –
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kerteminde – Mandag d:27de
+Kære Astrid!
+Her passerer intet af Betydning at skrive om, saa det bliver intet langt Brev. Vi har ikke hørt noget senere fra Lugge om de saa kommer, her i Juli, Alhed mener, de vilde betænke sig, men det kan da ikke tænkes, at de ikke vil, det er jo voldsom billige Vilkaar. De skal boe i det store Gavlværelse i den røde Gaard og saa give i Pension hos Grosses 3 Kr.. 25 Øre om Dagen, altsaa for Kosten alene for Lugge og de 2 smaa; Else skal hun selv købe Mælk til. Modien og lille Alhed skal boe her for 1 Kr. 50 Øre om Dagen, det er jo rasende billigt. Johanne siger det er hos Grosses omtrent som Du og Børnene gav der. – 3 Kr. – men det var jo ogsaa meget billigt, naar de skal tjene en lille Smule. – Desuden har de nu [ulæseligt] lejet deres Hus ud i den Maaned for 100 Kr. til Fr. Holsteins Søster – Rosenørns, saa det kan jo blive en hel Finansoperation for M[ulæseligt, især naar man tænker paa, at de sparer Pigehold i den Maaned. Det er udmærket! Las og Alhed var i Birkerød til Middag om Tirsdagen, de sagde, der var bleven saa yndigt baade ude og inde. Nu spekulerer jeg lidt paa at vente med at komme til Byen til fex. d: 24de Juni; saa Dagen efter ud til Eder at se det hele, inden de rejser, saa boer jeg paa Missionshotel nogle Dage og faar flyttet ind d: 29de – en Lørdag - maaske Du saa kunde faa Dine smaa hjem og saa være hos mig 2 – 3 Dage først i Juli? Det kan jo altsammen staae roligt og jeg kan imens faae lavet Gardinstænger og sligt. Kan der være Haab om det, saa vil jeg see med lidt mere Ro end nu paa alt det Mas. Det kunde jo tænkes, at Alhed kunde have Børnene med hjem om Søndag eller rettere ligefrem hente dem? Alhed har forstaaet mig saadan De var en Dag paa Næsseslottet hos Direktør Bagges; der er en ulige Luxus af Hygge; de blev hentet i Bil af dem begge og kørt Tur først; Johannes V’s var der ogsaa. Las skal til Frijsenborg at male nogle Skind og Dyr senere hen foruden jo illustrere hans Bog. Alhed staar og maler en vidunderlig stor og smuk Buket Tulipaner som Allerup kom med. Saa han og Ville Fibiger var bedt her til Middag, alle Agrarens til Kaffe. I Dag Regn og Kulde, vi fryser!! Vi var glade ved Dit Brev til Elle; udmærket at Grethe befinder sig saa vel paa Hvilan, saa bliver hun der vel nok Tiden ud. Mon hun ikke vil have udmærket deraf? Hun blev vist saa vild af at lege med alle de Drenge her. - Nu Farvel lille Putte! Vi faaer nok yndigt Vejr i Juni Maaned, saa kan det blive en dejlig Tid for Dig og de smaa. Arbejdet om Sommeren paa det yndige Sted er jo Legeværk. - - 
+Hilsen fra Alhed og Junge, som sidder her og beder mig til Aften!
+Kys de smaa fra – 
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1912-12-31</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan No 19 4.</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Troels Lund
+Christine  Mackie
+Elisabeth Mackie
+Kai Nielsen
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warbergs ægteskab fungerede dårligt, og parret blev skilt kort efter.
+Ellen Sawyer og hendes datter kom i 1911 hjem fra USA til Danmark, efter at Ellens mand, Harris, var død. De to boede de første år herefter i Kærbyhus i Kerteminde. Huset var ejet af Larsen-familien.
+Christine Mackie og hendes datter var flyttet fra USA til Kerteminde efter Christines skilsmisse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2220</t>
+  </si>
+  <si>
+    <t>Alhed takker for den smukke pude, som Astrid har givet hende i julegave. Alhed ønsker for Astrid, at hun og Alfred vil kunne få deres ægteskab til at fungere - ikke mindst for børnenes skyld. Hun tænker på, hvor søde de så ud, da hun sidst så dem i Malmø.
+Juleaften gik som sædvanlig; hyggeligt og med mange gaver. Nu holder man nytårsaften. Grethe og drengene har klædt sig ud, og de leger med fyrværkeri.
+Johannes Larsen har malet et portræt af Adelheyde Syberg/Tante Mimi, og Hempel Syberg er meget glad for det. 
+Alhed laver gymnastik og øver sig i at stå på hovedet. Hun og Johannes Larsen har fået badeværelse med gasovn, vand, badekar og toilet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/av6L</t>
+  </si>
+  <si>
+    <t>Nytaarsaften 1912
+Kære lille Bein.
+Mange 1000 Tak for den henrivende Pude, Du sendte mig, jeg er saa ganske forfærdelig glad ved den, den staar i Dagligstuesofaen og pynter og hygger i hele Stuen. Den bliver vældig beundret, men hvor er den dog ogsaa smuk Mix der var her at gratulere Las 3die Juledag blev ved at stirre paa den og snakke om den. - Naa, nu skal man jo saa sige glædeligt Nytaar, i Aften løber jo det gamle ud. I Aar ser det jo ud som der er lidt Mening i at ønske Dig et glædeligt Nytaar, eller Sludder, ønske kan man ["man" indsat over linjen] jo altid, men jeg mener, det ser ud som Du kan faa det, med lidt Fred og Hygge i det daglige Liv. Det har glædet mig saa kolossalt at høre, at Alfred har været flink imod Dig i den senere Tid, naar Alfred er elskværdig; kan man jo umulig andet, end at holde af ham, og det gør Du jo ogsaa, jeg husker Du sagde i Sommer, at Du holdt meget af ham endnu, det var kun det, at han ikke kunde lide Dig, men maaske alting kan naa at blive godt endnu, eller dog bare nogenlunde, hvor var det dog inderligt at ønske, ikke mindst for Børnenes Skyld. Altsaa - gid det maa vare og gid det maa gaa frem. Jeg ved ikke, om nogen af de andre har skreven til Dig og fortalt noget om Julen; den er gaaet som sædvanlig; maaske lidt mere stille, det er vist første Gang, vi ikke har haft Tilrejsende Gæster. Juleaften var som sædvanlig yndig med Bunker af Gaver, jeg fik bl.a. af Las Troels Lund "Dagligt Liv i Norden" 7 tykke Bind i meget smuk Indbinding. Vi har faaet en glimrende Hjørnereol der staar henne i Krogen mellem Sofaen og Vinduet, oven paa en Hylde mell ["mell" overstreget] med Smaafigurer af Las og Kai, det gør Stuen større og kønnere, at den Krog er bleven indlemmet. Men Du kommer vel herom ad fra Brylluppet, - saa kan Du selv se. - Dette fortsættes senere paa Aftenen. Nu har vi spist til Aften, Steg og Æblekage, Rødvin og Sjerry og senere Godter og Sjerry. Christine og Putte har været her og naturligvis Elle og Grethe. Drengene har arbejdet med Kinesere og Kanonslag Skruptudser o.s.v. Gamle har et Par lange Buxer paa, han selv har syt af en gammel Nederdel, af og til kiger de herind og melder, at de intet er kommen til, det har de Ordre til. De morer sig kongeligt, Grethe er kælædt ud som Dreng. - Mon Du har hørt fra Mor at Las Billede af Tante Mimi er falden saa ganske udmærket ud. Onkel Syberg er henrykt over det, og det er nu ogsaa ganske glimrende, kan ikke ligne bedre. Tutte skriver til mig i Dag, at hun vil bede Onkel Syberg om ogsaa selv at lade sig male af Las. - Elle har det yndigt derovre, hendes Stue er voldsom hyggelig; og hvor man kan forstaa, at de nyder igen at have noget, de kan kalde deres eget; og det kommer saamænd nok til at gaa godt med Eleverne, det ser da meget lovende [teksten fortsætter på side 1 øverst, på tværs:] ud. - Naa nu vil jeg slutte, hils de to søde Unger Masser af Gange, jeg ser dem stadig for mig som de trippede over P ["P" overstreget] Gaden alene i Malmø den Dag Adam i sin lille Overfrakke. Tak lille Sjums for hendes Brev, saa nydeligt hun skriver. Men I har vel opdaget, at Møblerne var fra Grethe, ikke fra mig. hils ogsaa Alfred mange Gange, hun sagde ham vel, at vi var kede af, at han ikke var hjemme den Dag. Masser af Hilsner til Dig selv og endnu en Gang 1000 Tak for den dejlige men altfor store Julegave
+Paa Gensyn
+Din Be
+[Skrevet på side 4 langs venstre margen:] Jeg gør Gymnastik hver Dag, det er mit Ideal at komme til at staa paa Hovedet
+[Skrevet på side 4, nederst, på hovedet:] Vi har faaet Badeværelse med fint nyt Badekar, Gasovn, Vand og W.C!!!</t>
+  </si>
+  <si>
+    <t>1913-01-27</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+- Krarup, læge
+Marie Larsen
+Christine  Mackie
+Ellen  Sawyer
+Hempel Syberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig, da hun skrev brevet, i Kerteminde, men hun boede i København. Ellen Sawyer boede i Kærbyhus på Kristine Rudesvej i Kerteminde. Denne bygning ligger og lå få hundrede meter fra Alhed og Johannes Larsens hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2624</t>
+  </si>
+  <si>
+    <t>Ellen/Elle Sawyer har mæslinger, og lægen vil sørge for sygetransport, så hun kan komme hjem til Alhed og Johannes Larsen. Christine Mackie og Andreas/Lysse Larsen er også syge. 
+Marie og Alhed Larsen hjælper de syge hver morgen. Laura Warberg og Alhed har ordnet Ellens køkkenskab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NW4E</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Hilsen fra Elle.
+[Poststempel]
+[I brevet:]
+Mandag d: 27de
+Kære Astrid!
+Det gaaer rigtig godt fremad med Elle; i Morgen kommer Dr. Hviid og han vilde saa have gjort Anstalter til at faae hende i Sygevogn ført i Sygevogn over til Alhed. Jeg rejser saa med 11 Toget, skal ikke gøre Ophold hos Syberg fordi Dr. Krarup har tilraadet Forsigtighed med Mæslinger. Det var ogsaa derfor, Christine ikke var i Odense at hilse paa Dig!!! En saa høj Grad af Angst om Smitte har vi aldrig hørt om. Nu maa jeg altsaa skrive til ham og spørge om han troer det kan nytte at søge Legater for Elle; samt takke ham for 10 Kr. til min Fødselsdag og 10 Kr. til Elle, han har sendt. Lysse var lidt oppe i Gaar, ogsaa i Dag, har det godt nok, men er bleven en Smule forkølet. Christine vilde lidt op i Dag. Fra Minna har jeg ikke hørt uden den ene Gang, Du veed. Jeg vil nu længes efter at høre fra Dig lille Putte om Rejsen og Selskabet! Det skal blive rart at komme hjem i mine lune Stuer igen. Her er ikke meget mere at fortælle om. Elle havde ikke Feber i Morges, spiser ret godt. Marie gaaer herover Kl. 8½ om Morgenen hun og Alhed gør saa alt i Stand her og hun havde i Morges Kaffe med til dem begge. Dr. mener at paa 14 Dage kan Elle være helt rask. I Formiddags har Alhed og jeg ordnet hele Elles Køkkenskab, blaat Papir paa Hylderne og alt hver for sig paa dette pænt og ordentligt, saa der er udmærket Plads. Vi faaer en Æske til hendes fine Hat. – Nu Farvel lille Putte! Jeg har flere Breve at skrive og det er snart mørkt. Allerup er her hver Dag; herligt med den Ovn, den brænder hele Natten.
+Kærlige Hilsener til Eder alle tre fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1913-03-17</t>
+  </si>
+  <si>
+    <t>Langeland
+Snøde</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Marie Brandstrup
+Ludvig Brandstrup, visedigter
+Johanne Caspersen
+Poul Caspersen
+Adam Goldschmidt
+Ina  Goldschmidt
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Christine  Mackie
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Hempel Syberg
+Christiane - tjenestepige hos Larsen 1898
+Andreas Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2619</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik godt. Christine Mackie og Alhed Larsen låner Lauras lejlighed.
+Johannes Larsen er kommet hjem fra Sprogø med syv billeder, og han har solgt de to.
+Minna og Andreas Warberg kommer til Kerteminde i påsken. 
+Hempel Syberg var sparsommelig/nærig under Lauras besøg hos ham.
+Marie Larsen skal nu være husbestyrerinde i Sverige. 
+Ellen Sawyer har 20 elever (klaver).
+Laura Warberg har besøgt Ludvig Brandstrup og hans skuespillerkæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usQS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Hilsen fra Tante!
+[Poststempel]
+[I brevet:]
+Snøde – Langeland
+d: 17de Marts.
+Kære Astrid.
+Jeg glemte Dig ikke i Gaar, men var saa lidt oplagt til at skrive og Vejret for grufuldt til [”til” indsat over linjen] at faae Brevet hen Jeg kom i Lørdags, en udmærket Rejse, om Morgenen 6½ fra Syberg, i Rudkøbing Kl. 10, med Bilen hertil ved 12½ Tiden lige til deres Middag. Nu bliver jeg her til ca. d: 25de. Poul og lille Johanne ventes Langfredag og Barnet bliver her en lang Tid. De første Dage i April senest er jeg hjemme igen. Christine og Alhed boer i min Lejlighed fra i Onsdags og er saa glade ved det. Las er kommen fra Sprogø med 7 dejlige Billeder og tænk allerede i Fredags var der solgt et af dem til 2500 og et til 600; han sælger nok alt paa den Frie! Det er dejligt! Nu kan de da med rolig Samvittighed bygge Udhus! Minna og Andreas har meldt sig til dem i Paasken. de kommer selv hjem Skærtorsdag. Lysse boer hos Swanes. Syberg var yderst sparsommelig denne Gang, ikke Antydning af Godter, ingen Indbydelse til Elle og Johanne om at komme derud, mens jeg var der, ingen Godter med da jeg en hel Dag var i Kerteminde; noget helt usædvanligt altsammen! Men jeg havde det frit og rart, var en Del nervøs, da jeg kom, mit Hoved er jo ikke helt i Orden. Jeg kan ikke lade være med at tænke paa vores eventuelle Rejse, hvad kan Du?? – Jeg vilde have vældig godt deraf. Første Halvdel af [”Halvdel af” indsat over linjen] Juni skal jeg være i Kerteminde, d.v.s. inden Midten af Juni; det passer jo udmærket, dersom vi bare rejser en halv Snes Dage. Til den Tid skal jeg virke for Elle; det var for tidligt nu at gaa til Fiskeri[ulæseligt]! Jeg havde en yndig Dag i Kertem; Johanne var hos os til Kl. 3, og vi kom derover ved 5Tiden til en fin Aften. Tænk at Marie skal fra dem nu til Paaske, styre Huset for en ung Andresen, der har købt en Gaard i Skåne ved Ringsjøen, have 30 Kr. mdl. Johanne vil prøve i Sommer ene med Christiane, som vil blive ene, nu Marie rejser. Det kan være baade godt og ondt. Elle har nu 20 Elever, ca 50 Kr. om Maaneden. Hun sætter Penge i Banken! Det er godt gjort! Andreas gav hende nylig 13 Kr; men det er jo godt, hun har lidt at tage til. – Syberg nævnede intet om Understøttelse, det maa han helt have glemt!! Her er saa lidt at skrive om. – Jeg besøgte Ludvig og hans Kæreste var bestilt til at være der; hun er rigtig sød og naturlig, ligner ingen Skuespillerinde, har gaaet to Aar paa Kgl. Teaters Elevskole; men blev ikke antaget; kun 3 af 30! en af hendes Kammerater saa jeg som Agnete i Elverhøj nylig med Lysse. Undres paa, at hun vil have Ludvig!! - De skulde til Charlottenlund i Paasken, hvis de kunde for Prøven. Hun er engageret igen med 30 Kr. Tillæg næste Saison, men kan ikke, vil vist til Aarhus! Men har vist ikke videre Roller. Jeg vilde nok have set ham spille men i ”Hans eneste Kone” med en Masse Personer var han slet ikke og hun kun en lille Rolle. – Hils de kære Unger, det kan blive morsomt, naar I kommer til mig en Tid i Sommer, mens A. har Ferie. –
+Kærlig Hilsen!
+Mor.</t>
+  </si>
+  <si>
+    <t>1913-04-02</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Thora  Branner
+Adam Goldschmidt
+Ina  Goldschmidt
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Det er svært at gennemskue, hvem "alle de 4 Søstre" var. Laura Warberg havde kun to søstre, Johanne Caspersen og Wilhelmine Berg, og hun havde selv syv døtre. 
+Det omtalte, månedlange ophold hos Eline og Christian Brandstrup blev realiseret.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2618</t>
+  </si>
+  <si>
+    <t>Laura Warberg er skuffet over, at hun ikke fik Astrid at se. Laura har netop haft fire søstre på besøg til frokost. Hun vil spørge Christian og Eline, om hun må være hos dem hele maj måned mod betaling. Det vil være billigere end et sanatorieophold, og Laura er heller ikke meget syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F9RN</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[Håndskrevet på kuvertens bagside:]
+Brød 190
+Charku. 75
+Grønsager 225
+Blomster 110
+Konserves 195
+Kager 25
+Spv 20
+Mand.
+Charkuteri - 75
+Kaffe &amp;amp; Te 170
+Tlf. 75
+[Poststempel]
+[I brevet:]
+Onsdag.
+Kære Astrid!
+Hvilken Skuffelse at jeg ikke fik Dig at see! Men hvor heldigt at Du traf dem paa den Frie og kunde være sammen med dem hele Tiden. Jeg har maaske været lidt uklar i mit Brev i Søndags, men det har ikke faldet mig ind, Du kunde rejse samme Dag, Du fik mit Brev. Naa men vi ses jo nok en anden Gang. Tænk om Du kunde have været her i Dag, jeg havde alle 4 Søstre til Frokost, det var meget vellykket og morsomt. Alhed kommer ikke til Vanløse heller denne Gang, vilde have været der i Gaar, men da var Thora ude. Men nu var de ca. 3 Timer sammen her. – Jeg har faaet den Idé at være i Maj Maaned hos Chr. og Eline og de synes alle godt derom – haaber de nok vil have mig for en god Betaling; altid billigere end et Sanatorium som der ikke er rigtig Mening i; dertil er jeg ikke daarlig nok. – Tutte gaar og venter paa en Tur i Frederiksberg Have, saa nu maa jeg slutte. Vi havde en yndig Dag i Birkerød i det henrivende Vejr, jeg gik min gode lange Tur. Nu kun kærlige Hilsener til Eder alle tre lille Putte!
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1913-04-12</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Wilhelmine Berg
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>"det bliver sikkert sidste Gang, mens jeg selv har Lejlighed": Laura Warberg var reelt uden egen bolig i en periode 1913-1914 og boede familiemedlemmer på skift. I 1914 stod et hus, som Alhed og Johannes Larsen lod bygge til hende i Kerteminde klar, og hun flyttede ind i det maj 1914 sammen med datteren Ellen og barnebarnet Grethe. De kom kun til at bo i dette hus i få år.
+Se på lejlighed med "Tante": Johanne Caspersen (Laura Warbergs søster) og hendes mand flyttede fra Langeland til København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2623</t>
+  </si>
+  <si>
+    <t>Laura Warberg har det lidt bedre, men hun bliver let træt i hovedet. Hun spørger, om Astrid kan komme og være hos hende nogle dage. 
+Christine Swane/Uglen venter barn, men hun vil vist ikke tale om det. 
+Laura Warberg har inviteret Brønsted-familien/Magisterens til frokost, og det bliver nok sidste gang, mens hun selv har en lejlighed. I juni skal hun til Kerteminde og bo på gavlværelset. Hun skal være en del hos Christine, da der altid er meget uroligt i Alhed og Johannes Larsens hus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpAe</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempler]
+[I brevet:]
+Søndag Eftermiddag.
+Kære Astrid!
+Jeg er mutters ene hjemme, Nete og Putte er i Birkerød fra 3 Toget, jeg vilde ikke med da der altid er saa mange fremmede om Søndagene, og nu vil jeg passe godt paa mit Hoved, jeg har haft det bedre de sidste 3 Dage, men ganske vist, jeg bestiller ingenting bare skrive 3 Breve ad Gangen, saa kan jeg mærke det. Jeg gad vide, om Du skulde kunne indrette Dig paa at være her 2-3 Dage efter 1ste Maj, fra Nete rejser og til jeg tager til Charlottenlund, ikke for at hjælpe med noget, heller ikke fordi jeg mere er bange for at være ene, men det kunde være saa grulig nostalgisk at have Dig, det er saa længe siden, Du var her ud over en Dag Tænk over det og lad mig vide, om jeg kan glæde mig dertil. Saa haaber jeg at være helt rask, saa vi kan ture lidt sammen. 
+Veed Du at Uglen venter en lille og er indskreven paa Fredb. Fødehjem, hun glæder sig nok noget dertil de har det vist bedre økonomisk; er flyttet til Christianshavn, foreløbig i en ganske lille Lejlighed. Men hun vil vist ikke have talt derom, jeg hørte det i Aftes hos Dr. Holstein. 
+Ellers intet nyt. Jeg har bedt hele Magisterfamilien til Frokost paa Fredag – ikke Else – det bliver sikkert sidste Gang, mens jeg selv har Lejlighed. Jeg husker ikke i hvilken Maaned A. har Ferie og Du skulde være her med Børnene. I Juni skulde jeg være i Kerteminde, jeg vil bo paa Gavlværelset og have Morgen og Middag sammen med Christine for Betaling spise Aften hos Las’s. Har jeg fortalt Dig dette i Tirsdags? Det kan blive mere roligt for mig end i Alheds altid urolige Hus, der er bogstavelig aldrig en Dag til Ende uden Gæster. Alhed syntes ikke rigtig om denne Plan, vilde have mig til at spise Middag ogsaa der, men jeg vil nu paa den anden Maade og vil vist befinde mig udmærket derved. En del af Juli er Tante her og vi skal se paa Lejlighed Nu er der ikke mere at skrive om lille Putte.
+Kærlige Hilsener til Dig og de kære Smaa. Putte er vældig sød at læse med.
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en periode i 1913-1914 problemer med øjnene. 
+I Snøde på Langeland boede Laura Warbergs søster og svoger.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2627</t>
+  </si>
+  <si>
+    <t>Laura Warbergs hovede er som bly. Nete ligger med bronchitis, og Christine er forkølet. En sygeplejerske hjælper nu.
+Laura begyndte i Snøde på at brodere et tæppe til Astrid, men hun kan ikke sy nu. Hun sender en bog som fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DEbN</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+[Fortrykt:]
+LAURA WARBERG.
+[Håndskrevet:]
+Fredag Formiddag
+Kære Astrid!
+I al Hast skal Du have en kærlig Lykønskning lille søde Putte! Alt godt kommer til Dig og Eder alle i det nye Aar! Det er dejligt, Du kommer paa Onsdag! For Tiden ser det nu rigtignok trist nok ud her, men jeg er da bedre igen efter en meget slem Omgang. Hovedet bly siden Lørdag Nat! Jeg kan intet bestille med Briller, prøver i Dag dette Brev. Nete ligger i Sengen af Bronkitis men i mild Grad, Putte ligger af en Forkølelse, 38⁴ Feber til Morgen. Christine og Dr. Holstein havde i Aftes paa egen Haand ringet efter en Sygeplejerske, som nu er kommen; jeg turde jo ikke for min egen Skyld gaae her alene med alt det. Nu kan jeg da ogsaa røre mig herfra; skal være meget i Luften! Dr. H. mener Nete og Putte med er ovre det hele til Onsdag.- Et broderet Tæppe til din lille Puf i Soveværelset begyndte jeg paa i Snøde, men alt Sytøj hviler nu! En Bog sender jeg samtidig med dette! Hvor de smaa vist glæder sig til Mors Fødselsdag! Hils dem. Saa skriver jeg et Kort paa Mandag om status quo her!
+Kærlige Hilsener!
+Mor!</t>
+  </si>
+  <si>
+    <t>1913-05-14</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Marie Bang
+Wilhelmine Berg
+Alice Bondesen
+Christian  Brandstrup
+Eline  Brandstrup
+Alexander  Brandt
+Marie Brandt
+Martha Caroline Clement
+Ingeborg Margrethe Delcomyn
+Theodor Christoffer Delcomyn
+Anton Hinke
+Grethe Jungstedt
+Hanne Langkilde
+William Langkilde
+Adolph Larsen
+Andreas Larsen
+- Looze
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Henry Smith, nær Erikshaab
+- Stenberg
+William van Wylich
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Erik Warberg Larsen
+Laura Warberg Petersen
+- Wulff</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor middagen efter Alice/Alex/Alix Bondensens begravelse blev holdt på Ravnholt. Hun var selskabsdame for Nicoline von Sperling på herregården Sandholt. 
+Det er uklart, hvem "alle Søstrene" var. Ligeledes hvem bispen og hans unge grevinde var. Det kan ikke afgøres, hvem Elisabeth var, da kredsen omkring Warberg og von Sperling kendte flere af dette navn. Direktør og oberst Rist kendes ikke. 
+Alhed og Johannes Larsen lod opføre et hus til Laura Warberg, hendes datter Ellen og barnebarnet Grethe i Kerteminde, og de flyttede ind maj 1914, men boede der kun få år.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2615</t>
+  </si>
+  <si>
+    <t>Det er en stor nyhed, at Laura Warberg vil flytte til Kerteminde og opgive det københavnerliv, som hun ellers holder af. Alhed Larsen håber dog, at moderen føler sig raskere og stadig tager sin medicin. 
+Byggeriet på Møllebakken er godt igang, men håndværkerne er langsomme. 
+Alhed Larsen har været til Alice/Alix Bondesens begravelse. Efter kirken spiste man middag på Ravnholt, og der blev holdt smukke taler. 
+Wilhelmine/Tante Mis er på besøg, og man har fejret Andreas/Pufs fødselsdag med mange gæster. 
+En planlagt tur til Sprogø blev opgivet på grund af vejret.
+Alhed har været på kirkegården og på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N3Iu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:] 
+Kæreste Mor!
+Nu er det paa Tiden, jeg faar sendt Dig en lille Skrivelse med Beretning om, hvordan Tiden er gaaet for os, siden jeg saa Dig sidst – den Efterm. jeg kom til Kjtm. og Du fulgte mig paa Vej ad Valby til. Men først maa jeg da udtale mig om den store Nyhed, Johanne kom hjem med, at Du tænker paa at slaa Dig ned i Kerteminde til Efteraaret. For os alle her vilde det jo være aldeles henrivende at faa Dig herover, men jeg kan jo ikke lade være at tænke paa, at det for Dig maa være et stort Offer, Du som befinder Dig saa vel ved Københavnerlivet og faar saa meget ud af det. Og maaske Du ogsaa kommer paa andre Tanker, naar Du nu igen føler Dig raskere og stærkere. – Hvor dejligt stadig at høre, at Du befinder Dig saa vel hos Onkel Chr. og Tante Eline, vi har jo ogsaa alle ventet os saa meget af det Ophold. Men Du bliver da endelig ved at tage Din Medicin regelmæssig, selv om Du føler Dig bedre? – Jeg sidder oppe i Lysthuset og skriver, her er aldeles henrivende, Du kan nu ikke tænke Dig, hvor Haven er henrivende vi glæder os meget til at vise Dig den. Byggeriet er godt i Gang, men det gaar kun smaat fremad, det er vældig hvor saadanne Håndværkere kan drive, vi kan jo rigtig iagttage dem her fra Haven, de staar stille og ser paa det og snakker om det næsten ligesaa meget som de arbejder. – Verandadøren er ogsaa i Arbejde, men det er Hinke, saa Du kan ogs [”ogs” overstreget] nok tænke, at heller ikke det gaar med Iltogsfart. – Jeg var jo saa nede til Frøken Alix’ Begravelse, det blev jo desværre mig alene, men jeg var glad ved, at jeg kom derned, at der dog var én af Familien. Det var en smuk Begravelse, en Masse Mennesker og Bunker af Kranse. Da Kisten blev baaren ud af Funktionærer paa Ravnholt (Looze, Wulff o.s.v.) tog Frk. Sperling selv fat ved Hovedenden og bar helt ud til Graven, det saa smukt ud og ligner hende jo fuldstændig. Bagefter var vi til Middag paa Ravnholt, 27 af de nærmeste, hele Sommerkredsen fra Ravnholt, Marie Balslev, Stenbergerne, Ville Bang, Fru Alexander Brandt – f. Bredsdorff, Langkildes fra Bramstrup, Bispens unge Grevinde, (han var bortrejst) Smidt Nybøllegaard, Provstens, Palam og Marie, Fru Clement og alle Søstrene naturligvis. Frk. Sperling holdt en smuk Tale inden vi begyndte at spise, senere Frk. Elisabeth, Frk. Bang og Frk. Sp igen, meget smukke Taler, Bispen talte ogsaa, - rigtig kønt, men vi var enige om, da vi kørte hjem, at hverken Bispen eller Provsten (i Kirken) kunde maale sig med Damerne, men det var nu ogsaa ualmindelig gode og smukke Taler, Frøken Bangs meget poetisk og smukt [”t” sidst i ordet overstreget] om de lyse Minder, der blev fremhævet af denne alvorlige Stemning ligesom et Billede ofte fremhæves mest af en mørk Ramme. Jeg var meget glad nu at være med til den smukke Fest, men man savnede Frk. Alex hele Tiden, hun hørte jo til i den Grad til paa Sandholt og var altid saadan en elskværdig Værtinde. – Hvor har vi dog mange trofaste Venner dernede paa Egnen, alle skulde de have Rede paa, hvordan Du har det, og jeg fik utallige Hilsner til Dig; Frk Sperling spurgte om Din Adresse i Charlottenlund maaske har Du hørt fra den [”den” overstreget] hende. Grevinden talte jeg en Del med; hun bad mig endel hilse Dig saa meget, hun er dog et ualm. yndigt og indtagende Menneske. - - - Her kom en lille Afbrydelse, idet Tante Mis kom op igennem Haven; jeg hentede The og ristet Brød og vi har siddet og sludret en Timestid. Det er saa hyggeligt at have Ta’ Mis her hun kommer næsten daglig et lille Rend. Pufs Fødselsdag havde jeg inviteret hende til hele Dagen. Det var en livlig Dag, kan Du tro. Om Formiddagen (midt – i mens laven Mad) kom der 5 ude fra Feden (Datter og Svigersøn fra Kjm og Tandlægens) de skulde passes med Vin og Underholdning. Saa kom Middagen med Tante Mis, Elle og Grethe og Anton Hinke. Boullon med ristet Brød, Kalvesteg og Ris à l’Mande – Vin). Derefter Kl. 3 Grossererfamilien med Børn, Chokoladebord ved Valnøddetræet for Ungdommen og i Lysthuset for de Voxne. Midt i det kom Delcomyn og Oberst Rist, en storartet Mand, der længe gærne har villet hilse paa Las, og lidt efter at de var gaaet Borgmesteren og en Direktør Rist – Bror til den anden. Til Aften havde vi de [”de” indsat over linjen] samme som til Middag plus Agrarens og Allerup. Du ser det var en livlig Dag, men det gik for Resten udmærket. Puf var henrykt, jeg skulde foreløbig hilse Dig og takke Dig saa mange Gange for Bog og Brev, han var meget glad. Han har taget nogle nye Fotografier i disse Dage, som han vil sende Dig naar de er færdige (hans eget Paafund) saa skriver han lidt med det samme. De nyder begge deres Pinseferie og det dejlige Vejr. Vi vilde have været til Sprogø i Dag (efter Las’ Sager) og havde inviteret Chr og Ta’ Mis med, men da det i Morges saa ud til Regn og Torden opsatte vi det. - - - - Jeg blev ikke helt færdig med min Sydfynstur. Jeg var naturligvis inde paa Kirkegaarden havde lidt Blomster med herfra Haven, der var rent og nydeligt som altid. Jeg blev paa Erikshaab til næste Efterm. – Det blev en længere Skrivelse men nu kom Las efter mig, vi skal ud at saa Agurker, vi har lagt Masser af Ærter Bønner o.s.v. ja en hel Del er for længst kommen op - - Hils Onkel Chr. og Tante Eline mange Gange og sig vi er saa glade ved at vide Dig i deres gode Hænder. Vi høre vel snart igen lidt fra Dig, bare smaa Epistler, at vi kan høre, Du har det godt. – og skriv lidt om Din nye Plan, om Du bliver ved den, og hvornaar vi skal begynde at se os om efter noget til Dig. Det er en yndig Tanke at faa Dig hertil, men jeg kan næsten ikke rigtig tro paa det. – 
+1000 kærlige Hilsner fra Din Alhed
+14de Maj - 13</t>
+  </si>
+  <si>
+    <t>1913-10-10</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alfred/A Goldschmidts "tilbageslag": A. Goldschmidt opførte sig urimeligt og var nærig i forhold til sin kone, Astrid.
+Ellen/Elle Sawyer og hendes datter boede til leje i stuehuset Kærbyhus, som var ejet af Alhed og Johannes Larsen. Det må være i denne bygning, at de nu fik en større lejlighed. Ellen forsørgede de to ved at undervise i klaverspil samt akkompagnere stumfilm i biografen.
+"Her er ideelt at bygge": Alhed og Johannes Larsen købte i 1913 en byggegrund på Strandvejen/i Strandgade i Kerteminde og satte et husbyggeri i gang. I huset skulle Laura Warberg, datteren Ellen og barnebarnet Grethe bo.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2631</t>
+  </si>
+  <si>
+    <t>Laura Warberg har overanstrengt sit ben og har ligget i sengen.
+Astrid må gerne sende Laura et sjal. Det er Laura Warberg en gåde, hvorfor Alfred har fået et "tilbageslag".
+Ellen/Elle Sawyer og datteren får nu en større lejlighed. Ellen tjener godt i biografen.
+Januar til februar 1914 vil Laura Warberg opholde sig i Købenavn. Hun skal blandt andet købe en del ting.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pxQF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Fredag
+Kære Astrid.
+Jeg ligger i Sengen 3 Dage med en Smule Daarlighed i mit ene Ben, ikke Betændelse, men jeg har jo intet at forsømme ved at ligge og faae det hurtigt af Vejen. Jeg fik det ikke af at gaae i [ulæseligt] paa Hjemrejsen af at sidde de 33 Timers Kørsel næsten ud i et; desuden en lidt haardnakket Forkølelse, som Følge af alt det besøger jeg ikke Syberg før i Slutningen af min Turné, er altsaa her til vist Tirsdag 8 Dage og drager saa til Brædstrup. Det er herligt hvis jeg kan faae en Shavl hos A.; hvis det findes imiteret [ulæseligt ord], vilde jeg helst have en lidt smallere og kortere end den forrige, saa at den gaaer mere op i Halsen. Det er tidsnok at faae den omkring d: 20de her, Pengene skal jeg sende naar jeg til Nov. faaer 300 Kr. af Paludan. Tak for det lange gode Brev i Morges; jeg glæder mig meget over det gode Bekendtskab, Du der har gjort. Du har jo nu ogsaa Børnene og [ulæseligt] ogsaa og Din Gymnastik; det bøder jo paa meget. Men en Gaade er det mig, med det Tilbageslag hos Alfred, som Du kalder det. Hvad kom der dog paa?? Var det Terminen med for store Udgifter? Mon det dog ikke skulde blive bedre igen! Tænk hvilken god Jul i Fjor! Chr. og Putte rejser en Uge til Brædstrup paa Søndag; Putte er nu helt frisk, kan læse rent og skriver rigtig pænt, er flink i Engelsk hos Elle. Grethe igen i Sengen af Forkølelse; i Gaar undersøgte Dr. Hviid hendes Bryst; der er intet i Lungerne, men lidt Bronkitis. Nu til Flyttedag faaer de den store Lejlighed for i Vinter der er Sol paa Soveværelset og meget mere Luft [ulæseligt] end den lille, der er lejet ud. Det glæder jeg mig meget over, de faear det langt bedre og kønnere Elle har saa gode Indtægter nu med Biografen saa hun faar sig og Grethe godt forsynet med Tøj. Før i Marts kommer vi næppe til at flytte ind saa jeg tænker at være i Kbh. Februar fra sidst Januar, saa jeg kan købe mig et Spisestel ved Udsalg samt et Kaffeservice af Nikkel. Saa maa jeg over til Eder; boe hos Caspersens. Nej det var 290 for os begge, men deraf gik 10 til Indkøb, og Koncert for mig. Vi sparede heller ikke særlig meget. Her er ideelt at bygge, mit Værelse er saa kønt, jeg ser Stranden fra Sengen; det pas-
+[Skrevet langs venstre margen s. 4:]
+ser mig udmærket. Kærlig Hilsener Mor.
+Adams Fødselsdag???</t>
+  </si>
+  <si>
+    <t>1913-12-22</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Christine  Mackie
+Else Warberg
+Karen Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod et hus opføre til Laura Warberg på Strandvejen/i Strandgade i Kerteminde. Hun flyttede ind i 1914, men i 1913 opholdt hun sig også i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2612</t>
+  </si>
+  <si>
+    <t>Astrid må føle sig mere isoleret, efter at Laura Warberg er flyttet fra København til Fyn. Mon Astrid snart kommer på besøg? 
+Johanne/Junge ville ønske, at Astrid havde været med i Norge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qnm1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+19 Sct Pauli Kyrkogatan
+Malmø.
+[Håndskrevet på kuvertens bagside:]
+Jeg har sendt dig en Bog.
+[Julemærke 1913. Poststempel]
+[I brevet:]
+Kære søde Dis!
+Jeg er begyndt at længes saa meget efter dig og synes det er saadan en evig Tid siden vi sidst saas – ja altsaa ogsaa snart et Aar! Du er rigtignok meget isoleret derovre nu, navnlig efter at du ikke mere har Mor i Kjøbenhavn; du trængte til [”til” overstreget] mere til hende end alle vi 4 tilsammen, men det var jo heller ikke for vores Skyld, hun kom herover; men nu kan da blive holdt àjour med alt her ovre fra, det er [”er” overstreget] har ogsaa sin Charme. – Kan der snart blive Udvej for et lille Vip herover? Eller først til Sommer maaske. 
+Bare jeg i Julen vilde tage mig sammen til at skrive dig et ordentligt Brev og fortælle om alt muligt; men det vil jeg vel ikke! Jeg har mere end ondt ved at skrive Breve mere. Gid du havde været med i Norge, det var noget af det mest bedaarende jeg har oplevet; jeg savnede jævnaldrende en lille Smule: Mor Tante Else og Nina er jo lidt ældre alle tre! 
+Hvis du skriver til mig i Julen saa vær lidt udførlig om Børnene de søde kære Unger. Ja Klokken er halv 12; jeg har været paa Landet og skrevet en Mængde Kort! Skal bage i Morgen. Vi glæder os meget til Julen. Gid Helbredet var lidt bedre; der er Tvivl om Christine maa komme om Juleaften. Det afhænger af Feberen. hun har jo Influenza. 
+Tusind Hilsner lille søde Dis! Gid I maa faa en god Jul – lad os høre derom undskyld disse Fedtpletter.
+Din Junge.
+22 – 12 – 13.</t>
+  </si>
+  <si>
+    <t>1913-12-28</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Wilhelmine Berg
+Berta Brandstrup
+Julie Brandt
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+- Hoff
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Carl Larsen
+Ellen Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Harald Meyer
+Thorkild Rovsing
+Ellen  Sawyer
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig i Kerteminde i julen 1913. 
+Johanne/Junge ogf Adolph/Agraren Larsen boede på Kærbyhus. Derfor kunne julegæsterne gå fra deres hjem til Alhed og Johannes Larsens villa på Møllebakken juleaften. Der er to hundrede meter mellem de to huse. 
+Det vides ikke, hvem den norske frøken fra Gjelskov var. Ej heller hvem Anders Jensen var. 
+Tante kan både være Johanne Caspersen og Wilhelmine Berg. 
+Rørbæk er en proprietærgård, der ligger få kilometer syd for Kerteminde. 
+Hotel Temperance lå på Vesterbrogade 41 i København (set på et postkort fra 1913 på internettet nov. 2023 og kbhbilleder.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2628</t>
+  </si>
+  <si>
+    <t>Laura Warberg er imponeret over de fine håndarbejder.
+Alhed og Andreas/Puf Larsen skal bo på hotel i København en uge.
+Laura fik julemiddag hos Adolph/Agraren Larsen og Johanne, og derefter gik det meste af familien til Johannes og Alhed Larsen. Laura fik et kaffestel mm. Johanne/Junge måtte opgive at holde selskab, da Laura/Bibbe var syg. Laura håber, at Astrid har haft en god jul. 
+Berta Brandstrup har været meget syg. 
+Laura beder Astrid om at sende afdækningspapir til vinduerne.
+2. juledag holdt man Johannes Larsens fødselsdag med gæster til middag. 
+Lauras øjne er meget lysfølsomme, og øjenlægerne ignorerer det. 
+Laura skal til Odense og købe damask til sofaen mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zs1g</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag Morgen.
+Kære Astrid!
+Det var da nogle henrivende Arbejder, Du glædede os med! Alheds Lysdug er vi alle imponerede af, - det vældige Arbejde, og Johannes ikke mindre; vi er fulde af Be- og Forundring over at lille Sjums kan tegne saadan, hun maa absolut blive til noget ualmindeligt. De søde Smaa! Gid der kan blive en Lejlighed, hvor jeg kan være en Dag over hos Eder; troer Du?? Men min egen Lysdug er henrivende i sin Hvidhed, hvad jeg holder saa meget af. Og saa det dejlige Billede! Nu skal det sammen med nogle andre med paa min Turné, og senere i en fin Ramme! Tusind Tak lille Putte! – foreløbig vist ogsaa for de andre, som hver paa sin Maade er optaget af forskellige Ting; Christine endnu i Sengen. Elle rejser i Nat til Kbh., Birkerød kun da Brønsteds er i Hornbæk. Alhed og Puf i Morgen for en Uge, de boer paa Temperance, ganske incognita, da de ikke vil besøge nogen, det er for at vise Puf Kbh. Han har ikke længe været der. Vi havde en yndig Juleaften; jeg spiste hos Agrarens, Marie boer der, og saa fik Børnene deres Gaver – (Bibbe i Sengen inde i Stuen, Halsen) og Juletræet blev tændt. Saa gik vi til Las’s, Junge blev hos Bibbe, men blev senere afløst af Marie og Puf. Der var et stort mægtigt Juletræ, Borde helt rundt, bugnende af Gaver. Tænk jeg fik af Las’s og Christine et Kaffestel paa Bakke af Nikkel, jeg vilde have købt mig et selv, det var naturligvis ikke paa min Ønskeseddel. En sød Blomsterskaal af Elle og flere pæne Ting. Putte var kørt op i Bil og 9½ hentede den hende og mig. Juledag maatte Junge opgive sit traditionelle Selskab med Grosses, for Bibbes Skyld; nu er hun rask og i Dag kommer alle Agrarens og Elle her til Middag Kl 1; Elle spiller sine 6 Timer til 10¼, saa hjem og pakke ind og afsted Kl 2. Nytaarsdag hos Agrarens, og en Dag senere skal de have en fin Aften for Bu[ulæseligt]els med Pan og Hoffs paa Rørbæk, hendes Elev, den ”norske Frøken” fra Gjelskov. Har Du haft en rar Jul lille Putte? I Fjor var den saa god. I Valby har de haft en meget trist Jul. Berta lige kommen op efter 3-4 Uger i Sengen Lagt paa Rovsings Klinik fra lige [”lige” indsat over linjen] før Juleaften Betændelse i den ene Nyre, meget alvorligt; muligvis en Operation, skrev Tante i Dag. Hør lille Putte, kan Du ikke sende os til Christines store Vinduer Sovekamret, 24 Al af det Papir til at klistre Vinduer med, hun er til Tider ved at blæse ud af Sengen; men strax og sig hvad de koster. – Las’s Fødselsdag blev holdt 2 Juledag, Grosses med Anna, Agrarens og Grethe; Elle havde fri fra 6-7; naaede lige at faae hele Middagen i Køkkenet, Suppe med Kødboller, Vildandesteg – Rødvinsgelé. – Det var en meget morsom Aften. I Aftes igen Selskab; den unge Andresen, Marie er her, H. Mejer, Agrarens og Elle; sprængt Gaas m.m. – Jeg har det saa godt i Julen, taaler al Selskabelighed, men naar jeg som i Gaar strikker en Hæl ved Lys, syer paa noget gammelt et Kvarter, læser nogle Historier for Putte ved Lys, saa var mine Øjne i Aftes saa daarlige, og ingen Øjenlæge tager videre Notits deraf! – Jeg vil gærne have de Tryksager igen nemlig, et Korsbaand med Vinduespapiret? Maatte Du betale Porto for det??? Jeg kom i Tanker om, at et 5 Øres var ikke nok, mulig Tante har sat mere paa? Jeg rejser enten d: 6_te_ eller 9_de_, skal være et Par Timer i Odense og med Elle til Anders Jensen at købe et Divantæppe til Elle [”Elle” overstreget] Gretes Fødselsdag d: 16de, havde Gardiner til min Dagligstue af rød Damask til den gl. Sofa. Nu Farvel lille Putte! Kys de kære Smaa, jeg glæder mig meget til at see dem. Lugge ringede op til Alhed Juleaften, de havde drukket min Skaal og savnet 
+[Skrevet langs venstre kant på s 6:]
+mig meget. Kærlig hilsen fra Mor.
+[Skrevet langs venstre kant på s 5:]
+Nævn ikke til nogen – ikke til [”til” indsat over linjen] nogen – at Alhed kommer til Byen.</t>
+  </si>
+  <si>
+    <t>1914-01-02</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Ina  Goldschmidt
+Alhed Larsen
+Ellen Larsen
+Georg Larsen
+Johannes Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidts datter, Ina Goldschmidt, havde syet lysedugen, som er omtalt i flere breve.
+Johanne Larsen tog på landet i flere timer ad gangen, fordi hun cyklede rundt til diverse boliger og underviste i klaverspil.
+Marie må have været pife i huset hoa Johanne og Adolph Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2636</t>
+  </si>
+  <si>
+    <t>Alle er imponerede af, at Ina (Jumsetøj) kunne sy den flotte lysedug. Ja, bogen var en dyr gave, men Johanne/Junge havde lyst til også at kunne sende flotte gaver.
+Christine var syg hele julen. Nytårsdag var hyggelig med mange gæster til chokolade og slagtemad.
+Johanne/Junge er dejligt udhvilet efter 14 dages ferie. 
+Børnene er kede af det, når Johanne kører på landet hele dagen. Det gik bedre, da Marie var pige i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NTgt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø.
+[I brevet:]
+2-1-14
+Kære søde Dis!
+Tusind Tak for dit lange og indholdsrige Brev og for den yderst interessante Lysedug, vi er dybt imponerede af, at det lille Jumsetøj har lavet den geniale Tegning, den er jo overordentlig nydelig, giv hende dog et Kys fra mig, det lille Pus (ak! hvor magert) – Du syntes Bogen var saadan en stor Gave, ja men det er det jo ogsaa i Forhold til hvad Gaver vi ellers giver, men kan du ikke forstaa jeg ogsaa har Lyst til at være med paa din Julebord en Gang imellem, naar du altid sender sådan store syede Gaver til os. - Du har vel fra Mor hørt om vores Jul her, lidt sygelig var den jo og lidt mager, idet Christine laa i Sengen hele Tiden det Skind og Alhed og Elle rejste i Søndags. Vi havde da for Resten en meget hyggelig Nytaarsdag i Gaar; mange Børn til Chokolade samt Grosses og Mor, til min gode solide Slagtemadsaften ankom endvidere Las og Pan [”og Pan” indsat over linjen]. Der var en egen Hygge over det hele; jeg ved i Grunden ikke hvor fra.
+Jeg føler mig saa storartet udhvilet efter denne næsten 14 Dages Ferie, jeg har haft saa gode Dage, næsten intet at bestille, bare dreven, sovet længe o.s.v. Saa har det jo været dejligt at være saa meget sammen med Børnene, nu kommer paa Mandag igen det svære, naar jeg skal være saa meget [overstregede bogstaver] borte fra dem; da de havde Marie var de saamænd ligeglade om jeg kom eller gik, nu græder Tinge altid, naar jeg skal paa Landet, men nu er de jo alligevel større saa det skulde jo kunne gaa. – Hvilken Beskrivelse om det A-ske Besøg, noget saa vildt som at ville bo hos Jer – 4 – ved Vintertid!! Jeg maa slutte, jeg kan ikke mere skrive Breve, men Du - - !
+[Skrevet på hovedet øverst på sidste side:] 
+Glædelig Nytaar lille søde Dis, bare du kunde komme naar Mor skal have ”i Gang” Tusinde Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1914-02-05</t>
+  </si>
+  <si>
+    <t>Charlottenlund</t>
+  </si>
+  <si>
+    <t>Vilhelm Andersen
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Louise Brønsted
+Christian Caspersen
+Emmy Caspersen
+Johanne Caspersen
+Poul Caspersen
+Johanne Caspersen, datter af Poul Caspersen
+Adam Goldschmidt
+Ina  Goldschmidt
+August Kattrup
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>"Den nye Støtte" ved Femvejen: Dette "Mindesmærke, der knytter sig til Bernstorff, er opstillet paa den saakaldte »Femvej«, Navnet for den aabne Plads, som har dannet sig ved Skæringen mellem Jægersborg Alle, Bernstorffvejen, Ordrup Gade og Vejen til Ordrup Krat.
+(...) Monumentet er tænkt, dels som et Mindesmærke for Bernstorffs Herskab i sidste Halvdel af det nittende Aarhundrede, Kristian den Niende og Dronning Louise, dels som et Samlingsmærke for de mange Kirkesogne, hvoraf det oprindelige Gentofte Sogn nu bestaar.
+Det er udført i bornholmsk Granit efter Tegninger af Arkitekt A. Clemmensen og Billedhugger Bundgaard og bestaar af en Obelisk med Portrætmedaljoner, flankeret af en Balustrade i Granit; bag Monumentet en Forsænkning med Kildevæld og to af de gamle Alletræer. Det afsløredes 7. September 1913. Indskriften er forfattet af Professor Vilh. Andersen. Der staar: [mod Syd] Som et Minde • om Bernstorfs kongelige Herskab • der paa dette Sted i et stille Hjem tænkte paa Tidens Tarv • til Danmarks Bod og Herskerhusets Hæder . [paa Forsiden over Portrætterne] Kong Christian den Niende og Dronning Louise [mod Nord] satte vi • Mænd og Kvinder af Gentofte-Ordrup-Hellerup Sogn • denne Sten • som et Mærke • i Sognenes Midte • paa Sammenholdet i deres Styre • [paa Bagsiden] som et Maal • for dem der i Tidens Løb • mens Linden løves • bor her mellem Skov og Sund • at de under samme Himmel • og med det samme Haab skal tjene Fædrelandet og Fremtiden • som hine." Gentofte Sogn i for- og nutid. https://slaegtsbibliotek.dk/920358.pdf
+Fritz Syberg udstillede på Den Frie 1914 (Weilbachs Kunstnerleksikon). 
+Det vides ikke, hvem Olesen, der havde en butik i København, var. 
+Om hussalget og arbejdet som arkitekt: Sagen drejer sig om Laura Warbergs bror, Christian Brandstrup, og hans familie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2620</t>
+  </si>
+  <si>
+    <t>Laura Warberg går tur i den gode luft og har blandt andet set støtten/obelisken ved Femvejen. 
+Det var et held, at Laura blev syg hos Caspersens, for de har været mageløse. 
+Laura skal mødes med Alhed og Louise/Lugge og købe møbelstof. 
+Salget af Eline og Christian Brandstrups hus er gået i orden. 
+Thora Branners drenge har mæslinger. 
+Minna Warbergs far er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHau</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Charlottenlund – Torsdag
+Kære Astrid!
+I Gaar kom jeg herud for at komme lidt til Hægterne igen i denne gode Luft; glæder mig til at gaae de dejlige Ture igen, har i Form. været ved 5-Vejen og set den nye Støtte med den i sin Tid meget omstridte Suskription af Wilhelm Andersen. Det var min første Udflugt siden Sygdommen. Gid vi dog kunde faae godt Vejr her; jeg bliver vist til Tirsdag. Jeg turde ikke tage Sporvognen i Gaar, men gav 3 Kr. for en Bil; vi kørte akkurat 12 Minuter, men, det er dobbelt Takst herud. Caspersens kørte med, en herlig lille Tur! De spiste senere Middag hos Pouls, godt at Tante nu kan røre sig lidt frit igen. De har været mageløse mod mig begge to; Kalder det et Held, jeg blev syg der. I Morgen kommer nok Las’s nogle Dage til Byen for at see Sybergs Udstilling; de er bedt til Frokost hos Caspersens paa Søndag, saa skal jeg derud pr. Sporvogn. Jeg haaber at faae Alhed og Lugge med mig nogle Indkøb hos Olesen til mit Hus, bl. rødt Damask til Sofaen. Jeg taaler saa lidt i mit Hoved endnu, men det er da heldigvis ikke Svimmelhed, kun Træthed. Chr. ofrer sig og spiller Whist en god Time med os om Aftenen. Nu er endelig Salget af Huset i Orden og de har begyndt at see paa Lejlighed inde i Byen; der mener han lettere at kunde faae noget Arbejde som Arkitekt; Han især har været dybt nede over at skulde herfra; men de boer altfor dyrt. Du veed vel at Thoras Drenge ligger af Mæslinger, men jeg haaber, hun alligevel kommer til [ulæseligt] derude i Dag. Hvordan har I det lille Putte. Gud veed, om jeg naaer over til Eder! om jeg ikke rejser hjem, saa snart mine Ærinder er besørgede. – Du veed da nok, at Minnas Far er død for en Uges Tid siden; det er meget sørgeligt. Maaske jeg har skreven det til Dig. Nu hører jeg vel lidt fra Dig inden Søndag; saa skriver jeg igen. 
+Kærlige Hilsener til Dig og Børnene fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-02-22</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Carl Thomsen
+Ellen Thomsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod i 1913-1914 opføre et hus i Strandgade/på Strandvejen i Kerteminde til Laura Warberg, hendes datter, Ellen, og barnebarnet Grethe. De flyttede ind i foråret 1914, men boede der kun få år. 
+Johanne C. Larsen spillede klaver. 
+Carl Thomsens hustru, Ellen, var ifølge opslag på filmdatabasen.dk og diverse andre steder født Schmidt, så at hun skulle hedde Brandstrup (Laura Warbergs fødenavn) er mystisk.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2622</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ikke rask. Hun må sove længe, gå ture, sove til middag og ikke passiare for meget.
+Der bliver nu sat døre og vinduer i huset, og maleren arbejder. Johannes Larsen har byttet malerier for gartnerarbejde og planter til haven. 
+Johanne Larsen har spillet klaver ved en teaterforestilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h0Nw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne 
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 22de
+Kære Astrid!
+Denne Gang skulde Du gærne have et ordentligt reglementeret Mandagsbrev. Det hjalp godt paa Kræfterne, at jeg laa et Par Dage i Sengen her; nu er det bare det skrøbelige Hoved, der endnu taaler saa lidt; især hen paa Eftermiddagen maa jeg være meget forsigtig, ikke passiare for meget, ikke bestille meget. Du kan troe, Tiden er lang! Jeg staaer dog først op Kl. 10, gaaer saa en Tur, efter Middag hviler jeg 2-3 Timer, faaer gærne en lille Søvn. Men det bliver vel bedre, især dersom Vejret vil blive saa godt, at jeg kan gaae tre smaa Ture om Dagen. Det var – som [ulæseligt] skriver – skændigt med den Influenza! Jeg var dog bleven saa rask forinden. Nu er der lige ved at blive sat Vinduer og Døre i Huset, saa Gulve og saa i Marts kan Maleren tage fat. Vi haaber, at Malingen er færdig først i April, saa Gulvene kan tørre i Paasken og vi sidste Halvdel af April kan flytte ind. Tænk jeg faaer alt plantet gratis i Haven! Las har givet Malerier til en Gartner imod at tage alt der. Udenfor Havedøren er en meget stor Trappe med godt en M. høj rød Mur udenom, bred saa der kan staae Kasser. – Christine er oppe i Dag efter 4 Dage i Sengen af Slim i Brystet og en slem Asthma til Tider. Ellers er alle raske. Johanne tjener 10 kr. ved i Aften at spille i en Forening. Forleden spillede hun ved Carl Thomsens Forestilling; hans Kone er Ellen Brandstrup, de talte længe med hende.
+Ja, nu maa Brevet afsted med Putte, der henter Post. Lev vel lille Putte; Tak for det sidste gode Brev. Hils de flinke søde smaa!
+Mange Hilsner fra Mor.</t>
+  </si>
+  <si>
+    <t>1914-03-08</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Marie Bang
+Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+- Svendsen, Fru</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2616</t>
+  </si>
+  <si>
+    <t>Det er flot, at Astrid Warberg-Goldschmidt fik så meget for 50 kr. Louise/Lugge Brønsted har købt silkestof til kjoler.
+Familien har holdt Ellens/Elles fødselsdag med gæster, middag og mange gaver.
+Christine og Alhed er begyndt at tage fransktimer, og Laura Warberg underviser Grethe i samme sprog.
+Grethe er blevet så sød overfor sin mor. Hun glæder sig meget til det nye hus, men der mangler stadig meget på det. Laura har købt sofabetræk, gardiner mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iEY2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 8/3 – 14
+Kære Astrid!
+Jeg var meget glad ved saa tidligt i Ugen at faae Dit interessante Brev, med god Besked om Dine Indkøb og Din Visit i Birkerød. Hvor var det dog en Masse Du fik for de 50 Kr; vi var alle meget imponerede derover. Men tænk ogsaa, at Du kan købe i Børnekonfektion! Fodtøj veed jeg nok, Du kan. Nu mangler vi bare en Prøve af Dragten, men der gives maaske ingen Klude med. Lugge har igen været betroet Indkøb og skilt sig udmærket derfra; yndigt nærmest orangefarvet E[ulæseligt]nne – blankt bredt Silketøj – til Elles Fødselsdag; 25 Kr. for en Kjole; Chr. Alhed og mig, Vi havde en herlig Aften; Elle kom 6½ fra Odense, fik saa først alle Gaverne i Dagligstuen; Kjolen jo Hovednummer; hun var henrykt. Desuden fra Alhed Sweizerost – Pølse – Sardiner – Leverpostei – 4 [”4” indsat over linjen] smaa Fajance Skaale og to Spølkummer Drengene [”Drengene” indsat over linjen] 2 Glas Sommerkrus fra Putte – Stauder fra Junge, Kartofler fra Agraren, en stor Lagkage fra Allerup og Ville, de var med til den fine Middag Kl. 7 – Tarteletter, Oxesteg med Agurkesalat – Æblekompot m.m.; Ostegilde Kaffefromage; 3 Slags Vin! Storartet Stemning, Alhed er jo en glimrende Værtinde. Grethe havde glædet sig vildt til Dagen; Alle 4 Børn med til Bords. Chr. og Grethe bor jo deroppe, mens Las er væk. Chr. og Alhed er begyndt at tage Timer i Fransk hos Fru Svendsen, det er morsomt for dem, især Alhed trænger dertil, Nu paa Tirsdag begynder jeg igen med Grete paa vort Franske; jeg vil spørge Fru Larsen, om jeg maa betale lidt for Aftensmad til hende den Dag, da er Elle væk fra Morgen til næste Dags Middag saa fyrer de slet ikke, Grete sover i Kærbyhus den Nat. Hun er bleven saa sød og omhyggelig for Elle, gav hende The paa Sengen i Fredags og har flere Gange haft det varmt og hyggeligt, naar Elle mindst ventede det. Vi er glade over det. G. glæder sig uhyre til vort Hus, det gaar desværre nu saa langsomt frem: endnu hverken Døre eller Vinduer eller Gulve, og derefter kommer en Maaneds Maling. Nej Elle og jeg er forberedt paa det værste; men haaber endnu at vi er i Orden til Pinse og den store Sommer Maaned. Jeg var i Odense i Torsdags og købte Betræk til Sofaen og et ret stort Linoleumstæppe til Spisestuen, næsten som [ulæseligt o]; samt hvide Gardiner. Jeg har det rigtig godt, haaber lidt Bedring og Læsning, Tiden er tidt saa lang.
+[Indsat s. 4 på højkant i venstre margen:]
+Nu Farvel lille Putte! Kærlig Hilsen til Dig og de smaa! Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-03-17</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen
+Christine  Mackie
+Sophus  Meyer</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2639</t>
+  </si>
+  <si>
+    <t>Laura Warberg undskylder manglende brev. Hun har været til Sophus Meiers fest i Håndværkerforeningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dUoN</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+Til
+[Håndskrevet på kortets adresseside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmö
+[Håndskrevet på kortets tekstside:]
+Tirsdag Morgen
+Det er grulig kedeligt lille Putte, at jeg har glemt at skrive lige til i Aftes, jeg var kommen i Seng. Alt vel her, ja Putte har ligget af Forkølelse eller Influenza med Feber 4-5 Dage, er bedre igen. Jeg var saa engageret i Søndags til Visit hos [ulæseligt ord], til Kaffe hos Johanne og til Fest for gl. Meier i Haandværkerforeningen. Nu skriver jeg et langt Brev paa Søndag; skal faa det [ulæseligt ord] med min [ulæseligt ord], men jeg har da før glemt at skrive. Kærlig Hilsen Mor.
+[Skrevet øverst på adressesiden; på hovedet:]
+mulig Du har dette i Aften?</t>
+  </si>
+  <si>
+    <t>1914-03-22</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Åge Meyer Benedictsen 
+Ellen  Sawyer
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt skulle deltage i en gymnastikopvisning 1914.
+Det vides ikke, hvad Laura Warbergs unge pige i huset hed. 
+Alhed og Johannes Larsen fik i 1913-1914 opført et hus til Laura Warberg, datteren Ellen og barnebarnet Grethe på Strandvejen/i Strandgade, Kerteminde. Familien kom kun til at bo der få år. 
+Forte: Musikudtryk for stærkt eller kraftigt.
+Mono: Musikudtryk enkel. 
+"Quo Vadis?" er en italiensk stumfilm fra 1913 af Enrico Guazzoni.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2621</t>
+  </si>
+  <si>
+    <t>Det er spændende med Astrids gymnastik. 
+Der er nu installeret kakkelovn i huset; maleren og elektrikeren arbejder, og der bliver sat døre i. Haven må ikke blive jævnet, før Johannes Larsen/Las kommer hjem til påske. Laura er ikke tilfreds med vinduerne og med lemmen i gulvet i anretterværelset. 
+Laura Warberg har fået Dr. Hviid som huslæge. Hun har vrøvl med både benene og øjnene, og hun vil foreslå lægen at hvile øjnene med solbriller i 14 dage. 
+Johanne og Andreas/Puf Larsen har været til et foredrag i Mesinge, og de måtte gå hjem. 
+Ellen/Elle Sawyer giver klaverakkompagnement til (stum)film i biografen. Hun er også hyret som tolk for en afrikansk godsejer, der vil købe kvæg på Fyn. 
+Johannes Larsens billeder kommer ikke med på Den Frie. 
+Laura læser med både Grethe og Erik, og Christine og Alhed går til fransk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kFZB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Formiddag
+Søndag d. 22de.
+Kære Astrid!
+Det var et vældig interessant Brev fra Dig, det er saa rart at høre, Du en Gang imellem har en Fornøjelse. Hvilken yndig Kjole det maa være! Det er altsaa den, Din Svigermor gav Dig. Kunde A. lide den gule Dragt fra Kbh?? Hvor morsomt at høre om de smaas Musik. Hvilken Glæde for Dig og A. det kan blive. Kunde Du ikke have sagt til Lugge om at bede A. med? Han var vel nok gaaet tidlig hjem. Og nu nærmer Afgørelsen med Gymnastikken sig! Det bliver knusende spændende! I fire smaa maa da komme med skulde man tro! Men vær nu forsigtig lille Putte! Sæt ikke Liv og Lemmer paa Spil for Sportens Skyld – Jeg har lige nu været med Pigen ovre at gøre Ild i Spisestuen i vort Hus, der kom en nydelig Kakkelovn i Gaar, de andre i Morgen, der skal fyres nogle Dage for at Vægge og Loft kan tørre hurtigt. Maleren gaaer og maler Træværket hver Dag; i Morgen kommer de sidste Døre i, de har smølet længe, men nu gaaer det igen. Elektrikeren er der i disse Dage. Men min Sorg er Haven, der ikke maa blive jævnet eller rørt, inden Las til Paaske!!! kommer hjem. Men skriv ikke hertil om det, Alhed er øm paa det Punkt. Naa megen Glæde kan vi jo nok faae af Haven alligevel. – I Gaar var jeg en lang Tid hos Dr. Hviid, tog ham til Huslæge – 30 Kr – og satte ham ind i hele Sygdommens Forløb. Det har nemlig længe været skidt med Øjnene, værre og værre. Han mener absolut, det er Nervesvækkelse, er der Forkalkning, siger han, er det meget lidt. Nu har jeg faaet saa godt Haab igen, for jeg har tidt været ret langt nede. I Morgen inden jeg staaer op, vilde han komme og høre paa Hjertet og see paa Aarerne paa Benene. Børnene er saa lettede og glade over det. Nu vil jeg foreslaae ham, eller rettere spørge – jeg tænkte ikke paa det i Gaar, - om jeg ikke en 14 Dage skal helt lade være at bruge Øjnene. d.v.s. med Briller, og saa gaae med de farvede Briller [”Briller” indsat over linjen], jeg har paa mine lange Spadsereture og naar jeg strikker; tænk jeg kunde ikke en Gang strikke paa et gråt Badehaandklæde, som jeg ikke behøver at see paa, uden mine Øjne sved og gjorde ondt; alene Skæret af den bitte Lampe – Petroleums med Skærm over, jeg har, kunde jeg ikke taale. Det vil jo blive svære 14 dage, især kedeligt at jeg ikke kan læse med Erik, som nu skulde begynde paa Historie og Geografi foruden det andet. Og Gretes Fransk 2 Gange om Ugen! Men jeg tror, det vil være rigtigt! Jeg har hørt om en Dame med akkurart lignende Svækkelse i Synsnerverne hun kom sig tildels. – Naar bare vi var saa vidt, at vi kunde gaae hver Dag saa smaat at flytte ind, men før efter Paaske bliver det slet ikke – Der bliver ellers ganske dejligt allevegne paa nogle smaa Ubehageligheder nær. Tænk der er ingen ”øverste Vinduer”, det hele lukker op!! Og der er Lem til Kælderen i Anretterværelset, det er jo farligt: og Trappen til Loftet maa hejses ned og op. – I Forgaars tog Johanne og Puf nok saa glade med Toget 6.20 til Mesinge at høre Aage Meier Benediktsen holde Foredrag om Rusland. Tænk saa kunde de ikke naae Toget hjem det blev øsende Regn, som de gik i 5 Kvarter – 1 Mil. J. var ulykkelig over sit gode Tøj, Puf meget medtaget, en grufuld Tur! Vi var saa kede over dem. Nu efter Middag skal jeg op til dem, først hos Elle og saa til Kaffe hos Agrarens. – Elle er saa optaget i disse Dage, hun spiller 2 Timer hver Aften i Biografen, det er ”quo vadis” og hun har gjort sig megen Umage med Musiken, spiller Dejlig er Jorden, først forte og senere mono, som det lød langt borte; en ”Del af Messias” og lignende alvorlig Musik. Chr og A. var der til Premièren, propfuldt, de sagde, at Elle spillede udmærket; hun hører tidt Anerkendelse af sin Musik, meget bedre end Junges. I Dag spiller hun 6 Timer til 10½, skal med første Tog i Morgen til Odense og Kl.11 i Bil Fyn rundt med den afrikanske Godsejer, som skal købe Kvæg her, og hvor Elle er Tolk, mulig i to Dage; det bliver jo en god Skilling men hun er benovet. To Assistenter er med. Hun faaer syet sin mørkeblaa Nederdel hos en Skrædder; og den nye Fløjlsbluse hos hendes Syerske i Revninge, der var hun i Gaar at prøve, havde flere Timer her forinden, og 4 i Biografen. Ja hvor hun og Johanne er spændt for! – Las faaer desværre ingen af de nye Billeder fra Fiil Sø pa den Frie, nemlig til 2_den_ skal komme [”komme” overstreget] faae Gris i næste Maaned, 300 Kr!! men betales til September og kan give en vældig Indtægt med Held! ”Grisene er bedre Betalere end Køerne”!! siger de lærde Landmænd. Bare Du kan læse dette, værre Kragetæer end nogensinde! Nu skal Du maaske nøjes med Brevkort en Tid. alt anstrenger jo mine Øjne. Har jeg fortalt, at Chr. og Alhed lærer Fransk 2 Gg. om Ugen hos Fru Svendsen, det morer dem meget. Nu vil A. til at male igen hun har jo 2 Piger og intet selv at gøre i Huset. Saa Farvel lille Putte! Kærlige Hilsener til Dig og de smaa!
+Mor.</t>
+  </si>
+  <si>
+    <t>1914-04-01</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer
+Andreas Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Strandgade og Huset: Alhed og Johannes Larsen lod i 1913-1914 opføre et hus til Laura Warberg, hendes datter og et barnebarn på Strandvejen/i Strandgade, Kerteminde.</t>
+  </si>
+  <si>
+    <t>Laura Warberg måtte melde afbud til Daisys konfirmation. Hun spørger, om Astrid selv vil brodere et påbegyndt tæppe færdigt. Hun spørger også, om Astrid kan komme på besøg i påsken. Laura har ikke råd til at sende rejsepenge. 
+Det er synd for Adam, at hans tænder er dårlige.
+Det går alt for langsomt fremad med huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nHWH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skaane 
+[På kuvertens bagside:]
+Branners kommer her vist ogsaa en Dag i Paasken.
+[Poststempel]
+[I brevet:]
+Onsdag
+Kære Astrid! 
+Nu er jeg all right igen, godt det kom inden Paasken, men jeg maatte opgive min Rejse ind til Daisys Konfirmation. 
+Hør lille Putte, mon jeg ikke har fortalt Dig, at jeg havde paabegyndt et Tæppe til Din lille Puf i Sov [”Sov” overstreget] Dit Værelse allerede i Fjor. Nu har jeg forespurgt i en Broderihandel, hun vil have 5 Kr. for at sye det svensk Syning paa Uldgarn. Nu kom jeg til at tænke paa, om Du ikke hellere vil have det og sye selv + 3 Kr.?? Sig nu i saa Fald, hvordan jeg skal sende det om til Strandgade? Hvor skal I være i Paasken? 
+Er de gamle raske igen og skal mulig Alfred være der nogle Dage med Børnene? Om Du kunde stikke [”stikke” overstreget] et Par Dage herover Dede og Minna er hos Las’s, men Du kunde være hos Johanne, Elle siger, at det gaaer bedre nu med Dig og Agraren. Det vilde være knusende morsomt, men jeg veed nok, det kniber med de Penge. Jeg har ikke Raad at hjælpe, der bliver mange Udgifter for mig ved Huset. 
+Stakkels lille ked Adam med sine daarlige Tænder. Fortæl mig om ham og om Dine Svigerforældre. Hvilken Anerkendelse han har faaet i Bladene. Alt vel her, undtagen at det gaaer saa langsomt med Huset. De Kerteminder!!! Vi har Foraar i Dag!
+Kærlige Hilsener til Eder alle tre fra
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-04-10</t>
+  </si>
+  <si>
+    <t>Ebbe Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Adam Goldschmidt
+Ina  Goldschmidt
+Christian  Houmark
+Alhed Larsen
+Georg Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Peter Magnussen
+- Svendsen, Fru
+Carl Christian  Swendsen
+Hempel Syberg
+Andreas Warberg
+Minna Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Laura Warberg var begyndt at brodere et tæppe til Astrid, men da Laura fik problemer med øjnene, aftalte de to, at Astrid selv skulle sy det færdigt. Sagen er omtalt i flere breve i foråret 1914. 
+Den baltiske Udstilling åbnede 5. maj 1914 i Malmø og skulle efter planen have varet til 30. september, men den sluttede reelt, da 1. verdenskrig brød ud i august. Johannes Larsen havde et antal billeder med på udstillingen. Astrid Warberg-Goldschmidts gymnastikhold skulle, som det fremgår, holde opvisning i forbindelse med udstillingen. 
+Sirts er lærredsvævet bomuldsstof ofte med påtrykte mønstre.
+"Kancelliet" var Carl Swendsens kælenavn. 
+Hovedbygningen på herregården Risinge blev opført i 1750, ombygget i 1934 og fredet i 1989. Herregården er beliggende i Kerteminde Kommune på vejen mellem Kerteminde og Nyborg. Ejer 1902-1927 var Rasmus Kattrup, som var Minna Warbergs farbror.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2626</t>
+  </si>
+  <si>
+    <t>Laura Warberg sender snarest broderi og penge.
+Nu er det sikkert, at Astrid Warberg-Goldschmidt skal optræde (med sit gymnastikhold) på Den Baltiske Udstilling.
+Alhed Larsens fødselsdag er blevet holdt. Laura gav hende en vimpel og et ærmeforklæde. Johannes Larsen/Las' gave var en bog med tegninger af hans billeder fra Fiil Sø. Disse malerier skal udstilles hos Winkel &amp;amp; Magnussen og er nok 50.000 kr. værd. 
+Christian Houmark er blevet ny husven hos Alhed og Johannes Larsen. 
+Minna og Frederik Andreas/Dede Warberg er i Kerteminde. De venter barn, men Minna har det godt. I dag skal Laura og otte andre til middag på Risinge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kAO8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Langfredag – 1914
+Kære Astrid!
+Først i Aftes læste jeg Dit Brev til Alhed, og fik derved at vide, jeg kunde have sendt Broderiet nu. Men saa sender jeg de 3 Kr. en Gang paa en Anordning, [Skrevet oven over linien: ”til Dig selv”] og Pakken til P. Skramsgade, den haster det jo ikke med. Da jeg intet hørte fra Dig, gik jeg saa smaat og tænkte, Du mulig kom, men Du er altsaa helt engageret i Paasken. Nu er det altsaa sikkert, at Du kommer med i Opvisningen paa den baltiske, det er morsomt. Vær nu forsigtig! – Branners kommer alligevel ikke til Odense nu, da Syberg alligevel ikke vil have dem; Christine er daarlig i sin Blindtarm og han selv har noget Repræsentation d: 12_te_, for fremmede. – Alheds Fødselsdag gik meget fornøjeligt; der var fin Aften for os alle ogsaa Grosses, ingen Børn. Hun fik af mig en Vimpel, som hun var meget glad over, og et stort lyseblaat Sirtses lange [”lange” indsat over linjen] Ærmeforklæde, naar hun skal i Køkkenet i sin Stads, ogsaa meget velkomment. Af Las en fin Bog med Tegninger af alle de Billeder, han har malet ved Fiil Sø; en uhyre Produktion, som vist skal udstilles hos W &amp;amp; Magnussen til Efteraaret: Alhed mener hele Produktionen deroppe vil blive for en ca. 50000 Kr. – der vil gaae meget ved en Udstilling og til Museet. Forfatteren Chr. Houmark er bleven Husven i Villa ”Be”, har læst et nyt Skuespil for dem en Aften til Kl. 2½! – var en Aften sammen hos ”Kancelliet”!! hvor han var svært charmeret i dem – Christine og Alhed – de læser Fransk hos Fru Svendsen. 
+I Gaar Kl 2 kom Dede og Minna, hun syg af Sult, de kunde intet faae paa den forsinkede Rejse. Har jeg fortalt, at der ventes en lille i September? de er vældig glade; det kendes næsten ikke paa hende, hun er saa storartet rask, har næsten ikke haft Kvalme. I Dag er vi alle – 9 Mand høj, kun voxne – bedt til Middag paa Risinge Kl. 6, Agraren kører. Trods Regnen var Dede og Minna en Visit hos mig i Formiddags. Nu Farvel lille Putte.
+Kærlige Hilsner til Dig og de søde Unger!
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-04-18</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adolph Larsen
+Johanne Christine Larsen
+Ellen  Sawyer
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Minna Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warbergs svoger, Conrad Warberg, var godsforvalter på Glorup nær Nyborg.
+Alhed og Johannes Larsen fik bygget et hus til Laura Warberg i Strandgade/på Strandvejen i Kerteminde. Hun flyttede ind sammen med datteren Ellen og Ellens datter i foråret 1914.
+Frederik Andreas/Dede og Minna Warberg ventede deres første barn i 1914. De blev boende i Brædstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2613</t>
+  </si>
+  <si>
+    <t>Laura Warberg er på besøg på Glorup. Hun går ture i det gode vejr. 
+Frederik Andreas/Dede og Minna er begejstrede for det nye hus, og Ellen/Elle flytter ind nu. Alt er ikke færdigt, men haven bliver ordnet. 
+Minna hader at bo i Jylland, og derfor forsøgte Frederik Andreas at få job som godsforvalter på Fyn. En person uden uddannelse fik stillingen. Conrad/Conne Warberg, som snart går på pension, fraråder Dede at skifte stilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/maOI</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Glorup d: 18de
+Kære Astrid!
+Jeg havde saa uhyre meget at gøre i Tirsdags, Snedkeren kom efter en Del gamle Møbler til Reparation og m.a., saa jeg ikke kunde naae at sende Broderiet; Dagen efter rejste jeg herned, hvor jeg er til vist paa Fredag; altsaa Din Fødselsdag! Tænk jeg kan aldrig huske om det er d: 26_de_! men nu faar Du Brev paa Fredag! Det var vist lige den samme Historie i Fjor? Thoras d: 26de Sptbr – det er jeg vis paa! er Du samme Tal? Jeg er saa henrykt ved det gode Vejr, gaaer hver Dag ca. 3 ½ Time, men sidder en Del deraf i Skoven, det er Sommer der! De respekterer min Lyst til at gaae alene begge Ture, saa jeg er i Grunden meget lidt sammen med dem; lidt i Ny og Næ og saa om Aftenen. Paa Mandag skal Elle flytte ind; hendes 3 Stuer er færdige, men vist ikke ret meget af [”af” indsat over linjen] Køkkenmøbler. Tørt er der, frisk og god Luft. Dede og Minna var meget begejstrede for Huset. Nu bliver Stengærdet sat og Haven jævnet og lagt om, mens jeg er her, forhaabentlig! Johanne skal ringe mig op i Aften og fortælle mig, om der er lidt Slag i Frikadellerne. – Det var kedeligt for Dig med den Forkølelse i Paasken, især at Du ikke kom til Vanløse. Hvor det morer mig at høre om Børnenes Musik. Jeg praler med dem her og hvor jeg kan. De og Din Gymnastik er da Dine Lyspunkter i Livet, men det er da heller ikke lidt! – Minna er saa rask legemlig, men vist tung i Sindet, næsten værre! Hun har funden paa, at hun hader Jylland, Dede lider vist en Del derunder. Tænk han for en Tid siden skrev til Conne om han kunde blive Godsforvalter paa Broholm her i Nærheden, et lille Gods, Connes Fuldmægtig, som ikke har en eneste Examen, fik det!!! Og kan han bare blive 10 Aar i Brædstrup, siger han selv det vil være en glimrende Forretning! Endog Glorup, som han - Dede – ogsaa tænker paa, naar Conne om et Par Aar tager sin Afsked, en [ulæseligt ord] paa 6000, hvad Dede vist ca har allerede og her er store Udgifter til Fuldmægtig, Kudsk, Heste m.m. Jeg tager mig det lidt nær, men haaber det er hendes Tilstand, der gør det og at Dede da ikke føjer hende i at flytte derfra. Han var ikke glad eller i godt Humør den kære Dreng! Nu skal jeg skrive til dem, at Conne synes det er Vanvid at flytte. Vi havde en rar Aften paa Risinge til Middag allesammen: Paaskedags Aften hos Agrarens og senere var de til en smuk Koncert i Kirken og bagefter paa Hotellet. De rejste 2den Paaskedag. Jeg har det rigtig godt, men læse i en Bog en 1 ½ Time er dog endnu mere end jeg taaler. Nu Farvel lille Putte! Jeg haaber Du faaer dette i Morgen tidlig. Kærlige Hilsener fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-04-25</t>
+  </si>
+  <si>
+    <t>Alfred Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Det omtalte hus var en villa, som Alhed og Johannes Larsen lod opføre til Laura Warberg og hendes datter, Ellen, samt til Ellens datter, Grethe, i Strandgade/på Strandvejen i Kerteminde. Familien flyttede ind i maj 1914, men boede der ikke mange år. 
+Den Baltiske Udstilling var arrangeret til at blive afholdt i Malmø 15. maj - 30. sept. 1914. Den var inspireret af tidens verdensudstillinger. Arrangørerne forestillede sig deltagelse fra Sverige, Danmark, Rusland og Tyskland, men udstillingen fik en svag start, da det var svært at tiltrække Ruslands interesse. Udstillingen, der var opdelt i en kunstafdeling og en industriel afdeling, fik en brat ende, da 1. verdenskrig brød ud i august 1914 (Wikipedia okt. 2023). 
+Johannes Larsen opholdt sig i 1914 2,5 måneder ved Fiilsø for at male, og Alhed Larsen samt parret sønner besøgte ham der. Johannes Larsen vendte hjem fra Fiilsø 17. maj.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2617</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker tillykke med fødselsdagen og spørger, om hun skal sende stoffet som vareprøve?
+Laura har ikke haft meget tid til at se på huset, hvor en del endnu mangler. Nu skal hun overvære børnenes eksamen. Grete får gode karakterer. 
+Johannes Larsens store billede fra Fiilsø skal med på Den Baltiske Udstilling. Alhed og drengene skal besøge Johannes Larsen (ved Fiilsø).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/c0TA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+[På kuvertens bagside: Poststempel)
+[I brevet:]
+Kerteminde d: 25de
+Kære Astrid!
+Til Lykke paa Fødselsdagen. Gid Du maa tilbringe den rigtig fornøjeligt med Dine smaa Veninder! Troer Du dog ikke, jeg helst maa sende Stoffet til Tæppet som Vareprøve og Garnet i [ulæseligt ord] – maaske af to Gange, som Tryksager?? saadan har jeg jo sendt Snese Ting til Amerika. Naar jeg hører fra Dig igen om dette, sender jeg det. Dersom Du faar det med Alfred f. Gn. over P. Skramsgade, skal det saa ikke fortoldes? Det hele sammen i en Pakke?? Desværre er Tiden løbet fra mig med at spadsere, see paa Huset, sende om en Kone til at pudse Kakkelovne o s v. saa Du kommer til at have et Brev igen en af de første Dage i Ugen. Jeg har paalagt de andre at skrive og faae med 3.20 Toget, men vi skal til Examen at høre paa Børnene Kl. 1, saa Gud veed, om de naar det. Grethe har faaet yndig grøn Kjole til Examen, hun har ug i Regning? ug? – ug? – i dansk Stil, venter ug i Engelsk. Langt tilbage med Huset, Stengærde, Have og alt! men nu er jeg mere taalmodig. Ja, saa Farvel lille Putte! Kærlige Hilsener! Du køber Dig vel en Ting for de 3 Kr.? - Mor. 
+Alt vel her! Las har sit store Billede fra Fiil Sø paa den baltiske – 6000 Kr.
+Nu skal Alhed og Drengene i Gaar [ulæseligt] op at besøge Las.</t>
+  </si>
+  <si>
+    <t>1914-05-03</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Eline  Brandstrup
+Jørgen Brandstrup
+Ludvig Brandstrup, billedhugger
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Jens Hinke
+Grethe Jungstedt
+Anders  Kragh
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer
+Ernst Syberg
+Franz Syberg
+Lars Syberg
+Minna Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Palle B var og heller ikke Thomsens.
+Alhed og Johannes Larsen fik i 1914 opført et hus til Alheds mor, Laura Warberg, på Strandvejen/i Strandgade, Kerteminde. Laura Warberg boede der nogle få år sammen med datteren Ellen Sawyer og barnebarnet Grethe Jungstedt, f. Sawyer. 
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved herregården Glorup. Laura Warberg besøgte ofte ham og hans familie dér. 
+Den store Opvisning var en gymnastikopvisning, som Astrid Warberg-Goldschmidt skulle deltage i.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2611</t>
+  </si>
+  <si>
+    <t>Børnene er til fødselsdag hos Syberg.
+Johanne/Junge Larsen og Laura Warberg har været til teaterforestilling.
+Ellen håber at få en engelskklasse på skolen. 
+Laura flytter ind i huset, selvom køkken, toilet og have ikke er i orden. Hun håber, at Astrid kommer på besøg. Mange andre familiemedlemmer kommer. Ellens og Grethes værelser er blevet hyggelige.
+Caspersen og Brandstrup er glade for deres nye lejligheder.
+Johan/Lysse og Andreas/Puf har været til eksamen, og det gik godt for især Johan. Grethes eksamen var også god. Nu skal Alhed og drengene besøge Johannes Larsen/Las ved Fiil Sø. 
+Ludvig Brandstrup skal til Det Kongelige Teater. Christian Brandstrup med familie tager til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMZY</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 3_de_ Maj.
+Kære Astrid!
+Det var ubesindigt af mig at love Dig Brev hen i Ugen; mere end et overkommer jeg nok ikke. Om Lørdagen skal det absolut med 3 Toget, for at Du kan faae det Søndag Morgen; det er bedre at have Søndag til Skrivedag. Jeg kommer lige fra Agrarens, en Kaffevisit med ham, Elle og mig. jeg havde Bagværk med der var hyggeligt og roligt, Børnene er til Fødselsdag hos Sybergs; Erik elsker og tilbeder de tre store Drenge der. Nu skulde Elle til sin lille Gerning i [ulæseligt]. – 5 Timer med kun èn fri ind imellem. Johanne og jeg var der i Aftes til et rigtig pænt og morsomt ”Guldhornene” sat i Scene af Palle B. Bagefter gik J. og jeg paa Hotel og drak Kaffe til Kl. 11, vi ser Johanne saa lidt, hun har jo altid travlt, har faaet 4 Elever lige den sidste Tid. Man skulde troe, hun kunde ikke overkomme det, men nogle gaaer jævnt herfra. Elle haaber paa at faa en Kl. i Skolen, Hr Kragh har spurgt om hun vilde prøve, han kan knap overkomme alt det Engelske; han er Inspektør. Paa Torsdag begynder jeg at flytte ind, venter at faa mine 3 Værelser i Orden inden St. Bededag d: 8:de. Men Køkkenregionerne bliver tidligst færdige til Indflytning paa Lørdag, takket være gl. Hinkes Langsomhed I Morgen venter vi Gartneren begynder at grave og planere Haven, vi faar kun Sommerplanter i Aar, og lidt Havesager bare den kan naae at blive lidt pæn til Pinse, saa vi kan holde Indvielse. Du maa da endelig see at komme et lille Svip, lille Putte, boe i vort Gæstekammer, jeg siger ganske sikkert Dede og Minna og Branners kommer, maaske Brønsteds, hvis de er paa Hjemvejen fra Tydskland saa tidligt; Lugge har da slaaet paa det. Du maa dog en Gang imellem see alle Dine egne; tænk hvor Alfred har sin Familie nær. Skal vi ikke foreløbig haabe det bliver af og lade Broderiet ligge saa længe? Nu kan jeg igen taale at sye en Smule, og læse lidt; to smaa Bøger nede paa Glorup Jeg tør knap skrive det, at jeg længe har haft det saa godt. – Mit sidste Brev var Hastværk, fordi jeg skulde til Alhed sammen med Thomsens. De var saa pæne og rare og Claus ligner sin Mor og hendes 17aarige Datter hende igen. Hun er saa nydelig af en godt omtalt lovende Skuespillerinde. Manden er koparret og med Fodring af ”Affäring”.
+W.C – er endnu ikke i Orden hos os selv, hvor Elle har nu har boet ca. 14 Dage, men om 3 Dage skulde Badeværelset være færdigt. Elles Stue er saa henrivende nu med Gardiner og Malerier; Grethes ogsaa, kun en vældig stor [ulæselig], rædsom Liggestol ødelægger det efter min Mening; de har den med fra Amerika. – Caspersens er nu flyttet ind og faaer en dejlig Lejlighed Aaaboulevard Hjørnet af Johannevej Christian og Eline er ogsaa meget glade ved deres paa Christianshavn. Jørgen er jo hjemme, men hans søger en Plads. Thomsen grim, men uhyre tiltalende, og ret intelligent og livlig. De var alle i Teatret om Aftenen og paa Hotel bagefter. Jeg turde ikke, men blev hos Drengene og læste Historie med Lysse, det var jo midt i Examen, han fik ug; i det hele en voldsom pæn Examen, saa han kommer sikkert meget op. Grethe glimrede med en Masse ug-er og bliver No 2 fra No [”No” indsat over linjen] 7. Puf knap saa god. I Onsdags Kl. 11 lige fra sidste Time rejste saa Alhed og Drengene op til Las’ ved Fiil Sø og ventes i Morgen. Chr. og Putte boer imens der mens, Elle og Grethe holder til der baade fortalte, at Ludvig skal til det Kgl. Teater, men i et Brev fra Broder Christian i Gaar stod der intet om det, jeg kan næsten ikke troe det. De vil alle boe paa Båxhult en 3 Uger sidst i Juli [”Juli” overstreget] Juni; har bedt Onkel Lut og Las om de maa. Jeg har ikke hørt om Dine Ferieplaner; I kan maaske ikke nænne at tage fra den festlige By. Skal hele Dit Hold med til den store Opvisning, eller er det kun Eder? smaa udvalgte?? Nu Farvel lille Putte! Kærlige Hilsner til Dig og de smaa fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-05-08</t>
+  </si>
+  <si>
+    <t>Axel  -
+- Dahlerup, Fru
+Christian  Houmark
+Julius Hviid
+Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Axel Muus
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik i 1914 bygget et hus på Strandvejen/i Strandgade, Kerteminde, til Laura Warberg, datteren Ellen/Elle og barnebarnet Grethe. 
+Gården Kejrup ligger nær Kerteminde. 
+Det vides ikke, hvad Laura Warbergs nye pige hed og ej heller, hvem tandlægen var. 
+Dr. Hvidt er formodentlig Dr. Julius Hviid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NXeB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Store Bededag
+Kære Astrid
+Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
+– Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
+Kærlig hilsen! Mor.</t>
+  </si>
+  <si>
+    <t>1914-05-17</t>
+  </si>
+  <si>
+    <t>Strandgade</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+Alfred Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Clara Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik opført et hus på Strandvejen/Strandgade i Kerteminde til Laura Warberg. Der var plads til, at hendes datter og barnebarn også kunne bo der. 
+Det vides ikke, hvem Anne var. 
+Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred/A., i 1914. 
+Adolph/Agraren og Johanne/Junge Larsens søn var syv år i 1914 og skulle begynde i skole. Familien boede på dette tidspunkt på gården Kærbyhus i Kerteminde. At Johanne/Junge var "to hele Dage paa Landet" handlede om, at hun cyklede rundt til klaverelever.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2610</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sammen med Grethe, Christine, Clara Syberg m.fl. indviet det nye hus. Alt er ikke helt færdigt; haven er noget rod, og stuen er lidt vel stor. Dørene kan ikke låses, og da de en nat hørte nogen udenfor, patruljerer politiet nu på stedet, og Laura har fået en stor vagthund. 
+Alfreds behandling af Astrid er dog for gal.
+Adolph/Agraren og Johanne/Junge Larsen kan ikke sammen med Grethe. Og Alhed Larsen synes, at Johanne skal undervise Erik hjemme., hvilket hun ikke har tid til. 
+Johannes Larsen er kommet hjem efter to en halv måned (ved Fiilsø).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SCEC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Til Astrid Goldschmidt
+St. Pauli Kyrkigatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Strandgade – Søndag
+Kære Astrid!
+Det var da godt det ikke blev Mæslinger, det var jeg bange for. Endelig i Dag kan jeg nogenlunde hvile paa mine Laurbær, for det har været et stort Arbejde for Anne og mig hele den Uge. I Aftes fik vi Gas og i Morges indviede vi Husholdningen med The sammen, ogsaa Clara Syberg – Grethes tre Veninder og Putte. Det var meget festligt for aabne Havedøre i et henrivende Vejr. Det var sent og Folk cyclede forbi og kiggede nysgerrigt ind. Vi boer jo ganske fint med Strandvejen. I Morgen spiser vi første Gang her; en af de første Dage bliver W.C og med [”og” overstreget; ”med” indsat over linjen] Badeværelse – anvendt – i Stand, saa mangler vi endnu Brædt og nogle Lister i Køkkenet, alt flyder endnu der. Haven hviler, ingen viser sig til at saa eller plante!! Men jeg har snart lært Taalmodighed! Her er jo ganske dejligt, min Dagligstue er bare noget for stor, her ser lidt tomt ud, men naar jeg faar den rødbrune Sofa – Dis – og Planter ved det øverste Vindue, saa hjælper det. I Aften kommer Las efter 2 ½ Måned deroppe, et storartet Arbejde har han gjort. Gud veed, om hans største Billede vil gøre Lykke paa ”den baltiske” – sig mig hvad Du synes om det. - .
+I Gaar fik vi herned en smuk middelstor Ulvespids med en vældig pels; Elle hørte nogen herude forrige Nat og sov næsten ikke, de laa hos Alhed den næste og i Nat har jeg ligget her. Politiet blev sat til at patrullere flittigt her forbi om Natten, saa vi er nu ikke bange. Intet var stjaalen, det har vel bare været nogle nysgerrige, takket være Arkitektens Smøleri har vi endnu ikke faaet Laase eller Haandtag til Dørene!! render rundt til dem alle med et løst Haandtag men Dørene kan let aabnes med andet Redskab, naar Nøglen ikke er drejet om, og det havde jeg forsømt den Nat. Det er dog for galt, som A. er mod Dig med Penge. Var det for Dine egne, Du var i Birkerød? Bare Du dog kommer her! Junge vil saa grulig gærne have Dig og det er Synd om det, hun har saa faa Glæder, da hun altid har travlt. Desværre kan Agraren slet ikke med Grete, saa Elle er e_n Smu_le paa Kant med dem ogsaa, kommer der næsten aldrig nu; jeg er saa ked over det, gør hvad jeg kan for Junge, [ulæseligt] Gange haft hende paa Hotel til Kaffe en Aften. Men skriv ikke hertil om det; det nævnes ikke mellem Elle og mig, det bliver vel bedre, nu Grete ikke har noget der at gøre, Men de tre andre har meget at sige paa Junge altid; forleden udtalte Alhed til hende, om hun ikke selv kunde læse med Erik det første Aar!! Naar vi nu veed, at J. er to hele Dage paa Landet, to andre har hun 6 af 7 Timer og de to sidste Dage ogsaa mange Elever!! Det var haarrejsende og det oprørte baade J. og mig; det var forfærdelig Synd af Alhed. Det er dejligt, lille Putte, at Du dog nu har saa mange Venner og Fornøjelser; hvem er Siri?? – 
+Mange Hilsener!
+Bedstemor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3000,51 +3000,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dUoN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dUoN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3122,2162 +3122,2162 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="I9" s="5"/>
+        <v>77</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>78</v>
+      </c>
       <c r="J9" s="5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>103</v>
+        <v>60</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>15</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>137</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>46</v>
+        <v>140</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>80</v>
+        <v>146</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>15</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="s">
-        <v>80</v>
+        <v>154</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>80</v>
+        <v>146</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="s">
-        <v>80</v>
+        <v>146</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>80</v>
+        <v>186</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>187</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>188</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>80</v>
+        <v>186</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>80</v>
+        <v>186</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="s">
-        <v>80</v>
+        <v>231</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>228</v>
+        <v>60</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>246</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="I31" s="5"/>
       <c r="J31" s="5" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>253</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>254</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>174</v>
+        <v>269</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F35" s="5" t="s">
-        <v>80</v>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>285</v>
-[...4 lines deleted...]
-        </is>
+        <v>297</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>15</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="s">
-        <v>290</v>
+        <v>36</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>164</v>
+        <v>309</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>15</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F41" s="5" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="s">
-        <v>312</v>
+        <v>36</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>320</v>
+        <v>60</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>290</v>
+        <v>68</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="s">
-        <v>290</v>
+        <v>36</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>164</v>
+        <v>60</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>290</v>
+        <v>36</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>337</v>
+        <v>241</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>15</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="s">
-        <v>290</v>
+        <v>36</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>350</v>
+        <v>35</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>15</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>350</v>
+        <v>35</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F49" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>15</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F50" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="K50" s="5" t="s">
         <v>379</v>
+      </c>
+      <c r="K50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L50" s="6" t="s">
         <v>380</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>382</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>383</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>27</v>
+        <v>146</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
         <v>384</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>385</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>386</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>387</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>388</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>389</v>
       </c>
     </row>