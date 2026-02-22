--- v1 (2025-11-23)
+++ v2 (2026-02-22)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="390" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>