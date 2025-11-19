--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="803" uniqueCount="536" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="824" uniqueCount="552" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1860,63 +1860,63 @@
     <t>Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. 
 På hjørnegrunden af Rådhuspladsen og Vesterbrogade lå frem til 1934 Centralhotellet. I hotellets stueetage fandtes Café Paraplyen, som havde fået navn efter den store parasol, som var opsat på facaden til brug for udendørs servering. Raadhuspladsen.dk (lokaliseret nov. 2021)</t>
   </si>
   <si>
     <t>Alhed Larsen er sammen med Grethe Sawyer, som skal rejse til Stockholm.
 Svanerne slås derhjemme. Johannes Larsen må tale med Frida i telefonen om, hvad hun skal gøre. 
 Alhed har været syg i maven, og nu har hun blærer på læberne og kan næsten ikke vise sig offentligt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UvT0</t>
   </si>
   <si>
     <t>[Resterne af en kuvert med poststempel. Herpå står]:
 Maleren Johs. Larsen
 p.t. Kirkeby Kro
 Jylland Henne St
 Kæreste Lavsi!
 Jeg sidder i Paraplyen med Grethe Sawyer, der rejser til Stockholm i Morgen, jeg har været hos Max. Nu tager jeg ind med 3 Toget og spadserer med Drengene i det dejlige Vejr. – De har ringet fra Kerteminde at Svanerne slaas saa det bløder. Jeg har bedt Agraren se til dem. Hvis Du mener der er noget at gøre, om f.Ex. Hansvanen maa lukkes inde, saa skriv selv til Frida. Du kunde jo ogsaa sende hende et Telegram om at ringe Henne 4 op paa en bestemt Tid, saa kan Du selv høre Besked og instruere hende. – Du skriver da endelig til lille Gamle, eller rettere har skreven, men Du kunde da sende et Telegram, hvis Du ikke har skreven. Det er en Fandens Pen. – Her er Børnehjælpsdag og en forf. Tumult, her er rædsomt. – Desværre har min Mave været saa skidt og nu har jeg faaet 2 mægtige Blamaser paa Læberne, jeg ser farlig ud, det er væmmeligt at rende rundt med, jeg vilde gærne til Lehn Schiølers, men kan næsten ikke vise mig for nogen. - - I Morgen rejser [ulæseligt] fra Aarhus, jeg har lige siddet og skreven til Kaptajnen paa Skibet om at tage sig af hende.
 Masser af Hilsner! Det er dejligt vi nu har faaet godt Vejr.
 11-5-20 Din Alhed</t>
   </si>
   <si>
     <t>1920-05-20</t>
   </si>
   <si>
-    <t>Gösta -
-Else Birgitte Brønsted
+    <t>Else Birgitte Brønsted
 Grethe Jungstedt
+Kurt Jungstedt
 Drude Jørgensen
 Johan Larsen
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johan Larsen er netop kommet hjem til Kerteminde efter i lang tid at have været i Birkerød på hhv. besøg og kostskole. 
 At han- og hunsvanen slås i Larsens have har været diskuteret i flere breve. Johannes Larsen havde købt de to svaner i Hamburg Zoo.
 Mudi (Brønsted), Alheds niece, boede et års tid hos Alhed og Johannes Larsen.
-Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm.</t>
+Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm. Kurt J. kaldtes af nogle af Warberg-familiens medlemmer Gøsta.</t>
   </si>
   <si>
     <t>Alt stod godt til, da Alhed Larsen og hendes søn kom hjem. Ænderne er der. Svanerne opfører sig, som inden Alhed rejste.
 Grethe Sawyer har skrevet fra Stockholm. Hun syntes godt om sine svigerforældre.
 Drude og Elle(n) Sawyer vil til Paris i efteråret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/McLn</t>
   </si>
   <si>
     <t>Torsdag
 Kæreste Lavsi!
 Alt stod rigtig godt til, da vi kom hjem i Gaar. Lysse og jeg var strax en Runde over det hele. Alle 8 Krikænder og alle de andre er der (altsaa kun 3 Pibeænder, men kun de to Graaænder). [Ulæseligt ord], de har været nede at spise begge to i Dag. Svanerne opfører sig ganske som inden jeg rejste, de var ved Reden til Morgen og Hannen var [ordet overstreget] er rasende som før. Gud ved om det ikke har været Sludder med det Slagsmaal. Blomsterne har det ogsaa rigtig godt. Hanen ser pragtfuld ud. Lysse, Mudi og jeg har været hele Efterm. hos Mor, de var meget begejstrede for et Brev, der i Dag var kommen fra Stockholm fra Grethe, hun synes udmærket om Svigerforældrene, der aabenbart ogsaa synes godt om hende, de forkæler hende voldsomt. Drude og Elle har bestemt en Pariserrejse til Efteraaret, naar Gösta og Grethe kommer hjem fra Spanien, hvor de skal være i Sommermaanederne.
 Peter Hund har det ogsaa udmærket, han var lykkelig over os. – Bare dog nu det Vejr vil holde, i Gaar og i Dag har det været fint her, men i Aften ser det overtrukkent ud. Nu kun mange Hilsner fra Lysse og Din A.</t>
   </si>
   <si>
     <t>1921-01-20</t>
   </si>
   <si>
     <t>Pilegården Kerteminde</t>
   </si>
   <si>
     <t>Pieter Breugel
 Frederik Gad Clement
 Ludvig Find
@@ -2049,50 +2049,202 @@
 - Kappel
 Frithiof Kemp
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Hakon Spærck</t>
   </si>
   <si>
     <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
 Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
 Bif og Peter er hunde.</t>
   </si>
   <si>
     <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
 Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/iqXt</t>
   </si>
   <si>
     <t>Uraniavej 13 Aug 1926.
 Kæreste Alhed!
 Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
 fra
 Din
 JL</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
+Drude Jørgensen
+- Krarup, læge
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1933-04-18</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Hareskov St.</t>
   </si>
   <si>
     <t>Ruth -
 Grethe Bichel
 Peter Bichel
 Alhed Marie Brønsted
 Louise Brønsted
 - Christoffersen
 Knud Dalhoff Larsen
 Adam Goldschmidt
 Ina  Goldschmidt
 Bodild Holstein
 - Jantzen, Lindøgaard
@@ -2804,53 +2956,50 @@
 Ulla Syberg
 Gitte Wilmann</t>
   </si>
   <si>
     <t>Gitte Wilmann er muligvis kommet i huset hos familien Larsen på Båxhult.
 Ulla Syberg, som var jøde, og hendes søn, Peter, flygtede fra Danmark til Sverige i oktober 1943 og boede i begyndelsen på Båxhult.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve. Kasse 1, kuvert 4, 2002/61, A8 Lb11</t>
   </si>
   <si>
     <t>Marie Larsen skriver til Christine Swane for at fortælle, at Gitte Wilmann er hos Elena/Bimse Larsen og Johan/Lysse Larsen på skovgården Båxhult i Småland.
 Ulla og Peter (Syberg) er rejst videre til Stockholm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DoLU</t>
   </si>
   <si>
     <t>Kerteminde d. 22-12-1943.-
 Kære Ugle!
 Den første Eftermiddag jeg var her skrev jeg et Brevkort til Dig, jeg vilde have gjort det paa Postkontoret, men der var lukket fra 12-14; ved 18-Tiden skulde Puf følge nogle af de Børn, som var her hjem og han tilbød at tage det med; nu cyclede han og Else til Lundsgaard med Julegaverne og da han tog sin Frakke paa halede han Kortet op af Lommen, han havde glemt at lægge det i Postkassen, men bad mig om alligevel at sende det af Sted og fortælle hvordan det var gaaet til.- 
 Jeg vilde nu alligevel skrive til Dig for jeg glemte i Gaar at fortælle Dig at Gitte Wilmann er ovre hos Bimse og Lysse, det tænker jeg Du bliver glad ved at høre; de har nylig hørt fra Lysse og han skriver at de er saa glade ved Gitte; det er rart at tænke paa at hun er der; Ulla og Peter har ogsaa været der en Tid men de er nu i Stockholm og det er Båxhulterne ikke kede af. – Dette lille Lommetørklæde kan Du vel nok bruge. – Hav det godt. Kærlig hilsen Rie.-</t>
   </si>
   <si>
     <t>1945-03-17</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Grethe Jungstedt
 Kurt Jungstedt
 Matilde Jungstedt
 Johanne Christine Larsen
 Axel  Müller
 Ole Poulsen
 Janna Schou</t>
   </si>
   <si>
     <t>En fidibus er betegnelsen for en sammenfoldet strimmel papir til tænding af piber, pejse, ovne og lignende.
 Harriet er muligvis Harriet Afzelius. Når Ellen Sawyer fortæller Astrid warberg-Goldschmidt, at Astrids barnebarn er i huset i Stockholm, kan det skyldes, at Astrid i perioder stort set ikke var i kontakt med datteren Ina og dennes familie. Det vides ikke, hvem Sj. var. 
 Det lille barnebarn var Pernille Marryat, f. 1945. 
 Lille var Grethe og Kurt Jungstedts datter, Matilde/Matilda.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0812</t>
   </si>
   <si>
@@ -3115,59 +3264,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cpy4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gyIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jQzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XGHa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CbFk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UacA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZwDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pyc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uMU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cpy4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gyIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jQzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XGHa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CbFk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UacA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZwDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pyc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uMU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M73"/>
+  <dimension ref="A1:M75"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5403,1015 +5552,1107 @@
       </c>
       <c r="J51" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>376</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>377</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>379</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>380</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="E52" s="5" t="s">
         <v>381</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="s">
         <v>382</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>383</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>384</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>385</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>386</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>387</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>389</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>118</v>
+        <v>380</v>
       </c>
       <c r="D53" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="E53" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
         <v>392</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>393</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>394</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="5" t="n">
-        <v>1934</v>
+      <c r="A54" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>397</v>
-[...9 lines deleted...]
-        </is>
+        <v>128</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>399</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="5" t="s">
-        <v>410</v>
+      <c r="A56" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>16</v>
+        <v>413</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>414</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>236</v>
+        <v>422</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>352</v>
+        <v>17</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="s">
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="H57" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K57" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>236</v>
+        <v>422</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>352</v>
+        <v>17</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="s">
-        <v>424</v>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>184</v>
+        <v>417</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>411</v>
+        <v>118</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>405</v>
-[...4 lines deleted...]
-        </is>
+        <v>236</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>352</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G59" s="5" t="s">
+        <v>434</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>433</v>
+        <v>184</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>438</v>
+        <v>118</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>439</v>
-[...4 lines deleted...]
-        </is>
+        <v>236</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>352</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G60" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G60" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>433</v>
+        <v>184</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>447</v>
+        <v>422</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
         <v>448</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>449</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>433</v>
+        <v>450</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>380</v>
+        <v>455</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>454</v>
+        <v>456</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>439</v>
+        <v>463</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>405</v>
+        <v>464</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>433</v>
+        <v>450</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>16</v>
+        <v>397</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>405</v>
+        <v>128</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>398</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>471</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>472</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>473</v>
+      </c>
       <c r="J64" s="5" t="s">
-        <v>400</v>
+        <v>474</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>16</v>
+        <v>456</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>422</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="I65" s="5"/>
+        <v>479</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>480</v>
+      </c>
       <c r="J65" s="5" t="s">
-        <v>400</v>
+        <v>450</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>478</v>
-[...3 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="I66" s="5"/>
       <c r="J66" s="5" t="s">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>380</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>490</v>
+        <v>422</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>491</v>
+        <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>494</v>
+        <v>417</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>102</v>
+        <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>111</v>
+        <v>456</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>501</v>
+        <v>417</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>506</v>
+        <v>397</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>128</v>
+        <v>507</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>508</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>380</v>
+        <v>102</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>17</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>516</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>517</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>518</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>519</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>520</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>522</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F72" s="5" t="s">
         <v>523</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>524</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>525</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>433</v>
+        <v>526</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>397</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>530</v>
+        <v>128</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>17</v>
+        <v>398</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>531</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="I73" s="5"/>
+      <c r="I73" s="5" t="s">
+        <v>533</v>
+      </c>
       <c r="J73" s="5" t="s">
-        <v>433</v>
+        <v>534</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>535</v>
+        <v>537</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="I75" s="5"/>
+      <c r="J75" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>551</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6445,44 +6686,46 @@
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
+    <hyperlink ref="M74" r:id="rId79"/>
+    <hyperlink ref="M75" r:id="rId80"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>