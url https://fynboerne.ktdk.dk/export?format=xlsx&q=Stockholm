--- v1 (2025-11-19)
+++ v2 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="824" uniqueCount="552" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="834" uniqueCount="559" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2201,50 +2201,112 @@
 Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
 Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tlfS</t>
   </si>
   <si>
     <t>27/2-29
 Kæreste Lugge!
 Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
 Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
 Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
 2)
 Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
 Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
 Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
 3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
 I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
 Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
 Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
 4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
 Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
 Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
 Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
 Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
+  </si>
+  <si>
+    <t>1929-11-02</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Matilda Jungstedt
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Leo Swane
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Bes = Ellen Brønsted. 
+Lille = Matilda Jungstedt. Hun og hendes forældre boede i Stockholm.
+Putte = Elisabeth Mackie. 
+Det vides ikke, hvilken bog Leo Swane arbejdede på under opholdet i Kerteminde.
+Alhed Brønsted og hendes mand fik 14. nov. 1929 sønnen Eskild.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3813</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Louise Brønsted kommer til Kerteminde. Hun må vel hjem hurtigt. Den sidste tid af en graviditet er både hård og spændende.
+Vil Louise købe en bog til Ellen/Bes fra Ellen Sawyer?
+Ellen/Bes Brønsted hjælper Leo Swane med hans nye bog.
+Ellen Sawyer har travlt. Hun skal tjene penge om vinteren, så hun kan have fri i sommerperioden, hvor datteren og barnebarnet er hos hende. 
+Johannes Larsen har solgt billeder for 6000 kr.
+Johanne/Junge Larsen arbejder for meget.
+Elisabeth/Putte Mackie rejser vist nu. Christine/Mornine Mackie bliver nok ensom.
+Matilda/Lille Jungstedt klarer sig godt iskolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BoUn</t>
+  </si>
+  <si>
+    <t>[Skrevet med rød farveblyant øverst s. 1; på skrå:]
+Swane kom nu til Form.
+[Med blæk:]
+2 - Nov. - 29
+Kære lille Lugge!
+Tak for dit Brev, som jeg jo ogsaa havde kigget efter længe, men jeg kan godt forstaa, at du anvender al din Skriveenergi- og -Tid til Bes, og vi hører jo ogsaa fra hende, at alt staar vel til, saa gør det jo heller ikke saa meget
+Bes var lidt hernede i gaar Eft. hun fortalte mig, at du kommer herover til hendes Fødselsdag og er her et Par Dage. Det glæder vi os til!! Saa længe tør du vel ikke være hjemme fra, da nu Begivenheden i Vanløse trækker op. Det kan selvf. trække lidt ud - det synes jeg nu i Reglen det gør, - men du maa jo da være tilrede Det er ikke nogen morsom Tid - den sidste Maaneds Tid - og dog tænker man med en vis Ømhed tilbage paa den Tid, saa fuld af Spænding og Forhaabning. Eskild har jo besøgt Grethe i Stockholm. Hun havde været saa glad ved at snakke med ham og syntes han var saa sød.
+Hør Lugge, jeg skriver egentlig for at bede dig købe en Bog som jeg vil forære Bes d. 12te Den hedder "Paying guests" og er en Tandwitz, - men tænk jeg kan pludselig ikke huske, hvem den er af. Mon du ikke kan udfinde det selv. Den er efter min Mening meget
+2)
+morsom. Kan du ikke faa den, saa find en anden god.
+Bes var saa fornøjet hernede igaar og saa snaksom og meddelsom. Hun hjælper jo Swane med hans Bog og jeg tror det morer hende. Jeg ser jo ellers ikke meget til hende eller til dem deroppe, fordi jeg har saa umaadelig meget at gøre - alle Eft. Aft. ["Eft." overstreget, "Aft" indsat over linjen] er optagne og alle Eft. undtagen Onsdag fra 1/2 4 til 7 og saa Søndag. Men jeg har nogle af Formiddagene ledige og jeg haaber at kunne se dig lidt paa dem. Jeg kan invitere dig paa Morgenkaffe. Jeg er glad ved at have meget at bestille, for det er jo om Vinteren jeg skal tjene lidt, saa jeg kan have det lettere om Somren, nar Gr. og Lille er her. Og man faar saamænd c. ligesaa meget lavet af sit eget, selv om man har mange Timer, for saa økonomiserer man med den Fritid, man har og sviner den ikke bort. - Jeg faar mig øvet næsten hver Dag - hvad jeg aldrig gjorde i Sommer og faar en Del læst - paa Sengen; - og faar ogsaa lidt Tid til at studere det Tyske og Franske, som Bes hjælper mig lidt med.
+Swane har jeg slet ikke set. Jeg havde tænkt, han havde kigget herned igaar, men det 
+3)
+gjorde han ikke. Han rejser vist idag. 
+Bes sagde, at Las solgte for 6000 i gaar. Hvor er det dog dejligt. Mon det dog ikke snart hjælper lidt paa deres Finanser.
+Junge og jeg ses da lidt i Vinter. Vi har jo vore Tysk-Aftner, som hun er saa glad ved og saa optaget af. Vores lille Lærer er en lille intelligent Fyr, og vi har saadan nogle livlige, hyggelige Aftner med det Tyske. Hun har jo ellers altfor meget at gøre. Om Torsdagen 7 Timer - næsten ud i en Køre. Og hun vil have 60 Min.s Timer. Det er nu meget forkert. Hun skulde tage 5 Min. af hver Time og puste lidt. Jeg synes det er for samvittighedsfuldt af hende.
+Jeg tænker saa meget paa Mornine. Nu maa det jo lakke at Putte rejser. Det bliver nu svært for hende. Hvor er hun dog et ensomt Menneske. Men det kommer vel af, at hun er ensomt anlagt. -
+I Stockholm har de det godt. Det ser ud som om Lille alligevel ikke er saa dum i Skolen - hun er meget ivrig til at stave og henrykt ved sin Skole. Igaar var hun 7 Aar. Naa nu skal jeg ud og spise til Middag - 12 10 kommer min Lektiedreng, og saa er mit Program lagt til [teksten fortsætter i venstre margen på sidste ide; lodret:] Resten af Dagen. 1000 Hilsner lille Lugge, til jer alle og paa Gensyn. Din Elle - Husk Bogen!!</t>
   </si>
   <si>
     <t>1933-04-18</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Hareskov St.</t>
   </si>
   <si>
     <t>Ruth -
 Grethe Bichel
 Peter Bichel
 Alhed Marie Brønsted
 Louise Brønsted
 - Christoffersen
 Knud Dalhoff Larsen
 Adam Goldschmidt
 Ina  Goldschmidt
 Bodild Holstein
 - Jantzen, Lindøgaard
@@ -3264,59 +3326,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cpy4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gyIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jQzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XGHa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CbFk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UacA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZwDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pyc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uMU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cpy4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gyIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jQzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XGHa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CbFk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UacA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7un" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZwDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6gef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pyc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uMU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/baF1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M75"/>
+  <dimension ref="A1:M76"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5641,295 +5703,299 @@
       </c>
       <c r="I53" s="5" t="s">
         <v>391</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>392</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>393</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>394</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>396</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="5" t="s">
+      <c r="I54" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="F54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>401</v>
       </c>
-      <c r="J54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F55" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="B55" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D55" s="5" t="s">
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="E55" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
         <v>409</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>410</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>411</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="5" t="n">
-        <v>1934</v>
+      <c r="A56" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>413</v>
+        <v>118</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="E56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E56" s="5" t="s">
+        <v>287</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="I56" s="5"/>
+      <c r="J56" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="K56" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>418</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="M56" s="5" t="s">
+    </row>
+    <row r="57">
+      <c r="A57" s="5" t="n">
+        <v>1934</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="5" t="s">
         <v>420</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="5" t="s">
+      <c r="D57" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="B57" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="5" t="s">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="E57" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>236</v>
+        <v>429</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>352</v>
+        <v>17</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="s">
-        <v>434</v>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
         <v>435</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>436</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>184</v>
+        <v>424</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>437</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>438</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>440</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>236</v>
       </c>
       <c r="E60" s="5" t="s">
@@ -5948,711 +6014,754 @@
       </c>
       <c r="I60" s="5" t="s">
         <v>443</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>184</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>444</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>445</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>447</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>428</v>
+        <v>118</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>422</v>
-[...4 lines deleted...]
-        </is>
+        <v>236</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>352</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G61" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>450</v>
+        <v>184</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>451</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>452</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>454</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="D62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="E62" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="J62" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="K62" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="J62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>459</v>
       </c>
-      <c r="L62" s="6" t="s">
+      <c r="M62" s="5" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="5" t="s">
+      <c r="D63" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="D63" s="5" t="s">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="E63" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="I63" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="J63" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="J63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>467</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" s="5" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-      <c r="F64" s="5" t="s">
         <v>471</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>472</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>473</v>
       </c>
       <c r="J64" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="K64" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>475</v>
       </c>
-      <c r="L64" s="6" t="s">
+      <c r="M64" s="5" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F65" s="5" t="s">
         <v>478</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>479</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>480</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>450</v>
+        <v>481</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>16</v>
+        <v>463</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>429</v>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="I66" s="5"/>
+        <v>486</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>487</v>
+      </c>
       <c r="J66" s="5" t="s">
-        <v>417</v>
+        <v>457</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>495</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>456</v>
+        <v>429</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>397</v>
+        <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>507</v>
+        <v>463</v>
       </c>
       <c r="E70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="F70" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>511</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>512</v>
-      </c>
-[...4 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="E71" s="5" t="s">
         <v>515</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>516</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>517</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>518</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>519</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>520</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>522</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>380</v>
+        <v>102</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F72" s="5" t="s">
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H72" s="5" t="s">
+      <c r="I72" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="I72" s="5" t="s">
+      <c r="J72" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="K72" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="K72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>527</v>
       </c>
-      <c r="L72" s="6" t="s">
+      <c r="M72" s="5" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>397</v>
+        <v>380</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>128</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>398</v>
+        <v>17</v>
       </c>
       <c r="F73" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H73" s="5" t="s">
+      <c r="I73" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="J73" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="J73" s="5" t="s">
+      <c r="K73" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="K73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>535</v>
       </c>
-      <c r="L73" s="6" t="s">
+      <c r="M73" s="5" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F74" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="B74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="5" t="s">
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H74" s="5" t="s">
+      <c r="I74" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>542</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>543</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>545</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>546</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>546</v>
-[...4 lines deleted...]
-      <c r="F75" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="G75" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H75" s="5" t="s">
+      <c r="I75" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>549</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>550</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>551</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="I76" s="5"/>
+      <c r="J76" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>558</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6688,44 +6797,45 @@
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
+    <hyperlink ref="M76" r:id="rId81"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>