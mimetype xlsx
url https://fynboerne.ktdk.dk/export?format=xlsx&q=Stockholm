--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="834" uniqueCount="559" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>