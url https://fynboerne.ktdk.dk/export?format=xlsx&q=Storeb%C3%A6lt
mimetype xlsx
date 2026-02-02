--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -3,772 +3,341 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="175" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="184" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1898-04-01</t>
+    <t>1908-03-28</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
-[...2 lines deleted...]
-    <t>Johannes Larsen</t>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Storebælt</t>
-  </si>
-[...34 lines deleted...]
-    <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Henrik Cavling
 Gudmund Hentze
 Fritz Syberg
 Axel Holger Thiess</t>
   </si>
   <si>
     <t>Transskriberet efter maskinskrevet tekst. Det er uvist af hvem, og det er ligeledes uvist, hvor originalbrevet befinder sig.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Anna Syberg skriver et opmuntrende brev til Ernst Goldschmidt, hvori hun hylder hans talent som skribent og maler. Hun opfordrer ham til ikke lade omverdenen gå ham på, men derimod omsætte vrede og raseri i arbejde og male/skrive sig ud af dette.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/y1P0</t>
   </si>
   <si>
     <t>På Færgen over Storebælt (28-3.1908)
 Kære Goldschmidt - Jeg lider stadig af Skrivesyge til Dem. Jeg vil gerne have Dem til at forstaa, at De skal skrive eller skal male ud fra de gode Billeder der er, eller Deres Raseri over Ophængningen omsæt Deres Fornemmelse i Arbejde, ellers gaar det jo ud over Dem selv. Hvad i Himlens Navn bryder De Dem om Cavling og Thies og Hentze?, skriv fordi De skal have skrevet Dem ud af noget og lad saa Resten flaske sig som det kan. Hvordan i Himlens Navn kan Fattigdom hindre Dem i at male - den maa jo netop tvinge Dem dertil. Saa længe De ejer 10 øre til Havregrød har De jo 4 Timer til Deres Raadighed indtil Sulten melder sig igen og De kan i den Tid skabe ny Værdi til et nyt Maaltid. Har De ikke Raad til en Model, saa mal uden Model, men mal noget, mal noget skidt, hvis De ikke kan male godt, men lad være med at spare paa Talentet. Hvor er De bedst - som Maler eller Skribent - jeg ved det ikke; naar jeg engang imellem læser hvad De skrev om Syberg, banker mit Hjerte af Glæde. ikke alene af - fordi det staar mig saa personlig nær og er saa rigtig, men fordi De selv der har skabt Kunst. De maa kunne give os noget mere.-
 Deres hengivne Anna Syberg.</t>
   </si>
   <si>
-    <t>1. - 3. marts 1909</t>
-[...179 lines deleted...]
-    <t>Achton Friis</t>
+    <t>1944-05-27</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
-    <t>Karrebæksminde, Næstved
-[...210 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Gonny Egeberg Jørgensen
+Else Larsen
+Jeppe Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Under 2. verdenskrig måtte de rejsende over Storebælt underkaste sig en udstrakt kontrol. Tilstrømningen blev reguleret ved udstedelse af særlige ’adgangstegn’, der skulle bæres synligt, og inden man gik ombord, blev man visiteret af politiet (Danmarks Jernbanemuseum https://www.google.com/search sca_esv=df9114d5be7f4ca8&amp;amp;sca_upv=1&amp;amp;rlz=1C1GCEB_enDK974DK974&amp;amp;sxsrf=ACQVn0986YKBr0RghJP_hMkV86mTMjBMvw:1713168089553&amp;amp;q=%22adgangstegn%22+storeb%C3%A6ltsf%C3%A6rgen&amp;amp;sa=X&amp;amp;ved=2ahUKEwiN-Ku74MOFAxVjQvEDHZH-BtgQ5t4CegQIIxAB&amp;amp;biw=1536&amp;amp;bih=703&amp;amp;dpr=1.25). 
+Det vides ikke, hvem frk. Kjær var. 
+Som hævn for likvideringen af stikkeren Harald Emil Sørensen blev bankdirektør Henning Hoffmann 26. maj 1944 forsøgt myrdet, da han var på vej ind på domhuset i Odense, men han overleverdeattentatet. En time senere blev trælasthandler N.H. Hein myrdet, mens han opholdt sig på sit kontor i Østergade. Drabet blev begået af Walther Gläsner og Fritz Himmel samtidig med at begravelsen af Harald Emil Sørensen fandt sted.(https://www.lexabc.dk/87/clearingmord). 
+I maj 1944 blev Fyens Stiftidendes bygning på Graabrødre Plads bombsprængt. Det tyske terrorkorps, Petergruppen, stod bag. Episoden er nævnt i andre breve - blandt andet et skrevet af Else Larsen, hvis forældres lejlighed blev ramt. 
+Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, leder af Frikorps Danmark, var et korps af danskere i tysk militærtjeneste under besættelsen (Wikipedia april 2024).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kom godt hjem, men han havde glemt, at man skulle have adgangskort til Storebæltsfærgen. Han slap dog med skrækken.
+Larsen har gæslinger og ællinger.
+Frk. Kjær havde ikke råd til at give 300 kr. for akvarellen, og hun fik den for 150.
+Larsen returnerer (rationerings)mærker.
+Ruderne i Elses forældres lejlighed er smadret, da Fyns Stiftstidende blev bombet. En bankdirektør og en trælasthandler er blevet skudt som hævn for likvideringen af en stikker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YyR5</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr Johan Larsen
-[...2 lines deleted...]
-pr Faxe
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
 [I brevet:]
-Kære Lysse!
-[...107 lines deleted...]
-Danmark.</t>
+Kjerteminde 27 Maj 1944.
+Kære Grevinde! Glædelig Pintse!
+Jeg kom godt hjem i Gaar, men der var Held i det, jeg havde nemlig glemt at der var noget der hedder Adgangskort til Færgen og blev stoppet da jeg skulde ind og visiteres. Har De Færgebillet? blev jeg spurgt og da jeg lukkede min Pung op, blev der straks sagt Værsgo! Mens jeg sad og spiste den medbragte Madpakke i Rygesalonen lagde jeg Mærke til at alle Passagerer gik omkring med et grønt Mørke og spurgte min Sidemand, hvad det betød, det var Adgangstegnet, og da jeg bemærkede at saadan et havde jeg ikke, svarede Vedkommende at saa havde jeg været usædvanlig heldig. Der gik nu et Lys op for mig. Da jeg lukkede min Pung op havde Kontrolløren straks faaet Øje paa min Garantiseddel der tilfældigvis havde nøjagtig samme grønne Farve som Adgangstegnet. Hvis jeg var bleven stoppet skulde jeg have gaaet i Korsør til om Aftnen. Alt staar godt til her. Der er 3 raske Gæslinger, der kun har den Fejl at de føler sig mere knyttet til Mennesker end Gæs, hvis Aarsag Forældrene særlig Moderen efter Haanden har mistet Interessen for dem. I Gaar kom den anden Graaand med 8 raske Ællinger mærkelig nok er de 2 helt gule og bliver altsaa hvide, det rigtige Vejr til dem i Dag 23º og sløret Solskin og stille. Frk Kjær ringede i Morges og meldte at hun havde faaet Akvarellen, men at Du havde glemt at sige hende Prisen, hun lød temmelig rystet da jeg sagde 300, mere end 150 havde hun ikke Raad til og Piben havde der været budt hende 1000 Kr for. Det endte med at jeg lod hende faa den for 150 under Løfte af ikke at sige det til nogen. Jeg vedlægger nogle Mærker der i Dag er kommen tilbage fra Knuthenborg + de Byttemærker Frk. Egeberg forsynede mig med og som jeg ikke fik Brug for paa Grund af Smørrebrødspakken. Tak for Laan! Da jeg kom hjem i Gaar var Else i Odense i Anledning af at alle Ruderne i hendes Forældres Lejlighed var røget paa Grund af Schalburgfolkene havde bombet Fyens Stifttidendes Ejendom skraas overfor. De havde desuden sprængt 3 Forretninger i Kongensgade og skudt en Bankdirektør og en Trælasthandler, altsammen fordi der Dagen før var aflivet en Stikker, den Portner vi læste om i Toget. Mange Hilsner og Tak for sidst. Jeg skal ogsaa hilse fra Else, Puf og Børnene Din hengivne JL.</t>
   </si>
   <si>
     <t>1943-11-24</t>
-  </si>
-[...4 lines deleted...]
-    <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Thora Cohn
 Andreas Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ane Talbot
 Holger Thor Nielsen
 Jens Christian Thor Nielsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem professor Christensen var. 
 "Om morgen den 20. november 1943 stod den 22-årige Holger Thor Nielsen og ventede på sporvognen foran Missionshotellet på Østre Stationsvej, da han blev skudt ned på åben gade. Gerningsmanden forsvandt hurtigt fra gerningsstedet uden at blive genkendt af nogen.
 Holger Thor Nielsen var det første dødsoffer for en stikkerlikvidering i Odense (...) Likvideringen fandt sted blot 17 dage efter, at ostehandler Jens Christian Thor Nielsen, Holger Thor Nielsens far, var blevet livsfarligt såret ved et attentat i sin forretning, Nørregade 52. Den 3. november 1943 var to modstandsfolk kommet ind i osteforretningen og havde affyret flere skud mod ham, og et af skuddene ramte ham i underlivet. Dette skud var ved at koste ham livet, men han fik slæbt sig over i en anden butik og bad om en ambulance.
 Både far og søn var en del af det lokale nazistiske miljø, og allerede i 1940 havde Holger Thor Nielsen meldt sig til Waffen SS og havde kæmpet på Østfronten. (...)
 Som reaktion på drabet på Holger Thor Nielsen strammede de tyske myndigheder reglerne for færdsel i byen. Det blev forbudt at færdes ude i tiden fra klokken 20 til klokken 5. Teatre, biografer, restaurationer og andre offentlige lokaler måtte lukke klokken 19, og al butikshandel skulle ophøre samtidig. (...)
 Besættelsesmagten havde i øvrigt endnu et svar på drabet på Holger Thor Nielsen, og det kom den 25. november 1943. I alt 31 mænd og kvinder, der var hjemmehørende i Odense, blev overflyttet fra danske fængsler til tyske koncentrationslejre." (Jørgen Thomsen og Johnny Wøllekær: Odenses første stikkerlikvidering. https://odenseleksikon.wordpress.com/odenses-foerste-stikkerlikvidering).</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen takker for en dejlig tid på Knuthenborg. På hjemrejsen var Storebæltsfærgen overfyldt, og nogle af passagererne nægtede at give deres borde i restauranten videre til andre. En gruppe mænd blev direkte grove mod styrmanden.
 22. nov. tog Else og Andreas/Puf til Odense, men de fik ikke lov til at forlade banegården. Der var begået et stikkerdrab i byen. Stikkeren havde længe forsynet værnemagten med oplysninger om danskere. Mange synes, at han slap for let, da han straks døde af sine sår. Hans far, ostehandleren, som var blevet skudt nogle dage i forvejen, lå og led på hospitalet. Det er en solstrålehistorie.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/N0dU</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde Chr. Knuth
 Knuthenborg
 Bandholm.
 [I brevet:]
 Kjerteminde 24 Nov. 1943.
 Kære Grevinde!
 Tusind Tak for den dejlige Tid paa Knuthenborg og for Telegrammet der forsødede min Ensomhed paa Hotellet i Næstved, hvor jeg nød 4 Stk. Smørrebrød 3 Pilsnere, 2 Bittere og 1 Pibe Tobak. Derefter gik jeg i Seng og startede i Gaar Morges med et Tog, der afgik 8,46. direkte til Korsør. Efter at være sluppet igennem Kontrollen kom jeg om Bord i en gl. Færge, ”Prins Christian” som jeg formoder er en der tidligere har besørget Trafiken mellem Gedser og Warnemünde. Jeg gik op i en lille Rygesalon med ca 10 smaa Borde der alle var optagne ligesom alle Knager var behængt med Tøj saa vi der nu kom maatte beholde Hat og Overtøj paa og stille os op mellem Bordene. Da vi havde sejlet ca ½ Time, opfordrede en Højttaler, de Folk der havde spist, til at rejse sig og gøre Plads, saa andre ogsaa kunde faa en Forfriskning. Det blev efterkommet af alle paa nær 3 Selskaber der holdt Stillingen til vi kom i Land. Det ene bestod af 2 Par unge mennesker, der havde spist da vi kom og nu var i Gang med 8 Pilsnere som af og til fornyedes. Den ene Dame udmærkede sig ved at have de længste Negle jeg har set, hendes Tommelfingre saa saadan ud: [Tegning] og saa var de malet mørkerøde omtrent som Syltekirsebær. De var meget livlige og kaldte ustandselig paa Tjeneren saa skulde en af Damerne have Hefteplaster til en Strømpe, der var revnet, og en Gang vilde de have et Bordtennisspil. Det andet Selskab bestod af 10-12 højere tyske Officerer af Land- Sø- og Luftværnet dem undskyldte Folk med at de jo ikke kunde forstaa Højtaleren der kun talte dansk, derimod vakte det tredje Forargelse, det var 4 svære Herrer, der da de fik Bordet ryddet gav sig til at spille Kort, et Par Gange var der nogle der sendte Bud efter Styrmanden for at faa dem smidt ud, men han fik kun Grovheder for sin høflige Henstilling og beklagede at han ikke kunde gøre andet, de havde betalt deres Billet og havde
 2.
 Ret til at blive siddende. Efter godt og vel et Par Timers Sejlads naaede vi Færgelejet og Nyborg St. og der holdt saa Rutebilen til Kjerteminde, som jeg naaede ved 2-3 Tiden og blev modtaget af hele Familien. Til Morgen har jeg set en hel Bunke Breve igennem og lagt dem fra der skal besvares. Der var ogsaa et Takkebrev fra Professor Christensen der bl.a. udtalte Haabet om at vi snart igen maa faa noget bedre Øl. Jeg maa fortælle om Snigmordet i Odense. Den Dag tog Else og Puf intet anende til Odense om Eftermiddagen, de kom dog ikke længere end til Banegaarden hvor de maatte tilbringe 2 Timer i Mørke til Toget gik tilbage igen. Senere hørte de at Dagen havde formet sig som en Festdag for Indbyggerne i Odense, bl.a. havde hele Personalet i en af Byens største Forretninger P.C Rasmussen faaet Vin og Kage i Dagens Anledning, der var dog en Draabe Malurt i Festbægeret, Manden var død i Knaldet og det var den almindelige Mening at han var sluppet alt for let. Det viste sig at være en berygtet Stikker Ostemandens Søn, der længe havde terroriseret Byen og bragt mange mennesker i Fortræd og Ulykke. Han brugte at gaa rundt med Kongemærket paa Oplæget og lytte efter hvad Folk sagde, for senere at forsyne Værnemagten med sine Fund – Nej saa var Folk meget mere tilfreds med, som det var gaaet hans Fader, nemlig Ostemanden, der nogen Tid forud var bleven skudt i sin Forretning paa Nørregade, og siden har ligget paa Sygehuset svævende mellem Liv og Død med 3 Revolverkugler i Maven. Ak ja, saadan kan saa meget der tilsyneladende ser grimt ud, ved nærmere Eftersyn vise sig at være en hel Solstraalefortælling.
 Her staar alt godt til og jeg haaber det er ligesaa paa Knuthenborg Mange Hilsner og Tak
 Din hengivne
 Johannes Larsen.
 P.S.
 Undskyld; jeg bruger en af Elses Konvolutter, her er ingen andre i Huset og det øsregner
 JL.</t>
   </si>
   <si>
-    <t>1944-05-27</t>
-[...34 lines deleted...]
-Jeg kom godt hjem i Gaar, men der var Held i det, jeg havde nemlig glemt at der var noget der hedder Adgangskort til Færgen og blev stoppet da jeg skulde ind og visiteres. Har De Færgebillet? blev jeg spurgt og da jeg lukkede min Pung op, blev der straks sagt Værsgo! Mens jeg sad og spiste den medbragte Madpakke i Rygesalonen lagde jeg Mærke til at alle Passagerer gik omkring med et grønt Mørke og spurgte min Sidemand, hvad det betød, det var Adgangstegnet, og da jeg bemærkede at saadan et havde jeg ikke, svarede Vedkommende at saa havde jeg været usædvanlig heldig. Der gik nu et Lys op for mig. Da jeg lukkede min Pung op havde Kontrolløren straks faaet Øje paa min Garantiseddel der tilfældigvis havde nøjagtig samme grønne Farve som Adgangstegnet. Hvis jeg var bleven stoppet skulde jeg have gaaet i Korsør til om Aftnen. Alt staar godt til her. Der er 3 raske Gæslinger, der kun har den Fejl at de føler sig mere knyttet til Mennesker end Gæs, hvis Aarsag Forældrene særlig Moderen efter Haanden har mistet Interessen for dem. I Gaar kom den anden Graaand med 8 raske Ællinger mærkelig nok er de 2 helt gule og bliver altsaa hvide, det rigtige Vejr til dem i Dag 23º og sløret Solskin og stille. Frk Kjær ringede i Morges og meldte at hun havde faaet Akvarellen, men at Du havde glemt at sige hende Prisen, hun lød temmelig rystet da jeg sagde 300, mere end 150 havde hun ikke Raad til og Piben havde der været budt hende 1000 Kr for. Det endte med at jeg lod hende faa den for 150 under Løfte af ikke at sige det til nogen. Jeg vedlægger nogle Mærker der i Dag er kommen tilbage fra Knuthenborg + de Byttemærker Frk. Egeberg forsynede mig med og som jeg ikke fik Brug for paa Grund af Smørrebrødspakken. Tak for Laan! Da jeg kom hjem i Gaar var Else i Odense i Anledning af at alle Ruderne i hendes Forældres Lejlighed var røget paa Grund af Schalburgfolkene havde bombet Fyens Stifttidendes Ejendom skraas overfor. De havde desuden sprængt 3 Forretninger i Kongensgade og skudt en Bankdirektør og en Trælasthandler, altsammen fordi der Dagen før var aflivet en Stikker, den Portner vi læste om i Toget. Mange Hilsner og Tak for sidst. Jeg skal ogsaa hilse fra Else, Puf og Børnene Din hengivne JL.</t>
+    <t>11. maj. 1923</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IhyuWxq8</t>
+  </si>
+  <si>
+    <t>19. aug. 1925</t>
+  </si>
+  <si>
+    <t>Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GjmjBRL3</t>
+  </si>
+  <si>
+    <t>13. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqhlDolD</t>
+  </si>
+  <si>
+    <t>21. maj. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/L4o5w43Q</t>
+  </si>
+  <si>
+    <t>26. jun. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OJcBdZEP</t>
+  </si>
+  <si>
+    <t>30. sep. 1909</t>
+  </si>
+  <si>
+    <t>Brombærtur og skovduer</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/TFZbCnL5</t>
+  </si>
+  <si>
+    <t> 3. maj. 1909</t>
+  </si>
+  <si>
+    <t>Christian Andersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/U97nCp7v</t>
+  </si>
+  <si>
+    <t>1. - 3. marts 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xoEv8DH4</t>
+  </si>
+  <si>
+    <t> 7. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JBNjUYWx</t>
+  </si>
+  <si>
+    <t>20. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aBsVe7OZ</t>
+  </si>
+  <si>
+    <t>1917-04-27</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Christoforu -
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen og Fritz Syberg har længe diskuteret en fælles udgivelse med tekster af Jensen og illustrationer af Syberg.
+Johs. V. Jensens bog Christoffer Colombus udkom i foråret 1921. I denne indgår historien om Christopohorou/Kristoffer.
+Fritz Sybergs illustrationer til H.C. Anders Historien om en Moder er oprindelig tuschtegninger, og disse ejes af Kobberstiksamlingen. De blev siden trykt og solgt i en mappe. I databasen gengives en af tuschtegningerne samt tre af de 18 tegninger i reproduktion.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Det vil være godt, hvis Sybergs og Jensens fælles projekt bliver et julenummer og gerne Politikens. Man er så overlæsset med billedblade, så ingen læser dem længere. 
+Johs. V. Jensens historie om Kristoffer Færgemand minder Syberg om denne vinter, hvor der var meget is i Kerteminde Fjord.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/09sh</t>
+  </si>
+  <si>
+    <t>Pilegaarden 27-4-17
+Kære Ven!
+Jeg skriver for at bede Dig om vi ikke kan lade det blive ved den første Aftale, saa at det at [”det” indsat over linjen, ”at” overstreget] bliver et Julenummer vi laver sammen. Jeg vilde nødig at min Start sammen med Dig skulde faa Præg af Hastværksarbejde. Til Sammenligning kan jeg fortælle Dig at de 18 Tegninger jeg lavede til ”Historien om en Moder” tog tre Aar. 
+I øvrigt er jeg fyldt til Halsen af Din Historie om ”Kristoffer Færgemand.” Hele Stoffet er som dumpet fra Himlen. Din Beskrivelse af Floden har jeg oplevet i Vinter. Al Isen fra Storebælt har sejlet ud og ind af Løbet ved [”Løbet ved” overstreget] Indløbet til Kjertemindefjorden, hvor Strømmen er saa rivende saa den graver hele Afgrunde i Bunden. Om det saa er Færgebaaden har jeg stiftet personlig Bekendtskab med den, jeg ved hvor dette Unikum blandt Baade findes. Den bruges nu til at færge Kreaturer over til Mejlø med. Det Molboagtige Du finder ved Christoforus er ogsaa i min Kulør, er den en [”den” overstreget, ”en” indsat over linjen] Side af det [overstreget, ulæseligt ord] menneskelige som har min Kærlighed. Han er Idealist, en ensom Mand, begrænset og genial, - foruden al det andet mere iøjnefaldende han ogsaa er –
+Men altsaa, kan vi ordne det saaledes at det bliver et Julenummer? saa jeg faar noget mere Tid, svar mig snarest paa det. Kunde det blive Politikens Julenummer, var det det Sted jeg helst vilde lægge ud sammen med Dig. Billedblade af næsten enhver Art er jo dog ikke andet end nogle kedsommelige Magasiner som Ingen læser eller ser i. Ikke en Gang Børn, alt for overlæsset [”de” i slutning af ordet rettet til ”t”] som man er med Billedstof nuomstunder. I gamle Dage da Almanakken var Aarets Begivenhed var det noget andet. Hils nu Else meget fra mig og send mig snarest et Par Ord om dette. Mange Hilsener selv, fra Din hengivne
+Fritz Syberg.</t>
   </si>
   <si>
     <t>1945-03-17</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Grethe Jungstedt
 Kurt Jungstedt
 Matilde Jungstedt
 Johanne Christine Larsen
 Axel  Müller
 Ole Poulsen
 Janna Schou</t>
   </si>
   <si>
@@ -789,87 +358,567 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/Y2b7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Warberg Müller
 Bakkevej 12
 Hareskov
 Sjælland
 [På kuvertens bagside:]
 Ellen Sawyer
 Kjerteminde
 [I brevet:]
 17-3-45
 Kære lille Disser!
 Du skal rigtignok have så mange Tak for de dejlige Cigaretter og for dit Brev. Er der noget, jeg bliver rørt over, så er det, når man undværer af sin dyrebare Tobak til mig, - og de var meget fine! Og de kastede Glans over mit Fødselsdagsselskab. Nu begynder det jo ellers at knibe med det – Tobak – som med så meget andet, - og selv om vi har lidt at ryge på (og jeg har jo noget dansk) så nærmer den Tid sig med hastige Fjed, da man ikke har noget at tænde med. Her er Tændstiksmiséren akut. Så længe man har Ild i Kakkelovnen, går det jo, - så kan man bruge Fidibusser. Jeg klarer mig med èn (1) Tændstik om Dagen. Endog Gassen tændes med Fidibus. Gastænder har jeg – men Stiften er slidt op og man kan ikke opdrive en ny. Gas og Elekt. går det meget godt med. En 15 Lys Pære bruger meget lidt og man går jo tidligt i Seng. Jeg sparer sammen til at stryge min store Forårsvask. – men hvor er alt dette Småtterier! ”Man” befæster Kerteminde, - graver Skyttegrave, - sætter Pæle i overalt til at markere, hvor man vil have Antiluftskyts, Kanoner, Pigtråd o.s.v. Man graver Skyttegrave oppe i Ole Poulsens Mark, ved Hverringe, ved Pilegården og mange andre Steder. Man venter åbenbart Angreb fra Storebælt. – Folk har sine Evakueringskufferter stående pakket, så man kan forlade alt med kort Varsel. Det er nu ikke hyggelige Udsigter. Men sommetider går det jo da bedre end Præsten præker!
 Hvor yndigt for dig at have Nus så hun af og til kan smutte hjem og hvor henrivende for dig med det lille Barnebarn. Når det bliver Sommer, kan du vel se dem lidt oftere. – Jeg håber jo stadig på at få mine at se. Til Sommer har Kurt og Gr. Sølvbryllup – i Juni, - men jeg når såmænd ikke at komme op til det. De har det ellers godt, - jeg får mange og gode Breve fra dem. Lille har en god og vellønnet Stilling hos èn af deres bedste Arkitekter og er meget glad ved sit Arbejde. Hun er rigtig kommet på sin rette Hylde. Men jeg synes jo alligevel, hun snart skulde tænke på at forlove sig. Om dèt forlyder intet. 
 Tak for Opskriften. Den så lovende ud. Nu er den kommet i Kogebogen og skal bruges ved en festlig Lejlighed. 
 Min F-dag var yderst vellykket. – Masser, Masser af Gaver og en lille fin Middag om Aftenen, for min Klub. – Harriet er jo også i Stockholm nu og har Plads og det har Sj. også, men det ved du vel. 
 [Skrevet på langs på venstre side s.1:] 
 Junge har jeg ikke set siden Jul – jeg har ingen brugbar Cycle. Vi skriver af og til.
 [Skrevet på langs på venstre side s. 2:]
 Hils nu Aksel og Nusset og dig selv Masser af Gange fra din gamle Elle</t>
   </si>
   <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1938-11-18</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>- Gedde
+Adolph Larsen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Holger Rasmussen
+Ove Smed
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem den omtalte var.
+Jokum var en odder, som Johannes Larsen tidligere havde haft i fangenskab.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til museumsmøde med Holger Rasmussen og Leo Swane. 
+Han har sejler Romsø rundt med et par venner.
+Den følgende dag kører Andreas Larsen sin far til Fiilsø. 
+Odderne har det godt og er store.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yQnT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Nov. 1938
+Kære Lysse og Bimse!
+Tusind Tak for sidst! Det har trukket noget længe ud inden jeg faar skrevet. Jeg havde tænkt at skrive saa I kunde have det til Jens´s Fødselsdag, men Datoerne blev væk for mig indtil jeg kom i Tanker Dagen ved Middagsbordet hos Holger Rasmussens hvor vi saa drak hans Skaal. Vi var der til Museumsmøde; tog Leo Swane paa ved en Formiddagsfærge og kørte til Faaborg til Frokost, saa Møde i Museet og derefter Middg. Satte Swane af ved Grand i Odense og kørte hjem. Næste Dag gav Swane Frokost paa Grand og kørte med her hjem efter et Museumsbesøg. Han rejste næste Mrg. I Gaar var jeg en Tur ude paa Bugten med Christiansen og Ove Smed ved Roret. Det var et henrivende Vejr, Stille og mildt, vi spiste Frokost i Baaden ved Stenkastet og sejlede Romsø rund og skød et Par Sortænder og 6 Ederfugle. Puf og jeg kører til Fiilsø i Mrg. men vi bliver der kun et Par Dage, jeg vil gerne en Tur ud til Tipperne og se paa Fuglelivet. Odderne trives godt og er saa vidt jeg kan se større end baade Jokum og den sidste var paa denne Aarstid. I Forgaars kom Gedde med en Ederfugl gl. ♂. Jeg har faaet et Par Graaænder af Agraren da alle mine er bleven skudt i Sommer. Vi har det godt alle sammen. Hilsen fra os alle.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1926-08-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Wedellsborg
+Odense
+København
+Landeryd, Sweden
+Halmstad, Sweden</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Esben Hansen
+- Hecht-Petersen
+- Højlund
+Vagn Jacobsen
+Xenia Jacobsen
+Rigmor Klein
+Jørgen Hermann Kruuse
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Johannes Madsen
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev 16. august 1926 til Alhed, at han og Brygger Jacobsen rejste til Larsens skovgård, Båxhult, i Småland. Xenia Jacobsen blev hjemme, da hun havde det dårligt, men hun rejste nogle dage senere op for at følges med manden hjem. I samme brev fortalte Johannes Larsen, at han med Bryggeren byttede et billede for en hund ved navn Foch.
+Klingen var et tidsskrift omhandlende billedkunst og litteratur. Det blev udgivet på initiativ af blandt andre Axel Salto og Poul Uttenreitter. Johannes Larsen bidrog flere gange med illustrationer til bladet. 
+Det kan ikke afgøres, hvilken Thomsen det er, Alhed skriver om. Larsen-familien kendte flere af det navn. Frk. J. må være pige i huset hos familien.</t>
+  </si>
+  <si>
+    <t>Brev 1: Der er blevet fint på Båxhult. Det er ikke jagtvejr, men hunden Foch er god. Bryggeren og hans kone rejser i dag.
+Frk. Klein kan tage de billeder, som hun vil, til udstillingen. Madsen må sætte to af dem i ramme. Johannes larsen skriver priser. Andreas må finde litografisk kridt og pap og få det sendt til Sverige, for Larsen skal lave illustrationer til Klingen, og han kommer ikke hjem lige nu.
+Brev 2: Marie Larsen (Mareje/Ia) og Carl Andresen (Patronen) kommer, og Alhed glæder sig til at vise dem det nyistandsatte hus. Hun vil gerne have pasteller med på udstillingen, og hun skriver priser, som Andreas dog gerne må formindske. Fasanbilledet er dét fra Wedellsborg. 
+Alhed har det godt, tager ikke medicin og er ikke generet af hjertet. Mon Andreas kommer til Båxhult?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZj3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr. Gartner Andreas Larsen
+Kerteminde
+Danmark
+Express
+[På kuvertens bagside:]
+Forsøgt Afleveret Kl 720 Høj
+[Brev:]
+Båxhult 27 Aug 1926.
+Kære Puf.
+Tak for Dit Brev. Jeg kan ikke se hvornaar Du har skrevet det da det er udateret, men det kan forhaabentlig passe, at Du har talt med Esben umiddelbart før han har faaet den Check paa 1000 Kr som jeg sendte ham Dagen før jeg rejste fra Kjøbenhavn. Det var flinkt af Højlund at han saa hurtigt fik Svanerne anbragt. Her er bleven vældigt fint over det Hele. Desværre har vi haft daarligt Jagevejr men vi har da faaet nok at spise og Foch gaar fint. Bryggeren rejser i Dag, jeg tror nok de har nydt at være her. Lysse hentede Bryggeren og mig i Halmstad den 20. altsaa Fredag og om Tirsdagen kom Fru Jakobsen og blev hentet i Landeryd. I Dag er Vejret fint. Med hensyn til Billederne til Odense er det jo ikke nemt at give Besked herfra. Jeg aner jo ikke hvad Frk Klein mener med mange. Men lad hende tage saa mange hun vil, dog ikke af dem der hænger paa Væggene. Dersom Du kunde faa Madsen til at sætte Fasanen og Havebilledet, de staar vist rullet sammen i Roderummet fra Hechts Tourne i ramme, hvis det kan naas kan de jo gaa med lige saa et af Vandbillederne fra Bugten. Paa de Billeder fra i Foraaret er Priserne efter Størrelse 3500 Gæssene, 1500 for Brushønsene og ligesaa det med Kobbersnepper Præstekraver og Ryler. 1200 for de næste, saa 800 og 500 og for de mindste Urhanernes Størrelse 400 for ældre Billeder ligesaa efter størrelse. Kan Du sende mig en lille Papæske der staar uaabnet og indeholder lithografisk Tusch og Kridt sendt af Uttenreiter, muligvis ogsaa hans Brev, paa Bordet i Værkstedet, samt i en Paprulle noget af det Papir (ca 10 Ark) jeg laver Tavler paa, paa Bordet mellem Sofaen og Vaskerummet, det kan Du lade Madsen gøre. Jeg skal nemlig lave 4 Lithografier til Klingen, havde tænkt det kunde naas naar jeg kom hjem, men Din Moder har det saa godt her oppe og vil gerne blive her noget længere. Vi har faaet et fint Flag, som vi flagede med da Fru J. kom. Og det skal op naar Patronen og Marie kommer. 
+Mange kærlige Hilsner Din Far.
+Kære søde Gamle!
+Vi har det dejligt. Du kan ikke tænke Dig, hvor Bryggerens har været søde at have, nu rejser de desværre i Dag, men saa har vi jo Mareje og Patronen til gode, jeg glæder mig meget til at vise Ia Båxhult i ny forskønnet Skikkelse. Jeg vil gærne have nogle Pasteller med paa den Udstilling: den store med [ulæseligt]æbletræet og Gaarden (400 Kr.) det blomstrende Æbletræ med de to Svaner (300) Kallaerne (300) Tøj til Tørring (200) og Drudes [ordet ”Drudes” overstreget] den store Blomsterbuket, der hænger hos Drude – 3-400) men Du maa godt forandre i Priserne, hvis i synes, de er for høje og ogsaa skyde ud, hvis der er for mange. –
+Jeg har det ganske udmærket, har Medicin med, men ikke rørt den, da jeg ikke har haft en Fornemmelse i Hjærtet heroppe. Jeg taaler som sædvanlig glimrende at gaa heroppe, og vi gaar enten Vejret er saadan eller saadan. Mon Du dog ikke nok kører herop og ser til os? Har Du faaet mine Kort? Skriver Du ikke lidt til mig en Dag. Fasanen Din Far skriver om er det store med Hanfasanen fra Wedellsborg, det var rart om det kom med, Kruuse har været varm paa det, jeg tror det maa have forputtet sig i Roderummet (Fuglestuen) eller det brandfri. Nu skal tante Junge have et Par Ord til Fødselsdagen. – 1000 Hilsner Din Mor.
+Lysse har skudt 9 Ænder. De har skudt 10 Tjurer og Urhøns, Ly de fleste.
+Fredag
+Jeg beder Esben sende Penge til Thomsen og 100 Kr. til Løn til Frk. J. og 50 til diverse Husholdn de sendes til Dig.</t>
+  </si>
+  <si>
+    <t>1898-04-01</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Hedevig Lützhøft
+Nicolaus Lützhøft
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed er ked af, at hun skulle rejse fra Johannes Larsen, for han så trist ud, da de skiltes. Har hun været væmmelig imod ham? Hun skriver brev i styrmandens kahyt på Storerbæltsfærgen og håber, at Larsen gik til fx Lützhøfts, da de skiltes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rUT5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på papiret på brevets side 2:]
+STATSBANEDRIFTEN
+STOREBELTSOVERFARTEN
+Føreren af Dampskibet ”Mjølner”
+Den 189
+[Håndskrevet, på hovedet over overskriften]
+Jeg tager hjem til Erikshaab i Morgen
+[Håndskrevet, ikke på hovedet]
+Kæreste lille go’e Las!
+Du kan rigtignok tro, jeg var forfærdelig ked af at skulle rejse fra Dig uden at have faaet talt med Dig, hvor kunde jeg dog ogsaa misforstaa Dig saadan, at jeg trode, Du vilde skrive et Brev; jeg skulde have med. – Jeg har tænkt paa Dig paa hele Rejsen, og Dit Ansigt staar hele Tiden for mig saadan som Du saa ud, da Du stod udenfor Kupéen. Du saa saa ked af det ud, og havde det ikke været for den Konfirmations Skyld, var jeg staaet ud af Toget og var bleven hos Dig! – Men hvorfor var Du egentlig saa ked af det? – Vi ses jo snart, ikke sandt; og saa kunne vi jo tale om det. Jeg er bange, at Du mest af det [de to ord overstreget] var ked af det, fordi jeg slet ikke har været god ved Dig derinde, Du kan ogsaa tro, jeg er vred paa mig selv over at jeg kan være saadan. – Men naar vi nu ses igen, tror jeg nok, jeg bliver ganske forfærdelig god ved Dig, jeg synes da, at jeg længes efter Dig mere end nogensinde, og Du maa endelig komme snart. Jeg haaber, at jeg faar Brev fra Dig i Morgen, men jeg er bange, det først bliver i Overmorgen. – Jeg gad vide, hvor Du gik hen, da jeg var rejst fra Dig, jeg haaber, Du gik op hos Lützhøfts og i de andres Selskab glemte Din stygge væmmelige Kæreste. – Det er jo et nydeligt Vejr i Dag. Vi ere paa Færgen nu og jeg sidder og skriver i Styrmandens Kahyt; Elle og jeg gik rundt og ledte efter Skrivemateriale. Saa mødte vi Styrmanden med en Blyant i Haanden, vi spurgte om vi maatte laane den, ”ja det ved Gud, De maa” sagde han, men da han hørte, at vi heller ikke havde Papir, sagde han, at hvis vi vilde følge med ham, skulde vi ”ordne det paa en helt anden Maade”. – Og nu sidde vi rigtig rart her i hans Kahyt. – Hvornaar tror Du, Du kommer? Hvordan mon jeg skal faa Has paa de Dage, til jeg ser Dig igen! Pas faar [ordet overstreget] for Himlens Skyld paa ”den elektriske” og alle andre frygtelige Mordredskaber derinde. Hav det godt paa alle Maader og glæd Dig lidt ved Tanken om, at jeg tænker saa uendelig kærligt paa Dig min egen Elskede! Nu Farvel, jeg synes næsten ikke, jeg kan slutte, det er ligesom, der er saa meget endnu, jeg skulde sige til Dig! – Elle hilser. Jeg fik ikke rigtig sagt Farvel til Dig, men Du kan stole paa jeg skal sige Goddag, naar vi ses. Din Alhed – hils dem alle sammen
+Sig mig, om Du holder noget af mig eller om Du er bleven altfor vred. – Jeg elsker Dig.</t>
+  </si>
+  <si>
+    <t>1923-04-24</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Karrebæksminde, Næstved
+Storebælt</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Knud Kyhn
+Alhed Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og AF forbereder under flere sejladser med Rylen rundt til Danmarks øer bogværket De Danskes Øer, der udkommer i tre bind 1926-28.
+Rylen er en Kerteminde båd, der 1921-25 er ekspeditionsskib for JL og AF. I dag sejler den som museumsskib for Østfyns Museer.</t>
+  </si>
+  <si>
+    <t>Sommerens sejlads med skibet Rylen nærmer sig, og Johannes Larsen skal gå om bord i Karrebæksminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bE70</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 April 1923.
+Kære Achton Friis!
+Tak for Brevet! Her er et Kort over Store Bælt som jeg nok skal huske at tage med. Det glæder mig at høre at Knud Kyhn tager med og jeg skal nok være parat til den første at møde i Karresbæksminde. Du har vel underrettet Petersen. For det er vel snart paa Tiden at Rylen kommer i Vandet. Jeg ved ikke af at jeg mangler noget som jeg ikke kan faa her. Venlige Hilsner ogsaa fra min Kone til Dem alle 3.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1930-1934</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Romsø er en ø i Storebælt nær Kerteminde, og Stengårds Stænge er en strand på Hindsholm nord for Kerteminde.
 Det vides ikke, hvem den omtalte dumrian er.</t>
   </si>
   <si>
     <t>Johannes Larsen er på Romsø, men han vil sejle til Stengårds Stænge, hvor Andreas/Puf Larsen møder ham for at få en underskrift på en check.
 Andreas er ked af, at han glemte sin eneste nevøs fødselsdag. Han undskylder skriften. Johannes Larsen har taget Andreas' fyldepen med til Romsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/E7Wf</t>
   </si>
   <si>
     <t>Kære Bimse og Lysse!
 Far har idag skrevet til Gyldendal efter en Check og saasnart den kommer, kører jeg til Stengaards-Stænge x), hvor Far vil løbe ind med en Motorbaad fra Romsø, hvortil han idag er rejst. Jeg skal saa se hvordan jeg kan faa Pengene sendt til Jer uden at krambulere med vor Valutacentral. Det lyder maaske lidt indviklet det med Stengaards-Stænge, men Brevet til Gyldendal var allerede
 [Indsat nederst på s. 1:]
 x) forat faa Checken paategnet.
 2) 
 skrevet, da vi kom til at tale om at Pengene vilde komme paa en Check og ikke paa en Anvisning, som jeg uden videre kunde videreexpedere. -
 Tak for Jeres lange Fødselsdagsbrev forleden! Meget bedre sent (sendt) end aldrig! Jeg gik selv og var flov over at vi havde glemt Peters Fødselsdag den 28. Maj, eller 27. som I jo tror det er. Jeg huskede den i Dagene forud og huskede ogsaa Far paa det, men ikke desto mindre
 3)
 gik det jo, som det ["som det" overstreget] som det gik. Jeg var virkelig ked af det, for saadan en "fiks lille en" maa man da huske at gratulere, især naar det er ens eneste Nevø og man er saa stolt af ham, som hans undertegnede Onkel. - Det var idetheletaget et fornøjeligt Brev, og jeg er lige ved at tro, jeg vil kunne nøjes med et (eller to, for ikke at gøre Jer Uret) om Aaret, hvis det (de) er saa fornøjelig(e) og livsglad(e).
 Vend!
 Undskyld Skriften er lidt underlig, men Far har min Fyldepen med paa Romsø, og det er desuden ved at blive mørkt. Desværre kan ingen af os tage op til Jer netop nu, vi maa haabe paa en senere Tur.
 Jeg skal hilse fra Far, han bad mig skrive dette til Jer, da han tog til Romsø.
 Mange Hilsner til Jer alle 3 ogsaa fra Puf.
 Jeg saa nok hvad der stod om den Dumrian!</t>
+  </si>
+  <si>
+    <t>1929-06-18</t>
+  </si>
+  <si>
+    <t>Romsø</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+lille Larsen
+Bendt Rom
+Jørgen Schou
+Nalle Schou
+Fritz Syberg
+- Thygesen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere med navnet Thygesen.
+Romsø er en 1 km2 stor ø i Storebælt nordøst for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på tur til Romsø. Mærkeligt med den spætte, som sønnen har.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OqhH</t>
+  </si>
+  <si>
+    <t>Romsø 18 Juni 1929.
+Kære Lysse!
+Tak for Brevet som jeg fik i Gaar af Puf der var her ovre med et større Selskab. Buf Nalle Grethe Lille Marie Syberg og Bent Rom og Frue. Frokost ved Jagtpavillonen og Øen rundt; Kun et Par Ord da Thygesen i Dag sejler med det samme og sidder her og venter. Det var mærkeligt med den Spætte, du har; vel ikke Rede længere inde i Hullet? Mange Hilsner
+Din hengivne 
+JL.</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
+  </si>
+  <si>
+    <t>1918-01-31</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Konvolvolus: snerle.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skal til København, og han er ikke glad for at rejse fra børnene i disse tider. Det var trist, at tyskernes hær ikke kunne holde ud i 1914. Syberg har ingen sympati for Frankrig. Da Anna og han var i Berlin for mange år siden, var der plantet blomster i fjerde baggård, og gårdspladserne var pænt fejet. Da krigen brød ud, sagde Hans, at hadet til tyskerne skyldes, at man altid hader sine velgørere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AKkw</t>
+  </si>
+  <si>
+    <t>Pilegaarden 31-1-18
+Kære Ven!
+I Morgen tager jeg til Kbhvn men vil sende Dig et Ord paa Falderebet med Tak for Dit og Elses Breve. Jeg er snart noget ængstelig ved at lægge Storebelt mellem mig og Børneflokken, men vover det endnu en Gang Alt ser saa rodet og sammenfiltret ud for Øjeblikket og er underkastet Omskiftelser saa man ikke ved hvad Øjeblik vore egne Enemærker er Krigssone. Hvor var det Skade at Krigspartiet i Tyskland i 1914 ikke var mægtigt nok til at holde den tyske Hær og Krigsberedskab i den dobbelte Størrelse. Saa havde Frankrig med Paris Calais Bordeaux været okkuperet, Kysterne blokeret for de forbandede Englændere og Amerikanere hvis Attraa er at gøre Evropa til Balkan. Jeg har mistet sidste Rest af Sympati for det man kalder Frankrig. Da Anna og jeg var i Berlin for mange Aar siden boede vi paa et billigt Sted i en tredie eller fjerde Baggaard. Husene var grimme Kasser, men i en Jordstrimmel foran Muren var der plantet Konvolver og blaa Clematis i et Hjørne [et overstreget, ulæseligt ord] ved Muren var en almindelig Huggeblok med Jernring om lænket til Muren hvorpaa der stod et Politiforbud mod at efterlade Splinter naar man havde benyttet den. Alle Gaardspladse var som nyvaskede Gulve, naar skal vi opleve saadan en Orden igen? Jeg husker Hans sagde den Gang Krigen brød ud, at Hadet til Tyskerne var meget log [”meget log” streget ud] et logisk naturlig Fænomen, man hader altid sine Velgørere. - - Naa paa Gensyn Mange Hilsener til Jer alle.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1924-03-24</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Alhed Larsen
+Johan Larsen
+Marie Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>7,5 Réaumur svarer til 8,75 Celsius.
+Det er uvist, hvem Axel er.</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted kommer retur til et fint lørdagsrent hus på Møllebakken. Ellen Sawyer er syg af influenza. Marie Larsen hævder, at sønnen Johan Larsen som barn foretrak hende fremfor hans mor! AMB glæder sig over forårets komme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EMLe</t>
+  </si>
+  <si>
+    <t>[24-3-24].
+Mandag Eftermiddag.
+Kære Muk!
+Det bliver kun et Par Ord for at fortælle at Rejsen gik godt. Sejladsen over Store-Bælt var dejlig. Tante Be havde fint lørdagsrent over alt; men Mareje syntes, at Knivskuffen ”var det mest imponerende”. Den havde hun nemlig været med til at ordne. 
+Tante Elle ligger af Influenza i Rynkeby; men det er ikke slemt. 
+I Gaar var Axel her. Bes ved hvem han er. Ved Aftensbordet fortalte spurgte ["fortalte" overstreget; "spurgte" indsat over linjen] Mareje Tante Be, om hun kunde huske, at Lysse, da han var lille, hang saa meget ved hende (Mareje), og at Tante Be var saa ked af det!!!
+Hvor er det dejligt, at det er Foraar. Jeg laa i Nat og lyttede til Regnens Plasken. Det er 7½⁰ R .
+Skriv snart og fortæl hvordan det gaar med Laanet. Hilsen.
+Lomme.</t>
+  </si>
+  <si>
+    <t>1919-09-01</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg arbejdede stadig i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede først til Kerteminde, da hun blev pensioneret. 
+Georg Fr. Nicolai: Krigens Biologi, Hasselbalchs Forlag 1918. Forord af Georg Brandes.</t>
+  </si>
+  <si>
+    <t>Det har stormet hele sommeren, og Syberg har vippet i båden i Korshavn. Rabbe/Anna Louise er søstærk. Marie har været i Kerteminde to gange. Syberg er gået i stå med et par oliebilleder. Han er begyndt at morgenbade hver dag.
+Fritz Syberg har læst professor Nicolais Krigens Biologi. Den er smuk, men det er svært at tro på, at jorden bliver så overbefolket, som forfatteren tror. Vi er måske bare nogle rovdyrsagtigte overgangsmennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BXVz</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-9-19
+Kære Venner!
+Det er snart en Evighed siden vi hørte eller saa noget til hinanden. Hvordan er Jeres Sommer gaaet? Her har det stormet i det uendelige og haardnakket fra Vest. Vi har vippet i Baaden ude i Korshavn, for Vinden har hele Tiden staaet ind ad Gabet i Havnen, men Rabbe er født søstærk. I de sidste 3 Uger har jeg dog været paa Pilegaarden og nu sidder jeg fast i en Række store Oliebilleder saa det meste af September gaar nok for mig her. Marie har været her i to Omgange, men Rigsdagen har Knebet Ferien af, saa hun har maattet stj [”stj” overstreget] stjæle sig herover i Pavsen mellem to Møder. Trods Blæst og Kulde har Sommeren været dejlig. Jeg er vendt tilbage til mine Vaner fra Ungdommen og er blevet Morgenmand og det bekommer mig vel. Hver Morgen cykler jeg ud til Storebelt og bader Kl. 5 ½, men det forbyder sig jo selv, (at bade fra aaben Strand inden ret længe. – [)]
+Jeg læser for Tiden en Bog af Tyskeren Professor Nicolai ”Krigens Biologi” Kender I den? Jeg synes den er smuk, men det er unægtelig en fantastisk Tanke at Jorden en Gang skal blive saa tæt befolket saa der lever 6 Mennesker paa hver Kvadratmeter – Saaledes set har vi jo godt med Plads – Ernæringsspørgsmaalet løser Videnskaben, da hele den nulevende Dyreverden til den Tid er udryddet, - vi er altsaa kun at betragte som [en] Slags abeagtige eller rovdyragtige [de sidste to ord indsat over linjen] Overgangsmennesker – hvad jeg forresten godt kan gaa med paa. Ha’et godt kære Venner, og mange Hilsener fra Jeres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1942-03-20</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Elise Hansen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Tinge og Elise har fået pengene.
+Larsen er inviteret til middag hos Elise, og Bimse og de tre mindste kommer også. Det er svært at rejse for tiden, men Larsen glæder sig til at se børnene. Alle vandrør minus dem i køkkenet er frosset til, og isslaget har varet tre døgn. Badeværelset fungerer slet ikke, så man går på toilet i skuret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yUlb</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Marts 1942.
+Kære Lysse!
+Tak for Dit Brev af 6 ds. som kom her d.16, altsaa paa Rekordtid. Tinge har for længst faaet de 200 Kr. ligesom Restbeløbet er afsendt til Elise. Fra sidstnævnte har jeg faaet en Invitation til Middag den 5. April, hvor hun skriver jeg vil træffe Bimse og de 3 mindste. Det vil jeg naturligvis gerne, skønt det jo er meget besværligt at rejse for Tiden og det er jo tvivlsomt om det bliver bedre foreløbig, store Bælt er hvert Øjeblik lukket for Trafik paa Grund af Ishindringer. I Forgaars regnede det hele Dagen. Frostvejr og Isslag brækkede store Grene af Træerne og lagde Telefonledninger paa Jorden. I Gaar frøs det 5-6⁰ hele Dagen og i Morges frøs det 7⁰, men Solen skinner og Isen paa Træer og Ledninger straaler som Glasprismer. Det er første Gang jeg har set et Isslag vare i 3 Døgn. Det er snart ved at være kedeligt med den Frost. Alle vore Vandrør er frosne undtagen i Køkkenet, Badeværelset er ude af Funktion og vi maa gaa paa WC ovre i Skuret og slæbe en Spand Vand med til Udskylning, der brænder en lille elektrisk Ovn og vi har lukket Forsiden af Skuret med en Bræddevæg, som vi heldigvis fik sat op inden det blev galt med Frosten. Vi har det ellers godt allesammen og jeg skal hilse fra alle her. Mange Hilsner til Jer allesammen
+fra Din Far. 
+P.S.
+Jeg haaber at Bimse faar de 3 smaa med til Kjøbenhavn jeg vil meget gerne se dem særlig er jeg spændt paa den lille
+JL. 
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1928-04-16</t>
+  </si>
+  <si>
+    <t>Bodild Holstein</t>
+  </si>
+  <si>
+    <t>Gl. Kongevej 154</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Grethe Bichel
+Johannes Nicolaus Brønsted
+Esben Hansen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Otto  Meyer
+Anna Meyer 
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor Louise Brønsted var indlagt.
+Louise og hendes familie boede i 1928 i Willemoesgade i København. Johan/Lysse Larsen var under en del af sin studietid på Landbohøjskolen indlogeret hos Brønsted. 
+I Rynkeby boede Grethe og Peter Bichel, som var venner af både Warberg- og Larsen-familien.
+Instituttet var Det Fysisk-Kemiske Institut, som Johannes Nicolaus Brønsted tog initiativ til at oprette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3840</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted bør blive på Montebello og være ærlig overfor lægen, så hun kan blive rask. 
+Johan/Lysse Larsen har det bedre, men han misser fire eksamener, som han må tage efter soldatertiden.
+Der er gode omtaler af Instituttet i avisen. 
+Bodild Holstein har været i Rynkeby og Kerteminde. Johannes Larsen så helt godt ud, men det var vemodigt at være i huset uden Alhed Larsen. 
+Christine/Mornine Mackie virkede anspændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JBhd</t>
+  </si>
+  <si>
+    <t>16/4 28 Gl. Kongevej 154 S
+Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -946,59 +995,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1P0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bE70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yUlb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1P0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bE70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yUlb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M28"/>
+  <dimension ref="A1:M29"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1030,1304 +1079,1350 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5"/>
+      <c r="I2" s="5" t="s">
+        <v>19</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>39</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-        <v>37</v>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K5" s="5" t="s">
-        <v>34</v>
+      <c r="K5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L5" s="6" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K6" s="5" t="s">
-        <v>34</v>
+      <c r="K6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L6" s="6" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K7" s="5" t="s">
-        <v>34</v>
+      <c r="K7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L7" s="6" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>25</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="I9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="L9" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>25</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>58</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>25</v>
+      </c>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>25</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-[...12 lines deleted...]
-        <v>82</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="6" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="M15" s="5"/>
+        <v>74</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="M16" s="5"/>
+        <v>84</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...41 lines deleted...]
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="E18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="E18" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="E19" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>105</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>104</v>
-[...10 lines deleted...]
-        </is>
+        <v>106</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>108</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="M19" s="5"/>
+        <v>109</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>25</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="I20" s="5"/>
       <c r="J20" s="5" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="n">
-        <v>1928</v>
+      <c r="A21" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>116</v>
-[...12 lines deleted...]
-        </is>
+        <v>119</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>120</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>127</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>78</v>
+        <v>134</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="5" t="s">
-        <v>138</v>
+      <c r="A24" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>116</v>
-[...7 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>140</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="I24" s="5"/>
+        <v>141</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>142</v>
+      </c>
       <c r="J24" s="5" t="s">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>144</v>
+        <v>68</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>69</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>148</v>
+        <v>72</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>16</v>
+        <v>154</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>78</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>156</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>159</v>
+        <v>67</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>69</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>169</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="I28" s="5" t="s">
         <v>171</v>
       </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>172</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>173</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>174</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
+    <hyperlink ref="M29" r:id="rId34"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>