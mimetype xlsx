--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -44,300 +44,780 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1898-04-01</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Storebælt</t>
+  </si>
+  <si>
+    <t>Hedevig Lützhøft
+Nicolaus Lützhøft
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed er ked af, at hun skulle rejse fra Johannes Larsen, for han så trist ud, da de skiltes. Har hun været væmmelig imod ham? Hun skriver brev i styrmandens kahyt på Storerbæltsfærgen og håber, at Larsen gik til fx Lützhøfts, da de skiltes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rUT5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på papiret på brevets side 2:]
+STATSBANEDRIFTEN
+STOREBELTSOVERFARTEN
+Føreren af Dampskibet ”Mjølner”
+Den 189
+[Håndskrevet, på hovedet over overskriften]
+Jeg tager hjem til Erikshaab i Morgen
+[Håndskrevet, ikke på hovedet]
+Kæreste lille go’e Las!
+Du kan rigtignok tro, jeg var forfærdelig ked af at skulle rejse fra Dig uden at have faaet talt med Dig, hvor kunde jeg dog ogsaa misforstaa Dig saadan, at jeg trode, Du vilde skrive et Brev; jeg skulde have med. – Jeg har tænkt paa Dig paa hele Rejsen, og Dit Ansigt staar hele Tiden for mig saadan som Du saa ud, da Du stod udenfor Kupéen. Du saa saa ked af det ud, og havde det ikke været for den Konfirmations Skyld, var jeg staaet ud af Toget og var bleven hos Dig! – Men hvorfor var Du egentlig saa ked af det? – Vi ses jo snart, ikke sandt; og saa kunne vi jo tale om det. Jeg er bange, at Du mest af det [de to ord overstreget] var ked af det, fordi jeg slet ikke har været god ved Dig derinde, Du kan ogsaa tro, jeg er vred paa mig selv over at jeg kan være saadan. – Men naar vi nu ses igen, tror jeg nok, jeg bliver ganske forfærdelig god ved Dig, jeg synes da, at jeg længes efter Dig mere end nogensinde, og Du maa endelig komme snart. Jeg haaber, at jeg faar Brev fra Dig i Morgen, men jeg er bange, det først bliver i Overmorgen. – Jeg gad vide, hvor Du gik hen, da jeg var rejst fra Dig, jeg haaber, Du gik op hos Lützhøfts og i de andres Selskab glemte Din stygge væmmelige Kæreste. – Det er jo et nydeligt Vejr i Dag. Vi ere paa Færgen nu og jeg sidder og skriver i Styrmandens Kahyt; Elle og jeg gik rundt og ledte efter Skrivemateriale. Saa mødte vi Styrmanden med en Blyant i Haanden, vi spurgte om vi maatte laane den, ”ja det ved Gud, De maa” sagde han, men da han hørte, at vi heller ikke havde Papir, sagde han, at hvis vi vilde følge med ham, skulde vi ”ordne det paa en helt anden Maade”. – Og nu sidde vi rigtig rart her i hans Kahyt. – Hvornaar tror Du, Du kommer? Hvordan mon jeg skal faa Has paa de Dage, til jeg ser Dig igen! Pas faar [ordet overstreget] for Himlens Skyld paa ”den elektriske” og alle andre frygtelige Mordredskaber derinde. Hav det godt paa alle Maader og glæd Dig lidt ved Tanken om, at jeg tænker saa uendelig kærligt paa Dig min egen Elskede! Nu Farvel, jeg synes næsten ikke, jeg kan slutte, det er ligesom, der er saa meget endnu, jeg skulde sige til Dig! – Elle hilser. Jeg fik ikke rigtig sagt Farvel til Dig, men Du kan stole paa jeg skal sige Goddag, naar vi ses. Din Alhed – hils dem alle sammen
+Sig mig, om Du holder noget af mig eller om Du er bleven altfor vred. – Jeg elsker Dig.</t>
+  </si>
+  <si>
     <t>1908-03-28</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Ernst Goldschmidt</t>
-  </si>
-[...1 lines deleted...]
-    <t>Storebælt</t>
   </si>
   <si>
     <t>Henrik Cavling
 Gudmund Hentze
 Fritz Syberg
 Axel Holger Thiess</t>
   </si>
   <si>
     <t>Transskriberet efter maskinskrevet tekst. Det er uvist af hvem, og det er ligeledes uvist, hvor originalbrevet befinder sig.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Anna Syberg skriver et opmuntrende brev til Ernst Goldschmidt, hvori hun hylder hans talent som skribent og maler. Hun opfordrer ham til ikke lade omverdenen gå ham på, men derimod omsætte vrede og raseri i arbejde og male/skrive sig ud af dette.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/y1P0</t>
   </si>
   <si>
     <t>På Færgen over Storebælt (28-3.1908)
 Kære Goldschmidt - Jeg lider stadig af Skrivesyge til Dem. Jeg vil gerne have Dem til at forstaa, at De skal skrive eller skal male ud fra de gode Billeder der er, eller Deres Raseri over Ophængningen omsæt Deres Fornemmelse i Arbejde, ellers gaar det jo ud over Dem selv. Hvad i Himlens Navn bryder De Dem om Cavling og Thies og Hentze?, skriv fordi De skal have skrevet Dem ud af noget og lad saa Resten flaske sig som det kan. Hvordan i Himlens Navn kan Fattigdom hindre Dem i at male - den maa jo netop tvinge Dem dertil. Saa længe De ejer 10 øre til Havregrød har De jo 4 Timer til Deres Raadighed indtil Sulten melder sig igen og De kan i den Tid skabe ny Værdi til et nyt Maaltid. Har De ikke Raad til en Model, saa mal uden Model, men mal noget, mal noget skidt, hvis De ikke kan male godt, men lad være med at spare paa Talentet. Hvor er De bedst - som Maler eller Skribent - jeg ved det ikke; naar jeg engang imellem læser hvad De skrev om Syberg, banker mit Hjerte af Glæde. ikke alene af - fordi det staar mig saa personlig nær og er saa rigtig, men fordi De selv der har skabt Kunst. De maa kunne give os noget mere.-
 Deres hengivne Anna Syberg.</t>
   </si>
   <si>
-    <t>1944-05-27</t>
-[...2 lines deleted...]
-    <t>Johannes Larsen</t>
+    <t>1. - 3. marts 1909</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xoEv8DH4</t>
+  </si>
+  <si>
+    <t> 3. maj. 1909</t>
+  </si>
+  <si>
+    <t>Christian Andersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/U97nCp7v</t>
+  </si>
+  <si>
+    <t>21. maj. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/L4o5w43Q</t>
+  </si>
+  <si>
+    <t>26. jun. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OJcBdZEP</t>
+  </si>
+  <si>
+    <t>30. sep. 1909</t>
+  </si>
+  <si>
+    <t>Brombærtur og skovduer</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/TFZbCnL5</t>
+  </si>
+  <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1917-04-27</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Christoforu -
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen og Fritz Syberg har længe diskuteret en fælles udgivelse med tekster af Jensen og illustrationer af Syberg.
+Johs. V. Jensens bog Christoffer Colombus udkom i foråret 1921. I denne indgår historien om Christopohorou/Kristoffer.
+Fritz Sybergs illustrationer til H.C. Anders Historien om en Moder er oprindelig tuschtegninger, og disse ejes af Kobberstiksamlingen. De blev siden trykt og solgt i en mappe. I databasen gengives en af tuschtegningerne samt tre af de 18 tegninger i reproduktion.</t>
+  </si>
+  <si>
+    <t>Det vil være godt, hvis Sybergs og Jensens fælles projekt bliver et julenummer og gerne Politikens. Man er så overlæsset med billedblade, så ingen læser dem længere. 
+Johs. V. Jensens historie om Kristoffer Færgemand minder Syberg om denne vinter, hvor der var meget is i Kerteminde Fjord.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/09sh</t>
+  </si>
+  <si>
+    <t>Pilegaarden 27-4-17
+Kære Ven!
+Jeg skriver for at bede Dig om vi ikke kan lade det blive ved den første Aftale, saa at det at [”det” indsat over linjen, ”at” overstreget] bliver et Julenummer vi laver sammen. Jeg vilde nødig at min Start sammen med Dig skulde faa Præg af Hastværksarbejde. Til Sammenligning kan jeg fortælle Dig at de 18 Tegninger jeg lavede til ”Historien om en Moder” tog tre Aar. 
+I øvrigt er jeg fyldt til Halsen af Din Historie om ”Kristoffer Færgemand.” Hele Stoffet er som dumpet fra Himlen. Din Beskrivelse af Floden har jeg oplevet i Vinter. Al Isen fra Storebælt har sejlet ud og ind af Løbet ved [”Løbet ved” overstreget] Indløbet til Kjertemindefjorden, hvor Strømmen er saa rivende saa den graver hele Afgrunde i Bunden. Om det saa er Færgebaaden har jeg stiftet personlig Bekendtskab med den, jeg ved hvor dette Unikum blandt Baade findes. Den bruges nu til at færge Kreaturer over til Mejlø med. Det Molboagtige Du finder ved Christoforus er ogsaa i min Kulør, er den en [”den” overstreget, ”en” indsat over linjen] Side af det [overstreget, ulæseligt ord] menneskelige som har min Kærlighed. Han er Idealist, en ensom Mand, begrænset og genial, - foruden al det andet mere iøjnefaldende han ogsaa er –
+Men altsaa, kan vi ordne det saaledes at det bliver et Julenummer? saa jeg faar noget mere Tid, svar mig snarest paa det. Kunde det blive Politikens Julenummer, var det det Sted jeg helst vilde lægge ud sammen med Dig. Billedblade af næsten enhver Art er jo dog ikke andet end nogle kedsommelige Magasiner som Ingen læser eller ser i. Ikke en Gang Børn, alt for overlæsset [”de” i slutning af ordet rettet til ”t”] som man er med Billedstof nuomstunder. I gamle Dage da Almanakken var Aarets Begivenhed var det noget andet. Hils nu Else meget fra mig og send mig snarest et Par Ord om dette. Mange Hilsener selv, fra Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1918-01-31</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Konvolvolus: snerle.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skal til København, og han er ikke glad for at rejse fra børnene i disse tider. Det var trist, at tyskernes hær ikke kunne holde ud i 1914. Syberg har ingen sympati for Frankrig. Da Anna og han var i Berlin for mange år siden, var der plantet blomster i fjerde baggård, og gårdspladserne var pænt fejet. Da krigen brød ud, sagde Hans, at hadet til tyskerne skyldes, at man altid hader sine velgørere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AKkw</t>
+  </si>
+  <si>
+    <t>Pilegaarden 31-1-18
+Kære Ven!
+I Morgen tager jeg til Kbhvn men vil sende Dig et Ord paa Falderebet med Tak for Dit og Elses Breve. Jeg er snart noget ængstelig ved at lægge Storebelt mellem mig og Børneflokken, men vover det endnu en Gang Alt ser saa rodet og sammenfiltret ud for Øjeblikket og er underkastet Omskiftelser saa man ikke ved hvad Øjeblik vore egne Enemærker er Krigssone. Hvor var det Skade at Krigspartiet i Tyskland i 1914 ikke var mægtigt nok til at holde den tyske Hær og Krigsberedskab i den dobbelte Størrelse. Saa havde Frankrig med Paris Calais Bordeaux været okkuperet, Kysterne blokeret for de forbandede Englændere og Amerikanere hvis Attraa er at gøre Evropa til Balkan. Jeg har mistet sidste Rest af Sympati for det man kalder Frankrig. Da Anna og jeg var i Berlin for mange Aar siden boede vi paa et billigt Sted i en tredie eller fjerde Baggaard. Husene var grimme Kasser, men i en Jordstrimmel foran Muren var der plantet Konvolver og blaa Clematis i et Hjørne [et overstreget, ulæseligt ord] ved Muren var en almindelig Huggeblok med Jernring om lænket til Muren hvorpaa der stod et Politiforbud mod at efterlade Splinter naar man havde benyttet den. Alle Gaardspladse var som nyvaskede Gulve, naar skal vi opleve saadan en Orden igen? Jeg husker Hans sagde den Gang Krigen brød ud, at Hadet til Tyskerne var meget log [”meget log” streget ud] et logisk naturlig Fænomen, man hader altid sine Velgørere. - - Naa paa Gensyn Mange Hilsener til Jer alle.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1919-09-01</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg arbejdede stadig i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede først til Kerteminde, da hun blev pensioneret. 
+Georg Fr. Nicolai: Krigens Biologi, Hasselbalchs Forlag 1918. Forord af Georg Brandes.</t>
+  </si>
+  <si>
+    <t>Det har stormet hele sommeren, og Syberg har vippet i båden i Korshavn. Rabbe/Anna Louise er søstærk. Marie har været i Kerteminde to gange. Syberg er gået i stå med et par oliebilleder. Han er begyndt at morgenbade hver dag.
+Fritz Syberg har læst professor Nicolais Krigens Biologi. Den er smuk, men det er svært at tro på, at jorden bliver så overbefolket, som forfatteren tror. Vi er måske bare nogle rovdyrsagtigte overgangsmennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BXVz</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-9-19
+Kære Venner!
+Det er snart en Evighed siden vi hørte eller saa noget til hinanden. Hvordan er Jeres Sommer gaaet? Her har det stormet i det uendelige og haardnakket fra Vest. Vi har vippet i Baaden ude i Korshavn, for Vinden har hele Tiden staaet ind ad Gabet i Havnen, men Rabbe er født søstærk. I de sidste 3 Uger har jeg dog været paa Pilegaarden og nu sidder jeg fast i en Række store Oliebilleder saa det meste af September gaar nok for mig her. Marie har været her i to Omgange, men Rigsdagen har Knebet Ferien af, saa hun har maattet stj [”stj” overstreget] stjæle sig herover i Pavsen mellem to Møder. Trods Blæst og Kulde har Sommeren været dejlig. Jeg er vendt tilbage til mine Vaner fra Ungdommen og er blevet Morgenmand og det bekommer mig vel. Hver Morgen cykler jeg ud til Storebelt og bader Kl. 5 ½, men det forbyder sig jo selv, (at bade fra aaben Strand inden ret længe. – [)]
+Jeg læser for Tiden en Bog af Tyskeren Professor Nicolai ”Krigens Biologi” Kender I den? Jeg synes den er smuk, men det er unægtelig en fantastisk Tanke at Jorden en Gang skal blive saa tæt befolket saa der lever 6 Mennesker paa hver Kvadratmeter – Saaledes set har vi jo godt med Plads – Ernæringsspørgsmaalet løser Videnskaben, da hele den nulevende Dyreverden til den Tid er udryddet, - vi er altsaa kun at betragte som [en] Slags abeagtige eller rovdyragtige [de sidste to ord indsat over linjen] Overgangsmennesker – hvad jeg forresten godt kan gaa med paa. Ha’et godt kære Venner, og mange Hilsener fra Jeres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1923-04-24</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Karrebæksminde, Næstved
+Storebælt</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Knud Kyhn
+Alhed Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og AF forbereder under flere sejladser med Rylen rundt til Danmarks øer bogværket De Danskes Øer, der udkommer i tre bind 1926-28.
+Rylen er en Kerteminde båd, der 1921-25 er ekspeditionsskib for JL og AF. I dag sejler den som museumsskib for Østfyns Museer.</t>
+  </si>
+  <si>
+    <t>Sommerens sejlads med skibet Rylen nærmer sig, og Johannes Larsen skal gå om bord i Karrebæksminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bE70</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 April 1923.
+Kære Achton Friis!
+Tak for Brevet! Her er et Kort over Store Bælt som jeg nok skal huske at tage med. Det glæder mig at høre at Knud Kyhn tager med og jeg skal nok være parat til den første at møde i Karresbæksminde. Du har vel underrettet Petersen. For det er vel snart paa Tiden at Rylen kommer i Vandet. Jeg ved ikke af at jeg mangler noget som jeg ikke kan faa her. Venlige Hilsner ogsaa fra min Kone til Dem alle 3.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>11. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IhyuWxq8</t>
+  </si>
+  <si>
+    <t>20. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aBsVe7OZ</t>
+  </si>
+  <si>
+    <t> 7. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JBNjUYWx</t>
+  </si>
+  <si>
+    <t>13. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqhlDolD</t>
+  </si>
+  <si>
+    <t>1924-03-24</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Alhed Larsen
+Johan Larsen
+Marie Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>7,5 Réaumur svarer til 8,75 Celsius.
+Det er uvist, hvem Axel er.</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted kommer retur til et fint lørdagsrent hus på Møllebakken. Ellen Sawyer er syg af influenza. Marie Larsen hævder, at sønnen Johan Larsen som barn foretrak hende fremfor hans mor! AMB glæder sig over forårets komme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EMLe</t>
+  </si>
+  <si>
+    <t>[24-3-24].
+Mandag Eftermiddag.
+Kære Muk!
+Det bliver kun et Par Ord for at fortælle at Rejsen gik godt. Sejladsen over Store-Bælt var dejlig. Tante Be havde fint lørdagsrent over alt; men Mareje syntes, at Knivskuffen ”var det mest imponerende”. Den havde hun nemlig været med til at ordne. 
+Tante Elle ligger af Influenza i Rynkeby; men det er ikke slemt. 
+I Gaar var Axel her. Bes ved hvem han er. Ved Aftensbordet fortalte spurgte ["fortalte" overstreget; "spurgte" indsat over linjen] Mareje Tante Be, om hun kunde huske, at Lysse, da han var lille, hang saa meget ved hende (Mareje), og at Tante Be var saa ked af det!!!
+Hvor er det dejligt, at det er Foraar. Jeg laa i Nat og lyttede til Regnens Plasken. Det er 7½⁰ R .
+Skriv snart og fortæl hvordan det gaar med Laanet. Hilsen.
+Lomme.</t>
+  </si>
+  <si>
+    <t>19. aug. 1925</t>
+  </si>
+  <si>
+    <t>Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GjmjBRL3</t>
+  </si>
+  <si>
+    <t>1926-08-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Wedellsborg
+Odense
+København
+Landeryd, Sweden
+Halmstad, Sweden</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Esben Hansen
+- Hecht-Petersen
+- Højlund
+Vagn Jacobsen
+Xenia Jacobsen
+Rigmor Klein
+Jørgen Hermann Kruuse
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Johannes Madsen
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev 16. august 1926 til Alhed, at han og Brygger Jacobsen rejste til Larsens skovgård, Båxhult, i Småland. Xenia Jacobsen blev hjemme, da hun havde det dårligt, men hun rejste nogle dage senere op for at følges med manden hjem. I samme brev fortalte Johannes Larsen, at han med Bryggeren byttede et billede for en hund ved navn Foch.
+Klingen var et tidsskrift omhandlende billedkunst og litteratur. Det blev udgivet på initiativ af blandt andre Axel Salto og Poul Uttenreitter. Johannes Larsen bidrog flere gange med illustrationer til bladet. 
+Det kan ikke afgøres, hvilken Thomsen det er, Alhed skriver om. Larsen-familien kendte flere af det navn. Frk. J. må være pige i huset hos familien.</t>
+  </si>
+  <si>
+    <t>Brev 1: Der er blevet fint på Båxhult. Det er ikke jagtvejr, men hunden Foch er god. Bryggeren og hans kone rejser i dag.
+Frk. Klein kan tage de billeder, som hun vil, til udstillingen. Madsen må sætte to af dem i ramme. Johannes larsen skriver priser. Andreas må finde litografisk kridt og pap og få det sendt til Sverige, for Larsen skal lave illustrationer til Klingen, og han kommer ikke hjem lige nu.
+Brev 2: Marie Larsen (Mareje/Ia) og Carl Andresen (Patronen) kommer, og Alhed glæder sig til at vise dem det nyistandsatte hus. Hun vil gerne have pasteller med på udstillingen, og hun skriver priser, som Andreas dog gerne må formindske. Fasanbilledet er dét fra Wedellsborg. 
+Alhed har det godt, tager ikke medicin og er ikke generet af hjertet. Mon Andreas kommer til Båxhult?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZj3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr. Gartner Andreas Larsen
+Kerteminde
+Danmark
+Express
+[På kuvertens bagside:]
+Forsøgt Afleveret Kl 720 Høj
+[Brev:]
+Båxhult 27 Aug 1926.
+Kære Puf.
+Tak for Dit Brev. Jeg kan ikke se hvornaar Du har skrevet det da det er udateret, men det kan forhaabentlig passe, at Du har talt med Esben umiddelbart før han har faaet den Check paa 1000 Kr som jeg sendte ham Dagen før jeg rejste fra Kjøbenhavn. Det var flinkt af Højlund at han saa hurtigt fik Svanerne anbragt. Her er bleven vældigt fint over det Hele. Desværre har vi haft daarligt Jagevejr men vi har da faaet nok at spise og Foch gaar fint. Bryggeren rejser i Dag, jeg tror nok de har nydt at være her. Lysse hentede Bryggeren og mig i Halmstad den 20. altsaa Fredag og om Tirsdagen kom Fru Jakobsen og blev hentet i Landeryd. I Dag er Vejret fint. Med hensyn til Billederne til Odense er det jo ikke nemt at give Besked herfra. Jeg aner jo ikke hvad Frk Klein mener med mange. Men lad hende tage saa mange hun vil, dog ikke af dem der hænger paa Væggene. Dersom Du kunde faa Madsen til at sætte Fasanen og Havebilledet, de staar vist rullet sammen i Roderummet fra Hechts Tourne i ramme, hvis det kan naas kan de jo gaa med lige saa et af Vandbillederne fra Bugten. Paa de Billeder fra i Foraaret er Priserne efter Størrelse 3500 Gæssene, 1500 for Brushønsene og ligesaa det med Kobbersnepper Præstekraver og Ryler. 1200 for de næste, saa 800 og 500 og for de mindste Urhanernes Størrelse 400 for ældre Billeder ligesaa efter størrelse. Kan Du sende mig en lille Papæske der staar uaabnet og indeholder lithografisk Tusch og Kridt sendt af Uttenreiter, muligvis ogsaa hans Brev, paa Bordet i Værkstedet, samt i en Paprulle noget af det Papir (ca 10 Ark) jeg laver Tavler paa, paa Bordet mellem Sofaen og Vaskerummet, det kan Du lade Madsen gøre. Jeg skal nemlig lave 4 Lithografier til Klingen, havde tænkt det kunde naas naar jeg kom hjem, men Din Moder har det saa godt her oppe og vil gerne blive her noget længere. Vi har faaet et fint Flag, som vi flagede med da Fru J. kom. Og det skal op naar Patronen og Marie kommer. 
+Mange kærlige Hilsner Din Far.
+Kære søde Gamle!
+Vi har det dejligt. Du kan ikke tænke Dig, hvor Bryggerens har været søde at have, nu rejser de desværre i Dag, men saa har vi jo Mareje og Patronen til gode, jeg glæder mig meget til at vise Ia Båxhult i ny forskønnet Skikkelse. Jeg vil gærne have nogle Pasteller med paa den Udstilling: den store med [ulæseligt]æbletræet og Gaarden (400 Kr.) det blomstrende Æbletræ med de to Svaner (300) Kallaerne (300) Tøj til Tørring (200) og Drudes [ordet ”Drudes” overstreget] den store Blomsterbuket, der hænger hos Drude – 3-400) men Du maa godt forandre i Priserne, hvis i synes, de er for høje og ogsaa skyde ud, hvis der er for mange. –
+Jeg har det ganske udmærket, har Medicin med, men ikke rørt den, da jeg ikke har haft en Fornemmelse i Hjærtet heroppe. Jeg taaler som sædvanlig glimrende at gaa heroppe, og vi gaar enten Vejret er saadan eller saadan. Mon Du dog ikke nok kører herop og ser til os? Har Du faaet mine Kort? Skriver Du ikke lidt til mig en Dag. Fasanen Din Far skriver om er det store med Hanfasanen fra Wedellsborg, det var rart om det kom med, Kruuse har været varm paa det, jeg tror det maa have forputtet sig i Roderummet (Fuglestuen) eller det brandfri. Nu skal tante Junge have et Par Ord til Fødselsdagen. – 1000 Hilsner Din Mor.
+Lysse har skudt 9 Ænder. De har skudt 10 Tjurer og Urhøns, Ly de fleste.
+Fredag
+Jeg beder Esben sende Penge til Thomsen og 100 Kr. til Løn til Frk. J. og 50 til diverse Husholdn de sendes til Dig.</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
+  </si>
+  <si>
+    <t>1928-04-16</t>
+  </si>
+  <si>
+    <t>Bodild Holstein</t>
+  </si>
+  <si>
+    <t>Gl. Kongevej 154</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Grethe Bichel
+Johannes Nicolaus Brønsted
+Esben Hansen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Otto  Meyer
+Anna Meyer 
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvorfor Louise Brønsted var indlagt.
+Louise og hendes familie boede i 1928 i Willemoesgade i København. Johan/Lysse Larsen var under en del af sin studietid på Landbohøjskolen indlogeret hos Brønsted. 
+I Rynkeby boede Grethe og Peter Bichel, som var venner af både Warberg- og Larsen-familien.
+Instituttet var Det Fysisk-Kemiske Institut, som Johannes Nicolaus Brønsted tog initiativ til at oprette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3840</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted bør blive på Montebello og være ærlig overfor lægen, så hun kan blive rask. 
+Johan/Lysse Larsen har det bedre, men han misser fire eksamener, som han må tage efter soldatertiden.
+Der er gode omtaler af Instituttet i avisen. 
+Bodild Holstein har været i Rynkeby og Kerteminde. Johannes Larsen så helt godt ud, men det var vemodigt at være i huset uden Alhed Larsen. 
+Christine/Mornine Mackie virkede anspændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JBhd</t>
+  </si>
+  <si>
+    <t>16/4 28 Gl. Kongevej 154 S
+Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
+  </si>
+  <si>
+    <t>1929-06-18</t>
+  </si>
+  <si>
+    <t>Romsø</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+lille Larsen
+Bendt Rom
+Jørgen Schou
+Nalle Schou
+Fritz Syberg
+- Thygesen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere med navnet Thygesen.
+Romsø er en 1 km2 stor ø i Storebælt nordøst for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på tur til Romsø. Mærkeligt med den spætte, som sønnen har.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OqhH</t>
+  </si>
+  <si>
+    <t>Romsø 18 Juni 1929.
+Kære Lysse!
+Tak for Brevet som jeg fik i Gaar af Puf der var her ovre med et større Selskab. Buf Nalle Grethe Lille Marie Syberg og Bent Rom og Frue. Frokost ved Jagtpavillonen og Øen rundt; Kun et Par Ord da Thygesen i Dag sejler med det samme og sidder her og venter. Det var mærkeligt med den Spætte, du har; vel ikke Rede længere inde i Hullet? Mange Hilsner
+Din hengivne 
+JL.</t>
+  </si>
+  <si>
+    <t>1938-11-18</t>
+  </si>
+  <si>
+    <t>- Gedde
+Adolph Larsen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Holger Rasmussen
+Ove Smed
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem den omtalte var.
+Jokum var en odder, som Johannes Larsen tidligere havde haft i fangenskab.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til museumsmøde med Holger Rasmussen og Leo Swane. 
+Han har sejler Romsø rundt med et par venner.
+Den følgende dag kører Andreas Larsen sin far til Fiilsø. 
+Odderne har det godt og er store.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yQnT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Nov. 1938
+Kære Lysse og Bimse!
+Tusind Tak for sidst! Det har trukket noget længe ud inden jeg faar skrevet. Jeg havde tænkt at skrive saa I kunde have det til Jens´s Fødselsdag, men Datoerne blev væk for mig indtil jeg kom i Tanker Dagen ved Middagsbordet hos Holger Rasmussens hvor vi saa drak hans Skaal. Vi var der til Museumsmøde; tog Leo Swane paa ved en Formiddagsfærge og kørte til Faaborg til Frokost, saa Møde i Museet og derefter Middg. Satte Swane af ved Grand i Odense og kørte hjem. Næste Dag gav Swane Frokost paa Grand og kørte med her hjem efter et Museumsbesøg. Han rejste næste Mrg. I Gaar var jeg en Tur ude paa Bugten med Christiansen og Ove Smed ved Roret. Det var et henrivende Vejr, Stille og mildt, vi spiste Frokost i Baaden ved Stenkastet og sejlede Romsø rund og skød et Par Sortænder og 6 Ederfugle. Puf og jeg kører til Fiilsø i Mrg. men vi bliver der kun et Par Dage, jeg vil gerne en Tur ud til Tipperne og se paa Fuglelivet. Odderne trives godt og er saa vidt jeg kan se større end baade Jokum og den sidste var paa denne Aarstid. I Forgaars kom Gedde med en Ederfugl gl. ♂. Jeg har faaet et Par Graaænder af Agraren da alle mine er bleven skudt i Sommer. Vi har det godt alle sammen. Hilsen fra os alle.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1942-03-20</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Elise Hansen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Tinge og Elise har fået pengene.
+Larsen er inviteret til middag hos Elise, og Bimse og de tre mindste kommer også. Det er svært at rejse for tiden, men Larsen glæder sig til at se børnene. Alle vandrør minus dem i køkkenet er frosset til, og isslaget har varet tre døgn. Badeværelset fungerer slet ikke, så man går på toilet i skuret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yUlb</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Marts 1942.
+Kære Lysse!
+Tak for Dit Brev af 6 ds. som kom her d.16, altsaa paa Rekordtid. Tinge har for længst faaet de 200 Kr. ligesom Restbeløbet er afsendt til Elise. Fra sidstnævnte har jeg faaet en Invitation til Middag den 5. April, hvor hun skriver jeg vil træffe Bimse og de 3 mindste. Det vil jeg naturligvis gerne, skønt det jo er meget besværligt at rejse for Tiden og det er jo tvivlsomt om det bliver bedre foreløbig, store Bælt er hvert Øjeblik lukket for Trafik paa Grund af Ishindringer. I Forgaars regnede det hele Dagen. Frostvejr og Isslag brækkede store Grene af Træerne og lagde Telefonledninger paa Jorden. I Gaar frøs det 5-6⁰ hele Dagen og i Morges frøs det 7⁰, men Solen skinner og Isen paa Træer og Ledninger straaler som Glasprismer. Det er første Gang jeg har set et Isslag vare i 3 Døgn. Det er snart ved at være kedeligt med den Frost. Alle vore Vandrør er frosne undtagen i Køkkenet, Badeværelset er ude af Funktion og vi maa gaa paa WC ovre i Skuret og slæbe en Spand Vand med til Udskylning, der brænder en lille elektrisk Ovn og vi har lukket Forsiden af Skuret med en Bræddevæg, som vi heldigvis fik sat op inden det blev galt med Frosten. Vi har det ellers godt allesammen og jeg skal hilse fra alle her. Mange Hilsner til Jer allesammen
+fra Din Far. 
+P.S.
+Jeg haaber at Bimse faar de 3 smaa med til Kjøbenhavn jeg vil meget gerne se dem særlig er jeg spændt paa den lille
+JL. 
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1943-11-24</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
-    <t>Kerteminde</t>
-[...1 lines deleted...]
-  <si>
     <t>Knuthenborg pr. Bandholm</t>
-  </si>
-[...39 lines deleted...]
-    <t>1943-11-24</t>
   </si>
   <si>
     <t>Thora Cohn
 Andreas Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ane Talbot
 Holger Thor Nielsen
 Jens Christian Thor Nielsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem professor Christensen var. 
 "Om morgen den 20. november 1943 stod den 22-årige Holger Thor Nielsen og ventede på sporvognen foran Missionshotellet på Østre Stationsvej, da han blev skudt ned på åben gade. Gerningsmanden forsvandt hurtigt fra gerningsstedet uden at blive genkendt af nogen.
 Holger Thor Nielsen var det første dødsoffer for en stikkerlikvidering i Odense (...) Likvideringen fandt sted blot 17 dage efter, at ostehandler Jens Christian Thor Nielsen, Holger Thor Nielsens far, var blevet livsfarligt såret ved et attentat i sin forretning, Nørregade 52. Den 3. november 1943 var to modstandsfolk kommet ind i osteforretningen og havde affyret flere skud mod ham, og et af skuddene ramte ham i underlivet. Dette skud var ved at koste ham livet, men han fik slæbt sig over i en anden butik og bad om en ambulance.
 Både far og søn var en del af det lokale nazistiske miljø, og allerede i 1940 havde Holger Thor Nielsen meldt sig til Waffen SS og havde kæmpet på Østfronten. (...)
 Som reaktion på drabet på Holger Thor Nielsen strammede de tyske myndigheder reglerne for færdsel i byen. Det blev forbudt at færdes ude i tiden fra klokken 20 til klokken 5. Teatre, biografer, restaurationer og andre offentlige lokaler måtte lukke klokken 19, og al butikshandel skulle ophøre samtidig. (...)
 Besættelsesmagten havde i øvrigt endnu et svar på drabet på Holger Thor Nielsen, og det kom den 25. november 1943. I alt 31 mænd og kvinder, der var hjemmehørende i Odense, blev overflyttet fra danske fængsler til tyske koncentrationslejre." (Jørgen Thomsen og Johnny Wøllekær: Odenses første stikkerlikvidering. https://odenseleksikon.wordpress.com/odenses-foerste-stikkerlikvidering).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen takker for en dejlig tid på Knuthenborg. På hjemrejsen var Storebæltsfærgen overfyldt, og nogle af passagererne nægtede at give deres borde i restauranten videre til andre. En gruppe mænd blev direkte grove mod styrmanden.
 22. nov. tog Else og Andreas/Puf til Odense, men de fik ikke lov til at forlade banegården. Der var begået et stikkerdrab i byen. Stikkeren havde længe forsynet værnemagten med oplysninger om danskere. Mange synes, at han slap for let, da han straks døde af sine sår. Hans far, ostehandleren, som var blevet skudt nogle dage i forvejen, lå og led på hospitalet. Det er en solstrålehistorie.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/N0dU</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde Chr. Knuth
 Knuthenborg
 Bandholm.
 [I brevet:]
 Kjerteminde 24 Nov. 1943.
 Kære Grevinde!
 Tusind Tak for den dejlige Tid paa Knuthenborg og for Telegrammet der forsødede min Ensomhed paa Hotellet i Næstved, hvor jeg nød 4 Stk. Smørrebrød 3 Pilsnere, 2 Bittere og 1 Pibe Tobak. Derefter gik jeg i Seng og startede i Gaar Morges med et Tog, der afgik 8,46. direkte til Korsør. Efter at være sluppet igennem Kontrollen kom jeg om Bord i en gl. Færge, ”Prins Christian” som jeg formoder er en der tidligere har besørget Trafiken mellem Gedser og Warnemünde. Jeg gik op i en lille Rygesalon med ca 10 smaa Borde der alle var optagne ligesom alle Knager var behængt med Tøj saa vi der nu kom maatte beholde Hat og Overtøj paa og stille os op mellem Bordene. Da vi havde sejlet ca ½ Time, opfordrede en Højttaler, de Folk der havde spist, til at rejse sig og gøre Plads, saa andre ogsaa kunde faa en Forfriskning. Det blev efterkommet af alle paa nær 3 Selskaber der holdt Stillingen til vi kom i Land. Det ene bestod af 2 Par unge mennesker, der havde spist da vi kom og nu var i Gang med 8 Pilsnere som af og til fornyedes. Den ene Dame udmærkede sig ved at have de længste Negle jeg har set, hendes Tommelfingre saa saadan ud: [Tegning] og saa var de malet mørkerøde omtrent som Syltekirsebær. De var meget livlige og kaldte ustandselig paa Tjeneren saa skulde en af Damerne have Hefteplaster til en Strømpe, der var revnet, og en Gang vilde de have et Bordtennisspil. Det andet Selskab bestod af 10-12 højere tyske Officerer af Land- Sø- og Luftværnet dem undskyldte Folk med at de jo ikke kunde forstaa Højtaleren der kun talte dansk, derimod vakte det tredje Forargelse, det var 4 svære Herrer, der da de fik Bordet ryddet gav sig til at spille Kort, et Par Gange var der nogle der sendte Bud efter Styrmanden for at faa dem smidt ud, men han fik kun Grovheder for sin høflige Henstilling og beklagede at han ikke kunde gøre andet, de havde betalt deres Billet og havde
 2.
 Ret til at blive siddende. Efter godt og vel et Par Timers Sejlads naaede vi Færgelejet og Nyborg St. og der holdt saa Rutebilen til Kjerteminde, som jeg naaede ved 2-3 Tiden og blev modtaget af hele Familien. Til Morgen har jeg set en hel Bunke Breve igennem og lagt dem fra der skal besvares. Der var ogsaa et Takkebrev fra Professor Christensen der bl.a. udtalte Haabet om at vi snart igen maa faa noget bedre Øl. Jeg maa fortælle om Snigmordet i Odense. Den Dag tog Else og Puf intet anende til Odense om Eftermiddagen, de kom dog ikke længere end til Banegaarden hvor de maatte tilbringe 2 Timer i Mørke til Toget gik tilbage igen. Senere hørte de at Dagen havde formet sig som en Festdag for Indbyggerne i Odense, bl.a. havde hele Personalet i en af Byens største Forretninger P.C Rasmussen faaet Vin og Kage i Dagens Anledning, der var dog en Draabe Malurt i Festbægeret, Manden var død i Knaldet og det var den almindelige Mening at han var sluppet alt for let. Det viste sig at være en berygtet Stikker Ostemandens Søn, der længe havde terroriseret Byen og bragt mange mennesker i Fortræd og Ulykke. Han brugte at gaa rundt med Kongemærket paa Oplæget og lytte efter hvad Folk sagde, for senere at forsyne Værnemagten med sine Fund – Nej saa var Folk meget mere tilfreds med, som det var gaaet hans Fader, nemlig Ostemanden, der nogen Tid forud var bleven skudt i sin Forretning paa Nørregade, og siden har ligget paa Sygehuset svævende mellem Liv og Død med 3 Revolverkugler i Maven. Ak ja, saadan kan saa meget der tilsyneladende ser grimt ud, ved nærmere Eftersyn vise sig at være en hel Solstraalefortælling.
 Her staar alt godt til og jeg haaber det er ligesaa paa Knuthenborg Mange Hilsner og Tak
 Din hengivne
 Johannes Larsen.
 P.S.
 Undskyld; jeg bruger en af Elses Konvolutter, her er ingen andre i Huset og det øsregner
 JL.</t>
   </si>
   <si>
-    <t>11. maj. 1923</t>
-[...112 lines deleted...]
-Fritz Syberg.</t>
+    <t>1944-05-27</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Gonny Egeberg Jørgensen
+Else Larsen
+Jeppe Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Under 2. verdenskrig måtte de rejsende over Storebælt underkaste sig en udstrakt kontrol. Tilstrømningen blev reguleret ved udstedelse af særlige ’adgangstegn’, der skulle bæres synligt, og inden man gik ombord, blev man visiteret af politiet (Danmarks Jernbanemuseum https://www.google.com/search sca_esv=df9114d5be7f4ca8&amp;amp;sca_upv=1&amp;amp;rlz=1C1GCEB_enDK974DK974&amp;amp;sxsrf=ACQVn0986YKBr0RghJP_hMkV86mTMjBMvw:1713168089553&amp;amp;q=%22adgangstegn%22+storeb%C3%A6ltsf%C3%A6rgen&amp;amp;sa=X&amp;amp;ved=2ahUKEwiN-Ku74MOFAxVjQvEDHZH-BtgQ5t4CegQIIxAB&amp;amp;biw=1536&amp;amp;bih=703&amp;amp;dpr=1.25). 
+Det vides ikke, hvem frk. Kjær var. 
+Som hævn for likvideringen af stikkeren Harald Emil Sørensen blev bankdirektør Henning Hoffmann 26. maj 1944 forsøgt myrdet, da han var på vej ind på domhuset i Odense, men han overleverdeattentatet. En time senere blev trælasthandler N.H. Hein myrdet, mens han opholdt sig på sit kontor i Østergade. Drabet blev begået af Walther Gläsner og Fritz Himmel samtidig med at begravelsen af Harald Emil Sørensen fandt sted.(https://www.lexabc.dk/87/clearingmord). 
+I maj 1944 blev Fyens Stiftidendes bygning på Graabrødre Plads bombsprængt. Det tyske terrorkorps, Petergruppen, stod bag. Episoden er nævnt i andre breve - blandt andet et skrevet af Else Larsen, hvis forældres lejlighed blev ramt. 
+Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, leder af Frikorps Danmark, var et korps af danskere i tysk militærtjeneste under besættelsen (Wikipedia april 2024).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kom godt hjem, men han havde glemt, at man skulle have adgangskort til Storebæltsfærgen. Han slap dog med skrækken.
+Larsen har gæslinger og ællinger.
+Frk. Kjær havde ikke råd til at give 300 kr. for akvarellen, og hun fik den for 150.
+Larsen returnerer (rationerings)mærker.
+Ruderne i Elses forældres lejlighed er smadret, da Fyns Stiftstidende blev bombet. En bankdirektør og en trælasthandler er blevet skudt som hævn for likvideringen af en stikker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YyR5</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[I brevet:]
+Kjerteminde 27 Maj 1944.
+Kære Grevinde! Glædelig Pintse!
+Jeg kom godt hjem i Gaar, men der var Held i det, jeg havde nemlig glemt at der var noget der hedder Adgangskort til Færgen og blev stoppet da jeg skulde ind og visiteres. Har De Færgebillet? blev jeg spurgt og da jeg lukkede min Pung op, blev der straks sagt Værsgo! Mens jeg sad og spiste den medbragte Madpakke i Rygesalonen lagde jeg Mærke til at alle Passagerer gik omkring med et grønt Mørke og spurgte min Sidemand, hvad det betød, det var Adgangstegnet, og da jeg bemærkede at saadan et havde jeg ikke, svarede Vedkommende at saa havde jeg været usædvanlig heldig. Der gik nu et Lys op for mig. Da jeg lukkede min Pung op havde Kontrolløren straks faaet Øje paa min Garantiseddel der tilfældigvis havde nøjagtig samme grønne Farve som Adgangstegnet. Hvis jeg var bleven stoppet skulde jeg have gaaet i Korsør til om Aftnen. Alt staar godt til her. Der er 3 raske Gæslinger, der kun har den Fejl at de føler sig mere knyttet til Mennesker end Gæs, hvis Aarsag Forældrene særlig Moderen efter Haanden har mistet Interessen for dem. I Gaar kom den anden Graaand med 8 raske Ællinger mærkelig nok er de 2 helt gule og bliver altsaa hvide, det rigtige Vejr til dem i Dag 23º og sløret Solskin og stille. Frk Kjær ringede i Morges og meldte at hun havde faaet Akvarellen, men at Du havde glemt at sige hende Prisen, hun lød temmelig rystet da jeg sagde 300, mere end 150 havde hun ikke Raad til og Piben havde der været budt hende 1000 Kr for. Det endte med at jeg lod hende faa den for 150 under Løfte af ikke at sige det til nogen. Jeg vedlægger nogle Mærker der i Dag er kommen tilbage fra Knuthenborg + de Byttemærker Frk. Egeberg forsynede mig med og som jeg ikke fik Brug for paa Grund af Smørrebrødspakken. Tak for Laan! Da jeg kom hjem i Gaar var Else i Odense i Anledning af at alle Ruderne i hendes Forældres Lejlighed var røget paa Grund af Schalburgfolkene havde bombet Fyens Stifttidendes Ejendom skraas overfor. De havde desuden sprængt 3 Forretninger i Kongensgade og skudt en Bankdirektør og en Trælasthandler, altsammen fordi der Dagen før var aflivet en Stikker, den Portner vi læste om i Toget. Mange Hilsner og Tak for sidst. Jeg skal ogsaa hilse fra Else, Puf og Børnene Din hengivne JL.</t>
   </si>
   <si>
     <t>1945-03-17</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Grethe Jungstedt
 Kurt Jungstedt
 Matilde Jungstedt
 Johanne Christine Larsen
 Axel  Müller
 Ole Poulsen
 Janna Schou</t>
   </si>
   <si>
@@ -358,567 +838,87 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/Y2b7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Warberg Müller
 Bakkevej 12
 Hareskov
 Sjælland
 [På kuvertens bagside:]
 Ellen Sawyer
 Kjerteminde
 [I brevet:]
 17-3-45
 Kære lille Disser!
 Du skal rigtignok have så mange Tak for de dejlige Cigaretter og for dit Brev. Er der noget, jeg bliver rørt over, så er det, når man undværer af sin dyrebare Tobak til mig, - og de var meget fine! Og de kastede Glans over mit Fødselsdagsselskab. Nu begynder det jo ellers at knibe med det – Tobak – som med så meget andet, - og selv om vi har lidt at ryge på (og jeg har jo noget dansk) så nærmer den Tid sig med hastige Fjed, da man ikke har noget at tænde med. Her er Tændstiksmiséren akut. Så længe man har Ild i Kakkelovnen, går det jo, - så kan man bruge Fidibusser. Jeg klarer mig med èn (1) Tændstik om Dagen. Endog Gassen tændes med Fidibus. Gastænder har jeg – men Stiften er slidt op og man kan ikke opdrive en ny. Gas og Elekt. går det meget godt med. En 15 Lys Pære bruger meget lidt og man går jo tidligt i Seng. Jeg sparer sammen til at stryge min store Forårsvask. – men hvor er alt dette Småtterier! ”Man” befæster Kerteminde, - graver Skyttegrave, - sætter Pæle i overalt til at markere, hvor man vil have Antiluftskyts, Kanoner, Pigtråd o.s.v. Man graver Skyttegrave oppe i Ole Poulsens Mark, ved Hverringe, ved Pilegården og mange andre Steder. Man venter åbenbart Angreb fra Storebælt. – Folk har sine Evakueringskufferter stående pakket, så man kan forlade alt med kort Varsel. Det er nu ikke hyggelige Udsigter. Men sommetider går det jo da bedre end Præsten præker!
 Hvor yndigt for dig at have Nus så hun af og til kan smutte hjem og hvor henrivende for dig med det lille Barnebarn. Når det bliver Sommer, kan du vel se dem lidt oftere. – Jeg håber jo stadig på at få mine at se. Til Sommer har Kurt og Gr. Sølvbryllup – i Juni, - men jeg når såmænd ikke at komme op til det. De har det ellers godt, - jeg får mange og gode Breve fra dem. Lille har en god og vellønnet Stilling hos èn af deres bedste Arkitekter og er meget glad ved sit Arbejde. Hun er rigtig kommet på sin rette Hylde. Men jeg synes jo alligevel, hun snart skulde tænke på at forlove sig. Om dèt forlyder intet. 
 Tak for Opskriften. Den så lovende ud. Nu er den kommet i Kogebogen og skal bruges ved en festlig Lejlighed. 
 Min F-dag var yderst vellykket. – Masser, Masser af Gaver og en lille fin Middag om Aftenen, for min Klub. – Harriet er jo også i Stockholm nu og har Plads og det har Sj. også, men det ved du vel. 
 [Skrevet på langs på venstre side s.1:] 
 Junge har jeg ikke set siden Jul – jeg har ingen brugbar Cycle. Vi skriver af og til.
 [Skrevet på langs på venstre side s. 2:]
 Hils nu Aksel og Nusset og dig selv Masser af Gange fra din gamle Elle</t>
   </si>
   <si>
-    <t>1911-10-24</t>
-[...220 lines deleted...]
-  <si>
     <t>1930-1934</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Romsø er en ø i Storebælt nær Kerteminde, og Stengårds Stænge er en strand på Hindsholm nord for Kerteminde.
 Det vides ikke, hvem den omtalte dumrian er.</t>
   </si>
   <si>
     <t>Johannes Larsen er på Romsø, men han vil sejle til Stengårds Stænge, hvor Andreas/Puf Larsen møder ham for at få en underskrift på en check.
 Andreas er ked af, at han glemte sin eneste nevøs fødselsdag. Han undskylder skriften. Johannes Larsen har taget Andreas' fyldepen med til Romsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/E7Wf</t>
   </si>
   <si>
     <t>Kære Bimse og Lysse!
 Far har idag skrevet til Gyldendal efter en Check og saasnart den kommer, kører jeg til Stengaards-Stænge x), hvor Far vil løbe ind med en Motorbaad fra Romsø, hvortil han idag er rejst. Jeg skal saa se hvordan jeg kan faa Pengene sendt til Jer uden at krambulere med vor Valutacentral. Det lyder maaske lidt indviklet det med Stengaards-Stænge, men Brevet til Gyldendal var allerede
 [Indsat nederst på s. 1:]
 x) forat faa Checken paategnet.
 2) 
 skrevet, da vi kom til at tale om at Pengene vilde komme paa en Check og ikke paa en Anvisning, som jeg uden videre kunde videreexpedere. -
 Tak for Jeres lange Fødselsdagsbrev forleden! Meget bedre sent (sendt) end aldrig! Jeg gik selv og var flov over at vi havde glemt Peters Fødselsdag den 28. Maj, eller 27. som I jo tror det er. Jeg huskede den i Dagene forud og huskede ogsaa Far paa det, men ikke desto mindre
 3)
 gik det jo, som det ["som det" overstreget] som det gik. Jeg var virkelig ked af det, for saadan en "fiks lille en" maa man da huske at gratulere, især naar det er ens eneste Nevø og man er saa stolt af ham, som hans undertegnede Onkel. - Det var idetheletaget et fornøjeligt Brev, og jeg er lige ved at tro, jeg vil kunne nøjes med et (eller to, for ikke at gøre Jer Uret) om Aaret, hvis det (de) er saa fornøjelig(e) og livsglad(e).
 Vend!
 Undskyld Skriften er lidt underlig, men Far har min Fyldepen med paa Romsø, og det er desuden ved at blive mørkt. Desværre kan ingen af os tage op til Jer netop nu, vi maa haabe paa en senere Tur.
 Jeg skal hilse fra Far, han bad mig skrive dette til Jer, da han tog til Romsø.
 Mange Hilsner til Jer alle 3 ogsaa fra Puf.
 Jeg saa nok hvad der stod om den Dumrian!</t>
-  </si>
-[...256 lines deleted...]
-Kære Lugge! Tak for Brevet, som jeg fik lige inden Paaske! Jeg forstaar nok baade paa Dit Brev og af hvad jeg senere har hørt om Dig, at det ikke gaar fremad med Stormskridt. Men skal vi ikke være enige om, at Du skal give Dig god Tid. Naar nu vi har gjort saa stort et Skridt for at faa Dig rask, er det saa ikke bedst at fortsætte til Resultatet er tilfredsstillende? Tal lige ud med Overlægen og stik intet under Stolen og ret Dig saa efter hans Raad og rejs ikke fra Montebello før han tilraader det. Det staar godt til i Willemoesgade, Lysse er i Bedring, Tp. nedadgaaende, men Examen gaar sikkert i Løbet; i denne Uge kan han ikke gaa op, og det er 4 Fag han forsømmer, det mener han er for mange til Sygexamen, han taler om at gaa op til den Tid igen om et Aar efter sin Soldatertid. Mon Brønsted befinder sig vel i Belgien? Nu kommer der da fine Meddelelser i Politiken; hvem mon der arrangerer dem? Forhaabentlig er det ogsaa rigtigt at Finansudvalget har vedtaget Institutet? Nu maa du vel saa snart tage fat derpaa; det bliver spændende. Min Rynkebytur var kort men vellykket, Vejret herligt, Sol og Sommer - Jeg var paa Opfordring i Kerteminde om Fredagen til Kaffe midt paa Dagen. Der var fint og stort Kaffebord og der var rigtig Besøgsdag, foruden Grethe og mig var der Drude og hendes 2 Sønner, sidenhen en Hr Andrésen, som de kaldte Patronen, senere kom Fru Tandlæge Meyer og Mand - og om Formiddagen havde der været ligesaa livligt Rykind. Las saa godt ud og syntes veltilpas, Mornine ligesaa, men spørger man ["man" indsat over linjen] hende om der er noget afgjort siger hun, det ved hun ikke og i det hele taget taler nu hun om [over "hun" et 1-tal; over "om" et 3-tal; over "sin" et 2-tal] Situation, Sygdommen o.s.v. paa denne lidt anstrængte Maade, som Mornine kan have, næsten mest som om det ikke videre angaar hende. Grethe sagde imidlertid at hun paa Elle havde forstaaet at Esben Hansen havde forlangt eller i al Fald uden Indsigelser foreslaaet Mornines [ulæseligt ord] og en Gage til hende, men det nævnede Mornine ikke selv. Der var nydeligt allevegne baade ude og inde, Udsigten over Store Bælt var vidunderlig, men underlig vemodigt er det at gaa rundt der, naar Alhed ikke er der. Puf var ikke hjemme, han var ude i Bil, men jeg saa ham Dagen før, da Grethe og jeg mødte dem alle 4 [ulæseligt ord] var da i Bil. Grethe og jeg var gaaende, [ulæseligt] til Rynkeby; griber Grethe Stokken og skridter af. Grethes Søster Bolette [teksten fortsætter s. 1; i venstre margen; lodret samt øverst på arket:] 21de April, saasnart Grethe har passeret København, det er absolut den nemmeste Vej til Holland. Hav det nu godt og bliv hvor Du er - Mange Hilsner fra Bodild</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -995,51 +995,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/y1P0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bE70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yUlb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1P0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xoEv8DH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U97nCp7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TFZbCnL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bE70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EMLe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yUlb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N0dU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7Wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M29"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1079,1314 +1079,1314 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
-        <v>17</v>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...36 lines deleted...]
-      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H5" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K5" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-        <v>45</v>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K6" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K7" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="K9" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="M9" s="5"/>
+        <v>54</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>47</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>61</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="M11" s="5"/>
+        <v>67</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>47</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H12" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>74</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>82</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>83</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="6" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>16</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="s">
-[...9 lines deleted...]
-        <v>73</v>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>77</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>16</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-[...9 lines deleted...]
-        <v>83</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L16" s="6" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>16</v>
+      </c>
+      <c r="D17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H17" s="5" t="s">
-[...9 lines deleted...]
-        <v>90</v>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="M17" s="5" t="s">
         <v>92</v>
       </c>
+      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G18" s="5" t="s">
+        <v>96</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-      <c r="E19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="F19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="5" t="s">
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="H19" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="I20" s="5"/>
-      <c r="J20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="L20" s="6" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="s">
-        <v>118</v>
+      <c r="A21" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I21" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="H21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="J21" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D22" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>130</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>131</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>134</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
         <v>135</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>136</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="5" t="n">
-        <v>1928</v>
+      <c r="A24" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>94</v>
-[...7 lines deleted...]
-        <v>140</v>
+        <v>116</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>144</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>145</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F26" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="D26" s="5" t="s">
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="E26" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="H26" s="5" t="s">
+      <c r="J26" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="K26" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="J26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="K26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D27" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="E27" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>166</v>
-      </c>
-[...10 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>25</v>
+        <v>168</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>78</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>170</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="I28" s="5"/>
+      <c r="I28" s="5" t="s">
+        <v>172</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>176</v>
+        <v>108</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>178</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>181</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>182</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>183</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>