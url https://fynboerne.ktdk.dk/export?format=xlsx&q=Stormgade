--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3149" uniqueCount="1634" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3159" uniqueCount="1643" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -5743,50 +5743,89 @@
   </si>
   <si>
     <t>1916-05-01</t>
   </si>
   <si>
     <t>Sine Hansen
 Johannes V. Jensen
 Nicolaus Lützhøft
 Hans  Syberg
 Marianne Vige</t>
   </si>
   <si>
     <t>Elise sender en fin indbydelse til en "rout". Elise har meddelt, at Peter næppe kommer, da han maler sædemand og landskabet forandrer sig hele tiden. Hun har være hos Johannes V's og spille bridge. Wald. Davidsen og frue har være på besøg for at de på værker. Derudover forskellige oplysninger om andre billedet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yeb7</t>
   </si>
   <si>
     <t>Fredag Aften
 Kære Per!
 Indlagt sendes dig en højst fornem Indbydelse, ved du hvad en "rout" er, det er vist noget meget lidt og fin Mad. Naa jeg har takket for mit vedkommende og sagt, at du kom næppe, da du maler Sædemand og Landskabet forandrer sig o.s.v.,, men du kan jo svare for dig selv. Men gid Fanden havde den rout ; hvad skal vi gi? Et Bilde er for meget; havde du dog bare lavet saadan en lille Krukke som Hans's som jeg kunde sætte Blomster i, men jeg hitter vel nok paa noget andet. Jeg var jo hos Johannes V's i Tirsdags i den blaa Silkes, du kan tro, den virkede. Jeg spillede Bridge med Joh. V., Kisse Larsen og Sagfører Henning. Det er hos Lützhøfts, vi har været sammen med dem for et Par Aar siden. 
 Wald. Davidsen og Frue var her igaar; det er nogle slemme Vrøvlehoveder. De saa først, hvad der var her hjemme, og saa gik vi paa Atelieret. De fik saa Figurerne fra Pompej hjem, og nu tror jeg, de vil have det, i Steden for det andet, jeg har sagt han kunde faa det for samme Pris. "Terrassen" har jeg bedt ham om at sende op til Fru Vige, hun kan tillige faa Køge Landevej og et Par smaa Billeder. Hør engang har du husket at spørge efter mine Bøger, som blev liggende i Tanker i Toget? Jeg har været hos tante Sine med to stegte Dueunger, dem var hun glad for. 
 Kærlig Hilsen fra os alle
 Din hengivne 
 Elise</t>
+  </si>
+  <si>
+    <t>1919-05-11</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Grethe Jungstedt
+Thyra Larsen
+Thøger  Larsen</t>
+  </si>
+  <si>
+    <t>Bodild er muligvis Bodild Holstein. Hun boede ikke på Lemvig-kanten, men kan have haft et sommerhus der el.lign.
+Landinspektøren og Mads kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3807</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer skriver tillykke på sit fineste brevpapir. Hun har i påsken været i Lemvig hos Thyra og Thøger Larsen. "Opsynet" var skrappere end i fjor. Selskabet var på ture til Gjellerodde, hos Bodild og Mads, i Kappelskoven, ved Ferring Sø og ved Vesterhavet. Thyra Larsen virker bedst, når hun ikke er der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhKW</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] Elle
+Maj 1919
+[Herefter med sort blæk:]
+Kære lille Lugge!
+Idet jeg sender dig mange mange Lykønskninger på mit allerfineste Brevpapir, som du kender min økonomiske Sans nok til at vide at det er et ikke ringe Offer, der derfor i Reglen bliver forbeholdt Breve som jeg skal gøre et godt Indtryk på, hvis de ikke har det i Forvejen, når de nemlig ikke kender mig, f. Eks. svare på Advertissementer, så det bliver fordelagtigt og bøder på mulige Mangler i Stilen. - - -
+(Vejret vil jeg nu ikke skrive om, skønt det er fristende, når det er noget så guddommeligt som det er i disse Dage, - jeres Have er nok bedårende med Zwibler og Fuglesang og Børnevrimmel, - gid jeg var der, - men jeg tjener så mange Penge nu, at jeg ikke har Raad til at lade være med det. Den Gang, jeg var fattig, kunde jeg komme og gå som jeg vilde. - Nå, jeg har da med Drikkepenge og varm Mad på Hjemrejsen og Mine med gjort en Rejse på 70 Kr. 39 Øre i Paasken. Men den var alle Pengene Vejr, - nej værd!! (Det var uforvarende og ikke af min ellers medfødte Vittighed, det "Vejr". - ) Det var knusende sødt i Lemvig og Lugge helt mellem os sagt, Th. var mægtig glad ved mig, men han bar det som en Mand, undtagen en enkelt Gang. Jeg synes også Opsynet var endnu skarpere end i fjor, - men derfor kan vi jo godt indkassere lidt Ædelhed. Mine var forresten også en elendig Makker. Men det var yndigt at være der og Thøger var akkurat ligesom i fjor - stampede ud og ind efter Bøger, som vi skulde se og ind og stoppe Pibe og på Lur efter en Myg og gik jo ellers op i at more os. Vi var den første Dag uden Kone på Gjeller Odde, hos Bodild, hvor vi drak Kaffe, så til Ma-a-ds hvor vi fik Chokolade og Kaffe - der har været Konfirmation og vi beså de rørende Gaver, og Mads førte os ud i Hønsehuset og Materialhuset - vi så også alle 10 Unger - i Anl. af Konfirm. var de knap så snottede som i fjor og meget søde. Så gik vi til Bodild og spiste til Aften og sad så sødt bænket der i den lille gamle Stue, - Thøger var så inderligt lykkelig ved at sidder der. - En anden Dag var vi i Kappelskoven m. Kone, sylende ["m. Kone, sylende" indsat over linjen] - den er som en Æventyr og 1ste Paaskedag, da det stormede var vi med Toget ud til Strande ved, Fæhring Sø og ude ved Vesterhavet. I Guder som det pjaskede og Sandet føg om Ørerne - men bag efter lå vi i Klitterne i Læ og Sol. Men Konen var så ekstra sylende den Dag. - Hun var meget sylende og skønt hun jo er så venlig og gæstfri, så kan man ikke nægte at hun virker bedst, når hun ikke er der. - Så spillede vi L'hombre en Aften, Th., jeg og Landinspektøren - uha, hvor vi morede os - og Skak de andre Aftner og Billard en Gang. Vi var der 5 Dage, men de fløj. Vi så også i Kiggert på Plænen Saturn [tegning] 
+[Indsat øverst s. 1:] Dato behøves da ikke når det er Dagen før din Fødselsdag, - det er så meget Ulejlighed med de Datoer.
+[Indsat øverst s. 1; på tværs:] Nu kun 1000 Hilsner. Elle
+[Indsat i venstre margen s. 1; på tværs:] Tillykke fra Grethe.</t>
   </si>
   <si>
     <t>1920-1927</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Stormgade, København</t>
   </si>
   <si>
     <t>Johan Larsen
 Johannes Larsen
 Hedevig Lützhøft
 Nicolaus Lützhøft</t>
   </si>
   <si>
     <t>Ægteparret Lützhøft blev kaldt Stormgaderne, fordi de boede i denne gade. De skulle formodentlig på tur til Sverige (venstrekørsel).</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen kommer hjem tirsdag og ses måske med Andreas da. Alhed har været ude at sige farvet til Johan og Lützhøft-parret. Hun er bekymret for, at de skal køre i venstre side af vejen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ial6</t>
   </si>
@@ -7853,59 +7892,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X9Fv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3fYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Etki" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbuJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cwgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lad4zpOk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Tz0Jp8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wrJCHJLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b3qTkJb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKcl3VN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ssHnczJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YTGu9VOd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qndbgGX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AfAfTPlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p9uMzz7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0wD9CDdI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yAsv2T5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9Ow3cNU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ovegz1wE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/N4x5ai71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1uXmjYEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fg3Zlxfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4eaIPPew" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cnc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BlAK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnyk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DdVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EExj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GO3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zOua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YNvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UN8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hbnb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6E4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x6ZT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHzK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Ng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CmFi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nP67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUcMBbGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QghUkoXh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qY0KfhhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gG3k7pxW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZFdHWPK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WcSorzzm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AaUe26Wb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BgJYgm9w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ExjCPXKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HKDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMuMglCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JKQZrLnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tZrGJn6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GKhXNiB6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sjZS2eo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JNqlGDVr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/e7EC2Hvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7HSkKZrU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZJ0LVhFC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eOamCIEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zxvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jKGCM5yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v4mkUNwp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PC62VM0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Z4lEV68Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aT0yQMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LuIsSjGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iXiHfRLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VOGQjMQU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mV9ihoHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/88egREzI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBE18KCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwGCNq80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PDoXrJg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sR2nmHPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ei9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LKOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O6A0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bJ4Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6liC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8JTS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tskv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6tcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnwU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rnmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K52j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqJl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wzav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4x9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWpJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nWB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TOsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPuW1m3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ir3YOguB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5xkkBUCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gxa7mftZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vVgZTnrI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JifKPg7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VS4hyocj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c8834swy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r1YO2YIe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1VdM22o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ffp8K5lz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X9Fv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3fYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Etki" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbuJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cwgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lad4zpOk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Tz0Jp8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wrJCHJLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b3qTkJb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKcl3VN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ssHnczJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YTGu9VOd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qndbgGX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AfAfTPlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p9uMzz7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0wD9CDdI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yAsv2T5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9Ow3cNU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ovegz1wE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/N4x5ai71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1uXmjYEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fg3Zlxfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4eaIPPew" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cnc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BlAK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnyk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DdVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EExj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GO3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zOua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YNvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UN8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hbnb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6E4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x6ZT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHzK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Ng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CmFi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nP67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUcMBbGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QghUkoXh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qY0KfhhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gG3k7pxW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZFdHWPK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WcSorzzm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AaUe26Wb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BgJYgm9w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ExjCPXKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HKDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMuMglCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JKQZrLnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tZrGJn6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GKhXNiB6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sjZS2eo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JNqlGDVr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/e7EC2Hvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7HSkKZrU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZJ0LVhFC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eOamCIEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zxvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jKGCM5yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v4mkUNwp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PC62VM0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Z4lEV68Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aT0yQMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LuIsSjGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iXiHfRLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VOGQjMQU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mV9ihoHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/88egREzI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBE18KCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwGCNq80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PDoXrJg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sR2nmHPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ei9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LKOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O6A0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bJ4Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6liC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8JTS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tskv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6tcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnwU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rnmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K52j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqJl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wzav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4x9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWpJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nWB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TOsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPuW1m3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ir3YOguB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5xkkBUCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gxa7mftZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vVgZTnrI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JifKPg7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VS4hyocj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c8834swy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r1YO2YIe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1VdM22o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ffp8K5lz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M426"/>
+  <dimension ref="A1:M427"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -18761,9108 +18800,9155 @@
       <c r="H238" s="5" t="s">
         <v>1114</v>
       </c>
       <c r="I238" s="5"/>
       <c r="J238" s="5" t="s">
         <v>1109</v>
       </c>
       <c r="K238" s="5" t="s">
         <v>1115</v>
       </c>
       <c r="L238" s="6" t="s">
         <v>1116</v>
       </c>
       <c r="M238" s="5" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
         <v>1118</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>62</v>
+        <v>1119</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="s">
-        <v>1120</v>
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H239" s="5" t="s">
         <v>1121</v>
       </c>
       <c r="I239" s="5" t="s">
         <v>1122</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>149</v>
+        <v>1123</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>62</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>1128</v>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G240" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G240" s="5" t="s">
+        <v>1129</v>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1127</v>
-[...5 lines deleted...]
-        </is>
+        <v>1130</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J240" s="5" t="s">
+        <v>149</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1129</v>
-[...1 lines deleted...]
-      <c r="M240" s="5"/>
+        <v>1133</v>
+      </c>
+      <c r="M240" s="5" t="s">
+        <v>1134</v>
+      </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="I241" s="5"/>
       <c r="J241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="M241" s="5"/>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H242" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H242" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="M242" s="5"/>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1135</v>
+        <v>1142</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H243" s="5" t="s">
-        <v>1119</v>
+      <c r="H243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I243" s="5"/>
       <c r="J243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1136</v>
+        <v>1143</v>
       </c>
       <c r="M243" s="5"/>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H244" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H244" s="5" t="s">
+        <v>1128</v>
       </c>
       <c r="I244" s="5"/>
       <c r="J244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="M244" s="5"/>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H245" s="5" t="s">
-        <v>1119</v>
+      <c r="H245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I245" s="5"/>
       <c r="J245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
       <c r="M245" s="5"/>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H246" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H246" s="5" t="s">
+        <v>1128</v>
       </c>
       <c r="I246" s="5"/>
       <c r="J246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="M246" s="5"/>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H247" s="5" t="s">
-        <v>1144</v>
+      <c r="H247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I247" s="5"/>
       <c r="J247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="M247" s="5"/>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="I248" s="5"/>
       <c r="J248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="M248" s="5"/>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="I249" s="5"/>
       <c r="J249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="M249" s="5"/>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1144</v>
+        <v>1158</v>
       </c>
       <c r="I250" s="5"/>
       <c r="J250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="M250" s="5"/>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H251" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H251" s="5" t="s">
+        <v>1153</v>
       </c>
       <c r="I251" s="5"/>
       <c r="J251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="M251" s="5"/>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H252" s="5" t="s">
-        <v>1156</v>
+      <c r="H252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I252" s="5"/>
       <c r="J252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="M252" s="5"/>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1119</v>
+        <v>1165</v>
       </c>
       <c r="I253" s="5"/>
       <c r="J253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="M253" s="5"/>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1161</v>
+        <v>1128</v>
       </c>
       <c r="I254" s="5"/>
       <c r="J254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="M254" s="5"/>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="I255" s="5"/>
       <c r="J255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="M255" s="5"/>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1144</v>
+        <v>1173</v>
       </c>
       <c r="I256" s="5"/>
       <c r="J256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="M256" s="5"/>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="I257" s="5"/>
       <c r="J257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="M257" s="5"/>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1119</v>
+        <v>1153</v>
       </c>
       <c r="I258" s="5"/>
       <c r="J258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="M258" s="5"/>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1173</v>
+        <v>1128</v>
       </c>
       <c r="I259" s="5"/>
       <c r="J259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="M259" s="5"/>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="I260" s="5"/>
       <c r="J260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="M260" s="5"/>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1119</v>
+        <v>1185</v>
       </c>
       <c r="I261" s="5"/>
       <c r="J261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="M261" s="5"/>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1149</v>
+        <v>1128</v>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="M262" s="5"/>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="M263" s="5"/>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H264" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H264" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1185</v>
+        <v>1137</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H265" s="5" t="s">
-        <v>1144</v>
+      <c r="H265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1128</v>
+        <v>1194</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="M265" s="5"/>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H267" s="5" t="s">
+        <v>1170</v>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1185</v>
+        <v>1137</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K268" s="5" t="s">
         <v>1194</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D269" s="5" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="D269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G269" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I269" s="5"/>
+      <c r="J269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1201</v>
-[...3 lines deleted...]
-      </c>
+        <v>1204</v>
+      </c>
+      <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D270" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D270" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G270" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G270" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H270" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="J270" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1194</v>
+        <v>1209</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1204</v>
-[...1 lines deleted...]
-      <c r="M270" s="5"/>
+        <v>1210</v>
+      </c>
+      <c r="M270" s="5" t="s">
+        <v>1211</v>
+      </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H271" s="5" t="s">
-        <v>521</v>
+      <c r="H271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H272" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H272" s="5" t="s">
+        <v>521</v>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="s">
-        <v>1149</v>
+      <c r="H274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H276" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1222</v>
+        <v>1203</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1194</v>
+        <v>1231</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="s">
-        <v>1226</v>
+      <c r="H281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H282" s="5" t="s">
+        <v>1235</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H283" s="5" t="s">
-        <v>1231</v>
+      <c r="H283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1222</v>
+        <v>1203</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H285" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H285" s="5" t="s">
+        <v>1243</v>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="s">
-        <v>1149</v>
+      <c r="H286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H288" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H289" s="5" t="s">
-        <v>1149</v>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H290" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H290" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H294" s="5" t="s">
-        <v>1149</v>
+      <c r="H294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1222</v>
+        <v>1244</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H296" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H299" s="5" t="s">
-        <v>1267</v>
+      <c r="H299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1235</v>
+        <v>1269</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H300" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H300" s="5" t="s">
+        <v>1276</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I301" s="5"/>
       <c r="J301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1272</v>
+        <v>1244</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H302" s="5" t="s">
-        <v>1149</v>
+      <c r="H302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H303" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H303" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
       <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1280</v>
+        <v>1287</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H306" s="5" t="s">
-        <v>1149</v>
+      <c r="H306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I306" s="5"/>
       <c r="J306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="M306" s="5"/>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H307" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H307" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="M307" s="5"/>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H308" s="5" t="s">
-        <v>1149</v>
+      <c r="H308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I308" s="5"/>
       <c r="J308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="M308" s="5"/>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H309" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H309" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I309" s="5"/>
       <c r="J309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="M309" s="5"/>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H310" s="5" t="s">
-        <v>1149</v>
+      <c r="H310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I310" s="5"/>
       <c r="J310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K310" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="M310" s="5"/>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>1293</v>
+        <v>1158</v>
       </c>
       <c r="I311" s="5"/>
       <c r="J311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K311" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="M311" s="5"/>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C312" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H312" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H312" s="5" t="s">
+        <v>1302</v>
       </c>
       <c r="I312" s="5"/>
       <c r="J312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K312" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="M312" s="5"/>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I313" s="5"/>
       <c r="J313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1298</v>
+        <v>1281</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="M313" s="5"/>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C314" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H314" s="5" t="s">
-        <v>1293</v>
+      <c r="H314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I314" s="5"/>
       <c r="J314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1272</v>
+        <v>1307</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="M314" s="5"/>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C315" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H315" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H315" s="5" t="s">
+        <v>1302</v>
       </c>
       <c r="I315" s="5"/>
       <c r="J315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1235</v>
+        <v>1281</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="M315" s="5"/>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H316" s="5" t="s">
-        <v>1305</v>
+      <c r="H316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I316" s="5"/>
       <c r="J316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="M316" s="5"/>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="I317" s="5"/>
       <c r="J317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="M317" s="5"/>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>1308</v>
+        <v>1317</v>
       </c>
       <c r="I318" s="5"/>
       <c r="J318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="M318" s="5"/>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="I319" s="5"/>
       <c r="J319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="M319" s="5"/>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H320" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H320" s="5" t="s">
+        <v>1322</v>
       </c>
       <c r="I320" s="5"/>
       <c r="J320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K320" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="M320" s="5"/>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I321" s="5"/>
       <c r="J321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="M321" s="5"/>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I322" s="5"/>
       <c r="J322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="M322" s="5"/>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I323" s="5"/>
       <c r="J323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K323" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="M323" s="5"/>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H324" s="5" t="s">
-        <v>1267</v>
+      <c r="H324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I324" s="5"/>
       <c r="J324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K324" s="5" t="s">
-        <v>1272</v>
+        <v>1244</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="M324" s="5"/>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H325" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H325" s="5" t="s">
+        <v>1276</v>
       </c>
       <c r="I325" s="5"/>
       <c r="J325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K325" s="5" t="s">
-        <v>1235</v>
+        <v>1281</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="M325" s="5"/>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H326" s="5" t="s">
-        <v>1308</v>
+      <c r="H326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I326" s="5"/>
       <c r="J326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K326" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="M326" s="5"/>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>1267</v>
+        <v>1317</v>
       </c>
       <c r="I327" s="5"/>
       <c r="J327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K327" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="M327" s="5"/>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H328" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H328" s="5" t="s">
+        <v>1276</v>
       </c>
       <c r="I328" s="5"/>
       <c r="J328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K328" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="M328" s="5"/>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I329" s="5"/>
       <c r="J329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K329" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="M329" s="5"/>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H330" s="5" t="s">
-        <v>1149</v>
+      <c r="H330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I330" s="5"/>
       <c r="J330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K330" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="M330" s="5"/>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="I331" s="5"/>
       <c r="J331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K331" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="M331" s="5"/>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H332" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H332" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I332" s="5"/>
       <c r="J332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K332" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="M332" s="5"/>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B333" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C333" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D333" s="5" t="s">
-[...3 lines deleted...]
-        <v>1342</v>
+      <c r="D333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G333" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I333" s="5"/>
+      <c r="J333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K333" s="5" t="s">
-        <v>1346</v>
+        <v>1244</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>1347</v>
-[...3 lines deleted...]
-      </c>
+        <v>1349</v>
+      </c>
+      <c r="M333" s="5"/>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D334" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D334" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>1351</v>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G334" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G334" s="5" t="s">
+        <v>1352</v>
       </c>
       <c r="H334" s="5" t="s">
-        <v>1308</v>
-[...5 lines deleted...]
-        </is>
+        <v>1353</v>
+      </c>
+      <c r="I334" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J334" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>1235</v>
+        <v>1355</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>1350</v>
-[...1 lines deleted...]
-      <c r="M334" s="5"/>
+        <v>1356</v>
+      </c>
+      <c r="M334" s="5" t="s">
+        <v>1357</v>
+      </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C335" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H335" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H335" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="I335" s="5"/>
       <c r="J335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K335" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="M335" s="5"/>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H336" s="5" t="s">
-        <v>1267</v>
+      <c r="H336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I336" s="5"/>
       <c r="J336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K336" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="M336" s="5"/>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>1276</v>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I338" s="5"/>
       <c r="J338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K338" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="M338" s="5"/>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C339" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I339" s="5"/>
       <c r="J339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="M339" s="5"/>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C340" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I340" s="5"/>
       <c r="J340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="M340" s="5"/>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I341" s="5"/>
       <c r="J341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K341" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="M341" s="5"/>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H342" s="5" t="s">
-        <v>1308</v>
+      <c r="H342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I342" s="5"/>
       <c r="J342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1272</v>
+        <v>1244</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="M342" s="5"/>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C343" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H343" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H343" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="I343" s="5"/>
       <c r="J343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="M343" s="5"/>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H344" s="5" t="s">
-        <v>1370</v>
+      <c r="H344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I344" s="5"/>
       <c r="J344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="M344" s="5"/>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H345" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H345" s="5" t="s">
+        <v>1379</v>
       </c>
       <c r="I345" s="5"/>
       <c r="J345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1373</v>
+        <v>1281</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="M345" s="5"/>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H346" s="5" t="s">
-        <v>1376</v>
+      <c r="H346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I346" s="5"/>
       <c r="J346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K346" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K346" s="5" t="s">
+        <v>1382</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="M346" s="5"/>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>1376</v>
+        <v>1385</v>
       </c>
       <c r="I347" s="5"/>
       <c r="J347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="M347" s="5"/>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>1376</v>
+        <v>1385</v>
       </c>
       <c r="I348" s="5"/>
       <c r="J348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H349" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H349" s="5" t="s">
+        <v>1385</v>
       </c>
       <c r="I349" s="5"/>
       <c r="J349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L349" s="6" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="M349" s="5"/>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C350" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I350" s="5"/>
       <c r="J350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L350" s="6" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I351" s="5"/>
       <c r="J351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L351" s="6" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="M351" s="5"/>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H352" s="5" t="s">
-        <v>1376</v>
+      <c r="H352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I352" s="5"/>
       <c r="J352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L352" s="6" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="M352" s="5"/>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H353" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H353" s="5" t="s">
+        <v>1385</v>
       </c>
       <c r="I353" s="5"/>
       <c r="J353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L353" s="6" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="M353" s="5"/>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I354" s="5"/>
       <c r="J354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L354" s="6" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="M354" s="5"/>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I355" s="5"/>
       <c r="J355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L355" s="6" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="M355" s="5"/>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I356" s="5"/>
       <c r="J356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L356" s="6" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="M356" s="5"/>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I357" s="5"/>
       <c r="J357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L357" s="6" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="M357" s="5"/>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C358" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H358" s="5" t="s">
-        <v>1401</v>
+      <c r="H358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I358" s="5"/>
       <c r="J358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L358" s="6" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="M358" s="5"/>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H359" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H359" s="5" t="s">
+        <v>1410</v>
       </c>
       <c r="I359" s="5"/>
       <c r="J359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L359" s="6" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="M359" s="5"/>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I360" s="5"/>
       <c r="J360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L360" s="6" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="M360" s="5"/>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I361" s="5"/>
       <c r="J361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L361" s="6" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="M361" s="5"/>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I362" s="5"/>
       <c r="J362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L362" s="6" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="M362" s="5"/>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C363" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H363" s="5" t="s">
-        <v>1308</v>
+      <c r="H363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I363" s="5"/>
       <c r="J363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L363" s="6" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="M363" s="5"/>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C364" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H364" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H364" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="I364" s="5"/>
       <c r="J364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L364" s="6" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="M364" s="5"/>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C365" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I365" s="5"/>
       <c r="J365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L365" s="6" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="M365" s="5"/>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I366" s="5"/>
       <c r="J366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L366" s="6" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="M366" s="5"/>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C367" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I367" s="5"/>
       <c r="J367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L367" s="6" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="M367" s="5"/>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C368" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I368" s="5"/>
       <c r="J368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L368" s="6" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="M368" s="5"/>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C369" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I369" s="5"/>
       <c r="J369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L369" s="6" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="M369" s="5"/>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C370" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I370" s="5"/>
       <c r="J370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L370" s="6" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="M370" s="5"/>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="B371" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C371" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I371" s="5"/>
       <c r="J371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L371" s="6" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="M371" s="5"/>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C372" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I372" s="5"/>
       <c r="J372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L372" s="6" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="M372" s="5"/>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C373" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I373" s="5"/>
       <c r="J373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L373" s="6" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="M373" s="5"/>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C374" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I374" s="5"/>
       <c r="J374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L374" s="6" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="M374" s="5"/>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C375" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I375" s="5"/>
       <c r="J375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L375" s="6" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="M375" s="5"/>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C376" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I376" s="5"/>
       <c r="J376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L376" s="6" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="M376" s="5"/>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C377" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I377" s="5"/>
       <c r="J377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L377" s="6" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="M377" s="5"/>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C378" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I378" s="5"/>
       <c r="J378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K378" s="5" t="s">
-        <v>1442</v>
+      <c r="K378" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L378" s="6" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="M378" s="5"/>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C379" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I379" s="5"/>
       <c r="J379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K379" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K379" s="5" t="s">
+        <v>1451</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="M379" s="5"/>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H380" s="5" t="s">
-        <v>1447</v>
+      <c r="H380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I380" s="5"/>
       <c r="J380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L380" s="6" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="M380" s="5"/>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D381" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="I381" s="5"/>
-      <c r="J381" s="5" t="s">
-[...3 lines deleted...]
-        <v>1451</v>
+      <c r="J381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L381" s="6" t="s">
-        <v>1452</v>
-[...3 lines deleted...]
-      </c>
+        <v>1457</v>
+      </c>
+      <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D382" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D382" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E382" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>1149</v>
+        <v>1459</v>
       </c>
       <c r="I382" s="5"/>
-      <c r="J382" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J382" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>1456</v>
-[...1 lines deleted...]
-      <c r="M382" s="5"/>
+        <v>1461</v>
+      </c>
+      <c r="M382" s="5" t="s">
+        <v>1462</v>
+      </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C383" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H383" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H383" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="I383" s="5"/>
       <c r="J383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K383" s="5" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="M383" s="5"/>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C384" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I384" s="5"/>
       <c r="J384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K384" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="M384" s="5"/>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C385" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I385" s="5"/>
       <c r="J385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K385" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="M385" s="5"/>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K386" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="M386" s="5"/>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="B387" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C387" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I387" s="5"/>
       <c r="J387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K387" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C388" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I388" s="5"/>
       <c r="J388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K388" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="M388" s="5"/>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C389" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I389" s="5"/>
       <c r="J389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K389" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="M389" s="5"/>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C390" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I390" s="5"/>
       <c r="J390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K390" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="M390" s="5"/>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C391" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I391" s="5"/>
       <c r="J391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K391" s="5" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="M391" s="5"/>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C392" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I392" s="5"/>
       <c r="J392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K392" s="5" t="s">
-        <v>1477</v>
+        <v>1467</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>1478</v>
+        <v>1484</v>
       </c>
       <c r="M392" s="5"/>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C393" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I393" s="5"/>
       <c r="J393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K393" s="5" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="M393" s="5"/>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C394" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I394" s="5"/>
       <c r="J394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K394" s="5" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="M394" s="5"/>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C395" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I395" s="5"/>
       <c r="J395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K395" s="5" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="M395" s="5"/>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I396" s="5"/>
       <c r="J396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K396" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="M396" s="5"/>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C397" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I397" s="5"/>
       <c r="J397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K397" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="M397" s="5"/>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C398" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I398" s="5"/>
       <c r="J398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K398" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="M398" s="5"/>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C399" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I399" s="5"/>
       <c r="J399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K399" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="M399" s="5"/>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C400" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I400" s="5"/>
       <c r="J400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K400" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="M400" s="5"/>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I401" s="5"/>
       <c r="J401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K401" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C402" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I402" s="5"/>
       <c r="J402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K402" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="M402" s="5"/>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>1502</v>
+        <v>1509</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C403" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I403" s="5"/>
       <c r="J403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K403" s="5" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>1503</v>
+        <v>1510</v>
       </c>
       <c r="M403" s="5"/>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C404" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D404" s="5" t="s">
-[...3 lines deleted...]
-        <v>1505</v>
+      <c r="D404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G404" s="5" t="s">
-[...3 lines deleted...]
-        <v>1507</v>
+      <c r="G404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I404" s="5"/>
-      <c r="J404" s="5" t="s">
-        <v>149</v>
+      <c r="J404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K404" s="5" t="s">
-        <v>1508</v>
+        <v>1495</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>1509</v>
-[...3 lines deleted...]
-      </c>
+        <v>1512</v>
+      </c>
+      <c r="M404" s="5"/>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D405" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="D405" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E405" s="5" t="s">
+        <v>1514</v>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="H405" s="5" t="s">
-        <v>1513</v>
-[...3 lines deleted...]
-      </c>
+        <v>1516</v>
+      </c>
+      <c r="I405" s="5"/>
       <c r="J405" s="5" t="s">
         <v>149</v>
       </c>
       <c r="K405" s="5" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="M405" s="5" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C406" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D406" s="5" t="s">
-        <v>1119</v>
+        <v>16</v>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="H406" s="5" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="I406" s="5" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="J406" s="5" t="s">
         <v>149</v>
       </c>
       <c r="K406" s="5" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="M406" s="5" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="D407" s="5" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1128</v>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G407" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G407" s="5" t="s">
+        <v>1528</v>
       </c>
       <c r="H407" s="5" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="I407" s="5" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="J407" s="5" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="K407" s="5" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="M407" s="5" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C408" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D408" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D408" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E408" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H408" s="5" t="s">
-        <v>1532</v>
-[...5 lines deleted...]
-        </is>
+        <v>1535</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="J408" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K408" s="5" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>1534</v>
-[...1 lines deleted...]
-      <c r="M408" s="5"/>
+        <v>1538</v>
+      </c>
+      <c r="M408" s="5" t="s">
+        <v>1539</v>
+      </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C409" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H409" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H409" s="5" t="s">
+        <v>1541</v>
       </c>
       <c r="I409" s="5"/>
       <c r="J409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K409" s="5" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I410" s="5"/>
       <c r="J410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K410" s="5" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="M410" s="5"/>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I411" s="5"/>
       <c r="J411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K411" s="5" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="M411" s="5"/>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C412" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H412" s="5" t="s">
-        <v>1543</v>
+      <c r="H412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I412" s="5"/>
       <c r="J412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K412" s="5" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="M412" s="5"/>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="I413" s="5"/>
       <c r="J413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K413" s="5" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="M413" s="5"/>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C414" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H414" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H414" s="5" t="s">
+        <v>1555</v>
       </c>
       <c r="I414" s="5"/>
       <c r="J414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K414" s="5" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="M414" s="5"/>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C415" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I415" s="5"/>
       <c r="J415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K415" s="5" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C416" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I416" s="5"/>
       <c r="J416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K416" s="5" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="M416" s="5"/>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C417" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D417" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H417" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J417" s="5" t="s">
+      <c r="H417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I417" s="5"/>
+      <c r="J417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K417" s="5" t="s">
         <v>1559</v>
       </c>
-      <c r="K417" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L417" s="6" t="s">
-        <v>1561</v>
-[...3 lines deleted...]
-      </c>
+        <v>1564</v>
+      </c>
+      <c r="M417" s="5"/>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C418" s="5" t="s">
-        <v>1564</v>
+        <v>16</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>1565</v>
+        <v>521</v>
       </c>
       <c r="E418" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
         <v>1566</v>
       </c>
       <c r="I418" s="5" t="s">
         <v>1567</v>
       </c>
       <c r="J418" s="5" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="M418" s="5" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C419" s="5" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="D419" s="5" t="s">
-        <v>521</v>
-[...4 lines deleted...]
-        </is>
+        <v>1574</v>
+      </c>
+      <c r="E419" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="I419" s="5" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="J419" s="5" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="M419" s="5" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C420" s="5" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="D420" s="5" t="s">
         <v>521</v>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="I420" s="5" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="J420" s="5" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="M420" s="5" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>1585</v>
+        <v>1574</v>
       </c>
       <c r="D421" s="5" t="s">
-        <v>1586</v>
-[...2 lines deleted...]
-        <v>1587</v>
+        <v>521</v>
+      </c>
+      <c r="E421" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H421" s="5" t="s">
         <v>1588</v>
       </c>
       <c r="I421" s="5" t="s">
         <v>1589</v>
       </c>
       <c r="J421" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K421" s="5" t="s">
         <v>1590</v>
       </c>
-      <c r="K421" s="5" t="s">
+      <c r="L421" s="6" t="s">
         <v>1591</v>
       </c>
-      <c r="L421" s="6" t="s">
+      <c r="M421" s="5" t="s">
         <v>1592</v>
-      </c>
-[...1 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C422" s="5" t="s">
-        <v>16</v>
+        <v>1594</v>
       </c>
       <c r="D422" s="5" t="s">
-        <v>521</v>
+        <v>1595</v>
       </c>
       <c r="E422" s="5" t="s">
-        <v>1595</v>
-[...1 lines deleted...]
-      <c r="F422" s="5" t="s">
         <v>1596</v>
+      </c>
+      <c r="F422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
         <v>1597</v>
       </c>
-      <c r="I422" s="5"/>
+      <c r="I422" s="5" t="s">
+        <v>1598</v>
+      </c>
       <c r="J422" s="5" t="s">
-        <v>1559</v>
+        <v>1599</v>
       </c>
       <c r="K422" s="5" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="M422" s="5" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C423" s="5" t="s">
-        <v>1602</v>
+        <v>16</v>
       </c>
       <c r="D423" s="5" t="s">
-        <v>1565</v>
-[...9 lines deleted...]
-        </is>
+        <v>521</v>
+      </c>
+      <c r="E423" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F423" s="5" t="s">
+        <v>1605</v>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="s">
-        <v>1603</v>
-[...3 lines deleted...]
-      </c>
+        <v>1606</v>
+      </c>
+      <c r="I423" s="5"/>
       <c r="J423" s="5" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="K423" s="5" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="M423" s="5" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C424" s="5" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="D424" s="5" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>1611</v>
+        <v>1574</v>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H424" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H424" s="5" t="s">
+        <v>1612</v>
       </c>
       <c r="I424" s="5" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="J424" s="5" t="s">
-        <v>1613</v>
+        <v>1583</v>
       </c>
       <c r="K424" s="5" t="s">
         <v>1614</v>
       </c>
       <c r="L424" s="6" t="s">
         <v>1615</v>
       </c>
       <c r="M424" s="5" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
         <v>1617</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>438</v>
+        <v>1618</v>
       </c>
       <c r="D425" s="5" t="s">
-        <v>424</v>
+        <v>146</v>
       </c>
       <c r="E425" s="5" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="F425" s="5" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H425" s="5" t="s">
-        <v>1620</v>
+      <c r="H425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I425" s="5" t="s">
         <v>1621</v>
       </c>
       <c r="J425" s="5" t="s">
         <v>1622</v>
       </c>
       <c r="K425" s="5" t="s">
         <v>1623</v>
       </c>
       <c r="L425" s="6" t="s">
         <v>1624</v>
       </c>
       <c r="M425" s="5" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
         <v>1626</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>16</v>
+        <v>438</v>
       </c>
       <c r="D426" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="E426" s="5" t="s">
         <v>1627</v>
       </c>
-      <c r="E426" s="5" t="s">
+      <c r="F426" s="5" t="s">
         <v>1628</v>
       </c>
-      <c r="F426" s="5" t="s">
+      <c r="G426" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H426" s="5" t="s">
         <v>1629</v>
-      </c>
-[...6 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="I426" s="5" t="s">
         <v>1630</v>
       </c>
       <c r="J426" s="5" t="s">
-        <v>1574</v>
+        <v>1631</v>
       </c>
       <c r="K426" s="5" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="M426" s="5" t="s">
-        <v>1633</v>
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B427" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C427" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D427" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E427" s="5" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F427" s="5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H427" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I427" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="J427" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K427" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="L427" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="M427" s="5" t="s">
+        <v>1642</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -28249,44 +28335,45 @@
     <hyperlink ref="M402" r:id="rId407"/>
     <hyperlink ref="M403" r:id="rId408"/>
     <hyperlink ref="M404" r:id="rId409"/>
     <hyperlink ref="M405" r:id="rId410"/>
     <hyperlink ref="M406" r:id="rId411"/>
     <hyperlink ref="M407" r:id="rId412"/>
     <hyperlink ref="M408" r:id="rId413"/>
     <hyperlink ref="M409" r:id="rId414"/>
     <hyperlink ref="M410" r:id="rId415"/>
     <hyperlink ref="M411" r:id="rId416"/>
     <hyperlink ref="M412" r:id="rId417"/>
     <hyperlink ref="M413" r:id="rId418"/>
     <hyperlink ref="M414" r:id="rId419"/>
     <hyperlink ref="M415" r:id="rId420"/>
     <hyperlink ref="M416" r:id="rId421"/>
     <hyperlink ref="M417" r:id="rId422"/>
     <hyperlink ref="M418" r:id="rId423"/>
     <hyperlink ref="M419" r:id="rId424"/>
     <hyperlink ref="M420" r:id="rId425"/>
     <hyperlink ref="M421" r:id="rId426"/>
     <hyperlink ref="M422" r:id="rId427"/>
     <hyperlink ref="M423" r:id="rId428"/>
     <hyperlink ref="M424" r:id="rId429"/>
     <hyperlink ref="M425" r:id="rId430"/>
     <hyperlink ref="M426" r:id="rId431"/>
+    <hyperlink ref="M427" r:id="rId432"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>