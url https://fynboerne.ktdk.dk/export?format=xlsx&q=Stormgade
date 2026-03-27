--- v1 (2025-12-20)
+++ v2 (2026-03-27)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3159" uniqueCount="1643" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3170" uniqueCount="1649" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -7772,50 +7772,88 @@
   <si>
     <t>Johannes Larsen har været på gåsejagt ved Filsø. Kromanden er rejst til Gisselfeldt, så Larsen har kroen for sig selv. 
 Det er trist at se Filsø blive drænet. Der bliver bygget dæmninger og en bred vej. 
 Larsen ønsker tillykke med fødselsdagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bpGA</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside.]
 Fru Lensgrevinde Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Henne Kirkeby
 Henne St.
 [I brevet:]
 Kirkeby Kro 13 Decbr. 1947.
 Kære Grevinde!
 Ja nu sidder jeg altsaa her. Puf kørte mig herover i Forgaars, eller Dagen før, men maatte køre hjem igen med det samme, da Kørselstilladelsen kun gjaldt for en Dag. I Forgaars Morges var jeg oppe kl. 6 og med et Par kjøbenhavnske Jægere paa Gaasetræk, det var næsten stille saa Gæssene kom saa højt at der ikke blev skudt til dem. Om Aftenen var vi der ude igen og en af Jægerne og Kromanden fik hver sin. I Gaar var det mørkt og Støvregn hele Dagen. Kromanden rejste paa Jagt til Gisselfeldt og kommer først hjem paa Mandag og Kjøbenhavnerne er rejst saa jeg har Kroen for mig selv. Nu mens jeg sad og spiste sorte Pølser slog det mig at naar det er den 13 i Dag maa det være den fjortende i Morgen. Til Lykke! saa bliver dette altsaa et Fødselsdagsbrev. I Gaar sad jeg inde til henunder Aften og gik saa en Tur ned til den forhenværende Sø, det er trist at se brede dybe Kanaler og nye store Dæmninger af gult Sand med en stor Bro over det tidligere Vadested og en paabegyndt Autostradelignende Vej derfra og til Kirkeby .
 I Dag er det fint Vejr. I Nat stormede det men i Morges var det stille og skyfrit, og nu driver der nogle store Skyer fra N N V. 
 Glædelig Fødselsdag! Mange Hilsner fra
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-29</t>
+  </si>
+  <si>
+    <t>Johannes Øhlenschlæger Johansen
+Adam Knuth
+Elisabeth Knuth
+Tage la Cour
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kelvin Lindemann
+Vilhelm Lundstrøm
+Holger Rasmussen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Museet: Johannes Larsen var medstifter af Kerteminde Museum, som er forgænger til Østfyns Museer. 
+Pax var en strandrestaurant i Kerteminde. Den var ejet af ægteparret Due Nielsen, som var Johannes Larsens venner. 
+Det vides ikke, hvem Reventlow var.</t>
+  </si>
+  <si>
+    <t>Det har været stormvejr, og der var koldt på museet, så generalforsamlingen blev flyttet til Pax. Øhlenschlæger Johansen kom med plader med optagelser af Larsens samtaler med Reventlow, og man hørte dem og så nogle film med Kerteminde-fiskere samt teaterstykker.
+Larsen vil gerne se Lundstrøm-udstillingen. Han laver vignetter til en Ambrosius Stub-digtsamling. Tage la Cour og Kelvin Lindemann kommer på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KcK4</t>
+  </si>
+  <si>
+    <t>[I brevet:]
+Kjerteminde 29 Maj 1951.
+Kære Grevinde!
+Hermed Din Bog som jeg haaber maa tiltale Dig. Sikken et Vejr det var i Gaar. D. v. s. det var først om Eftermiddagen da jeg skulde til Generalforsamling i Museet at det gik op for mig hvad det var for en Storm for her oppe mærkede vi ingen Ting. Nede paa Museet var det saa koldt at vi besluttede at henlægge Generalforsamlingen til Pax og kørte straks derud, og sikke det stormede, der stod et vældig Hav ind mod Kysten og Træerne bøjede sig og Bladene føg. Efter Mødet spiste vi til Aften og Øhlenschlæger Johansen der var kommen med nogle Plader af min Samtale med Reventlow, lod os høre Pladerne som han forærede Museet og bag efter saa vi en Film han havde optaget af mig her for nogle Aar siden og 3 andre Film, en fra Kjerteminde Havn med Fiskerbaade som vi fulgte og gennem Kattegat gennem Limfjorden til Thyborøn og ud i Vesterhavet hvor de trawlede og tilbage her til. Og derfter 2 Film fra Frilufstheatret her. ”Elverhøj” og ”der var en Gang”. Saa fik vi Kaffe og Cognac og jeg kom hjem Kl halv elleve. Jeg har vældig Lyst til at tage ind og se Lundstrøm Udstillingen, men jeg ved ikke om jeg kan samle mig sammen til det. For Tiden laver jeg en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger Rasmussen arbejder med. Han har fundet en Del flere Digte og en Del Rettelser til flere andre. Else og Puf er kørt til Odense og i Eftermiddag faar jeg Besøg af Tage la Cour og Kelvin Linneman og formodentlig Deres Koner, for der kommer 4. Hils Adam og Elisabeth og mange Hilsener til Dig selv fra 
+Din hengivne
+Johannes Larsen.
+P.S.
+Hvordan gaar det med Din Mistelten? Dem der er tilbage af mine er der ingen anden Forskel paa end at de er blevne graa i Stedet for grønne
+JL:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -7892,59 +7930,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X9Fv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3fYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Etki" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbuJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cwgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lad4zpOk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Tz0Jp8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wrJCHJLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b3qTkJb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKcl3VN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ssHnczJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YTGu9VOd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qndbgGX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AfAfTPlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p9uMzz7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0wD9CDdI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yAsv2T5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9Ow3cNU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ovegz1wE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/N4x5ai71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1uXmjYEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fg3Zlxfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4eaIPPew" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cnc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BlAK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnyk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DdVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EExj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GO3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zOua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YNvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UN8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hbnb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6E4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x6ZT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHzK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Ng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CmFi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nP67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUcMBbGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QghUkoXh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qY0KfhhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gG3k7pxW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZFdHWPK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WcSorzzm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AaUe26Wb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BgJYgm9w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ExjCPXKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HKDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMuMglCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JKQZrLnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tZrGJn6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GKhXNiB6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sjZS2eo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JNqlGDVr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/e7EC2Hvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7HSkKZrU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZJ0LVhFC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eOamCIEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zxvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jKGCM5yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v4mkUNwp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PC62VM0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Z4lEV68Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aT0yQMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LuIsSjGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iXiHfRLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VOGQjMQU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mV9ihoHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/88egREzI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBE18KCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwGCNq80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PDoXrJg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sR2nmHPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ei9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LKOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O6A0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bJ4Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6liC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8JTS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tskv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6tcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnwU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rnmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K52j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqJl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wzav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4x9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWpJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nWB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TOsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPuW1m3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ir3YOguB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5xkkBUCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gxa7mftZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vVgZTnrI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JifKPg7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VS4hyocj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c8834swy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r1YO2YIe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1VdM22o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ffp8K5lz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X9Fv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3fYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Etki" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbuJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cwgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lad4zpOk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Tz0Jp8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wrJCHJLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/30YUr6Bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b3qTkJb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKcl3VN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ssHnczJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YTGu9VOd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qndbgGX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AfAfTPlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p9uMzz7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0wD9CDdI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yAsv2T5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yQFvIOGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9Ow3cNU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ovegz1wE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/N4x5ai71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/L4o5w43Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1uXmjYEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fg3Zlxfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4eaIPPew" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sbyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cnc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BlAK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnyk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DdVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EExj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GO3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zOua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YNvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UN8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hbnb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6E4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x6ZT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHzK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Ng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CmFi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nP67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0KvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EuEB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUcMBbGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QghUkoXh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qY0KfhhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gG3k7pxW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZFdHWPK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WcSorzzm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AaUe26Wb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BgJYgm9w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ExjCPXKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HKDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMuMglCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JKQZrLnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tZrGJn6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GKhXNiB6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sjZS2eo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9npFZ05f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JNqlGDVr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/e7EC2Hvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7HSkKZrU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZJ0LVhFC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eOamCIEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zxvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jKGCM5yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v4mkUNwp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PC62VM0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Z4lEV68Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8aT0yQMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LuIsSjGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iXiHfRLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VOGQjMQU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mV9ihoHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/88egREzI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBE18KCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwGCNq80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PDoXrJg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sR2nmHPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ei9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LKOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O6A0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bJ4Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6liC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8JTS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tskv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6tcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnwU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rnmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cou1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K52j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCgL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqJl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wzav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4x9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWpJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nWB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TOsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPuW1m3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ir3YOguB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3BYrU4Y6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5xkkBUCy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gxa7mftZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vVgZTnrI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JifKPg7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VS4hyocj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXyEXNrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nrPT3ZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c8834swy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CpoqpJS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r1YO2YIe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1VdM22o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBLSg77L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ffp8K5lz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jyVu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M427"/>
+  <dimension ref="A1:M428"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -27905,50 +27943,95 @@
       <c r="F427" s="5" t="s">
         <v>1638</v>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="s">
         <v>1128</v>
       </c>
       <c r="I427" s="5" t="s">
         <v>1639</v>
       </c>
       <c r="J427" s="5" t="s">
         <v>1583</v>
       </c>
       <c r="K427" s="5" t="s">
         <v>1640</v>
       </c>
       <c r="L427" s="6" t="s">
         <v>1641</v>
       </c>
       <c r="M427" s="5" t="s">
         <v>1642</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B428" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C428" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D428" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E428" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F428" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G428" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H428" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I428" s="5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J428" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K428" s="5" t="s">
+        <v>1646</v>
+      </c>
+      <c r="L428" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M428" s="5" t="s">
+        <v>1648</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -28336,44 +28419,45 @@
     <hyperlink ref="M403" r:id="rId408"/>
     <hyperlink ref="M404" r:id="rId409"/>
     <hyperlink ref="M405" r:id="rId410"/>
     <hyperlink ref="M406" r:id="rId411"/>
     <hyperlink ref="M407" r:id="rId412"/>
     <hyperlink ref="M408" r:id="rId413"/>
     <hyperlink ref="M409" r:id="rId414"/>
     <hyperlink ref="M410" r:id="rId415"/>
     <hyperlink ref="M411" r:id="rId416"/>
     <hyperlink ref="M412" r:id="rId417"/>
     <hyperlink ref="M413" r:id="rId418"/>
     <hyperlink ref="M414" r:id="rId419"/>
     <hyperlink ref="M415" r:id="rId420"/>
     <hyperlink ref="M416" r:id="rId421"/>
     <hyperlink ref="M417" r:id="rId422"/>
     <hyperlink ref="M418" r:id="rId423"/>
     <hyperlink ref="M419" r:id="rId424"/>
     <hyperlink ref="M420" r:id="rId425"/>
     <hyperlink ref="M421" r:id="rId426"/>
     <hyperlink ref="M422" r:id="rId427"/>
     <hyperlink ref="M423" r:id="rId428"/>
     <hyperlink ref="M424" r:id="rId429"/>
     <hyperlink ref="M425" r:id="rId430"/>
     <hyperlink ref="M426" r:id="rId431"/>
     <hyperlink ref="M427" r:id="rId432"/>
+    <hyperlink ref="M428" r:id="rId433"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>